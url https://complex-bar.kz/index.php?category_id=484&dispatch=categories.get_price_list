--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2151">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -101,4328 +101,4349 @@
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Соусник «Монако Вайт»;фарфор;75мл;D=10,5см;белый</t>
   </si>
   <si>
     <t>03022022</t>
   </si>
   <si>
     <t>9001 C245</t>
   </si>
   <si>
     <t>Steelite</t>
   </si>
   <si>
     <t>Monaco White</t>
   </si>
   <si>
     <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
   </si>
   <si>
     <t>4274.00₸</t>
   </si>
   <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Соусник;пластик;50мл;D=85,H=25мм</t>
+  </si>
+  <si>
+    <t>03022610</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
+    <t>Marone</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>8139.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Пьюрити»;эко-кост. фарф.;90мл;D=6см;белый</t>
+  </si>
+  <si>
+    <t>03031072</t>
+  </si>
+  <si>
+    <t>69 6559</t>
+  </si>
+  <si>
+    <t>Bauscher</t>
+  </si>
+  <si>
+    <t>Purity</t>
+  </si>
+  <si>
+    <t>6653.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Пьюрити»;эко-кост. фарф.;190мл;D=82мм;белый</t>
+  </si>
+  <si>
+    <t>03031073</t>
+  </si>
+  <si>
+    <t>69 6569</t>
+  </si>
+  <si>
+    <t>7377.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Джап Блэк»;керамика;D=65,H=30мм;черный</t>
+  </si>
+  <si>
+    <t>03032475</t>
+  </si>
+  <si>
+    <t>JP104060779</t>
+  </si>
+  <si>
+    <t>Tognana</t>
+  </si>
+  <si>
+    <t>Jap Black</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>1652.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Раст Бронзо»;фарфор;D=8,H=4см;коричнев.</t>
+  </si>
+  <si>
+    <t>03032491</t>
+  </si>
+  <si>
+    <t>RW004083245</t>
+  </si>
+  <si>
+    <t>Rust Bronzo</t>
+  </si>
+  <si>
+    <t>3388.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Ро дизайн бай кевала»;керамика;50мл;D=65,H=27мм;черный</t>
+  </si>
+  <si>
+    <t>03033335</t>
+  </si>
+  <si>
+    <t>RD18334</t>
+  </si>
+  <si>
+    <t>Studio Raw</t>
+  </si>
+  <si>
+    <t>RAW Design by Kevala</t>
+  </si>
+  <si>
+    <t>ИНДОНЕЗИЯ</t>
+  </si>
+  <si>
+    <t>10203.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Соусник «Эггшелл»;фарфор;120мл;D=65,H=55мм;белый</t>
+  </si>
+  <si>
+    <t>03034607</t>
+  </si>
+  <si>
+    <t>A24457</t>
+  </si>
+  <si>
+    <t>Kunstwerk</t>
+  </si>
+  <si>
+    <t>Eggshell</t>
+  </si>
+  <si>
+    <t>1015.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Соусник «Леванте»;сталь нерж.;50мл;D=75,H=25мм;бордо,матовый</t>
+  </si>
+  <si>
+    <t>03035136</t>
+  </si>
+  <si>
+    <t>Levante</t>
+  </si>
+  <si>
+    <t>2310.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Тэкс-Мэкс»;сталь нерж.;D=8,H=4см;металлич.</t>
+  </si>
+  <si>
+    <t>03035314</t>
+  </si>
+  <si>
+    <t>R5760M60154</t>
+  </si>
+  <si>
+    <t>Tex-Mex</t>
+  </si>
+  <si>
+    <t>2989.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Тэкс-Мэкс»;сталь нерж.;D=75,H=23мм;металлич.</t>
+  </si>
+  <si>
+    <t>03035317</t>
+  </si>
+  <si>
+    <t>R5760L90154</t>
+  </si>
+  <si>
+    <t>3038.00₸</t>
+  </si>
+  <si>
+    <t>Соусник квадратный;стекло;108мл;,H=4,L=9,B=9см;прозр.</t>
+  </si>
+  <si>
+    <t>03040101</t>
+  </si>
+  <si>
+    <t>BDK</t>
+  </si>
+  <si>
+    <t>ЧЕХИЯ</t>
+  </si>
+  <si>
+    <t>4081.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Аппетайзер»;фарфор;45мл;D=120,H=54мм;белый</t>
+  </si>
+  <si>
+    <t>03040102</t>
+  </si>
+  <si>
+    <t>L3199</t>
+  </si>
+  <si>
+    <t>Arcoroc</t>
+  </si>
+  <si>
+    <t>Appetizer</t>
+  </si>
+  <si>
+    <t>2016.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Лондри»;фарфор;50мл;D=75,H=30мм;белый</t>
+  </si>
+  <si>
+    <t>03040106</t>
+  </si>
+  <si>
+    <t>Revol</t>
+  </si>
+  <si>
+    <t>Londres</t>
+  </si>
+  <si>
+    <t>5968.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Тэйст»;фарфор;50мл;D=65,H=35мм;белый</t>
+  </si>
+  <si>
+    <t>03040107</t>
+  </si>
+  <si>
+    <t>1107 0575</t>
+  </si>
+  <si>
+    <t>Taste White</t>
+  </si>
+  <si>
+    <t>4259.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Симплисити»;фарфор;170мл;D=80,H=45мм;белый</t>
+  </si>
+  <si>
+    <t>03040109</t>
+  </si>
+  <si>
+    <t>1101 0324</t>
+  </si>
+  <si>
+    <t>Simpl White</t>
+  </si>
+  <si>
+    <t>4112.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Соусник «Аппетайзер»;фарфор;30мл;D=80,H=26мм;белый</t>
+  </si>
+  <si>
+    <t>03040110</t>
+  </si>
+  <si>
+    <t>L3201</t>
+  </si>
+  <si>
+    <t>1687.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Аппетайзер»;фарфор;40мл;D=90,H=28мм;белый</t>
+  </si>
+  <si>
+    <t>03040111</t>
+  </si>
+  <si>
+    <t>L3202</t>
+  </si>
+  <si>
+    <t>1778.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Монако Вайт»;фарфор;30мл;D=7,H=1см;белый</t>
+  </si>
+  <si>
+    <t>03040113</t>
+  </si>
+  <si>
+    <t>9001 C246</t>
+  </si>
+  <si>
+    <t>3827.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Грин» подсвечник;стекло;D=8,H=5см;зелен.</t>
+  </si>
+  <si>
+    <t>03040118</t>
+  </si>
+  <si>
+    <t>8322G</t>
+  </si>
+  <si>
+    <t>Lux</t>
+  </si>
+  <si>
+    <t>Green</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>2523.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Клиа» подсвечник;стекло;108мл;D=8,H=5см;прозр.</t>
+  </si>
+  <si>
+    <t>03040119</t>
+  </si>
+  <si>
+    <t>Clear</t>
+  </si>
+  <si>
+    <t>2361.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Миниатюра»;фарфор;20мл;D=60,H=35,L=100мм;черный</t>
+  </si>
+  <si>
+    <t>03040122</t>
+  </si>
+  <si>
+    <t>Miniatures</t>
+  </si>
+  <si>
+    <t>3574.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;фарфор;170мл;D=94,H=40мм;черный</t>
+  </si>
+  <si>
+    <t>03040123</t>
+  </si>
+  <si>
+    <t>4323.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Кунстверк»;фарфор;100мл;D=76,H=35мм;белый</t>
+  </si>
+  <si>
+    <t>03040124</t>
+  </si>
+  <si>
+    <t>A0937</t>
+  </si>
+  <si>
+    <t>546.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Кунстверк»;фарфор;50мл;D=67,H=27мм;белый</t>
+  </si>
+  <si>
+    <t>03040125</t>
+  </si>
+  <si>
+    <t>A0936</t>
+  </si>
+  <si>
+    <t>525.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Кунстверк»;фарфор;80мл;,H=40,L=125/100,B=48мм;белый</t>
+  </si>
+  <si>
+    <t>03040126</t>
+  </si>
+  <si>
+    <t>A0539</t>
+  </si>
+  <si>
+    <t>1267.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Соусник «Пати»;фарфор;25мл;,H=3,L=10,B=6см;белый</t>
+  </si>
+  <si>
+    <t>03040127</t>
+  </si>
+  <si>
+    <t>PY0AH160000</t>
+  </si>
+  <si>
+    <t>Party</t>
+  </si>
+  <si>
+    <t>2359.00₸</t>
+  </si>
+  <si>
     <t>2 шт.</t>
   </si>
   <si>
-    <t>Соусник;пластик;50мл;D=85,H=25мм</t>
-[...44 lines deleted...]
-    <t>7377.00₸</t>
+    <t>Соусник «Проотель» для соевого соуса;фарфор</t>
+  </si>
+  <si>
+    <t>03040128</t>
+  </si>
+  <si>
+    <t>AD0005-4</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>642.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Проотель»;фарфор;,L=8,B=5см</t>
+  </si>
+  <si>
+    <t>03040129</t>
+  </si>
+  <si>
+    <t>AD0005-3.5</t>
+  </si>
+  <si>
+    <t>289.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Проотель»;фарфор;15мл;,L=70,B=45мм</t>
+  </si>
+  <si>
+    <t>03040130</t>
+  </si>
+  <si>
+    <t>AD005-3</t>
+  </si>
+  <si>
+    <t>226.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Кунстверк»;фарфор;80мл;,H=40,L=125/100,B=48мм;черный</t>
+  </si>
+  <si>
+    <t>03040131</t>
+  </si>
+  <si>
+    <t>A0539W13</t>
+  </si>
+  <si>
+    <t>1316.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Соусник «Террамеса Олива»;фарфор;50мл;D=60,H=33мм;олив.</t>
+  </si>
+  <si>
+    <t>03040132</t>
+  </si>
+  <si>
+    <t>1122 0575</t>
+  </si>
+  <si>
+    <t>Terramesa</t>
+  </si>
+  <si>
+    <t>7000.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Спайро»;фарфор;340мл;,H=42,L=200,B=110мм;белый</t>
+  </si>
+  <si>
+    <t>03040133</t>
+  </si>
+  <si>
+    <t>9032 C967</t>
+  </si>
+  <si>
+    <t>Spyro</t>
+  </si>
+  <si>
+    <t>17610.00₸</t>
+  </si>
+  <si>
+    <t>20 шт.</t>
+  </si>
+  <si>
+    <t>Соусник «Блэк Лайн»;фарфор;175мл;,H=50,L=135,B=80мм;белый,черный</t>
+  </si>
+  <si>
+    <t>03040139</t>
+  </si>
+  <si>
+    <t>1135 0844</t>
+  </si>
+  <si>
+    <t>Black Line</t>
+  </si>
+  <si>
+    <t>7482.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Кунстверк»;фарфор;175мл;D=79,H=48мм;белый</t>
+  </si>
+  <si>
+    <t>03040141</t>
+  </si>
+  <si>
+    <t>A4807</t>
+  </si>
+  <si>
+    <t>1071.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Кунстверк»;фарфор;100мл;D=78,H=33мм;белый</t>
+  </si>
+  <si>
+    <t>03040142</t>
+  </si>
+  <si>
+    <t>A8680</t>
+  </si>
+  <si>
+    <t>518.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Кунстверк»;фарфор;200мл;D=82,H=48мм;белый</t>
+  </si>
+  <si>
+    <t>03040143</t>
+  </si>
+  <si>
+    <t>A2452</t>
+  </si>
+  <si>
+    <t>784.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Бамбук»;фарфор;120мл;D=55/80,H=95мм;белый</t>
+  </si>
+  <si>
+    <t>03040144</t>
+  </si>
+  <si>
+    <t>A1914</t>
+  </si>
+  <si>
+    <t>1603.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Симплисити»;фарфор;130мл;D=75,H=45мм;белый</t>
+  </si>
+  <si>
+    <t>03040145</t>
+  </si>
+  <si>
+    <t>1101 0323</t>
+  </si>
+  <si>
+    <t>3581.00₸</t>
+  </si>
+  <si>
+    <t>25 шт.</t>
+  </si>
+  <si>
+    <t>Соусник квадратный;фарфор;50мл;,H=47,L=65,B=65мм;белый</t>
+  </si>
+  <si>
+    <t>03040146</t>
+  </si>
+  <si>
+    <t>001911</t>
+  </si>
+  <si>
+    <t>6838.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Кунстверк» кувшинчик;фарфор;100мл;D=30,H=95мм;белый</t>
+  </si>
+  <si>
+    <t>03040148</t>
+  </si>
+  <si>
+    <t>A0168</t>
+  </si>
+  <si>
+    <t>1666.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;пластик;45мл;D=6,H=4см;черный</t>
+  </si>
+  <si>
+    <t>03040150</t>
+  </si>
+  <si>
+    <t>S27503</t>
+  </si>
+  <si>
+    <t>Carlisle</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
+  </si>
+  <si>
+    <t>1617.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;пластик;60мл;D=7,H=4см;черный</t>
+  </si>
+  <si>
+    <t>03040151</t>
+  </si>
+  <si>
+    <t>S85203</t>
+  </si>
+  <si>
+    <t>1910.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;пластик;60мл;D=75,H=40мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03040154</t>
+  </si>
+  <si>
+    <t>085269/S85269</t>
+  </si>
+  <si>
+    <t>1933.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;пластик;45мл;D=6,H=4см;белый</t>
+  </si>
+  <si>
+    <t>03040155</t>
+  </si>
+  <si>
+    <t>S27502</t>
+  </si>
+  <si>
+    <t>Соусник «Проотель»;сталь нерж.;100мл;,H=6,L=14см;металлич.</t>
+  </si>
+  <si>
+    <t>03040156</t>
+  </si>
+  <si>
+    <t>GB03</t>
+  </si>
+  <si>
+    <t>ИНДИЯ</t>
+  </si>
+  <si>
+    <t>2443.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Кото»;фарфор;25мл;D=7,H=2см;черный,коричнев.</t>
+  </si>
+  <si>
+    <t>03040157</t>
+  </si>
+  <si>
+    <t>9109 C246</t>
+  </si>
+  <si>
+    <t>Koto</t>
+  </si>
+  <si>
+    <t>5306.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Аппетайзер» овальный;фарфор;60мл;,H=3,L=10,B=7см;белый</t>
+  </si>
+  <si>
+    <t>03040158</t>
+  </si>
+  <si>
+    <t>R0740</t>
+  </si>
+  <si>
+    <t>2471.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Крафт Блю»;фарфор;55мл;D=65,H=30мм;синий</t>
+  </si>
+  <si>
+    <t>03040159</t>
+  </si>
+  <si>
+    <t>1130 0575</t>
+  </si>
+  <si>
+    <t>Craft Blue</t>
+  </si>
+  <si>
+    <t>7916.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Крафт Грин»;фарфор;55мл;D=65,H=30мм;зелен.</t>
+  </si>
+  <si>
+    <t>03040160</t>
+  </si>
+  <si>
+    <t>1131 0575</t>
+  </si>
+  <si>
+    <t>Craft Green</t>
+  </si>
+  <si>
+    <t>Соусник «Крафт Браун»;фарфор;55мл;D=65,H=30мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03040161</t>
+  </si>
+  <si>
+    <t>1132 0575</t>
+  </si>
+  <si>
+    <t>Craft Brown</t>
+  </si>
+  <si>
+    <t>7570.00₸</t>
   </si>
   <si>
     <t>4 шт.</t>
   </si>
   <si>
-    <t>Соусник «Ро дизайн бай кевала»;керамика;50мл;D=65,H=27мм;черный</t>
-[...365 lines deleted...]
-    <t>1316.00₸</t>
+    <t>Соусник;пластик;45мл;D=6,H=4см;голуб.</t>
+  </si>
+  <si>
+    <t>03040163</t>
+  </si>
+  <si>
+    <t>S27514</t>
+  </si>
+  <si>
+    <t>994.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;пластик;45мл;D=6,H=4см;красный</t>
+  </si>
+  <si>
+    <t>03040164</t>
+  </si>
+  <si>
+    <t>S27552</t>
+  </si>
+  <si>
+    <t>2010.00₸</t>
+  </si>
+  <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
+    <t>Соусник для соуса и масла;сталь нерж.;450мл;D=70,H=115мм;металлич.</t>
+  </si>
+  <si>
+    <t>03040167</t>
+  </si>
+  <si>
+    <t>49631-08</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
+    <t>15351.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;пластик;45мл;D=6,H=4см;коричнев.</t>
+  </si>
+  <si>
+    <t>03040170</t>
+  </si>
+  <si>
+    <t>S28069</t>
+  </si>
+  <si>
+    <t>2772.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Крафт Терракота»;фарфор;55мл;D=65,H=30мм;терракот</t>
+  </si>
+  <si>
+    <t>03040171</t>
+  </si>
+  <si>
+    <t>1133 0575</t>
+  </si>
+  <si>
+    <t>Craft Terracotta</t>
+  </si>
+  <si>
+    <t>7993.00₸</t>
+  </si>
+  <si>
+    <t>36 шт.</t>
+  </si>
+  <si>
+    <t>Соусник «Пьюрити»;фарфор;60мл;,H=3,L=6,B=6см;белый</t>
+  </si>
+  <si>
+    <t>03040172</t>
+  </si>
+  <si>
+    <t>S1052</t>
+  </si>
+  <si>
+    <t>Chef&amp;Sommelier</t>
+  </si>
+  <si>
+    <t>3990.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Пьюрити»;фарфор;60мл;D=65,H=30мм;белый</t>
+  </si>
+  <si>
+    <t>03040173</t>
+  </si>
+  <si>
+    <t>S1053</t>
+  </si>
+  <si>
+    <t>4725.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Пьюрити»;фарфор;80мл;,H=30,L=120,B=35мм;белый</t>
+  </si>
+  <si>
+    <t>03040174</t>
+  </si>
+  <si>
+    <t>S1055</t>
+  </si>
+  <si>
+    <t>3248.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Штутгарт»;фарфор;15мл;D=60,H=17мм;белый</t>
+  </si>
+  <si>
+    <t>03040175</t>
+  </si>
+  <si>
+    <t>55 5706</t>
+  </si>
+  <si>
+    <t>Stuttgart</t>
+  </si>
+  <si>
+    <t>1764.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Карат»;фарфор;25мл;D=6,H=2см;белый</t>
+  </si>
+  <si>
+    <t>03040176</t>
+  </si>
+  <si>
+    <t>25 5706</t>
+  </si>
+  <si>
+    <t>Carat</t>
+  </si>
+  <si>
+    <t>1679.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Карат»;фарфор;50мл;D=75,H=25мм;белый</t>
+  </si>
+  <si>
+    <t>03040177</t>
+  </si>
+  <si>
+    <t>25 5708</t>
+  </si>
+  <si>
+    <t>3773.00₸</t>
+  </si>
+  <si>
+    <t>32 шт.</t>
+  </si>
+  <si>
+    <t>Соусник «Моцарт»;фарфор;40мл;D=8см;белый</t>
+  </si>
+  <si>
+    <t>03040178</t>
+  </si>
+  <si>
+    <t>57 5708</t>
+  </si>
+  <si>
+    <t>Mozart</t>
+  </si>
+  <si>
+    <t>4205.00₸</t>
+  </si>
+  <si>
+    <t>43 шт.</t>
+  </si>
+  <si>
+    <t>Соусник «Крафт»;фарфор;55мл;D=65,H=30мм;серый</t>
+  </si>
+  <si>
+    <t>03040179</t>
+  </si>
+  <si>
+    <t>1154 0575</t>
+  </si>
+  <si>
+    <t>Craft Grey</t>
+  </si>
+  <si>
+    <t>4644.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Хани»;фарфор;50мл;D=65,H=30мм;бежев.</t>
+  </si>
+  <si>
+    <t>03040182</t>
+  </si>
+  <si>
+    <t>1543 0575</t>
+  </si>
+  <si>
+    <t>Honey Nat</t>
+  </si>
+  <si>
+    <t>5544.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Бэйзик»;стекло;60мл;,H=60,L=95,B=50мм;прозр.</t>
+  </si>
+  <si>
+    <t>03040186</t>
+  </si>
+  <si>
+    <t>55002/b</t>
+  </si>
+  <si>
+    <t>Pasabahce</t>
+  </si>
+  <si>
+    <t>Basic</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>581.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Эмоушен»;фарфор;30мл;,H=46,L=76,B=60мм;белый</t>
+  </si>
+  <si>
+    <t>03040187</t>
+  </si>
+  <si>
+    <t>93 6107</t>
+  </si>
+  <si>
+    <t>Emotion</t>
+  </si>
+  <si>
+    <t>6445.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Аппетайзер» квадратный;фарфор;70мл;,H=35мм</t>
+  </si>
+  <si>
+    <t>03040189</t>
+  </si>
+  <si>
+    <t>R0747</t>
+  </si>
+  <si>
+    <t>1498.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Опера»;фарфор;115мл;белый</t>
+  </si>
+  <si>
+    <t>03040193</t>
+  </si>
+  <si>
+    <t>OP325120000</t>
+  </si>
+  <si>
+    <t>Opera</t>
+  </si>
+  <si>
+    <t>16717.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;фарфор;D=6см;белый</t>
+  </si>
+  <si>
+    <t>03040196</t>
+  </si>
+  <si>
+    <t>11770-800001-15206</t>
+  </si>
+  <si>
+    <t>Rosenthal</t>
+  </si>
+  <si>
+    <t>Mesh White</t>
+  </si>
+  <si>
+    <t>3920.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;фарфор;D=6см;синий</t>
+  </si>
+  <si>
+    <t>03040197</t>
+  </si>
+  <si>
+    <t>11770-405152-15206</t>
+  </si>
+  <si>
+    <t>Mesh Aqua</t>
+  </si>
+  <si>
+    <t>4551.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;фарфор;D=6см;кремов.</t>
+  </si>
+  <si>
+    <t>03040198</t>
+  </si>
+  <si>
+    <t>11770-405153-15206</t>
+  </si>
+  <si>
+    <t>Mesh Cream</t>
+  </si>
+  <si>
+    <t>Соусник для тарелки 28 см;фарфор;D=7см;белый</t>
+  </si>
+  <si>
+    <t>03040199</t>
+  </si>
+  <si>
+    <t>11780-800001-35407</t>
+  </si>
+  <si>
+    <t>In.Gredienti</t>
+  </si>
+  <si>
+    <t>4875.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Лайфстиль»;фарфор;90мл;киноварь</t>
+  </si>
+  <si>
+    <t>03040201</t>
+  </si>
+  <si>
+    <t>LSV0309</t>
+  </si>
+  <si>
+    <t>Lilien Austria</t>
+  </si>
+  <si>
+    <t>Lifestyle Volcano</t>
+  </si>
+  <si>
+    <t>АВСТРИЯ</t>
+  </si>
+  <si>
+    <t>5899.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Лайфстиль»;фарфор;90мл;бирюз.</t>
+  </si>
+  <si>
+    <t>03040202</t>
+  </si>
+  <si>
+    <t>LSD0309</t>
+  </si>
+  <si>
+    <t>Lifestyle Deeplagoon</t>
+  </si>
+  <si>
+    <t>5714.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Симплисити»;фарфор;65мл;D=65,H=35мм;белый</t>
+  </si>
+  <si>
+    <t>03040203</t>
+  </si>
+  <si>
+    <t>1101 0322</t>
+  </si>
+  <si>
+    <t>3604.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Кунстверк»;фарфор;180мл;,H=7,L=18/14,B=7см;белый</t>
+  </si>
+  <si>
+    <t>03040204</t>
+  </si>
+  <si>
+    <t>A7168</t>
+  </si>
+  <si>
+    <t>1729.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Кашуб-хел»;фарфор;100мл;,H=45,L=120,B=60мм;белый</t>
+  </si>
+  <si>
+    <t>03040205</t>
+  </si>
+  <si>
+    <t>0687</t>
+  </si>
+  <si>
+    <t>Lubiana</t>
+  </si>
+  <si>
+    <t>Kaszub-Hel</t>
+  </si>
+  <si>
+    <t>ПОЛЬША</t>
+  </si>
+  <si>
+    <t>4620.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Кларет»;фарфор;130мл;,H=55,L=140,B=60мм;бежев.,бордо</t>
+  </si>
+  <si>
+    <t>03040206</t>
+  </si>
+  <si>
+    <t>1503 A143</t>
+  </si>
+  <si>
+    <t>Ivory Claret</t>
+  </si>
+  <si>
+    <t>7662.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;сталь нерж.;160мл;,H=75,L=170,B=75мм;металлич.</t>
+  </si>
+  <si>
+    <t>03040207</t>
+  </si>
+  <si>
+    <t>41615-01</t>
+  </si>
+  <si>
+    <t>10988.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Айвори Монте Карло»;фарфор;127мл;,H=55,L=140,B=60мм;слон.кость</t>
+  </si>
+  <si>
+    <t>03040208</t>
+  </si>
+  <si>
+    <t>1600 A143</t>
+  </si>
+  <si>
+    <t>Ivory Monte Carlo</t>
+  </si>
+  <si>
+    <t>6507.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Антуанетт»;фарфор;142мл;,H=55,L=155,B=65мм;белый,олив.</t>
+  </si>
+  <si>
+    <t>03040209</t>
+  </si>
+  <si>
+    <t>9019 C671</t>
+  </si>
+  <si>
+    <t>Antoinette</t>
+  </si>
+  <si>
+    <t>20667.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Симплисити»;фарфор;40мл;D=65,H=30мм;белый</t>
+  </si>
+  <si>
+    <t>03040210</t>
+  </si>
+  <si>
+    <t>1101 0332</t>
+  </si>
+  <si>
+    <t>5799.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Кунстверк»;фарфор;150мл;,H=62,L=170/135,B=65мм;белый</t>
+  </si>
+  <si>
+    <t>03040211</t>
+  </si>
+  <si>
+    <t>A4481</t>
+  </si>
+  <si>
+    <t>1470.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Антуанетт»;фарфор;340мл;,H=95,L=185,B=80мм;белый,олив.</t>
+  </si>
+  <si>
+    <t>03040212</t>
+  </si>
+  <si>
+    <t>9019 C672</t>
+  </si>
+  <si>
+    <t>25087.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Проотель»;сталь нерж.;130мл;,H=7,L=18см;металлич.</t>
+  </si>
+  <si>
+    <t>03040213</t>
+  </si>
+  <si>
+    <t>GB05</t>
+  </si>
+  <si>
+    <t>Соусник «Оптик»;фарфор;150мл;,H=70,L=110,B=55мм;белый</t>
+  </si>
+  <si>
+    <t>03040214</t>
+  </si>
+  <si>
+    <t>9118 C1032</t>
+  </si>
+  <si>
+    <t>Optik</t>
+  </si>
+  <si>
+    <t>11851.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Кантри Стайл»;фарфор;100мл;,H=40,L=90,B=55мм;зелен.</t>
+  </si>
+  <si>
+    <t>03040215</t>
+  </si>
+  <si>
+    <t>TRY3310</t>
+  </si>
+  <si>
+    <t>G. Benedikt Karlovy Vary</t>
+  </si>
+  <si>
+    <t>Country</t>
+  </si>
+  <si>
+    <t>7716.00₸</t>
+  </si>
+  <si>
+    <t>33 шт.</t>
+  </si>
+  <si>
+    <t>Соусник «Зен»;пластик;180мл;D=11,4см</t>
+  </si>
+  <si>
+    <t>03040216</t>
+  </si>
+  <si>
+    <t>6835 EL090</t>
+  </si>
+  <si>
+    <t>Zen</t>
+  </si>
+  <si>
+    <t>Соусник подсвечник;стекло;черный</t>
+  </si>
+  <si>
+    <t>03040217</t>
+  </si>
+  <si>
+    <t>Black</t>
+  </si>
+  <si>
+    <t>2647.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Пати»;фарфор;25мл;,H=3,L=10,B=6см;черный</t>
+  </si>
+  <si>
+    <t>03040218</t>
+  </si>
+  <si>
+    <t>PYOAH160779</t>
+  </si>
+  <si>
+    <t>2037.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;сталь нерж.;63мл;D=75мм</t>
+  </si>
+  <si>
+    <t>03040219</t>
+  </si>
+  <si>
+    <t>Linden</t>
+  </si>
+  <si>
+    <t>ШВЕЦИЯ</t>
+  </si>
+  <si>
+    <t>5005.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Бэйзик»;стекло;170мл;,H=90,L=145,B=65мм;прозр.</t>
+  </si>
+  <si>
+    <t>03040220</t>
+  </si>
+  <si>
+    <t>55012/b</t>
+  </si>
+  <si>
+    <t>1141.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Бонн»;фарфор;100мл;D=130,H=55мм;белый</t>
+  </si>
+  <si>
+    <t>03040221</t>
+  </si>
+  <si>
+    <t>54 3810</t>
+  </si>
+  <si>
+    <t>Bonn</t>
+  </si>
+  <si>
+    <t>9233.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;фарфор;250мл;D=90,H=65мм;черный</t>
+  </si>
+  <si>
+    <t>03040222</t>
+  </si>
+  <si>
+    <t>4651.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;стекло;40мл;D=60,H=25мм</t>
+  </si>
+  <si>
+    <t>03040223</t>
+  </si>
+  <si>
+    <t>1117.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Пьюрити»;эко-кост. фарф.;100мл;,L=135,B=70мм;белый</t>
+  </si>
+  <si>
+    <t>03040228</t>
+  </si>
+  <si>
+    <t>69 3810</t>
+  </si>
+  <si>
+    <t>15216.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Восток»;фарфор;,H=45,L=130,B=55мм;синий</t>
+  </si>
+  <si>
+    <t>03040229</t>
+  </si>
+  <si>
+    <t>PRA33101.X8530</t>
+  </si>
+  <si>
+    <t>Vostok</t>
+  </si>
+  <si>
+    <t>6099.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Восток Голд»;фарфор;100мл;,H=45,L=130,B=55мм;синий,золотой</t>
+  </si>
+  <si>
+    <t>03040230</t>
+  </si>
+  <si>
+    <t>PRA33101.X8531</t>
+  </si>
+  <si>
+    <t>Vostok Gold</t>
+  </si>
+  <si>
+    <t>7508.00₸</t>
   </si>
   <si>
     <t>19 шт.</t>
   </si>
   <si>
-    <t>Соусник «Террамеса Олива»;фарфор;50мл;D=60,H=33мм;олив.</t>
-[...104 lines deleted...]
-    <t>3581.00₸</t>
+    <t>Соусник «Пьюрити»;эко-кост. фарф.;350мл;,L=19,5,B=10см;белый</t>
+  </si>
+  <si>
+    <t>03040234</t>
+  </si>
+  <si>
+    <t>69 3835</t>
+  </si>
+  <si>
+    <t>23562.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Вэйрик» квадратный;фарфор;70мл;,H=35,L=57,B=57мм;белый</t>
+  </si>
+  <si>
+    <t>03040238</t>
+  </si>
+  <si>
+    <t>6900 E422</t>
+  </si>
+  <si>
+    <t>Varick</t>
+  </si>
+  <si>
+    <t>1932.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Варик»;фарфор;15мл;,L=76мм;белый</t>
+  </si>
+  <si>
+    <t>03040240</t>
+  </si>
+  <si>
+    <t>6900 E545</t>
+  </si>
+  <si>
+    <t>1479.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Вэйрик» квадратный;фарфор;22мл;,L=51,B=51мм;белый</t>
+  </si>
+  <si>
+    <t>03040241</t>
+  </si>
+  <si>
+    <t>6900 E566</t>
+  </si>
+  <si>
+    <t>1964.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Бонн»;фарфор;50мл;белый</t>
+  </si>
+  <si>
+    <t>03040242</t>
+  </si>
+  <si>
+    <t>54 3805</t>
+  </si>
+  <si>
+    <t>12482.00₸</t>
+  </si>
+  <si>
+    <t>Соусник с шипами;стекло;60мл;D=5,H=5см</t>
+  </si>
+  <si>
+    <t>03040243</t>
+  </si>
+  <si>
+    <t>B0812509</t>
+  </si>
+  <si>
+    <t>Serax</t>
+  </si>
+  <si>
+    <t>БЕЛЬГИЯ</t>
+  </si>
+  <si>
+    <t>5475.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;пластик;160мл;прозр.</t>
+  </si>
+  <si>
+    <t>03040244</t>
+  </si>
+  <si>
+    <t>CA453007</t>
+  </si>
+  <si>
+    <t>Utopia</t>
+  </si>
+  <si>
+    <t>895.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;пластик;160мл;розов.</t>
+  </si>
+  <si>
+    <t>03040245</t>
+  </si>
+  <si>
+    <t>CA453055</t>
+  </si>
+  <si>
+    <t>Соусник;пластик;160мл;голуб.</t>
+  </si>
+  <si>
+    <t>03040246</t>
+  </si>
+  <si>
+    <t>CA453054</t>
+  </si>
+  <si>
+    <t>Соусник «Варик»;фарфор;,H=50,L=54,B=54мм;белый</t>
+  </si>
+  <si>
+    <t>03040247</t>
+  </si>
+  <si>
+    <t>6900 E593</t>
+  </si>
+  <si>
+    <t>1864.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Варик»;фарфор;82мл;,H=30,L=79,B=79мм;белый</t>
+  </si>
+  <si>
+    <t>03040248</t>
+  </si>
+  <si>
+    <t>6900 E567</t>
+  </si>
+  <si>
+    <t>1633.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Зен»;пластик;180мл;D=11,4см;черный</t>
+  </si>
+  <si>
+    <t>03040249</t>
+  </si>
+  <si>
+    <t>6834 EL090</t>
+  </si>
+  <si>
+    <t>3542.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Карнавал Сапфир»;фарфор;118мл;D=74мм;синий</t>
+  </si>
+  <si>
+    <t>03040251</t>
+  </si>
+  <si>
+    <t>1703 0323</t>
+  </si>
+  <si>
+    <t>Carnival</t>
+  </si>
+  <si>
+    <t>3958.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Карнавал Ферн»;фарфор;118мл;D=74мм;зелен.</t>
+  </si>
+  <si>
+    <t>03040252</t>
+  </si>
+  <si>
+    <t>1704 0323</t>
+  </si>
+  <si>
+    <t>Соусник;пластик;40мл;D=60,H=37мм</t>
+  </si>
+  <si>
+    <t>03040253</t>
+  </si>
+  <si>
+    <t>1094.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;пластик;50мл;D=68мм;белый</t>
+  </si>
+  <si>
+    <t>03040254</t>
+  </si>
+  <si>
+    <t>MAK</t>
+  </si>
+  <si>
+    <t>БОЛГАРИЯ</t>
+  </si>
+  <si>
+    <t>532.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;пластик;30мл;D=58мм;белый</t>
+  </si>
+  <si>
+    <t>03040256</t>
+  </si>
+  <si>
+    <t>409.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;пластик;30мл;D=58мм;черный</t>
+  </si>
+  <si>
+    <t>03040257</t>
+  </si>
+  <si>
+    <t>03040258</t>
+  </si>
+  <si>
+    <t>55012/b/t</t>
+  </si>
+  <si>
+    <t>476.00₸</t>
+  </si>
+  <si>
+    <t>03040260</t>
+  </si>
+  <si>
+    <t>Casual</t>
+  </si>
+  <si>
+    <t>1525.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;пластик;30мл;D=60,H=35мм</t>
+  </si>
+  <si>
+    <t>03040261</t>
+  </si>
+  <si>
+    <t>917.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Серфис»;керамика;D=110,H=45мм;сизый</t>
+  </si>
+  <si>
+    <t>03040263</t>
+  </si>
+  <si>
+    <t>B5116215B</t>
+  </si>
+  <si>
+    <t>Surface</t>
+  </si>
+  <si>
+    <t>7893.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Серфис»;керамика;150мл;D=110,H=45мм;зелен.</t>
+  </si>
+  <si>
+    <t>03040264</t>
+  </si>
+  <si>
+    <t>B5116215A</t>
+  </si>
+  <si>
+    <t>9856.00₸</t>
+  </si>
+  <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Соусник «Лайфстиль»;фарфор;90мл;D=75,H=41мм;песочн.</t>
+  </si>
+  <si>
+    <t>03040265</t>
+  </si>
+  <si>
+    <t>LSN0309</t>
+  </si>
+  <si>
+    <t>Lifestyle Natural</t>
+  </si>
+  <si>
+    <t>4197.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;пластик;40мл;D=60,H=35мм;антрацит</t>
+  </si>
+  <si>
+    <t>03040266</t>
+  </si>
+  <si>
+    <t>Flower Pot</t>
+  </si>
+  <si>
+    <t>1017.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;пластик;80мл;D=78,H=40мм;белый</t>
+  </si>
+  <si>
+    <t>03040268</t>
+  </si>
+  <si>
+    <t>1325.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;керамика;30мл;D=60,H=25мм;черный</t>
+  </si>
+  <si>
+    <t>03040269</t>
+  </si>
+  <si>
+    <t>Соусник;пластик;50мл;белый</t>
+  </si>
+  <si>
+    <t>03040272</t>
+  </si>
+  <si>
+    <t>809.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;пластик;50мл;черный</t>
+  </si>
+  <si>
+    <t>03040273</t>
+  </si>
+  <si>
+    <t>Соусник;пластик;,L=9,B=6см;черный</t>
+  </si>
+  <si>
+    <t>03040275</t>
+  </si>
+  <si>
+    <t>Соусник;пластик;50мл;,L=95,B=60мм;белый</t>
+  </si>
+  <si>
+    <t>03040276</t>
+  </si>
+  <si>
+    <t>678.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Варик»;фарфор;162мл;D=79мм;белый</t>
+  </si>
+  <si>
+    <t>03040278</t>
+  </si>
+  <si>
+    <t>6900 E591</t>
+  </si>
+  <si>
+    <t>1132.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;керамика;170мл;D=94,H=43мм;серый</t>
+  </si>
+  <si>
+    <t>03040279</t>
+  </si>
+  <si>
+    <t>French Classics</t>
+  </si>
+  <si>
+    <t>Соусник;керамика;160мл;D=82,H=52мм;серый</t>
+  </si>
+  <si>
+    <t>03040280</t>
+  </si>
+  <si>
+    <t>5914.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Рустик коппер»;фарфор;70мл;D=67,H=36мм;коричнев.,красный</t>
+  </si>
+  <si>
+    <t>03040290</t>
+  </si>
+  <si>
+    <t>RAM-PRC2</t>
+  </si>
+  <si>
+    <t>Genware</t>
+  </si>
+  <si>
+    <t>Соусник;сталь нерж.;150мл;,H=79,L=170,B=75мм;металлич.</t>
+  </si>
+  <si>
+    <t>03040302</t>
+  </si>
+  <si>
+    <t>Eternum</t>
+  </si>
+  <si>
+    <t>12020.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Соусник «Прага»;фарфор;100мл;,H=48,L=130,B=60мм;белый</t>
+  </si>
+  <si>
+    <t>03040303</t>
+  </si>
+  <si>
+    <t>PRA3310</t>
+  </si>
+  <si>
+    <t>Praha</t>
+  </si>
+  <si>
+    <t>24 шт.</t>
+  </si>
+  <si>
+    <t>Соусник «Симплисити»;фарфор;127мл;,H=55,L=145,B=85мм;белый</t>
+  </si>
+  <si>
+    <t>03040304</t>
+  </si>
+  <si>
+    <t>1101 0844</t>
+  </si>
+  <si>
+    <t>Соусник;сталь нерж.;100мл;,H=62,L=140,B=60мм;металлич.</t>
+  </si>
+  <si>
+    <t>03040305</t>
+  </si>
+  <si>
+    <t>4128.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;сталь нерж.;200мл;,H=90,L=220,B=95мм;металлич.</t>
+  </si>
+  <si>
+    <t>03040306</t>
+  </si>
+  <si>
+    <t>4528.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;сталь нерж.;100мл;,H=80,L=160,B=62мм;металлич.</t>
+  </si>
+  <si>
+    <t>03040309</t>
+  </si>
+  <si>
+    <t>TW-I D</t>
+  </si>
+  <si>
+    <t>TW-72800</t>
+  </si>
+  <si>
+    <t>1686.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;сталь нерж.;150мл;,H=85,L=195,B=80мм;металлич.</t>
+  </si>
+  <si>
+    <t>03040310</t>
+  </si>
+  <si>
+    <t>TW-72801</t>
+  </si>
+  <si>
+    <t>1906.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;сталь нерж.;200мл;,H=11,5,L=22,B=10см;металлич.</t>
+  </si>
+  <si>
+    <t>03040311</t>
+  </si>
+  <si>
+    <t>TW-72802</t>
+  </si>
+  <si>
+    <t>2108.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «В.Виена»;фарфор;400мл;,H=80,L=195,B=90мм;белый</t>
+  </si>
+  <si>
+    <t>03040318</t>
+  </si>
+  <si>
+    <t>VW025450000</t>
+  </si>
+  <si>
+    <t>Wienna</t>
+  </si>
+  <si>
+    <t>19127.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Портофино»;фарфор;350мл;,H=9,L=19,B=10см;белый</t>
+  </si>
+  <si>
+    <t>03040319</t>
+  </si>
+  <si>
+    <t>PF025350000</t>
+  </si>
+  <si>
+    <t>Portofino</t>
+  </si>
+  <si>
+    <t>18865.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Афродита»;фарфор;400мл;,H=80,L=165мм;белый,золотой</t>
+  </si>
+  <si>
+    <t>03040320</t>
+  </si>
+  <si>
+    <t>2680-gold</t>
+  </si>
+  <si>
+    <t>Afrodyta</t>
+  </si>
+  <si>
+    <t>6823.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Америка»;фарфор;50мл;D=65,H=35мм;белый</t>
+  </si>
+  <si>
+    <t>03040321</t>
+  </si>
+  <si>
+    <t>Ameryka</t>
+  </si>
+  <si>
+    <t>1256.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Америка»;фарфор;90мл;D=8,H=4см;белый</t>
+  </si>
+  <si>
+    <t>03040322</t>
+  </si>
+  <si>
+    <t>Соусник «ПиЭл-Кук»;фарфор;150мл;D=87,H=45мм;белый</t>
+  </si>
+  <si>
+    <t>03040323</t>
+  </si>
+  <si>
+    <t>PL042090000</t>
+  </si>
+  <si>
+    <t>PL-COOK</t>
+  </si>
+  <si>
+    <t>Соусник «Миниатюра»;фарфор;30мл;D=60,H=25мм;белый</t>
+  </si>
+  <si>
+    <t>03040328</t>
+  </si>
+  <si>
+    <t>5360.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;фарфор;70мл;D=70,H=35мм;белый</t>
+  </si>
+  <si>
+    <t>03040329</t>
+  </si>
+  <si>
+    <t>Соусник;фарфор;90мл;D=7,H=4см;белый</t>
+  </si>
+  <si>
+    <t>03040330</t>
+  </si>
+  <si>
+    <t>4189.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;фарфор;110мл;D=80,H=35мм;белый</t>
+  </si>
+  <si>
+    <t>03040331</t>
+  </si>
+  <si>
+    <t>5691.00₸</t>
+  </si>
+  <si>
+    <t>12 шт.</t>
+  </si>
+  <si>
+    <t>Соусник;фарфор;170мл;D=94,H=43мм;белый</t>
+  </si>
+  <si>
+    <t>03040332</t>
+  </si>
+  <si>
+    <t>6692.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;фарфор;150мл;D=80,H=46мм;белый</t>
+  </si>
+  <si>
+    <t>03040333</t>
+  </si>
+  <si>
+    <t>6168.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;фарфор;160мл;D=82,H=52мм;белый</t>
+  </si>
+  <si>
+    <t>03040334</t>
+  </si>
+  <si>
+    <t>5868.00₸</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Соусник;фарфор;250мл;D=105,H=50мм;белый</t>
+  </si>
+  <si>
+    <t>03040335</t>
+  </si>
+  <si>
+    <t>9548.00₸</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Соусник «Принцип»;фарфор;100мл;,H=55,L=120,B=65мм;белый</t>
+  </si>
+  <si>
+    <t>03040336</t>
+  </si>
+  <si>
+    <t>PRI3310</t>
+  </si>
+  <si>
+    <t>Princip</t>
+  </si>
+  <si>
+    <t>Соусник «Мелодия»;фарфор;100мл;,H=45,L=125,B=50мм;белый</t>
+  </si>
+  <si>
+    <t>03040337</t>
+  </si>
+  <si>
+    <t>MEL3310</t>
+  </si>
+  <si>
+    <t>Melodie</t>
+  </si>
+  <si>
+    <t>Соусник «Бейзик»;стекло;250мл</t>
+  </si>
+  <si>
+    <t>03040339</t>
+  </si>
+  <si>
+    <t>ТУРЦИЯ</t>
+  </si>
+  <si>
+    <t>2323.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Александрия»;фарфор;180мл;,H=6,L=13,B=7см;белый</t>
+  </si>
+  <si>
+    <t>03040343</t>
+  </si>
+  <si>
+    <t>Alexandrie</t>
+  </si>
+  <si>
+    <t>8755.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Киото-браун» с крышкой;125мл;коричнев.</t>
+  </si>
+  <si>
+    <t>03040351</t>
+  </si>
+  <si>
+    <t>23589/PT666</t>
+  </si>
+  <si>
+    <t>KYOTO</t>
+  </si>
+  <si>
+    <t>Kyoto-Brown</t>
+  </si>
+  <si>
+    <t>2646.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Киото-вайт»;фарфор;150мл;D=6,H=9см;белый</t>
+  </si>
+  <si>
+    <t>03040353</t>
+  </si>
+  <si>
+    <t>23589/PT212</t>
+  </si>
+  <si>
+    <t>Kyoto-white</t>
+  </si>
+  <si>
+    <t>1299.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Монако Вайт»;фарфор;340мл;,H=55,L=185,B=80мм;белый</t>
+  </si>
+  <si>
+    <t>03040354</t>
+  </si>
+  <si>
+    <t>9001 C672</t>
+  </si>
+  <si>
+    <t>22500.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Веркорс»;фарфор;100мл;,H=50,L=150,B=65мм;белый</t>
+  </si>
+  <si>
+    <t>03040358</t>
+  </si>
+  <si>
+    <t>Vercors</t>
+  </si>
+  <si>
+    <t>6045.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Кунстверк»;фарфор;145мл;,H=100,L=175/130,B=50мм;белый</t>
+  </si>
+  <si>
+    <t>03040359</t>
+  </si>
+  <si>
+    <t>A0532</t>
+  </si>
+  <si>
+    <t>1855.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Афродита»;фарфор;400мл;,H=80,L=165мм;белый</t>
+  </si>
+  <si>
+    <t>03040363</t>
+  </si>
+  <si>
+    <t>2680-white</t>
+  </si>
+  <si>
+    <t>8601.00₸</t>
+  </si>
+  <si>
+    <t>Соусник с крышкой;сталь;400мл;,H=13,5,L=18,B=12,1см;металлич.</t>
+  </si>
+  <si>
+    <t>03040364</t>
+  </si>
+  <si>
+    <t>22176.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Соусник «Проотель»;сталь нерж.;250мл;,H=55,L=210мм;металлич.</t>
+  </si>
+  <si>
+    <t>03040366</t>
+  </si>
+  <si>
+    <t>GB08</t>
+  </si>
+  <si>
+    <t>4340.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;пластик;60мл;белый</t>
+  </si>
+  <si>
+    <t>03040369</t>
+  </si>
+  <si>
+    <t>S31002</t>
+  </si>
+  <si>
+    <t>1879.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;пластик;120мл;D=85,H=45мм;белый</t>
+  </si>
+  <si>
+    <t>03040373</t>
+  </si>
+  <si>
+    <t>S28502</t>
+  </si>
+  <si>
+    <t>2033.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;пластик;60мл;D=75,H=40мм;белый</t>
+  </si>
+  <si>
+    <t>03040375</t>
+  </si>
+  <si>
+    <t>S27942</t>
+  </si>
+  <si>
+    <t>Соусник;пластик;90мл;D=63,H=31мм;черный</t>
+  </si>
+  <si>
+    <t>03040376</t>
+  </si>
+  <si>
+    <t>S28203</t>
+  </si>
+  <si>
+    <t>2095.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Бэйзик»;стекло;250мл;,H=115,L=190,B=85мм;прозр.</t>
+  </si>
+  <si>
+    <t>03040378</t>
+  </si>
+  <si>
+    <t>55022/b</t>
+  </si>
+  <si>
+    <t>1862.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;пластик;60мл;D=71,H=36мм;белый</t>
+  </si>
+  <si>
+    <t>03040380</t>
+  </si>
+  <si>
+    <t>S29202</t>
+  </si>
+  <si>
+    <t>2472.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;пластик;120мл;D=85,H=45мм;черный</t>
+  </si>
+  <si>
+    <t>03040381</t>
+  </si>
+  <si>
+    <t>S28303/S28503</t>
+  </si>
+  <si>
+    <t>3335.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Кунстверк» квадратный с крышкой;фарфор;125мл;,H=75мм;белый</t>
+  </si>
+  <si>
+    <t>03040382</t>
+  </si>
+  <si>
+    <t>A16196</t>
+  </si>
+  <si>
+    <t>1785.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Кунстверк» прямоугольный;фарфор;50мл;,H=25,L=90,B=65мм;белый</t>
+  </si>
+  <si>
+    <t>03040383</t>
+  </si>
+  <si>
+    <t>A18741</t>
+  </si>
+  <si>
+    <t>833.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Кунстверк»;фарфор;150мл;D=65,H=89мм;белый</t>
+  </si>
+  <si>
+    <t>03040384</t>
+  </si>
+  <si>
+    <t>A18740</t>
+  </si>
+  <si>
+    <t>1512.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Кунстверк» прямоугольный;фарфор;50мл;,H=25,L=90,B=65мм;черный</t>
+  </si>
+  <si>
+    <t>03040385</t>
+  </si>
+  <si>
+    <t>A18741W13</t>
+  </si>
+  <si>
+    <t>Соусник «Кунстверк»;фарфор;150мл;D=65,H=89мм;черный</t>
+  </si>
+  <si>
+    <t>03040386</t>
+  </si>
+  <si>
+    <t>A18740W13</t>
+  </si>
+  <si>
+    <t>2289.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Блю Дэппл»;фарфор;370мл;,H=82,L=200,B=100мм;белый,синий</t>
+  </si>
+  <si>
+    <t>03040387</t>
+  </si>
+  <si>
+    <t>1710 0843</t>
+  </si>
+  <si>
+    <t>Blue Dapple</t>
+  </si>
+  <si>
+    <t>15162.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Блю Дэппл»;фарфор;127мл;,H=55,L=145,B=85мм;белый,синий</t>
+  </si>
+  <si>
+    <t>03040388</t>
+  </si>
+  <si>
+    <t>1710 0844</t>
+  </si>
+  <si>
+    <t>12813.00₸</t>
+  </si>
+  <si>
+    <t>28 шт.</t>
+  </si>
+  <si>
+    <t>Соусник «Кунстверк»;фарфор;45мл;,H=25,L=80,B=50мм;белый</t>
+  </si>
+  <si>
+    <t>03040389</t>
+  </si>
+  <si>
+    <t>P8106408/48426113</t>
+  </si>
+  <si>
+    <t>651.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;пластик;60мл;D=71,H=36мм;черный</t>
+  </si>
+  <si>
+    <t>03040391</t>
+  </si>
+  <si>
+    <t>S29203</t>
+  </si>
+  <si>
+    <t>Соусник;сталь нерж.;150мл;D=5,H=8см</t>
+  </si>
+  <si>
+    <t>03040394</t>
+  </si>
+  <si>
+    <t>15630080ICV</t>
+  </si>
+  <si>
+    <t>Ilsa</t>
+  </si>
+  <si>
+    <t>5194.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;фарфор;160мл;D=82,H=52мм;черный</t>
+  </si>
+  <si>
+    <t>03040395</t>
+  </si>
+  <si>
+    <t>FrenchClassi</t>
+  </si>
+  <si>
+    <t>5121.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Кунстверк»;фарфор;,L=61,B=88мм;коричнев.,матовый</t>
+  </si>
+  <si>
+    <t>03040398</t>
+  </si>
+  <si>
+    <t>A25469W795</t>
+  </si>
+  <si>
+    <t>2415.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Кунстверк»;фарфор;,L=85,B=60мм;коричнев.,матовый</t>
+  </si>
+  <si>
+    <t>03040399</t>
+  </si>
+  <si>
+    <t>A25471W795</t>
+  </si>
+  <si>
+    <t>1155.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;сталь нерж.;30мл;D=45,H=27мм;металлич.</t>
+  </si>
+  <si>
+    <t>03040407</t>
+  </si>
+  <si>
+    <t>SC10</t>
+  </si>
+  <si>
+    <t>427.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;сталь нерж.;45мл;D=62/35,H=24мм;металлич.</t>
+  </si>
+  <si>
+    <t>03040408</t>
+  </si>
+  <si>
+    <t>SC15</t>
+  </si>
+  <si>
+    <t>329.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;сталь нерж.;60мл;D=62,H=30мм;металлич.</t>
+  </si>
+  <si>
+    <t>03040409</t>
+  </si>
+  <si>
+    <t>SC20</t>
+  </si>
+  <si>
+    <t>406.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «День и ночь»;керамика;350мл;D=11,H=6см;белый,черный</t>
+  </si>
+  <si>
+    <t>03040410</t>
+  </si>
+  <si>
+    <t>Dymov</t>
+  </si>
+  <si>
+    <t>День и ночь</t>
+  </si>
+  <si>
+    <t>6599.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Оникс»;керамика;150мл;,H=75мм;черный</t>
+  </si>
+  <si>
+    <t>03040411</t>
+  </si>
+  <si>
+    <t>Оникс</t>
+  </si>
+  <si>
+    <t>10172.00₸</t>
+  </si>
+  <si>
+    <t>21 шт.</t>
+  </si>
+  <si>
+    <t>Соусник с ручкой;сталь нерж.;,H=13,L=19,B=9см</t>
+  </si>
+  <si>
+    <t>03040412</t>
+  </si>
+  <si>
+    <t>8316.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Карактэр»;керамика;D=7,H=2см;белый</t>
+  </si>
+  <si>
+    <t>03040413</t>
+  </si>
+  <si>
+    <t>Caractere</t>
+  </si>
+  <si>
+    <t>6307.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Крафт Распберри»;фарфор;55мл;D=65,H=30мм;розов.</t>
+  </si>
+  <si>
+    <t>03040414</t>
+  </si>
+  <si>
+    <t>1210 0575</t>
+  </si>
+  <si>
+    <t>Craft Raspberry</t>
+  </si>
+  <si>
+    <t>Соусник «Симплисити»;фарфор;370мл;,H=82,L=200,B=100мм;белый</t>
+  </si>
+  <si>
+    <t>03040502</t>
+  </si>
+  <si>
+    <t>1101 0843</t>
+  </si>
+  <si>
+    <t>7392.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Карат»;фарфор;300мл;D=11,H=7,L=15см;белый</t>
+  </si>
+  <si>
+    <t>03040503</t>
+  </si>
+  <si>
+    <t>25 3830</t>
+  </si>
+  <si>
+    <t>13791.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Моцарт»;фарфор;100мл;,H=55,L=135,B=65мм;белый</t>
+  </si>
+  <si>
+    <t>03040504</t>
+  </si>
+  <si>
+    <t>57 3810</t>
+  </si>
+  <si>
+    <t>18419.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Штутгарт»;фарфор;100мл;,H=55,L=125,B=60мм;белый</t>
+  </si>
+  <si>
+    <t>03040505</t>
+  </si>
+  <si>
+    <t>55 3810</t>
+  </si>
+  <si>
+    <t>10380.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Штутгарт»;фарфор;350мл;,H=95,L=210,B=90мм;белый</t>
+  </si>
+  <si>
+    <t>03040506</t>
+  </si>
+  <si>
+    <t>55 3835</t>
+  </si>
+  <si>
+    <t>11065.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Рио Грин»;фарфор;130мл;белый,зелен.</t>
+  </si>
+  <si>
+    <t>03040508</t>
+  </si>
+  <si>
+    <t>1529 0844</t>
+  </si>
+  <si>
+    <t>Rio Green</t>
+  </si>
+  <si>
+    <t>9148.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Рио Блю»;фарфор;130мл;белый,синий</t>
+  </si>
+  <si>
+    <t>03040509</t>
+  </si>
+  <si>
+    <t>1531 0844</t>
+  </si>
+  <si>
+    <t>Rio Blue</t>
+  </si>
+  <si>
+    <t>8863.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Рио Йеллоу»;фарфор;130мл;белый,желт.</t>
+  </si>
+  <si>
+    <t>03040510</t>
+  </si>
+  <si>
+    <t>1530 0844</t>
+  </si>
+  <si>
+    <t>Rio Yellow</t>
+  </si>
+  <si>
+    <t>9787.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Хани»;фарфор;130мл;,H=55мм;бежев.</t>
+  </si>
+  <si>
+    <t>03040513</t>
+  </si>
+  <si>
+    <t>1543 A143</t>
+  </si>
+  <si>
+    <t>9649.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Кунстверк»;фарфор;150мл;D=85,H=40мм;белый</t>
+  </si>
+  <si>
+    <t>03040537</t>
+  </si>
+  <si>
+    <t>A0938</t>
+  </si>
+  <si>
+    <t>763.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Кунстверк»;керамика;50мл;D=9,H=2см;зелен.,коричнев.</t>
+  </si>
+  <si>
+    <t>03040551</t>
+  </si>
+  <si>
+    <t>G060-Green</t>
+  </si>
+  <si>
+    <t>945.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Кунстверк»;керамика;,H=2,L=9,B=6см;зелен.,коричнев.</t>
+  </si>
+  <si>
+    <t>03040553</t>
+  </si>
+  <si>
+    <t>G061-Green</t>
+  </si>
+  <si>
+    <t>Соусник «Киото-блэк» прямоугольный;фарфор;,H=25,L=90,B=60мм;черный</t>
+  </si>
+  <si>
+    <t>03040554</t>
+  </si>
+  <si>
+    <t>H2073/PT211</t>
+  </si>
+  <si>
+    <t>Kyoto-black</t>
+  </si>
+  <si>
+    <t>1211.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Киото-вайт»;фарфор;,H=25,L=90,B=60мм;белый</t>
+  </si>
+  <si>
+    <t>03040555</t>
+  </si>
+  <si>
+    <t>H2073/PT212</t>
+  </si>
+  <si>
+    <t>714.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Киото-блэк»;фарфор;,H=23,L=100,B=75мм;черный</t>
+  </si>
+  <si>
+    <t>03040558</t>
+  </si>
+  <si>
+    <t>H2305/PT211</t>
+  </si>
+  <si>
+    <t>794.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Атлантис»;фарфор;170мл;,H=55,L=145,B=95мм;белый</t>
+  </si>
+  <si>
+    <t>03040563</t>
+  </si>
+  <si>
+    <t>ATL3315</t>
+  </si>
+  <si>
+    <t>Atlantis</t>
+  </si>
+  <si>
+    <t>6145.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Кунстверк» кувшинчик;фарфор;170мл;D=30,H=120,L=120,B=55мм;белый</t>
+  </si>
+  <si>
+    <t>03040570</t>
+  </si>
+  <si>
+    <t>A2835</t>
+  </si>
+  <si>
+    <t>1624.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Монако Вайт»;фарфор;140мл;,H=35,L=155,B=60мм;белый</t>
+  </si>
+  <si>
+    <t>03040573</t>
+  </si>
+  <si>
+    <t>9001 C671</t>
+  </si>
+  <si>
+    <t>13837.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Проотель»;фарфор;100мл;,H=75,L=145,B=45мм</t>
+  </si>
+  <si>
+    <t>03040574</t>
+  </si>
+  <si>
+    <t>L172B</t>
+  </si>
+  <si>
+    <t>672.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Проотель»;фарфор;200мл</t>
+  </si>
+  <si>
+    <t>03040575</t>
+  </si>
+  <si>
+    <t>sn74</t>
+  </si>
+  <si>
+    <t>1167.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Террамеса Вит»;фарфор;50мл;D=60,H=33мм;бежев.</t>
+  </si>
+  <si>
+    <t>03040578</t>
+  </si>
+  <si>
+    <t>1120 0575</t>
+  </si>
+  <si>
+    <t>8571.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Террамеса мастед»;фарфор;50мл;D=60,H=33мм;св.корич.</t>
+  </si>
+  <si>
+    <t>03040579</t>
+  </si>
+  <si>
+    <t>1121 0575</t>
+  </si>
+  <si>
+    <t>9202.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Террамеса Мокка»;фарфор;50мл;D=60,H=33мм;тем.корич.</t>
+  </si>
+  <si>
+    <t>03040580</t>
+  </si>
+  <si>
+    <t>1123 0575</t>
+  </si>
+  <si>
+    <t>7154.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Кунстверк»;фарфор;90мл;,H=85,L=150/110мм;белый</t>
+  </si>
+  <si>
+    <t>03040581</t>
+  </si>
+  <si>
+    <t>A0531</t>
+  </si>
+  <si>
+    <t>Соусник «Кунстверк»;фарфор;50мл;D=60,H=35мм;белый</t>
+  </si>
+  <si>
+    <t>03040582</t>
+  </si>
+  <si>
+    <t>A4806</t>
+  </si>
+  <si>
+    <t>490.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Кунстверк»;фарфор;85мл;D=6,H=4см;белый</t>
+  </si>
+  <si>
+    <t>03040583</t>
+  </si>
+  <si>
+    <t>A7790</t>
+  </si>
+  <si>
+    <t>686.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Кунстверк» прямоугольный;фарфор;50мл;,H=3,L=10,B=6см;белый</t>
+  </si>
+  <si>
+    <t>03040585</t>
+  </si>
+  <si>
+    <t>A0312</t>
+  </si>
+  <si>
+    <t>Соусник «Кунстверк»;фарфор;55мл;,H=2,L=9,B=7см;белый</t>
+  </si>
+  <si>
+    <t>03040586</t>
+  </si>
+  <si>
+    <t>A2531</t>
+  </si>
+  <si>
+    <t>693.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Кунстверк» прямоугольный;фарфор;50мл;,H=3,L=10,B=6см;черный</t>
+  </si>
+  <si>
+    <t>03040587</t>
+  </si>
+  <si>
+    <t>A0312W13</t>
+  </si>
+  <si>
+    <t>Соусник «Кунстверк»;фарфор;50мл;D=60,H=35мм;черный</t>
+  </si>
+  <si>
+    <t>03040588</t>
+  </si>
+  <si>
+    <t>A4806W13</t>
+  </si>
+  <si>
+    <t>637.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Кунстверк»;фарфор;175мл;D=79,H=48мм;черный</t>
+  </si>
+  <si>
+    <t>03040589</t>
+  </si>
+  <si>
+    <t>A4807W13</t>
+  </si>
+  <si>
+    <t>1274.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Кунстверк»;фарфор;55мл;,H=2,L=9,B=7см;черный</t>
+  </si>
+  <si>
+    <t>03040590</t>
+  </si>
+  <si>
+    <t>A2531W13</t>
+  </si>
+  <si>
+    <t>Соусник;металл;300мл</t>
+  </si>
+  <si>
+    <t>03040601</t>
+  </si>
+  <si>
+    <t>9556.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Экинокс»;фарфор;50мл;D=63,H=50мм;синий</t>
+  </si>
+  <si>
+    <t>03040608</t>
+  </si>
+  <si>
+    <t>Equinoxe</t>
+  </si>
+  <si>
+    <t>8547.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;дуб;60мл;D=70,H=35мм;св. дерево</t>
+  </si>
+  <si>
+    <t>03040611</t>
+  </si>
+  <si>
+    <t>Q906O-06N</t>
+  </si>
+  <si>
+    <t>PPwood</t>
+  </si>
+  <si>
+    <t>5021.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Терра Аква»;фарфор;130мл;синий</t>
+  </si>
+  <si>
+    <t>03040615</t>
+  </si>
+  <si>
+    <t>RAM-PBL4</t>
+  </si>
+  <si>
+    <t>Terra Aqua</t>
+  </si>
+  <si>
+    <t>4767.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Элит»;сталь нерж.;240мл</t>
+  </si>
+  <si>
+    <t>03040616</t>
+  </si>
+  <si>
+    <t>56085-24</t>
+  </si>
+  <si>
+    <t>Sambonet</t>
+  </si>
+  <si>
+    <t>Elite</t>
+  </si>
+  <si>
+    <t>45954.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Тренд сплит» прямоугольный;фарфор;,H=15,L=120,B=80мм;зелен.</t>
+  </si>
+  <si>
+    <t>03040617</t>
+  </si>
+  <si>
+    <t>TA003123277</t>
+  </si>
+  <si>
+    <t>Trend split</t>
+  </si>
+  <si>
+    <t>Соусник «Тренд Сплит» овальный;фарфор;,H=15,L=120,B=100мм;зелен.</t>
+  </si>
+  <si>
+    <t>03040618</t>
+  </si>
+  <si>
+    <t>TA003133277</t>
+  </si>
+  <si>
+    <t>Соусник «Тренд кортен»;фарфор;,H=15,L=120,B=80мм;тем.зелен.</t>
+  </si>
+  <si>
+    <t>03040619</t>
+  </si>
+  <si>
+    <t>TA003123278</t>
+  </si>
+  <si>
+    <t>Trend Corten</t>
+  </si>
+  <si>
+    <t>1941.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Тренд кортен»;фарфор;,H=15,L=120,B=100мм;тем.зелен.</t>
+  </si>
+  <si>
+    <t>03040620</t>
+  </si>
+  <si>
+    <t>TA003133278</t>
+  </si>
+  <si>
+    <t>Соусник «Млечный путь»;фарфор;30мл;D=60,H=25мм;черный,серый</t>
+  </si>
+  <si>
+    <t>03040625</t>
+  </si>
+  <si>
+    <t>ФРФ88801853</t>
+  </si>
+  <si>
+    <t>Борисовская Керамика</t>
+  </si>
+  <si>
+    <t>Млечный Путь</t>
+  </si>
+  <si>
+    <t>1502.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Млечный путь»;фарфор;50мл;,H=25,L=95,B=70мм;черный,серый</t>
+  </si>
+  <si>
+    <t>03040626</t>
+  </si>
+  <si>
+    <t>ФРФ88806253</t>
+  </si>
+  <si>
+    <t>1887.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Везувиус Амбер»;фарфор;55мл;D=65мм;амбер</t>
+  </si>
+  <si>
+    <t>03040627</t>
+  </si>
+  <si>
+    <t>1202 0575</t>
+  </si>
+  <si>
+    <t>Vesuvius Amber</t>
+  </si>
+  <si>
+    <t>5891.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Везувиус Ляпис»;фарфор;55мл;D=65мм;синий</t>
+  </si>
+  <si>
+    <t>03040628</t>
+  </si>
+  <si>
+    <t>1201 0575</t>
+  </si>
+  <si>
+    <t>Vesuvius Lapis</t>
+  </si>
+  <si>
+    <t>7469.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Урбан»;фарфор;55мл;тем.сер.</t>
+  </si>
+  <si>
+    <t>03040629</t>
+  </si>
+  <si>
+    <t>1208 0575</t>
+  </si>
+  <si>
+    <t>Urban</t>
+  </si>
+  <si>
+    <t>Соусник «Млечный путь оранжевый»;фарфор;30мл;D=60,H=25мм;оранжев.,черный</t>
+  </si>
+  <si>
+    <t>03040630</t>
+  </si>
+  <si>
+    <t>ФРФ88801859</t>
+  </si>
+  <si>
+    <t>Млечный путь оранжевый</t>
+  </si>
+  <si>
+    <t>1425.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Млечный путь красный»;фарфор;30мл;D=60,H=25мм;красный,черный</t>
+  </si>
+  <si>
+    <t>03040631</t>
+  </si>
+  <si>
+    <t>ФРФ88801860</t>
+  </si>
+  <si>
+    <t>Млечный путь красный</t>
+  </si>
+  <si>
+    <t>Соусник «Млечный путь бирюза»;фарфор;30мл;D=60,H=25мм;бирюз.,черный</t>
+  </si>
+  <si>
+    <t>03040632</t>
+  </si>
+  <si>
+    <t>ФРФ88801861</t>
+  </si>
+  <si>
+    <t>Млечный путь бирюза</t>
+  </si>
+  <si>
+    <t>Соусник «Млечный путь терракот»;фарфор;30мл;D=60,H=25мм;терракот,черный</t>
+  </si>
+  <si>
+    <t>03040633</t>
+  </si>
+  <si>
+    <t>ФРФ88801862</t>
+  </si>
+  <si>
+    <t>Млечный путь терракот</t>
+  </si>
+  <si>
+    <t>Соусник «Млечный путь салатовый»;фарфор;30мл;D=60,H=25мм;салатов.,черный</t>
+  </si>
+  <si>
+    <t>03040634</t>
+  </si>
+  <si>
+    <t>ФРФ88801863</t>
+  </si>
+  <si>
+    <t>Млечный путь салатовый</t>
+  </si>
+  <si>
+    <t>Соусник «Млечный путь голубой»;фарфор;30мл;D=60,H=25мм;голуб.,черный</t>
+  </si>
+  <si>
+    <t>03040635</t>
+  </si>
+  <si>
+    <t>ФРФ88801864</t>
+  </si>
+  <si>
+    <t>Млечный путь голубой</t>
+  </si>
+  <si>
+    <t>Соусник «Млечный путь изумрудный»;фарфор;30мл;D=60,H=25мм;изумруд.,черный</t>
+  </si>
+  <si>
+    <t>03040636</t>
+  </si>
+  <si>
+    <t>ФРФ88801865</t>
+  </si>
+  <si>
+    <t>Млечный путь изумрудный</t>
+  </si>
+  <si>
+    <t>Соусник «Ирис»;фарфор;75мл;D=7,H=4см;голуб.</t>
+  </si>
+  <si>
+    <t>03040639</t>
+  </si>
+  <si>
+    <t>ZA0018-3-a</t>
+  </si>
+  <si>
+    <t>Iris</t>
+  </si>
+  <si>
+    <t>1365.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Мак»;фарфор;100мл;D=8,H=3см;медный</t>
+  </si>
+  <si>
+    <t>03040640</t>
+  </si>
+  <si>
+    <t>ZA0121-3-d</t>
+  </si>
+  <si>
+    <t>Poppy</t>
+  </si>
+  <si>
+    <t>2275.00₸</t>
+  </si>
+  <si>
+    <t>Соусник для соевого соуса;фарфор;50мл;,H=25,L=95,B=70мм;голуб.,коричнев.</t>
+  </si>
+  <si>
+    <t>03040645</t>
+  </si>
+  <si>
+    <t>ФРФ88806268</t>
+  </si>
+  <si>
+    <t>Acquamarino</t>
+  </si>
+  <si>
+    <t>Соусник;фарфор;30мл;D=60,H=25мм;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03040646</t>
+  </si>
+  <si>
+    <t>ФРФ88801840</t>
+  </si>
+  <si>
+    <t>Antica Perla</t>
+  </si>
+  <si>
+    <t>894.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;фарфор;100мл;белый</t>
+  </si>
+  <si>
+    <t>03040647</t>
+  </si>
+  <si>
+    <t>9С2739</t>
+  </si>
+  <si>
+    <t>Добрушский фарфоровый завод</t>
+  </si>
+  <si>
+    <t>БЕЛАРУСЬ</t>
+  </si>
+  <si>
+    <t>770.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Пунто Бьянка»;фарфор;30мл;D=60,H=25мм;белый,черный</t>
+  </si>
+  <si>
+    <t>03040648</t>
+  </si>
+  <si>
+    <t>ФРФ88801851</t>
+  </si>
+  <si>
+    <t>Punto Bianca</t>
+  </si>
+  <si>
+    <t>Соусник «Пунто Бьянка»;фарфор;100мл;D=90,H=35мм;белый,черный</t>
+  </si>
+  <si>
+    <t>03040649</t>
+  </si>
+  <si>
+    <t>ФРФ88801951</t>
+  </si>
+  <si>
+    <t>Соусник «Пион»;фарфор;75мл;D=7,H=4см;розов.</t>
+  </si>
+  <si>
+    <t>03040659</t>
+  </si>
+  <si>
+    <t>ZA0018-3-p</t>
+  </si>
+  <si>
+    <t>Peony</t>
+  </si>
+  <si>
+    <t>1344.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Агава»;фарфор;70мл;D=7,H=4см;зелен.,матовый</t>
+  </si>
+  <si>
+    <t>03040660</t>
+  </si>
+  <si>
+    <t>ZA0018-3-m</t>
+  </si>
+  <si>
+    <t>Agave</t>
+  </si>
+  <si>
+    <t>1414.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Агат» прямоугольный;фарфор;50мл;,H=25,L=90,B=65мм;красный</t>
+  </si>
+  <si>
+    <t>03040661</t>
+  </si>
+  <si>
+    <t>A18741W764Y80</t>
+  </si>
+  <si>
+    <t>Agate</t>
+  </si>
+  <si>
+    <t>Соусник «Агат»;фарфор;50мл;D=60,H=35мм;красный</t>
+  </si>
+  <si>
+    <t>03040662</t>
+  </si>
+  <si>
+    <t>A4806W764Y80</t>
+  </si>
+  <si>
+    <t>721.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Кунстверк»;фарфор;50мл;D=73,H=24мм;белый</t>
+  </si>
+  <si>
+    <t>03040663</t>
+  </si>
+  <si>
+    <t>A10610</t>
+  </si>
+  <si>
+    <t>567.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Миднайт Даск»;фарфор;D=75,H=25мм;черный,синий</t>
+  </si>
+  <si>
+    <t>03040666</t>
+  </si>
+  <si>
+    <t>AertsNV</t>
+  </si>
+  <si>
+    <t>Midnight Duck</t>
+  </si>
+  <si>
+    <t>2688.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Инку»;стекло;100мл;D=90,H=35мм;прозр.</t>
+  </si>
+  <si>
+    <t>03040668</t>
+  </si>
+  <si>
+    <t>B0820008</t>
+  </si>
+  <si>
+    <t>Inku</t>
+  </si>
+  <si>
+    <t>10349.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;пластик;,L=93,B=64мм;белый</t>
+  </si>
+  <si>
+    <t>03040669</t>
+  </si>
+  <si>
+    <t>310/WHITE</t>
+  </si>
+  <si>
+    <t>1631.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Джаспер»;фарфор;60мл;D=88,H=26мм;белый,красный</t>
+  </si>
+  <si>
+    <t>03040671</t>
+  </si>
+  <si>
+    <t>T8601550</t>
+  </si>
+  <si>
+    <t>Jasper</t>
+  </si>
+  <si>
+    <t>1442.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Пунто Бьянка»;фарфор;80мл;D=60,H=45мм;белый,черный</t>
+  </si>
+  <si>
+    <t>03040674</t>
+  </si>
+  <si>
+    <t>ФРФ88810451</t>
+  </si>
+  <si>
+    <t>Соусник «Пунто Бьянка»;фарфор;50мл;D=75,H=30мм;белый,черный</t>
+  </si>
+  <si>
+    <t>03040675</t>
+  </si>
+  <si>
+    <t>ФРФ88807851</t>
+  </si>
+  <si>
+    <t>1733.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Маррон Реативо»;фарфор;30мл;D=60,H=25мм;коричнев.,бежев.</t>
+  </si>
+  <si>
+    <t>03040676</t>
+  </si>
+  <si>
+    <t>ФРФ88801873</t>
+  </si>
+  <si>
+    <t>Marrone Reattivo</t>
+  </si>
+  <si>
+    <t>Соусник «Маррон Реативо»;фарфор;50мл;,H=25,L=95,B=70мм;коричнев.,бежев.</t>
+  </si>
+  <si>
+    <t>03040677</t>
+  </si>
+  <si>
+    <t>ФРФ88806273</t>
+  </si>
+  <si>
+    <t>2079.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Эрбосо Реативо»;фарфор;30мл;D=60,H=25мм;бирюз.,бежев.</t>
+  </si>
+  <si>
+    <t>03040678</t>
+  </si>
+  <si>
+    <t>ФРФ88801875</t>
+  </si>
+  <si>
+    <t>Erboso Reattivo</t>
+  </si>
+  <si>
+    <t>Соусник «Эрбосо Реативо»;фарфор;50мл;,H=25,L=95,B=70мм;бирюз.,бежев.</t>
+  </si>
+  <si>
+    <t>03040679</t>
+  </si>
+  <si>
+    <t>ФРФ88806275</t>
+  </si>
+  <si>
+    <t>1810.00₸</t>
   </si>
   <si>
     <t>37 шт.</t>
   </si>
   <si>
-    <t>Соусник квадратный;фарфор;50мл;,H=47,L=65,B=65мм;белый</t>
-[...2378 lines deleted...]
-    <t>Froisses Culinaire</t>
+    <t>Соусник «Пати»;фарфор;30мл;D=60,H=25мм;серый,синий</t>
+  </si>
+  <si>
+    <t>03040680</t>
+  </si>
+  <si>
+    <t>ФРФ88801893</t>
+  </si>
+  <si>
+    <t>Соусник «Пати»;фарфор;50мл;,L=95,B=70мм;серый,синий</t>
+  </si>
+  <si>
+    <t>03040681</t>
+  </si>
+  <si>
+    <t>ФРФ88806293</t>
+  </si>
+  <si>
+    <t>Соусник «Пунто Бьянка»;фарфор;50мл;,H=25,L=95,B=70мм;белый,черный</t>
+  </si>
+  <si>
+    <t>03040682</t>
+  </si>
+  <si>
+    <t>ФРФ88806251</t>
+  </si>
+  <si>
+    <t>Соусник;фарфор;100мл;,H=65,L=130,B=55мм;белый</t>
+  </si>
+  <si>
+    <t>03040701</t>
+  </si>
+  <si>
+    <t>01944</t>
+  </si>
+  <si>
+    <t>Дулево</t>
+  </si>
+  <si>
+    <t>3666.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Бистро» с блюдцем;фарфор;125мл;,H=10,3,L=17,3,B=12см;белый</t>
+  </si>
+  <si>
+    <t>03040704</t>
+  </si>
+  <si>
+    <t>PY02555</t>
+  </si>
+  <si>
+    <t>Bistro</t>
+  </si>
+  <si>
+    <t>3717.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Крафт Грин»;фарфор;45мл;,H=35,L=90,B=70мм;зелен.</t>
+  </si>
+  <si>
+    <t>03040709</t>
+  </si>
+  <si>
+    <t>1131 0584</t>
+  </si>
+  <si>
+    <t>8193.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Крафт Блю»;фарфор;45мл;,H=35,L=90,B=70мм;синий</t>
+  </si>
+  <si>
+    <t>03040710</t>
+  </si>
+  <si>
+    <t>1130 0584</t>
+  </si>
+  <si>
+    <t>8956.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Крафт Браун»;фарфор;45мл;,H=35,L=90,B=70мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03040711</t>
+  </si>
+  <si>
+    <t>1132 0584</t>
+  </si>
+  <si>
+    <t>8147.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Кото»;фарфор;45мл;,H=3,L=10,B=6см;черный,коричнев.</t>
+  </si>
+  <si>
+    <t>03040712</t>
+  </si>
+  <si>
+    <t>9109 0584</t>
+  </si>
+  <si>
+    <t>8293.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Крафт Терракота»;фарфор;45мл;,H=35,L=90,B=70мм;терракот</t>
+  </si>
+  <si>
+    <t>03040713</t>
+  </si>
+  <si>
+    <t>1133 0584</t>
+  </si>
+  <si>
+    <t>10526.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Крафт Вайт»;фарфор;45мл;,H=35,L=90,B=70мм;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03040714</t>
+  </si>
+  <si>
+    <t>1155 0584</t>
+  </si>
+  <si>
+    <t>Craft White</t>
+  </si>
+  <si>
+    <t>8986.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;хр.стекло;,H=21,5,L=11,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03040715</t>
+  </si>
+  <si>
+    <t>Nude</t>
+  </si>
+  <si>
+    <t>Olea</t>
+  </si>
+  <si>
+    <t>18319.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Папайя»;стекло;70мл;D=8,H=4см;прозр.</t>
+  </si>
+  <si>
+    <t>03040716</t>
+  </si>
+  <si>
+    <t>Vidivi</t>
+  </si>
+  <si>
+    <t>Papaya</t>
+  </si>
+  <si>
+    <t>2364.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Кото Рэд»;фарфор;25мл;D=7см;черный,красный</t>
+  </si>
+  <si>
+    <t>03040718</t>
+  </si>
+  <si>
+    <t>9238 C246</t>
+  </si>
+  <si>
+    <t>Koto Red</t>
+  </si>
+  <si>
+    <t>3104.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Крафт Лакрица»;фарфор;D=65,H=30мм;черный</t>
+  </si>
+  <si>
+    <t>03040726</t>
+  </si>
+  <si>
+    <t>1209 0575</t>
+  </si>
+  <si>
+    <t>Craft Liquorice</t>
+  </si>
+  <si>
+    <t>8578.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;сталь нерж.,медь;D=9,H=6см;медный</t>
+  </si>
+  <si>
+    <t>03040727</t>
+  </si>
+  <si>
+    <t>Cosy&amp;Trendy</t>
+  </si>
+  <si>
+    <t>9310.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Шоколад»;фарфор;30мл;D=60,H=25мм;тем.корич.</t>
+  </si>
+  <si>
+    <t>03040729</t>
+  </si>
+  <si>
+    <t>ФРФ88801837</t>
+  </si>
+  <si>
+    <t>Шоколад</t>
+  </si>
+  <si>
+    <t>1309.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;сталь нерж.;60мл;,H=25мм;металлич.</t>
+  </si>
+  <si>
+    <t>03040730</t>
+  </si>
+  <si>
+    <t>SCRT20</t>
+  </si>
+  <si>
+    <t>1302.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Ирис»;керамика;255мл;D=119,H=52мм;коричнев.,голуб.</t>
+  </si>
+  <si>
+    <t>03040731</t>
+  </si>
+  <si>
+    <t>Vista Alegre</t>
+  </si>
+  <si>
+    <t>ПОРТУГАЛИЯ</t>
+  </si>
+  <si>
+    <t>8663.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Кашуб-хел»;фарфор;200мл;,H=55,L=140,B=70мм;белый</t>
+  </si>
+  <si>
+    <t>03040801</t>
+  </si>
+  <si>
+    <t>0682</t>
+  </si>
+  <si>
+    <t>Соусник;сталь нерж.;120мл;D=70,H=44мм</t>
+  </si>
+  <si>
+    <t>03040803</t>
+  </si>
+  <si>
+    <t>4-84111</t>
+  </si>
+  <si>
+    <t>CLIP</t>
+  </si>
+  <si>
+    <t>1710.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;сталь нерж.;50мл;D=6,H=3см</t>
+  </si>
+  <si>
+    <t>03040805</t>
+  </si>
+  <si>
+    <t>6130.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;фарфор;230мл;D=90,H=65мм;белый</t>
+  </si>
+  <si>
+    <t>03040806</t>
+  </si>
+  <si>
+    <t>Grandes Clas</t>
+  </si>
+  <si>
+    <t>7362.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Кунстверк»;фарфор;80мл;,H=85,L=150,B=45мм;белый</t>
+  </si>
+  <si>
+    <t>03040808</t>
+  </si>
+  <si>
+    <t>P7060815/9904016</t>
+  </si>
+  <si>
+    <t>1057.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Кунстверк»;фарфор;50мл;D=60,H=32мм;белый</t>
+  </si>
+  <si>
+    <t>03040809</t>
+  </si>
+  <si>
+    <t>P6118406/99000191</t>
+  </si>
+  <si>
+    <t>588.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Кунстверк»;фарфор;60мл;D=7см;белый</t>
+  </si>
+  <si>
+    <t>03040810</t>
+  </si>
+  <si>
+    <t>P6118407/99004061</t>
+  </si>
+  <si>
+    <t>602.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;керамика;,H=4,L=9,B=7см</t>
+  </si>
+  <si>
+    <t>03040813</t>
+  </si>
+  <si>
+    <t>Shoshu</t>
+  </si>
+  <si>
+    <t>3496.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;фарфор;145мл;белый</t>
+  </si>
+  <si>
+    <t>03040819</t>
+  </si>
+  <si>
+    <t>5C0883</t>
+  </si>
+  <si>
+    <t>3527.00₸</t>
+  </si>
+  <si>
+    <t>Набор соусников «Ле натюрель»[2шт];фарфор;130мл;слон.кость</t>
+  </si>
+  <si>
+    <t>03040821</t>
+  </si>
+  <si>
+    <t>Les Naturels</t>
+  </si>
+  <si>
+    <t>12678.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Терра Антиго»;керамика;45мл;D=65,H=30мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03040822</t>
+  </si>
+  <si>
+    <t>RAM-AN15</t>
+  </si>
+  <si>
+    <t>Terra Antigo</t>
+  </si>
+  <si>
+    <t>3951.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Терра Ред»;керамика;45мл;D=65,H=30мм;красный</t>
+  </si>
+  <si>
+    <t>03040823</t>
+  </si>
+  <si>
+    <t>RAM-R15</t>
+  </si>
+  <si>
+    <t>Terra Red</t>
+  </si>
+  <si>
+    <t>3974.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Карбон»;фарфор;100мл;D=90,H=35мм;черный,матовый</t>
+  </si>
+  <si>
+    <t>03040826</t>
+  </si>
+  <si>
+    <t>ФРФ88801911</t>
+  </si>
+  <si>
+    <t>Carbone</t>
+  </si>
+  <si>
+    <t>978.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Карбон»;фарфор;50мл;D=75,H=30мм;черный,матовый</t>
+  </si>
+  <si>
+    <t>03040827</t>
+  </si>
+  <si>
+    <t>ФРФ88807811</t>
+  </si>
+  <si>
+    <t>986.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Карбон»;фарфор;30мл;D=60,H=25мм;черный,матовый</t>
+  </si>
+  <si>
+    <t>03040828</t>
+  </si>
+  <si>
+    <t>ФРФ88801811</t>
+  </si>
+  <si>
+    <t>740.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Малахит»;фарфор;100мл;D=90,H=35мм;черный,зелен.</t>
+  </si>
+  <si>
+    <t>03040829</t>
+  </si>
+  <si>
+    <t>ФРФ8880938</t>
+  </si>
+  <si>
+    <t>Малахит</t>
+  </si>
+  <si>
+    <t>Соусник «Малахит»;фарфор;50мл;D=75,H=30мм;черный,зелен.</t>
+  </si>
+  <si>
+    <t>03040830</t>
+  </si>
+  <si>
+    <t>ФРФ88807838</t>
+  </si>
+  <si>
+    <t>832.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Малахит»;фарфор;30мл;D=60,H=25мм;черный,зелен.</t>
+  </si>
+  <si>
+    <t>03040831</t>
+  </si>
+  <si>
+    <t>ФРФ88801838</t>
+  </si>
+  <si>
+    <t>717.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Верде Нотте» для соевого соуса;фарфор;50мл;,H=25,L=95,B=70мм;черный,малахит.</t>
+  </si>
+  <si>
+    <t>03040832</t>
+  </si>
+  <si>
+    <t>ФРФ88806238</t>
+  </si>
+  <si>
+    <t>Verde Notte</t>
+  </si>
+  <si>
+    <t>924.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Смарт Кюзин» жаропрочный 250°С;стекло;D=12см;белый</t>
+  </si>
+  <si>
+    <t>03040833</t>
+  </si>
+  <si>
+    <t>P4020</t>
+  </si>
+  <si>
+    <t>Luminarc</t>
+  </si>
+  <si>
+    <t>Smart Cuisine</t>
+  </si>
+  <si>
+    <t>1638.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Смарт Кюзин» жаропрочный 250°С;стекло;280мл;D=11,H=5см;белый</t>
+  </si>
+  <si>
+    <t>03040834</t>
+  </si>
+  <si>
+    <t>N3295</t>
+  </si>
+  <si>
+    <t>Соусник квадратный;стекло;,L=10,B=10см;прозр.</t>
+  </si>
+  <si>
+    <t>03040836</t>
+  </si>
+  <si>
+    <t>6527 B510</t>
+  </si>
+  <si>
+    <t>Creations</t>
+  </si>
+  <si>
+    <t>4389.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Гастробутик»;стекло;120мл;D=98,H=50мм;прозр.</t>
+  </si>
+  <si>
+    <t>03040838</t>
+  </si>
+  <si>
+    <t>53962/b</t>
+  </si>
+  <si>
+    <t>Gastroboutique</t>
+  </si>
+  <si>
+    <t>553.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Венеция отель»;фарфор;D=11см;белый,бирюз.</t>
+  </si>
+  <si>
+    <t>03040839</t>
+  </si>
+  <si>
+    <t>VENEZIA HOTEL</t>
+  </si>
+  <si>
+    <t>4312.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Аркадия»;фарфор;300мл;,H=75,L=150,B=80мм;белый</t>
+  </si>
+  <si>
+    <t>03041001</t>
+  </si>
+  <si>
+    <t>0582</t>
+  </si>
+  <si>
+    <t>Arcadia</t>
+  </si>
+  <si>
+    <t>6468.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Рома»;фарфор;300мл;,H=80,L=160,B=96мм;белый,синий</t>
+  </si>
+  <si>
+    <t>03041002</t>
+  </si>
+  <si>
+    <t>Roma</t>
+  </si>
+  <si>
+    <t>3132.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Чино»;фарфор;465мл;,H=85,L=200,B=97мм;белый,бежев.</t>
+  </si>
+  <si>
+    <t>03041003</t>
+  </si>
+  <si>
+    <t>1106 0843</t>
+  </si>
+  <si>
+    <t>Cino</t>
+  </si>
+  <si>
+    <t>12721.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;черный</t>
+  </si>
+  <si>
+    <t>03041006</t>
+  </si>
+  <si>
+    <t>310/Black</t>
+  </si>
+  <si>
+    <t>1806.00₸</t>
+  </si>
+  <si>
+    <t>Соусник малый;алюмин.;80мл;D=69,H=42мм;металлич.</t>
+  </si>
+  <si>
+    <t>03041008</t>
+  </si>
+  <si>
+    <t>BOST</t>
+  </si>
+  <si>
+    <t>4721.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Соусник «Джап Блэк»;керамика;D=92,H=43мм;черный</t>
+  </si>
+  <si>
+    <t>03041020</t>
+  </si>
+  <si>
+    <t>JP104090779</t>
+  </si>
+  <si>
+    <t>2604.00₸</t>
+  </si>
+  <si>
+    <t>Соусник большой;алюмин.;100мл;D=78,H=42мм;металлич.</t>
+  </si>
+  <si>
+    <t>03041025</t>
+  </si>
+  <si>
+    <t>4659.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Кашуб-хел»;фарфор;400мл;,H=75,L=180,B=80мм;белый</t>
+  </si>
+  <si>
+    <t>03041203</t>
+  </si>
+  <si>
+    <t>0683</t>
+  </si>
+  <si>
+    <t>5337.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Виктория»;фарфор;400мл;,H=75,L=172,B=93мм;белый</t>
+  </si>
+  <si>
+    <t>03041206</t>
+  </si>
+  <si>
+    <t>Victoria</t>
+  </si>
+  <si>
+    <t>7739.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Бель Кузин»;фарфор;55мл;D=70,H=35,L=90мм;белый</t>
+  </si>
+  <si>
+    <t>03041207</t>
+  </si>
+  <si>
+    <t>Belle Cuisin</t>
+  </si>
+  <si>
+    <t>Соусник «Дуня»;фарфор;390мл</t>
+  </si>
+  <si>
+    <t>03041208</t>
+  </si>
+  <si>
+    <t>DN01SO</t>
+  </si>
+  <si>
+    <t>Kutahya</t>
+  </si>
+  <si>
+    <t>2711.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Карбон» для соевого соуса;фарфор;50мл;,H=25,L=95,B=70мм;черный,матовый</t>
+  </si>
+  <si>
+    <t>03041218</t>
+  </si>
+  <si>
+    <t>ФРФ88806211</t>
+  </si>
+  <si>
+    <t>971.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;сталь нерж.;75мл;D=58/34,H=42мм;металлич.</t>
+  </si>
+  <si>
+    <t>03041220</t>
+  </si>
+  <si>
+    <t>SC25</t>
+  </si>
+  <si>
+    <t>Соусник;сталь нерж.;60мл;D=67,H=25мм;металлич.</t>
+  </si>
+  <si>
+    <t>03041221</t>
+  </si>
+  <si>
+    <t>SC20FL</t>
+  </si>
+  <si>
+    <t>378.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;сталь нерж.;60мл;D=68/38,H=30мм;металлич.</t>
+  </si>
+  <si>
+    <t>03041222</t>
+  </si>
+  <si>
+    <t>SC20R</t>
+  </si>
+  <si>
+    <t>630.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Пекое»;керамика;100мл;D=90,H=45мм;черный</t>
+  </si>
+  <si>
+    <t>03041223</t>
+  </si>
+  <si>
+    <t>Pekoe</t>
+  </si>
+  <si>
+    <t>28059.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;фарфор;D=45,H=40мм;белый,серый</t>
+  </si>
+  <si>
+    <t>03041224</t>
+  </si>
+  <si>
+    <t>Fine 2 Dine</t>
+  </si>
+  <si>
+    <t>Speckled Dusk</t>
+  </si>
+  <si>
+    <t>Соусник;фарфор;D=65,H=50мм;белый,серый</t>
+  </si>
+  <si>
+    <t>03041225</t>
+  </si>
+  <si>
+    <t>3573.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;фарфор;D=75,H=25мм;белый,серый</t>
+  </si>
+  <si>
+    <t>03041226</t>
+  </si>
+  <si>
+    <t>2349.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;фарфор;D=10,H=6см;белый,серый</t>
+  </si>
+  <si>
+    <t>03041227</t>
+  </si>
+  <si>
+    <t>3820.00₸</t>
+  </si>
+  <si>
+    <t>Соусник кувшинчик для соевого соуса;фарфор;200мл;белый,серый</t>
+  </si>
+  <si>
+    <t>03041228</t>
+  </si>
+  <si>
+    <t>6484.00₸</t>
+  </si>
+  <si>
+    <t>Соусник;фарфор;D=97,H=45мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03041229</t>
+  </si>
+  <si>
+    <t>Black Ceres</t>
+  </si>
+  <si>
+    <t>Соусник;фарфор;D=10,H=6см;коричнев.</t>
+  </si>
+  <si>
+    <t>03041230</t>
   </si>
   <si>
     <t>4928.00₸</t>
   </si>
   <si>
-    <t>Соусник «Экинокс»;фарфор;50мл;D=63,H=50мм;синий</t>
-[...1354 lines deleted...]
-  <si>
     <t>Соусник;фарфор;D=75,H=50мм;коричнев.</t>
   </si>
   <si>
     <t>03041232</t>
   </si>
   <si>
     <t>3704.00₸</t>
   </si>
   <si>
     <t>Соусник «Буфет Гала»;стекло;90мл;D=75,H=31мм;прозр.</t>
   </si>
   <si>
     <t>03041242</t>
   </si>
   <si>
     <t>441255MTX121990</t>
   </si>
   <si>
     <t>Bormioli Rocco</t>
   </si>
   <si>
     <t>Buffet Gala</t>
   </si>
   <si>
     <t>1641.00₸</t>
@@ -4574,51 +4595,51 @@
   <si>
     <t>Соусник «Революшн Джейд»;фарфор;D=65мм;зелен.</t>
   </si>
   <si>
     <t>03041253</t>
   </si>
   <si>
     <t>1778 0575</t>
   </si>
   <si>
     <t>Revolution Jade</t>
   </si>
   <si>
     <t>Соусник «Эволюшнс Уайт»;стекло;190мл;D=95,H=46мм;белый</t>
   </si>
   <si>
     <t>03041254</t>
   </si>
   <si>
     <t>N9397</t>
   </si>
   <si>
     <t>Evolutions White</t>
   </si>
   <si>
-    <t>1547.00₸</t>
+    <t>1526.00₸</t>
   </si>
   <si>
     <t>Соусник «Карактэр»;керамика;D=7,H=2см;красный,коричнев.</t>
   </si>
   <si>
     <t>03041261</t>
   </si>
   <si>
     <t>10765.00₸</t>
   </si>
   <si>
     <t>Соусник «Карактэр»;керамика;D=7,H=2см;зелен.</t>
   </si>
   <si>
     <t>03041262</t>
   </si>
   <si>
     <t>Соусник «Тавола»;керамика;D=12см;белый</t>
   </si>
   <si>
     <t>03041263</t>
   </si>
   <si>
     <t>Italo Ottinetti</t>
   </si>
@@ -4673,102 +4694,111 @@
   <si>
     <t>CZ14A069W</t>
   </si>
   <si>
     <t>Набор соусников на подставке с ложками[2шт];мрамор,дерево;170мл;,H=6,L=20,B=11см</t>
   </si>
   <si>
     <t>03041308</t>
   </si>
   <si>
     <t>31 8900</t>
   </si>
   <si>
     <t>61470.00₸</t>
   </si>
   <si>
     <t>Набор соусников на подставке[2шт];дуб,алюмин.;80мл</t>
   </si>
   <si>
     <t>03041309</t>
   </si>
   <si>
     <t>19243.00₸</t>
   </si>
   <si>
+    <t>Соусник «Джап Блэк»;керамика;D=8см;черный</t>
+  </si>
+  <si>
+    <t>03041312</t>
+  </si>
+  <si>
+    <t>JP104080779</t>
+  </si>
+  <si>
+    <t>2002.00₸</t>
+  </si>
+  <si>
     <t>Соусник «Вулканиа Вегги»;фарфор;D=6см;желт.</t>
   </si>
   <si>
     <t>03041317</t>
   </si>
   <si>
     <t>VU004065576</t>
   </si>
   <si>
     <t>Vulcania Veggie</t>
   </si>
   <si>
     <t>2141.00₸</t>
   </si>
   <si>
     <t>Соусник;фарфор;,H=8см;серый</t>
   </si>
   <si>
     <t>03041321</t>
   </si>
   <si>
     <t>10540-405201-10566</t>
   </si>
   <si>
     <t>6006.00₸</t>
   </si>
   <si>
     <t>Соусник «Карактэр»;керамика;D=7,H=2см;желт.</t>
   </si>
   <si>
     <t>03041323</t>
   </si>
   <si>
     <t>10881.00₸</t>
   </si>
   <si>
-    <t>8 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Соусник «Революшн Сэндстоун»;фарфор;40мл;D=65,H=30мм;бежев.</t>
   </si>
   <si>
     <t>03041324</t>
   </si>
   <si>
     <t>1776 0332</t>
   </si>
   <si>
     <t>5183.00₸</t>
   </si>
   <si>
-    <t>33 шт.</t>
+    <t>23 шт.</t>
   </si>
   <si>
     <t>Соусник «Революшн Гранит»;фарфор;40мл;D=65,H=30мм;серый,коричнев.</t>
   </si>
   <si>
     <t>03041325</t>
   </si>
   <si>
     <t>1775 0332</t>
   </si>
   <si>
     <t>Соусник «Диана»;фарфор;150мл;D=100,H=35мм;белый</t>
   </si>
   <si>
     <t>03041328</t>
   </si>
   <si>
     <t>V0700-0510</t>
   </si>
   <si>
     <t>Pordamsa</t>
   </si>
   <si>
     <t>Diana</t>
   </si>
@@ -4955,50 +4985,53 @@
   <si>
     <t>3981.00₸</t>
   </si>
   <si>
     <t>Соусник;керамика;D=6,H=3см;черный</t>
   </si>
   <si>
     <t>03041347</t>
   </si>
   <si>
     <t>Okinawa</t>
   </si>
   <si>
     <t>1440.00₸</t>
   </si>
   <si>
     <t>Соусник;стекло;70мл;D=97,H=42мм;прозр.</t>
   </si>
   <si>
     <t>03041348</t>
   </si>
   <si>
     <t>53942/b</t>
   </si>
   <si>
+    <t>497.00₸</t>
+  </si>
+  <si>
     <t>18 шт.</t>
   </si>
   <si>
     <t>Соусник;фарфор;70мл;D=7см;белый</t>
   </si>
   <si>
     <t>03041349</t>
   </si>
   <si>
     <t>9С2738</t>
   </si>
   <si>
     <t>Соусник;фарфор;,H=15,L=120,B=70мм;белый</t>
   </si>
   <si>
     <t>03041350</t>
   </si>
   <si>
     <t>10635-800001-35379</t>
   </si>
   <si>
     <t>New Epoque</t>
   </si>
   <si>
     <t>22477.00₸</t>
@@ -5225,77 +5258,68 @@
   <si>
     <t>8717.00₸</t>
   </si>
   <si>
     <t>Соусник «Фервидо»;керамика;70мл;D=93,H=35мм;желт.</t>
   </si>
   <si>
     <t>03041381</t>
   </si>
   <si>
     <t>3435.00₸</t>
   </si>
   <si>
     <t>Соусник «Сиель блан»;керамика;30мл;D=70,H=22мм;белый,черный</t>
   </si>
   <si>
     <t>03041382</t>
   </si>
   <si>
     <t>Ciel Blanc</t>
   </si>
   <si>
     <t>2341.00₸</t>
   </si>
   <si>
-    <t>42 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Соусник «Сиель блю»;керамика;30мл;D=70,H=22мм;голуб.,черный</t>
   </si>
   <si>
     <t>03041383</t>
   </si>
   <si>
     <t>Ciel Bleu</t>
   </si>
   <si>
     <t>2303.00₸</t>
   </si>
   <si>
-    <t>6 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Соусник «Сиель блю»;керамика;100мл;D=90,H=38мм;голуб.</t>
   </si>
   <si>
     <t>03041384</t>
   </si>
   <si>
-    <t>41 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Соусник «Сиель блан»;керамика;100мл;D=90,H=38мм;белый,черный</t>
   </si>
   <si>
     <t>03041387</t>
   </si>
   <si>
     <t>3512.00₸</t>
   </si>
   <si>
     <t>Соусник «Космос»;керамика;200мл;D=11см;св.бежев.</t>
   </si>
   <si>
     <t>03041388</t>
   </si>
   <si>
     <t>COS_11_SO_MO</t>
   </si>
   <si>
     <t>Kenai</t>
   </si>
   <si>
     <t>Cosmos</t>
   </si>
   <si>
     <t>7108.00₸</t>
@@ -5366,53 +5390,50 @@
   <si>
     <t>03041405</t>
   </si>
   <si>
     <t>Соусник «Мини» с ручкой;пластик;70мл;D=85,H=25,L=115мм;граф.,черный</t>
   </si>
   <si>
     <t>03041406</t>
   </si>
   <si>
     <t>Соусник «Мини» с ручками;пластик;70мл;D=85,H=25,L=115мм;черный,матовый</t>
   </si>
   <si>
     <t>03041407</t>
   </si>
   <si>
     <t>Соусник;керамика,пробка натур.;200мл;,H=115,L=80мм;черный,св. дерево</t>
   </si>
   <si>
     <t>03041408</t>
   </si>
   <si>
     <t>23792/PT211</t>
   </si>
   <si>
-    <t>2604.00₸</t>
-[...1 lines deleted...]
-  <si>
     <t>Набор соусников[6шт];сталь нерж.;40мл;D=60,H=25мм;стальной</t>
   </si>
   <si>
     <t>03041409</t>
   </si>
   <si>
     <t>17710.00₸</t>
   </si>
   <si>
     <t>Набор соусников[6шт];сталь нерж.;40мл;D=60,H=25мм;бордо,матовый</t>
   </si>
   <si>
     <t>03041410</t>
   </si>
   <si>
     <t>Набор соусников[6шт];сталь нерж.;40мл;D=60,H=25мм;черный,матовый</t>
   </si>
   <si>
     <t>03041411</t>
   </si>
   <si>
     <t>Набор соусников[6шт];сталь нерж.;40мл;D=60,H=25мм;тем.зелен.,матовый</t>
   </si>
   <si>
     <t>03041412</t>
@@ -5606,51 +5627,51 @@
   <si>
     <t>Соусник «Афрос»;кост.фарф.;D=90,H=55мм;слон.кость</t>
   </si>
   <si>
     <t>03041435</t>
   </si>
   <si>
     <t>LAPH028BI225090</t>
   </si>
   <si>
     <t>5607.00₸</t>
   </si>
   <si>
     <t>Соусник «Эстиа»;фарфор;,H=50,L=80,B=75мм;синий,коричнев.</t>
   </si>
   <si>
     <t>03041436</t>
   </si>
   <si>
     <t>LEST019BL214080</t>
   </si>
   <si>
     <t>3787.00₸</t>
   </si>
   <si>
-    <t>27 шт.</t>
+    <t>15 шт.</t>
   </si>
   <si>
     <t>Соусник «Беништ Голд»;кост.фарф.;50мл;D=65,H=33мм;белый,золотой</t>
   </si>
   <si>
     <t>03041438</t>
   </si>
   <si>
     <t>82107AND0249</t>
   </si>
   <si>
     <t>William Edwards</t>
   </si>
   <si>
     <t>Burnished Gold</t>
   </si>
   <si>
     <t>34734.00₸</t>
   </si>
   <si>
     <t>Соусник «Рид»;кост.фарф.;50мл;D=65,H=33мм;белый,золотой</t>
   </si>
   <si>
     <t>03041439</t>
   </si>
@@ -6143,50 +6164,53 @@
   <si>
     <t>Соусник «Спринг»;фарфор;90мл;D=110,H=25мм;белый,разноцветн.</t>
   </si>
   <si>
     <t>03041460</t>
   </si>
   <si>
     <t>B67239</t>
   </si>
   <si>
     <t>Spring</t>
   </si>
   <si>
     <t>0.00₸</t>
   </si>
   <si>
     <t>Соусник;стекло;D=60,H=45мм;прозр.</t>
   </si>
   <si>
     <t>03041425</t>
   </si>
   <si>
     <t>4513.00₸</t>
   </si>
   <si>
+    <t>39 шт.</t>
+  </si>
+  <si>
     <t>Соусник «Астера»;керамика;D=75,H=34мм;бежев.,перламутр.</t>
   </si>
   <si>
     <t>03041472</t>
   </si>
   <si>
     <t>Astera</t>
   </si>
   <si>
     <t>2268.00₸</t>
   </si>
   <si>
     <t>Соусник «Спринг»;фарфор;50мл;D=9см;белый,разноцветн.</t>
   </si>
   <si>
     <t>03041461</t>
   </si>
   <si>
     <t>B67447</t>
   </si>
   <si>
     <t>Соусник «Ро Дизайн Бай Эрбиси»;керамика;150мл;D=84мм;серый</t>
   </si>
   <si>
     <t>03041447</t>
@@ -6330,50 +6354,164 @@
     <t>03041894</t>
   </si>
   <si>
     <t>CHM1498-J20</t>
   </si>
   <si>
     <t>Соусник «Блисс»;фарфор;D=63,H=27мм;белый</t>
   </si>
   <si>
     <t>03041891</t>
   </si>
   <si>
     <t>CHM1498-1137C</t>
   </si>
   <si>
     <t>735.00₸</t>
   </si>
   <si>
     <t>Соусник «Блисс»;фарфор;D=63,H=27мм;оранжев.</t>
   </si>
   <si>
     <t>03041892</t>
   </si>
   <si>
     <t>CHM1498-J18</t>
+  </si>
+  <si>
+    <t>Соусник «Профи» с ручкой;сталь нерж.;75мл;,H=9,L=13,B=6см;металлич.</t>
+  </si>
+  <si>
+    <t>03040415</t>
+  </si>
+  <si>
+    <t>Profi</t>
+  </si>
+  <si>
+    <t>5740.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Профи» с ручкой;сталь нерж.;125мл;,H=90,L=160,B=75мм;металлич.</t>
+  </si>
+  <si>
+    <t>03040416</t>
+  </si>
+  <si>
+    <t>6608.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Грин Сошун»;фарфор;120мл;D=9,H=4см;зелен.</t>
+  </si>
+  <si>
+    <t>03041895</t>
+  </si>
+  <si>
+    <t>Tokyo Design Studio</t>
+  </si>
+  <si>
+    <t>Green Soshun</t>
+  </si>
+  <si>
+    <t>ЯПОНИЯ</t>
+  </si>
+  <si>
+    <t>8832.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Джап Нью Браун»;керамика;D=8см;бежев.</t>
+  </si>
+  <si>
+    <t>03041897</t>
+  </si>
+  <si>
+    <t>JP104080767</t>
+  </si>
+  <si>
+    <t>Jap New Brown</t>
+  </si>
+  <si>
+    <t>2128.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Джап Блю»;керамика;D=65,H=30мм;синий</t>
+  </si>
+  <si>
+    <t>03041899</t>
+  </si>
+  <si>
+    <t>JP104060775</t>
+  </si>
+  <si>
+    <t>Jap Blu</t>
+  </si>
+  <si>
+    <t>1869.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Джап Нью Браун»;керамика;D=92,H=43мм;бежев.</t>
+  </si>
+  <si>
+    <t>03041898</t>
+  </si>
+  <si>
+    <t>JP104090767</t>
+  </si>
+  <si>
+    <t>2912.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Джап Нью Браун»;керамика;D=65,H=30мм;бежев.</t>
+  </si>
+  <si>
+    <t>03041896</t>
+  </si>
+  <si>
+    <t>JP104060767</t>
+  </si>
+  <si>
+    <t>Соусник «Тэкс-Мэкс» с ручкой;сталь нерж.;D=8см;черный</t>
+  </si>
+  <si>
+    <t>03041900</t>
+  </si>
+  <si>
+    <t>R5760R50160</t>
+  </si>
+  <si>
+    <t>9009.00₸</t>
+  </si>
+  <si>
+    <t>Соусник «Тэкс-Мэкс» с ручкой;сталь нерж.;D=10см;черный</t>
+  </si>
+  <si>
+    <t>03041901</t>
+  </si>
+  <si>
+    <t>R5760R60160</t>
+  </si>
+  <si>
+    <t>11494.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -6388,51 +6526,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF958198-F14F-11EB-BBF2-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5DA6EF7-E3C7-11EB-BBF2-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65725D64-20D8-11EE-BC0D-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/463992A5-4252-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/463992A7-4252-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E21BDD19-21B3-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D60C0DA0-21B3-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29E2A020-D795-11ED-BC05-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5EFFE914-2A7D-11EF-BC52-00505692E2D09.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5EFFE694-2A7D-11EF-BC52-00505692E2D010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6111EC96-424E-11E8-A155-00259035BB6711.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC5C03A8-424B-11E8-A155-00259035BB6712.gif"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDDC2CA7-E567-11EF-BC53-00505692E2D013.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DFF2D99-E3D9-11EF-BC4E-00505692C44714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB382-424C-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB383-424C-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB385-424C-11E8-A155-00259035BB6717.gif"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7125DEB-E3C5-11EB-BBF2-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16FF6C90-424D-11E8-A155-00259035BB6719.gif"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16FF6C92-424D-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7125DED-E3C5-11EB-BBF2-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7020E64-424D-11E8-A155-00259035BB6722.gif"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6402F92-3631-11F0-BC55-00505692E2D023.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B3004732-424D-11E8-A155-00259035BB6724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BF0696D3-424D-11E8-A155-00259035BB6725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7125DE9-E3C5-11EB-BBF2-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/010373ED-424E-11E8-A155-00259035BB6727.gif"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/010373F7-424E-11E8-A155-00259035BB6728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7C9E7D3-E567-11EF-BC53-00505692E2D029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250460C3-424E-11E8-A155-00259035BB6730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/671D03BC-424E-11E8-A155-00259035BB6731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7F0B44D6-424E-11E8-A155-00259035BB6732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7F0B44DB-424E-11E8-A155-00259035BB6733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/850F56C8-424E-11E8-A155-00259035BB6734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/850F56C9-424E-11E8-A155-00259035BB6735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/911160B8-424E-11E8-A155-00259035BB6736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971C29B1-424E-11E8-A155-00259035BB6737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A211F-424E-11E8-A155-00259035BB6738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C72D9F58-424E-11E8-A155-00259035BB6739.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C72D9F59-424E-11E8-A155-00259035BB6740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341CB69-424F-11E8-A155-00259035BB6741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57661F9E-424F-11E8-A155-00259035BB6742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D848199-424F-11E8-A155-00259035BB6743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9FC7E13-E567-11EF-BC53-00505692E2D044.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5E3D6BB-424F-11E8-A155-00259035BB6745.gif"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3DEE317-E567-11EF-BC53-00505692E2D046.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A4FE5A0-E3D9-11EF-BC4E-00505692C44747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3F23DBE-424F-11E8-A155-00259035BB6748.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C0025CA-4250-11E8-A155-00259035BB6749.gif"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C0025CB-4250-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96059341-4250-11E8-A155-00259035BB6751.gif"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA098003-21B3-11EE-BC0D-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3DEDF77-E567-11EF-BC53-00505692E2D053.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC11193F-4250-11E8-A155-00259035BB6754.gif"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC111940-4250-11E8-A155-00259035BB6755.gif"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC111941-4250-11E8-A155-00259035BB6756.gif"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1D18B82-E567-11EF-BC53-00505692E2D057.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8026EBB5-E63A-11EF-BC4E-00505692C44758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/604A8B34-E3D9-11EF-BC4E-00505692C44759.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/544955E0-E3D9-11EF-BC4E-00505692C44760.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3842CFD7-4251-11E8-A155-00259035BB6761.gif"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D60C0E40-21B3-11EE-BC0D-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2269407-4251-11E8-A155-00259035BB6763.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B0E5A5FF-E3C5-11EB-BBF2-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52309FA6-4252-11E8-A155-00259035BB6765.gif"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC4094C4-4252-11E8-A155-00259035BB6766.gif"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51D794B7-F150-11EB-BBF2-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7DD46A9-21B3-11EE-BC0D-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/006B03CB-4253-11E8-A155-00259035BB6769.gif"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E27EC28-F150-11EB-BBF2-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E8186A95-21B3-11EE-BC0D-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE220F2B-21B3-11EE-BC0D-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B02930D-424D-11E8-A155-00259035BB6773.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/360497FA-F94B-11EB-BBF2-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/604A8A4B-E3D9-11EF-BC4E-00505692C44775.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9FC7EFB-E567-11EF-BC53-00505692E2D076.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50FF913B-EA56-11EB-BBF2-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB221FC6-424E-11E8-A155-00259035BB6778.gif"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6649FD52-E3D9-11EF-BC4E-00505692C44779.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E53D1831-424E-11E8-A155-00259035BB6780.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D47CB8F-424F-11E8-A155-00259035BB6781.gif"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6649FC49-E3D9-11EF-BC4E-00505692C44782.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D848197-424F-11E8-A155-00259035BB6783.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54495456-E3D9-11EF-BC4E-00505692C44784.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9FC80F5-E567-11EF-BC53-00505692E2D085.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00CEC58-4250-11E8-A155-00259035BB6786.gif"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0817B6DC-4251-11E8-A155-00259035BB6787.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6833EB58-4251-11E8-A155-00259035BB6788.gif"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6DFCB823-8148-11E9-BBBA-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2269406-4251-11E8-A155-00259035BB6790.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A28D26A-4252-11E8-A155-00259035BB6791.gif"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8026EADF-E63A-11EF-BC4E-00505692C44792.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28225196-4252-11E8-A155-00259035BB6793.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A88CF6F0-AEC8-11EE-BC40-00505692492F94.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52309FBE-4252-11E8-A155-00259035BB6795.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52309FC5-4252-11E8-A155-00259035BB6796.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/882F6ACE-4252-11E8-A155-00259035BB6797.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AADF13C0-E3C5-11EB-BBF2-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/727AB602-4253-11E8-A155-00259035BB6799.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7679ACD-0D95-11EC-BBF2-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C7E7C69-4253-11E8-A155-00259035BB67101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D27A1345-4253-11E8-A155-00259035BB67102.gif"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D27A1346-4253-11E8-A155-00259035BB67103.gif"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D27A1347-4253-11E8-A155-00259035BB67104.gif"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/570625AE-EA56-11EB-BBF2-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E47D96D2-4253-11E8-A155-00259035BB67106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E47D96D3-4253-11E8-A155-00259035BB67107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA7AA411-4253-11E8-A155-00259035BB67108.gif"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA7AA412-4253-11E8-A155-00259035BB67109.gif"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA7AA424-4253-11E8-A155-00259035BB67110.gif"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F682C854-4253-11E8-A155-00259035BB67111.gif"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F682C855-4253-11E8-A155-00259035BB67112.gif"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AADF13BD-E3C5-11EB-BBF2-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F682C857-4253-11E8-A155-00259035BB67114.gif"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/028A2960-4254-11E8-A155-00259035BB67115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/208CD0B2-4254-11E8-A155-00259035BB67116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA098155-21B3-11EE-BC0D-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329BED57-4254-11E8-A155-00259035BB67118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329BED6E-4254-11E8-A155-00259035BB67119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C941AD3-4254-11E8-A155-00259035BB67120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA0980B5-21B3-11EE-BC0D-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5827BB5B-F150-11EB-BBF2-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/988EE171-4254-11E8-A155-00259035BB67123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0B226B6-4254-11E8-A155-00259035BB67124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0B226B7-4254-11E8-A155-00259035BB67125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0B226B9-4254-11E8-A155-00259035BB67126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0B226BA-4254-11E8-A155-00259035BB67127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0B226BB-4254-11E8-A155-00259035BB67128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C6C66EA-28C2-11EA-BBCA-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D4C1B48-814A-11E9-BBBA-005056921CC4130.gif"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D4C1B49-814A-11E9-BBBA-005056921CC4131.gif"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C6C66ED-28C2-11EA-BBCA-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D667D4A-424B-11E8-A155-00259035BB67133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7C9ED3B-E567-11EF-BC53-00505692E2D0134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD4C-424D-11E8-A155-00259035BB67135.gif"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/360497F2-F94B-11EB-BBF2-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE52-424B-11E8-A155-00259035BB67137.gif"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/604A8D5E-E3D9-11EF-BC4E-00505692C447138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54495232-E3D9-11EF-BC4E-00505692C447139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6649F8E4-E3D9-11EF-BC4E-00505692C447140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9FC82E0-E567-11EF-BC53-00505692E2D0141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9FC81DD-E567-11EF-BC53-00505692E2D0142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54495332-E3D9-11EF-BC4E-00505692C447143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDDC2ABF-E567-11EF-BC53-00505692E2D0144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A99A2AF-424C-11E8-A155-00259035BB67145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBC87D55-E567-11EF-BC53-00505692E2D0146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1D18A9A-E567-11EF-BC53-00505692E2D0147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1D187E2-E567-11EF-BC53-00505692E2D0148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1D189B2-E567-11EF-BC53-00505692E2D0149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1D188CA-E567-11EF-BC53-00505692E2D0150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBC87E3D-E567-11EF-BC53-00505692E2D0151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7C9EC41-E567-11EF-BC53-00505692E2D0152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDDC2BBF-E567-11EF-BC53-00505692E2D0153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50DCBB22-424C-11E8-A155-00259035BB67154.gif"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50DCBB26-424C-11E8-A155-00259035BB67155.gif"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86EA059F-424C-11E8-A155-00259035BB67156.gif"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7DD40F7-21B3-11EE-BC0D-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C8F8E47B-424C-11E8-A155-00259035BB67158.gif"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7125DEA-E3C5-11EB-BBF2-005056921CC4159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7020E6B-424D-11E8-A155-00259035BB67160.gif"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7125DEE-E3C5-11EB-BBF2-005056921CC4161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6649FA0B-E3D9-11EF-BC4E-00505692C447162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D002D6C0-21B3-11EE-BC0D-005056921CC4163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D848198-424F-11E8-A155-00259035BB67164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EED35852-B83C-11ED-BC05-005056921CC4165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/360497F7-F94B-11EB-BBF2-005056921CC4166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/360497F5-F94B-11EB-BBF2-005056921CC4167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3F94B8D-21B3-11EE-BC0D-005056921CC4168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F81E2273-4251-11E8-A155-00259035BB67169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23E5780D-D795-11ED-BC05-005056921CC4170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52309FB7-4252-11E8-A155-00259035BB67171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7DD4197-21B3-11EE-BC0D-005056921CC4172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B83EBDA8-4252-11E8-A155-00259035BB67173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B83EBDA9-4252-11E8-A155-00259035BB67174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B83EBDAB-4252-11E8-A155-00259035BB67175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7DD4237-21B3-11EE-BC0D-005056921CC4176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C62FB20-4253-11E8-A155-00259035BB67177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/125D6FD0-4253-11E8-A155-00259035BB67178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDDC2E77-E567-11EF-BC53-00505692E2D0179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E8B48A9-4254-11E8-A155-00259035BB67180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3F94AC9-21B3-11EE-BC0D-005056921CC4181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDE0F929-21B3-11EE-BC0D-005056921CC4182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7DD42E9-21B3-11EE-BC0D-005056921CC4183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE22111D-21B3-11EE-BC0D-005056921CC4184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B583C24E-FAF5-11E9-BBC6-005056921CC4185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AADF13BC-E3C5-11EB-BBF2-005056921CC4186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AADF13BA-E3C5-11EB-BBF2-005056921CC4187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F419E030-21B3-11EE-BC0D-005056921CC4188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E8186803-21B3-11EE-BC0D-005056921CC4189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5827BB63-F150-11EB-BBF2-005056921CC4190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/209B650F-072F-11EB-BBDB-005056921CC4191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE2211CF-21B3-11EE-BC0D-005056921CC4192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7FF86FA-424F-11E8-A155-00259035BB67193.gif"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9FC7FE3-E567-11EF-BC53-00505692E2D0194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDDC29D7-E567-11EF-BC53-00505692E2D0195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7C9E6D9-E567-11EF-BC53-00505692E2D0196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DFF2C9F-E3D9-11EF-BC4E-00505692C447197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B0E5A602-E3C5-11EB-BBF2-005056921CC4198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B0E5A603-E3C5-11EB-BBF2-005056921CC4199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B0E5A601-E3C5-11EB-BBF2-005056921CC4200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B0E5A600-E3C5-11EB-BBF2-005056921CC4201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F0945B4-424D-11E8-A155-00259035BB67202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D6CA2EA-424F-11E8-A155-00259035BB67203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D6CA2DF-424F-11E8-A155-00259035BB67204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33692AF1-EA57-11EB-BBF2-005056921CC4205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CEF666F1-424C-11E8-A155-00259035BB67206.gif"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CEF666F3-424C-11E8-A155-00259035BB67207.gif"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE9008-424D-11E8-A155-00259035BB67208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4745EB2-E3C5-11EB-BBF2-005056921CC4209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7125DEC-E3C5-11EB-BBF2-005056921CC4210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B0E5A604-E3C5-11EB-BBF2-005056921CC4211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4FDFEA6-424D-11E8-A155-00259035BB67212.gif"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7C9EB47-E567-11EF-BC53-00505692E2D0213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7C9E9D9-E567-11EF-BC53-00505692E2D0214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7C9E8DF-E567-11EF-BC53-00505692E2D0215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91116073-424E-11E8-A155-00259035BB67216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A06A335C-C8A7-11ED-BC05-005056921CC4217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91116087-424E-11E8-A155-00259035BB67218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9111608D-424E-11E8-A155-00259035BB67219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9111608E-424E-11E8-A155-00259035BB67220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/911160A0-424E-11E8-A155-00259035BB67221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A2122-424E-11E8-A155-00259035BB67222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A2123-424E-11E8-A155-00259035BB67223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A2124-424E-11E8-A155-00259035BB67224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5827BB62-F150-11EB-BBF2-005056921CC4225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA856C93-4254-11E8-A155-00259035BB67226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C89C388A-4254-11E8-A155-00259035BB67227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA098515-21B3-11EE-BC0D-005056921CC4228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D382A8FC-814B-11E9-BBBA-005056921CC4229.gif"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09D1707C-2342-11EA-BBC7-005056921CC4230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09D1707D-2342-11EA-BBC7-005056921CC4231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D002D824-21B3-11EE-BC0D-005056921CC4232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC0A9199-21B3-11EE-BC0D-005056921CC4233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09D17080-2342-11EA-BBC7-005056921CC4234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/083159CB-814D-11E9-BBBA-005056921CC4235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/083159CD-814D-11E9-BBBA-005056921CC4236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F419E170-21B3-11EE-BC0D-005056921CC4237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F419E0D0-21B3-11EE-BC0D-005056921CC4238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A103B1F-A6E7-11E9-BBC0-005056921CC4239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9915B3CC-12C1-11EA-BBC6-005056921CC4240.gif"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9915B3CD-12C1-11EA-BBC6-005056921CC4241.gif"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9915B3CE-12C1-11EA-BBC6-005056921CC4242.gif"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9915B3CF-12C1-11EA-BBC6-005056921CC4243.gif"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9915B3D0-12C1-11EA-BBC6-005056921CC4244.gif"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9915B3D1-12C1-11EA-BBC6-005056921CC4245.gif"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9915B3D2-12C1-11EA-BBC6-005056921CC4246.gif"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F419DEDE-21B3-11EE-BC0D-005056921CC4247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A76DAE8-1BDB-11EA-BBC6-005056921CC4248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1AFDFBD9-BA19-11EB-BBF1-005056921CC4249.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDE0F889-21B3-11EE-BC0D-005056921CC4250.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51D794BB-F150-11EB-BBF2-005056921CC4251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E21BE039-21B3-11EE-BC0D-005056921CC4252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C51BAEB0-EAEE-11EF-BC4E-00505692C447253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E81865ED-21B3-11EE-BC0D-005056921CC4254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA1FB9F0-21B3-11EE-BC0D-005056921CC4255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D002D772-21B3-11EE-BC0D-005056921CC4256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA1FB93E-21B3-11EE-BC0D-005056921CC4257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E27EC34-F150-11EB-BBF2-005056921CC4258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3CDE70FC-D8EE-11EB-BBF2-005056921CC4259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/430DF20E-D8EE-11EB-BBF2-005056921CC4260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F419DF90-21B3-11EE-BC0D-005056921CC4261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6C6B908-2935-11F0-BC54-00505692E2D0262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E8186955-21B3-11EE-BC0D-005056921CC4263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E81868A3-21B3-11EE-BC0D-005056921CC4264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D60C0CEE-21B3-11EE-BC0D-005056921CC4265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D60C0C4E-21B3-11EE-BC0D-005056921CC4266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E8186751-21B3-11EE-BC0D-005056921CC4267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E81866B1-21B3-11EE-BC0D-005056921CC4268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E21BDF99-21B3-11EE-BC0D-005056921CC4269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C71D9657-F150-11EB-BBF2-005056921CC4270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2F7DFC9-424C-11E8-A155-00259035BB67271.gif"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A4FE676-E3D9-11EF-BC4E-00505692C447272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3DEE3FF-E567-11EF-BC53-00505692E2D0273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3DEE22F-E567-11EF-BC53-00505692E2D0274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3DEE4E7-E567-11EF-BC53-00505692E2D0275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3DEE05F-E567-11EF-BC53-00505692E2D0276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1DC4F3F-21B3-11EE-BC0D-005056921CC4277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51D794B5-F150-11EB-BBF2-005056921CC4278.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1DC4E9F-21B3-11EE-BC0D-005056921CC4279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE221321-21B3-11EE-BC0D-005056921CC4280.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE22126F-21B3-11EE-BC0D-005056921CC4281.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4102D50A-814B-11E9-BBBA-005056921CC4282.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93E40EB8-814B-11E9-BBBA-005056921CC4283.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3F94A29-21B3-11EE-BC0D-005056921CC4284.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/604A8975-E3D9-11EF-BC4E-00505692C447285.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16250F7D-4252-11E8-A155-00259035BB67286.gif"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A286706E-AEC8-11EE-BC40-00505692492F287.jpg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1D1870C-E567-11EF-BC53-00505692E2D0288.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDDC2D8F-E567-11EF-BC53-00505692E2D0289.jpg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A4FE482-E3D9-11EF-BC4E-00505692C447290.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A4FE39A-E3D9-11EF-BC4E-00505692C447291.jpg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA0983D5-21B3-11EE-BC0D-005056921CC4292.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1CB970B7-4255-11E8-A155-00259035BB67293.jpg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC0A9419-21B3-11EE-BC0D-005056921CC4294.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC0A92D9-21B3-11EE-BC0D-005056921CC4295.jpg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/425FBFFA-05D8-11EE-BC09-005056921CC4296.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9915B3D3-12C1-11EA-BBC6-005056921CC4297.jpg"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E55DAA4D-E8DB-11E9-BBC6-005056921CC4298.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D002D8C4-21B3-11EE-BC0D-005056921CC4299.jpg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E75AD78D-925C-11EB-BBEF-005056921CC4300.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6649FAE1-E3D9-11EF-BC4E-00505692C447301.jpg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2F7DF98-424C-11E8-A155-00259035BB67302.gif"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D58C6631-00EB-11EF-BC46-00505692C447303.jpg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC2128BA-814A-11E9-BBBA-005056921CC4304.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D002D964-21B3-11EE-BC0D-005056921CC4305.jpg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A4FE75E-E3D9-11EF-BC4E-00505692C447306.jpg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/604A8C64-E3D9-11EF-BC4E-00505692C447307.jpg"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7125DF2-E3C5-11EB-BBF2-005056921CC4308.jpg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2F7DFAE-424C-11E8-A155-00259035BB67309.gif"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3F94825-21B3-11EE-BC0D-005056921CC4310.jpg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AADF13B9-E3C5-11EB-BBF2-005056921CC4311.jpg"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3F94977-21B3-11EE-BC0D-005056921CC4312.jpg"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9915B3D4-12C1-11EA-BBC6-005056921CC4313.jpg"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4169535-53FA-11EA-BBCE-005056921CC4314.jpg"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4169536-53FA-11EA-BBCE-005056921CC4315.jpg"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4169537-53FA-11EA-BBCE-005056921CC4316.jpg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4169538-53FA-11EA-BBCE-005056921CC4317.jpg"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4169539-53FA-11EA-BBCE-005056921CC4318.jpg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E416953A-53FA-11EA-BBCE-005056921CC4319.jpg"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E416953B-53FA-11EA-BBCE-005056921CC4320.jpg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E416953D-53FA-11EA-BBCE-005056921CC4321.jpg"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA5569E0-4768-11EA-BBCE-005056921CC4322.jpg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA5569E1-4768-11EA-BBCE-005056921CC4323.jpg"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA5569E2-4768-11EA-BBCE-005056921CC4324.jpg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D51F6931-7044-11EA-BBD0-005056921CC4325.jpg"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7F5E1F91-E0A3-11EA-BBD9-005056921CC4326.jpg"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7F5E1F92-E0A3-11EA-BBD9-005056921CC4327.jpg"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC9FB619-57E8-11EA-BBCE-005056921CC4328.jpg"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE22107D-21B3-11EE-BC0D-005056921CC4329.jpg"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE220FDD-21B3-11EE-BC0D-005056921CC4330.jpg"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D60C0BAE-21B3-11EE-BC0D-005056921CC4331.jpg"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E21BDEF9-21B3-11EE-BC0D-005056921CC4332.jpg"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7F5E1F94-E0A3-11EA-BBD9-005056921CC4333.jpg"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8151B3C8-F448-11EA-BBDB-005056921CC4334.jpg"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE221485-21B3-11EE-BC0D-005056921CC4335.jpg"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F419DE3E-21B3-11EE-BC0D-005056921CC4336.jpg"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E27EC30-F150-11EB-BBF2-005056921CC4337.jpg"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A317B1A3-E3C6-11EB-BBF2-005056921CC4338.jpg"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/943AC35D-4252-11E8-A155-00259035BB67339.gif"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A317B1A4-E3C6-11EB-BBF2-005056921CC4340.jpg"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B23E54E2-4252-11E8-A155-00259035BB67341.gif"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B68E2D13-4254-11E8-A155-00259035BB67342.jpg"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDA56068-814A-11E9-BBBA-005056921CC4343.jpg"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC5A4100-3631-11F0-BC55-00505692E2D0344.jpg"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E20ADA1-29B8-11EB-BBDD-005056921CC4345.jpg"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09D17081-2342-11EA-BBC7-005056921CC4346.jpg"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E21BDDB9-21B3-11EE-BC0D-005056921CC4347.jpg"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E21BDE59-21B3-11EE-BC0D-005056921CC4348.jpg"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7125DF1-E3C5-11EB-BBF2-005056921CC4349.jpg"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7125DF0-E3C5-11EB-BBF2-005056921CC4350.jpg"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D60C0A38-21B3-11EE-BC0D-005056921CC4351.jpg"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D002DB56-21B3-11EE-BC0D-005056921CC4352.jpg"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D002DA16-21B3-11EE-BC0D-005056921CC4353.jpg"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B0E5A5FC-E3C5-11EB-BBF2-005056921CC4354.jpg"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B0E5A5FE-E3C5-11EB-BBF2-005056921CC4355.jpg"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F8ED414-647B-11EA-BBCE-005056921CC4356.jpg"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A710052-2693-11EB-BBDD-005056921CC4357.jpg"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA1FB89E-21B3-11EE-BC0D-005056921CC4358.jpg"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC0A90F9-21B3-11EE-BC0D-005056921CC4359.jpg"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D60C0F80-21B3-11EE-BC0D-005056921CC4360.jpg"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC0A9059-21B3-11EE-BC0D-005056921CC4361.jpg"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DDFACA61-5CB3-11EE-BC0E-005056921CC4362.jpg"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA098335-21B3-11EE-BC0D-005056921CC4363.jpg"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CD7B48D-5A44-11EA-BBCE-005056921CC4364.jpg"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/978B6799-5268-11EA-BBCE-005056921CC4365.jpg"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F8ED415-647B-11EA-BBCE-005056921CC4366.jpg"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50FF913A-EA56-11EB-BBF2-005056921CC4367.jpg"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CBDF9D82-E16C-11EA-BBD9-005056921CC4368.jpg"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AB40E249-509F-11EC-BBF6-005056921CC4369.jpg"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A452DD1-294D-11EC-BBF4-005056921CC4370.jpg"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC0A95F9-21B3-11EE-BC0D-005056921CC4371.jpg"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC0A9559-21B3-11EE-BC0D-005056921CC4372.jpg"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E21BDB39-21B3-11EE-BC0D-005056921CC4373.jpg"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F419E362-21B3-11EE-BC0D-005056921CC4374.jpg"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F419E402-21B3-11EE-BC0D-005056921CC4375.jpg"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF9AEF73-294C-11EC-BBF4-005056921CC4376.jpg"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE2213D3-21B3-11EE-BC0D-005056921CC4377.jpg"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5A33762-294C-11EC-BBF4-005056921CC4378.jpg"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5A33763-294C-11EC-BBF4-005056921CC4379.jpg"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF9AEF72-294C-11EC-BBF4-005056921CC4380.jpg"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/221E3F38-21B9-11EE-BC0D-005056921CC4381.jpg"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90A5F507-FAD2-11EF-BC57-00505692E049382.jpg"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90A5F865-FAD2-11EF-BC57-00505692E049383.jpg"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/221E4078-21B9-11EE-BC0D-005056921CC4384.jpg"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/281D1041-21B9-11EE-BC0D-005056921CC4385.jpg"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E168FD6-21B9-11EE-BC0D-005056921CC4386.jpg"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96A10C5F-FAD2-11EF-BC57-00505692E049387.jpg"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/281D1181-21B9-11EE-BC0D-005056921CC4388.jpg"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/281D12C1-21B9-11EE-BC0D-005056921CC4389.jpg"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/221E3FD8-21B9-11EE-BC0D-005056921CC4390.jpg"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E168CB6-21B9-11EE-BC0D-005056921CC4391.jpg"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96A10F51-FAD2-11EF-BC57-00505692E049392.jpg"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/281D14A1-21B9-11EE-BC0D-005056921CC4393.jpg"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E168D56-21B9-11EE-BC0D-005056921CC4394.jpg"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E169076-21B9-11EE-BC0D-005056921CC4395.jpg"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/221E3E98-21B9-11EE-BC0D-005056921CC4396.jpg"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/281D1361-21B9-11EE-BC0D-005056921CC4397.jpg"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54EBD3DE-252C-11ED-BBFC-005056921CC4398.jpg"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CA1EDA7-DC9C-11ED-BC07-005056921CC4399.jpg"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CA1ECE3-DC9C-11ED-BC07-005056921CC4400.jpg"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CA1F125-DC9C-11ED-BC07-005056921CC4401.jpg"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CA1EE59-DC9C-11ED-BC07-005056921CC4402.jpg"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CA1EFAD-DC9C-11ED-BC07-005056921CC4403.jpg"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7BE4FCCF-E44E-11ED-BC09-005056921CC4404.jpg"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6518E63E-E9AC-11ED-BC09-005056921CC4405.jpg"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04D2DA57-FB2F-11ED-BC09-005056921CC4406.jpg"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0AE64756-FB2F-11ED-BC09-005056921CC4407.jpg"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FECAE88C-FB2E-11ED-BC09-005056921CC4408.jpg"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04D2D9A5-FB2F-11ED-BC09-005056921CC4409.jpg"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/114C53C6-053D-11EE-BC09-005056921CC4410.jpg"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/114C5082-053D-11EE-BC09-005056921CC4411.jpg"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/114C51C2-053D-11EE-BC09-005056921CC4412.jpg"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/114C5122-053D-11EE-BC09-005056921CC4413.jpg"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B60BD67E-0AA8-11EE-BC09-005056921CC4414.jpg"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/929ACE3B-2C93-11EE-BC0D-005056921CC4415.jpg"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41C04364-DCD2-11EE-BC3E-0050569297EB416.jpg"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1932C0F4-C510-11EE-BC41-00505692492F417.jpg"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDD97222-77E9-11EE-BC0F-005056921CC4418.jpg"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDD972F8-77E9-11EE-BC0F-005056921CC4419.jpg"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/064BC0E6-83CC-11EE-BC11-005056921CC4420.jpg"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/064BC186-83CC-11EE-BC11-005056921CC4421.jpg"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE1BA47D-5F02-11EE-BC0E-005056921CC4422.jpg"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A88CFB81-AEC8-11EE-BC40-00505692492F423.jpg"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A88CFACF-AEC8-11EE-BC40-00505692492F424.jpg"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A88CF9DB-AEC8-11EE-BC40-00505692492F425.jpg"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A2867314-AEC8-11EE-BC40-00505692492F426.jpg"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A88CF8C0-AEC8-11EE-BC40-00505692492F427.jpg"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/193C4C03-AFD1-11EE-BC40-00505692492F428.jpg"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A18CC40-300C-11EF-BC4B-00505692C447429.jpg"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A18CCE0-300C-11EF-BC4B-00505692C447430.jpg"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECB541DE-4254-11E8-A155-00259035BB67431.jpg"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECB541DF-4254-11E8-A155-00259035BB67432.jpg"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D58C66F5-00EB-11EF-BC46-00505692C447433.jpg"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/083159CA-814D-11E9-BBBA-005056921CC4434.jpg"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/755F702E-933E-11E9-BBBB-005056921CC4435.gif"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8025FBF5-933E-11E9-BBBB-005056921CC4436.gif"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A991455-933E-11E9-BBBB-005056921CC4437.gif"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B85E736F-12C1-11EA-BBC6-005056921CC4438.gif"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A75DE7F9-933E-11E9-BBBB-005056921CC4439.gif"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1AAD70E-933E-11E9-BBBB-005056921CC4440.gif"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBF56427-933E-11E9-BBBB-005056921CC4441.gif"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFC5FD19-1BDB-11EA-BBC6-005056921CC4442.jpg"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0AFCE31D-21BC-11EE-BC0D-005056921CC4443.jpg"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF352DAA-2666-11EA-BBCA-005056921CC4444.jpg"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0AFCE27D-21BC-11EE-BC0D-005056921CC4445.jpg"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B147752C-509F-11EC-BBF6-005056921CC4446.jpg"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0AFCE4FD-21BC-11EE-BC0D-005056921CC4447.jpg"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28D71ACB-21BF-11EE-BC0D-005056921CC4448.jpg"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/469F7C91-05D8-11EE-BC09-005056921CC4449.jpg"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0AFCE45D-21BC-11EE-BC0D-005056921CC4450.jpg"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04DD6A0A-21BC-11EE-BC0D-005056921CC4451.jpg"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0AFCE1DD-21BC-11EE-BC0D-005056921CC4452.jpg"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0AFCE3BD-21BC-11EE-BC0D-005056921CC4453.jpg"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2B2D881-21BB-11EE-BC0D-005056921CC4454.jpg"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6DF26D11-E4BC-11EB-BBF2-005056921CC4455.jpg"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2B2D921-21BB-11EE-BC0D-005056921CC4456.jpg"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE1BA8AA-5F02-11EE-BC0E-005056921CC4457.jpg"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A955ABC5-8147-11E9-BBBA-005056921CC4458.jpg"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A345195-4251-11E8-A155-00259035BB67459.jpg"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A345196-4251-11E8-A155-00259035BB67460.jpg"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF983E95-5A5C-11EF-BC57-00505692E049461.jpg"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC83D973-63B6-11EF-BC4D-00505692C447462.jpg"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC83D7A3-63B6-11EF-BC4D-00505692C447463.jpg"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC83D6BB-63B6-11EF-BC4D-00505692C447464.jpg"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC83D5D3-63B6-11EF-BC4D-00505692C447465.jpg"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC83D88B-63B6-11EF-BC4D-00505692C447466.jpg"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6571B66-63B6-11EF-BC4D-00505692C447467.jpg"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6571C72-63B6-11EF-BC4D-00505692C447468.jpg"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C51BADC8-EAEE-11EF-BC4E-00505692C447469.jpg"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C4F546C-CF50-11EF-BC46-0050569297EB470.jpg"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4AA0AEF4-810E-11EF-BC4D-00505692C447471.jpg"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DCAFAEB-81B8-11EF-BC4D-00505692C447472.jpg"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4AA0ADA0-810E-11EF-BC4D-00505692C447473.jpg"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3A18E3F-8DD6-11F0-BC57-00505692E2D0474.jpg"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6320179-8DD6-11F0-BC57-00505692E2D0475.jpg"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D293D31-5CD3-11F0-BC49-0050569297EB476.jpg"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/228D2D95-6895-11F0-BC54-00505692C447477.jpg"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/228D2C77-6895-11F0-BC54-00505692C447478.jpg"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C4F5B61-CF50-11EF-BC46-0050569297EB479.jpg"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C4F5A1F-CF50-11EF-BC46-0050569297EB480.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF958198-F14F-11EB-BBF2-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5DA6EF7-E3C7-11EB-BBF2-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65725D64-20D8-11EE-BC0D-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/463992A5-4252-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/463992A7-4252-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E21BDD19-21B3-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D60C0DA0-21B3-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29E2A020-D795-11ED-BC05-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5EFFE914-2A7D-11EF-BC52-00505692E2D09.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5EFFE694-2A7D-11EF-BC52-00505692E2D010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6111EC96-424E-11E8-A155-00259035BB6711.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC5C03A8-424B-11E8-A155-00259035BB6712.gif"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDDC2CA7-E567-11EF-BC53-00505692E2D013.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DFF2D99-E3D9-11EF-BC4E-00505692C44714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB382-424C-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB383-424C-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB385-424C-11E8-A155-00259035BB6717.gif"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7125DEB-E3C5-11EB-BBF2-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16FF6C90-424D-11E8-A155-00259035BB6719.gif"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16FF6C92-424D-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7125DED-E3C5-11EB-BBF2-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7020E64-424D-11E8-A155-00259035BB6722.gif"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6402F92-3631-11F0-BC55-00505692E2D023.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B3004732-424D-11E8-A155-00259035BB6724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BF0696D3-424D-11E8-A155-00259035BB6725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7125DE9-E3C5-11EB-BBF2-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/010373ED-424E-11E8-A155-00259035BB6727.gif"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/010373F7-424E-11E8-A155-00259035BB6728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7C9E7D3-E567-11EF-BC53-00505692E2D029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250460C3-424E-11E8-A155-00259035BB6730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/671D03BC-424E-11E8-A155-00259035BB6731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7F0B44D6-424E-11E8-A155-00259035BB6732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7F0B44DB-424E-11E8-A155-00259035BB6733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/850F56C8-424E-11E8-A155-00259035BB6734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/850F56C9-424E-11E8-A155-00259035BB6735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/911160B8-424E-11E8-A155-00259035BB6736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971C29B1-424E-11E8-A155-00259035BB6737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A211F-424E-11E8-A155-00259035BB6738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C72D9F58-424E-11E8-A155-00259035BB6739.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C72D9F59-424E-11E8-A155-00259035BB6740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341CB69-424F-11E8-A155-00259035BB6741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57661F9E-424F-11E8-A155-00259035BB6742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D848199-424F-11E8-A155-00259035BB6743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9FC7E13-E567-11EF-BC53-00505692E2D044.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5E3D6BB-424F-11E8-A155-00259035BB6745.gif"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3DEE317-E567-11EF-BC53-00505692E2D046.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A4FE5A0-E3D9-11EF-BC4E-00505692C44747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3F23DBE-424F-11E8-A155-00259035BB6748.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C0025CA-4250-11E8-A155-00259035BB6749.gif"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C0025CB-4250-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96059341-4250-11E8-A155-00259035BB6751.gif"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA098003-21B3-11EE-BC0D-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3DEDF77-E567-11EF-BC53-00505692E2D053.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC11193F-4250-11E8-A155-00259035BB6754.gif"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC111940-4250-11E8-A155-00259035BB6755.gif"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC111941-4250-11E8-A155-00259035BB6756.gif"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1D18B82-E567-11EF-BC53-00505692E2D057.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8026EBB5-E63A-11EF-BC4E-00505692C44758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/604A8B34-E3D9-11EF-BC4E-00505692C44759.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/544955E0-E3D9-11EF-BC4E-00505692C44760.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3842CFD7-4251-11E8-A155-00259035BB6761.gif"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D60C0E40-21B3-11EE-BC0D-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2269407-4251-11E8-A155-00259035BB6763.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B0E5A5FF-E3C5-11EB-BBF2-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52309FA6-4252-11E8-A155-00259035BB6765.gif"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC4094C4-4252-11E8-A155-00259035BB6766.gif"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51D794B7-F150-11EB-BBF2-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7DD46A9-21B3-11EE-BC0D-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/006B03CB-4253-11E8-A155-00259035BB6769.gif"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E27EC28-F150-11EB-BBF2-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E8186A95-21B3-11EE-BC0D-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE220F2B-21B3-11EE-BC0D-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B02930D-424D-11E8-A155-00259035BB6773.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/360497FA-F94B-11EB-BBF2-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/604A8A4B-E3D9-11EF-BC4E-00505692C44775.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9FC7EFB-E567-11EF-BC53-00505692E2D076.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50FF913B-EA56-11EB-BBF2-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB221FC6-424E-11E8-A155-00259035BB6778.gif"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6649FD52-E3D9-11EF-BC4E-00505692C44779.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E53D1831-424E-11E8-A155-00259035BB6780.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D47CB8F-424F-11E8-A155-00259035BB6781.gif"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6649FC49-E3D9-11EF-BC4E-00505692C44782.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D848197-424F-11E8-A155-00259035BB6783.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54495456-E3D9-11EF-BC4E-00505692C44784.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9FC80F5-E567-11EF-BC53-00505692E2D085.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00CEC58-4250-11E8-A155-00259035BB6786.gif"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0817B6DC-4251-11E8-A155-00259035BB6787.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6833EB58-4251-11E8-A155-00259035BB6788.gif"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6DFCB823-8148-11E9-BBBA-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2269406-4251-11E8-A155-00259035BB6790.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A28D26A-4252-11E8-A155-00259035BB6791.gif"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8026EADF-E63A-11EF-BC4E-00505692C44792.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28225196-4252-11E8-A155-00259035BB6793.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A88CF6F0-AEC8-11EE-BC40-00505692492F94.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52309FBE-4252-11E8-A155-00259035BB6795.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52309FC5-4252-11E8-A155-00259035BB6796.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/882F6ACE-4252-11E8-A155-00259035BB6797.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AADF13C0-E3C5-11EB-BBF2-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/727AB602-4253-11E8-A155-00259035BB6799.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/570625AB-EA56-11EB-BBF2-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7679ACD-0D95-11EC-BBF2-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C7E7C69-4253-11E8-A155-00259035BB67102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D27A1345-4253-11E8-A155-00259035BB67103.gif"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D27A1346-4253-11E8-A155-00259035BB67104.gif"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D27A1347-4253-11E8-A155-00259035BB67105.gif"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/570625AE-EA56-11EB-BBF2-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E47D96D2-4253-11E8-A155-00259035BB67107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E47D96D3-4253-11E8-A155-00259035BB67108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA7AA411-4253-11E8-A155-00259035BB67109.gif"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA7AA412-4253-11E8-A155-00259035BB67110.gif"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA7AA424-4253-11E8-A155-00259035BB67111.gif"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F682C854-4253-11E8-A155-00259035BB67112.gif"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AADF13BD-E3C5-11EB-BBF2-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F682C857-4253-11E8-A155-00259035BB67114.gif"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/028A2960-4254-11E8-A155-00259035BB67115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/208CD0B2-4254-11E8-A155-00259035BB67116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA098155-21B3-11EE-BC0D-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329BED57-4254-11E8-A155-00259035BB67118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329BED6E-4254-11E8-A155-00259035BB67119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C941AD3-4254-11E8-A155-00259035BB67120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA0980B5-21B3-11EE-BC0D-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5827BB5B-F150-11EB-BBF2-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/988EE171-4254-11E8-A155-00259035BB67123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0B226B6-4254-11E8-A155-00259035BB67124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0B226B7-4254-11E8-A155-00259035BB67125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0B226B9-4254-11E8-A155-00259035BB67126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0B226BA-4254-11E8-A155-00259035BB67127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C6C66EA-28C2-11EA-BBCA-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D4C1B48-814A-11E9-BBBA-005056921CC4129.gif"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D4C1B49-814A-11E9-BBBA-005056921CC4130.gif"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C6C66ED-28C2-11EA-BBCA-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D667D4A-424B-11E8-A155-00259035BB67132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7C9ED3B-E567-11EF-BC53-00505692E2D0133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD4C-424D-11E8-A155-00259035BB67134.gif"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/360497F2-F94B-11EB-BBF2-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE52-424B-11E8-A155-00259035BB67136.gif"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/604A8D5E-E3D9-11EF-BC4E-00505692C447137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54495232-E3D9-11EF-BC4E-00505692C447138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6649F8E4-E3D9-11EF-BC4E-00505692C447139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9FC82E0-E567-11EF-BC53-00505692E2D0140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9FC81DD-E567-11EF-BC53-00505692E2D0141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54495332-E3D9-11EF-BC4E-00505692C447142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDDC2ABF-E567-11EF-BC53-00505692E2D0143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A99A2AF-424C-11E8-A155-00259035BB67144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBC87D55-E567-11EF-BC53-00505692E2D0145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1D18A9A-E567-11EF-BC53-00505692E2D0146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1D187E2-E567-11EF-BC53-00505692E2D0147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1D189B2-E567-11EF-BC53-00505692E2D0148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1D188CA-E567-11EF-BC53-00505692E2D0149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBC87E3D-E567-11EF-BC53-00505692E2D0150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7C9EC41-E567-11EF-BC53-00505692E2D0151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDDC2BBF-E567-11EF-BC53-00505692E2D0152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50DCBB26-424C-11E8-A155-00259035BB67153.gif"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86EA059F-424C-11E8-A155-00259035BB67154.gif"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7DD40F7-21B3-11EE-BC0D-005056921CC4155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C8F8E47B-424C-11E8-A155-00259035BB67156.gif"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7125DEA-E3C5-11EB-BBF2-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7020E6B-424D-11E8-A155-00259035BB67158.gif"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7125DEE-E3C5-11EB-BBF2-005056921CC4159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6649FA0B-E3D9-11EF-BC4E-00505692C447160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D002D6C0-21B3-11EE-BC0D-005056921CC4161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D848198-424F-11E8-A155-00259035BB67162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EED35852-B83C-11ED-BC05-005056921CC4163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/360497F7-F94B-11EB-BBF2-005056921CC4164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/360497F5-F94B-11EB-BBF2-005056921CC4165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3F94B8D-21B3-11EE-BC0D-005056921CC4166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F81E2273-4251-11E8-A155-00259035BB67167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23E5780D-D795-11ED-BC05-005056921CC4168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52309FB7-4252-11E8-A155-00259035BB67169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7DD4197-21B3-11EE-BC0D-005056921CC4170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B83EBDA8-4252-11E8-A155-00259035BB67171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B83EBDA9-4252-11E8-A155-00259035BB67172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B83EBDAB-4252-11E8-A155-00259035BB67173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7DD4237-21B3-11EE-BC0D-005056921CC4174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C62FB20-4253-11E8-A155-00259035BB67175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/125D6FD0-4253-11E8-A155-00259035BB67176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDDC2E77-E567-11EF-BC53-00505692E2D0177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E8B48A9-4254-11E8-A155-00259035BB67178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3F94AC9-21B3-11EE-BC0D-005056921CC4179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDE0F929-21B3-11EE-BC0D-005056921CC4180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7DD42E9-21B3-11EE-BC0D-005056921CC4181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE22111D-21B3-11EE-BC0D-005056921CC4182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B583C24E-FAF5-11E9-BBC6-005056921CC4183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AADF13BC-E3C5-11EB-BBF2-005056921CC4184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AADF13BA-E3C5-11EB-BBF2-005056921CC4185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F419E030-21B3-11EE-BC0D-005056921CC4186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E8186803-21B3-11EE-BC0D-005056921CC4187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5827BB63-F150-11EB-BBF2-005056921CC4188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/209B650F-072F-11EB-BBDB-005056921CC4189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE2211CF-21B3-11EE-BC0D-005056921CC4190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7FF86FA-424F-11E8-A155-00259035BB67191.gif"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9FC7FE3-E567-11EF-BC53-00505692E2D0192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDDC29D7-E567-11EF-BC53-00505692E2D0193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7C9E6D9-E567-11EF-BC53-00505692E2D0194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DFF2C9F-E3D9-11EF-BC4E-00505692C447195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B0E5A602-E3C5-11EB-BBF2-005056921CC4196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B0E5A603-E3C5-11EB-BBF2-005056921CC4197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B0E5A601-E3C5-11EB-BBF2-005056921CC4198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B0E5A600-E3C5-11EB-BBF2-005056921CC4199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F0945B4-424D-11E8-A155-00259035BB67200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D6CA2EA-424F-11E8-A155-00259035BB67201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D6CA2DF-424F-11E8-A155-00259035BB67202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33692AF1-EA57-11EB-BBF2-005056921CC4203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CEF666F1-424C-11E8-A155-00259035BB67204.gif"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CEF666F3-424C-11E8-A155-00259035BB67205.gif"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE9008-424D-11E8-A155-00259035BB67206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4745EB2-E3C5-11EB-BBF2-005056921CC4207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7125DEC-E3C5-11EB-BBF2-005056921CC4208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B0E5A604-E3C5-11EB-BBF2-005056921CC4209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4FDFEA6-424D-11E8-A155-00259035BB67210.gif"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7C9EB47-E567-11EF-BC53-00505692E2D0211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7C9E9D9-E567-11EF-BC53-00505692E2D0212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7C9E8DF-E567-11EF-BC53-00505692E2D0213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91116073-424E-11E8-A155-00259035BB67214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A06A335C-C8A7-11ED-BC05-005056921CC4215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91116087-424E-11E8-A155-00259035BB67216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9111608D-424E-11E8-A155-00259035BB67217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9111608E-424E-11E8-A155-00259035BB67218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/911160A0-424E-11E8-A155-00259035BB67219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A2122-424E-11E8-A155-00259035BB67220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A2123-424E-11E8-A155-00259035BB67221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A2124-424E-11E8-A155-00259035BB67222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5827BB62-F150-11EB-BBF2-005056921CC4223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C89C388A-4254-11E8-A155-00259035BB67224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA098515-21B3-11EE-BC0D-005056921CC4225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D382A8FC-814B-11E9-BBBA-005056921CC4226.gif"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09D1707C-2342-11EA-BBC7-005056921CC4227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09D1707D-2342-11EA-BBC7-005056921CC4228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D002D824-21B3-11EE-BC0D-005056921CC4229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC0A9199-21B3-11EE-BC0D-005056921CC4230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09D17080-2342-11EA-BBC7-005056921CC4231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/083159CB-814D-11E9-BBBA-005056921CC4232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/083159CD-814D-11E9-BBBA-005056921CC4233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F419E170-21B3-11EE-BC0D-005056921CC4234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F419E0D0-21B3-11EE-BC0D-005056921CC4235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A103B1F-A6E7-11E9-BBC0-005056921CC4236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9915B3CC-12C1-11EA-BBC6-005056921CC4237.gif"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9915B3CD-12C1-11EA-BBC6-005056921CC4238.gif"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9915B3CE-12C1-11EA-BBC6-005056921CC4239.gif"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9915B3CF-12C1-11EA-BBC6-005056921CC4240.gif"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9915B3D0-12C1-11EA-BBC6-005056921CC4241.gif"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9915B3D1-12C1-11EA-BBC6-005056921CC4242.gif"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9915B3D2-12C1-11EA-BBC6-005056921CC4243.gif"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F419DEDE-21B3-11EE-BC0D-005056921CC4244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A76DAE8-1BDB-11EA-BBC6-005056921CC4245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1AFDFBD9-BA19-11EB-BBF1-005056921CC4246.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDE0F889-21B3-11EE-BC0D-005056921CC4247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51D794BB-F150-11EB-BBF2-005056921CC4248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E21BE039-21B3-11EE-BC0D-005056921CC4249.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C51BAEB0-EAEE-11EF-BC4E-00505692C447250.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E81865ED-21B3-11EE-BC0D-005056921CC4251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA1FB9F0-21B3-11EE-BC0D-005056921CC4252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D002D772-21B3-11EE-BC0D-005056921CC4253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA1FB93E-21B3-11EE-BC0D-005056921CC4254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E27EC34-F150-11EB-BBF2-005056921CC4255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3CDE70FC-D8EE-11EB-BBF2-005056921CC4256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/430DF20E-D8EE-11EB-BBF2-005056921CC4257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F419DF90-21B3-11EE-BC0D-005056921CC4258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6C6B908-2935-11F0-BC54-00505692E2D0259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E8186955-21B3-11EE-BC0D-005056921CC4260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E81868A3-21B3-11EE-BC0D-005056921CC4261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D60C0CEE-21B3-11EE-BC0D-005056921CC4262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D60C0C4E-21B3-11EE-BC0D-005056921CC4263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E8186751-21B3-11EE-BC0D-005056921CC4264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E81866B1-21B3-11EE-BC0D-005056921CC4265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E21BDF99-21B3-11EE-BC0D-005056921CC4266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C71D9657-F150-11EB-BBF2-005056921CC4267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2F7DFC9-424C-11E8-A155-00259035BB67268.gif"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A4FE676-E3D9-11EF-BC4E-00505692C447269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3DEE3FF-E567-11EF-BC53-00505692E2D0270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3DEE22F-E567-11EF-BC53-00505692E2D0271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3DEE4E7-E567-11EF-BC53-00505692E2D0272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3DEE05F-E567-11EF-BC53-00505692E2D0273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1DC4F3F-21B3-11EE-BC0D-005056921CC4274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51D794B5-F150-11EB-BBF2-005056921CC4275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1DC4E9F-21B3-11EE-BC0D-005056921CC4276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE221321-21B3-11EE-BC0D-005056921CC4277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE22126F-21B3-11EE-BC0D-005056921CC4278.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4102D50A-814B-11E9-BBBA-005056921CC4279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93E40EB8-814B-11E9-BBBA-005056921CC4280.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3F94A29-21B3-11EE-BC0D-005056921CC4281.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/604A8975-E3D9-11EF-BC4E-00505692C447282.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16250F7D-4252-11E8-A155-00259035BB67283.gif"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A286706E-AEC8-11EE-BC40-00505692492F284.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1D1870C-E567-11EF-BC53-00505692E2D0285.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDDC2D8F-E567-11EF-BC53-00505692E2D0286.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A4FE482-E3D9-11EF-BC4E-00505692C447287.jpg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A4FE39A-E3D9-11EF-BC4E-00505692C447288.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA0983D5-21B3-11EE-BC0D-005056921CC4289.jpg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1CB970B7-4255-11E8-A155-00259035BB67290.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC0A9419-21B3-11EE-BC0D-005056921CC4291.jpg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC0A92D9-21B3-11EE-BC0D-005056921CC4292.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/425FBFFA-05D8-11EE-BC09-005056921CC4293.jpg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9915B3D3-12C1-11EA-BBC6-005056921CC4294.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E55DAA4D-E8DB-11E9-BBC6-005056921CC4295.jpg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D002D8C4-21B3-11EE-BC0D-005056921CC4296.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E75AD78D-925C-11EB-BBEF-005056921CC4297.jpg"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6649FAE1-E3D9-11EF-BC4E-00505692C447298.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2F7DF98-424C-11E8-A155-00259035BB67299.gif"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D58C6631-00EB-11EF-BC46-00505692C447300.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC2128BA-814A-11E9-BBBA-005056921CC4301.jpg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D002D964-21B3-11EE-BC0D-005056921CC4302.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A4FE75E-E3D9-11EF-BC4E-00505692C447303.jpg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/604A8C64-E3D9-11EF-BC4E-00505692C447304.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7125DF2-E3C5-11EB-BBF2-005056921CC4305.jpg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2F7DFAE-424C-11E8-A155-00259035BB67306.gif"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3F94825-21B3-11EE-BC0D-005056921CC4307.jpg"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AADF13B9-E3C5-11EB-BBF2-005056921CC4308.jpg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3F94977-21B3-11EE-BC0D-005056921CC4309.jpg"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9915B3D4-12C1-11EA-BBC6-005056921CC4310.jpg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4169535-53FA-11EA-BBCE-005056921CC4311.jpg"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4169536-53FA-11EA-BBCE-005056921CC4312.jpg"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4169537-53FA-11EA-BBCE-005056921CC4313.jpg"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4169538-53FA-11EA-BBCE-005056921CC4314.jpg"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4169539-53FA-11EA-BBCE-005056921CC4315.jpg"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E416953A-53FA-11EA-BBCE-005056921CC4316.jpg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E416953B-53FA-11EA-BBCE-005056921CC4317.jpg"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E416953D-53FA-11EA-BBCE-005056921CC4318.jpg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA5569E0-4768-11EA-BBCE-005056921CC4319.jpg"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA5569E1-4768-11EA-BBCE-005056921CC4320.jpg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA5569E2-4768-11EA-BBCE-005056921CC4321.jpg"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D51F6931-7044-11EA-BBD0-005056921CC4322.jpg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7F5E1F91-E0A3-11EA-BBD9-005056921CC4323.jpg"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7F5E1F92-E0A3-11EA-BBD9-005056921CC4324.jpg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC9FB619-57E8-11EA-BBCE-005056921CC4325.jpg"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE22107D-21B3-11EE-BC0D-005056921CC4326.jpg"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE220FDD-21B3-11EE-BC0D-005056921CC4327.jpg"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D60C0BAE-21B3-11EE-BC0D-005056921CC4328.jpg"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E21BDEF9-21B3-11EE-BC0D-005056921CC4329.jpg"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7F5E1F94-E0A3-11EA-BBD9-005056921CC4330.jpg"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8151B3C8-F448-11EA-BBDB-005056921CC4331.jpg"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE221485-21B3-11EE-BC0D-005056921CC4332.jpg"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F419DE3E-21B3-11EE-BC0D-005056921CC4333.jpg"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E27EC30-F150-11EB-BBF2-005056921CC4334.jpg"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A317B1A3-E3C6-11EB-BBF2-005056921CC4335.jpg"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/943AC35D-4252-11E8-A155-00259035BB67336.gif"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A317B1A4-E3C6-11EB-BBF2-005056921CC4337.jpg"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B23E54E2-4252-11E8-A155-00259035BB67338.gif"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B68E2D13-4254-11E8-A155-00259035BB67339.jpg"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDA56068-814A-11E9-BBBA-005056921CC4340.jpg"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC5A4100-3631-11F0-BC55-00505692E2D0341.jpg"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E20ADA1-29B8-11EB-BBDD-005056921CC4342.jpg"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09D17081-2342-11EA-BBC7-005056921CC4343.jpg"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E21BDDB9-21B3-11EE-BC0D-005056921CC4344.jpg"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E21BDE59-21B3-11EE-BC0D-005056921CC4345.jpg"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7125DF1-E3C5-11EB-BBF2-005056921CC4346.jpg"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7125DF0-E3C5-11EB-BBF2-005056921CC4347.jpg"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D60C0A38-21B3-11EE-BC0D-005056921CC4348.jpg"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D002DB56-21B3-11EE-BC0D-005056921CC4349.jpg"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D002DA16-21B3-11EE-BC0D-005056921CC4350.jpg"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B0E5A5FC-E3C5-11EB-BBF2-005056921CC4351.jpg"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B0E5A5FE-E3C5-11EB-BBF2-005056921CC4352.jpg"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F8ED414-647B-11EA-BBCE-005056921CC4353.jpg"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A710052-2693-11EB-BBDD-005056921CC4354.jpg"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA1FB89E-21B3-11EE-BC0D-005056921CC4355.jpg"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC0A90F9-21B3-11EE-BC0D-005056921CC4356.jpg"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D60C0F80-21B3-11EE-BC0D-005056921CC4357.jpg"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC0A9059-21B3-11EE-BC0D-005056921CC4358.jpg"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DDFACA61-5CB3-11EE-BC0E-005056921CC4359.jpg"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA098335-21B3-11EE-BC0D-005056921CC4360.jpg"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CD7B48D-5A44-11EA-BBCE-005056921CC4361.jpg"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/978B6799-5268-11EA-BBCE-005056921CC4362.jpg"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F8ED415-647B-11EA-BBCE-005056921CC4363.jpg"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50FF913A-EA56-11EB-BBF2-005056921CC4364.jpg"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CBDF9D82-E16C-11EA-BBD9-005056921CC4365.jpg"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AB40E249-509F-11EC-BBF6-005056921CC4366.jpg"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A452DD1-294D-11EC-BBF4-005056921CC4367.jpg"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC0A95F9-21B3-11EE-BC0D-005056921CC4368.jpg"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC0A9559-21B3-11EE-BC0D-005056921CC4369.jpg"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E21BDB39-21B3-11EE-BC0D-005056921CC4370.jpg"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F419E362-21B3-11EE-BC0D-005056921CC4371.jpg"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F419E402-21B3-11EE-BC0D-005056921CC4372.jpg"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF9AEF73-294C-11EC-BBF4-005056921CC4373.jpg"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE2213D3-21B3-11EE-BC0D-005056921CC4374.jpg"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5A33762-294C-11EC-BBF4-005056921CC4375.jpg"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5A33763-294C-11EC-BBF4-005056921CC4376.jpg"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF9AEF72-294C-11EC-BBF4-005056921CC4377.jpg"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/221E3F38-21B9-11EE-BC0D-005056921CC4378.jpg"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90A5F507-FAD2-11EF-BC57-00505692E049379.jpg"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90A5F865-FAD2-11EF-BC57-00505692E049380.jpg"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/221E4078-21B9-11EE-BC0D-005056921CC4381.jpg"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/281D1041-21B9-11EE-BC0D-005056921CC4382.jpg"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E168FD6-21B9-11EE-BC0D-005056921CC4383.jpg"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96A10C5F-FAD2-11EF-BC57-00505692E049384.jpg"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/281D1181-21B9-11EE-BC0D-005056921CC4385.jpg"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/281D12C1-21B9-11EE-BC0D-005056921CC4386.jpg"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/221E3FD8-21B9-11EE-BC0D-005056921CC4387.jpg"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E168CB6-21B9-11EE-BC0D-005056921CC4388.jpg"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96A10F51-FAD2-11EF-BC57-00505692E049389.jpg"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/281D14A1-21B9-11EE-BC0D-005056921CC4390.jpg"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E168D56-21B9-11EE-BC0D-005056921CC4391.jpg"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E169076-21B9-11EE-BC0D-005056921CC4392.jpg"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/221E3E98-21B9-11EE-BC0D-005056921CC4393.jpg"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/281D1361-21B9-11EE-BC0D-005056921CC4394.jpg"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54EBD3DE-252C-11ED-BBFC-005056921CC4395.jpg"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CA1EDA7-DC9C-11ED-BC07-005056921CC4396.jpg"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CA1ECE3-DC9C-11ED-BC07-005056921CC4397.jpg"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CA1F125-DC9C-11ED-BC07-005056921CC4398.jpg"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CA1EE59-DC9C-11ED-BC07-005056921CC4399.jpg"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CA1EFAD-DC9C-11ED-BC07-005056921CC4400.jpg"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7BE4FCCF-E44E-11ED-BC09-005056921CC4401.jpg"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6518E63E-E9AC-11ED-BC09-005056921CC4402.jpg"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04D2DA57-FB2F-11ED-BC09-005056921CC4403.jpg"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0AE64756-FB2F-11ED-BC09-005056921CC4404.jpg"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FECAE88C-FB2E-11ED-BC09-005056921CC4405.jpg"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04D2D9A5-FB2F-11ED-BC09-005056921CC4406.jpg"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/114C53C6-053D-11EE-BC09-005056921CC4407.jpg"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/114C5082-053D-11EE-BC09-005056921CC4408.jpg"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/114C51C2-053D-11EE-BC09-005056921CC4409.jpg"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/114C5122-053D-11EE-BC09-005056921CC4410.jpg"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B60BD67E-0AA8-11EE-BC09-005056921CC4411.jpg"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/929ACE3B-2C93-11EE-BC0D-005056921CC4412.jpg"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41C04364-DCD2-11EE-BC3E-0050569297EB413.jpg"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1932C0F4-C510-11EE-BC41-00505692492F414.jpg"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDD97222-77E9-11EE-BC0F-005056921CC4415.jpg"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDD972F8-77E9-11EE-BC0F-005056921CC4416.jpg"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/064BC0E6-83CC-11EE-BC11-005056921CC4417.jpg"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/064BC186-83CC-11EE-BC11-005056921CC4418.jpg"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE1BA47D-5F02-11EE-BC0E-005056921CC4419.jpg"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A88CFB81-AEC8-11EE-BC40-00505692492F420.jpg"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A88CFACF-AEC8-11EE-BC40-00505692492F421.jpg"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A88CF9DB-AEC8-11EE-BC40-00505692492F422.jpg"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A2867314-AEC8-11EE-BC40-00505692492F423.jpg"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A88CF8C0-AEC8-11EE-BC40-00505692492F424.jpg"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/193C4C03-AFD1-11EE-BC40-00505692492F425.jpg"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A18CC40-300C-11EF-BC4B-00505692C447426.jpg"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A18CCE0-300C-11EF-BC4B-00505692C447427.jpg"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECB541DE-4254-11E8-A155-00259035BB67428.jpg"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECB541DF-4254-11E8-A155-00259035BB67429.jpg"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D58C66F5-00EB-11EF-BC46-00505692C447430.jpg"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/083159CA-814D-11E9-BBBA-005056921CC4431.jpg"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/755F702E-933E-11E9-BBBB-005056921CC4432.gif"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8025FBF5-933E-11E9-BBBB-005056921CC4433.gif"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A991455-933E-11E9-BBBB-005056921CC4434.gif"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B85E736F-12C1-11EA-BBC6-005056921CC4435.gif"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A75DE7F9-933E-11E9-BBBB-005056921CC4436.gif"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1AAD70E-933E-11E9-BBBB-005056921CC4437.gif"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBF56427-933E-11E9-BBBB-005056921CC4438.gif"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFC5FD19-1BDB-11EA-BBC6-005056921CC4439.jpg"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0AFCE31D-21BC-11EE-BC0D-005056921CC4440.jpg"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF352DAA-2666-11EA-BBCA-005056921CC4441.jpg"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0AFCE27D-21BC-11EE-BC0D-005056921CC4442.jpg"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B147752C-509F-11EC-BBF6-005056921CC4443.jpg"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0AFCE4FD-21BC-11EE-BC0D-005056921CC4444.jpg"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28D71ACB-21BF-11EE-BC0D-005056921CC4445.jpg"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/469F7C91-05D8-11EE-BC09-005056921CC4446.jpg"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0AFCE45D-21BC-11EE-BC0D-005056921CC4447.jpg"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04DD6A0A-21BC-11EE-BC0D-005056921CC4448.jpg"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0AFCE1DD-21BC-11EE-BC0D-005056921CC4449.jpg"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0AFCE3BD-21BC-11EE-BC0D-005056921CC4450.jpg"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2B2D881-21BB-11EE-BC0D-005056921CC4451.jpg"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6DF26D11-E4BC-11EB-BBF2-005056921CC4452.jpg"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2B2D921-21BB-11EE-BC0D-005056921CC4453.jpg"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE1BA8AA-5F02-11EE-BC0E-005056921CC4454.jpg"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A955ABC5-8147-11E9-BBBA-005056921CC4455.jpg"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A345195-4251-11E8-A155-00259035BB67456.jpg"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A345196-4251-11E8-A155-00259035BB67457.jpg"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF983E95-5A5C-11EF-BC57-00505692E049458.jpg"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC83D973-63B6-11EF-BC4D-00505692C447459.jpg"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC83D7A3-63B6-11EF-BC4D-00505692C447460.jpg"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC83D6BB-63B6-11EF-BC4D-00505692C447461.jpg"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC83D5D3-63B6-11EF-BC4D-00505692C447462.jpg"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC83D88B-63B6-11EF-BC4D-00505692C447463.jpg"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6571B66-63B6-11EF-BC4D-00505692C447464.jpg"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6571C72-63B6-11EF-BC4D-00505692C447465.jpg"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C51BADC8-EAEE-11EF-BC4E-00505692C447466.jpg"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C4F546C-CF50-11EF-BC46-0050569297EB467.jpg"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4AA0AEF4-810E-11EF-BC4D-00505692C447468.jpg"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DCAFAEB-81B8-11EF-BC4D-00505692C447469.jpg"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4AA0ADA0-810E-11EF-BC4D-00505692C447470.jpg"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3A18E3F-8DD6-11F0-BC57-00505692E2D0471.jpg"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6320179-8DD6-11F0-BC57-00505692E2D0472.jpg"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D293D31-5CD3-11F0-BC49-0050569297EB473.jpg"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/228D2D95-6895-11F0-BC54-00505692C447474.jpg"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/228D2C77-6895-11F0-BC54-00505692C447475.jpg"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C4F5B61-CF50-11EF-BC46-0050569297EB476.jpg"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C4F5A1F-CF50-11EF-BC46-0050569297EB477.jpg"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F88E5CE1-BA55-11F0-BC5A-00505692E2D0478.jpg"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A12F581-C7F0-11F0-BC5A-00505692E2D0479.jpg"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C58E308-C7F0-11F0-BC5A-00505692E2D0480.jpg"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D688F65-C7F0-11F0-BC5A-00505692E2D0481.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -6547,14283 +6685,14313 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>6</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>7</xdr:row>
+      <xdr:row>9</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>8</xdr:row>
+      <xdr:row>10</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>9</xdr:row>
+      <xdr:row>11</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>12</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>11</xdr:row>
+      <xdr:row>13</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>12</xdr:row>
+      <xdr:row>14</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>13</xdr:row>
+      <xdr:row>15</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>14</xdr:row>
+      <xdr:row>16</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>15</xdr:row>
+      <xdr:row>17</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>16</xdr:row>
+      <xdr:row>18</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>17</xdr:row>
+      <xdr:row>19</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>18</xdr:row>
+      <xdr:row>20</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="18" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>19</xdr:row>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>20</xdr:row>
+      <xdr:row>22</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="20" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>21</xdr:row>
+      <xdr:row>23</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="21" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>22</xdr:row>
+      <xdr:row>24</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="22" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>23</xdr:row>
+      <xdr:row>25</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="23" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>24</xdr:row>
+      <xdr:row>26</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="24" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>25</xdr:row>
+      <xdr:row>27</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="25" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>26</xdr:row>
+      <xdr:row>28</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="26" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>29</xdr:row>
+      <xdr:row>31</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="27" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>30</xdr:row>
+      <xdr:row>32</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="28" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>31</xdr:row>
+      <xdr:row>33</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="29" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>32</xdr:row>
+      <xdr:row>34</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="30" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>33</xdr:row>
+      <xdr:row>35</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="31" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>34</xdr:row>
+      <xdr:row>36</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="32" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>35</xdr:row>
+      <xdr:row>37</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="33" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>36</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="34" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>37</xdr:row>
+      <xdr:row>39</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="35" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>38</xdr:row>
+      <xdr:row>40</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="36" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>41</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="37" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>40</xdr:row>
+      <xdr:row>42</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="38" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>41</xdr:row>
+      <xdr:row>43</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="39" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>42</xdr:row>
+      <xdr:row>44</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="40" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>43</xdr:row>
+      <xdr:row>45</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="41" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>44</xdr:row>
+      <xdr:row>46</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="42" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>45</xdr:row>
+      <xdr:row>47</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="43" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>46</xdr:row>
+      <xdr:row>48</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="44" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>47</xdr:row>
+      <xdr:row>49</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="45" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>48</xdr:row>
+      <xdr:row>50</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="46" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>49</xdr:row>
+      <xdr:row>51</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="47" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>50</xdr:row>
+      <xdr:row>52</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="48" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>51</xdr:row>
+      <xdr:row>53</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="49" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>52</xdr:row>
+      <xdr:row>54</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="50" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>53</xdr:row>
+      <xdr:row>55</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="51" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>54</xdr:row>
+      <xdr:row>56</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="52" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>55</xdr:row>
+      <xdr:row>57</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="53" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>56</xdr:row>
+      <xdr:row>58</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="54" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>57</xdr:row>
+      <xdr:row>59</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="55" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>58</xdr:row>
+      <xdr:row>60</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="56" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>59</xdr:row>
+      <xdr:row>61</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="57" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>60</xdr:row>
+      <xdr:row>62</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="58" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>61</xdr:row>
+      <xdr:row>63</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="59" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>62</xdr:row>
+      <xdr:row>64</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="60" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>63</xdr:row>
+      <xdr:row>65</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="61" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>64</xdr:row>
+      <xdr:row>66</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="62" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>65</xdr:row>
+      <xdr:row>67</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="63" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>66</xdr:row>
+      <xdr:row>68</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="64" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>67</xdr:row>
+      <xdr:row>69</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="65" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>68</xdr:row>
+      <xdr:row>70</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="66" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>69</xdr:row>
+      <xdr:row>71</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="67" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>70</xdr:row>
+      <xdr:row>72</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="68" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>71</xdr:row>
+      <xdr:row>73</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="69" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>72</xdr:row>
+      <xdr:row>74</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="70" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>73</xdr:row>
+      <xdr:row>75</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="71" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>74</xdr:row>
+      <xdr:row>76</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="72" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>75</xdr:row>
+      <xdr:row>77</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="73" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>76</xdr:row>
+      <xdr:row>78</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="74" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>77</xdr:row>
+      <xdr:row>79</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="75" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>78</xdr:row>
+      <xdr:row>80</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="76" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>79</xdr:row>
+      <xdr:row>81</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="77" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>80</xdr:row>
+      <xdr:row>82</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="78" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>81</xdr:row>
+      <xdr:row>83</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="79" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>82</xdr:row>
+      <xdr:row>84</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="80" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>83</xdr:row>
+      <xdr:row>85</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="81" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId81"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>84</xdr:row>
+      <xdr:row>86</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="82" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId82"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>85</xdr:row>
+      <xdr:row>87</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="83" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId83"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>86</xdr:row>
+      <xdr:row>88</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="84" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId84"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>87</xdr:row>
+      <xdr:row>89</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="85" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId85"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>88</xdr:row>
+      <xdr:row>90</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="86" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId86"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>89</xdr:row>
+      <xdr:row>91</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="87" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId87"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>90</xdr:row>
+      <xdr:row>92</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="88" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId88"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>91</xdr:row>
+      <xdr:row>93</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="89" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId89"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>92</xdr:row>
+      <xdr:row>94</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="90" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId90"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>93</xdr:row>
+      <xdr:row>95</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="91" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId91"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>94</xdr:row>
+      <xdr:row>96</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="92" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId92"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>95</xdr:row>
+      <xdr:row>97</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="93" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId93"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>96</xdr:row>
+      <xdr:row>98</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="94" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId94"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>97</xdr:row>
+      <xdr:row>99</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="95" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId95"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>98</xdr:row>
+      <xdr:row>100</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="96" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId96"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>99</xdr:row>
+      <xdr:row>101</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="97" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId97"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>100</xdr:row>
+      <xdr:row>102</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="98" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId98"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>101</xdr:row>
+      <xdr:row>103</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="99" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId99"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>102</xdr:row>
+      <xdr:row>104</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="100" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId100"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>103</xdr:row>
+      <xdr:row>105</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="101" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId101"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>104</xdr:row>
+      <xdr:row>106</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="102" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId102"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>105</xdr:row>
+      <xdr:row>107</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="103" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId103"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>106</xdr:row>
+      <xdr:row>108</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="104" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId104"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>107</xdr:row>
+      <xdr:row>109</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="105" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId105"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>108</xdr:row>
+      <xdr:row>110</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="106" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId106"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>109</xdr:row>
+      <xdr:row>111</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="107" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId107"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>110</xdr:row>
+      <xdr:row>112</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="108" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId108"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>111</xdr:row>
+      <xdr:row>113</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="109" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId109"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>112</xdr:row>
+      <xdr:row>114</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="110" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId110"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>113</xdr:row>
+      <xdr:row>115</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="111" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId111"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>114</xdr:row>
+      <xdr:row>116</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="112" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId112"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>115</xdr:row>
+      <xdr:row>117</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="113" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId113"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>116</xdr:row>
+      <xdr:row>118</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="114" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId114"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>117</xdr:row>
+      <xdr:row>119</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="115" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId115"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>118</xdr:row>
+      <xdr:row>120</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="116" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId116"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>119</xdr:row>
+      <xdr:row>121</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="117" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId117"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>120</xdr:row>
+      <xdr:row>122</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="118" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId118"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>121</xdr:row>
+      <xdr:row>123</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="119" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId119"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>122</xdr:row>
+      <xdr:row>124</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="120" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId120"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>123</xdr:row>
+      <xdr:row>125</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="121" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId121"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>124</xdr:row>
+      <xdr:row>126</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="122" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId122"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>125</xdr:row>
+      <xdr:row>127</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="123" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId123"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>126</xdr:row>
+      <xdr:row>128</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="124" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId124"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>127</xdr:row>
+      <xdr:row>129</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="125" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId125"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>128</xdr:row>
+      <xdr:row>130</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="126" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId126"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>129</xdr:row>
+      <xdr:row>131</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="127" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId127"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>130</xdr:row>
+      <xdr:row>132</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="128" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId128"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>131</xdr:row>
+      <xdr:row>133</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="129" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId129"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>132</xdr:row>
+      <xdr:row>134</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="130" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId130"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>133</xdr:row>
+      <xdr:row>135</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="131" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId131"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>134</xdr:row>
+      <xdr:row>136</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="132" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId132"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>135</xdr:row>
+      <xdr:row>137</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="133" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId133"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>136</xdr:row>
+      <xdr:row>138</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="134" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId134"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>137</xdr:row>
+      <xdr:row>139</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="135" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId135"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>138</xdr:row>
+      <xdr:row>140</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="136" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId136"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>139</xdr:row>
+      <xdr:row>144</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="137" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId137"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>143</xdr:row>
+      <xdr:row>145</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="138" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId138"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>144</xdr:row>
+      <xdr:row>146</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="139" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId139"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>145</xdr:row>
+      <xdr:row>147</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="140" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId140"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>146</xdr:row>
+      <xdr:row>148</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="141" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId141"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>147</xdr:row>
+      <xdr:row>149</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="142" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId142"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>148</xdr:row>
+      <xdr:row>150</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="143" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId143"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>149</xdr:row>
+      <xdr:row>151</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="144" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId144"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>150</xdr:row>
+      <xdr:row>152</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="145" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId145"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>151</xdr:row>
+      <xdr:row>153</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="146" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId146"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>152</xdr:row>
+      <xdr:row>154</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="147" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId147"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>153</xdr:row>
+      <xdr:row>155</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="148" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId148"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>154</xdr:row>
+      <xdr:row>156</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="149" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId149"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>155</xdr:row>
+      <xdr:row>157</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="150" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId150"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>156</xdr:row>
+      <xdr:row>158</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="151" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId151"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>157</xdr:row>
+      <xdr:row>159</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="152" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId152"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>158</xdr:row>
+      <xdr:row>160</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="153" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId153"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>159</xdr:row>
+      <xdr:row>161</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="154" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId154"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>160</xdr:row>
+      <xdr:row>162</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="155" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId155"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>161</xdr:row>
+      <xdr:row>163</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="156" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId156"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>162</xdr:row>
+      <xdr:row>164</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="157" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId157"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>163</xdr:row>
+      <xdr:row>165</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="158" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId158"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>164</xdr:row>
+      <xdr:row>166</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="159" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId159"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>165</xdr:row>
+      <xdr:row>167</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="160" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId160"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>166</xdr:row>
+      <xdr:row>168</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="161" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId161"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>167</xdr:row>
+      <xdr:row>169</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="162" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId162"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>168</xdr:row>
+      <xdr:row>170</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="163" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId163"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>169</xdr:row>
+      <xdr:row>171</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="164" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId164"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>170</xdr:row>
+      <xdr:row>172</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="165" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId165"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>171</xdr:row>
+      <xdr:row>173</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="166" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId166"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>172</xdr:row>
+      <xdr:row>174</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="167" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId167"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>173</xdr:row>
+      <xdr:row>175</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="168" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId168"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>174</xdr:row>
+      <xdr:row>176</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="169" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId169"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>175</xdr:row>
+      <xdr:row>177</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="170" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId170"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>176</xdr:row>
+      <xdr:row>178</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="171" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId171"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>177</xdr:row>
+      <xdr:row>179</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="172" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId172"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>178</xdr:row>
+      <xdr:row>180</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="173" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId173"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>179</xdr:row>
+      <xdr:row>181</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="174" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId174"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>180</xdr:row>
+      <xdr:row>182</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="175" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId175"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>181</xdr:row>
+      <xdr:row>183</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="176" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId176"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>182</xdr:row>
+      <xdr:row>184</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="177" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId177"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>183</xdr:row>
+      <xdr:row>185</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="178" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId178"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>184</xdr:row>
+      <xdr:row>186</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="179" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId179"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>185</xdr:row>
+      <xdr:row>187</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="180" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId180"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>186</xdr:row>
+      <xdr:row>188</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="181" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId181"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>187</xdr:row>
+      <xdr:row>189</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="182" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId182"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>188</xdr:row>
+      <xdr:row>190</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="183" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId183"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>189</xdr:row>
+      <xdr:row>191</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="184" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId184"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>190</xdr:row>
+      <xdr:row>192</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="185" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId185"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>191</xdr:row>
+      <xdr:row>193</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="186" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId186"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>192</xdr:row>
+      <xdr:row>194</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="187" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId187"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>193</xdr:row>
+      <xdr:row>195</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="188" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId188"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>194</xdr:row>
+      <xdr:row>196</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="189" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId189"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>195</xdr:row>
+      <xdr:row>197</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="190" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId190"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>196</xdr:row>
+      <xdr:row>198</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="191" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId191"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>197</xdr:row>
+      <xdr:row>199</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="192" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId192"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>198</xdr:row>
+      <xdr:row>200</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="193" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId193"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>199</xdr:row>
+      <xdr:row>201</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="194" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId194"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>200</xdr:row>
+      <xdr:row>202</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="195" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId195"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>201</xdr:row>
+      <xdr:row>203</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="196" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId196"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>202</xdr:row>
+      <xdr:row>204</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="197" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId197"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>203</xdr:row>
+      <xdr:row>205</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="198" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId198"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>204</xdr:row>
+      <xdr:row>206</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="199" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId199"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>205</xdr:row>
+      <xdr:row>207</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="200" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId200"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>206</xdr:row>
+      <xdr:row>208</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="201" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId201"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>207</xdr:row>
+      <xdr:row>209</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="202" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId202"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>208</xdr:row>
+      <xdr:row>210</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="203" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId203"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>209</xdr:row>
+      <xdr:row>211</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="204" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId204"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>210</xdr:row>
+      <xdr:row>212</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="205" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId205"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>211</xdr:row>
+      <xdr:row>213</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="206" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId206"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>212</xdr:row>
+      <xdr:row>214</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="207" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId207"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>213</xdr:row>
+      <xdr:row>215</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="208" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId208"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>214</xdr:row>
+      <xdr:row>216</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="209" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId209"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>215</xdr:row>
+      <xdr:row>217</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="210" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId210"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>216</xdr:row>
+      <xdr:row>218</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="211" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId211"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>217</xdr:row>
+      <xdr:row>219</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="212" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId212"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>218</xdr:row>
+      <xdr:row>220</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="213" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId213"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>219</xdr:row>
+      <xdr:row>221</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="214" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId214"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>220</xdr:row>
+      <xdr:row>222</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="215" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId215"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>221</xdr:row>
+      <xdr:row>223</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="216" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId216"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>222</xdr:row>
+      <xdr:row>224</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="217" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId217"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>223</xdr:row>
+      <xdr:row>225</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="218" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId218"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>224</xdr:row>
+      <xdr:row>226</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="219" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId219"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>225</xdr:row>
+      <xdr:row>227</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="220" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId220"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>226</xdr:row>
+      <xdr:row>228</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="221" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId221"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>227</xdr:row>
+      <xdr:row>229</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="222" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId222"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>228</xdr:row>
+      <xdr:row>230</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="223" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId223"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>229</xdr:row>
+      <xdr:row>231</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="224" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId224"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>230</xdr:row>
+      <xdr:row>232</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="225" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId225"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>231</xdr:row>
+      <xdr:row>233</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="226" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId226"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>232</xdr:row>
+      <xdr:row>234</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="227" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId227"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>233</xdr:row>
+      <xdr:row>235</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="228" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId228"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>234</xdr:row>
+      <xdr:row>236</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="229" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId229"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>235</xdr:row>
+      <xdr:row>237</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="230" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId230"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>236</xdr:row>
+      <xdr:row>238</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="231" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId231"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>237</xdr:row>
+      <xdr:row>239</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="232" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId232"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>238</xdr:row>
+      <xdr:row>240</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="233" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId233"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>239</xdr:row>
+      <xdr:row>241</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="234" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId234"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>240</xdr:row>
+      <xdr:row>242</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="235" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId235"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>241</xdr:row>
+      <xdr:row>243</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="236" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId236"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>242</xdr:row>
+      <xdr:row>244</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="237" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId237"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>243</xdr:row>
+      <xdr:row>245</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="238" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId238"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>244</xdr:row>
+      <xdr:row>246</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="239" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId239"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>245</xdr:row>
+      <xdr:row>247</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="240" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId240"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>246</xdr:row>
+      <xdr:row>248</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="241" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId241"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>247</xdr:row>
+      <xdr:row>249</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="242" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId242"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>248</xdr:row>
+      <xdr:row>250</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="243" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId243"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>249</xdr:row>
+      <xdr:row>251</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="244" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId244"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>250</xdr:row>
+      <xdr:row>252</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="245" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId245"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>251</xdr:row>
+      <xdr:row>253</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="246" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId246"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>252</xdr:row>
+      <xdr:row>254</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="247" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId247"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>253</xdr:row>
+      <xdr:row>255</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="248" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId248"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>254</xdr:row>
+      <xdr:row>256</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="249" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId249"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>255</xdr:row>
+      <xdr:row>257</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="250" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId250"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>256</xdr:row>
+      <xdr:row>258</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="251" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId251"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>257</xdr:row>
+      <xdr:row>259</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="252" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId252"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>258</xdr:row>
+      <xdr:row>260</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="253" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId253"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>259</xdr:row>
+      <xdr:row>261</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="254" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId254"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>260</xdr:row>
+      <xdr:row>262</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="255" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId255"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>261</xdr:row>
+      <xdr:row>263</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="256" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId256"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>262</xdr:row>
+      <xdr:row>264</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="257" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId257"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>263</xdr:row>
+      <xdr:row>266</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="258" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId258"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>264</xdr:row>
+      <xdr:row>268</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="259" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId259"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>265</xdr:row>
+      <xdr:row>269</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="260" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId260"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>267</xdr:row>
+      <xdr:row>270</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="261" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId261"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>269</xdr:row>
+      <xdr:row>271</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="262" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId262"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>270</xdr:row>
+      <xdr:row>272</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="263" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId263"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>271</xdr:row>
+      <xdr:row>273</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="264" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId264"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>272</xdr:row>
+      <xdr:row>274</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="265" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId265"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>273</xdr:row>
+      <xdr:row>275</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="266" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId266"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>274</xdr:row>
+      <xdr:row>276</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="267" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId267"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>275</xdr:row>
+      <xdr:row>277</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="268" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId268"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>276</xdr:row>
+      <xdr:row>278</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="269" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId269"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>277</xdr:row>
+      <xdr:row>279</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="270" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId270"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>278</xdr:row>
+      <xdr:row>280</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="271" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId271"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>279</xdr:row>
+      <xdr:row>281</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="272" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId272"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>280</xdr:row>
+      <xdr:row>282</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="273" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId273"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>281</xdr:row>
+      <xdr:row>283</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="274" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId274"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>282</xdr:row>
+      <xdr:row>284</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="275" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId275"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>283</xdr:row>
+      <xdr:row>285</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="276" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId276"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>284</xdr:row>
+      <xdr:row>286</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="277" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId277"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>285</xdr:row>
+      <xdr:row>287</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="278" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId278"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>286</xdr:row>
+      <xdr:row>288</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="279" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId279"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>287</xdr:row>
+      <xdr:row>289</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="280" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId280"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>288</xdr:row>
+      <xdr:row>290</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="281" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId281"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>289</xdr:row>
+      <xdr:row>292</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="282" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId282"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>290</xdr:row>
+      <xdr:row>293</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="283" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId283"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>291</xdr:row>
+      <xdr:row>294</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="284" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId284"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>293</xdr:row>
+      <xdr:row>295</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="285" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId285"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>294</xdr:row>
+      <xdr:row>296</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="286" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId286"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>295</xdr:row>
+      <xdr:row>297</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="287" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId287"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>296</xdr:row>
+      <xdr:row>298</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="288" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId288"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>297</xdr:row>
+      <xdr:row>299</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="289" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId289"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>298</xdr:row>
+      <xdr:row>300</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="290" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId290"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>299</xdr:row>
+      <xdr:row>302</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="291" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId291"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>300</xdr:row>
+      <xdr:row>303</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="292" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId292"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>301</xdr:row>
+      <xdr:row>310</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="293" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId293"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>303</xdr:row>
+      <xdr:row>311</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="294" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId294"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>304</xdr:row>
+      <xdr:row>312</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="295" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId295"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>311</xdr:row>
+      <xdr:row>313</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="296" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId296"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>312</xdr:row>
+      <xdr:row>314</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="297" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId297"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>313</xdr:row>
+      <xdr:row>316</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="298" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId298"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>314</xdr:row>
+      <xdr:row>317</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="299" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId299"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>315</xdr:row>
+      <xdr:row>318</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="300" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId300"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>317</xdr:row>
+      <xdr:row>320</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="301" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId301"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>318</xdr:row>
+      <xdr:row>322</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="302" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId302"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>319</xdr:row>
+      <xdr:row>323</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="303" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId303"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>321</xdr:row>
+      <xdr:row>324</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="304" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId304"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>322</xdr:row>
+      <xdr:row>325</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="305" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId305"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>323</xdr:row>
+      <xdr:row>326</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="306" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId306"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>324</xdr:row>
+      <xdr:row>328</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="307" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId307"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>325</xdr:row>
+      <xdr:row>329</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="308" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId308"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>326</xdr:row>
+      <xdr:row>330</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="309" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId309"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>328</xdr:row>
+      <xdr:row>331</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="310" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId310"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>329</xdr:row>
+      <xdr:row>332</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="311" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId311"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>330</xdr:row>
+      <xdr:row>333</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="312" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId312"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>331</xdr:row>
+      <xdr:row>334</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="313" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId313"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>332</xdr:row>
+      <xdr:row>335</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="314" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId314"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>333</xdr:row>
+      <xdr:row>336</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="315" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId315"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>334</xdr:row>
+      <xdr:row>337</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="316" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId316"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>335</xdr:row>
+      <xdr:row>338</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="317" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId317"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>336</xdr:row>
+      <xdr:row>339</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="318" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId318"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>337</xdr:row>
+      <xdr:row>340</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="319" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId319"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>338</xdr:row>
+      <xdr:row>341</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="320" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId320"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>339</xdr:row>
+      <xdr:row>342</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="321" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId321"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>340</xdr:row>
+      <xdr:row>343</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="322" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId322"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>341</xdr:row>
+      <xdr:row>344</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="323" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId323"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>342</xdr:row>
+      <xdr:row>345</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="324" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId324"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>343</xdr:row>
+      <xdr:row>346</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="325" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId325"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>344</xdr:row>
+      <xdr:row>347</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="326" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId326"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>345</xdr:row>
+      <xdr:row>348</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="327" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId327"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>346</xdr:row>
+      <xdr:row>349</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="328" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId328"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>347</xdr:row>
+      <xdr:row>350</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="329" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId329"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>348</xdr:row>
+      <xdr:row>351</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="330" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId330"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>349</xdr:row>
+      <xdr:row>352</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="331" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId331"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>350</xdr:row>
+      <xdr:row>353</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="332" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId332"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>351</xdr:row>
+      <xdr:row>354</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="333" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId333"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>352</xdr:row>
+      <xdr:row>355</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="334" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId334"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>353</xdr:row>
+      <xdr:row>356</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="335" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId335"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>354</xdr:row>
+      <xdr:row>357</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="336" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId336"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>355</xdr:row>
+      <xdr:row>358</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="337" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId337"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>356</xdr:row>
+      <xdr:row>359</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="338" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId338"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>357</xdr:row>
+      <xdr:row>360</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="339" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId339"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>358</xdr:row>
+      <xdr:row>361</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="340" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId340"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>359</xdr:row>
+      <xdr:row>363</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="341" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId341"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>360</xdr:row>
+      <xdr:row>364</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="342" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId342"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>361</xdr:row>
+      <xdr:row>365</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="343" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId343"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>362</xdr:row>
+      <xdr:row>366</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="344" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId344"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>363</xdr:row>
+      <xdr:row>367</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="345" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId345"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>364</xdr:row>
+      <xdr:row>368</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="346" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId346"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>365</xdr:row>
+      <xdr:row>369</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="347" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId347"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>366</xdr:row>
+      <xdr:row>370</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="348" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId348"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>367</xdr:row>
+      <xdr:row>371</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="349" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId349"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>368</xdr:row>
+      <xdr:row>372</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="350" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId350"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>369</xdr:row>
+      <xdr:row>373</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="351" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId351"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>370</xdr:row>
+      <xdr:row>374</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="352" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId352"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>371</xdr:row>
+      <xdr:row>375</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="353" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId353"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>372</xdr:row>
+      <xdr:row>376</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="354" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId354"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>373</xdr:row>
+      <xdr:row>377</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="355" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId355"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>374</xdr:row>
+      <xdr:row>378</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="356" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId356"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>375</xdr:row>
+      <xdr:row>379</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="357" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId357"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>376</xdr:row>
+      <xdr:row>380</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="358" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId358"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>377</xdr:row>
+      <xdr:row>381</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="359" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId359"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>378</xdr:row>
+      <xdr:row>382</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="360" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId360"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>379</xdr:row>
+      <xdr:row>383</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="361" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId361"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>380</xdr:row>
+      <xdr:row>384</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="362" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId362"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>381</xdr:row>
+      <xdr:row>385</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="363" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId363"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>382</xdr:row>
+      <xdr:row>386</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="364" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId364"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>383</xdr:row>
+      <xdr:row>387</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="365" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId365"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>384</xdr:row>
+      <xdr:row>388</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="366" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId366"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>385</xdr:row>
+      <xdr:row>389</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="367" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId367"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>386</xdr:row>
+      <xdr:row>390</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="368" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId368"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>387</xdr:row>
+      <xdr:row>391</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="369" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId369"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>388</xdr:row>
+      <xdr:row>392</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="370" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId370"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>389</xdr:row>
+      <xdr:row>393</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="371" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId371"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>390</xdr:row>
+      <xdr:row>394</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="372" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId372"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>391</xdr:row>
+      <xdr:row>395</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="373" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId373"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>392</xdr:row>
+      <xdr:row>396</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="374" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId374"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>393</xdr:row>
+      <xdr:row>397</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="375" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId375"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>394</xdr:row>
+      <xdr:row>398</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="376" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId376"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>395</xdr:row>
+      <xdr:row>399</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="377" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId377"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>396</xdr:row>
+      <xdr:row>400</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="378" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId378"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>397</xdr:row>
+      <xdr:row>401</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="379" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId379"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>398</xdr:row>
+      <xdr:row>402</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="380" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId380"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>399</xdr:row>
+      <xdr:row>403</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="381" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId381"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>400</xdr:row>
+      <xdr:row>404</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="382" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId382"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>401</xdr:row>
+      <xdr:row>405</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="383" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId383"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>402</xdr:row>
+      <xdr:row>406</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="384" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId384"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>403</xdr:row>
+      <xdr:row>407</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="385" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId385"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>404</xdr:row>
+      <xdr:row>408</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="386" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId386"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>405</xdr:row>
+      <xdr:row>409</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="387" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId387"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>406</xdr:row>
+      <xdr:row>410</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="388" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId388"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>407</xdr:row>
+      <xdr:row>411</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="389" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId389"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>408</xdr:row>
+      <xdr:row>412</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="390" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId390"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>409</xdr:row>
+      <xdr:row>413</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="391" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId391"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>410</xdr:row>
+      <xdr:row>414</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="392" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId392"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>411</xdr:row>
+      <xdr:row>415</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="393" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId393"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>412</xdr:row>
+      <xdr:row>416</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="394" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId394"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>413</xdr:row>
+      <xdr:row>417</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="395" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId395"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>414</xdr:row>
+      <xdr:row>418</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="396" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId396"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>415</xdr:row>
+      <xdr:row>419</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="397" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId397"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>416</xdr:row>
+      <xdr:row>420</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="398" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId398"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>417</xdr:row>
+      <xdr:row>421</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="399" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId399"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>418</xdr:row>
+      <xdr:row>422</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="400" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId400"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>419</xdr:row>
+      <xdr:row>423</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="401" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId401"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>420</xdr:row>
+      <xdr:row>424</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="402" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId402"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>421</xdr:row>
+      <xdr:row>425</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="403" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId403"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>422</xdr:row>
+      <xdr:row>426</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="404" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId404"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>423</xdr:row>
+      <xdr:row>427</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="405" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId405"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>424</xdr:row>
+      <xdr:row>428</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="406" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId406"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>425</xdr:row>
+      <xdr:row>429</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="407" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId407"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>426</xdr:row>
+      <xdr:row>430</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="408" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId408"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>427</xdr:row>
+      <xdr:row>431</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="409" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId409"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>428</xdr:row>
+      <xdr:row>432</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="410" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId410"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>429</xdr:row>
+      <xdr:row>433</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="411" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId411"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>430</xdr:row>
+      <xdr:row>434</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="412" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId412"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>431</xdr:row>
+      <xdr:row>435</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="413" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId413"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>432</xdr:row>
+      <xdr:row>436</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="414" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId414"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>433</xdr:row>
+      <xdr:row>437</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="415" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId415"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>434</xdr:row>
+      <xdr:row>438</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="416" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId416"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>435</xdr:row>
+      <xdr:row>439</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="417" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId417"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>436</xdr:row>
+      <xdr:row>440</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="418" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId418"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>437</xdr:row>
+      <xdr:row>441</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="419" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId419"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>438</xdr:row>
+      <xdr:row>442</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="420" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId420"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>439</xdr:row>
+      <xdr:row>443</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="421" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId421"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>440</xdr:row>
+      <xdr:row>444</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="422" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId422"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>441</xdr:row>
+      <xdr:row>445</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="423" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId423"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>442</xdr:row>
+      <xdr:row>446</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="424" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId424"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>443</xdr:row>
+      <xdr:row>447</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="425" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId425"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>444</xdr:row>
+      <xdr:row>448</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="426" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId426"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>445</xdr:row>
+      <xdr:row>449</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="427" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId427"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>446</xdr:row>
+      <xdr:row>450</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="428" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId428"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>447</xdr:row>
+      <xdr:row>451</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="429" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId429"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>448</xdr:row>
+      <xdr:row>452</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="430" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId430"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>449</xdr:row>
+      <xdr:row>453</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="431" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId431"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>450</xdr:row>
+      <xdr:row>454</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="432" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId432"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>451</xdr:row>
+      <xdr:row>455</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="433" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId433"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>452</xdr:row>
+      <xdr:row>456</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="434" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId434"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>453</xdr:row>
+      <xdr:row>457</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="435" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId435"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>454</xdr:row>
+      <xdr:row>458</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="436" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId436"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>455</xdr:row>
+      <xdr:row>459</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="437" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId437"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>456</xdr:row>
+      <xdr:row>460</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="438" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId438"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>457</xdr:row>
+      <xdr:row>461</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="439" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId439"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>458</xdr:row>
+      <xdr:row>462</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="440" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId440"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>459</xdr:row>
+      <xdr:row>463</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="441" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId441"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>460</xdr:row>
+      <xdr:row>464</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="442" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId442"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>461</xdr:row>
+      <xdr:row>465</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="443" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId443"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>462</xdr:row>
+      <xdr:row>466</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="444" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId444"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>463</xdr:row>
+      <xdr:row>467</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="445" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId445"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>464</xdr:row>
+      <xdr:row>468</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="446" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId446"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>465</xdr:row>
+      <xdr:row>469</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="447" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId447"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>466</xdr:row>
+      <xdr:row>470</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="448" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId448"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>467</xdr:row>
+      <xdr:row>471</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="449" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId449"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>468</xdr:row>
+      <xdr:row>472</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="450" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId450"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>469</xdr:row>
+      <xdr:row>473</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="451" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId451"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>470</xdr:row>
+      <xdr:row>474</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="452" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId452"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>471</xdr:row>
+      <xdr:row>475</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="453" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId453"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>472</xdr:row>
+      <xdr:row>476</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="454" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId454"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>473</xdr:row>
+      <xdr:row>478</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="455" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId455"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>474</xdr:row>
+      <xdr:row>479</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="456" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId456"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>475</xdr:row>
+      <xdr:row>480</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="457" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId457"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>477</xdr:row>
+      <xdr:row>481</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="458" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId458"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>478</xdr:row>
+      <xdr:row>482</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="459" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId459"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>479</xdr:row>
+      <xdr:row>483</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="460" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId460"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>480</xdr:row>
+      <xdr:row>484</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="461" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId461"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>481</xdr:row>
+      <xdr:row>485</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="462" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId462"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>482</xdr:row>
+      <xdr:row>486</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="463" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId463"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>483</xdr:row>
+      <xdr:row>487</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="464" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId464"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>484</xdr:row>
+      <xdr:row>488</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="465" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId465"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>485</xdr:row>
+      <xdr:row>490</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="466" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId466"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>486</xdr:row>
+      <xdr:row>492</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="467" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId467"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>487</xdr:row>
+      <xdr:row>493</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="468" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId468"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>489</xdr:row>
+      <xdr:row>495</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="469" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId469"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>491</xdr:row>
+      <xdr:row>497</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="470" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId470"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>492</xdr:row>
+      <xdr:row>498</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="471" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId471"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>494</xdr:row>
+      <xdr:row>499</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="472" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId472"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>496</xdr:row>
+      <xdr:row>500</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="473" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId473"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>497</xdr:row>
+      <xdr:row>501</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="474" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId474"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>498</xdr:row>
+      <xdr:row>502</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="475" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId475"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>499</xdr:row>
+      <xdr:row>503</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="476" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId476"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>500</xdr:row>
+      <xdr:row>504</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="477" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId477"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>501</xdr:row>
+      <xdr:row>505</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="478" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId478"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>502</xdr:row>
+      <xdr:row>510</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="479" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId479"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>503</xdr:row>
+      <xdr:row>511</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="480" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId480"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>512</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="481" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId481"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -21082,62 +21250,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tuba-dlya-degustacii-matfer-02120512/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-d-sousa-steelite-03022022/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-aps-03022610/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bauscher-03031072/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bauscher-03031073/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-studio-raw-03033335/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03034607/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-aps-03035136/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-tognana-03035314/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-tognana-03035317/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kvadratnyy-bdk-03040101/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-arcoroc-03040102/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040106/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040107/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040109/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-arcoroc-03040110/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-arcoroc-03040111/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040113/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-podsvechnik-lux-03040118/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-podsvechnik-lux-03040119/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040122/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040123/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040124/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040125/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040126/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-tognana-03040127/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-soevyy-prohotel-03040128/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-prohotel-03040129/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-prohotel-03040130/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040131/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040132/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040133/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040139/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040141/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040142/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040143/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040144/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040145/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kvadratnyy-revol-03040146/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kuvshinchik-kunstwerk-03040148/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-carlisle-03040150/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-carlisle-03040151/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-carlisle-03040154/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-carlisle-03040155/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-prohotel-03040156/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040157/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-ovalnyy-arcoroc-03040158/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040159/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040160/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040161/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-carlisle-03040163/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-carlisle-03040164/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-d-sousa-i-masla-paderno-03040167/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-carlisle-03040170/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040171/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-chef-and-sommelier-03040172/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-chef-and-sommelier-03040173/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-chef-and-sommelier-03040174/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bauscher-03040175/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bauscher-03040176/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bauscher-03040177/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bauscher-03040178/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040179/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040182/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pasabahce-03040186/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bauscher-03040187/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kvadr-arcoroc-03040189/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-tognana-03040193/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-rosenthal-03040196/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-rosenthal-03040197/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-rosenthal-03040198/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-d-tarelki-28sm-rosenthal-03040199/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-lilien-austria-03040201/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-lilien-austria-03040202/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040203/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040204/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-lubiana-03040205/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040206/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-paderno-03040207/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040208/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040209/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040210/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040211/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040212/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-prohotel-03040213/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040214/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-g-benedikt-karlovy-vary-03040215/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040216/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-podsvechnik-lux-03040217/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-tognana-03040218/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-linden-03040219/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pasabahce-03040220/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bauscher-03040221/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040222/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-aps-03040223/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bauscher-03040228/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-g-benedikt-karlovy-vary-03040229/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-g-benedikt-karlovy-vary-03040230/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bauscher-03040234/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kvadratnyy-steelite-03040238/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040240/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bauscher-03040242/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-s-shipami-serax-03040243/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-utopia-03040244/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-utopia-03040245/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-utopia-03040246/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040247/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040248/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040249/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040251/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040252/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-aps-03040253/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-mak-03040254/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-mak-03040255/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-mak-03040256/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-mak-03040257/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pasabahce-03040258/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-aps-03040260/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-aps-03040261/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-serax-03040263/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-serax-03040264/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-lilien-austria-03040265/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-aps-03040266/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-aps-03040268/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040269/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-mak-03040272/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-mak-03040273/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-mak-03040275/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-mak-03040276/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-mak-03040277/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040278/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040279/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040280/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-genware-03040290/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-eternum-03040302/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-g-benedikt-karlovy-vary-03040303/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040304/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-aps-03040305/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-aps-03040306/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-03040309/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-03040310/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-03040311/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-tognana-03040318/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-tognana-03040319/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-lubiana-03040320/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-lubiana-03040321/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-lubiana-03040322/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-tognana-03040323/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040328/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040329/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040330/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040331/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040332/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040333/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040334/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040335/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-g-benedikt-karlovy-vary-03040336/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-g-benedikt-karlovy-vary-03040337/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pasabahce-03040338/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-03040339/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040343/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-butylka-s-krysh-kyoto-03040351/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-butylka-kyoto-03040353/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040354/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040358/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040359/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-lubiana-03040363/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-s-krysh-aps-03040364/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-prohotel-03040366/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-carlisle-03040369/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-carlisle-03040373/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-carlisle-03040375/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-carlisle-03040376/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pasabahce-03040378/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-carlisle-03040380/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-carlisle-03040381/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-butylka-kvadrats-kryshkoy-kunstwerk-03040382/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pryamoug-kunstwerk-03040383/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-butylka-kunstwerk-03040384/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pryamoug-kunstwerk-03040385/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-butylka-kunstwerk-03040386/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040387/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040388/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040389/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-carlisle-03040391/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-ilsa-03040394/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040395/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-butylka-kunstwerk-03040398/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040399/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-prohotel-03040407/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-prohotel-03040408/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-prohotel-03040409/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-dymov-03040410/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-dymov-03040411/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-s-ruchkoy-aps-03040412/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040413/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040414/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040502/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bauscher-03040503/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bauscher-03040504/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bauscher-03040505/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bauscher-03040506/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040508/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040509/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040510/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040513/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040537/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040551/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040553/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsousnik-kyoto-03040554/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsousnik-kyoto-03040555/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kyoto-03040558/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-lilien-austria-03040563/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kuvshinchik-kunstwerk-03040570/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040573/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-prohotel-03040574/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-prohotel-03040575/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040578/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040579/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040580/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040581/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040582/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040583/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pryamougolnyy-kunstwerk-03040585/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040586/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pryamougolnyy-kunstwerk-03040587/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040588/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040589/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040590/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-aps-03040601/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040607/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040608/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-ppwood-03040611/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-genware-03040615/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-sambonet-03040616/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pryamoug-tognana-03040617/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-oval-tognana-03040618/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-tognana-03040619/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-tognana-03040620/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040625/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040626/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040627/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040628/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040629/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040630/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040631/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040632/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040633/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040634/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040635/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040636/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040639/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040640/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-d-soevogo-sousa-borisovskaya-keramika-03040645/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040646/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-dobrushskiy-farforovyy-zavod-03040647/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040648/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040649/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040659/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040660/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pryamoug-kunstwerk-03040661/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040662/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040663/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-aertsnv-03040666/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-serax-03040668/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsousnik-kyoto-03040669/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040671/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040674/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040675/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040676/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040677/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040678/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040679/" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040680/" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040681/" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040682/" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podlivochnik-dulevo-03040701/" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-s-blyudcem-tognana-03040704/" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-salatnik-steelite-03040709/" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-salatnik-steelite-03040710/" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-salatnik-steelite-03040711/" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-salatnik-steelite-03040712/" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-salatnik-steelite-03040713/" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-salatnik-steelite-03040714/" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-nude-03040715/" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-salatnik-vidivi-03040716/" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040718/" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040726/" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03040727/" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040729/" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-prohotel-03040730/" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-vista-alegre-03040731/" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-lubiana-03040801/" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-clip-03040803/" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040805/" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040806/" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040808/" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040809/" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040810/" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03040813/" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-dobrushskiy-farforovyy-zavod-03040819/" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040821/" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-genware-03040822/" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-genware-03040823/" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040826/" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040827/" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040828/" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040829/" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040830/" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040831/" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040832/" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-luminarc-03040833/" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-luminarc-03040834/" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kvadr-steelite-03040836/" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pasabahce-03040838/" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-vista-alegre-03040839/" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-lubiana-03041001/" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-lubiana-03041002/" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03041003/" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsousnik-kyoto-03041006/" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-malyy-bost-03041008/" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bost-03041025/" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-lubiana-03041203/" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-lubiana-03041206/" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03041207/" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kutahya-03041208/" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-d-soevogo-sousa-borisovskaya-keramika-03041218/" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-prohotel-03041220/" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-prohotel-03041221/" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-prohotel-03041222/" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03041223/" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-fine-2-dine-03041224/" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-fine-2-dine-03041225/" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-fine-2-dine-03041226/" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-fine-2-dine-03041227/" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kuvshinchik-d-soevsousa-fine-2-dine-03041228/" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-fine-2-dine-03041229/" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-fine-2-dine-03041230/" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-fine-2-dine-03041232/" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bormioli-rocco-03041242/" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bormioli-rocco-03041243/" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bormioli-rocco-03041244/" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-rosenthal-03041245/" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03041246/" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03041247/" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pillivuyt-03041248/" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-le-coq-03041249/" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-le-coq-03041250/" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-le-coq-03041251/" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03041252/" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03041253/" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-arcoroc-03041254/" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03041261/" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03041262/" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-italo-ottinetti-03041263/" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-sousnikov-na-podstavke-prohotel-03041301/" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-sousnikov-tognana-03041305/" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-sousnikov-na-podstavke-prohotel-03041306/" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-sousnikov-na-podstavke-prohotel-03041307/" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-sousnikov-na-podstavke-s-lozhkami-bauscher-03041308/" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-sousnikov-na-podstavke-bost-03041309/" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-tognana-03041317/" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-rosenthal-03041321/" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03041323/" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03041324/" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03041325/" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pordamsa-03041328/" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pordamsa-03041329/" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pordamsa-03041331/" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pordamsa-03041332/" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pordamsa-03041333/" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pordamsa-03041334/" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pordamsa-03041337/" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pordamsa-03041338/" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pordamsa-03041339/" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-robert-gordon-03041341/" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-le-coq-03041342/" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-le-coq-03041343/" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-le-coq-03041344/" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-le-coq-03041345/" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041346/" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041347/" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pasabahce-03041348/" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-dobrushskiy-farforovyy-zavod-03041349/" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-rosenthal-03041350/" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bonna-03041353/" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-rosenthal-03041355/" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-sousnikov-cosy-and-trendy-03041357/" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041359/" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041360/" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041361/" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041362/" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041363/" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041364/" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041365/" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041366/" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041367/" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041368/" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041370/" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041371/" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041372/" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041373/" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041374/" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kutahya-03041377/" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041378/" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041379/" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041380/" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041381/" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041382/" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041383/" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041384/" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041387/" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kenai-03041388/" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-shayba-kenai-03041389/" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-studio-raw-03041396/" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-tognana-03041397/" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-aps-03041402/" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-aps-03041403/" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-aps-03041404/" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-aps-03041405/" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-aps-03041406/" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-aps-03041407/" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kyoto-03041408/" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-aps-03041409/" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-aps-03041410/" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-aps-03041411/" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-aps-03041412/" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-le-coq-03041415/" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-le-coq-03041416/" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-le-coq-03041417/" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-le-coq-03041418/" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-dymov-03041419/" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-aps-03041420/" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-prohotel-03041421/" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03041422/" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bashkirskii-farfor-03041423/" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bashkirskii-farfor-03041424/" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bashkirskii-farfor-03041426/" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bashkirskii-farfor-03041427/" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bashkirskii-farfor-03041428/" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-le-coq-03041433/" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-le-coq-03041434/" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-le-coq-03041435/" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-le-coq-03041436/" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-william-edwards-03041438/" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-william-edwards-03041439/" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-studio-raw-03041448/" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-studio-raw-03041449/" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kruzhka-prohotel-03141603/" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kruzhka-prohotel-03141604/" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03170611/" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slivochnik-borisovskaya-keramika-03175329/" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slivochnik-borisovskaya-keramika-03175332/" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slivochnik-borisovskaya-keramika-03175333/" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slivochnik-borisovskaya-keramika-03175334/" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slivochnik-borisovskaya-keramika-03175335/" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slivochnik-borisovskaya-keramika-03175336/" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slivochnik-borisovskaya-keramika-03175337/" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slivochnik-borisovskaya-keramika-03175338/" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slivochnik-kunstwerk-03175343/" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slivochnik-revol-03175346/" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slivochnik-kunstwerk-03175347/" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slivochnik-borisovskaya-keramika-03175350/" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slivochnik-rosenthal-03175351/" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slivochnik-kunstwerk-03175352/" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slivochnik-kunstwerk-03175353/" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slivochnik-dobrushskiy-farforovyy-zavod-03175354/" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slivochnik-borisovskaya-keramika-03175355/" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slivochnik-borisovskaya-keramika-03175356/" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slivochnik-borisovskaya-keramika-03175357/" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slivochnik-borisovskaya-keramika-03175358/" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kutahya-03175447/" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kutahya-03175448/" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kutahya-03175449/" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slivochnik-bashkirskii-farfor-03177165/" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnica-malaya-08090185/" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-09101237/" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-carlisle-09101828/" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-carlisle-09101829/" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bashkirskii-farfor-03041431/" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kulsan-03035320/" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kulsan-03041445/" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kulsan-03041442/" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kulsan-03041443/" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kulsan-03041440/" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kulsan-03041444/" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kulsan-03041441/" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pordamsa-03041446/" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03041450/" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bonna-03041460/" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bdk-03041425/" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041472/" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bonna-03041461/" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-studio-raw-03041447/" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bonna-03041462/" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041471/" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-03041454/" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-03041453/" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03041459/" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03041473/" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03041474/" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03041477/" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03041476/" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03041884/" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03041893/" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03041894/" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03041891/" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03041892/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tuba-dlya-degustacii-matfer-02120512/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-d-sousa-steelite-03022022/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-aps-03022610/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bauscher-03031072/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bauscher-03031073/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/salatnik-tognana-03032475/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-tognana-03032491/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-studio-raw-03033335/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03034607/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-aps-03035136/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-tognana-03035314/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-tognana-03035317/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kvadratnyy-bdk-03040101/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-arcoroc-03040102/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040106/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040107/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040109/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-arcoroc-03040110/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-arcoroc-03040111/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040113/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-podsvechnik-lux-03040118/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-podsvechnik-lux-03040119/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040122/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040123/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040124/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040125/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040126/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-tognana-03040127/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-soevyy-prohotel-03040128/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-prohotel-03040129/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-prohotel-03040130/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040131/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040132/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040133/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040139/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040141/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040142/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040143/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040144/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040145/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kvadratnyy-revol-03040146/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kuvshinchik-kunstwerk-03040148/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-carlisle-03040150/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-carlisle-03040151/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-carlisle-03040154/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-carlisle-03040155/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-prohotel-03040156/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040157/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-ovalnyy-arcoroc-03040158/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040159/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040160/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040161/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-carlisle-03040163/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-carlisle-03040164/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-d-sousa-i-masla-paderno-03040167/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-carlisle-03040170/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040171/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-chef-and-sommelier-03040172/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-chef-and-sommelier-03040173/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-chef-and-sommelier-03040174/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bauscher-03040175/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bauscher-03040176/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bauscher-03040177/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bauscher-03040178/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040179/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040182/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pasabahce-03040186/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bauscher-03040187/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kvadr-arcoroc-03040189/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-tognana-03040193/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-rosenthal-03040196/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-rosenthal-03040197/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-rosenthal-03040198/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-d-tarelki-28sm-rosenthal-03040199/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-lilien-austria-03040201/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-lilien-austria-03040202/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040203/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040204/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-lubiana-03040205/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040206/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-paderno-03040207/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040208/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040209/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040210/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040211/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040212/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-prohotel-03040213/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040214/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-g-benedikt-karlovy-vary-03040215/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040216/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-podsvechnik-lux-03040217/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-tognana-03040218/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-linden-03040219/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pasabahce-03040220/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bauscher-03040221/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040222/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-aps-03040223/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bauscher-03040228/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-g-benedikt-karlovy-vary-03040229/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-g-benedikt-karlovy-vary-03040230/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bauscher-03040234/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kvadratnyy-steelite-03040238/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040240/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kvadr-steelite-03040241/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bauscher-03040242/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-s-shipami-serax-03040243/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-utopia-03040244/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-utopia-03040245/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-utopia-03040246/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040247/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040248/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040249/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040251/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040252/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-aps-03040253/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-mak-03040254/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-mak-03040256/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-mak-03040257/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pasabahce-03040258/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-aps-03040260/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-aps-03040261/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-serax-03040263/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-serax-03040264/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-lilien-austria-03040265/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-aps-03040266/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-aps-03040268/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040269/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-mak-03040272/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-mak-03040273/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-mak-03040275/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-mak-03040276/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040278/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040279/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040280/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-genware-03040290/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-eternum-03040302/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-g-benedikt-karlovy-vary-03040303/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040304/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-aps-03040305/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-aps-03040306/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-03040309/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-03040310/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-03040311/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-tognana-03040318/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-tognana-03040319/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-lubiana-03040320/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-lubiana-03040321/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-lubiana-03040322/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-tognana-03040323/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040328/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040329/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040330/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040331/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040332/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040333/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040334/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040335/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-g-benedikt-karlovy-vary-03040336/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-g-benedikt-karlovy-vary-03040337/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-03040339/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040343/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-butylka-s-krysh-kyoto-03040351/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-butylka-kyoto-03040353/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040354/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040358/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040359/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-lubiana-03040363/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-s-krysh-aps-03040364/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-prohotel-03040366/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-carlisle-03040369/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-carlisle-03040373/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-carlisle-03040375/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-carlisle-03040376/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pasabahce-03040378/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-carlisle-03040380/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-carlisle-03040381/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-butylka-kvadrats-kryshkoy-kunstwerk-03040382/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pryamoug-kunstwerk-03040383/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-butylka-kunstwerk-03040384/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pryamoug-kunstwerk-03040385/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-butylka-kunstwerk-03040386/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040387/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040388/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040389/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-carlisle-03040391/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-ilsa-03040394/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040395/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-butylka-kunstwerk-03040398/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040399/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-prohotel-03040407/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-prohotel-03040408/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-prohotel-03040409/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-dymov-03040410/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-dymov-03040411/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-s-ruchkoy-aps-03040412/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040413/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040414/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040502/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bauscher-03040503/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bauscher-03040504/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bauscher-03040505/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bauscher-03040506/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040508/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040509/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040510/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040513/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040537/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040551/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040553/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsousnik-kyoto-03040554/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsousnik-kyoto-03040555/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kyoto-03040558/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-lilien-austria-03040563/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kuvshinchik-kunstwerk-03040570/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040573/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-prohotel-03040574/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-prohotel-03040575/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040578/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040579/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040580/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040581/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040582/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040583/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pryamougolnyy-kunstwerk-03040585/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040586/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pryamougolnyy-kunstwerk-03040587/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040588/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040589/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040590/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-aps-03040601/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040608/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-ppwood-03040611/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-genware-03040615/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-sambonet-03040616/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pryamoug-tognana-03040617/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-oval-tognana-03040618/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-tognana-03040619/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-tognana-03040620/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040625/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040626/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040627/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040628/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040629/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040630/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040631/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040632/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040633/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040634/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040635/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040636/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040639/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040640/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-d-soevogo-sousa-borisovskaya-keramika-03040645/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040646/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-dobrushskiy-farforovyy-zavod-03040647/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040648/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040649/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040659/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040660/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pryamoug-kunstwerk-03040661/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040662/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040663/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-aertsnv-03040666/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-serax-03040668/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsousnik-kyoto-03040669/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040671/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040674/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040675/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040676/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040677/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040678/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040679/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040680/" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040681/" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040682/" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podlivochnik-dulevo-03040701/" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-s-blyudcem-tognana-03040704/" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-salatnik-steelite-03040709/" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-salatnik-steelite-03040710/" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-salatnik-steelite-03040711/" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-salatnik-steelite-03040712/" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-salatnik-steelite-03040713/" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-salatnik-steelite-03040714/" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-nude-03040715/" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-salatnik-vidivi-03040716/" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040718/" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03040726/" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03040727/" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040729/" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-prohotel-03040730/" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-vista-alegre-03040731/" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-lubiana-03040801/" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-clip-03040803/" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040805/" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040806/" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040808/" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040809/" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03040810/" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03040813/" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-dobrushskiy-farforovyy-zavod-03040819/" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03040821/" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-genware-03040822/" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-genware-03040823/" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040826/" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040827/" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040828/" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040829/" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040830/" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040831/" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03040832/" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-luminarc-03040833/" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-luminarc-03040834/" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kvadr-steelite-03040836/" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pasabahce-03040838/" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-vista-alegre-03040839/" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-lubiana-03041001/" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-lubiana-03041002/" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03041003/" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsousnik-kyoto-03041006/" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-malyy-bost-03041008/" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-tognana-03041020/" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bost-03041025/" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-lubiana-03041203/" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-lubiana-03041206/" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03041207/" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kutahya-03041208/" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-d-soevogo-sousa-borisovskaya-keramika-03041218/" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-prohotel-03041220/" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-prohotel-03041221/" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-prohotel-03041222/" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03041223/" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-fine-2-dine-03041224/" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-fine-2-dine-03041225/" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-fine-2-dine-03041226/" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-fine-2-dine-03041227/" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kuvshinchik-d-soevsousa-fine-2-dine-03041228/" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-fine-2-dine-03041229/" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-fine-2-dine-03041230/" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-fine-2-dine-03041232/" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bormioli-rocco-03041242/" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bormioli-rocco-03041243/" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bormioli-rocco-03041244/" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-rosenthal-03041245/" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03041246/" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03041247/" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pillivuyt-03041248/" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-le-coq-03041249/" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-le-coq-03041250/" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-le-coq-03041251/" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03041252/" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03041253/" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-arcoroc-03041254/" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03041261/" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03041262/" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-italo-ottinetti-03041263/" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-sousnikov-na-podstavke-prohotel-03041301/" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-sousnikov-tognana-03041305/" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-sousnikov-na-podstavke-prohotel-03041306/" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-sousnikov-na-podstavke-prohotel-03041307/" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-sousnikov-na-podstavke-s-lozhkami-bauscher-03041308/" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-sousnikov-na-podstavke-bost-03041309/" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-tognana-03041312/" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-tognana-03041317/" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-rosenthal-03041321/" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-revol-03041323/" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03041324/" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03041325/" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pordamsa-03041328/" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pordamsa-03041329/" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pordamsa-03041331/" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pordamsa-03041332/" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pordamsa-03041333/" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pordamsa-03041334/" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pordamsa-03041337/" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pordamsa-03041338/" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pordamsa-03041339/" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-robert-gordon-03041341/" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-le-coq-03041342/" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-le-coq-03041343/" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-le-coq-03041344/" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-le-coq-03041345/" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041346/" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041347/" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pasabahce-03041348/" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-dobrushskiy-farforovyy-zavod-03041349/" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-rosenthal-03041350/" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bonna-03041353/" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-rosenthal-03041355/" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-sousnikov-cosy-and-trendy-03041357/" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041359/" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041360/" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041361/" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041362/" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041363/" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041364/" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041365/" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041366/" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041367/" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041368/" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041370/" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041371/" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041372/" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041373/" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041374/" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kutahya-03041377/" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041378/" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041379/" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041380/" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041381/" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041382/" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041383/" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041384/" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041387/" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kenai-03041388/" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-shayba-kenai-03041389/" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-studio-raw-03041396/" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-tognana-03041397/" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-aps-03041402/" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-aps-03041403/" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-aps-03041404/" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-aps-03041405/" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-aps-03041406/" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-aps-03041407/" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kyoto-03041408/" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-aps-03041409/" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-aps-03041410/" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-aps-03041411/" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-aps-03041412/" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-le-coq-03041415/" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-le-coq-03041416/" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-le-coq-03041417/" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-le-coq-03041418/" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-dymov-03041419/" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-aps-03041420/" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-prohotel-03041421/" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03041422/" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bashkirskii-farfor-03041423/" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bashkirskii-farfor-03041424/" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bashkirskii-farfor-03041426/" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bashkirskii-farfor-03041427/" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bashkirskii-farfor-03041428/" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-le-coq-03041433/" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-le-coq-03041434/" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-le-coq-03041435/" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-le-coq-03041436/" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-william-edwards-03041438/" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-william-edwards-03041439/" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-studio-raw-03041448/" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-studio-raw-03041449/" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kruzhka-prohotel-03141603/" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kruzhka-prohotel-03141604/" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-03170611/" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slivochnik-borisovskaya-keramika-03175329/" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slivochnik-borisovskaya-keramika-03175332/" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slivochnik-borisovskaya-keramika-03175333/" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slivochnik-borisovskaya-keramika-03175334/" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slivochnik-borisovskaya-keramika-03175335/" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slivochnik-borisovskaya-keramika-03175336/" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slivochnik-borisovskaya-keramika-03175337/" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slivochnik-borisovskaya-keramika-03175338/" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slivochnik-kunstwerk-03175343/" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slivochnik-revol-03175346/" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slivochnik-kunstwerk-03175347/" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slivochnik-borisovskaya-keramika-03175350/" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slivochnik-rosenthal-03175351/" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slivochnik-kunstwerk-03175352/" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slivochnik-kunstwerk-03175353/" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slivochnik-dobrushskiy-farforovyy-zavod-03175354/" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slivochnik-borisovskaya-keramika-03175355/" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slivochnik-borisovskaya-keramika-03175356/" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slivochnik-borisovskaya-keramika-03175357/" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slivochnik-borisovskaya-keramika-03175358/" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kutahya-03175447/" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kutahya-03175448/" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kutahya-03175449/" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slivochnik-bashkirskii-farfor-03177165/" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnica-malaya-08090185/" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-steelite-09101237/" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-carlisle-09101828/" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-carlisle-09101829/" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bashkirskii-farfor-03041431/" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kulsan-03035320/" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kulsan-03041445/" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kulsan-03041442/" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kulsan-03041443/" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kulsan-03041440/" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kulsan-03041444/" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kulsan-03041441/" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-pordamsa-03041446/" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03041450/" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bonna-03041460/" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bdk-03041425/" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041472/" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bonna-03041461/" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-studio-raw-03041447/" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-bonna-03041462/" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-cosy-and-trendy-03041471/" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-03041454/" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-03041453/" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03041459/" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03041473/" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03041474/" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03041477/" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-borisovskaya-keramika-03041476/" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03041884/" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03041893/" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03041894/" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03041891/" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-kunstwerk-03041892/" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-aps-03040415/" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-aps-03040416/" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-tokyo-design-studio-03041895/" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-tognana-03041897/" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-tognana-03041899/" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-tognana-03041898/" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-tognana-03041896/" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-tognana-03041900/" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sousnik-tognana-03041901/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L509"/>
+  <dimension ref="A1:L519"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I509" sqref="I509"/>
+      <selection activeCell="I519" sqref="I519"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -21312,16739 +21480,17052 @@
         <v>41</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>43</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>38</v>
       </c>
       <c r="F6" s="0" t="s">
         <v>39</v>
       </c>
       <c r="G6" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>44</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="L6" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
-      <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="C7" s="0" t="s">
         <v>46</v>
       </c>
-      <c r="C7" s="0" t="s">
+      <c r="D7" s="0" t="s">
         <v>47</v>
       </c>
-      <c r="D7" s="0" t="s">
+      <c r="E7" s="0" t="s">
         <v>48</v>
       </c>
-      <c r="E7" s="0" t="s">
+      <c r="F7" s="0" t="s">
         <v>49</v>
       </c>
-      <c r="F7" s="0" t="s">
+      <c r="G7" s="0" t="s">
         <v>50</v>
       </c>
-      <c r="G7" s="0" t="s">
+      <c r="H7" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I7" s="1" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>52</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="L7" s="0"/>
+    </row>
+    <row r="8" spans="1:12" customHeight="1" ht="80">
+      <c r="B8" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="C8" s="0" t="s">
         <v>53</v>
       </c>
-      <c r="L7" s="0">
-[...5 lines deleted...]
-      <c r="B8" s="0" t="s">
+      <c r="D8" s="0" t="s">
         <v>54</v>
       </c>
-      <c r="C8" s="0" t="s">
+      <c r="E8" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="F8" s="0" t="s">
         <v>55</v>
       </c>
-      <c r="D8" s="0" t="s">
+      <c r="G8" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="H8" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I8" s="1" t="s">
         <v>56</v>
-      </c>
-[...13 lines deleted...]
-        <v>60</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L8" s="0"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="C9" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="D9" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="E9" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="F9" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="G9" s="0" t="s">
         <v>62</v>
       </c>
-      <c r="C9" s="0" t="s">
+      <c r="H9" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I9" s="1" t="s">
         <v>63</v>
-      </c>
-[...16 lines deleted...]
-        <v>65</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>20</v>
+        <v>64</v>
       </c>
       <c r="L9" s="0">
-        <v>1</v>
+        <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>66</v>
       </c>
-      <c r="C10" s="0" t="s">
+      <c r="D10" s="0" t="s">
         <v>67</v>
       </c>
-      <c r="D10" s="0" t="s">
+      <c r="E10" s="0" t="s">
         <v>68</v>
       </c>
-      <c r="E10" s="0" t="s">
+      <c r="F10" s="0" t="s">
         <v>69</v>
       </c>
-      <c r="F10" s="0" t="s">
+      <c r="G10" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="H10" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I10" s="1" t="s">
         <v>70</v>
-      </c>
-[...7 lines deleted...]
-        <v>71</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="L10" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>73</v>
       </c>
-      <c r="C11" s="0" t="s">
+      <c r="D11" s="0">
+        <v>40706</v>
+      </c>
+      <c r="E11" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="F11" s="0" t="s">
         <v>74</v>
       </c>
-      <c r="D11" s="0" t="s">
+      <c r="G11" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="H11" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I11" s="1" t="s">
         <v>75</v>
-      </c>
-[...13 lines deleted...]
-        <v>71</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>76</v>
+        <v>20</v>
       </c>
       <c r="L11" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>77</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="D12" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E12" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="F12" s="0" t="s">
         <v>79</v>
       </c>
-      <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="H12" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I12" s="1" t="s">
         <v>80</v>
-      </c>
-[...4 lines deleted...]
-        <v>81</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>20</v>
+        <v>64</v>
       </c>
       <c r="L12" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>82</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="D13" s="0" t="s">
         <v>83</v>
       </c>
-      <c r="D13" s="0" t="s">
+      <c r="E13" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="F13" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="G13" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="H13" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I13" s="1" t="s">
         <v>84</v>
-      </c>
-[...13 lines deleted...]
-        <v>87</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="L13" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="C14" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="D14" s="0">
+        <v>533520</v>
+      </c>
+      <c r="E14" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="F14" s="0"/>
+      <c r="G14" s="0" t="s">
         <v>88</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="H14" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I14" s="1" t="s">
         <v>89</v>
-      </c>
-[...16 lines deleted...]
-        <v>92</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="L14" s="0">
-        <v>24</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="C15" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="D15" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="E15" s="0" t="s">
         <v>93</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="F15" s="0" t="s">
         <v>94</v>
       </c>
-      <c r="D15" s="0" t="s">
+      <c r="G15" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="H15" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I15" s="1" t="s">
         <v>95</v>
-      </c>
-[...13 lines deleted...]
-        <v>97</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="L15" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="C16" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="D16" s="0">
+        <v>612506</v>
+      </c>
+      <c r="E16" s="0" t="s">
         <v>98</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="F16" s="0" t="s">
         <v>99</v>
       </c>
-      <c r="D16" s="0" t="s">
+      <c r="G16" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H16" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I16" s="1" t="s">
         <v>100</v>
-      </c>
-[...13 lines deleted...]
-        <v>102</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>103</v>
+        <v>28</v>
       </c>
       <c r="L16" s="0">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="C17" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="D17" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="E17" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="F17" s="0" t="s">
         <v>104</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="G17" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="H17" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I17" s="1" t="s">
         <v>105</v>
-      </c>
-[...16 lines deleted...]
-        <v>107</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="L17" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="C18" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="D18" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="E18" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="F18" s="0" t="s">
         <v>109</v>
       </c>
-      <c r="D18" s="0" t="s">
+      <c r="G18" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="H18" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I18" s="1" t="s">
         <v>110</v>
-      </c>
-[...13 lines deleted...]
-        <v>111</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L18" s="0"/>
+        <v>111</v>
+      </c>
+      <c r="L18" s="0">
+        <v>36</v>
+      </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
         <v>112</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>113</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>114</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>24</v>
+        <v>93</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="G19" s="0" t="s">
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>115</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
       <c r="L19" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
         <v>116</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>117</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>118</v>
       </c>
       <c r="E20" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="F20" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="G20" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="H20" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I20" s="1" t="s">
         <v>119</v>
-      </c>
-[...10 lines deleted...]
-        <v>122</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L20" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L20" s="0"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="C21" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="D21" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="E21" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="F21" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="G21" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="H21" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I21" s="1" t="s">
         <v>123</v>
-      </c>
-[...19 lines deleted...]
-        <v>126</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>20</v>
+        <v>64</v>
       </c>
       <c r="L21" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="C22" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="D22" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="E22" s="0" t="s">
         <v>127</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="F22" s="0" t="s">
         <v>128</v>
       </c>
-      <c r="D22" s="0">
-[...5 lines deleted...]
-      <c r="F22" s="0" t="s">
+      <c r="G22" s="0" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="1" t="s">
         <v>130</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L22" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
         <v>131</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>132</v>
       </c>
       <c r="D23" s="0">
-        <v>638396</v>
+        <v>8322</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="F23" s="0"/>
+        <v>127</v>
+      </c>
+      <c r="F23" s="0" t="s">
+        <v>133</v>
+      </c>
       <c r="G23" s="0" t="s">
-        <v>17</v>
+        <v>129</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L23" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>135</v>
-[...1 lines deleted...]
-      <c r="D24" s="0" t="s">
         <v>136</v>
       </c>
+      <c r="D24" s="0">
+        <v>638380</v>
+      </c>
       <c r="E24" s="0" t="s">
-        <v>57</v>
+        <v>98</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>57</v>
+        <v>137</v>
       </c>
       <c r="G24" s="0" t="s">
-        <v>59</v>
+        <v>17</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="L24" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="D25" s="0" t="s">
         <v>140</v>
       </c>
+      <c r="D25" s="0">
+        <v>638396</v>
+      </c>
       <c r="E25" s="0" t="s">
-        <v>57</v>
-[...3 lines deleted...]
-      </c>
+        <v>98</v>
+      </c>
+      <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
-        <v>59</v>
+        <v>17</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>141</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="L25" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
         <v>142</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>143</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>144</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="G26" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>145</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>146</v>
+        <v>71</v>
       </c>
       <c r="L26" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>147</v>
       </c>
-      <c r="C27" s="0" t="s">
+      <c r="D27" s="0" t="s">
         <v>148</v>
       </c>
-      <c r="D27" s="0" t="s">
+      <c r="E27" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="F27" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="G27" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="H27" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I27" s="1" t="s">
         <v>149</v>
-      </c>
-[...13 lines deleted...]
-        <v>151</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>28</v>
+        <v>71</v>
       </c>
       <c r="L27" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
+      <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="D28" s="0" t="s">
         <v>152</v>
       </c>
-      <c r="C28" s="0" t="s">
+      <c r="E28" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="F28" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="G28" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="H28" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I28" s="1" t="s">
         <v>153</v>
-      </c>
-[...16 lines deleted...]
-        <v>156</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>20</v>
+        <v>154</v>
       </c>
       <c r="L28" s="0">
-        <v>30</v>
+        <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
+      <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="D29" s="0" t="s">
         <v>157</v>
       </c>
-      <c r="C29" s="0" t="s">
+      <c r="E29" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="F29" s="0" t="s">
         <v>158</v>
       </c>
-      <c r="D29" s="0" t="s">
+      <c r="G29" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="H29" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I29" s="1" t="s">
         <v>159</v>
-      </c>
-[...13 lines deleted...]
-        <v>160</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>20</v>
+        <v>160</v>
       </c>
       <c r="L29" s="0">
-        <v>180</v>
+        <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
-      <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
         <v>161</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>162</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>163</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L30" s="0">
-        <v>240</v>
+        <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
-      <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>57</v>
+        <v>164</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>57</v>
+        <v>164</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>169</v>
+        <v>20</v>
       </c>
       <c r="L31" s="0">
-        <v>12</v>
+        <v>180</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
         <v>170</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>171</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>172</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>24</v>
+        <v>164</v>
       </c>
       <c r="F32" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="G32" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="H32" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I32" s="1" t="s">
         <v>173</v>
-      </c>
-[...7 lines deleted...]
-        <v>174</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="L32" s="0">
-        <v>12</v>
+        <v>240</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="C33" s="0" t="s">
         <v>175</v>
       </c>
-      <c r="C33" s="0" t="s">
+      <c r="D33" s="0" t="s">
         <v>176</v>
       </c>
-      <c r="D33" s="0" t="s">
+      <c r="E33" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="F33" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="G33" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="H33" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I33" s="1" t="s">
         <v>177</v>
-      </c>
-[...13 lines deleted...]
-        <v>179</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="L33" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="C34" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="D34" s="0" t="s">
         <v>181</v>
-      </c>
-[...4 lines deleted...]
-        <v>183</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="L34" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="C35" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="D35" s="0" t="s">
         <v>186</v>
       </c>
-      <c r="C35" s="0" t="s">
+      <c r="E35" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="F35" s="0" t="s">
         <v>187</v>
       </c>
-      <c r="D35" s="0" t="s">
+      <c r="G35" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="H35" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I35" s="1" t="s">
         <v>188</v>
-      </c>
-[...13 lines deleted...]
-        <v>189</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>61</v>
+        <v>189</v>
       </c>
       <c r="L35" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
         <v>190</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>191</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>192</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>57</v>
+        <v>193</v>
       </c>
       <c r="G36" s="0" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="L36" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="G37" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="L37" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="G38" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="L38" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>24</v>
+        <v>68</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>101</v>
+        <v>68</v>
       </c>
       <c r="G39" s="0" t="s">
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>206</v>
+        <v>71</v>
       </c>
       <c r="L39" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
         <v>207</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>208</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>209</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="F40" s="0"/>
+        <v>68</v>
+      </c>
+      <c r="F40" s="0" t="s">
+        <v>68</v>
+      </c>
       <c r="G40" s="0" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I40" s="1" t="s">
         <v>210</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>20</v>
+        <v>71</v>
       </c>
       <c r="L40" s="0">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
         <v>211</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>212</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>213</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="F41" s="0"/>
+        <v>24</v>
+      </c>
+      <c r="F41" s="0" t="s">
+        <v>109</v>
+      </c>
       <c r="G41" s="0" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I41" s="1" t="s">
         <v>214</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>20</v>
+        <v>215</v>
       </c>
       <c r="L41" s="0">
-        <v>72</v>
+        <v>36</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>218</v>
+        <v>98</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H42" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I42" s="1" t="s">
         <v>219</v>
-      </c>
-[...4 lines deleted...]
-        <v>220</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="L42" s="0">
-        <v>48</v>
+        <v>8</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="C43" s="0" t="s">
         <v>221</v>
       </c>
-      <c r="C43" s="0" t="s">
+      <c r="D43" s="0" t="s">
         <v>222</v>
       </c>
-      <c r="D43" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E43" s="0" t="s">
-        <v>218</v>
+        <v>68</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
-        <v>219</v>
+        <v>50</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>146</v>
+        <v>20</v>
       </c>
       <c r="L43" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="C44" s="0" t="s">
         <v>225</v>
       </c>
-      <c r="C44" s="0" t="s">
+      <c r="D44" s="0" t="s">
         <v>226</v>
       </c>
-      <c r="D44" s="0" t="s">
+      <c r="E44" s="0" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
-        <v>219</v>
+        <v>228</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>20</v>
+        <v>64</v>
       </c>
       <c r="L44" s="0">
-        <v>72</v>
+        <v>48</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>218</v>
+        <v>227</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
-        <v>219</v>
+        <v>228</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>220</v>
+        <v>233</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>232</v>
+        <v>71</v>
       </c>
       <c r="L45" s="0">
-        <v>48</v>
+        <v>72</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>155</v>
+        <v>227</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
-        <v>236</v>
+        <v>228</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I46" s="1" t="s">
         <v>237</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="L46" s="0">
-        <v>12</v>
+        <v>72</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
         <v>238</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>239</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>240</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>227</v>
+      </c>
+      <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
-        <v>26</v>
+        <v>228</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>242</v>
+        <v>229</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>20</v>
+        <v>64</v>
       </c>
       <c r="L47" s="0">
-        <v>12</v>
+        <v>48</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>241</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="D48" s="0" t="s">
         <v>243</v>
       </c>
-      <c r="C48" s="0" t="s">
+      <c r="E48" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="F48" s="0"/>
+      <c r="G48" s="0" t="s">
         <v>244</v>
       </c>
-      <c r="D48" s="0" t="s">
+      <c r="H48" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I48" s="1" t="s">
         <v>245</v>
-      </c>
-[...13 lines deleted...]
-        <v>246</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>20</v>
+        <v>71</v>
       </c>
       <c r="L48" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="C49" s="0" t="s">
         <v>247</v>
       </c>
-      <c r="C49" s="0" t="s">
+      <c r="D49" s="0" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
       <c r="L49" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="C50" s="0" t="s">
         <v>252</v>
       </c>
-      <c r="C50" s="0" t="s">
+      <c r="D50" s="0" t="s">
         <v>253</v>
       </c>
-      <c r="D50" s="0" t="s">
+      <c r="E50" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="F50" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="G50" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="H50" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I50" s="1" t="s">
         <v>254</v>
-      </c>
-[...13 lines deleted...]
-        <v>251</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
       <c r="L50" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
+        <v>255</v>
+      </c>
+      <c r="C51" s="0" t="s">
         <v>256</v>
       </c>
-      <c r="C51" s="0" t="s">
+      <c r="D51" s="0" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="L51" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
+        <v>260</v>
+      </c>
+      <c r="C52" s="0" t="s">
         <v>261</v>
       </c>
-      <c r="C52" s="0" t="s">
+      <c r="D52" s="0" t="s">
         <v>262</v>
       </c>
-      <c r="D52" s="0" t="s">
+      <c r="E52" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="F52" s="0" t="s">
         <v>263</v>
       </c>
-      <c r="E52" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
-        <v>219</v>
+        <v>26</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>264</v>
+        <v>259</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>20</v>
+        <v>64</v>
       </c>
       <c r="L52" s="0">
-        <v>48</v>
+        <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
+        <v>264</v>
+      </c>
+      <c r="C53" s="0" t="s">
         <v>265</v>
       </c>
-      <c r="C53" s="0" t="s">
+      <c r="D53" s="0" t="s">
         <v>266</v>
       </c>
-      <c r="D53" s="0" t="s">
+      <c r="E53" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="F53" s="0" t="s">
         <v>267</v>
       </c>
-      <c r="E53" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
-        <v>219</v>
+        <v>26</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I53" s="1" t="s">
         <v>268</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>76</v>
+        <v>269</v>
       </c>
       <c r="L53" s="0">
-        <v>48</v>
+        <v>12</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>272</v>
+        <v>227</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
-        <v>121</v>
+        <v>228</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I54" s="1" t="s">
         <v>273</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L54" s="0">
-        <v>1</v>
+        <v>48</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
         <v>274</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>275</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>276</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>218</v>
+        <v>227</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
-        <v>219</v>
+        <v>228</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I55" s="1" t="s">
         <v>277</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>28</v>
+        <v>278</v>
       </c>
       <c r="L55" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
-        <v>26</v>
+        <v>129</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>283</v>
+        <v>20</v>
       </c>
       <c r="L56" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
         <v>284</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>285</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>286</v>
       </c>
       <c r="E57" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="F57" s="0"/>
+      <c r="G57" s="0" t="s">
+        <v>228</v>
+      </c>
+      <c r="H57" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I57" s="1" t="s">
         <v>287</v>
-      </c>
-[...10 lines deleted...]
-        <v>288</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>72</v>
+        <v>160</v>
       </c>
       <c r="L57" s="0">
-        <v>24</v>
+        <v>48</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
+        <v>288</v>
+      </c>
+      <c r="C58" s="0" t="s">
         <v>289</v>
       </c>
-      <c r="C58" s="0" t="s">
+      <c r="D58" s="0" t="s">
         <v>290</v>
       </c>
-      <c r="D58" s="0" t="s">
+      <c r="E58" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="F58" s="0" t="s">
         <v>291</v>
       </c>
-      <c r="E58" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G58" s="0" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I58" s="1" t="s">
         <v>292</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>20</v>
+        <v>293</v>
       </c>
       <c r="L58" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>287</v>
+        <v>297</v>
       </c>
       <c r="F59" s="0" t="s">
         <v>39</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="L59" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
+        <v>299</v>
+      </c>
+      <c r="C60" s="0" t="s">
+        <v>300</v>
+      </c>
+      <c r="D60" s="0" t="s">
+        <v>301</v>
+      </c>
+      <c r="E60" s="0" t="s">
         <v>297</v>
       </c>
-      <c r="C60" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F60" s="0" t="s">
-        <v>300</v>
+        <v>39</v>
       </c>
       <c r="G60" s="0" t="s">
-        <v>33</v>
+        <v>50</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L60" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>38</v>
+        <v>297</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>305</v>
+        <v>39</v>
       </c>
       <c r="G61" s="0" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I61" s="1" t="s">
         <v>306</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L61" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
         <v>307</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>308</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>309</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>38</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>311</v>
+        <v>20</v>
       </c>
       <c r="L62" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
         <v>312</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>313</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>314</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>38</v>
       </c>
       <c r="F63" s="0" t="s">
         <v>315</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I63" s="1" t="s">
         <v>316</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>76</v>
+        <v>20</v>
       </c>
       <c r="L63" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
         <v>317</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>318</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>319</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="F64" s="0" t="s">
+        <v>315</v>
+      </c>
+      <c r="G64" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="H64" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I64" s="1" t="s">
         <v>320</v>
-      </c>
-[...7 lines deleted...]
-        <v>321</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>20</v>
+        <v>321</v>
       </c>
       <c r="L64" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
         <v>322</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>323</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>324</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="F65" s="0" t="s">
         <v>325</v>
       </c>
       <c r="G65" s="0" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I65" s="1" t="s">
         <v>326</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>20</v>
+        <v>327</v>
       </c>
       <c r="L65" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>330</v>
+        <v>24</v>
       </c>
       <c r="F66" s="0" t="s">
         <v>331</v>
       </c>
       <c r="G66" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="H66" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I66" s="1" t="s">
         <v>332</v>
-      </c>
-[...4 lines deleted...]
-        <v>333</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="L66" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
+        <v>333</v>
+      </c>
+      <c r="C67" s="0" t="s">
         <v>334</v>
       </c>
-      <c r="C67" s="0" t="s">
+      <c r="D67" s="0" t="s">
         <v>335</v>
       </c>
-      <c r="D67" s="0" t="s">
+      <c r="E67" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="F67" s="0" t="s">
         <v>336</v>
       </c>
-      <c r="E67" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F67" s="0" t="s">
+      <c r="G67" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="H67" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I67" s="1" t="s">
         <v>337</v>
-      </c>
-[...7 lines deleted...]
-        <v>338</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L67" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
+        <v>338</v>
+      </c>
+      <c r="C68" s="0" t="s">
         <v>339</v>
       </c>
-      <c r="C68" s="0" t="s">
+      <c r="D68" s="0" t="s">
         <v>340</v>
       </c>
-      <c r="D68" s="0" t="s">
+      <c r="E68" s="0" t="s">
         <v>341</v>
       </c>
-      <c r="E68" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F68" s="0" t="s">
-        <v>86</v>
+        <v>342</v>
       </c>
       <c r="G68" s="0" t="s">
-        <v>59</v>
+        <v>343</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>20</v>
+        <v>71</v>
       </c>
       <c r="L68" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>69</v>
+        <v>38</v>
       </c>
       <c r="F69" s="0" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="G69" s="0" t="s">
-        <v>121</v>
+        <v>33</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L69" s="0"/>
+      <c r="L69" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>351</v>
+        <v>93</v>
       </c>
       <c r="F70" s="0" t="s">
-        <v>352</v>
+        <v>94</v>
       </c>
       <c r="G70" s="0" t="s">
-        <v>33</v>
+        <v>50</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I70" s="1" t="s">
         <v>353</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L70" s="0"/>
+      <c r="L70" s="0">
+        <v>24</v>
+      </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
         <v>354</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>355</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>356</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>351</v>
+        <v>48</v>
       </c>
       <c r="F71" s="0" t="s">
         <v>357</v>
       </c>
       <c r="G71" s="0" t="s">
-        <v>33</v>
+        <v>129</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I71" s="1" t="s">
         <v>358</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L71" s="0"/>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
         <v>359</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>360</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>361</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>351</v>
+        <v>362</v>
       </c>
       <c r="F72" s="0" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="G72" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L72" s="0"/>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>351</v>
+        <v>362</v>
       </c>
       <c r="F73" s="0" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="G73" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L73" s="0"/>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="C74" s="0" t="s">
+        <v>371</v>
+      </c>
+      <c r="D74" s="0" t="s">
+        <v>372</v>
+      </c>
+      <c r="E74" s="0" t="s">
+        <v>362</v>
+      </c>
+      <c r="F74" s="0" t="s">
+        <v>373</v>
+      </c>
+      <c r="G74" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="H74" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I74" s="1" t="s">
         <v>369</v>
-      </c>
-[...16 lines deleted...]
-        <v>374</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L74" s="0"/>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="C75" s="0" t="s">
         <v>375</v>
       </c>
-      <c r="C75" s="0" t="s">
+      <c r="D75" s="0" t="s">
         <v>376</v>
       </c>
-      <c r="D75" s="0" t="s">
+      <c r="E75" s="0" t="s">
+        <v>362</v>
+      </c>
+      <c r="F75" s="0" t="s">
         <v>377</v>
       </c>
-      <c r="E75" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F75" s="0" t="s">
+      <c r="G75" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="H75" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I75" s="1" t="s">
         <v>378</v>
-      </c>
-[...7 lines deleted...]
-        <v>379</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L75" s="0"/>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
+        <v>379</v>
+      </c>
+      <c r="C76" s="0" t="s">
         <v>380</v>
       </c>
-      <c r="C76" s="0" t="s">
+      <c r="D76" s="0" t="s">
         <v>381</v>
       </c>
-      <c r="D76" s="0" t="s">
+      <c r="E76" s="0" t="s">
         <v>382</v>
       </c>
-      <c r="E76" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F76" s="0" t="s">
-        <v>101</v>
+        <v>383</v>
       </c>
       <c r="G76" s="0" t="s">
-        <v>26</v>
+        <v>384</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>53</v>
+        <v>160</v>
       </c>
       <c r="L76" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
+        <v>386</v>
+      </c>
+      <c r="C77" s="0" t="s">
+        <v>387</v>
+      </c>
+      <c r="D77" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="E77" s="0" t="s">
+        <v>382</v>
+      </c>
+      <c r="F77" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="G77" s="0" t="s">
         <v>384</v>
       </c>
-      <c r="C77" s="0" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H77" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
-        <v>146</v>
+        <v>28</v>
       </c>
       <c r="L77" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>391</v>
+        <v>24</v>
       </c>
       <c r="F78" s="0" t="s">
-        <v>392</v>
+        <v>109</v>
       </c>
       <c r="G78" s="0" t="s">
-        <v>393</v>
+        <v>26</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I78" s="1" t="s">
         <v>394</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
-        <v>72</v>
+        <v>178</v>
       </c>
       <c r="L78" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
         <v>395</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>396</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>397</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>24</v>
+        <v>68</v>
       </c>
       <c r="F79" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="G79" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="H79" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I79" s="1" t="s">
         <v>398</v>
-      </c>
-[...7 lines deleted...]
-        <v>399</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>20</v>
+        <v>64</v>
       </c>
       <c r="L79" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
+        <v>399</v>
+      </c>
+      <c r="C80" s="0" t="s">
         <v>400</v>
       </c>
-      <c r="C80" s="0" t="s">
+      <c r="D80" s="0" t="s">
         <v>401</v>
       </c>
-      <c r="D80" s="0" t="s">
+      <c r="E80" s="0" t="s">
         <v>402</v>
       </c>
-      <c r="E80" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F80" s="0"/>
+      <c r="F80" s="0" t="s">
+        <v>403</v>
+      </c>
       <c r="G80" s="0" t="s">
-        <v>121</v>
+        <v>404</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="L80" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="E81" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F81" s="0" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="G81" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L81" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
-        <v>26</v>
+        <v>129</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L82" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="E83" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F83" s="0" t="s">
-        <v>101</v>
+        <v>418</v>
       </c>
       <c r="G83" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
       <c r="L83" s="0">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="F84" s="0" t="s">
-        <v>57</v>
+        <v>423</v>
       </c>
       <c r="G84" s="0" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>422</v>
+        <v>20</v>
       </c>
       <c r="L84" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F85" s="0" t="s">
-        <v>412</v>
+        <v>109</v>
       </c>
       <c r="G85" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>53</v>
+        <v>64</v>
       </c>
       <c r="L85" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="F86" s="0"/>
+        <v>68</v>
+      </c>
+      <c r="F86" s="0" t="s">
+        <v>68</v>
+      </c>
       <c r="G86" s="0" t="s">
-        <v>236</v>
+        <v>50</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>296</v>
+        <v>432</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
-        <v>146</v>
+        <v>28</v>
       </c>
       <c r="L86" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="E87" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F87" s="0" t="s">
-        <v>433</v>
+        <v>423</v>
       </c>
       <c r="G87" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
-        <v>53</v>
+        <v>64</v>
       </c>
       <c r="L87" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>438</v>
-[...3 lines deleted...]
-      </c>
+        <v>164</v>
+      </c>
+      <c r="F88" s="0"/>
       <c r="G88" s="0" t="s">
-        <v>80</v>
+        <v>244</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>440</v>
+        <v>306</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
-        <v>441</v>
+        <v>154</v>
       </c>
       <c r="L88" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
+        <v>440</v>
+      </c>
+      <c r="C89" s="0" t="s">
+        <v>441</v>
+      </c>
+      <c r="D89" s="0" t="s">
         <v>442</v>
-      </c>
-[...4 lines deleted...]
-        <v>444</v>
       </c>
       <c r="E89" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F89" s="0" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="G89" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>115</v>
+        <v>444</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L89" s="0"/>
+        <v>64</v>
+      </c>
+      <c r="L89" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
+        <v>445</v>
+      </c>
+      <c r="C90" s="0" t="s">
         <v>446</v>
       </c>
-      <c r="C90" s="0" t="s">
+      <c r="D90" s="0" t="s">
         <v>447</v>
       </c>
-      <c r="D90" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E90" s="0" t="s">
-        <v>119</v>
+        <v>448</v>
       </c>
       <c r="F90" s="0" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="G90" s="0" t="s">
-        <v>121</v>
+        <v>88</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>20</v>
+        <v>451</v>
       </c>
       <c r="L90" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>69</v>
+        <v>24</v>
       </c>
       <c r="F91" s="0" t="s">
-        <v>150</v>
+        <v>455</v>
       </c>
       <c r="G91" s="0" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>453</v>
+        <v>123</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L91" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L91" s="0"/>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="D92" s="0">
-        <v>540002</v>
+        <v>7217</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>456</v>
-[...1 lines deleted...]
-      <c r="F92" s="0"/>
+        <v>127</v>
+      </c>
+      <c r="F92" s="0" t="s">
+        <v>458</v>
+      </c>
       <c r="G92" s="0" t="s">
-        <v>457</v>
+        <v>129</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
       <c r="L92" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>330</v>
+        <v>48</v>
       </c>
       <c r="F93" s="0" t="s">
-        <v>331</v>
+        <v>158</v>
       </c>
       <c r="G93" s="0" t="s">
-        <v>332</v>
+        <v>50</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
       <c r="L93" s="0">
-        <v>12</v>
+        <v>72</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>464</v>
-[...1 lines deleted...]
-      <c r="D94" s="0" t="s">
         <v>465</v>
       </c>
+      <c r="D94" s="0">
+        <v>540002</v>
+      </c>
       <c r="E94" s="0" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="F94" s="0" t="s">
         <v>466</v>
       </c>
+      <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
-        <v>33</v>
+        <v>467</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
-        <v>20</v>
+        <v>154</v>
       </c>
       <c r="L94" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>469</v>
-[...2 lines deleted...]
-        <v>646494</v>
+        <v>470</v>
+      </c>
+      <c r="D95" s="0" t="s">
+        <v>471</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="F95" s="0"/>
+        <v>341</v>
+      </c>
+      <c r="F95" s="0" t="s">
+        <v>342</v>
+      </c>
       <c r="G95" s="0" t="s">
-        <v>17</v>
+        <v>343</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
-        <v>20</v>
+        <v>178</v>
       </c>
       <c r="L95" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>472</v>
-[...2 lines deleted...]
-        <v>11859</v>
+        <v>474</v>
+      </c>
+      <c r="D96" s="0" t="s">
+        <v>475</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="F96" s="0"/>
+        <v>38</v>
+      </c>
+      <c r="F96" s="0" t="s">
+        <v>476</v>
+      </c>
       <c r="G96" s="0" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L96" s="0">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>475</v>
-[...2 lines deleted...]
-        <v>476</v>
+        <v>479</v>
+      </c>
+      <c r="D97" s="0">
+        <v>646494</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>38</v>
-[...3 lines deleted...]
-      </c>
+        <v>98</v>
+      </c>
+      <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="L97" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>479</v>
-[...2 lines deleted...]
-        <v>480</v>
+        <v>482</v>
+      </c>
+      <c r="D98" s="0">
+        <v>11859</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>438</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
-        <v>80</v>
+        <v>17</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="L98" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>438</v>
+        <v>38</v>
       </c>
       <c r="F99" s="0" t="s">
-        <v>486</v>
+        <v>39</v>
       </c>
       <c r="G99" s="0" t="s">
-        <v>80</v>
+        <v>33</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I99" s="1" t="s">
         <v>487</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
-        <v>169</v>
+        <v>20</v>
       </c>
       <c r="L99" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
         <v>488</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>489</v>
       </c>
       <c r="D100" s="0" t="s">
         <v>490</v>
       </c>
       <c r="E100" s="0" t="s">
-        <v>38</v>
+        <v>448</v>
       </c>
       <c r="F100" s="0" t="s">
-        <v>39</v>
+        <v>491</v>
       </c>
       <c r="G100" s="0" t="s">
-        <v>33</v>
+        <v>88</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
-        <v>28</v>
+        <v>178</v>
       </c>
       <c r="L100" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>24</v>
+        <v>448</v>
       </c>
       <c r="F101" s="0" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="G101" s="0" t="s">
-        <v>59</v>
+        <v>88</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
-        <v>20</v>
+        <v>498</v>
       </c>
       <c r="L101" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="F102" s="0" t="s">
-        <v>495</v>
+        <v>39</v>
       </c>
       <c r="G102" s="0" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L102" s="0"/>
+      <c r="L102" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="F103" s="0" t="s">
-        <v>466</v>
+        <v>506</v>
       </c>
       <c r="G103" s="0" t="s">
-        <v>33</v>
+        <v>50</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L103" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="C104" s="0" t="s">
+        <v>509</v>
+      </c>
+      <c r="D104" s="0" t="s">
+        <v>510</v>
+      </c>
+      <c r="E104" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="F104" s="0" t="s">
         <v>506</v>
       </c>
-      <c r="D104" s="0" t="s">
-[...5 lines deleted...]
-      <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
-        <v>509</v>
+        <v>26</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L104" s="0"/>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>514</v>
-[...1 lines deleted...]
-      <c r="F105" s="0"/>
+        <v>24</v>
+      </c>
+      <c r="F105" s="0" t="s">
+        <v>506</v>
+      </c>
       <c r="G105" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I105" s="1" t="s">
         <v>515</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L105" s="0"/>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
         <v>516</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>517</v>
       </c>
       <c r="D106" s="0" t="s">
         <v>518</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>514</v>
-[...1 lines deleted...]
-      <c r="F106" s="0"/>
+        <v>38</v>
+      </c>
+      <c r="F106" s="0" t="s">
+        <v>476</v>
+      </c>
       <c r="G106" s="0" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>515</v>
+        <v>519</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L106" s="0"/>
+      <c r="L106" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>514</v>
+        <v>523</v>
       </c>
       <c r="F107" s="0"/>
       <c r="G107" s="0" t="s">
-        <v>26</v>
+        <v>524</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>515</v>
+        <v>525</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L107" s="0"/>
+      <c r="L107" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>529</v>
+      </c>
+      <c r="F108" s="0"/>
       <c r="G108" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L108" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L108" s="0"/>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>529</v>
+      </c>
+      <c r="F109" s="0"/>
       <c r="G109" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L109" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L109" s="0"/>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
-        <v>530</v>
+        <v>534</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>531</v>
+        <v>535</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>532</v>
+        <v>536</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>529</v>
+      </c>
+      <c r="F110" s="0"/>
       <c r="G110" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>533</v>
+        <v>530</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L110" s="0"/>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="E111" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F111" s="0" t="s">
-        <v>537</v>
+        <v>506</v>
       </c>
       <c r="G111" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L111" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="E112" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F112" s="0" t="s">
-        <v>537</v>
+        <v>506</v>
       </c>
       <c r="G112" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>538</v>
+        <v>544</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L112" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>543</v>
-[...2 lines deleted...]
-        <v>83798</v>
+        <v>546</v>
+      </c>
+      <c r="D113" s="0" t="s">
+        <v>547</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="F113" s="0"/>
+        <v>24</v>
+      </c>
+      <c r="F113" s="0" t="s">
+        <v>455</v>
+      </c>
       <c r="G113" s="0" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>544</v>
+        <v>548</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L113" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L113" s="0"/>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
-        <v>545</v>
+        <v>549</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>546</v>
-[...2 lines deleted...]
-        <v>752</v>
+        <v>550</v>
+      </c>
+      <c r="D114" s="0" t="s">
+        <v>551</v>
       </c>
       <c r="E114" s="0" t="s">
-        <v>547</v>
-[...1 lines deleted...]
-      <c r="F114" s="0"/>
+        <v>24</v>
+      </c>
+      <c r="F114" s="0" t="s">
+        <v>552</v>
+      </c>
       <c r="G114" s="0" t="s">
-        <v>548</v>
+        <v>26</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L114" s="0">
-        <v>60</v>
+        <v>36</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
-        <v>550</v>
+        <v>554</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>551</v>
-[...2 lines deleted...]
-        <v>753</v>
+        <v>555</v>
+      </c>
+      <c r="D115" s="0" t="s">
+        <v>556</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>547</v>
-[...1 lines deleted...]
-      <c r="F115" s="0"/>
+        <v>24</v>
+      </c>
+      <c r="F115" s="0" t="s">
+        <v>552</v>
+      </c>
       <c r="G115" s="0" t="s">
-        <v>548</v>
+        <v>26</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L115" s="0">
-        <v>60</v>
+        <v>36</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
-        <v>552</v>
+        <v>557</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="D116" s="0">
-        <v>750</v>
+        <v>83798</v>
       </c>
       <c r="E116" s="0" t="s">
-        <v>547</v>
+        <v>31</v>
       </c>
       <c r="F116" s="0"/>
       <c r="G116" s="0" t="s">
-        <v>548</v>
+        <v>33</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L116" s="0">
-        <v>60</v>
+        <v>24</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
       <c r="D117" s="0">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>547</v>
+        <v>562</v>
       </c>
       <c r="F117" s="0"/>
       <c r="G117" s="0" t="s">
-        <v>548</v>
+        <v>563</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>554</v>
+        <v>564</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L117" s="0">
         <v>60</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
-        <v>459</v>
+        <v>565</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>557</v>
-[...2 lines deleted...]
-        <v>558</v>
+        <v>566</v>
+      </c>
+      <c r="D118" s="0">
+        <v>750</v>
       </c>
       <c r="E118" s="0" t="s">
-        <v>330</v>
-[...3 lines deleted...]
-      </c>
+        <v>562</v>
+      </c>
+      <c r="F118" s="0"/>
       <c r="G118" s="0" t="s">
-        <v>548</v>
+        <v>563</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>559</v>
+        <v>567</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L118" s="0">
-        <v>12</v>
+        <v>60</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
-        <v>542</v>
+        <v>568</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>560</v>
+        <v>569</v>
       </c>
       <c r="D119" s="0">
-        <v>83780</v>
+        <v>751</v>
       </c>
       <c r="E119" s="0" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>562</v>
+      </c>
+      <c r="F119" s="0"/>
       <c r="G119" s="0" t="s">
-        <v>33</v>
+        <v>563</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L119" s="0">
-        <v>24</v>
+        <v>60</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
+        <v>469</v>
+      </c>
+      <c r="C120" s="0" t="s">
+        <v>570</v>
+      </c>
+      <c r="D120" s="0" t="s">
+        <v>571</v>
+      </c>
+      <c r="E120" s="0" t="s">
+        <v>341</v>
+      </c>
+      <c r="F120" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="G120" s="0" t="s">
         <v>563</v>
       </c>
-      <c r="C120" s="0" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H120" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>565</v>
+        <v>572</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L120" s="0"/>
+      <c r="L120" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
-        <v>566</v>
+        <v>557</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>567</v>
-[...2 lines deleted...]
-        <v>568</v>
+        <v>573</v>
+      </c>
+      <c r="D121" s="0">
+        <v>83780</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>508</v>
+        <v>31</v>
       </c>
       <c r="F121" s="0" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
       <c r="G121" s="0" t="s">
-        <v>509</v>
+        <v>33</v>
       </c>
       <c r="H121" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L121" s="0">
-        <v>1</v>
+        <v>24</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>572</v>
-[...2 lines deleted...]
-        <v>573</v>
+        <v>577</v>
+      </c>
+      <c r="D122" s="0">
+        <v>83777</v>
       </c>
       <c r="E122" s="0" t="s">
-        <v>508</v>
+        <v>31</v>
       </c>
       <c r="F122" s="0" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
       <c r="G122" s="0" t="s">
-        <v>59</v>
+        <v>33</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>574</v>
+        <v>578</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
-        <v>422</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L122" s="0"/>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
-        <v>575</v>
+        <v>579</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>576</v>
+        <v>580</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>577</v>
+        <v>581</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>371</v>
+        <v>523</v>
       </c>
       <c r="F123" s="0" t="s">
-        <v>578</v>
+        <v>582</v>
       </c>
       <c r="G123" s="0" t="s">
-        <v>373</v>
+        <v>524</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>579</v>
+        <v>583</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
-        <v>76</v>
+        <v>20</v>
       </c>
       <c r="L123" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
-        <v>580</v>
+        <v>584</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>581</v>
-[...2 lines deleted...]
-        <v>84472</v>
+        <v>585</v>
+      </c>
+      <c r="D124" s="0" t="s">
+        <v>586</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>31</v>
+        <v>523</v>
       </c>
       <c r="F124" s="0" t="s">
         <v>582</v>
       </c>
       <c r="G124" s="0" t="s">
-        <v>33</v>
+        <v>50</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>583</v>
+        <v>587</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L124" s="0"/>
+        <v>588</v>
+      </c>
+      <c r="L124" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>585</v>
-[...2 lines deleted...]
-        <v>83782</v>
+        <v>590</v>
+      </c>
+      <c r="D125" s="0" t="s">
+        <v>591</v>
       </c>
       <c r="E125" s="0" t="s">
-        <v>31</v>
+        <v>382</v>
       </c>
       <c r="F125" s="0" t="s">
-        <v>561</v>
+        <v>592</v>
       </c>
       <c r="G125" s="0" t="s">
-        <v>33</v>
+        <v>384</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>586</v>
+        <v>593</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
-        <v>20</v>
+        <v>178</v>
       </c>
       <c r="L125" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
-        <v>587</v>
+        <v>594</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>588</v>
+        <v>595</v>
       </c>
       <c r="D126" s="0">
-        <v>644832</v>
+        <v>84472</v>
       </c>
       <c r="E126" s="0" t="s">
-        <v>90</v>
+        <v>31</v>
       </c>
       <c r="F126" s="0" t="s">
-        <v>129</v>
+        <v>596</v>
       </c>
       <c r="G126" s="0" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>326</v>
+        <v>597</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L126" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L126" s="0"/>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
-        <v>589</v>
+        <v>598</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>590</v>
+        <v>599</v>
       </c>
       <c r="D127" s="0">
-        <v>754</v>
+        <v>83782</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>547</v>
-[...1 lines deleted...]
-      <c r="F127" s="0"/>
+        <v>31</v>
+      </c>
+      <c r="F127" s="0" t="s">
+        <v>574</v>
+      </c>
       <c r="G127" s="0" t="s">
-        <v>548</v>
+        <v>33</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>591</v>
+        <v>600</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L127" s="0">
-        <v>60</v>
+        <v>24</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>593</v>
+        <v>602</v>
       </c>
       <c r="D128" s="0">
-        <v>755</v>
+        <v>644832</v>
       </c>
       <c r="E128" s="0" t="s">
-        <v>547</v>
-[...1 lines deleted...]
-      <c r="F128" s="0"/>
+        <v>98</v>
+      </c>
+      <c r="F128" s="0" t="s">
+        <v>137</v>
+      </c>
       <c r="G128" s="0" t="s">
-        <v>548</v>
+        <v>17</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>591</v>
+        <v>337</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L128" s="0">
-        <v>60</v>
+        <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
-        <v>594</v>
+        <v>603</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>595</v>
+        <v>604</v>
       </c>
       <c r="D129" s="0">
-        <v>757</v>
+        <v>754</v>
       </c>
       <c r="E129" s="0" t="s">
-        <v>547</v>
+        <v>562</v>
       </c>
       <c r="F129" s="0"/>
       <c r="G129" s="0" t="s">
-        <v>548</v>
+        <v>563</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>591</v>
+        <v>605</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L129" s="0">
         <v>60</v>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
-        <v>596</v>
+        <v>606</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="D130" s="0">
-        <v>758</v>
+        <v>755</v>
       </c>
       <c r="E130" s="0" t="s">
-        <v>547</v>
+        <v>562</v>
       </c>
       <c r="F130" s="0"/>
       <c r="G130" s="0" t="s">
-        <v>548</v>
+        <v>563</v>
       </c>
       <c r="H130" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>598</v>
+        <v>605</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L130" s="0">
         <v>60</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
-        <v>599</v>
+        <v>608</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>600</v>
+        <v>609</v>
       </c>
       <c r="D131" s="0">
-        <v>759</v>
+        <v>757</v>
       </c>
       <c r="E131" s="0" t="s">
-        <v>547</v>
+        <v>562</v>
       </c>
       <c r="F131" s="0"/>
       <c r="G131" s="0" t="s">
-        <v>548</v>
+        <v>563</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>598</v>
+        <v>605</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L131" s="0">
         <v>60</v>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
-        <v>601</v>
+        <v>610</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>611</v>
+      </c>
+      <c r="D132" s="0">
+        <v>758</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>562</v>
+      </c>
+      <c r="F132" s="0"/>
       <c r="G132" s="0" t="s">
-        <v>26</v>
+        <v>563</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>604</v>
+        <v>612</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L132" s="0">
-        <v>1</v>
+        <v>60</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
-        <v>605</v>
+        <v>613</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>606</v>
-[...2 lines deleted...]
-        <v>651688</v>
+        <v>614</v>
+      </c>
+      <c r="D133" s="0" t="s">
+        <v>615</v>
       </c>
       <c r="E133" s="0" t="s">
-        <v>90</v>
+        <v>24</v>
       </c>
       <c r="F133" s="0" t="s">
-        <v>607</v>
+        <v>506</v>
       </c>
       <c r="G133" s="0" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>338</v>
+        <v>616</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L133" s="0"/>
+      <c r="L133" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
-        <v>608</v>
+        <v>617</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>609</v>
+        <v>618</v>
       </c>
       <c r="D134" s="0">
-        <v>651686</v>
+        <v>651688</v>
       </c>
       <c r="E134" s="0" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="F134" s="0" t="s">
-        <v>607</v>
+        <v>619</v>
       </c>
       <c r="G134" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H134" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>610</v>
+        <v>349</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L134" s="0"/>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
-        <v>611</v>
+        <v>620</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>612</v>
-[...2 lines deleted...]
-        <v>613</v>
+        <v>621</v>
+      </c>
+      <c r="D135" s="0">
+        <v>651686</v>
       </c>
       <c r="E135" s="0" t="s">
-        <v>614</v>
-[...1 lines deleted...]
-      <c r="F135" s="0"/>
+        <v>98</v>
+      </c>
+      <c r="F135" s="0" t="s">
+        <v>619</v>
+      </c>
       <c r="G135" s="0" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="H135" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>321</v>
+        <v>622</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L135" s="0"/>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
-        <v>615</v>
+        <v>623</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>616</v>
-[...2 lines deleted...]
-        <v>1514</v>
+        <v>624</v>
+      </c>
+      <c r="D136" s="0" t="s">
+        <v>625</v>
       </c>
       <c r="E136" s="0" t="s">
-        <v>617</v>
-[...3 lines deleted...]
-      </c>
+        <v>626</v>
+      </c>
+      <c r="F136" s="0"/>
       <c r="G136" s="0" t="s">
-        <v>509</v>
+        <v>26</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>618</v>
+        <v>332</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
-        <v>619</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L136" s="0"/>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
-        <v>620</v>
+        <v>627</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>621</v>
-[...2 lines deleted...]
-        <v>622</v>
+        <v>628</v>
+      </c>
+      <c r="D137" s="0">
+        <v>1514</v>
       </c>
       <c r="E137" s="0" t="s">
-        <v>438</v>
-[...2 lines deleted...]
-        <v>623</v>
+        <v>629</v>
+      </c>
+      <c r="F137" s="0">
+        <v>-1</v>
       </c>
       <c r="G137" s="0" t="s">
-        <v>80</v>
+        <v>524</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>205</v>
+        <v>630</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
-        <v>624</v>
+        <v>631</v>
       </c>
       <c r="L137" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
-        <v>625</v>
+        <v>632</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>626</v>
+        <v>633</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>627</v>
+        <v>634</v>
       </c>
       <c r="E138" s="0" t="s">
-        <v>24</v>
+        <v>448</v>
       </c>
       <c r="F138" s="0" t="s">
-        <v>101</v>
+        <v>635</v>
       </c>
       <c r="G138" s="0" t="s">
-        <v>26</v>
+        <v>88</v>
       </c>
       <c r="H138" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>570</v>
+        <v>214</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
-        <v>28</v>
+        <v>636</v>
       </c>
       <c r="L138" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
-        <v>628</v>
+        <v>637</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>629</v>
-[...2 lines deleted...]
-        <v>40200</v>
+        <v>638</v>
+      </c>
+      <c r="D139" s="0" t="s">
+        <v>639</v>
       </c>
       <c r="E139" s="0" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="F139" s="0"/>
+        <v>24</v>
+      </c>
+      <c r="F139" s="0" t="s">
+        <v>109</v>
+      </c>
       <c r="G139" s="0" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="H139" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>630</v>
+        <v>583</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="L139" s="0">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
-        <v>631</v>
+        <v>640</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>632</v>
+        <v>641</v>
       </c>
       <c r="D140" s="0">
-        <v>40201</v>
+        <v>40200</v>
       </c>
       <c r="E140" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F140" s="0"/>
       <c r="G140" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H140" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>633</v>
+        <v>642</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L140" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
+      <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
-        <v>634</v>
+        <v>643</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>635</v>
-[...7 lines deleted...]
-      </c>
+        <v>644</v>
+      </c>
+      <c r="D141" s="0">
+        <v>40201</v>
+      </c>
+      <c r="E141" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="F141" s="0"/>
       <c r="G141" s="0" t="s">
-        <v>236</v>
+        <v>33</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>638</v>
+        <v>645</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L141" s="0">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="B142" s="0" t="s">
-        <v>639</v>
+        <v>646</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>640</v>
+        <v>647</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>636</v>
+        <v>648</v>
       </c>
       <c r="E142" s="0"/>
       <c r="F142" s="0" t="s">
-        <v>641</v>
+        <v>649</v>
       </c>
       <c r="G142" s="0" t="s">
-        <v>236</v>
+        <v>244</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>642</v>
+        <v>650</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L142" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="B143" s="0" t="s">
-        <v>643</v>
+        <v>651</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>644</v>
+        <v>652</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>636</v>
+        <v>648</v>
       </c>
       <c r="E143" s="0"/>
       <c r="F143" s="0" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="G143" s="0" t="s">
-        <v>236</v>
+        <v>244</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L143" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
-      <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
-        <v>647</v>
+        <v>655</v>
       </c>
       <c r="C144" s="0" t="s">
+        <v>656</v>
+      </c>
+      <c r="D144" s="0" t="s">
         <v>648</v>
       </c>
-      <c r="D144" s="0" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E144" s="0"/>
       <c r="F144" s="0" t="s">
-        <v>650</v>
+        <v>657</v>
       </c>
       <c r="G144" s="0" t="s">
-        <v>121</v>
+        <v>244</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>651</v>
+        <v>658</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L144" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
-        <v>652</v>
+        <v>659</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>653</v>
+        <v>660</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>654</v>
+        <v>661</v>
       </c>
       <c r="E145" s="0" t="s">
-        <v>69</v>
+        <v>48</v>
       </c>
       <c r="F145" s="0" t="s">
-        <v>655</v>
+        <v>662</v>
       </c>
       <c r="G145" s="0" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="H145" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>656</v>
+        <v>663</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L145" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
-        <v>657</v>
+        <v>664</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>658</v>
+        <v>665</v>
       </c>
       <c r="D146" s="0" t="s">
-        <v>659</v>
+        <v>666</v>
       </c>
       <c r="E146" s="0" t="s">
-        <v>391</v>
+        <v>48</v>
       </c>
       <c r="F146" s="0" t="s">
-        <v>660</v>
+        <v>667</v>
       </c>
       <c r="G146" s="0" t="s">
-        <v>393</v>
+        <v>129</v>
       </c>
       <c r="H146" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>661</v>
+        <v>668</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="L146" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>663</v>
-[...2 lines deleted...]
-        <v>1370</v>
+        <v>670</v>
+      </c>
+      <c r="D147" s="0" t="s">
+        <v>671</v>
       </c>
       <c r="E147" s="0" t="s">
-        <v>391</v>
+        <v>402</v>
       </c>
       <c r="F147" s="0" t="s">
-        <v>664</v>
+        <v>672</v>
       </c>
       <c r="G147" s="0" t="s">
-        <v>393</v>
+        <v>404</v>
       </c>
       <c r="H147" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>665</v>
+        <v>673</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
-        <v>61</v>
+        <v>160</v>
       </c>
       <c r="L147" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
-        <v>666</v>
+        <v>674</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>667</v>
+        <v>675</v>
       </c>
       <c r="D148" s="0">
-        <v>1070</v>
+        <v>1370</v>
       </c>
       <c r="E148" s="0" t="s">
-        <v>391</v>
+        <v>402</v>
       </c>
       <c r="F148" s="0" t="s">
-        <v>664</v>
+        <v>676</v>
       </c>
       <c r="G148" s="0" t="s">
-        <v>393</v>
+        <v>404</v>
       </c>
       <c r="H148" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>665</v>
+        <v>677</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="L148" s="0">
-        <v>48</v>
+        <v>36</v>
       </c>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
-        <v>668</v>
+        <v>678</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>669</v>
-[...2 lines deleted...]
-        <v>670</v>
+        <v>679</v>
+      </c>
+      <c r="D149" s="0">
+        <v>1070</v>
       </c>
       <c r="E149" s="0" t="s">
-        <v>69</v>
+        <v>402</v>
       </c>
       <c r="F149" s="0" t="s">
-        <v>671</v>
+        <v>676</v>
       </c>
       <c r="G149" s="0" t="s">
-        <v>59</v>
+        <v>404</v>
       </c>
       <c r="H149" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>353</v>
+        <v>677</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
-        <v>20</v>
+        <v>154</v>
       </c>
       <c r="L149" s="0">
-        <v>24</v>
+        <v>48</v>
       </c>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
-        <v>672</v>
+        <v>680</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>673</v>
-[...2 lines deleted...]
-        <v>615942</v>
+        <v>681</v>
+      </c>
+      <c r="D150" s="0" t="s">
+        <v>682</v>
       </c>
       <c r="E150" s="0" t="s">
-        <v>90</v>
+        <v>48</v>
       </c>
       <c r="F150" s="0" t="s">
-        <v>129</v>
+        <v>683</v>
       </c>
       <c r="G150" s="0" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="H150" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>674</v>
+        <v>364</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="L150" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
-        <v>675</v>
+        <v>684</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>676</v>
+        <v>685</v>
       </c>
       <c r="D151" s="0">
-        <v>615066</v>
+        <v>615942</v>
       </c>
       <c r="E151" s="0" t="s">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="F151" s="0"/>
+        <v>98</v>
+      </c>
+      <c r="F151" s="0" t="s">
+        <v>137</v>
+      </c>
       <c r="G151" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H151" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>367</v>
+        <v>686</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
-        <v>677</v>
+        <v>28</v>
       </c>
       <c r="L151" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
-        <v>678</v>
+        <v>687</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>679</v>
+        <v>688</v>
       </c>
       <c r="D152" s="0">
-        <v>615067</v>
+        <v>615066</v>
       </c>
       <c r="E152" s="0" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="F152" s="0"/>
       <c r="G152" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H152" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>680</v>
+        <v>378</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
-        <v>20</v>
+        <v>636</v>
       </c>
       <c r="L152" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
-        <v>681</v>
+        <v>689</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>682</v>
+        <v>690</v>
       </c>
       <c r="D153" s="0">
-        <v>615076</v>
+        <v>615067</v>
       </c>
       <c r="E153" s="0" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="F153" s="0"/>
       <c r="G153" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H153" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>683</v>
+        <v>691</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
-        <v>684</v>
+        <v>20</v>
       </c>
       <c r="L153" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
-        <v>685</v>
+        <v>692</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>686</v>
+        <v>693</v>
       </c>
       <c r="D154" s="0">
-        <v>615068</v>
+        <v>615076</v>
       </c>
       <c r="E154" s="0" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="F154" s="0"/>
       <c r="G154" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H154" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>687</v>
+        <v>694</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
-        <v>20</v>
+        <v>695</v>
       </c>
       <c r="L154" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="A155" s="0"/>
       <c r="B155" s="0" t="s">
-        <v>688</v>
+        <v>696</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>689</v>
+        <v>697</v>
       </c>
       <c r="D155" s="0">
-        <v>615033</v>
+        <v>615068</v>
       </c>
       <c r="E155" s="0" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="F155" s="0"/>
       <c r="G155" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H155" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>690</v>
+        <v>698</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
-        <v>691</v>
+        <v>20</v>
       </c>
       <c r="L155" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
-        <v>692</v>
+        <v>699</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>693</v>
+        <v>700</v>
       </c>
       <c r="D156" s="0">
-        <v>616916</v>
+        <v>615033</v>
       </c>
       <c r="E156" s="0" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="F156" s="0"/>
       <c r="G156" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H156" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>694</v>
+        <v>701</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
-        <v>684</v>
+        <v>160</v>
       </c>
       <c r="L156" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
-        <v>695</v>
+        <v>702</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>696</v>
+        <v>703</v>
       </c>
       <c r="D157" s="0">
-        <v>615069</v>
+        <v>616916</v>
       </c>
       <c r="E157" s="0" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="F157" s="0"/>
       <c r="G157" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H157" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>697</v>
+        <v>704</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
-        <v>619</v>
+        <v>705</v>
       </c>
       <c r="L157" s="0">
-        <v>4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
-        <v>698</v>
+        <v>706</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>699</v>
-[...2 lines deleted...]
-        <v>700</v>
+        <v>707</v>
+      </c>
+      <c r="D158" s="0">
+        <v>615069</v>
       </c>
       <c r="E158" s="0" t="s">
-        <v>438</v>
-[...3 lines deleted...]
-      </c>
+        <v>98</v>
+      </c>
+      <c r="F158" s="0"/>
       <c r="G158" s="0" t="s">
-        <v>80</v>
+        <v>17</v>
       </c>
       <c r="H158" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>310</v>
+        <v>708</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
-        <v>76</v>
+        <v>709</v>
       </c>
       <c r="L158" s="0">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
-        <v>702</v>
+        <v>710</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>703</v>
+        <v>711</v>
       </c>
       <c r="D159" s="0" t="s">
-        <v>704</v>
+        <v>712</v>
       </c>
       <c r="E159" s="0" t="s">
-        <v>438</v>
+        <v>448</v>
       </c>
       <c r="F159" s="0" t="s">
-        <v>705</v>
+        <v>713</v>
       </c>
       <c r="G159" s="0" t="s">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="H159" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>690</v>
+        <v>320</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
-        <v>169</v>
+        <v>178</v>
       </c>
       <c r="L159" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
-        <v>706</v>
+        <v>714</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>707</v>
-[...2 lines deleted...]
-        <v>55002</v>
+        <v>715</v>
+      </c>
+      <c r="D160" s="0" t="s">
+        <v>716</v>
       </c>
       <c r="E160" s="0" t="s">
-        <v>330</v>
+        <v>448</v>
       </c>
       <c r="F160" s="0" t="s">
-        <v>331</v>
+        <v>717</v>
       </c>
       <c r="G160" s="0" t="s">
-        <v>708</v>
+        <v>88</v>
       </c>
       <c r="H160" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>709</v>
+        <v>701</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
-        <v>20</v>
+        <v>498</v>
       </c>
       <c r="L160" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
       <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
-        <v>710</v>
+        <v>718</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>711</v>
+        <v>719</v>
       </c>
       <c r="D161" s="0">
         <v>55022</v>
       </c>
       <c r="E161" s="0"/>
       <c r="F161" s="0" t="s">
-        <v>331</v>
+        <v>342</v>
       </c>
       <c r="G161" s="0" t="s">
-        <v>708</v>
+        <v>720</v>
       </c>
       <c r="H161" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>712</v>
+        <v>721</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L161" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
       <c r="A162" s="0"/>
       <c r="B162" s="0" t="s">
-        <v>713</v>
+        <v>722</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>714</v>
+        <v>723</v>
       </c>
       <c r="D162" s="0">
         <v>616342</v>
       </c>
       <c r="E162" s="0" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="F162" s="0" t="s">
-        <v>715</v>
+        <v>724</v>
       </c>
       <c r="G162" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H162" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>716</v>
+        <v>725</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L162" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
       <c r="A163" s="0"/>
       <c r="B163" s="0" t="s">
-        <v>717</v>
+        <v>726</v>
       </c>
       <c r="C163" s="0" t="s">
-        <v>718</v>
+        <v>727</v>
       </c>
       <c r="D163" s="0" t="s">
-        <v>719</v>
+        <v>728</v>
       </c>
       <c r="E163" s="0" t="s">
-        <v>720</v>
+        <v>729</v>
       </c>
       <c r="F163" s="0" t="s">
-        <v>721</v>
+        <v>730</v>
       </c>
       <c r="G163" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H163" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>722</v>
+        <v>731</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L163" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="80">
       <c r="A164" s="0"/>
       <c r="B164" s="0" t="s">
-        <v>723</v>
+        <v>732</v>
       </c>
       <c r="C164" s="0" t="s">
-        <v>724</v>
+        <v>733</v>
       </c>
       <c r="D164" s="0" t="s">
-        <v>725</v>
+        <v>734</v>
       </c>
       <c r="E164" s="0" t="s">
-        <v>720</v>
+        <v>729</v>
       </c>
       <c r="F164" s="0" t="s">
-        <v>726</v>
+        <v>735</v>
       </c>
       <c r="G164" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H164" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>727</v>
+        <v>736</v>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L164" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="80">
       <c r="A165" s="0"/>
       <c r="B165" s="0" t="s">
-        <v>728</v>
+        <v>737</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>729</v>
+        <v>738</v>
       </c>
       <c r="D165" s="0" t="s">
-        <v>730</v>
+        <v>739</v>
       </c>
       <c r="E165" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F165" s="0" t="s">
         <v>25</v>
       </c>
       <c r="G165" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H165" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>731</v>
+        <v>740</v>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="s">
-        <v>72</v>
+        <v>28</v>
       </c>
       <c r="L165" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="80">
       <c r="A166" s="0"/>
       <c r="B166" s="0" t="s">
-        <v>732</v>
+        <v>741</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>733</v>
+        <v>742</v>
       </c>
       <c r="D166" s="0">
         <v>612442</v>
       </c>
       <c r="E166" s="0" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="F166" s="0" t="s">
-        <v>734</v>
+        <v>743</v>
       </c>
       <c r="G166" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H166" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>735</v>
+        <v>744</v>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L166" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="80">
       <c r="A167" s="0"/>
       <c r="B167" s="0" t="s">
-        <v>736</v>
+        <v>745</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>737</v>
+        <v>746</v>
       </c>
       <c r="D167" s="0" t="s">
-        <v>738</v>
+        <v>747</v>
       </c>
       <c r="E167" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="F167" s="0"/>
       <c r="G167" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H167" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>739</v>
+        <v>748</v>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="L167" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="80">
       <c r="A168" s="0"/>
       <c r="B168" s="0" t="s">
-        <v>740</v>
+        <v>749</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>741</v>
+        <v>750</v>
       </c>
       <c r="D168" s="0" t="s">
-        <v>742</v>
+        <v>751</v>
       </c>
       <c r="E168" s="0" t="s">
-        <v>391</v>
+        <v>402</v>
       </c>
       <c r="F168" s="0" t="s">
-        <v>660</v>
+        <v>672</v>
       </c>
       <c r="G168" s="0" t="s">
-        <v>393</v>
+        <v>404</v>
       </c>
       <c r="H168" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I168" s="1" t="s">
-        <v>743</v>
+        <v>752</v>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="s">
-        <v>744</v>
+        <v>278</v>
       </c>
       <c r="L168" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="80">
       <c r="A169" s="0"/>
       <c r="B169" s="0" t="s">
-        <v>745</v>
+        <v>753</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>746</v>
+        <v>754</v>
       </c>
       <c r="D169" s="0">
         <v>40207</v>
       </c>
       <c r="E169" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F169" s="0"/>
       <c r="G169" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H169" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>747</v>
+        <v>755</v>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="s">
-        <v>748</v>
+        <v>756</v>
       </c>
       <c r="L169" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="80">
       <c r="A170" s="0"/>
       <c r="B170" s="0" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>750</v>
+        <v>758</v>
       </c>
       <c r="D170" s="0" t="s">
-        <v>751</v>
+        <v>759</v>
       </c>
       <c r="E170" s="0" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
       <c r="F170" s="0"/>
       <c r="G170" s="0" t="s">
-        <v>236</v>
+        <v>244</v>
       </c>
       <c r="H170" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>752</v>
+        <v>760</v>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="s">
-        <v>753</v>
+        <v>178</v>
       </c>
       <c r="L170" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="80">
       <c r="A171" s="0"/>
       <c r="B171" s="0" t="s">
-        <v>754</v>
+        <v>761</v>
       </c>
       <c r="C171" s="0" t="s">
-        <v>755</v>
+        <v>762</v>
       </c>
       <c r="D171" s="0" t="s">
-        <v>756</v>
+        <v>763</v>
       </c>
       <c r="E171" s="0" t="s">
-        <v>218</v>
+        <v>227</v>
       </c>
       <c r="F171" s="0"/>
       <c r="G171" s="0" t="s">
-        <v>219</v>
+        <v>228</v>
       </c>
       <c r="H171" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>757</v>
+        <v>764</v>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L171" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="80">
       <c r="A172" s="0"/>
       <c r="B172" s="0" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>759</v>
+        <v>766</v>
       </c>
       <c r="D172" s="0" t="s">
-        <v>760</v>
+        <v>767</v>
       </c>
       <c r="E172" s="0" t="s">
-        <v>218</v>
+        <v>227</v>
       </c>
       <c r="F172" s="0"/>
       <c r="G172" s="0" t="s">
-        <v>219</v>
+        <v>228</v>
       </c>
       <c r="H172" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I172" s="1" t="s">
-        <v>761</v>
+        <v>768</v>
       </c>
       <c r="J172" s="0"/>
       <c r="K172" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L172" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="80">
       <c r="A173" s="0"/>
       <c r="B173" s="0" t="s">
-        <v>762</v>
+        <v>769</v>
       </c>
       <c r="C173" s="0" t="s">
-        <v>763</v>
+        <v>770</v>
       </c>
       <c r="D173" s="0" t="s">
-        <v>764</v>
+        <v>771</v>
       </c>
       <c r="E173" s="0" t="s">
-        <v>218</v>
+        <v>227</v>
       </c>
       <c r="F173" s="0"/>
       <c r="G173" s="0" t="s">
-        <v>219</v>
+        <v>228</v>
       </c>
       <c r="H173" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>220</v>
+        <v>229</v>
       </c>
       <c r="J173" s="0"/>
       <c r="K173" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L173" s="0"/>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="80">
       <c r="A174" s="0"/>
       <c r="B174" s="0" t="s">
-        <v>765</v>
+        <v>772</v>
       </c>
       <c r="C174" s="0" t="s">
-        <v>766</v>
+        <v>773</v>
       </c>
       <c r="D174" s="0" t="s">
-        <v>767</v>
+        <v>774</v>
       </c>
       <c r="E174" s="0" t="s">
-        <v>218</v>
+        <v>227</v>
       </c>
       <c r="F174" s="0"/>
       <c r="G174" s="0" t="s">
-        <v>219</v>
+        <v>228</v>
       </c>
       <c r="H174" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>768</v>
+        <v>775</v>
       </c>
       <c r="J174" s="0"/>
       <c r="K174" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L174" s="0"/>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="80">
       <c r="A175" s="0"/>
       <c r="B175" s="0" t="s">
-        <v>769</v>
+        <v>776</v>
       </c>
       <c r="C175" s="0" t="s">
-        <v>770</v>
+        <v>777</v>
       </c>
       <c r="D175" s="0" t="s">
-        <v>771</v>
+        <v>778</v>
       </c>
       <c r="E175" s="0" t="s">
-        <v>330</v>
+        <v>341</v>
       </c>
       <c r="F175" s="0" t="s">
-        <v>331</v>
+        <v>342</v>
       </c>
       <c r="G175" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H175" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>772</v>
+        <v>779</v>
       </c>
       <c r="J175" s="0"/>
       <c r="K175" s="0" t="s">
-        <v>53</v>
+        <v>64</v>
       </c>
       <c r="L175" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="80">
       <c r="A176" s="0"/>
       <c r="B176" s="0" t="s">
-        <v>773</v>
+        <v>780</v>
       </c>
       <c r="C176" s="0" t="s">
-        <v>774</v>
+        <v>781</v>
       </c>
       <c r="D176" s="0" t="s">
-        <v>775</v>
+        <v>782</v>
       </c>
       <c r="E176" s="0" t="s">
-        <v>218</v>
+        <v>227</v>
       </c>
       <c r="F176" s="0"/>
       <c r="G176" s="0" t="s">
-        <v>219</v>
+        <v>228</v>
       </c>
       <c r="H176" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>776</v>
+        <v>783</v>
       </c>
       <c r="J176" s="0"/>
       <c r="K176" s="0" t="s">
-        <v>20</v>
+        <v>64</v>
       </c>
       <c r="L176" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="80">
       <c r="A177" s="0"/>
       <c r="B177" s="0" t="s">
-        <v>777</v>
+        <v>784</v>
       </c>
       <c r="C177" s="0" t="s">
-        <v>778</v>
+        <v>785</v>
       </c>
       <c r="D177" s="0" t="s">
-        <v>779</v>
+        <v>786</v>
       </c>
       <c r="E177" s="0" t="s">
-        <v>218</v>
+        <v>227</v>
       </c>
       <c r="F177" s="0"/>
       <c r="G177" s="0" t="s">
-        <v>219</v>
+        <v>228</v>
       </c>
       <c r="H177" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I177" s="1" t="s">
-        <v>780</v>
+        <v>787</v>
       </c>
       <c r="J177" s="0"/>
       <c r="K177" s="0" t="s">
-        <v>624</v>
+        <v>20</v>
       </c>
       <c r="L177" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="80">
       <c r="A178" s="0"/>
       <c r="B178" s="0" t="s">
-        <v>781</v>
+        <v>788</v>
       </c>
       <c r="C178" s="0" t="s">
-        <v>782</v>
+        <v>789</v>
       </c>
       <c r="D178" s="0" t="s">
-        <v>783</v>
+        <v>790</v>
       </c>
       <c r="E178" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="F178" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="G178" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H178" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I178" s="1" t="s">
-        <v>784</v>
+        <v>791</v>
       </c>
       <c r="J178" s="0"/>
       <c r="K178" s="0" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="L178" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="80">
       <c r="A179" s="0"/>
       <c r="B179" s="0" t="s">
-        <v>785</v>
+        <v>792</v>
       </c>
       <c r="C179" s="0" t="s">
-        <v>786</v>
+        <v>793</v>
       </c>
       <c r="D179" s="0" t="s">
-        <v>787</v>
+        <v>794</v>
       </c>
       <c r="E179" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="F179" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="G179" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H179" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I179" s="1" t="s">
-        <v>788</v>
+        <v>795</v>
       </c>
       <c r="J179" s="0"/>
       <c r="K179" s="0" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="L179" s="0">
         <v>144</v>
       </c>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="80">
       <c r="A180" s="0"/>
       <c r="B180" s="0" t="s">
-        <v>789</v>
+        <v>796</v>
       </c>
       <c r="C180" s="0" t="s">
-        <v>790</v>
+        <v>797</v>
       </c>
       <c r="D180" s="0" t="s">
-        <v>791</v>
+        <v>798</v>
       </c>
       <c r="E180" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="F180" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="G180" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H180" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I180" s="1" t="s">
-        <v>792</v>
+        <v>799</v>
       </c>
       <c r="J180" s="0"/>
       <c r="K180" s="0" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="L180" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="80">
       <c r="A181" s="0"/>
       <c r="B181" s="0" t="s">
-        <v>793</v>
+        <v>800</v>
       </c>
       <c r="C181" s="0" t="s">
-        <v>794</v>
+        <v>801</v>
       </c>
       <c r="D181" s="0" t="s">
-        <v>795</v>
+        <v>802</v>
       </c>
       <c r="E181" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="F181" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="G181" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H181" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I181" s="1" t="s">
-        <v>189</v>
+        <v>198</v>
       </c>
       <c r="J181" s="0"/>
       <c r="K181" s="0" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="L181" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="80">
       <c r="A182" s="0"/>
       <c r="B182" s="0" t="s">
-        <v>796</v>
+        <v>803</v>
       </c>
       <c r="C182" s="0" t="s">
-        <v>797</v>
+        <v>804</v>
       </c>
       <c r="D182" s="0" t="s">
-        <v>798</v>
+        <v>805</v>
       </c>
       <c r="E182" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="F182" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="G182" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H182" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I182" s="1" t="s">
-        <v>799</v>
+        <v>806</v>
       </c>
       <c r="J182" s="0"/>
       <c r="K182" s="0" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="L182" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="80">
       <c r="A183" s="0"/>
       <c r="B183" s="0" t="s">
-        <v>800</v>
+        <v>807</v>
       </c>
       <c r="C183" s="0" t="s">
-        <v>801</v>
+        <v>808</v>
       </c>
       <c r="D183" s="0" t="s">
-        <v>802</v>
+        <v>809</v>
       </c>
       <c r="E183" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F183" s="0" t="s">
-        <v>803</v>
+        <v>810</v>
       </c>
       <c r="G183" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H183" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>804</v>
+        <v>811</v>
       </c>
       <c r="J183" s="0"/>
       <c r="K183" s="0" t="s">
-        <v>805</v>
+        <v>705</v>
       </c>
       <c r="L183" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="80">
       <c r="A184" s="0"/>
       <c r="B184" s="0" t="s">
-        <v>806</v>
+        <v>812</v>
       </c>
       <c r="C184" s="0" t="s">
-        <v>807</v>
+        <v>813</v>
       </c>
       <c r="D184" s="0" t="s">
-        <v>808</v>
+        <v>814</v>
       </c>
       <c r="E184" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F184" s="0" t="s">
-        <v>803</v>
+        <v>810</v>
       </c>
       <c r="G184" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H184" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I184" s="1" t="s">
-        <v>809</v>
+        <v>815</v>
       </c>
       <c r="J184" s="0"/>
       <c r="K184" s="0" t="s">
-        <v>810</v>
+        <v>816</v>
       </c>
       <c r="L184" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="80">
       <c r="A185" s="0"/>
       <c r="B185" s="0" t="s">
-        <v>811</v>
+        <v>817</v>
       </c>
       <c r="C185" s="0" t="s">
-        <v>812</v>
+        <v>818</v>
       </c>
       <c r="D185" s="0" t="s">
-        <v>813</v>
+        <v>819</v>
       </c>
       <c r="E185" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="F185" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="G185" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H185" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I185" s="1" t="s">
-        <v>814</v>
+        <v>820</v>
       </c>
       <c r="J185" s="0"/>
       <c r="K185" s="0" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="L185" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="80">
       <c r="A186" s="0"/>
       <c r="B186" s="0" t="s">
-        <v>815</v>
+        <v>821</v>
       </c>
       <c r="C186" s="0" t="s">
-        <v>816</v>
+        <v>822</v>
       </c>
       <c r="D186" s="0" t="s">
-        <v>817</v>
+        <v>823</v>
       </c>
       <c r="E186" s="0" t="s">
-        <v>218</v>
+        <v>227</v>
       </c>
       <c r="F186" s="0"/>
       <c r="G186" s="0" t="s">
-        <v>219</v>
+        <v>228</v>
       </c>
       <c r="H186" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I186" s="1" t="s">
-        <v>776</v>
+        <v>783</v>
       </c>
       <c r="J186" s="0"/>
       <c r="K186" s="0" t="s">
-        <v>103</v>
+        <v>278</v>
       </c>
       <c r="L186" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="80">
       <c r="A187" s="0"/>
       <c r="B187" s="0" t="s">
-        <v>818</v>
+        <v>824</v>
       </c>
       <c r="C187" s="0" t="s">
-        <v>819</v>
+        <v>825</v>
       </c>
       <c r="D187" s="0" t="s">
-        <v>820</v>
+        <v>826</v>
       </c>
       <c r="E187" s="0" t="s">
-        <v>821</v>
+        <v>827</v>
       </c>
       <c r="F187" s="0"/>
       <c r="G187" s="0" t="s">
-        <v>236</v>
+        <v>244</v>
       </c>
       <c r="H187" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>822</v>
+        <v>828</v>
       </c>
       <c r="J187" s="0"/>
       <c r="K187" s="0" t="s">
-        <v>76</v>
+        <v>178</v>
       </c>
       <c r="L187" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="80">
       <c r="A188" s="0"/>
       <c r="B188" s="0" t="s">
-        <v>823</v>
+        <v>829</v>
       </c>
       <c r="C188" s="0" t="s">
-        <v>824</v>
+        <v>830</v>
       </c>
       <c r="D188" s="0">
         <v>644746</v>
       </c>
       <c r="E188" s="0" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="F188" s="0" t="s">
-        <v>825</v>
+        <v>831</v>
       </c>
       <c r="G188" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H188" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>826</v>
+        <v>832</v>
       </c>
       <c r="J188" s="0"/>
       <c r="K188" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L188" s="0"/>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="80">
       <c r="A189" s="0"/>
       <c r="B189" s="0" t="s">
-        <v>827</v>
+        <v>833</v>
       </c>
       <c r="C189" s="0" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
       <c r="D189" s="0" t="s">
-        <v>829</v>
+        <v>835</v>
       </c>
       <c r="E189" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="F189" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="G189" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H189" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I189" s="1" t="s">
-        <v>830</v>
+        <v>836</v>
       </c>
       <c r="J189" s="0"/>
       <c r="K189" s="0" t="s">
-        <v>72</v>
+        <v>327</v>
       </c>
       <c r="L189" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="80">
       <c r="A190" s="0"/>
       <c r="B190" s="0" t="s">
-        <v>831</v>
+        <v>837</v>
       </c>
       <c r="C190" s="0" t="s">
-        <v>832</v>
+        <v>838</v>
       </c>
       <c r="D190" s="0" t="s">
-        <v>833</v>
+        <v>839</v>
       </c>
       <c r="E190" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="F190" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="G190" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H190" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I190" s="1" t="s">
-        <v>834</v>
+        <v>840</v>
       </c>
       <c r="J190" s="0"/>
       <c r="K190" s="0" t="s">
-        <v>146</v>
+        <v>154</v>
       </c>
       <c r="L190" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="191" spans="1:12" customHeight="1" ht="80">
       <c r="A191" s="0"/>
       <c r="B191" s="0" t="s">
-        <v>835</v>
+        <v>841</v>
       </c>
       <c r="C191" s="0" t="s">
-        <v>836</v>
+        <v>842</v>
       </c>
       <c r="D191" s="0" t="s">
-        <v>837</v>
+        <v>843</v>
       </c>
       <c r="E191" s="0" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
       <c r="F191" s="0"/>
       <c r="G191" s="0" t="s">
-        <v>236</v>
+        <v>244</v>
       </c>
       <c r="H191" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I191" s="1" t="s">
-        <v>838</v>
+        <v>844</v>
       </c>
       <c r="J191" s="0"/>
       <c r="K191" s="0" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="L191" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="80">
       <c r="A192" s="0"/>
       <c r="B192" s="0" t="s">
-        <v>839</v>
+        <v>845</v>
       </c>
       <c r="C192" s="0" t="s">
-        <v>840</v>
+        <v>846</v>
       </c>
       <c r="D192" s="0" t="s">
-        <v>841</v>
+        <v>847</v>
       </c>
       <c r="E192" s="0" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
       <c r="F192" s="0"/>
       <c r="G192" s="0" t="s">
-        <v>236</v>
+        <v>244</v>
       </c>
       <c r="H192" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I192" s="1" t="s">
-        <v>842</v>
+        <v>848</v>
       </c>
       <c r="J192" s="0"/>
       <c r="K192" s="0" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="L192" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="80">
       <c r="A193" s="0"/>
       <c r="B193" s="0" t="s">
-        <v>843</v>
+        <v>849</v>
       </c>
       <c r="C193" s="0" t="s">
-        <v>844</v>
+        <v>850</v>
       </c>
       <c r="D193" s="0" t="s">
-        <v>845</v>
+        <v>851</v>
       </c>
       <c r="E193" s="0" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
       <c r="F193" s="0"/>
       <c r="G193" s="0" t="s">
-        <v>236</v>
+        <v>244</v>
       </c>
       <c r="H193" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I193" s="1" t="s">
-        <v>846</v>
+        <v>852</v>
       </c>
       <c r="J193" s="0"/>
       <c r="K193" s="0" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="L193" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="80">
       <c r="A194" s="0"/>
       <c r="B194" s="0" t="s">
-        <v>847</v>
+        <v>853</v>
       </c>
       <c r="C194" s="0" t="s">
-        <v>848</v>
+        <v>854</v>
       </c>
       <c r="D194" s="0">
         <v>241405</v>
       </c>
       <c r="E194" s="0" t="s">
-        <v>849</v>
+        <v>855</v>
       </c>
       <c r="F194" s="0" t="s">
-        <v>850</v>
+        <v>856</v>
       </c>
       <c r="G194" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H194" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I194" s="1" t="s">
-        <v>851</v>
+        <v>857</v>
       </c>
       <c r="J194" s="0"/>
       <c r="K194" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L194" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="80">
       <c r="A195" s="0"/>
       <c r="B195" s="0" t="s">
-        <v>852</v>
+        <v>858</v>
       </c>
       <c r="C195" s="0" t="s">
-        <v>853</v>
+        <v>859</v>
       </c>
       <c r="D195" s="0">
         <v>257436</v>
       </c>
       <c r="E195" s="0" t="s">
-        <v>849</v>
+        <v>855</v>
       </c>
       <c r="F195" s="0" t="s">
-        <v>854</v>
+        <v>860</v>
       </c>
       <c r="G195" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H195" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I195" s="1" t="s">
-        <v>855</v>
+        <v>861</v>
       </c>
       <c r="J195" s="0"/>
       <c r="K195" s="0" t="s">
-        <v>856</v>
+        <v>862</v>
       </c>
       <c r="L195" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="80">
       <c r="A196" s="0"/>
       <c r="B196" s="0" t="s">
-        <v>857</v>
+        <v>863</v>
       </c>
       <c r="C196" s="0" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="D196" s="0">
         <v>40205</v>
       </c>
       <c r="E196" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F196" s="0"/>
       <c r="G196" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H196" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I196" s="1" t="s">
-        <v>859</v>
+        <v>865</v>
       </c>
       <c r="J196" s="0"/>
       <c r="K196" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L196" s="0"/>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="80">
       <c r="A197" s="0"/>
       <c r="B197" s="0" t="s">
-        <v>860</v>
+        <v>866</v>
       </c>
       <c r="C197" s="0" t="s">
-        <v>861</v>
+        <v>867</v>
       </c>
       <c r="D197" s="0">
         <v>653962</v>
       </c>
       <c r="E197" s="0" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="F197" s="0" t="s">
-        <v>862</v>
+        <v>868</v>
       </c>
       <c r="G197" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H197" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I197" s="1" t="s">
-        <v>863</v>
+        <v>869</v>
       </c>
       <c r="J197" s="0"/>
       <c r="K197" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L197" s="0"/>
     </row>
     <row r="198" spans="1:12" customHeight="1" ht="80">
       <c r="A198" s="0"/>
       <c r="B198" s="0" t="s">
-        <v>864</v>
+        <v>870</v>
       </c>
       <c r="C198" s="0" t="s">
-        <v>865</v>
+        <v>871</v>
       </c>
       <c r="D198" s="0" t="s">
-        <v>866</v>
+        <v>872</v>
       </c>
       <c r="E198" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F198" s="0" t="s">
-        <v>867</v>
+        <v>873</v>
       </c>
       <c r="G198" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H198" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I198" s="1" t="s">
-        <v>282</v>
+        <v>292</v>
       </c>
       <c r="J198" s="0"/>
       <c r="K198" s="0" t="s">
-        <v>72</v>
+        <v>28</v>
       </c>
       <c r="L198" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="199" spans="1:12" customHeight="1" ht="80">
       <c r="A199" s="0"/>
       <c r="B199" s="0" t="s">
-        <v>868</v>
+        <v>874</v>
       </c>
       <c r="C199" s="0" t="s">
-        <v>869</v>
+        <v>875</v>
       </c>
       <c r="D199" s="0" t="s">
-        <v>870</v>
+        <v>876</v>
       </c>
       <c r="E199" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F199" s="0" t="s">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="G199" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H199" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I199" s="1" t="s">
-        <v>871</v>
+        <v>877</v>
       </c>
       <c r="J199" s="0"/>
       <c r="K199" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L199" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="80">
       <c r="A200" s="0"/>
       <c r="B200" s="0" t="s">
-        <v>872</v>
+        <v>878</v>
       </c>
       <c r="C200" s="0" t="s">
-        <v>873</v>
+        <v>879</v>
       </c>
       <c r="D200" s="0" t="s">
-        <v>874</v>
+        <v>880</v>
       </c>
       <c r="E200" s="0" t="s">
         <v>38</v>
       </c>
       <c r="F200" s="0" t="s">
-        <v>305</v>
+        <v>315</v>
       </c>
       <c r="G200" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H200" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I200" s="1" t="s">
-        <v>875</v>
+        <v>881</v>
       </c>
       <c r="J200" s="0"/>
       <c r="K200" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L200" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="80">
       <c r="A201" s="0"/>
       <c r="B201" s="0" t="s">
-        <v>876</v>
+        <v>882</v>
       </c>
       <c r="C201" s="0" t="s">
-        <v>877</v>
+        <v>883</v>
       </c>
       <c r="D201" s="0" t="s">
-        <v>878</v>
+        <v>884</v>
       </c>
       <c r="E201" s="0" t="s">
         <v>38</v>
       </c>
       <c r="F201" s="0" t="s">
-        <v>315</v>
+        <v>325</v>
       </c>
       <c r="G201" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H201" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I201" s="1" t="s">
-        <v>879</v>
+        <v>885</v>
       </c>
       <c r="J201" s="0"/>
       <c r="K201" s="0" t="s">
-        <v>72</v>
+        <v>28</v>
       </c>
       <c r="L201" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="202" spans="1:12" customHeight="1" ht="80">
       <c r="A202" s="0"/>
       <c r="B202" s="0" t="s">
-        <v>880</v>
+        <v>886</v>
       </c>
       <c r="C202" s="0" t="s">
-        <v>881</v>
+        <v>887</v>
       </c>
       <c r="D202" s="0" t="s">
-        <v>882</v>
+        <v>888</v>
       </c>
       <c r="E202" s="0" t="s">
         <v>38</v>
       </c>
       <c r="F202" s="0" t="s">
-        <v>300</v>
+        <v>310</v>
       </c>
       <c r="G202" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H202" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I202" s="1" t="s">
-        <v>883</v>
+        <v>889</v>
       </c>
       <c r="J202" s="0"/>
       <c r="K202" s="0" t="s">
-        <v>76</v>
+        <v>178</v>
       </c>
       <c r="L202" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="80">
       <c r="A203" s="0"/>
       <c r="B203" s="0" t="s">
-        <v>884</v>
+        <v>890</v>
       </c>
       <c r="C203" s="0" t="s">
-        <v>885</v>
+        <v>891</v>
       </c>
       <c r="D203" s="0" t="s">
-        <v>886</v>
+        <v>892</v>
       </c>
       <c r="E203" s="0" t="s">
         <v>38</v>
       </c>
       <c r="F203" s="0" t="s">
-        <v>300</v>
+        <v>310</v>
       </c>
       <c r="G203" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H203" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I203" s="1" t="s">
-        <v>887</v>
+        <v>893</v>
       </c>
       <c r="J203" s="0"/>
       <c r="K203" s="0" t="s">
-        <v>748</v>
+        <v>111</v>
       </c>
       <c r="L203" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="204" spans="1:12" customHeight="1" ht="80">
       <c r="A204" s="0"/>
       <c r="B204" s="0" t="s">
-        <v>888</v>
+        <v>894</v>
       </c>
       <c r="C204" s="0" t="s">
-        <v>889</v>
+        <v>895</v>
       </c>
       <c r="D204" s="0" t="s">
-        <v>890</v>
+        <v>896</v>
       </c>
       <c r="E204" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F204" s="0" t="s">
-        <v>891</v>
+        <v>897</v>
       </c>
       <c r="G204" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H204" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I204" s="1" t="s">
-        <v>892</v>
+        <v>898</v>
       </c>
       <c r="J204" s="0"/>
       <c r="K204" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L204" s="0"/>
     </row>
     <row r="205" spans="1:12" customHeight="1" ht="80">
       <c r="A205" s="0"/>
       <c r="B205" s="0" t="s">
-        <v>893</v>
+        <v>899</v>
       </c>
       <c r="C205" s="0" t="s">
-        <v>894</v>
+        <v>900</v>
       </c>
       <c r="D205" s="0" t="s">
-        <v>895</v>
+        <v>901</v>
       </c>
       <c r="E205" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F205" s="0" t="s">
-        <v>896</v>
+        <v>902</v>
       </c>
       <c r="G205" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H205" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I205" s="1" t="s">
-        <v>897</v>
+        <v>903</v>
       </c>
       <c r="J205" s="0"/>
       <c r="K205" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L205" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="206" spans="1:12" customHeight="1" ht="80">
       <c r="A206" s="0"/>
       <c r="B206" s="0" t="s">
-        <v>898</v>
+        <v>904</v>
       </c>
       <c r="C206" s="0" t="s">
-        <v>899</v>
+        <v>905</v>
       </c>
       <c r="D206" s="0" t="s">
-        <v>900</v>
+        <v>906</v>
       </c>
       <c r="E206" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F206" s="0" t="s">
-        <v>901</v>
+        <v>907</v>
       </c>
       <c r="G206" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H206" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I206" s="1" t="s">
-        <v>902</v>
+        <v>908</v>
       </c>
       <c r="J206" s="0"/>
       <c r="K206" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L206" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="207" spans="1:12" customHeight="1" ht="80">
       <c r="A207" s="0"/>
       <c r="B207" s="0" t="s">
-        <v>903</v>
+        <v>909</v>
       </c>
       <c r="C207" s="0" t="s">
-        <v>904</v>
+        <v>910</v>
       </c>
       <c r="D207" s="0" t="s">
-        <v>905</v>
+        <v>911</v>
       </c>
       <c r="E207" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F207" s="0" t="s">
-        <v>325</v>
+        <v>336</v>
       </c>
       <c r="G207" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H207" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I207" s="1" t="s">
-        <v>906</v>
+        <v>912</v>
       </c>
       <c r="J207" s="0"/>
       <c r="K207" s="0" t="s">
-        <v>311</v>
+        <v>321</v>
       </c>
       <c r="L207" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="80">
       <c r="A208" s="0"/>
       <c r="B208" s="0" t="s">
-        <v>907</v>
+        <v>913</v>
       </c>
       <c r="C208" s="0" t="s">
-        <v>908</v>
+        <v>914</v>
       </c>
       <c r="D208" s="0" t="s">
-        <v>909</v>
+        <v>915</v>
       </c>
       <c r="E208" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="F208" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="G208" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H208" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I208" s="1" t="s">
-        <v>910</v>
+        <v>916</v>
       </c>
       <c r="J208" s="0"/>
       <c r="K208" s="0" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="L208" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="209" spans="1:12" customHeight="1" ht="80">
       <c r="A209" s="0"/>
       <c r="B209" s="0" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="C209" s="0" t="s">
-        <v>912</v>
+        <v>918</v>
       </c>
       <c r="D209" s="0" t="s">
-        <v>913</v>
+        <v>919</v>
       </c>
       <c r="E209" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="F209" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="G209" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H209" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I209" s="1" t="s">
-        <v>914</v>
+        <v>920</v>
       </c>
       <c r="J209" s="0"/>
       <c r="K209" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L209" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="210" spans="1:12" customHeight="1" ht="80">
       <c r="A210" s="0"/>
       <c r="B210" s="0" t="s">
-        <v>915</v>
+        <v>921</v>
       </c>
       <c r="C210" s="0" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
       <c r="D210" s="0" t="s">
-        <v>917</v>
+        <v>923</v>
       </c>
       <c r="E210" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="F210" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="G210" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H210" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I210" s="1" t="s">
-        <v>145</v>
+        <v>153</v>
       </c>
       <c r="J210" s="0"/>
       <c r="K210" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L210" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="211" spans="1:12" customHeight="1" ht="80">
       <c r="A211" s="0"/>
       <c r="B211" s="0" t="s">
-        <v>918</v>
+        <v>924</v>
       </c>
       <c r="C211" s="0" t="s">
-        <v>919</v>
+        <v>925</v>
       </c>
       <c r="D211" s="0" t="s">
-        <v>920</v>
+        <v>926</v>
       </c>
       <c r="E211" s="0" t="s">
-        <v>720</v>
+        <v>729</v>
       </c>
       <c r="F211" s="0" t="s">
-        <v>921</v>
+        <v>927</v>
       </c>
       <c r="G211" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H211" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I211" s="1" t="s">
-        <v>922</v>
+        <v>928</v>
       </c>
       <c r="J211" s="0"/>
       <c r="K211" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L211" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="212" spans="1:12" customHeight="1" ht="80">
       <c r="A212" s="0"/>
       <c r="B212" s="0" t="s">
-        <v>923</v>
+        <v>929</v>
       </c>
       <c r="C212" s="0" t="s">
-        <v>924</v>
+        <v>930</v>
       </c>
       <c r="D212" s="0" t="s">
-        <v>925</v>
+        <v>931</v>
       </c>
       <c r="E212" s="0" t="s">
-        <v>720</v>
+        <v>729</v>
       </c>
       <c r="F212" s="0" t="s">
-        <v>726</v>
+        <v>735</v>
       </c>
       <c r="G212" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H212" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I212" s="1" t="s">
-        <v>926</v>
+        <v>932</v>
       </c>
       <c r="J212" s="0"/>
       <c r="K212" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L212" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="213" spans="1:12" customHeight="1" ht="80">
       <c r="A213" s="0"/>
       <c r="B213" s="0" t="s">
+        <v>933</v>
+      </c>
+      <c r="C213" s="0" t="s">
+        <v>934</v>
+      </c>
+      <c r="D213" s="0" t="s">
+        <v>935</v>
+      </c>
+      <c r="E213" s="0" t="s">
+        <v>729</v>
+      </c>
+      <c r="F213" s="0" t="s">
         <v>927</v>
       </c>
-      <c r="C213" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G213" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H213" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I213" s="1" t="s">
-        <v>930</v>
+        <v>936</v>
       </c>
       <c r="J213" s="0"/>
       <c r="K213" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L213" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="214" spans="1:12" customHeight="1" ht="80">
       <c r="A214" s="0"/>
       <c r="B214" s="0" t="s">
-        <v>931</v>
+        <v>937</v>
       </c>
       <c r="C214" s="0" t="s">
-        <v>932</v>
+        <v>938</v>
       </c>
       <c r="D214" s="0" t="s">
-        <v>933</v>
+        <v>939</v>
       </c>
       <c r="E214" s="0" t="s">
-        <v>371</v>
+        <v>382</v>
       </c>
       <c r="F214" s="0" t="s">
-        <v>934</v>
+        <v>940</v>
       </c>
       <c r="G214" s="0" t="s">
-        <v>373</v>
+        <v>384</v>
       </c>
       <c r="H214" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I214" s="1" t="s">
-        <v>935</v>
+        <v>941</v>
       </c>
       <c r="J214" s="0"/>
       <c r="K214" s="0" t="s">
-        <v>53</v>
+        <v>64</v>
       </c>
       <c r="L214" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="215" spans="1:12" customHeight="1" ht="80">
       <c r="A215" s="0"/>
       <c r="B215" s="0" t="s">
-        <v>936</v>
+        <v>942</v>
       </c>
       <c r="C215" s="0" t="s">
-        <v>937</v>
+        <v>943</v>
       </c>
       <c r="D215" s="0" t="s">
-        <v>938</v>
+        <v>944</v>
       </c>
       <c r="E215" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="F215" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="G215" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H215" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I215" s="1" t="s">
-        <v>939</v>
+        <v>945</v>
       </c>
       <c r="J215" s="0"/>
       <c r="K215" s="0" t="s">
-        <v>53</v>
+        <v>64</v>
       </c>
       <c r="L215" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="216" spans="1:12" customHeight="1" ht="80">
       <c r="A216" s="0"/>
       <c r="B216" s="0" t="s">
-        <v>940</v>
+        <v>946</v>
       </c>
       <c r="C216" s="0" t="s">
-        <v>941</v>
+        <v>947</v>
       </c>
       <c r="D216" s="0" t="s">
-        <v>942</v>
+        <v>948</v>
       </c>
       <c r="E216" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F216" s="0" t="s">
         <v>25</v>
       </c>
       <c r="G216" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H216" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I216" s="1" t="s">
-        <v>943</v>
+        <v>949</v>
       </c>
       <c r="J216" s="0"/>
       <c r="K216" s="0" t="s">
-        <v>28</v>
+        <v>160</v>
       </c>
       <c r="L216" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="217" spans="1:12" customHeight="1" ht="80">
       <c r="A217" s="0"/>
       <c r="B217" s="0" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="C217" s="0" t="s">
-        <v>945</v>
+        <v>951</v>
       </c>
       <c r="D217" s="0" t="s">
-        <v>946</v>
+        <v>952</v>
       </c>
       <c r="E217" s="0" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
       <c r="F217" s="0" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
       <c r="G217" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H217" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I217" s="1" t="s">
-        <v>947</v>
+        <v>953</v>
       </c>
       <c r="J217" s="0"/>
       <c r="K217" s="0" t="s">
-        <v>61</v>
+        <v>451</v>
       </c>
       <c r="L217" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="218" spans="1:12" customHeight="1" ht="80">
       <c r="A218" s="0"/>
       <c r="B218" s="0" t="s">
-        <v>948</v>
+        <v>954</v>
       </c>
       <c r="C218" s="0" t="s">
-        <v>949</v>
+        <v>955</v>
       </c>
       <c r="D218" s="0" t="s">
-        <v>950</v>
+        <v>956</v>
       </c>
       <c r="E218" s="0" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
       <c r="F218" s="0" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
       <c r="G218" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H218" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I218" s="1" t="s">
-        <v>951</v>
+        <v>957</v>
       </c>
       <c r="J218" s="0"/>
       <c r="K218" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L218" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="219" spans="1:12" customHeight="1" ht="80">
       <c r="A219" s="0"/>
       <c r="B219" s="0" t="s">
-        <v>952</v>
+        <v>958</v>
       </c>
       <c r="C219" s="0" t="s">
-        <v>953</v>
+        <v>959</v>
       </c>
       <c r="D219" s="0" t="s">
-        <v>954</v>
+        <v>960</v>
       </c>
       <c r="E219" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F219" s="0" t="s">
-        <v>173</v>
+        <v>182</v>
       </c>
       <c r="G219" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H219" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I219" s="1" t="s">
-        <v>955</v>
+        <v>961</v>
       </c>
       <c r="J219" s="0"/>
       <c r="K219" s="0" t="s">
-        <v>53</v>
+        <v>64</v>
       </c>
       <c r="L219" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="220" spans="1:12" customHeight="1" ht="80">
       <c r="A220" s="0"/>
       <c r="B220" s="0" t="s">
-        <v>956</v>
+        <v>962</v>
       </c>
       <c r="C220" s="0" t="s">
-        <v>957</v>
+        <v>963</v>
       </c>
       <c r="D220" s="0" t="s">
-        <v>958</v>
+        <v>964</v>
       </c>
       <c r="E220" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F220" s="0" t="s">
-        <v>173</v>
+        <v>182</v>
       </c>
       <c r="G220" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H220" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I220" s="1" t="s">
-        <v>959</v>
+        <v>965</v>
       </c>
       <c r="J220" s="0"/>
       <c r="K220" s="0" t="s">
-        <v>76</v>
+        <v>178</v>
       </c>
       <c r="L220" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="221" spans="1:12" customHeight="1" ht="80">
       <c r="A221" s="0"/>
       <c r="B221" s="0" t="s">
-        <v>960</v>
+        <v>966</v>
       </c>
       <c r="C221" s="0" t="s">
-        <v>961</v>
+        <v>967</v>
       </c>
       <c r="D221" s="0" t="s">
-        <v>962</v>
+        <v>968</v>
       </c>
       <c r="E221" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F221" s="0" t="s">
-        <v>173</v>
+        <v>182</v>
       </c>
       <c r="G221" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H221" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I221" s="1" t="s">
-        <v>963</v>
+        <v>969</v>
       </c>
       <c r="J221" s="0"/>
       <c r="K221" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L221" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="222" spans="1:12" customHeight="1" ht="80">
       <c r="A222" s="0"/>
       <c r="B222" s="0" t="s">
-        <v>964</v>
+        <v>970</v>
       </c>
       <c r="C222" s="0" t="s">
-        <v>965</v>
+        <v>971</v>
       </c>
       <c r="D222" s="0" t="s">
-        <v>966</v>
+        <v>972</v>
       </c>
       <c r="E222" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="F222" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="G222" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H222" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I222" s="1" t="s">
-        <v>792</v>
+        <v>799</v>
       </c>
       <c r="J222" s="0"/>
       <c r="K222" s="0" t="s">
-        <v>61</v>
+        <v>154</v>
       </c>
       <c r="L222" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="223" spans="1:12" customHeight="1" ht="80">
       <c r="A223" s="0"/>
       <c r="B223" s="0" t="s">
-        <v>967</v>
+        <v>973</v>
       </c>
       <c r="C223" s="0" t="s">
-        <v>968</v>
+        <v>974</v>
       </c>
       <c r="D223" s="0" t="s">
-        <v>969</v>
+        <v>975</v>
       </c>
       <c r="E223" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="F223" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="G223" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H223" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I223" s="1" t="s">
-        <v>970</v>
+        <v>976</v>
       </c>
       <c r="J223" s="0"/>
       <c r="K223" s="0" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="L223" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="224" spans="1:12" customHeight="1" ht="80">
       <c r="A224" s="0"/>
       <c r="B224" s="0" t="s">
-        <v>971</v>
+        <v>977</v>
       </c>
       <c r="C224" s="0" t="s">
-        <v>972</v>
+        <v>978</v>
       </c>
       <c r="D224" s="0" t="s">
-        <v>973</v>
+        <v>979</v>
       </c>
       <c r="E224" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="F224" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="G224" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H224" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I224" s="1" t="s">
-        <v>974</v>
+        <v>980</v>
       </c>
       <c r="J224" s="0"/>
       <c r="K224" s="0" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="L224" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="225" spans="1:12" customHeight="1" ht="80">
       <c r="A225" s="0"/>
       <c r="B225" s="0" t="s">
-        <v>975</v>
+        <v>981</v>
       </c>
       <c r="C225" s="0" t="s">
-        <v>976</v>
+        <v>982</v>
       </c>
       <c r="D225" s="0" t="s">
-        <v>977</v>
+        <v>983</v>
       </c>
       <c r="E225" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="F225" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="G225" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H225" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I225" s="1" t="s">
-        <v>788</v>
+        <v>795</v>
       </c>
       <c r="J225" s="0"/>
       <c r="K225" s="0" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="L225" s="0">
         <v>96</v>
       </c>
     </row>
     <row r="226" spans="1:12" customHeight="1" ht="80">
       <c r="A226" s="0"/>
       <c r="B226" s="0" t="s">
-        <v>978</v>
+        <v>984</v>
       </c>
       <c r="C226" s="0" t="s">
-        <v>979</v>
+        <v>985</v>
       </c>
       <c r="D226" s="0" t="s">
-        <v>980</v>
+        <v>986</v>
       </c>
       <c r="E226" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="F226" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="G226" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H226" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I226" s="1" t="s">
-        <v>981</v>
+        <v>987</v>
       </c>
       <c r="J226" s="0"/>
       <c r="K226" s="0" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="L226" s="0">
         <v>96</v>
       </c>
     </row>
     <row r="227" spans="1:12" customHeight="1" ht="80">
       <c r="A227" s="0"/>
       <c r="B227" s="0" t="s">
-        <v>982</v>
+        <v>988</v>
       </c>
       <c r="C227" s="0" t="s">
-        <v>983</v>
+        <v>989</v>
       </c>
       <c r="D227" s="0" t="s">
-        <v>984</v>
+        <v>990</v>
       </c>
       <c r="E227" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="F227" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="G227" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H227" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I227" s="1" t="s">
-        <v>788</v>
+        <v>795</v>
       </c>
       <c r="J227" s="0"/>
       <c r="K227" s="0" t="s">
-        <v>146</v>
+        <v>160</v>
       </c>
       <c r="L227" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="228" spans="1:12" customHeight="1" ht="80">
       <c r="A228" s="0"/>
       <c r="B228" s="0" t="s">
-        <v>985</v>
+        <v>991</v>
       </c>
       <c r="C228" s="0" t="s">
-        <v>986</v>
+        <v>992</v>
       </c>
       <c r="D228" s="0" t="s">
-        <v>987</v>
+        <v>993</v>
       </c>
       <c r="E228" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="F228" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="G228" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H228" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I228" s="1" t="s">
-        <v>333</v>
+        <v>994</v>
       </c>
       <c r="J228" s="0"/>
       <c r="K228" s="0" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="L228" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="229" spans="1:12" customHeight="1" ht="80">
       <c r="A229" s="0"/>
       <c r="B229" s="0" t="s">
-        <v>988</v>
+        <v>995</v>
       </c>
       <c r="C229" s="0" t="s">
-        <v>989</v>
+        <v>996</v>
       </c>
       <c r="D229" s="0" t="s">
-        <v>990</v>
+        <v>997</v>
       </c>
       <c r="E229" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="F229" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="G229" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H229" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I229" s="1" t="s">
-        <v>991</v>
+        <v>998</v>
       </c>
       <c r="J229" s="0"/>
       <c r="K229" s="0" t="s">
-        <v>146</v>
+        <v>154</v>
       </c>
       <c r="L229" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="230" spans="1:12" customHeight="1" ht="80">
       <c r="A230" s="0"/>
       <c r="B230" s="0" t="s">
-        <v>992</v>
+        <v>999</v>
       </c>
       <c r="C230" s="0" t="s">
-        <v>993</v>
+        <v>1000</v>
       </c>
       <c r="D230" s="0" t="s">
-        <v>994</v>
+        <v>1001</v>
       </c>
       <c r="E230" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="F230" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="G230" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H230" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I230" s="1" t="s">
-        <v>264</v>
+        <v>273</v>
       </c>
       <c r="J230" s="0"/>
       <c r="K230" s="0" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="L230" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="231" spans="1:12" customHeight="1" ht="80">
       <c r="A231" s="0"/>
       <c r="B231" s="0" t="s">
-        <v>995</v>
+        <v>1002</v>
       </c>
       <c r="C231" s="0" t="s">
-        <v>996</v>
+        <v>1003</v>
       </c>
       <c r="D231" s="0">
         <v>40202</v>
       </c>
       <c r="E231" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F231" s="0"/>
       <c r="G231" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H231" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I231" s="1" t="s">
-        <v>997</v>
+        <v>1004</v>
       </c>
       <c r="J231" s="0"/>
       <c r="K231" s="0" t="s">
-        <v>441</v>
+        <v>321</v>
       </c>
       <c r="L231" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="232" spans="1:12" customHeight="1" ht="80">
       <c r="A232" s="0"/>
       <c r="B232" s="0" t="s">
-        <v>998</v>
+        <v>1005</v>
       </c>
       <c r="C232" s="0" t="s">
-        <v>999</v>
+        <v>1006</v>
       </c>
       <c r="D232" s="0">
-        <v>646317</v>
+        <v>649607</v>
       </c>
       <c r="E232" s="0" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="F232" s="0" t="s">
-        <v>1000</v>
+        <v>1007</v>
       </c>
       <c r="G232" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H232" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I232" s="1" t="s">
-        <v>1001</v>
+        <v>1008</v>
       </c>
       <c r="J232" s="0"/>
       <c r="K232" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L232" s="0"/>
+        <v>705</v>
+      </c>
+      <c r="L232" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="233" spans="1:12" customHeight="1" ht="80">
       <c r="A233" s="0"/>
       <c r="B233" s="0" t="s">
-        <v>1002</v>
+        <v>1009</v>
       </c>
       <c r="C233" s="0" t="s">
-        <v>1003</v>
-[...2 lines deleted...]
-        <v>649607</v>
+        <v>1010</v>
+      </c>
+      <c r="D233" s="0" t="s">
+        <v>1011</v>
       </c>
       <c r="E233" s="0" t="s">
-        <v>90</v>
-[...3 lines deleted...]
-      </c>
+        <v>1012</v>
+      </c>
+      <c r="F233" s="0"/>
       <c r="G233" s="0" t="s">
-        <v>17</v>
+        <v>343</v>
       </c>
       <c r="H233" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I233" s="1" t="s">
-        <v>1005</v>
+        <v>1013</v>
       </c>
       <c r="J233" s="0"/>
       <c r="K233" s="0" t="s">
-        <v>805</v>
+        <v>20</v>
       </c>
       <c r="L233" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="234" spans="1:12" customHeight="1" ht="80">
       <c r="A234" s="0"/>
       <c r="B234" s="0" t="s">
-        <v>1006</v>
+        <v>1014</v>
       </c>
       <c r="C234" s="0" t="s">
-        <v>1007</v>
+        <v>1015</v>
       </c>
       <c r="D234" s="0" t="s">
-        <v>1008</v>
+        <v>1016</v>
       </c>
       <c r="E234" s="0" t="s">
-        <v>1009</v>
-[...1 lines deleted...]
-      <c r="F234" s="0"/>
+        <v>626</v>
+      </c>
+      <c r="F234" s="0" t="s">
+        <v>1017</v>
+      </c>
       <c r="G234" s="0" t="s">
-        <v>332</v>
+        <v>26</v>
       </c>
       <c r="H234" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I234" s="1" t="s">
-        <v>1010</v>
+        <v>1018</v>
       </c>
       <c r="J234" s="0"/>
       <c r="K234" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L234" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L234" s="0"/>
     </row>
     <row r="235" spans="1:12" customHeight="1" ht="80">
       <c r="A235" s="0"/>
       <c r="B235" s="0" t="s">
-        <v>1011</v>
+        <v>1019</v>
       </c>
       <c r="C235" s="0" t="s">
-        <v>1012</v>
+        <v>1020</v>
       </c>
       <c r="D235" s="0" t="s">
-        <v>1013</v>
+        <v>1021</v>
       </c>
       <c r="E235" s="0" t="s">
-        <v>614</v>
+        <v>1022</v>
       </c>
       <c r="F235" s="0" t="s">
-        <v>1014</v>
+        <v>1023</v>
       </c>
       <c r="G235" s="0" t="s">
-        <v>26</v>
+        <v>129</v>
       </c>
       <c r="H235" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I235" s="1" t="s">
-        <v>1015</v>
+        <v>1024</v>
       </c>
       <c r="J235" s="0"/>
       <c r="K235" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L235" s="0"/>
     </row>
     <row r="236" spans="1:12" customHeight="1" ht="80">
       <c r="A236" s="0"/>
       <c r="B236" s="0" t="s">
-        <v>1016</v>
+        <v>1025</v>
       </c>
       <c r="C236" s="0" t="s">
-        <v>1017</v>
+        <v>1026</v>
       </c>
       <c r="D236" s="0" t="s">
-        <v>1018</v>
+        <v>1027</v>
       </c>
       <c r="E236" s="0" t="s">
-        <v>1019</v>
+        <v>48</v>
       </c>
       <c r="F236" s="0" t="s">
-        <v>1020</v>
+        <v>1028</v>
       </c>
       <c r="G236" s="0" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="H236" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I236" s="1" t="s">
-        <v>1021</v>
+        <v>768</v>
       </c>
       <c r="J236" s="0"/>
       <c r="K236" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L236" s="0"/>
     </row>
     <row r="237" spans="1:12" customHeight="1" ht="80">
       <c r="A237" s="0"/>
       <c r="B237" s="0" t="s">
-        <v>1022</v>
+        <v>1029</v>
       </c>
       <c r="C237" s="0" t="s">
-        <v>1023</v>
+        <v>1030</v>
       </c>
       <c r="D237" s="0" t="s">
-        <v>1024</v>
+        <v>1031</v>
       </c>
       <c r="E237" s="0" t="s">
-        <v>69</v>
+        <v>48</v>
       </c>
       <c r="F237" s="0" t="s">
-        <v>1025</v>
+        <v>1028</v>
       </c>
       <c r="G237" s="0" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="H237" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I237" s="1" t="s">
-        <v>761</v>
+        <v>768</v>
       </c>
       <c r="J237" s="0"/>
       <c r="K237" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L237" s="0"/>
     </row>
     <row r="238" spans="1:12" customHeight="1" ht="80">
       <c r="A238" s="0"/>
       <c r="B238" s="0" t="s">
-        <v>1026</v>
+        <v>1032</v>
       </c>
       <c r="C238" s="0" t="s">
-        <v>1027</v>
+        <v>1033</v>
       </c>
       <c r="D238" s="0" t="s">
-        <v>1028</v>
+        <v>1034</v>
       </c>
       <c r="E238" s="0" t="s">
-        <v>69</v>
+        <v>48</v>
       </c>
       <c r="F238" s="0" t="s">
-        <v>1025</v>
+        <v>1035</v>
       </c>
       <c r="G238" s="0" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="H238" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I238" s="1" t="s">
-        <v>761</v>
+        <v>1036</v>
       </c>
       <c r="J238" s="0"/>
       <c r="K238" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L238" s="0"/>
+      <c r="L238" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="239" spans="1:12" customHeight="1" ht="80">
       <c r="A239" s="0"/>
       <c r="B239" s="0" t="s">
-        <v>1029</v>
+        <v>1037</v>
       </c>
       <c r="C239" s="0" t="s">
-        <v>1030</v>
+        <v>1038</v>
       </c>
       <c r="D239" s="0" t="s">
-        <v>1031</v>
+        <v>1039</v>
       </c>
       <c r="E239" s="0" t="s">
-        <v>69</v>
+        <v>48</v>
       </c>
       <c r="F239" s="0" t="s">
-        <v>1032</v>
+        <v>1035</v>
       </c>
       <c r="G239" s="0" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="H239" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I239" s="1" t="s">
-        <v>1033</v>
+        <v>115</v>
       </c>
       <c r="J239" s="0"/>
       <c r="K239" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L239" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="240" spans="1:12" customHeight="1" ht="80">
       <c r="A240" s="0"/>
       <c r="B240" s="0" t="s">
-        <v>1034</v>
+        <v>1040</v>
       </c>
       <c r="C240" s="0" t="s">
-        <v>1035</v>
+        <v>1041</v>
       </c>
       <c r="D240" s="0" t="s">
-        <v>1036</v>
+        <v>1042</v>
       </c>
       <c r="E240" s="0" t="s">
-        <v>69</v>
+        <v>1043</v>
       </c>
       <c r="F240" s="0" t="s">
-        <v>1032</v>
+        <v>1044</v>
       </c>
       <c r="G240" s="0" t="s">
-        <v>121</v>
+        <v>343</v>
       </c>
       <c r="H240" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I240" s="1" t="s">
-        <v>107</v>
+        <v>1045</v>
       </c>
       <c r="J240" s="0"/>
       <c r="K240" s="0" t="s">
-        <v>20</v>
+        <v>64</v>
       </c>
       <c r="L240" s="0">
-        <v>1</v>
+        <v>24</v>
       </c>
     </row>
     <row r="241" spans="1:12" customHeight="1" ht="80">
       <c r="A241" s="0"/>
       <c r="B241" s="0" t="s">
-        <v>1037</v>
+        <v>1046</v>
       </c>
       <c r="C241" s="0" t="s">
-        <v>1038</v>
+        <v>1047</v>
       </c>
       <c r="D241" s="0" t="s">
-        <v>1039</v>
+        <v>1048</v>
       </c>
       <c r="E241" s="0" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="F241" s="0" t="s">
-        <v>1041</v>
+        <v>1044</v>
       </c>
       <c r="G241" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H241" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I241" s="1" t="s">
-        <v>1042</v>
+        <v>1049</v>
       </c>
       <c r="J241" s="0"/>
       <c r="K241" s="0" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="L241" s="0">
-        <v>24</v>
+        <v>16</v>
       </c>
     </row>
     <row r="242" spans="1:12" customHeight="1" ht="80">
       <c r="A242" s="0"/>
       <c r="B242" s="0" t="s">
-        <v>1043</v>
+        <v>1050</v>
       </c>
       <c r="C242" s="0" t="s">
-        <v>1044</v>
+        <v>1051</v>
       </c>
       <c r="D242" s="0" t="s">
-        <v>1045</v>
+        <v>1052</v>
       </c>
       <c r="E242" s="0" t="s">
-        <v>1040</v>
+        <v>24</v>
       </c>
       <c r="F242" s="0" t="s">
-        <v>1041</v>
+        <v>1053</v>
       </c>
       <c r="G242" s="0" t="s">
-        <v>332</v>
+        <v>26</v>
       </c>
       <c r="H242" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I242" s="1" t="s">
-        <v>1046</v>
+        <v>1054</v>
       </c>
       <c r="J242" s="0"/>
       <c r="K242" s="0" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
       <c r="L242" s="0">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="243" spans="1:12" customHeight="1" ht="80">
       <c r="A243" s="0"/>
       <c r="B243" s="0" t="s">
-        <v>1047</v>
+        <v>1055</v>
       </c>
       <c r="C243" s="0" t="s">
-        <v>1048</v>
+        <v>1056</v>
       </c>
       <c r="D243" s="0" t="s">
-        <v>1049</v>
+        <v>1057</v>
       </c>
       <c r="E243" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F243" s="0" t="s">
-        <v>1050</v>
+        <v>1058</v>
       </c>
       <c r="G243" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H243" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I243" s="1" t="s">
-        <v>1051</v>
+        <v>1059</v>
       </c>
       <c r="J243" s="0"/>
       <c r="K243" s="0" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="L243" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="244" spans="1:12" customHeight="1" ht="80">
       <c r="A244" s="0"/>
       <c r="B244" s="0" t="s">
-        <v>1052</v>
+        <v>1060</v>
       </c>
       <c r="C244" s="0" t="s">
-        <v>1053</v>
+        <v>1061</v>
       </c>
       <c r="D244" s="0" t="s">
-        <v>1054</v>
+        <v>1062</v>
       </c>
       <c r="E244" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F244" s="0" t="s">
-        <v>1055</v>
+        <v>1063</v>
       </c>
       <c r="G244" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H244" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I244" s="1" t="s">
-        <v>1056</v>
+        <v>292</v>
       </c>
       <c r="J244" s="0"/>
       <c r="K244" s="0" t="s">
-        <v>20</v>
+        <v>321</v>
       </c>
       <c r="L244" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="245" spans="1:12" customHeight="1" ht="80">
       <c r="A245" s="0"/>
       <c r="B245" s="0" t="s">
-        <v>1057</v>
+        <v>1064</v>
       </c>
       <c r="C245" s="0" t="s">
-        <v>1058</v>
+        <v>1065</v>
       </c>
       <c r="D245" s="0" t="s">
-        <v>1059</v>
+        <v>1066</v>
       </c>
       <c r="E245" s="0" t="s">
-        <v>24</v>
+        <v>1043</v>
       </c>
       <c r="F245" s="0" t="s">
-        <v>1060</v>
+        <v>1067</v>
       </c>
       <c r="G245" s="0" t="s">
-        <v>26</v>
+        <v>343</v>
       </c>
       <c r="H245" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I245" s="1" t="s">
-        <v>282</v>
+        <v>1068</v>
       </c>
       <c r="J245" s="0"/>
       <c r="K245" s="0" t="s">
-        <v>311</v>
+        <v>20</v>
       </c>
       <c r="L245" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="246" spans="1:12" customHeight="1" ht="80">
       <c r="A246" s="0"/>
       <c r="B246" s="0" t="s">
-        <v>1061</v>
+        <v>1069</v>
       </c>
       <c r="C246" s="0" t="s">
-        <v>1062</v>
+        <v>1070</v>
       </c>
       <c r="D246" s="0" t="s">
-        <v>1063</v>
+        <v>1071</v>
       </c>
       <c r="E246" s="0" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="F246" s="0" t="s">
-        <v>1064</v>
+        <v>1072</v>
       </c>
       <c r="G246" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H246" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I246" s="1" t="s">
-        <v>1065</v>
+        <v>1068</v>
       </c>
       <c r="J246" s="0"/>
       <c r="K246" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L246" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="247" spans="1:12" customHeight="1" ht="80">
       <c r="A247" s="0"/>
       <c r="B247" s="0" t="s">
-        <v>1066</v>
+        <v>1073</v>
       </c>
       <c r="C247" s="0" t="s">
-        <v>1067</v>
+        <v>1074</v>
       </c>
       <c r="D247" s="0" t="s">
+        <v>1075</v>
+      </c>
+      <c r="E247" s="0" t="s">
+        <v>1043</v>
+      </c>
+      <c r="F247" s="0" t="s">
+        <v>1076</v>
+      </c>
+      <c r="G247" s="0" t="s">
+        <v>343</v>
+      </c>
+      <c r="H247" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I247" s="1" t="s">
         <v>1068</v>
-      </c>
-[...13 lines deleted...]
-        <v>1065</v>
       </c>
       <c r="J247" s="0"/>
       <c r="K247" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L247" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="248" spans="1:12" customHeight="1" ht="80">
       <c r="A248" s="0"/>
       <c r="B248" s="0" t="s">
-        <v>1070</v>
+        <v>1077</v>
       </c>
       <c r="C248" s="0" t="s">
-        <v>1071</v>
+        <v>1078</v>
       </c>
       <c r="D248" s="0" t="s">
-        <v>1072</v>
+        <v>1079</v>
       </c>
       <c r="E248" s="0" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="F248" s="0" t="s">
-        <v>1073</v>
+        <v>1080</v>
       </c>
       <c r="G248" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H248" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I248" s="1" t="s">
-        <v>1065</v>
+        <v>1068</v>
       </c>
       <c r="J248" s="0"/>
       <c r="K248" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L248" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="249" spans="1:12" customHeight="1" ht="80">
       <c r="A249" s="0"/>
       <c r="B249" s="0" t="s">
-        <v>1074</v>
+        <v>1081</v>
       </c>
       <c r="C249" s="0" t="s">
-        <v>1075</v>
+        <v>1082</v>
       </c>
       <c r="D249" s="0" t="s">
-        <v>1076</v>
+        <v>1083</v>
       </c>
       <c r="E249" s="0" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="F249" s="0" t="s">
-        <v>1077</v>
+        <v>1084</v>
       </c>
       <c r="G249" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H249" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I249" s="1" t="s">
-        <v>1065</v>
+        <v>1068</v>
       </c>
       <c r="J249" s="0"/>
       <c r="K249" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L249" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="250" spans="1:12" customHeight="1" ht="80">
       <c r="A250" s="0"/>
       <c r="B250" s="0" t="s">
-        <v>1078</v>
+        <v>1085</v>
       </c>
       <c r="C250" s="0" t="s">
-        <v>1079</v>
+        <v>1086</v>
       </c>
       <c r="D250" s="0" t="s">
-        <v>1080</v>
+        <v>1087</v>
       </c>
       <c r="E250" s="0" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="F250" s="0" t="s">
-        <v>1081</v>
+        <v>1088</v>
       </c>
       <c r="G250" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H250" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I250" s="1" t="s">
-        <v>1065</v>
+        <v>1045</v>
       </c>
       <c r="J250" s="0"/>
       <c r="K250" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L250" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="251" spans="1:12" customHeight="1" ht="80">
       <c r="A251" s="0"/>
       <c r="B251" s="0" t="s">
-        <v>1082</v>
+        <v>1089</v>
       </c>
       <c r="C251" s="0" t="s">
-        <v>1083</v>
+        <v>1090</v>
       </c>
       <c r="D251" s="0" t="s">
-        <v>1084</v>
+        <v>1091</v>
       </c>
       <c r="E251" s="0" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="F251" s="0" t="s">
-        <v>1085</v>
+        <v>1092</v>
       </c>
       <c r="G251" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H251" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I251" s="1" t="s">
-        <v>1042</v>
+        <v>1045</v>
       </c>
       <c r="J251" s="0"/>
       <c r="K251" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L251" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="252" spans="1:12" customHeight="1" ht="80">
       <c r="A252" s="0"/>
       <c r="B252" s="0" t="s">
-        <v>1086</v>
+        <v>1093</v>
       </c>
       <c r="C252" s="0" t="s">
-        <v>1087</v>
+        <v>1094</v>
       </c>
       <c r="D252" s="0" t="s">
-        <v>1088</v>
+        <v>1095</v>
       </c>
       <c r="E252" s="0" t="s">
-        <v>1040</v>
+        <v>68</v>
       </c>
       <c r="F252" s="0" t="s">
-        <v>1089</v>
+        <v>1096</v>
       </c>
       <c r="G252" s="0" t="s">
-        <v>332</v>
+        <v>50</v>
       </c>
       <c r="H252" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I252" s="1" t="s">
-        <v>1042</v>
+        <v>1097</v>
       </c>
       <c r="J252" s="0"/>
       <c r="K252" s="0" t="s">
-        <v>20</v>
+        <v>71</v>
       </c>
       <c r="L252" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="253" spans="1:12" customHeight="1" ht="80">
       <c r="A253" s="0"/>
       <c r="B253" s="0" t="s">
-        <v>1090</v>
+        <v>1098</v>
       </c>
       <c r="C253" s="0" t="s">
-        <v>1091</v>
+        <v>1099</v>
       </c>
       <c r="D253" s="0" t="s">
-        <v>1092</v>
+        <v>1100</v>
       </c>
       <c r="E253" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="F253" s="0" t="s">
-        <v>1093</v>
+        <v>1101</v>
       </c>
       <c r="G253" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H253" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I253" s="1" t="s">
-        <v>1094</v>
+        <v>1102</v>
       </c>
       <c r="J253" s="0"/>
       <c r="K253" s="0" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="L253" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="254" spans="1:12" customHeight="1" ht="80">
       <c r="A254" s="0"/>
       <c r="B254" s="0" t="s">
-        <v>1095</v>
+        <v>1103</v>
       </c>
       <c r="C254" s="0" t="s">
-        <v>1096</v>
+        <v>1104</v>
       </c>
       <c r="D254" s="0" t="s">
-        <v>1097</v>
+        <v>1105</v>
       </c>
       <c r="E254" s="0" t="s">
-        <v>57</v>
+        <v>1043</v>
       </c>
       <c r="F254" s="0" t="s">
-        <v>1098</v>
+        <v>1106</v>
       </c>
       <c r="G254" s="0" t="s">
-        <v>59</v>
+        <v>343</v>
       </c>
       <c r="H254" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I254" s="1" t="s">
-        <v>1099</v>
+        <v>198</v>
       </c>
       <c r="J254" s="0"/>
       <c r="K254" s="0" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="L254" s="0">
-        <v>24</v>
+        <v>16</v>
       </c>
     </row>
     <row r="255" spans="1:12" customHeight="1" ht="80">
       <c r="A255" s="0"/>
       <c r="B255" s="0" t="s">
-        <v>1100</v>
+        <v>1107</v>
       </c>
       <c r="C255" s="0" t="s">
-        <v>1101</v>
+        <v>1108</v>
       </c>
       <c r="D255" s="0" t="s">
-        <v>1102</v>
+        <v>1109</v>
       </c>
       <c r="E255" s="0" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="F255" s="0" t="s">
-        <v>1103</v>
+        <v>1110</v>
       </c>
       <c r="G255" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H255" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I255" s="1" t="s">
-        <v>189</v>
+        <v>1111</v>
       </c>
       <c r="J255" s="0"/>
       <c r="K255" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L255" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L255" s="0"/>
     </row>
     <row r="256" spans="1:12" customHeight="1" ht="80">
       <c r="A256" s="0"/>
       <c r="B256" s="0" t="s">
-        <v>1104</v>
+        <v>1112</v>
       </c>
       <c r="C256" s="0" t="s">
-        <v>1105</v>
+        <v>1113</v>
       </c>
       <c r="D256" s="0" t="s">
-        <v>1106</v>
+        <v>1114</v>
       </c>
       <c r="E256" s="0" t="s">
-        <v>1040</v>
-[...3 lines deleted...]
-      </c>
+        <v>1115</v>
+      </c>
+      <c r="F256" s="0"/>
       <c r="G256" s="0" t="s">
-        <v>332</v>
+        <v>1116</v>
       </c>
       <c r="H256" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I256" s="1" t="s">
-        <v>1108</v>
+        <v>1117</v>
       </c>
       <c r="J256" s="0"/>
       <c r="K256" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L256" s="0"/>
+      <c r="L256" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="257" spans="1:12" customHeight="1" ht="80">
       <c r="A257" s="0"/>
       <c r="B257" s="0" t="s">
-        <v>1109</v>
+        <v>1118</v>
       </c>
       <c r="C257" s="0" t="s">
-        <v>1110</v>
+        <v>1119</v>
       </c>
       <c r="D257" s="0" t="s">
-        <v>1111</v>
+        <v>1120</v>
       </c>
       <c r="E257" s="0" t="s">
-        <v>1112</v>
-[...1 lines deleted...]
-      <c r="F257" s="0"/>
+        <v>1043</v>
+      </c>
+      <c r="F257" s="0" t="s">
+        <v>1121</v>
+      </c>
       <c r="G257" s="0" t="s">
-        <v>1113</v>
+        <v>343</v>
       </c>
       <c r="H257" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I257" s="1" t="s">
-        <v>1114</v>
+        <v>1045</v>
       </c>
       <c r="J257" s="0"/>
       <c r="K257" s="0" t="s">
-        <v>20</v>
+        <v>64</v>
       </c>
       <c r="L257" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="258" spans="1:12" customHeight="1" ht="80">
       <c r="A258" s="0"/>
       <c r="B258" s="0" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="C258" s="0" t="s">
-        <v>1116</v>
+        <v>1123</v>
       </c>
       <c r="D258" s="0" t="s">
-        <v>1117</v>
+        <v>1124</v>
       </c>
       <c r="E258" s="0" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="F258" s="0" t="s">
-        <v>1118</v>
+        <v>1121</v>
       </c>
       <c r="G258" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H258" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I258" s="1" t="s">
-        <v>1042</v>
+        <v>515</v>
       </c>
       <c r="J258" s="0"/>
       <c r="K258" s="0" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
       <c r="L258" s="0">
-        <v>24</v>
+        <v>16</v>
       </c>
     </row>
     <row r="259" spans="1:12" customHeight="1" ht="80">
       <c r="A259" s="0"/>
       <c r="B259" s="0" t="s">
-        <v>1119</v>
+        <v>1125</v>
       </c>
       <c r="C259" s="0" t="s">
-        <v>1120</v>
+        <v>1126</v>
       </c>
       <c r="D259" s="0" t="s">
-        <v>1121</v>
+        <v>1127</v>
       </c>
       <c r="E259" s="0" t="s">
-        <v>1040</v>
+        <v>68</v>
       </c>
       <c r="F259" s="0" t="s">
-        <v>1118</v>
+        <v>1128</v>
       </c>
       <c r="G259" s="0" t="s">
-        <v>332</v>
+        <v>50</v>
       </c>
       <c r="H259" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I259" s="1" t="s">
-        <v>1122</v>
+        <v>1129</v>
       </c>
       <c r="J259" s="0"/>
       <c r="K259" s="0" t="s">
-        <v>20</v>
+        <v>71</v>
       </c>
       <c r="L259" s="0">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="260" spans="1:12" customHeight="1" ht="80">
       <c r="A260" s="0"/>
       <c r="B260" s="0" t="s">
-        <v>1123</v>
+        <v>1130</v>
       </c>
       <c r="C260" s="0" t="s">
-        <v>1124</v>
+        <v>1131</v>
       </c>
       <c r="D260" s="0" t="s">
-        <v>1125</v>
+        <v>1132</v>
       </c>
       <c r="E260" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="F260" s="0" t="s">
-        <v>1126</v>
+        <v>1133</v>
       </c>
       <c r="G260" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H260" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I260" s="1" t="s">
-        <v>1127</v>
+        <v>1134</v>
       </c>
       <c r="J260" s="0"/>
       <c r="K260" s="0" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="L260" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="261" spans="1:12" customHeight="1" ht="80">
       <c r="A261" s="0"/>
       <c r="B261" s="0" t="s">
-        <v>1128</v>
+        <v>1135</v>
       </c>
       <c r="C261" s="0" t="s">
-        <v>1129</v>
+        <v>1136</v>
       </c>
       <c r="D261" s="0" t="s">
-        <v>1130</v>
+        <v>1137</v>
       </c>
       <c r="E261" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="F261" s="0" t="s">
-        <v>1131</v>
+        <v>1138</v>
       </c>
       <c r="G261" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H261" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I261" s="1" t="s">
-        <v>1132</v>
+        <v>928</v>
       </c>
       <c r="J261" s="0"/>
       <c r="K261" s="0" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="L261" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="262" spans="1:12" customHeight="1" ht="80">
       <c r="A262" s="0"/>
       <c r="B262" s="0" t="s">
-        <v>1133</v>
+        <v>1139</v>
       </c>
       <c r="C262" s="0" t="s">
-        <v>1134</v>
+        <v>1140</v>
       </c>
       <c r="D262" s="0" t="s">
-        <v>1135</v>
+        <v>1141</v>
       </c>
       <c r="E262" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="F262" s="0" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="G262" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H262" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I262" s="1" t="s">
-        <v>922</v>
+        <v>1142</v>
       </c>
       <c r="J262" s="0"/>
       <c r="K262" s="0" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="L262" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="263" spans="1:12" customHeight="1" ht="80">
       <c r="A263" s="0"/>
       <c r="B263" s="0" t="s">
-        <v>1137</v>
+        <v>1143</v>
       </c>
       <c r="C263" s="0" t="s">
-        <v>1138</v>
+        <v>1144</v>
       </c>
       <c r="D263" s="0" t="s">
-        <v>1139</v>
+        <v>1145</v>
       </c>
       <c r="E263" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="F263" s="0" t="s">
-        <v>1136</v>
+        <v>68</v>
       </c>
       <c r="G263" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H263" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I263" s="1" t="s">
-        <v>1140</v>
+        <v>1146</v>
       </c>
       <c r="J263" s="0"/>
       <c r="K263" s="0" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="L263" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="264" spans="1:12" customHeight="1" ht="80">
       <c r="A264" s="0"/>
       <c r="B264" s="0" t="s">
-        <v>1141</v>
+        <v>1147</v>
       </c>
       <c r="C264" s="0" t="s">
-        <v>1142</v>
-[...2 lines deleted...]
-        <v>1143</v>
+        <v>1148</v>
+      </c>
+      <c r="D264" s="0">
+        <v>604535</v>
       </c>
       <c r="E264" s="0" t="s">
-        <v>57</v>
+        <v>1149</v>
       </c>
       <c r="F264" s="0" t="s">
-        <v>57</v>
+        <v>1150</v>
       </c>
       <c r="G264" s="0" t="s">
-        <v>59</v>
+        <v>524</v>
       </c>
       <c r="H264" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I264" s="1" t="s">
-        <v>1144</v>
+        <v>1151</v>
       </c>
       <c r="J264" s="0"/>
       <c r="K264" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L264" s="0">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="265" spans="1:12" customHeight="1" ht="80">
       <c r="A265" s="0"/>
       <c r="B265" s="0" t="s">
-        <v>1145</v>
+        <v>1152</v>
       </c>
       <c r="C265" s="0" t="s">
-        <v>1146</v>
-[...2 lines deleted...]
-        <v>604535</v>
+        <v>1153</v>
+      </c>
+      <c r="D265" s="0" t="s">
+        <v>1154</v>
       </c>
       <c r="E265" s="0" t="s">
-        <v>1147</v>
+        <v>523</v>
       </c>
       <c r="F265" s="0" t="s">
-        <v>1148</v>
+        <v>1155</v>
       </c>
       <c r="G265" s="0" t="s">
-        <v>509</v>
+        <v>524</v>
       </c>
       <c r="H265" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I265" s="1" t="s">
-        <v>1149</v>
+        <v>1156</v>
       </c>
       <c r="J265" s="0"/>
       <c r="K265" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L265" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="266" spans="1:12" customHeight="1" ht="80">
-      <c r="A266" s="0"/>
       <c r="B266" s="0" t="s">
-        <v>1150</v>
+        <v>1157</v>
       </c>
       <c r="C266" s="0" t="s">
-        <v>1151</v>
+        <v>1158</v>
       </c>
       <c r="D266" s="0" t="s">
-        <v>1152</v>
+        <v>1159</v>
       </c>
       <c r="E266" s="0" t="s">
-        <v>508</v>
-[...3 lines deleted...]
-      </c>
+        <v>729</v>
+      </c>
+      <c r="F266" s="0"/>
       <c r="G266" s="0" t="s">
-        <v>509</v>
+        <v>50</v>
       </c>
       <c r="H266" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I266" s="1" t="s">
-        <v>1154</v>
+        <v>1160</v>
       </c>
       <c r="J266" s="0"/>
       <c r="K266" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L266" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L266" s="0"/>
     </row>
     <row r="267" spans="1:12" customHeight="1" ht="80">
+      <c r="A267" s="0"/>
       <c r="B267" s="0" t="s">
-        <v>1155</v>
+        <v>1161</v>
       </c>
       <c r="C267" s="0" t="s">
-        <v>1156</v>
+        <v>1162</v>
       </c>
       <c r="D267" s="0" t="s">
-        <v>1157</v>
+        <v>1163</v>
       </c>
       <c r="E267" s="0" t="s">
-        <v>720</v>
-[...1 lines deleted...]
-      <c r="F267" s="0"/>
+        <v>68</v>
+      </c>
+      <c r="F267" s="0" t="s">
+        <v>1164</v>
+      </c>
       <c r="G267" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H267" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I267" s="1" t="s">
-        <v>1158</v>
+        <v>1165</v>
       </c>
       <c r="J267" s="0"/>
       <c r="K267" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L267" s="0"/>
+      <c r="L267" s="0">
+        <v>24</v>
+      </c>
     </row>
     <row r="268" spans="1:12" customHeight="1" ht="80">
-      <c r="A268" s="0"/>
       <c r="B268" s="0" t="s">
-        <v>1159</v>
+        <v>1166</v>
       </c>
       <c r="C268" s="0" t="s">
-        <v>1160</v>
+        <v>1167</v>
       </c>
       <c r="D268" s="0" t="s">
-        <v>1161</v>
+        <v>1168</v>
       </c>
       <c r="E268" s="0" t="s">
-        <v>57</v>
+        <v>1043</v>
       </c>
       <c r="F268" s="0" t="s">
-        <v>1162</v>
+        <v>1121</v>
       </c>
       <c r="G268" s="0" t="s">
-        <v>59</v>
+        <v>343</v>
       </c>
       <c r="H268" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I268" s="1" t="s">
-        <v>1163</v>
+        <v>1068</v>
       </c>
       <c r="J268" s="0"/>
       <c r="K268" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L268" s="0">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="269" spans="1:12" customHeight="1" ht="80">
+      <c r="A269" s="0"/>
       <c r="B269" s="0" t="s">
-        <v>1164</v>
+        <v>1169</v>
       </c>
       <c r="C269" s="0" t="s">
-        <v>1165</v>
+        <v>1170</v>
       </c>
       <c r="D269" s="0" t="s">
-        <v>1166</v>
+        <v>1171</v>
       </c>
       <c r="E269" s="0" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="F269" s="0" t="s">
-        <v>1118</v>
+        <v>1121</v>
       </c>
       <c r="G269" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H269" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I269" s="1" t="s">
-        <v>1065</v>
+        <v>1172</v>
       </c>
       <c r="J269" s="0"/>
       <c r="K269" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L269" s="0">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="270" spans="1:12" customHeight="1" ht="80">
       <c r="A270" s="0"/>
       <c r="B270" s="0" t="s">
-        <v>1167</v>
+        <v>1173</v>
       </c>
       <c r="C270" s="0" t="s">
-        <v>1168</v>
+        <v>1174</v>
       </c>
       <c r="D270" s="0" t="s">
-        <v>1169</v>
+        <v>1175</v>
       </c>
       <c r="E270" s="0" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="F270" s="0" t="s">
-        <v>1118</v>
+        <v>1176</v>
       </c>
       <c r="G270" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H270" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I270" s="1" t="s">
-        <v>1170</v>
+        <v>1172</v>
       </c>
       <c r="J270" s="0"/>
       <c r="K270" s="0" t="s">
-        <v>20</v>
+        <v>64</v>
       </c>
       <c r="L270" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="271" spans="1:12" customHeight="1" ht="80">
       <c r="A271" s="0"/>
       <c r="B271" s="0" t="s">
-        <v>1171</v>
+        <v>1177</v>
       </c>
       <c r="C271" s="0" t="s">
-        <v>1172</v>
+        <v>1178</v>
       </c>
       <c r="D271" s="0" t="s">
-        <v>1173</v>
+        <v>1179</v>
       </c>
       <c r="E271" s="0" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="F271" s="0" t="s">
-        <v>1174</v>
+        <v>1176</v>
       </c>
       <c r="G271" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H271" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I271" s="1" t="s">
-        <v>19</v>
+        <v>1180</v>
       </c>
       <c r="J271" s="0"/>
       <c r="K271" s="0" t="s">
-        <v>53</v>
+        <v>756</v>
       </c>
       <c r="L271" s="0">
-        <v>24</v>
+        <v>16</v>
       </c>
     </row>
     <row r="272" spans="1:12" customHeight="1" ht="80">
       <c r="A272" s="0"/>
       <c r="B272" s="0" t="s">
-        <v>1175</v>
+        <v>1181</v>
       </c>
       <c r="C272" s="0" t="s">
-        <v>1176</v>
+        <v>1182</v>
       </c>
       <c r="D272" s="0" t="s">
-        <v>1177</v>
+        <v>1183</v>
       </c>
       <c r="E272" s="0" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="F272" s="0" t="s">
-        <v>1174</v>
+        <v>1184</v>
       </c>
       <c r="G272" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H272" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I272" s="1" t="s">
-        <v>1178</v>
+        <v>1172</v>
       </c>
       <c r="J272" s="0"/>
       <c r="K272" s="0" t="s">
-        <v>76</v>
+        <v>64</v>
       </c>
       <c r="L272" s="0">
-        <v>16</v>
+        <v>24</v>
       </c>
     </row>
     <row r="273" spans="1:12" customHeight="1" ht="80">
       <c r="A273" s="0"/>
       <c r="B273" s="0" t="s">
-        <v>1179</v>
+        <v>1185</v>
       </c>
       <c r="C273" s="0" t="s">
-        <v>1180</v>
+        <v>1186</v>
       </c>
       <c r="D273" s="0" t="s">
-        <v>1181</v>
+        <v>1187</v>
       </c>
       <c r="E273" s="0" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="F273" s="0" t="s">
-        <v>1182</v>
+        <v>1184</v>
       </c>
       <c r="G273" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H273" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I273" s="1" t="s">
-        <v>1170</v>
+        <v>1188</v>
       </c>
       <c r="J273" s="0"/>
       <c r="K273" s="0" t="s">
-        <v>53</v>
+        <v>1189</v>
       </c>
       <c r="L273" s="0">
-        <v>24</v>
+        <v>16</v>
       </c>
     </row>
     <row r="274" spans="1:12" customHeight="1" ht="80">
       <c r="A274" s="0"/>
       <c r="B274" s="0" t="s">
-        <v>1183</v>
+        <v>1190</v>
       </c>
       <c r="C274" s="0" t="s">
-        <v>1184</v>
+        <v>1191</v>
       </c>
       <c r="D274" s="0" t="s">
-        <v>1185</v>
+        <v>1192</v>
       </c>
       <c r="E274" s="0" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="F274" s="0" t="s">
-        <v>1182</v>
+        <v>158</v>
       </c>
       <c r="G274" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H274" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I274" s="1" t="s">
-        <v>1186</v>
+        <v>19</v>
       </c>
       <c r="J274" s="0"/>
       <c r="K274" s="0" t="s">
-        <v>53</v>
+        <v>64</v>
       </c>
       <c r="L274" s="0">
-        <v>16</v>
+        <v>24</v>
       </c>
     </row>
     <row r="275" spans="1:12" customHeight="1" ht="80">
       <c r="A275" s="0"/>
       <c r="B275" s="0" t="s">
-        <v>1187</v>
+        <v>1193</v>
       </c>
       <c r="C275" s="0" t="s">
-        <v>1188</v>
+        <v>1194</v>
       </c>
       <c r="D275" s="0" t="s">
-        <v>1189</v>
+        <v>1195</v>
       </c>
       <c r="E275" s="0" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="F275" s="0" t="s">
-        <v>150</v>
+        <v>158</v>
       </c>
       <c r="G275" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H275" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I275" s="1" t="s">
-        <v>19</v>
+        <v>1180</v>
       </c>
       <c r="J275" s="0"/>
       <c r="K275" s="0" t="s">
-        <v>53</v>
+        <v>588</v>
       </c>
       <c r="L275" s="0">
-        <v>24</v>
+        <v>16</v>
       </c>
     </row>
     <row r="276" spans="1:12" customHeight="1" ht="80">
       <c r="A276" s="0"/>
       <c r="B276" s="0" t="s">
-        <v>1190</v>
+        <v>1196</v>
       </c>
       <c r="C276" s="0" t="s">
-        <v>1191</v>
+        <v>1197</v>
       </c>
       <c r="D276" s="0" t="s">
-        <v>1192</v>
+        <v>1198</v>
       </c>
       <c r="E276" s="0" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="F276" s="0" t="s">
-        <v>150</v>
+        <v>1121</v>
       </c>
       <c r="G276" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H276" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I276" s="1" t="s">
-        <v>1178</v>
+        <v>1049</v>
       </c>
       <c r="J276" s="0"/>
       <c r="K276" s="0" t="s">
-        <v>76</v>
+        <v>178</v>
       </c>
       <c r="L276" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="277" spans="1:12" customHeight="1" ht="80">
       <c r="A277" s="0"/>
       <c r="B277" s="0" t="s">
-        <v>1193</v>
+        <v>1199</v>
       </c>
       <c r="C277" s="0" t="s">
-        <v>1194</v>
+        <v>1200</v>
       </c>
       <c r="D277" s="0" t="s">
-        <v>1195</v>
+        <v>1201</v>
       </c>
       <c r="E277" s="0" t="s">
-        <v>1040</v>
-[...3 lines deleted...]
-      </c>
+        <v>1202</v>
+      </c>
+      <c r="F277" s="0"/>
       <c r="G277" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H277" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I277" s="1" t="s">
-        <v>1046</v>
+        <v>1203</v>
       </c>
       <c r="J277" s="0"/>
       <c r="K277" s="0" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
       <c r="L277" s="0">
-        <v>16</v>
+        <v>30</v>
       </c>
     </row>
     <row r="278" spans="1:12" customHeight="1" ht="80">
       <c r="A278" s="0"/>
       <c r="B278" s="0" t="s">
-        <v>1196</v>
+        <v>1204</v>
       </c>
       <c r="C278" s="0" t="s">
-        <v>1197</v>
+        <v>1205</v>
       </c>
       <c r="D278" s="0" t="s">
-        <v>1198</v>
+        <v>1206</v>
       </c>
       <c r="E278" s="0" t="s">
-        <v>1199</v>
-[...1 lines deleted...]
-      <c r="F278" s="0"/>
+        <v>48</v>
+      </c>
+      <c r="F278" s="0" t="s">
+        <v>1207</v>
+      </c>
       <c r="G278" s="0" t="s">
-        <v>332</v>
+        <v>50</v>
       </c>
       <c r="H278" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I278" s="1" t="s">
-        <v>1200</v>
+        <v>1208</v>
       </c>
       <c r="J278" s="0"/>
       <c r="K278" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L278" s="0">
-        <v>30</v>
+        <v>24</v>
       </c>
     </row>
     <row r="279" spans="1:12" customHeight="1" ht="80">
       <c r="A279" s="0"/>
       <c r="B279" s="0" t="s">
-        <v>1201</v>
+        <v>1209</v>
       </c>
       <c r="C279" s="0" t="s">
-        <v>1202</v>
+        <v>1210</v>
       </c>
       <c r="D279" s="0" t="s">
-        <v>1203</v>
+        <v>1211</v>
       </c>
       <c r="E279" s="0" t="s">
-        <v>69</v>
+        <v>24</v>
       </c>
       <c r="F279" s="0" t="s">
-        <v>1204</v>
+        <v>263</v>
       </c>
       <c r="G279" s="0" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="H279" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I279" s="1" t="s">
-        <v>1205</v>
+        <v>1212</v>
       </c>
       <c r="J279" s="0"/>
       <c r="K279" s="0" t="s">
-        <v>20</v>
+        <v>178</v>
       </c>
       <c r="L279" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="280" spans="1:12" customHeight="1" ht="80">
       <c r="A280" s="0"/>
       <c r="B280" s="0" t="s">
-        <v>1206</v>
+        <v>1213</v>
       </c>
       <c r="C280" s="0" t="s">
-        <v>1207</v>
+        <v>1214</v>
       </c>
       <c r="D280" s="0" t="s">
-        <v>1208</v>
+        <v>1215</v>
       </c>
       <c r="E280" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F280" s="0" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="G280" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H280" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I280" s="1" t="s">
-        <v>1209</v>
+        <v>1216</v>
       </c>
       <c r="J280" s="0"/>
       <c r="K280" s="0" t="s">
-        <v>283</v>
+        <v>178</v>
       </c>
       <c r="L280" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="281" spans="1:12" customHeight="1" ht="80">
       <c r="A281" s="0"/>
       <c r="B281" s="0" t="s">
-        <v>1210</v>
+        <v>1217</v>
       </c>
       <c r="C281" s="0" t="s">
-        <v>1211</v>
+        <v>1218</v>
       </c>
       <c r="D281" s="0" t="s">
-        <v>1212</v>
+        <v>1219</v>
       </c>
       <c r="E281" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F281" s="0" t="s">
-        <v>250</v>
+        <v>267</v>
       </c>
       <c r="G281" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H281" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I281" s="1" t="s">
-        <v>1213</v>
+        <v>1220</v>
       </c>
       <c r="J281" s="0"/>
       <c r="K281" s="0" t="s">
-        <v>76</v>
+        <v>20</v>
       </c>
       <c r="L281" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="282" spans="1:12" customHeight="1" ht="80">
       <c r="A282" s="0"/>
       <c r="B282" s="0" t="s">
-        <v>1214</v>
+        <v>1221</v>
       </c>
       <c r="C282" s="0" t="s">
-        <v>1215</v>
+        <v>1222</v>
       </c>
       <c r="D282" s="0" t="s">
-        <v>1216</v>
+        <v>1223</v>
       </c>
       <c r="E282" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F282" s="0" t="s">
-        <v>259</v>
+        <v>249</v>
       </c>
       <c r="G282" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H282" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I282" s="1" t="s">
-        <v>1217</v>
+        <v>1224</v>
       </c>
       <c r="J282" s="0"/>
       <c r="K282" s="0" t="s">
-        <v>20</v>
+        <v>756</v>
       </c>
       <c r="L282" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="283" spans="1:12" customHeight="1" ht="80">
       <c r="A283" s="0"/>
       <c r="B283" s="0" t="s">
-        <v>1218</v>
+        <v>1225</v>
       </c>
       <c r="C283" s="0" t="s">
-        <v>1219</v>
+        <v>1226</v>
       </c>
       <c r="D283" s="0" t="s">
-        <v>1220</v>
+        <v>1227</v>
       </c>
       <c r="E283" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F283" s="0" t="s">
-        <v>241</v>
+        <v>291</v>
       </c>
       <c r="G283" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H283" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I283" s="1" t="s">
-        <v>1221</v>
+        <v>1228</v>
       </c>
       <c r="J283" s="0"/>
       <c r="K283" s="0" t="s">
-        <v>1222</v>
+        <v>178</v>
       </c>
       <c r="L283" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="284" spans="1:12" customHeight="1" ht="80">
       <c r="A284" s="0"/>
       <c r="B284" s="0" t="s">
-        <v>1223</v>
+        <v>1229</v>
       </c>
       <c r="C284" s="0" t="s">
-        <v>1224</v>
+        <v>1230</v>
       </c>
       <c r="D284" s="0" t="s">
-        <v>1225</v>
+        <v>1231</v>
       </c>
       <c r="E284" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F284" s="0" t="s">
-        <v>281</v>
+        <v>1232</v>
       </c>
       <c r="G284" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H284" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I284" s="1" t="s">
-        <v>1226</v>
+        <v>1233</v>
       </c>
       <c r="J284" s="0"/>
       <c r="K284" s="0" t="s">
-        <v>76</v>
+        <v>64</v>
       </c>
       <c r="L284" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="285" spans="1:12" customHeight="1" ht="80">
       <c r="A285" s="0"/>
       <c r="B285" s="0" t="s">
-        <v>1227</v>
+        <v>1234</v>
       </c>
       <c r="C285" s="0" t="s">
-        <v>1228</v>
-[...2 lines deleted...]
-        <v>1229</v>
+        <v>1235</v>
+      </c>
+      <c r="D285" s="0">
+        <v>28227</v>
       </c>
       <c r="E285" s="0" t="s">
-        <v>24</v>
+        <v>1236</v>
       </c>
       <c r="F285" s="0" t="s">
-        <v>1230</v>
+        <v>1237</v>
       </c>
       <c r="G285" s="0" t="s">
-        <v>26</v>
+        <v>720</v>
       </c>
       <c r="H285" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I285" s="1" t="s">
-        <v>1231</v>
+        <v>1238</v>
       </c>
       <c r="J285" s="0"/>
       <c r="K285" s="0" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
       <c r="L285" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="286" spans="1:12" customHeight="1" ht="80">
       <c r="A286" s="0"/>
       <c r="B286" s="0" t="s">
-        <v>1232</v>
+        <v>1239</v>
       </c>
       <c r="C286" s="0" t="s">
-        <v>1233</v>
+        <v>1240</v>
       </c>
       <c r="D286" s="0">
-        <v>28227</v>
+        <v>60813</v>
       </c>
       <c r="E286" s="0" t="s">
-        <v>1234</v>
+        <v>1241</v>
       </c>
       <c r="F286" s="0" t="s">
-        <v>1235</v>
+        <v>1242</v>
       </c>
       <c r="G286" s="0" t="s">
-        <v>708</v>
+        <v>129</v>
       </c>
       <c r="H286" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I286" s="1" t="s">
-        <v>1236</v>
+        <v>1243</v>
       </c>
       <c r="J286" s="0"/>
       <c r="K286" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L286" s="0">
-        <v>6</v>
+        <v>48</v>
       </c>
     </row>
     <row r="287" spans="1:12" customHeight="1" ht="80">
       <c r="A287" s="0"/>
       <c r="B287" s="0" t="s">
-        <v>1237</v>
+        <v>1244</v>
       </c>
       <c r="C287" s="0" t="s">
-        <v>1238</v>
-[...2 lines deleted...]
-        <v>60813</v>
+        <v>1245</v>
+      </c>
+      <c r="D287" s="0" t="s">
+        <v>1246</v>
       </c>
       <c r="E287" s="0" t="s">
-        <v>1239</v>
+        <v>24</v>
       </c>
       <c r="F287" s="0" t="s">
-        <v>1240</v>
+        <v>1247</v>
       </c>
       <c r="G287" s="0" t="s">
-        <v>121</v>
+        <v>26</v>
       </c>
       <c r="H287" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I287" s="1" t="s">
-        <v>1241</v>
+        <v>1248</v>
       </c>
       <c r="J287" s="0"/>
       <c r="K287" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L287" s="0">
-        <v>48</v>
+        <v>12</v>
       </c>
     </row>
     <row r="288" spans="1:12" customHeight="1" ht="80">
       <c r="A288" s="0"/>
       <c r="B288" s="0" t="s">
-        <v>1242</v>
+        <v>1249</v>
       </c>
       <c r="C288" s="0" t="s">
-        <v>1243</v>
+        <v>1250</v>
       </c>
       <c r="D288" s="0" t="s">
-        <v>1244</v>
+        <v>1251</v>
       </c>
       <c r="E288" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F288" s="0" t="s">
-        <v>1245</v>
+        <v>1252</v>
       </c>
       <c r="G288" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H288" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I288" s="1" t="s">
-        <v>1246</v>
+        <v>1253</v>
       </c>
       <c r="J288" s="0"/>
       <c r="K288" s="0" t="s">
-        <v>20</v>
+        <v>178</v>
       </c>
       <c r="L288" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="289" spans="1:12" customHeight="1" ht="80">
       <c r="A289" s="0"/>
       <c r="B289" s="0" t="s">
-        <v>1247</v>
+        <v>1254</v>
       </c>
       <c r="C289" s="0" t="s">
-        <v>1248</v>
-[...2 lines deleted...]
-        <v>1249</v>
+        <v>1255</v>
+      </c>
+      <c r="D289" s="0">
+        <v>8022373</v>
       </c>
       <c r="E289" s="0" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>1256</v>
+      </c>
+      <c r="F289" s="0"/>
       <c r="G289" s="0" t="s">
-        <v>26</v>
+        <v>524</v>
       </c>
       <c r="H289" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I289" s="1" t="s">
-        <v>1251</v>
+        <v>1257</v>
       </c>
       <c r="J289" s="0"/>
       <c r="K289" s="0" t="s">
-        <v>76</v>
+        <v>20</v>
       </c>
       <c r="L289" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="290" spans="1:12" customHeight="1" ht="80">
       <c r="A290" s="0"/>
       <c r="B290" s="0" t="s">
-        <v>1252</v>
+        <v>1258</v>
       </c>
       <c r="C290" s="0" t="s">
-        <v>1253</v>
-[...2 lines deleted...]
-        <v>8022373</v>
+        <v>1259</v>
+      </c>
+      <c r="D290" s="0" t="s">
+        <v>1260</v>
       </c>
       <c r="E290" s="0" t="s">
-        <v>1254</v>
-[...1 lines deleted...]
-      <c r="F290" s="0"/>
+        <v>1043</v>
+      </c>
+      <c r="F290" s="0" t="s">
+        <v>1261</v>
+      </c>
       <c r="G290" s="0" t="s">
-        <v>509</v>
+        <v>343</v>
       </c>
       <c r="H290" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I290" s="1" t="s">
-        <v>1255</v>
+        <v>1262</v>
       </c>
       <c r="J290" s="0"/>
       <c r="K290" s="0" t="s">
-        <v>20</v>
+        <v>178</v>
       </c>
       <c r="L290" s="0">
-        <v>1</v>
+        <v>24</v>
       </c>
     </row>
     <row r="291" spans="1:12" customHeight="1" ht="80">
       <c r="A291" s="0"/>
       <c r="B291" s="0" t="s">
-        <v>1256</v>
+        <v>1263</v>
       </c>
       <c r="C291" s="0" t="s">
-        <v>1257</v>
+        <v>1264</v>
       </c>
       <c r="D291" s="0" t="s">
-        <v>1258</v>
+        <v>1265</v>
       </c>
       <c r="E291" s="0" t="s">
-        <v>1040</v>
-[...3 lines deleted...]
-      </c>
+        <v>164</v>
+      </c>
+      <c r="F291" s="0"/>
       <c r="G291" s="0" t="s">
-        <v>332</v>
+        <v>244</v>
       </c>
       <c r="H291" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I291" s="1" t="s">
-        <v>1260</v>
+        <v>1266</v>
       </c>
       <c r="J291" s="0"/>
       <c r="K291" s="0" t="s">
-        <v>1261</v>
+        <v>154</v>
       </c>
       <c r="L291" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="292" spans="1:12" customHeight="1" ht="80">
-      <c r="A292" s="0"/>
       <c r="B292" s="0" t="s">
-        <v>1262</v>
+        <v>1267</v>
       </c>
       <c r="C292" s="0" t="s">
-        <v>1263</v>
-[...2 lines deleted...]
-        <v>1264</v>
+        <v>1268</v>
+      </c>
+      <c r="D292" s="0">
+        <v>37003746</v>
       </c>
       <c r="E292" s="0" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="F292" s="0"/>
+        <v>1269</v>
+      </c>
+      <c r="F292" s="0" t="s">
+        <v>1096</v>
+      </c>
       <c r="G292" s="0" t="s">
-        <v>236</v>
+        <v>1270</v>
       </c>
       <c r="H292" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I292" s="1" t="s">
-        <v>1265</v>
+        <v>1271</v>
       </c>
       <c r="J292" s="0"/>
       <c r="K292" s="0" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L292" s="0"/>
     </row>
     <row r="293" spans="1:12" customHeight="1" ht="80">
+      <c r="A293" s="0"/>
       <c r="B293" s="0" t="s">
-        <v>1266</v>
+        <v>1272</v>
       </c>
       <c r="C293" s="0" t="s">
-        <v>1267</v>
-[...2 lines deleted...]
-        <v>37003746</v>
+        <v>1273</v>
+      </c>
+      <c r="D293" s="0" t="s">
+        <v>1274</v>
       </c>
       <c r="E293" s="0" t="s">
-        <v>1268</v>
+        <v>402</v>
       </c>
       <c r="F293" s="0" t="s">
-        <v>1093</v>
+        <v>403</v>
       </c>
       <c r="G293" s="0" t="s">
-        <v>1269</v>
+        <v>404</v>
       </c>
       <c r="H293" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I293" s="1" t="s">
-        <v>1270</v>
+        <v>691</v>
       </c>
       <c r="J293" s="0"/>
       <c r="K293" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="L293" s="0">
         <v>20</v>
       </c>
-      <c r="L293" s="0"/>
     </row>
     <row r="294" spans="1:12" customHeight="1" ht="80">
       <c r="A294" s="0"/>
       <c r="B294" s="0" t="s">
-        <v>1271</v>
+        <v>1275</v>
       </c>
       <c r="C294" s="0" t="s">
-        <v>1272</v>
+        <v>1276</v>
       </c>
       <c r="D294" s="0" t="s">
-        <v>1273</v>
+        <v>1277</v>
       </c>
       <c r="E294" s="0" t="s">
-        <v>391</v>
-[...3 lines deleted...]
-      </c>
+        <v>1278</v>
+      </c>
+      <c r="F294" s="0"/>
       <c r="G294" s="0" t="s">
-        <v>393</v>
+        <v>228</v>
       </c>
       <c r="H294" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I294" s="1" t="s">
-        <v>680</v>
+        <v>1279</v>
       </c>
       <c r="J294" s="0"/>
       <c r="K294" s="0" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
       <c r="L294" s="0">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="295" spans="1:12" customHeight="1" ht="80">
       <c r="A295" s="0"/>
       <c r="B295" s="0" t="s">
-        <v>1274</v>
+        <v>1280</v>
       </c>
       <c r="C295" s="0" t="s">
-        <v>1275</v>
-[...2 lines deleted...]
-        <v>1276</v>
+        <v>1281</v>
+      </c>
+      <c r="D295" s="0">
+        <v>643358</v>
       </c>
       <c r="E295" s="0" t="s">
-        <v>1277</v>
+        <v>98</v>
       </c>
       <c r="F295" s="0"/>
       <c r="G295" s="0" t="s">
-        <v>219</v>
+        <v>17</v>
       </c>
       <c r="H295" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I295" s="1" t="s">
-        <v>1278</v>
+        <v>1282</v>
       </c>
       <c r="J295" s="0"/>
       <c r="K295" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L295" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="296" spans="1:12" customHeight="1" ht="80">
       <c r="A296" s="0"/>
       <c r="B296" s="0" t="s">
-        <v>1279</v>
+        <v>1283</v>
       </c>
       <c r="C296" s="0" t="s">
-        <v>1280</v>
+        <v>1284</v>
       </c>
       <c r="D296" s="0">
-        <v>643358</v>
+        <v>615279</v>
       </c>
       <c r="E296" s="0" t="s">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="F296" s="0"/>
+        <v>98</v>
+      </c>
+      <c r="F296" s="0" t="s">
+        <v>1285</v>
+      </c>
       <c r="G296" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H296" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I296" s="1" t="s">
-        <v>1281</v>
+        <v>1286</v>
       </c>
       <c r="J296" s="0"/>
       <c r="K296" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L296" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="297" spans="1:12" customHeight="1" ht="80">
       <c r="A297" s="0"/>
       <c r="B297" s="0" t="s">
-        <v>1282</v>
+        <v>1287</v>
       </c>
       <c r="C297" s="0" t="s">
-        <v>1283</v>
-[...2 lines deleted...]
-        <v>615279</v>
+        <v>1288</v>
+      </c>
+      <c r="D297" s="0" t="s">
+        <v>1289</v>
       </c>
       <c r="E297" s="0" t="s">
-        <v>90</v>
+        <v>68</v>
       </c>
       <c r="F297" s="0" t="s">
-        <v>1284</v>
+        <v>68</v>
       </c>
       <c r="G297" s="0" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="H297" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I297" s="1" t="s">
-        <v>1285</v>
+        <v>1290</v>
       </c>
       <c r="J297" s="0"/>
       <c r="K297" s="0" t="s">
-        <v>20</v>
+        <v>64</v>
       </c>
       <c r="L297" s="0">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="298" spans="1:12" customHeight="1" ht="80">
       <c r="A298" s="0"/>
       <c r="B298" s="0" t="s">
-        <v>1286</v>
+        <v>1291</v>
       </c>
       <c r="C298" s="0" t="s">
-        <v>1287</v>
+        <v>1292</v>
       </c>
       <c r="D298" s="0" t="s">
-        <v>1288</v>
+        <v>1293</v>
       </c>
       <c r="E298" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="F298" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="G298" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H298" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I298" s="1" t="s">
-        <v>1289</v>
+        <v>1294</v>
       </c>
       <c r="J298" s="0"/>
       <c r="K298" s="0" t="s">
-        <v>53</v>
+        <v>71</v>
       </c>
       <c r="L298" s="0">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="299" spans="1:12" customHeight="1" ht="80">
       <c r="A299" s="0"/>
       <c r="B299" s="0" t="s">
-        <v>1290</v>
+        <v>1295</v>
       </c>
       <c r="C299" s="0" t="s">
-        <v>1291</v>
+        <v>1296</v>
       </c>
       <c r="D299" s="0" t="s">
-        <v>1292</v>
+        <v>1297</v>
       </c>
       <c r="E299" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="F299" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="G299" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H299" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I299" s="1" t="s">
-        <v>1293</v>
+        <v>1298</v>
       </c>
       <c r="J299" s="0"/>
       <c r="K299" s="0" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="L299" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="300" spans="1:12" customHeight="1" ht="80">
       <c r="A300" s="0"/>
       <c r="B300" s="0" t="s">
-        <v>1294</v>
+        <v>1299</v>
       </c>
       <c r="C300" s="0" t="s">
-        <v>1295</v>
-[...2 lines deleted...]
-        <v>1296</v>
+        <v>1300</v>
+      </c>
+      <c r="D300" s="0">
+        <v>2189598</v>
       </c>
       <c r="E300" s="0" t="s">
-        <v>57</v>
+        <v>1256</v>
       </c>
       <c r="F300" s="0" t="s">
-        <v>57</v>
+        <v>1301</v>
       </c>
       <c r="G300" s="0" t="s">
-        <v>59</v>
+        <v>524</v>
       </c>
       <c r="H300" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I300" s="1" t="s">
-        <v>1297</v>
+        <v>1302</v>
       </c>
       <c r="J300" s="0"/>
       <c r="K300" s="0" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="L300" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="301" spans="1:12" customHeight="1" ht="80">
       <c r="A301" s="0"/>
       <c r="B301" s="0" t="s">
-        <v>1298</v>
+        <v>1303</v>
       </c>
       <c r="C301" s="0" t="s">
-        <v>1299</v>
-[...2 lines deleted...]
-        <v>2189598</v>
+        <v>1304</v>
+      </c>
+      <c r="D301" s="0" t="s">
+        <v>1305</v>
       </c>
       <c r="E301" s="0" t="s">
-        <v>1254</v>
-[...3 lines deleted...]
-      </c>
+        <v>1115</v>
+      </c>
+      <c r="F301" s="0"/>
       <c r="G301" s="0" t="s">
-        <v>509</v>
+        <v>1116</v>
       </c>
       <c r="H301" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I301" s="1" t="s">
-        <v>1301</v>
+        <v>1306</v>
       </c>
       <c r="J301" s="0"/>
       <c r="K301" s="0" t="s">
-        <v>20</v>
+        <v>64</v>
       </c>
       <c r="L301" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="302" spans="1:12" customHeight="1" ht="80">
-      <c r="A302" s="0"/>
       <c r="B302" s="0" t="s">
-        <v>1302</v>
+        <v>1307</v>
       </c>
       <c r="C302" s="0" t="s">
-        <v>1303</v>
-[...2 lines deleted...]
-        <v>1304</v>
+        <v>1308</v>
+      </c>
+      <c r="D302" s="0">
+        <v>647779</v>
       </c>
       <c r="E302" s="0" t="s">
-        <v>1112</v>
-[...1 lines deleted...]
-      <c r="F302" s="0"/>
+        <v>98</v>
+      </c>
+      <c r="F302" s="0" t="s">
+        <v>1309</v>
+      </c>
       <c r="G302" s="0" t="s">
-        <v>1113</v>
+        <v>17</v>
       </c>
       <c r="H302" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I302" s="1" t="s">
-        <v>1305</v>
+        <v>1310</v>
       </c>
       <c r="J302" s="0"/>
       <c r="K302" s="0" t="s">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L302" s="0"/>
     </row>
     <row r="303" spans="1:12" customHeight="1" ht="80">
+      <c r="A303" s="0"/>
       <c r="B303" s="0" t="s">
-        <v>1306</v>
+        <v>1311</v>
       </c>
       <c r="C303" s="0" t="s">
-        <v>1307</v>
-[...2 lines deleted...]
-        <v>647779</v>
+        <v>1312</v>
+      </c>
+      <c r="D303" s="0" t="s">
+        <v>1313</v>
       </c>
       <c r="E303" s="0" t="s">
-        <v>90</v>
+        <v>626</v>
       </c>
       <c r="F303" s="0" t="s">
-        <v>1308</v>
+        <v>1314</v>
       </c>
       <c r="G303" s="0" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H303" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I303" s="1" t="s">
-        <v>1309</v>
+        <v>1315</v>
       </c>
       <c r="J303" s="0"/>
       <c r="K303" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L303" s="0"/>
     </row>
     <row r="304" spans="1:12" customHeight="1" ht="80">
       <c r="A304" s="0"/>
       <c r="B304" s="0" t="s">
-        <v>1310</v>
+        <v>1316</v>
       </c>
       <c r="C304" s="0" t="s">
-        <v>1311</v>
+        <v>1317</v>
       </c>
       <c r="D304" s="0" t="s">
-        <v>1312</v>
+        <v>1318</v>
       </c>
       <c r="E304" s="0" t="s">
-        <v>614</v>
+        <v>626</v>
       </c>
       <c r="F304" s="0" t="s">
-        <v>1313</v>
+        <v>1319</v>
       </c>
       <c r="G304" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H304" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I304" s="1" t="s">
-        <v>1314</v>
+        <v>1320</v>
       </c>
       <c r="J304" s="0"/>
       <c r="K304" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L304" s="0"/>
+      <c r="L304" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="305" spans="1:12" customHeight="1" ht="80">
-      <c r="A305" s="0"/>
       <c r="B305" s="0" t="s">
-        <v>1315</v>
+        <v>1321</v>
       </c>
       <c r="C305" s="0" t="s">
-        <v>1316</v>
+        <v>1322</v>
       </c>
       <c r="D305" s="0" t="s">
-        <v>1317</v>
+        <v>1323</v>
       </c>
       <c r="E305" s="0" t="s">
-        <v>614</v>
+        <v>1043</v>
       </c>
       <c r="F305" s="0" t="s">
-        <v>1318</v>
+        <v>1324</v>
       </c>
       <c r="G305" s="0" t="s">
-        <v>26</v>
+        <v>343</v>
       </c>
       <c r="H305" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I305" s="1" t="s">
-        <v>1319</v>
+        <v>1325</v>
       </c>
       <c r="J305" s="0"/>
       <c r="K305" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L305" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L305" s="0"/>
     </row>
     <row r="306" spans="1:12" customHeight="1" ht="80">
       <c r="B306" s="0" t="s">
-        <v>1320</v>
+        <v>1326</v>
       </c>
       <c r="C306" s="0" t="s">
-        <v>1321</v>
+        <v>1327</v>
       </c>
       <c r="D306" s="0" t="s">
-        <v>1322</v>
+        <v>1328</v>
       </c>
       <c r="E306" s="0" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="F306" s="0" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="G306" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H306" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I306" s="1" t="s">
-        <v>1324</v>
+        <v>1329</v>
       </c>
       <c r="J306" s="0"/>
       <c r="K306" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L306" s="0"/>
     </row>
     <row r="307" spans="1:12" customHeight="1" ht="80">
       <c r="B307" s="0" t="s">
-        <v>1325</v>
+        <v>1330</v>
       </c>
       <c r="C307" s="0" t="s">
-        <v>1326</v>
+        <v>1331</v>
       </c>
       <c r="D307" s="0" t="s">
-        <v>1327</v>
+        <v>1332</v>
       </c>
       <c r="E307" s="0" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="F307" s="0" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="G307" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H307" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I307" s="1" t="s">
-        <v>1328</v>
+        <v>1333</v>
       </c>
       <c r="J307" s="0"/>
       <c r="K307" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L307" s="0"/>
     </row>
     <row r="308" spans="1:12" customHeight="1" ht="80">
       <c r="B308" s="0" t="s">
-        <v>1329</v>
+        <v>1334</v>
       </c>
       <c r="C308" s="0" t="s">
-        <v>1330</v>
+        <v>1335</v>
       </c>
       <c r="D308" s="0" t="s">
-        <v>1331</v>
+        <v>1336</v>
       </c>
       <c r="E308" s="0" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="F308" s="0" t="s">
-        <v>1323</v>
+        <v>1337</v>
       </c>
       <c r="G308" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H308" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I308" s="1" t="s">
-        <v>1332</v>
+        <v>840</v>
       </c>
       <c r="J308" s="0"/>
       <c r="K308" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L308" s="0"/>
     </row>
     <row r="309" spans="1:12" customHeight="1" ht="80">
       <c r="B309" s="0" t="s">
-        <v>1333</v>
+        <v>1338</v>
       </c>
       <c r="C309" s="0" t="s">
-        <v>1334</v>
+        <v>1339</v>
       </c>
       <c r="D309" s="0" t="s">
-        <v>1335</v>
+        <v>1340</v>
       </c>
       <c r="E309" s="0" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="F309" s="0" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
       <c r="G309" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H309" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I309" s="1" t="s">
-        <v>834</v>
+        <v>1341</v>
       </c>
       <c r="J309" s="0"/>
       <c r="K309" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L309" s="0"/>
     </row>
     <row r="310" spans="1:12" customHeight="1" ht="80">
       <c r="B310" s="0" t="s">
+        <v>1342</v>
+      </c>
+      <c r="C310" s="0" t="s">
+        <v>1343</v>
+      </c>
+      <c r="D310" s="0" t="s">
+        <v>1344</v>
+      </c>
+      <c r="E310" s="0" t="s">
+        <v>1043</v>
+      </c>
+      <c r="F310" s="0" t="s">
         <v>1337</v>
       </c>
-      <c r="C310" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G310" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H310" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I310" s="1" t="s">
-        <v>1340</v>
+        <v>1345</v>
       </c>
       <c r="J310" s="0"/>
       <c r="K310" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L310" s="0"/>
     </row>
     <row r="311" spans="1:12" customHeight="1" ht="80">
+      <c r="A311" s="0"/>
       <c r="B311" s="0" t="s">
-        <v>1341</v>
+        <v>1346</v>
       </c>
       <c r="C311" s="0" t="s">
-        <v>1342</v>
+        <v>1347</v>
       </c>
       <c r="D311" s="0" t="s">
-        <v>1343</v>
+        <v>1348</v>
       </c>
       <c r="E311" s="0" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="F311" s="0" t="s">
-        <v>1336</v>
+        <v>1349</v>
       </c>
       <c r="G311" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H311" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I311" s="1" t="s">
-        <v>1344</v>
+        <v>1350</v>
       </c>
       <c r="J311" s="0"/>
       <c r="K311" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L311" s="0"/>
+      <c r="L311" s="0">
+        <v>16</v>
+      </c>
     </row>
     <row r="312" spans="1:12" customHeight="1" ht="80">
       <c r="A312" s="0"/>
       <c r="B312" s="0" t="s">
-        <v>1345</v>
+        <v>1351</v>
       </c>
       <c r="C312" s="0" t="s">
-        <v>1346</v>
+        <v>1352</v>
       </c>
       <c r="D312" s="0" t="s">
-        <v>1347</v>
+        <v>1353</v>
       </c>
       <c r="E312" s="0" t="s">
-        <v>1040</v>
+        <v>1354</v>
       </c>
       <c r="F312" s="0" t="s">
-        <v>1348</v>
+        <v>1355</v>
       </c>
       <c r="G312" s="0" t="s">
-        <v>332</v>
+        <v>17</v>
       </c>
       <c r="H312" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I312" s="1" t="s">
-        <v>1349</v>
+        <v>1356</v>
       </c>
       <c r="J312" s="0"/>
       <c r="K312" s="0" t="s">
-        <v>20</v>
+        <v>154</v>
       </c>
       <c r="L312" s="0">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="313" spans="1:12" customHeight="1" ht="80">
       <c r="A313" s="0"/>
       <c r="B313" s="0" t="s">
-        <v>1350</v>
+        <v>1357</v>
       </c>
       <c r="C313" s="0" t="s">
-        <v>1351</v>
+        <v>1358</v>
       </c>
       <c r="D313" s="0" t="s">
-        <v>1352</v>
+        <v>1359</v>
       </c>
       <c r="E313" s="0" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="F313" s="0" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
       <c r="G313" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H313" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I313" s="1" t="s">
-        <v>1355</v>
+        <v>353</v>
       </c>
       <c r="J313" s="0"/>
       <c r="K313" s="0" t="s">
-        <v>146</v>
+        <v>64</v>
       </c>
       <c r="L313" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="314" spans="1:12" customHeight="1" ht="80">
       <c r="A314" s="0"/>
       <c r="B314" s="0" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="C314" s="0" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="D314" s="0" t="s">
-        <v>1358</v>
+        <v>1362</v>
       </c>
       <c r="E314" s="0" t="s">
-        <v>1353</v>
+        <v>24</v>
       </c>
       <c r="F314" s="0" t="s">
-        <v>1354</v>
+        <v>1363</v>
       </c>
       <c r="G314" s="0" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H314" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I314" s="1" t="s">
-        <v>342</v>
+        <v>1364</v>
       </c>
       <c r="J314" s="0"/>
       <c r="K314" s="0" t="s">
-        <v>53</v>
+        <v>269</v>
       </c>
       <c r="L314" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="315" spans="1:12" customHeight="1" ht="80">
       <c r="A315" s="0"/>
       <c r="B315" s="0" t="s">
-        <v>1359</v>
+        <v>1365</v>
       </c>
       <c r="C315" s="0" t="s">
-        <v>1360</v>
+        <v>1366</v>
       </c>
       <c r="D315" s="0" t="s">
-        <v>1361</v>
+        <v>1367</v>
       </c>
       <c r="E315" s="0" t="s">
-        <v>24</v>
+        <v>341</v>
       </c>
       <c r="F315" s="0" t="s">
-        <v>1362</v>
+        <v>1368</v>
       </c>
       <c r="G315" s="0" t="s">
-        <v>26</v>
+        <v>343</v>
       </c>
       <c r="H315" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I315" s="1" t="s">
-        <v>1363</v>
+        <v>1369</v>
       </c>
       <c r="J315" s="0"/>
       <c r="K315" s="0" t="s">
-        <v>45</v>
+        <v>756</v>
       </c>
       <c r="L315" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="316" spans="1:12" customHeight="1" ht="80">
-      <c r="A316" s="0"/>
       <c r="B316" s="0" t="s">
-        <v>1364</v>
+        <v>1370</v>
       </c>
       <c r="C316" s="0" t="s">
-        <v>1365</v>
-[...2 lines deleted...]
-        <v>1366</v>
+        <v>1371</v>
+      </c>
+      <c r="D316" s="0">
+        <v>21130472</v>
       </c>
       <c r="E316" s="0" t="s">
-        <v>330</v>
+        <v>1269</v>
       </c>
       <c r="F316" s="0" t="s">
-        <v>1367</v>
+        <v>1372</v>
       </c>
       <c r="G316" s="0" t="s">
-        <v>332</v>
+        <v>1270</v>
       </c>
       <c r="H316" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I316" s="1" t="s">
-        <v>1368</v>
+        <v>1373</v>
       </c>
       <c r="J316" s="0"/>
       <c r="K316" s="0" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="L316" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="317" spans="1:12" customHeight="1" ht="80">
+      <c r="A317" s="0"/>
       <c r="B317" s="0" t="s">
-        <v>1369</v>
+        <v>1374</v>
       </c>
       <c r="C317" s="0" t="s">
-        <v>1370</v>
-[...2 lines deleted...]
-        <v>21130472</v>
+        <v>1375</v>
+      </c>
+      <c r="D317" s="0" t="s">
+        <v>1376</v>
       </c>
       <c r="E317" s="0" t="s">
-        <v>1268</v>
+        <v>402</v>
       </c>
       <c r="F317" s="0" t="s">
-        <v>1371</v>
+        <v>1377</v>
       </c>
       <c r="G317" s="0" t="s">
-        <v>1269</v>
+        <v>404</v>
       </c>
       <c r="H317" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I317" s="1" t="s">
-        <v>1372</v>
+        <v>1378</v>
       </c>
       <c r="J317" s="0"/>
       <c r="K317" s="0" t="s">
-        <v>20</v>
+        <v>756</v>
       </c>
       <c r="L317" s="0">
-        <v>1</v>
+        <v>9</v>
       </c>
     </row>
     <row r="318" spans="1:12" customHeight="1" ht="80">
       <c r="A318" s="0"/>
       <c r="B318" s="0" t="s">
-        <v>1373</v>
+        <v>1379</v>
       </c>
       <c r="C318" s="0" t="s">
-        <v>1374</v>
-[...2 lines deleted...]
-        <v>1375</v>
+        <v>1380</v>
+      </c>
+      <c r="D318" s="0">
+        <v>2182</v>
       </c>
       <c r="E318" s="0" t="s">
-        <v>391</v>
+        <v>402</v>
       </c>
       <c r="F318" s="0" t="s">
-        <v>1376</v>
+        <v>1381</v>
       </c>
       <c r="G318" s="0" t="s">
-        <v>393</v>
+        <v>404</v>
       </c>
       <c r="H318" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I318" s="1" t="s">
-        <v>1377</v>
+        <v>1382</v>
       </c>
       <c r="J318" s="0"/>
       <c r="K318" s="0" t="s">
-        <v>1222</v>
+        <v>20</v>
       </c>
       <c r="L318" s="0">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="319" spans="1:12" customHeight="1" ht="80">
       <c r="A319" s="0"/>
       <c r="B319" s="0" t="s">
-        <v>1378</v>
+        <v>1383</v>
       </c>
       <c r="C319" s="0" t="s">
-        <v>1379</v>
-[...2 lines deleted...]
-        <v>2182</v>
+        <v>1384</v>
+      </c>
+      <c r="D319" s="0" t="s">
+        <v>1385</v>
       </c>
       <c r="E319" s="0" t="s">
-        <v>391</v>
+        <v>24</v>
       </c>
       <c r="F319" s="0" t="s">
-        <v>1380</v>
+        <v>1386</v>
       </c>
       <c r="G319" s="0" t="s">
-        <v>393</v>
+        <v>26</v>
       </c>
       <c r="H319" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I319" s="1" t="s">
-        <v>1381</v>
+        <v>1387</v>
       </c>
       <c r="J319" s="0"/>
       <c r="K319" s="0" t="s">
-        <v>20</v>
+        <v>695</v>
       </c>
       <c r="L319" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="320" spans="1:12" customHeight="1" ht="80">
-      <c r="A320" s="0"/>
       <c r="B320" s="0" t="s">
-        <v>1382</v>
+        <v>1388</v>
       </c>
       <c r="C320" s="0" t="s">
-        <v>1383</v>
+        <v>1389</v>
       </c>
       <c r="D320" s="0" t="s">
-        <v>1384</v>
+        <v>1390</v>
       </c>
       <c r="E320" s="0" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>729</v>
+      </c>
+      <c r="F320" s="0"/>
       <c r="G320" s="0" t="s">
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="H320" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I320" s="1" t="s">
-        <v>1386</v>
+        <v>1391</v>
       </c>
       <c r="J320" s="0"/>
       <c r="K320" s="0" t="s">
-        <v>684</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L320" s="0"/>
     </row>
     <row r="321" spans="1:12" customHeight="1" ht="80">
+      <c r="A321" s="0"/>
       <c r="B321" s="0" t="s">
-        <v>1387</v>
+        <v>1392</v>
       </c>
       <c r="C321" s="0" t="s">
-        <v>1388</v>
-[...3 lines deleted...]
-      </c>
+        <v>1393</v>
+      </c>
+      <c r="D321" s="0"/>
       <c r="E321" s="0" t="s">
-        <v>720</v>
+        <v>1394</v>
       </c>
       <c r="F321" s="0"/>
       <c r="G321" s="0" t="s">
-        <v>59</v>
+        <v>343</v>
       </c>
       <c r="H321" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I321" s="1" t="s">
-        <v>1390</v>
+        <v>1395</v>
       </c>
       <c r="J321" s="0"/>
       <c r="K321" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L321" s="0"/>
+        <v>1396</v>
+      </c>
+      <c r="L321" s="0">
+        <v>30</v>
+      </c>
     </row>
     <row r="322" spans="1:12" customHeight="1" ht="80">
-      <c r="A322" s="0"/>
       <c r="B322" s="0" t="s">
-        <v>1391</v>
+        <v>1397</v>
       </c>
       <c r="C322" s="0" t="s">
-        <v>1392</v>
-[...1 lines deleted...]
-      <c r="D322" s="0"/>
+        <v>1398</v>
+      </c>
+      <c r="D322" s="0" t="s">
+        <v>1399</v>
+      </c>
       <c r="E322" s="0" t="s">
-        <v>1393</v>
-[...1 lines deleted...]
-      <c r="F322" s="0"/>
+        <v>48</v>
+      </c>
+      <c r="F322" s="0" t="s">
+        <v>49</v>
+      </c>
       <c r="G322" s="0" t="s">
-        <v>332</v>
+        <v>50</v>
       </c>
       <c r="H322" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I322" s="1" t="s">
-        <v>1394</v>
+        <v>1400</v>
       </c>
       <c r="J322" s="0"/>
       <c r="K322" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L322" s="0">
-        <v>30</v>
+        <v>1</v>
       </c>
     </row>
     <row r="323" spans="1:12" customHeight="1" ht="80">
       <c r="A323" s="0"/>
       <c r="B323" s="0" t="s">
-        <v>1395</v>
+        <v>1401</v>
       </c>
       <c r="C323" s="0" t="s">
-        <v>1396</v>
+        <v>1402</v>
       </c>
       <c r="D323" s="0"/>
       <c r="E323" s="0" t="s">
-        <v>1393</v>
+        <v>1394</v>
       </c>
       <c r="F323" s="0"/>
       <c r="G323" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H323" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I323" s="1" t="s">
-        <v>1397</v>
+        <v>1403</v>
       </c>
       <c r="J323" s="0"/>
       <c r="K323" s="0" t="s">
-        <v>76</v>
+        <v>20</v>
       </c>
       <c r="L323" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="324" spans="1:12" customHeight="1" ht="80">
       <c r="A324" s="0"/>
       <c r="B324" s="0" t="s">
-        <v>1398</v>
+        <v>1404</v>
       </c>
       <c r="C324" s="0" t="s">
-        <v>1399</v>
+        <v>1405</v>
       </c>
       <c r="D324" s="0" t="s">
-        <v>1400</v>
+        <v>1406</v>
       </c>
       <c r="E324" s="0" t="s">
-        <v>391</v>
+        <v>402</v>
       </c>
       <c r="F324" s="0" t="s">
-        <v>392</v>
+        <v>403</v>
       </c>
       <c r="G324" s="0" t="s">
-        <v>393</v>
+        <v>404</v>
       </c>
       <c r="H324" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I324" s="1" t="s">
-        <v>1401</v>
+        <v>1407</v>
       </c>
       <c r="J324" s="0"/>
       <c r="K324" s="0" t="s">
-        <v>748</v>
+        <v>111</v>
       </c>
       <c r="L324" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="325" spans="1:12" customHeight="1" ht="80">
       <c r="A325" s="0"/>
       <c r="B325" s="0" t="s">
-        <v>1402</v>
+        <v>1408</v>
       </c>
       <c r="C325" s="0" t="s">
-        <v>1403</v>
+        <v>1409</v>
       </c>
       <c r="D325" s="0">
         <v>2782</v>
       </c>
       <c r="E325" s="0" t="s">
-        <v>391</v>
+        <v>402</v>
       </c>
       <c r="F325" s="0" t="s">
-        <v>1404</v>
+        <v>1410</v>
       </c>
       <c r="G325" s="0" t="s">
-        <v>393</v>
+        <v>404</v>
       </c>
       <c r="H325" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I325" s="1" t="s">
-        <v>1405</v>
+        <v>1411</v>
       </c>
       <c r="J325" s="0"/>
       <c r="K325" s="0" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="L325" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="326" spans="1:12" customHeight="1" ht="80">
       <c r="A326" s="0"/>
       <c r="B326" s="0" t="s">
-        <v>1406</v>
+        <v>1412</v>
       </c>
       <c r="C326" s="0" t="s">
-        <v>1407</v>
+        <v>1413</v>
       </c>
       <c r="D326" s="0">
         <v>644071</v>
       </c>
       <c r="E326" s="0" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="F326" s="0" t="s">
-        <v>1408</v>
+        <v>1414</v>
       </c>
       <c r="G326" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H326" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I326" s="1" t="s">
-        <v>482</v>
+        <v>492</v>
       </c>
       <c r="J326" s="0"/>
       <c r="K326" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L326" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="327" spans="1:12" customHeight="1" ht="80">
       <c r="A327" s="0"/>
       <c r="B327" s="0" t="s">
-        <v>1409</v>
+        <v>1415</v>
       </c>
       <c r="C327" s="0" t="s">
-        <v>1410</v>
+        <v>1416</v>
       </c>
       <c r="D327" s="0" t="s">
-        <v>1411</v>
+        <v>1417</v>
       </c>
       <c r="E327" s="0" t="s">
-        <v>1412</v>
+        <v>1418</v>
       </c>
       <c r="F327" s="0"/>
       <c r="G327" s="0" t="s">
-        <v>708</v>
+        <v>720</v>
       </c>
       <c r="H327" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I327" s="1" t="s">
-        <v>1413</v>
+        <v>1419</v>
       </c>
       <c r="J327" s="0"/>
       <c r="K327" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L327" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="328" spans="1:12" customHeight="1" ht="80">
       <c r="B328" s="0" t="s">
-        <v>1414</v>
+        <v>1420</v>
       </c>
       <c r="C328" s="0" t="s">
-        <v>1415</v>
+        <v>1421</v>
       </c>
       <c r="D328" s="0" t="s">
-        <v>1416</v>
+        <v>1422</v>
       </c>
       <c r="E328" s="0" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="F328" s="0" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="G328" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H328" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I328" s="1" t="s">
-        <v>1417</v>
+        <v>1423</v>
       </c>
       <c r="J328" s="0"/>
       <c r="K328" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L328" s="0"/>
     </row>
     <row r="329" spans="1:12" customHeight="1" ht="80">
       <c r="A329" s="0"/>
       <c r="B329" s="0" t="s">
-        <v>1418</v>
+        <v>1424</v>
       </c>
       <c r="C329" s="0" t="s">
-        <v>1419</v>
+        <v>1425</v>
       </c>
       <c r="D329" s="0" t="s">
-        <v>1420</v>
+        <v>1426</v>
       </c>
       <c r="E329" s="0" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
       <c r="F329" s="0"/>
       <c r="G329" s="0" t="s">
-        <v>236</v>
+        <v>244</v>
       </c>
       <c r="H329" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I329" s="1" t="s">
-        <v>846</v>
+        <v>852</v>
       </c>
       <c r="J329" s="0"/>
       <c r="K329" s="0" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="L329" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="330" spans="1:12" customHeight="1" ht="80">
       <c r="A330" s="0"/>
       <c r="B330" s="0" t="s">
-        <v>1421</v>
+        <v>1427</v>
       </c>
       <c r="C330" s="0" t="s">
-        <v>1422</v>
+        <v>1428</v>
       </c>
       <c r="D330" s="0" t="s">
-        <v>1423</v>
+        <v>1429</v>
       </c>
       <c r="E330" s="0" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
       <c r="F330" s="0"/>
       <c r="G330" s="0" t="s">
-        <v>236</v>
+        <v>244</v>
       </c>
       <c r="H330" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I330" s="1" t="s">
-        <v>1424</v>
+        <v>1430</v>
       </c>
       <c r="J330" s="0"/>
       <c r="K330" s="0" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="L330" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="331" spans="1:12" customHeight="1" ht="80">
       <c r="A331" s="0"/>
       <c r="B331" s="0" t="s">
-        <v>1425</v>
+        <v>1431</v>
       </c>
       <c r="C331" s="0" t="s">
-        <v>1426</v>
+        <v>1432</v>
       </c>
       <c r="D331" s="0" t="s">
-        <v>1427</v>
+        <v>1433</v>
       </c>
       <c r="E331" s="0" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
       <c r="F331" s="0"/>
       <c r="G331" s="0" t="s">
-        <v>236</v>
+        <v>244</v>
       </c>
       <c r="H331" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I331" s="1" t="s">
-        <v>1428</v>
+        <v>1434</v>
       </c>
       <c r="J331" s="0"/>
       <c r="K331" s="0" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="L331" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="332" spans="1:12" customHeight="1" ht="80">
       <c r="A332" s="0"/>
       <c r="B332" s="0" t="s">
-        <v>1429</v>
+        <v>1435</v>
       </c>
       <c r="C332" s="0" t="s">
-        <v>1430</v>
+        <v>1436</v>
       </c>
       <c r="D332" s="0">
         <v>653619</v>
       </c>
       <c r="E332" s="0" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="F332" s="0" t="s">
-        <v>1431</v>
+        <v>1437</v>
       </c>
       <c r="G332" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H332" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I332" s="1" t="s">
-        <v>1432</v>
+        <v>1438</v>
       </c>
       <c r="J332" s="0"/>
       <c r="K332" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L332" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="333" spans="1:12" customHeight="1" ht="80">
       <c r="A333" s="0"/>
       <c r="B333" s="0" t="s">
-        <v>1433</v>
+        <v>1439</v>
       </c>
       <c r="C333" s="0" t="s">
-        <v>1434</v>
+        <v>1440</v>
       </c>
       <c r="D333" s="0">
         <v>604557</v>
       </c>
       <c r="E333" s="0" t="s">
-        <v>1435</v>
+        <v>1441</v>
       </c>
       <c r="F333" s="0" t="s">
-        <v>1436</v>
+        <v>1442</v>
       </c>
       <c r="G333" s="0" t="s">
-        <v>509</v>
+        <v>524</v>
       </c>
       <c r="H333" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I333" s="1" t="s">
         <v>19</v>
       </c>
       <c r="J333" s="0"/>
       <c r="K333" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L333" s="0"/>
     </row>
     <row r="334" spans="1:12" customHeight="1" ht="80">
       <c r="A334" s="0"/>
       <c r="B334" s="0" t="s">
-        <v>1437</v>
+        <v>1443</v>
       </c>
       <c r="C334" s="0" t="s">
-        <v>1438</v>
+        <v>1444</v>
       </c>
       <c r="D334" s="0">
         <v>604558</v>
       </c>
       <c r="E334" s="0" t="s">
-        <v>1435</v>
+        <v>1441</v>
       </c>
       <c r="F334" s="0" t="s">
-        <v>1436</v>
+        <v>1442</v>
       </c>
       <c r="G334" s="0" t="s">
-        <v>509</v>
+        <v>524</v>
       </c>
       <c r="H334" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I334" s="1" t="s">
-        <v>1439</v>
+        <v>1445</v>
       </c>
       <c r="J334" s="0"/>
       <c r="K334" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L334" s="0"/>
     </row>
     <row r="335" spans="1:12" customHeight="1" ht="80">
       <c r="A335" s="0"/>
       <c r="B335" s="0" t="s">
-        <v>1440</v>
+        <v>1446</v>
       </c>
       <c r="C335" s="0" t="s">
-        <v>1441</v>
+        <v>1447</v>
       </c>
       <c r="D335" s="0">
         <v>604559</v>
       </c>
       <c r="E335" s="0" t="s">
-        <v>1435</v>
+        <v>1441</v>
       </c>
       <c r="F335" s="0" t="s">
-        <v>1436</v>
+        <v>1442</v>
       </c>
       <c r="G335" s="0" t="s">
-        <v>509</v>
+        <v>524</v>
       </c>
       <c r="H335" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I335" s="1" t="s">
-        <v>1442</v>
+        <v>1448</v>
       </c>
       <c r="J335" s="0"/>
       <c r="K335" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L335" s="0"/>
     </row>
     <row r="336" spans="1:12" customHeight="1" ht="80">
       <c r="A336" s="0"/>
       <c r="B336" s="0" t="s">
-        <v>1443</v>
+        <v>1449</v>
       </c>
       <c r="C336" s="0" t="s">
-        <v>1444</v>
+        <v>1450</v>
       </c>
       <c r="D336" s="0">
         <v>604560</v>
       </c>
       <c r="E336" s="0" t="s">
-        <v>1435</v>
+        <v>1441</v>
       </c>
       <c r="F336" s="0" t="s">
-        <v>1436</v>
+        <v>1442</v>
       </c>
       <c r="G336" s="0" t="s">
-        <v>509</v>
+        <v>524</v>
       </c>
       <c r="H336" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I336" s="1" t="s">
-        <v>1445</v>
+        <v>1451</v>
       </c>
       <c r="J336" s="0"/>
       <c r="K336" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L336" s="0"/>
     </row>
     <row r="337" spans="1:12" customHeight="1" ht="80">
       <c r="A337" s="0"/>
       <c r="B337" s="0" t="s">
-        <v>1446</v>
+        <v>1452</v>
       </c>
       <c r="C337" s="0" t="s">
-        <v>1447</v>
+        <v>1453</v>
       </c>
       <c r="D337" s="0">
         <v>604563</v>
       </c>
       <c r="E337" s="0" t="s">
-        <v>1435</v>
+        <v>1441</v>
       </c>
       <c r="F337" s="0" t="s">
-        <v>1436</v>
+        <v>1442</v>
       </c>
       <c r="G337" s="0" t="s">
-        <v>509</v>
+        <v>524</v>
       </c>
       <c r="H337" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I337" s="1" t="s">
-        <v>1448</v>
+        <v>1454</v>
       </c>
       <c r="J337" s="0"/>
       <c r="K337" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L337" s="0"/>
     </row>
     <row r="338" spans="1:12" customHeight="1" ht="80">
       <c r="A338" s="0"/>
       <c r="B338" s="0" t="s">
-        <v>1449</v>
+        <v>1455</v>
       </c>
       <c r="C338" s="0" t="s">
-        <v>1450</v>
+        <v>1456</v>
       </c>
       <c r="D338" s="0">
         <v>604607</v>
       </c>
       <c r="E338" s="0" t="s">
-        <v>1435</v>
+        <v>1441</v>
       </c>
       <c r="F338" s="0" t="s">
+        <v>1457</v>
+      </c>
+      <c r="G338" s="0" t="s">
+        <v>524</v>
+      </c>
+      <c r="H338" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I338" s="1" t="s">
         <v>1451</v>
-      </c>
-[...7 lines deleted...]
-        <v>1445</v>
       </c>
       <c r="J338" s="0"/>
       <c r="K338" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L338" s="0"/>
     </row>
     <row r="339" spans="1:12" customHeight="1" ht="80">
       <c r="A339" s="0"/>
       <c r="B339" s="0" t="s">
-        <v>1452</v>
+        <v>1458</v>
       </c>
       <c r="C339" s="0" t="s">
-        <v>1453</v>
+        <v>1459</v>
       </c>
       <c r="D339" s="0">
         <v>604608</v>
       </c>
       <c r="E339" s="0" t="s">
-        <v>1435</v>
+        <v>1441</v>
       </c>
       <c r="F339" s="0" t="s">
-        <v>1451</v>
+        <v>1457</v>
       </c>
       <c r="G339" s="0" t="s">
-        <v>509</v>
+        <v>524</v>
       </c>
       <c r="H339" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I339" s="1" t="s">
-        <v>1001</v>
+        <v>1460</v>
       </c>
       <c r="J339" s="0"/>
       <c r="K339" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L339" s="0"/>
     </row>
     <row r="340" spans="1:12" customHeight="1" ht="80">
       <c r="A340" s="0"/>
       <c r="B340" s="0" t="s">
-        <v>1454</v>
+        <v>1461</v>
       </c>
       <c r="C340" s="0" t="s">
-        <v>1455</v>
+        <v>1462</v>
       </c>
       <c r="D340" s="0">
         <v>604606</v>
       </c>
       <c r="E340" s="0" t="s">
-        <v>1435</v>
+        <v>1441</v>
       </c>
       <c r="F340" s="0" t="s">
-        <v>1451</v>
+        <v>1457</v>
       </c>
       <c r="G340" s="0" t="s">
-        <v>509</v>
+        <v>524</v>
       </c>
       <c r="H340" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I340" s="1" t="s">
-        <v>1456</v>
+        <v>1463</v>
       </c>
       <c r="J340" s="0"/>
       <c r="K340" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L340" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="341" spans="1:12" customHeight="1" ht="80">
       <c r="A341" s="0"/>
       <c r="B341" s="0" t="s">
-        <v>1457</v>
+        <v>1464</v>
       </c>
       <c r="C341" s="0" t="s">
-        <v>1458</v>
+        <v>1465</v>
       </c>
       <c r="D341" s="0" t="s">
-        <v>1459</v>
+        <v>1466</v>
       </c>
       <c r="E341" s="0" t="s">
-        <v>1460</v>
+        <v>1467</v>
       </c>
       <c r="F341" s="0" t="s">
-        <v>1461</v>
+        <v>1468</v>
       </c>
       <c r="G341" s="0" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="H341" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I341" s="1" t="s">
-        <v>1462</v>
+        <v>1469</v>
       </c>
       <c r="J341" s="0"/>
       <c r="K341" s="0" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="L341" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="342" spans="1:12" customHeight="1" ht="80">
       <c r="A342" s="0"/>
       <c r="B342" s="0" t="s">
-        <v>1463</v>
+        <v>1470</v>
       </c>
       <c r="C342" s="0" t="s">
-        <v>1464</v>
+        <v>1471</v>
       </c>
       <c r="D342" s="0" t="s">
-        <v>1465</v>
+        <v>1472</v>
       </c>
       <c r="E342" s="0" t="s">
-        <v>1460</v>
+        <v>1467</v>
       </c>
       <c r="F342" s="0" t="s">
-        <v>1461</v>
+        <v>1468</v>
       </c>
       <c r="G342" s="0" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="H342" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I342" s="1" t="s">
-        <v>1466</v>
+        <v>1473</v>
       </c>
       <c r="J342" s="0"/>
       <c r="K342" s="0" t="s">
-        <v>72</v>
+        <v>28</v>
       </c>
       <c r="L342" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="343" spans="1:12" customHeight="1" ht="80">
       <c r="A343" s="0"/>
       <c r="B343" s="0" t="s">
+        <v>1474</v>
+      </c>
+      <c r="C343" s="0" t="s">
+        <v>1475</v>
+      </c>
+      <c r="D343" s="0" t="s">
+        <v>1476</v>
+      </c>
+      <c r="E343" s="0" t="s">
         <v>1467</v>
       </c>
-      <c r="C343" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F343" s="0" t="s">
-        <v>1470</v>
+        <v>1477</v>
       </c>
       <c r="G343" s="0" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="H343" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I343" s="1" t="s">
-        <v>500</v>
+        <v>511</v>
       </c>
       <c r="J343" s="0"/>
       <c r="K343" s="0" t="s">
-        <v>684</v>
+        <v>695</v>
       </c>
       <c r="L343" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="344" spans="1:12" customHeight="1" ht="80">
       <c r="A344" s="0"/>
       <c r="B344" s="0" t="s">
-        <v>1471</v>
+        <v>1478</v>
       </c>
       <c r="C344" s="0" t="s">
-        <v>1472</v>
+        <v>1479</v>
       </c>
       <c r="D344" s="0" t="s">
-        <v>1473</v>
+        <v>1480</v>
       </c>
       <c r="E344" s="0" t="s">
-        <v>351</v>
+        <v>362</v>
       </c>
       <c r="F344" s="0" t="s">
-        <v>1474</v>
+        <v>1481</v>
       </c>
       <c r="G344" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H344" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I344" s="1" t="s">
-        <v>1475</v>
+        <v>1482</v>
       </c>
       <c r="J344" s="0"/>
       <c r="K344" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L344" s="0"/>
     </row>
     <row r="345" spans="1:12" customHeight="1" ht="80">
       <c r="A345" s="0"/>
       <c r="B345" s="0" t="s">
-        <v>1476</v>
+        <v>1483</v>
       </c>
       <c r="C345" s="0" t="s">
-        <v>1477</v>
+        <v>1484</v>
       </c>
       <c r="D345" s="0" t="s">
-        <v>1478</v>
+        <v>1485</v>
       </c>
       <c r="E345" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F345" s="0" t="s">
-        <v>1479</v>
+        <v>1486</v>
       </c>
       <c r="G345" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H345" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I345" s="1" t="s">
-        <v>1480</v>
+        <v>1487</v>
       </c>
       <c r="J345" s="0"/>
       <c r="K345" s="0" t="s">
-        <v>53</v>
+        <v>64</v>
       </c>
       <c r="L345" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="346" spans="1:12" customHeight="1" ht="80">
       <c r="A346" s="0"/>
       <c r="B346" s="0" t="s">
-        <v>1481</v>
+        <v>1488</v>
       </c>
       <c r="C346" s="0" t="s">
-        <v>1482</v>
+        <v>1489</v>
       </c>
       <c r="D346" s="0" t="s">
-        <v>1483</v>
+        <v>1490</v>
       </c>
       <c r="E346" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F346" s="0" t="s">
-        <v>1484</v>
+        <v>1491</v>
       </c>
       <c r="G346" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H346" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I346" s="1" t="s">
-        <v>1480</v>
+        <v>1487</v>
       </c>
       <c r="J346" s="0"/>
       <c r="K346" s="0" t="s">
-        <v>53</v>
+        <v>64</v>
       </c>
       <c r="L346" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="347" spans="1:12" customHeight="1" ht="80">
       <c r="A347" s="0"/>
       <c r="B347" s="0" t="s">
-        <v>1485</v>
+        <v>1492</v>
       </c>
       <c r="C347" s="0" t="s">
-        <v>1486</v>
+        <v>1493</v>
       </c>
       <c r="D347" s="0" t="s">
-        <v>1487</v>
+        <v>1494</v>
       </c>
       <c r="E347" s="0" t="s">
-        <v>1488</v>
+        <v>1495</v>
       </c>
       <c r="F347" s="0" t="s">
-        <v>1489</v>
+        <v>1496</v>
       </c>
       <c r="G347" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H347" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I347" s="1" t="s">
-        <v>1490</v>
+        <v>1497</v>
       </c>
       <c r="J347" s="0"/>
       <c r="K347" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L347" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="348" spans="1:12" customHeight="1" ht="80">
       <c r="A348" s="0"/>
       <c r="B348" s="0" t="s">
-        <v>1491</v>
+        <v>1498</v>
       </c>
       <c r="C348" s="0" t="s">
-        <v>1492</v>
+        <v>1499</v>
       </c>
       <c r="D348" s="0" t="s">
-        <v>1493</v>
+        <v>1500</v>
       </c>
       <c r="E348" s="0" t="s">
-        <v>1494</v>
+        <v>1501</v>
       </c>
       <c r="F348" s="0" t="s">
-        <v>1495</v>
+        <v>1502</v>
       </c>
       <c r="G348" s="0" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="H348" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I348" s="1" t="s">
-        <v>1496</v>
+        <v>1503</v>
       </c>
       <c r="J348" s="0"/>
       <c r="K348" s="0" t="s">
-        <v>856</v>
+        <v>20</v>
       </c>
       <c r="L348" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="349" spans="1:12" customHeight="1" ht="80">
       <c r="A349" s="0"/>
       <c r="B349" s="0" t="s">
-        <v>1497</v>
+        <v>1504</v>
       </c>
       <c r="C349" s="0" t="s">
-        <v>1498</v>
+        <v>1505</v>
       </c>
       <c r="D349" s="0" t="s">
-        <v>1499</v>
+        <v>1506</v>
       </c>
       <c r="E349" s="0" t="s">
-        <v>1494</v>
+        <v>1501</v>
       </c>
       <c r="F349" s="0" t="s">
-        <v>1495</v>
+        <v>1502</v>
       </c>
       <c r="G349" s="0" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="H349" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I349" s="1" t="s">
-        <v>1500</v>
+        <v>1507</v>
       </c>
       <c r="J349" s="0"/>
       <c r="K349" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L349" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="350" spans="1:12" customHeight="1" ht="80">
       <c r="A350" s="0"/>
       <c r="B350" s="0" t="s">
+        <v>1508</v>
+      </c>
+      <c r="C350" s="0" t="s">
+        <v>1509</v>
+      </c>
+      <c r="D350" s="0" t="s">
+        <v>1510</v>
+      </c>
+      <c r="E350" s="0" t="s">
         <v>1501</v>
       </c>
-      <c r="C350" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F350" s="0" t="s">
-        <v>1504</v>
+        <v>1511</v>
       </c>
       <c r="G350" s="0" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="H350" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I350" s="1" t="s">
-        <v>1505</v>
+        <v>1512</v>
       </c>
       <c r="J350" s="0"/>
       <c r="K350" s="0" t="s">
-        <v>72</v>
+        <v>28</v>
       </c>
       <c r="L350" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="351" spans="1:12" customHeight="1" ht="80">
       <c r="A351" s="0"/>
       <c r="B351" s="0" t="s">
-        <v>1506</v>
+        <v>1513</v>
       </c>
       <c r="C351" s="0" t="s">
-        <v>1507</v>
+        <v>1514</v>
       </c>
       <c r="D351" s="0" t="s">
-        <v>1508</v>
+        <v>1515</v>
       </c>
       <c r="E351" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F351" s="0" t="s">
-        <v>1509</v>
+        <v>1516</v>
       </c>
       <c r="G351" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H351" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I351" s="1" t="s">
-        <v>1510</v>
+        <v>1517</v>
       </c>
       <c r="J351" s="0"/>
       <c r="K351" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L351" s="0"/>
     </row>
     <row r="352" spans="1:12" customHeight="1" ht="80">
       <c r="A352" s="0"/>
       <c r="B352" s="0" t="s">
-        <v>1511</v>
+        <v>1518</v>
       </c>
       <c r="C352" s="0" t="s">
-        <v>1512</v>
+        <v>1519</v>
       </c>
       <c r="D352" s="0" t="s">
-        <v>1513</v>
+        <v>1520</v>
       </c>
       <c r="E352" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F352" s="0" t="s">
-        <v>1514</v>
+        <v>1521</v>
       </c>
       <c r="G352" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H352" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I352" s="1" t="s">
-        <v>1056</v>
+        <v>1059</v>
       </c>
       <c r="J352" s="0"/>
       <c r="K352" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L352" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="353" spans="1:12" customHeight="1" ht="80">
       <c r="A353" s="0"/>
       <c r="B353" s="0" t="s">
-        <v>1515</v>
+        <v>1522</v>
       </c>
       <c r="C353" s="0" t="s">
-        <v>1516</v>
+        <v>1523</v>
       </c>
       <c r="D353" s="0" t="s">
-        <v>1517</v>
+        <v>1524</v>
       </c>
       <c r="E353" s="0" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="F353" s="0" t="s">
-        <v>1518</v>
+        <v>1525</v>
       </c>
       <c r="G353" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H353" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I353" s="1" t="s">
-        <v>1519</v>
+        <v>1526</v>
       </c>
       <c r="J353" s="0"/>
       <c r="K353" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L353" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="354" spans="1:12" customHeight="1" ht="80">
       <c r="A354" s="0"/>
       <c r="B354" s="0" t="s">
-        <v>1520</v>
+        <v>1527</v>
       </c>
       <c r="C354" s="0" t="s">
-        <v>1521</v>
+        <v>1528</v>
       </c>
       <c r="D354" s="0">
         <v>653964</v>
       </c>
       <c r="E354" s="0" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="F354" s="0" t="s">
-        <v>862</v>
+        <v>868</v>
       </c>
       <c r="G354" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H354" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I354" s="1" t="s">
-        <v>1522</v>
+        <v>1529</v>
       </c>
       <c r="J354" s="0"/>
       <c r="K354" s="0" t="s">
-        <v>748</v>
+        <v>20</v>
       </c>
       <c r="L354" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="355" spans="1:12" customHeight="1" ht="80">
       <c r="A355" s="0"/>
       <c r="B355" s="0" t="s">
-        <v>1523</v>
+        <v>1530</v>
       </c>
       <c r="C355" s="0" t="s">
-        <v>1524</v>
+        <v>1531</v>
       </c>
       <c r="D355" s="0">
         <v>653965</v>
       </c>
       <c r="E355" s="0" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="F355" s="0" t="s">
-        <v>862</v>
+        <v>868</v>
       </c>
       <c r="G355" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H355" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I355" s="1" t="s">
-        <v>1522</v>
+        <v>1529</v>
       </c>
       <c r="J355" s="0"/>
       <c r="K355" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L355" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="356" spans="1:12" customHeight="1" ht="80">
       <c r="A356" s="0"/>
       <c r="B356" s="0" t="s">
-        <v>1525</v>
+        <v>1532</v>
       </c>
       <c r="C356" s="0" t="s">
-        <v>1526</v>
+        <v>1533</v>
       </c>
       <c r="D356" s="0">
         <v>1571012</v>
       </c>
       <c r="E356" s="0" t="s">
-        <v>1527</v>
+        <v>1534</v>
       </c>
       <c r="F356" s="0" t="s">
-        <v>1528</v>
+        <v>1535</v>
       </c>
       <c r="G356" s="0" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="H356" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I356" s="1" t="s">
-        <v>1529</v>
+        <v>1536</v>
       </c>
       <c r="J356" s="0"/>
       <c r="K356" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L356" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="357" spans="1:12" customHeight="1" ht="80">
       <c r="A357" s="0"/>
       <c r="B357" s="0" t="s">
-        <v>1530</v>
+        <v>1537</v>
       </c>
       <c r="C357" s="0" t="s">
-        <v>1531</v>
+        <v>1538</v>
       </c>
       <c r="D357" s="0" t="s">
-        <v>1532</v>
+        <v>1539</v>
       </c>
       <c r="E357" s="0" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
       <c r="F357" s="0"/>
       <c r="G357" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H357" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I357" s="1" t="s">
-        <v>1533</v>
+        <v>1540</v>
       </c>
       <c r="J357" s="0"/>
       <c r="K357" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L357" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="358" spans="1:12" customHeight="1" ht="80">
       <c r="A358" s="0"/>
       <c r="B358" s="0" t="s">
-        <v>1534</v>
+        <v>1541</v>
       </c>
       <c r="C358" s="0" t="s">
-        <v>1535</v>
+        <v>1542</v>
       </c>
       <c r="D358" s="0" t="s">
-        <v>1536</v>
+        <v>1543</v>
       </c>
       <c r="E358" s="0" t="s">
-        <v>69</v>
+        <v>48</v>
       </c>
       <c r="F358" s="0" t="s">
-        <v>150</v>
+        <v>158</v>
       </c>
       <c r="G358" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H358" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I358" s="1" t="s">
-        <v>1537</v>
+        <v>1544</v>
       </c>
       <c r="J358" s="0"/>
       <c r="K358" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L358" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="359" spans="1:12" customHeight="1" ht="80">
       <c r="A359" s="0"/>
       <c r="B359" s="0" t="s">
-        <v>1538</v>
+        <v>1545</v>
       </c>
       <c r="C359" s="0" t="s">
-        <v>1539</v>
+        <v>1546</v>
       </c>
       <c r="D359" s="0" t="s">
-        <v>1540</v>
+        <v>1547</v>
       </c>
       <c r="E359" s="0" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
       <c r="F359" s="0"/>
       <c r="G359" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H359" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I359" s="1" t="s">
-        <v>1541</v>
+        <v>1548</v>
       </c>
       <c r="J359" s="0"/>
       <c r="K359" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L359" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="360" spans="1:12" customHeight="1" ht="80">
       <c r="A360" s="0"/>
       <c r="B360" s="0" t="s">
-        <v>1542</v>
+        <v>1549</v>
       </c>
       <c r="C360" s="0" t="s">
-        <v>1543</v>
+        <v>1550</v>
       </c>
       <c r="D360" s="0" t="s">
-        <v>1544</v>
+        <v>1551</v>
       </c>
       <c r="E360" s="0" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
       <c r="F360" s="0"/>
       <c r="G360" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H360" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I360" s="1" t="s">
-        <v>1541</v>
+        <v>1548</v>
       </c>
       <c r="J360" s="0"/>
       <c r="K360" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L360" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="361" spans="1:12" customHeight="1" ht="80">
       <c r="A361" s="0"/>
       <c r="B361" s="0" t="s">
-        <v>1545</v>
+        <v>1552</v>
       </c>
       <c r="C361" s="0" t="s">
-        <v>1546</v>
+        <v>1553</v>
       </c>
       <c r="D361" s="0" t="s">
-        <v>1547</v>
+        <v>1554</v>
       </c>
       <c r="E361" s="0" t="s">
         <v>38</v>
       </c>
       <c r="F361" s="0"/>
       <c r="G361" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H361" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I361" s="1" t="s">
-        <v>1548</v>
+        <v>1555</v>
       </c>
       <c r="J361" s="0"/>
       <c r="K361" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L361" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="362" spans="1:12" customHeight="1" ht="80">
       <c r="A362" s="0"/>
       <c r="B362" s="0" t="s">
-        <v>1549</v>
+        <v>1556</v>
       </c>
       <c r="C362" s="0" t="s">
-        <v>1550</v>
+        <v>1557</v>
       </c>
       <c r="D362" s="0"/>
       <c r="E362" s="0" t="s">
-        <v>1393</v>
+        <v>1394</v>
       </c>
       <c r="F362" s="0"/>
       <c r="G362" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H362" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I362" s="1" t="s">
-        <v>1551</v>
+        <v>1558</v>
       </c>
       <c r="J362" s="0"/>
       <c r="K362" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L362" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="363" spans="1:12" customHeight="1" ht="80">
-      <c r="A363" s="0"/>
       <c r="B363" s="0" t="s">
-        <v>1552</v>
+        <v>1559</v>
       </c>
       <c r="C363" s="0" t="s">
-        <v>1553</v>
+        <v>1560</v>
       </c>
       <c r="D363" s="0" t="s">
-        <v>1554</v>
+        <v>1561</v>
       </c>
       <c r="E363" s="0" t="s">
-        <v>69</v>
+        <v>48</v>
       </c>
       <c r="F363" s="0" t="s">
-        <v>1555</v>
+        <v>49</v>
       </c>
       <c r="G363" s="0" t="s">
-        <v>121</v>
+        <v>50</v>
       </c>
       <c r="H363" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I363" s="1" t="s">
-        <v>1556</v>
+        <v>1562</v>
       </c>
       <c r="J363" s="0"/>
       <c r="K363" s="0" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L363" s="0"/>
     </row>
     <row r="364" spans="1:12" customHeight="1" ht="80">
       <c r="A364" s="0"/>
       <c r="B364" s="0" t="s">
-        <v>1557</v>
+        <v>1563</v>
       </c>
       <c r="C364" s="0" t="s">
-        <v>1558</v>
+        <v>1564</v>
       </c>
       <c r="D364" s="0" t="s">
-        <v>1559</v>
+        <v>1565</v>
       </c>
       <c r="E364" s="0" t="s">
-        <v>351</v>
+        <v>48</v>
       </c>
       <c r="F364" s="0" t="s">
-        <v>1474</v>
+        <v>1566</v>
       </c>
       <c r="G364" s="0" t="s">
-        <v>33</v>
+        <v>129</v>
       </c>
       <c r="H364" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I364" s="1" t="s">
-        <v>1560</v>
+        <v>1567</v>
       </c>
       <c r="J364" s="0"/>
       <c r="K364" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L364" s="0"/>
+      <c r="L364" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="365" spans="1:12" customHeight="1" ht="80">
       <c r="A365" s="0"/>
       <c r="B365" s="0" t="s">
-        <v>1561</v>
+        <v>1568</v>
       </c>
       <c r="C365" s="0" t="s">
-        <v>1562</v>
-[...2 lines deleted...]
-        <v>653967</v>
+        <v>1569</v>
+      </c>
+      <c r="D365" s="0" t="s">
+        <v>1570</v>
       </c>
       <c r="E365" s="0" t="s">
-        <v>90</v>
+        <v>362</v>
       </c>
       <c r="F365" s="0" t="s">
-        <v>862</v>
+        <v>1481</v>
       </c>
       <c r="G365" s="0" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="H365" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I365" s="1" t="s">
-        <v>1563</v>
+        <v>1571</v>
       </c>
       <c r="J365" s="0"/>
       <c r="K365" s="0" t="s">
-        <v>1564</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L365" s="0"/>
     </row>
     <row r="366" spans="1:12" customHeight="1" ht="80">
       <c r="A366" s="0"/>
       <c r="B366" s="0" t="s">
-        <v>1565</v>
+        <v>1572</v>
       </c>
       <c r="C366" s="0" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>1567</v>
+        <v>1573</v>
+      </c>
+      <c r="D366" s="0">
+        <v>653967</v>
       </c>
       <c r="E366" s="0" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="F366" s="0" t="s">
-        <v>1484</v>
+        <v>868</v>
       </c>
       <c r="G366" s="0" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="H366" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I366" s="1" t="s">
-        <v>1568</v>
+        <v>1574</v>
       </c>
       <c r="J366" s="0"/>
       <c r="K366" s="0" t="s">
-        <v>1569</v>
+        <v>1396</v>
       </c>
       <c r="L366" s="0">
-        <v>36</v>
+        <v>1</v>
       </c>
     </row>
     <row r="367" spans="1:12" customHeight="1" ht="80">
       <c r="A367" s="0"/>
       <c r="B367" s="0" t="s">
-        <v>1570</v>
+        <v>1575</v>
       </c>
       <c r="C367" s="0" t="s">
-        <v>1571</v>
+        <v>1576</v>
       </c>
       <c r="D367" s="0" t="s">
-        <v>1572</v>
+        <v>1577</v>
       </c>
       <c r="E367" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F367" s="0" t="s">
-        <v>1479</v>
+        <v>1491</v>
       </c>
       <c r="G367" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H367" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I367" s="1" t="s">
-        <v>1568</v>
+        <v>1578</v>
       </c>
       <c r="J367" s="0"/>
       <c r="K367" s="0" t="s">
-        <v>748</v>
+        <v>1579</v>
       </c>
       <c r="L367" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="368" spans="1:12" customHeight="1" ht="80">
       <c r="A368" s="0"/>
       <c r="B368" s="0" t="s">
-        <v>1573</v>
+        <v>1580</v>
       </c>
       <c r="C368" s="0" t="s">
-        <v>1574</v>
+        <v>1581</v>
       </c>
       <c r="D368" s="0" t="s">
-        <v>1575</v>
+        <v>1582</v>
       </c>
       <c r="E368" s="0" t="s">
-        <v>1576</v>
+        <v>24</v>
       </c>
       <c r="F368" s="0" t="s">
-        <v>1577</v>
+        <v>1486</v>
       </c>
       <c r="G368" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="H368" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I368" s="1" t="s">
         <v>1578</v>
-      </c>
-[...4 lines deleted...]
-        <v>1579</v>
       </c>
       <c r="J368" s="0"/>
       <c r="K368" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L368" s="0"/>
+      <c r="L368" s="0">
+        <v>36</v>
+      </c>
     </row>
     <row r="369" spans="1:12" customHeight="1" ht="80">
       <c r="A369" s="0"/>
       <c r="B369" s="0" t="s">
-        <v>1580</v>
+        <v>1583</v>
       </c>
       <c r="C369" s="0" t="s">
-        <v>1581</v>
+        <v>1584</v>
       </c>
       <c r="D369" s="0" t="s">
-        <v>1582</v>
+        <v>1585</v>
       </c>
       <c r="E369" s="0" t="s">
-        <v>1576</v>
+        <v>1586</v>
       </c>
       <c r="F369" s="0" t="s">
-        <v>1577</v>
+        <v>1587</v>
       </c>
       <c r="G369" s="0" t="s">
-        <v>1578</v>
+        <v>1588</v>
       </c>
       <c r="H369" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I369" s="1" t="s">
-        <v>1583</v>
+        <v>1589</v>
       </c>
       <c r="J369" s="0"/>
       <c r="K369" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L369" s="0"/>
     </row>
     <row r="370" spans="1:12" customHeight="1" ht="80">
       <c r="A370" s="0"/>
       <c r="B370" s="0" t="s">
-        <v>1584</v>
+        <v>1590</v>
       </c>
       <c r="C370" s="0" t="s">
-        <v>1585</v>
+        <v>1591</v>
       </c>
       <c r="D370" s="0" t="s">
+        <v>1592</v>
+      </c>
+      <c r="E370" s="0" t="s">
         <v>1586</v>
-      </c>
-[...1 lines deleted...]
-        <v>1576</v>
       </c>
       <c r="F370" s="0" t="s">
         <v>1587</v>
       </c>
       <c r="G370" s="0" t="s">
-        <v>1578</v>
+        <v>1588</v>
       </c>
       <c r="H370" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I370" s="1" t="s">
-        <v>1588</v>
+        <v>1593</v>
       </c>
       <c r="J370" s="0"/>
       <c r="K370" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L370" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L370" s="0"/>
     </row>
     <row r="371" spans="1:12" customHeight="1" ht="80">
       <c r="A371" s="0"/>
       <c r="B371" s="0" t="s">
-        <v>1589</v>
+        <v>1594</v>
       </c>
       <c r="C371" s="0" t="s">
-        <v>1590</v>
+        <v>1595</v>
       </c>
       <c r="D371" s="0" t="s">
-        <v>1591</v>
+        <v>1596</v>
       </c>
       <c r="E371" s="0" t="s">
-        <v>1576</v>
+        <v>1586</v>
       </c>
       <c r="F371" s="0" t="s">
-        <v>1587</v>
+        <v>1597</v>
       </c>
       <c r="G371" s="0" t="s">
-        <v>1578</v>
+        <v>1588</v>
       </c>
       <c r="H371" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I371" s="1" t="s">
-        <v>1592</v>
+        <v>1598</v>
       </c>
       <c r="J371" s="0"/>
       <c r="K371" s="0" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="L371" s="0">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="372" spans="1:12" customHeight="1" ht="80">
       <c r="A372" s="0"/>
       <c r="B372" s="0" t="s">
-        <v>1593</v>
+        <v>1599</v>
       </c>
       <c r="C372" s="0" t="s">
-        <v>1594</v>
+        <v>1600</v>
       </c>
       <c r="D372" s="0" t="s">
-        <v>1595</v>
+        <v>1601</v>
       </c>
       <c r="E372" s="0" t="s">
-        <v>1576</v>
+        <v>1586</v>
       </c>
       <c r="F372" s="0" t="s">
-        <v>1587</v>
+        <v>1597</v>
       </c>
       <c r="G372" s="0" t="s">
-        <v>1578</v>
+        <v>1588</v>
       </c>
       <c r="H372" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I372" s="1" t="s">
-        <v>1596</v>
+        <v>1602</v>
       </c>
       <c r="J372" s="0"/>
       <c r="K372" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L372" s="0"/>
+      <c r="L372" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="373" spans="1:12" customHeight="1" ht="80">
       <c r="A373" s="0"/>
       <c r="B373" s="0" t="s">
+        <v>1603</v>
+      </c>
+      <c r="C373" s="0" t="s">
+        <v>1604</v>
+      </c>
+      <c r="D373" s="0" t="s">
+        <v>1605</v>
+      </c>
+      <c r="E373" s="0" t="s">
+        <v>1586</v>
+      </c>
+      <c r="F373" s="0" t="s">
         <v>1597</v>
       </c>
-      <c r="C373" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G373" s="0" t="s">
-        <v>1578</v>
+        <v>1588</v>
       </c>
       <c r="H373" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I373" s="1" t="s">
-        <v>1600</v>
+        <v>1606</v>
       </c>
       <c r="J373" s="0"/>
       <c r="K373" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L373" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L373" s="0"/>
     </row>
     <row r="374" spans="1:12" customHeight="1" ht="80">
       <c r="A374" s="0"/>
       <c r="B374" s="0" t="s">
-        <v>1601</v>
+        <v>1607</v>
       </c>
       <c r="C374" s="0" t="s">
-        <v>1602</v>
+        <v>1608</v>
       </c>
       <c r="D374" s="0" t="s">
-        <v>1603</v>
+        <v>1609</v>
       </c>
       <c r="E374" s="0" t="s">
-        <v>1576</v>
+        <v>1586</v>
       </c>
       <c r="F374" s="0" t="s">
-        <v>1587</v>
+        <v>1597</v>
       </c>
       <c r="G374" s="0" t="s">
-        <v>1578</v>
+        <v>1588</v>
       </c>
       <c r="H374" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I374" s="1" t="s">
-        <v>1604</v>
+        <v>1610</v>
       </c>
       <c r="J374" s="0"/>
       <c r="K374" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L374" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="375" spans="1:12" customHeight="1" ht="80">
       <c r="A375" s="0"/>
       <c r="B375" s="0" t="s">
-        <v>1605</v>
+        <v>1611</v>
       </c>
       <c r="C375" s="0" t="s">
-        <v>1606</v>
+        <v>1612</v>
       </c>
       <c r="D375" s="0" t="s">
-        <v>1607</v>
+        <v>1613</v>
       </c>
       <c r="E375" s="0" t="s">
-        <v>1576</v>
+        <v>1586</v>
       </c>
       <c r="F375" s="0" t="s">
-        <v>1608</v>
+        <v>1597</v>
       </c>
       <c r="G375" s="0" t="s">
-        <v>1578</v>
+        <v>1588</v>
       </c>
       <c r="H375" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I375" s="1" t="s">
-        <v>1609</v>
+        <v>1614</v>
       </c>
       <c r="J375" s="0"/>
       <c r="K375" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L375" s="0"/>
+      <c r="L375" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="376" spans="1:12" customHeight="1" ht="80">
       <c r="A376" s="0"/>
       <c r="B376" s="0" t="s">
-        <v>1610</v>
+        <v>1615</v>
       </c>
       <c r="C376" s="0" t="s">
-        <v>1611</v>
+        <v>1616</v>
       </c>
       <c r="D376" s="0" t="s">
-        <v>1612</v>
+        <v>1617</v>
       </c>
       <c r="E376" s="0" t="s">
-        <v>1576</v>
+        <v>1586</v>
       </c>
       <c r="F376" s="0" t="s">
-        <v>1608</v>
+        <v>1618</v>
       </c>
       <c r="G376" s="0" t="s">
-        <v>1578</v>
+        <v>1588</v>
       </c>
       <c r="H376" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I376" s="1" t="s">
-        <v>1613</v>
+        <v>1619</v>
       </c>
       <c r="J376" s="0"/>
       <c r="K376" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L376" s="0"/>
     </row>
     <row r="377" spans="1:12" customHeight="1" ht="80">
       <c r="A377" s="0"/>
       <c r="B377" s="0" t="s">
-        <v>1614</v>
+        <v>1620</v>
       </c>
       <c r="C377" s="0" t="s">
-        <v>1615</v>
+        <v>1621</v>
       </c>
       <c r="D377" s="0" t="s">
-        <v>1616</v>
+        <v>1622</v>
       </c>
       <c r="E377" s="0" t="s">
-        <v>1617</v>
+        <v>1586</v>
       </c>
       <c r="F377" s="0" t="s">
         <v>1618</v>
       </c>
       <c r="G377" s="0" t="s">
-        <v>26</v>
+        <v>1588</v>
       </c>
       <c r="H377" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I377" s="1" t="s">
-        <v>586</v>
+        <v>1623</v>
       </c>
       <c r="J377" s="0"/>
       <c r="K377" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L377" s="0"/>
     </row>
     <row r="378" spans="1:12" customHeight="1" ht="80">
       <c r="A378" s="0"/>
       <c r="B378" s="0" t="s">
-        <v>1619</v>
+        <v>1624</v>
       </c>
       <c r="C378" s="0" t="s">
-        <v>1620</v>
+        <v>1625</v>
       </c>
       <c r="D378" s="0" t="s">
-        <v>1621</v>
+        <v>1626</v>
       </c>
       <c r="E378" s="0" t="s">
-        <v>1494</v>
+        <v>1627</v>
       </c>
       <c r="F378" s="0" t="s">
-        <v>1622</v>
+        <v>1628</v>
       </c>
       <c r="G378" s="0" t="s">
-        <v>121</v>
+        <v>26</v>
       </c>
       <c r="H378" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I378" s="1" t="s">
-        <v>1623</v>
+        <v>600</v>
       </c>
       <c r="J378" s="0"/>
       <c r="K378" s="0" t="s">
-        <v>45</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L378" s="0"/>
     </row>
     <row r="379" spans="1:12" customHeight="1" ht="80">
       <c r="A379" s="0"/>
       <c r="B379" s="0" t="s">
-        <v>1624</v>
+        <v>1629</v>
       </c>
       <c r="C379" s="0" t="s">
-        <v>1625</v>
+        <v>1630</v>
       </c>
       <c r="D379" s="0" t="s">
-        <v>1626</v>
+        <v>1631</v>
       </c>
       <c r="E379" s="0" t="s">
-        <v>1494</v>
+        <v>1501</v>
       </c>
       <c r="F379" s="0" t="s">
-        <v>1622</v>
+        <v>1632</v>
       </c>
       <c r="G379" s="0" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="H379" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I379" s="1" t="s">
-        <v>1627</v>
+        <v>1633</v>
       </c>
       <c r="J379" s="0"/>
       <c r="K379" s="0" t="s">
-        <v>72</v>
+        <v>269</v>
       </c>
       <c r="L379" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="380" spans="1:12" customHeight="1" ht="80">
       <c r="A380" s="0"/>
       <c r="B380" s="0" t="s">
-        <v>1628</v>
+        <v>1634</v>
       </c>
       <c r="C380" s="0" t="s">
-        <v>1629</v>
+        <v>1635</v>
       </c>
       <c r="D380" s="0" t="s">
-        <v>1630</v>
+        <v>1636</v>
       </c>
       <c r="E380" s="0" t="s">
-        <v>1494</v>
+        <v>1501</v>
       </c>
       <c r="F380" s="0" t="s">
-        <v>1622</v>
+        <v>1632</v>
       </c>
       <c r="G380" s="0" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="H380" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I380" s="1" t="s">
-        <v>1631</v>
+        <v>1637</v>
       </c>
       <c r="J380" s="0"/>
       <c r="K380" s="0" t="s">
-        <v>72</v>
+        <v>28</v>
       </c>
       <c r="L380" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="381" spans="1:12" customHeight="1" ht="80">
       <c r="A381" s="0"/>
       <c r="B381" s="0" t="s">
+        <v>1638</v>
+      </c>
+      <c r="C381" s="0" t="s">
+        <v>1639</v>
+      </c>
+      <c r="D381" s="0" t="s">
+        <v>1640</v>
+      </c>
+      <c r="E381" s="0" t="s">
+        <v>1501</v>
+      </c>
+      <c r="F381" s="0" t="s">
         <v>1632</v>
       </c>
-      <c r="C381" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G381" s="0" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="H381" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I381" s="1" t="s">
-        <v>97</v>
+        <v>1641</v>
       </c>
       <c r="J381" s="0"/>
       <c r="K381" s="0" t="s">
-        <v>72</v>
+        <v>28</v>
       </c>
       <c r="L381" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="382" spans="1:12" customHeight="1" ht="80">
       <c r="A382" s="0"/>
       <c r="B382" s="0" t="s">
-        <v>1635</v>
+        <v>1642</v>
       </c>
       <c r="C382" s="0" t="s">
-        <v>1636</v>
-[...2 lines deleted...]
-        <v>9633409</v>
+        <v>1643</v>
+      </c>
+      <c r="D382" s="0" t="s">
+        <v>1644</v>
       </c>
       <c r="E382" s="0" t="s">
-        <v>1254</v>
+        <v>1501</v>
       </c>
       <c r="F382" s="0" t="s">
-        <v>1637</v>
+        <v>1632</v>
       </c>
       <c r="G382" s="0" t="s">
-        <v>509</v>
+        <v>129</v>
       </c>
       <c r="H382" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I382" s="1" t="s">
-        <v>1638</v>
+        <v>105</v>
       </c>
       <c r="J382" s="0"/>
       <c r="K382" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L382" s="0"/>
+        <v>160</v>
+      </c>
+      <c r="L382" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="383" spans="1:12" customHeight="1" ht="80">
       <c r="A383" s="0"/>
       <c r="B383" s="0" t="s">
-        <v>1639</v>
+        <v>1645</v>
       </c>
       <c r="C383" s="0" t="s">
-        <v>1640</v>
+        <v>1646</v>
       </c>
       <c r="D383" s="0">
-        <v>522395</v>
+        <v>9633409</v>
       </c>
       <c r="E383" s="0" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="F383" s="0" t="s">
-        <v>1641</v>
+        <v>1647</v>
       </c>
       <c r="G383" s="0" t="s">
-        <v>509</v>
+        <v>524</v>
       </c>
       <c r="H383" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I383" s="1" t="s">
-        <v>1642</v>
+        <v>1648</v>
       </c>
       <c r="J383" s="0"/>
       <c r="K383" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L383" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L383" s="0"/>
     </row>
     <row r="384" spans="1:12" customHeight="1" ht="80">
       <c r="A384" s="0"/>
       <c r="B384" s="0" t="s">
-        <v>1643</v>
+        <v>1649</v>
       </c>
       <c r="C384" s="0" t="s">
-        <v>1644</v>
-[...2 lines deleted...]
-        <v>1645</v>
+        <v>1650</v>
+      </c>
+      <c r="D384" s="0">
+        <v>522395</v>
       </c>
       <c r="E384" s="0" t="s">
-        <v>330</v>
-[...1 lines deleted...]
-      <c r="F384" s="0"/>
+        <v>1256</v>
+      </c>
+      <c r="F384" s="0" t="s">
+        <v>1651</v>
+      </c>
       <c r="G384" s="0" t="s">
-        <v>332</v>
+        <v>524</v>
       </c>
       <c r="H384" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I384" s="1" t="s">
-        <v>137</v>
+        <v>1652</v>
       </c>
       <c r="J384" s="0"/>
       <c r="K384" s="0" t="s">
-        <v>1646</v>
+        <v>20</v>
       </c>
       <c r="L384" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="385" spans="1:12" customHeight="1" ht="80">
       <c r="A385" s="0"/>
       <c r="B385" s="0" t="s">
-        <v>1647</v>
+        <v>1653</v>
       </c>
       <c r="C385" s="0" t="s">
-        <v>1648</v>
+        <v>1654</v>
       </c>
       <c r="D385" s="0" t="s">
-        <v>1649</v>
+        <v>1655</v>
       </c>
       <c r="E385" s="0" t="s">
-        <v>1112</v>
+        <v>341</v>
       </c>
       <c r="F385" s="0"/>
       <c r="G385" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H385" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I385" s="1" t="s">
-        <v>981</v>
+        <v>1656</v>
       </c>
       <c r="J385" s="0"/>
       <c r="K385" s="0" t="s">
-        <v>20</v>
+        <v>1657</v>
       </c>
       <c r="L385" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="386" spans="1:12" customHeight="1" ht="80">
       <c r="A386" s="0"/>
       <c r="B386" s="0" t="s">
-        <v>1650</v>
+        <v>1658</v>
       </c>
       <c r="C386" s="0" t="s">
-        <v>1651</v>
+        <v>1659</v>
       </c>
       <c r="D386" s="0" t="s">
-        <v>1652</v>
+        <v>1660</v>
       </c>
       <c r="E386" s="0" t="s">
-        <v>351</v>
-[...3 lines deleted...]
-      </c>
+        <v>1115</v>
+      </c>
+      <c r="F386" s="0"/>
       <c r="G386" s="0" t="s">
-        <v>33</v>
+        <v>343</v>
       </c>
       <c r="H386" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I386" s="1" t="s">
-        <v>1654</v>
+        <v>987</v>
       </c>
       <c r="J386" s="0"/>
       <c r="K386" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L386" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="387" spans="1:12" customHeight="1" ht="80">
       <c r="A387" s="0"/>
       <c r="B387" s="0" t="s">
-        <v>1655</v>
+        <v>1661</v>
       </c>
       <c r="C387" s="0" t="s">
-        <v>1656</v>
+        <v>1662</v>
       </c>
       <c r="D387" s="0" t="s">
-        <v>1657</v>
+        <v>1663</v>
       </c>
       <c r="E387" s="0" t="s">
-        <v>1658</v>
+        <v>362</v>
       </c>
       <c r="F387" s="0" t="s">
-        <v>1093</v>
+        <v>1664</v>
       </c>
       <c r="G387" s="0" t="s">
-        <v>708</v>
+        <v>33</v>
       </c>
       <c r="H387" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I387" s="1" t="s">
-        <v>1659</v>
+        <v>1665</v>
       </c>
       <c r="J387" s="0"/>
       <c r="K387" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L387" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="388" spans="1:12" customHeight="1" ht="80">
       <c r="A388" s="0"/>
       <c r="B388" s="0" t="s">
-        <v>1660</v>
+        <v>1666</v>
       </c>
       <c r="C388" s="0" t="s">
-        <v>1661</v>
+        <v>1667</v>
       </c>
       <c r="D388" s="0" t="s">
-        <v>1662</v>
+        <v>1668</v>
       </c>
       <c r="E388" s="0" t="s">
-        <v>351</v>
+        <v>1669</v>
       </c>
       <c r="F388" s="0" t="s">
-        <v>1663</v>
+        <v>1096</v>
       </c>
       <c r="G388" s="0" t="s">
-        <v>33</v>
+        <v>720</v>
       </c>
       <c r="H388" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I388" s="1" t="s">
-        <v>1664</v>
+        <v>1670</v>
       </c>
       <c r="J388" s="0"/>
       <c r="K388" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L388" s="0"/>
+      <c r="L388" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="389" spans="1:12" customHeight="1" ht="80">
       <c r="A389" s="0"/>
       <c r="B389" s="0" t="s">
-        <v>1665</v>
+        <v>1671</v>
       </c>
       <c r="C389" s="0" t="s">
-        <v>1666</v>
-[...2 lines deleted...]
-        <v>9209008</v>
+        <v>1672</v>
+      </c>
+      <c r="D389" s="0" t="s">
+        <v>1673</v>
       </c>
       <c r="E389" s="0" t="s">
-        <v>1254</v>
+        <v>362</v>
       </c>
       <c r="F389" s="0" t="s">
-        <v>1667</v>
+        <v>1674</v>
       </c>
       <c r="G389" s="0" t="s">
-        <v>509</v>
+        <v>33</v>
       </c>
       <c r="H389" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I389" s="1" t="s">
-        <v>282</v>
+        <v>1675</v>
       </c>
       <c r="J389" s="0"/>
       <c r="K389" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L389" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L389" s="0"/>
     </row>
     <row r="390" spans="1:12" customHeight="1" ht="80">
       <c r="A390" s="0"/>
       <c r="B390" s="0" t="s">
-        <v>1668</v>
+        <v>1676</v>
       </c>
       <c r="C390" s="0" t="s">
-        <v>1669</v>
+        <v>1677</v>
       </c>
       <c r="D390" s="0">
-        <v>2552616</v>
+        <v>9209008</v>
       </c>
       <c r="E390" s="0" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="F390" s="0" t="s">
-        <v>1670</v>
+        <v>1678</v>
       </c>
       <c r="G390" s="0" t="s">
-        <v>509</v>
+        <v>524</v>
       </c>
       <c r="H390" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I390" s="1" t="s">
-        <v>1671</v>
+        <v>292</v>
       </c>
       <c r="J390" s="0"/>
       <c r="K390" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L390" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="391" spans="1:12" customHeight="1" ht="80">
       <c r="A391" s="0"/>
       <c r="B391" s="0" t="s">
-        <v>1672</v>
+        <v>1679</v>
       </c>
       <c r="C391" s="0" t="s">
-        <v>1673</v>
+        <v>1680</v>
       </c>
       <c r="D391" s="0">
-        <v>2552614</v>
+        <v>2552616</v>
       </c>
       <c r="E391" s="0" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="F391" s="0" t="s">
-        <v>1670</v>
+        <v>1681</v>
       </c>
       <c r="G391" s="0" t="s">
-        <v>509</v>
+        <v>524</v>
       </c>
       <c r="H391" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I391" s="1" t="s">
-        <v>1674</v>
+        <v>1682</v>
       </c>
       <c r="J391" s="0"/>
       <c r="K391" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L391" s="0"/>
+      <c r="L391" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="392" spans="1:12" customHeight="1" ht="80">
       <c r="A392" s="0"/>
       <c r="B392" s="0" t="s">
-        <v>1675</v>
+        <v>1683</v>
       </c>
       <c r="C392" s="0" t="s">
-        <v>1676</v>
+        <v>1684</v>
       </c>
       <c r="D392" s="0">
-        <v>2552620</v>
+        <v>2552614</v>
       </c>
       <c r="E392" s="0" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="F392" s="0" t="s">
-        <v>1670</v>
+        <v>1681</v>
       </c>
       <c r="G392" s="0" t="s">
-        <v>509</v>
+        <v>524</v>
       </c>
       <c r="H392" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I392" s="1" t="s">
-        <v>1677</v>
+        <v>1685</v>
       </c>
       <c r="J392" s="0"/>
       <c r="K392" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L392" s="0"/>
     </row>
     <row r="393" spans="1:12" customHeight="1" ht="80">
       <c r="A393" s="0"/>
       <c r="B393" s="0" t="s">
-        <v>1678</v>
+        <v>1686</v>
       </c>
       <c r="C393" s="0" t="s">
-        <v>1679</v>
+        <v>1687</v>
       </c>
       <c r="D393" s="0">
-        <v>9633319</v>
+        <v>2552620</v>
       </c>
       <c r="E393" s="0" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="F393" s="0" t="s">
-        <v>1637</v>
+        <v>1681</v>
       </c>
       <c r="G393" s="0" t="s">
-        <v>509</v>
+        <v>524</v>
       </c>
       <c r="H393" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I393" s="1" t="s">
-        <v>1680</v>
+        <v>1688</v>
       </c>
       <c r="J393" s="0"/>
       <c r="K393" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L393" s="0"/>
     </row>
     <row r="394" spans="1:12" customHeight="1" ht="80">
       <c r="A394" s="0"/>
       <c r="B394" s="0" t="s">
-        <v>1681</v>
+        <v>1689</v>
       </c>
       <c r="C394" s="0" t="s">
-        <v>1682</v>
+        <v>1690</v>
       </c>
       <c r="D394" s="0">
-        <v>9633609</v>
+        <v>9633319</v>
       </c>
       <c r="E394" s="0" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="F394" s="0" t="s">
-        <v>1637</v>
+        <v>1647</v>
       </c>
       <c r="G394" s="0" t="s">
-        <v>509</v>
+        <v>524</v>
       </c>
       <c r="H394" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I394" s="1" t="s">
-        <v>1680</v>
+        <v>1691</v>
       </c>
       <c r="J394" s="0"/>
       <c r="K394" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L394" s="0"/>
     </row>
     <row r="395" spans="1:12" customHeight="1" ht="80">
       <c r="A395" s="0"/>
       <c r="B395" s="0" t="s">
-        <v>1683</v>
+        <v>1692</v>
       </c>
       <c r="C395" s="0" t="s">
-        <v>1684</v>
+        <v>1693</v>
       </c>
       <c r="D395" s="0">
-        <v>2161007</v>
+        <v>9633609</v>
       </c>
       <c r="E395" s="0" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="F395" s="0" t="s">
-        <v>1685</v>
+        <v>1647</v>
       </c>
       <c r="G395" s="0" t="s">
-        <v>509</v>
+        <v>524</v>
       </c>
       <c r="H395" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I395" s="1" t="s">
-        <v>1686</v>
+        <v>1691</v>
       </c>
       <c r="J395" s="0"/>
       <c r="K395" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L395" s="0"/>
     </row>
     <row r="396" spans="1:12" customHeight="1" ht="80">
       <c r="A396" s="0"/>
       <c r="B396" s="0" t="s">
-        <v>1687</v>
+        <v>1694</v>
       </c>
       <c r="C396" s="0" t="s">
-        <v>1688</v>
+        <v>1695</v>
       </c>
       <c r="D396" s="0">
-        <v>2161110</v>
+        <v>2161007</v>
       </c>
       <c r="E396" s="0" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="F396" s="0" t="s">
-        <v>1685</v>
+        <v>1696</v>
       </c>
       <c r="G396" s="0" t="s">
-        <v>509</v>
+        <v>524</v>
       </c>
       <c r="H396" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I396" s="1" t="s">
-        <v>1689</v>
+        <v>1697</v>
       </c>
       <c r="J396" s="0"/>
       <c r="K396" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L396" s="0"/>
     </row>
     <row r="397" spans="1:12" customHeight="1" ht="80">
       <c r="A397" s="0"/>
       <c r="B397" s="0" t="s">
-        <v>1690</v>
+        <v>1698</v>
       </c>
       <c r="C397" s="0" t="s">
-        <v>1691</v>
+        <v>1699</v>
       </c>
       <c r="D397" s="0">
-        <v>6624111</v>
+        <v>2161110</v>
       </c>
       <c r="E397" s="0" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="F397" s="0" t="s">
-        <v>1692</v>
+        <v>1696</v>
       </c>
       <c r="G397" s="0" t="s">
-        <v>509</v>
+        <v>524</v>
       </c>
       <c r="H397" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I397" s="1" t="s">
-        <v>1693</v>
+        <v>1700</v>
       </c>
       <c r="J397" s="0"/>
       <c r="K397" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L397" s="0"/>
     </row>
     <row r="398" spans="1:12" customHeight="1" ht="80">
       <c r="A398" s="0"/>
       <c r="B398" s="0" t="s">
-        <v>1694</v>
+        <v>1701</v>
       </c>
       <c r="C398" s="0" t="s">
-        <v>1695</v>
+        <v>1702</v>
       </c>
       <c r="D398" s="0">
-        <v>6624211</v>
+        <v>6624111</v>
       </c>
       <c r="E398" s="0" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="F398" s="0" t="s">
-        <v>1692</v>
+        <v>1703</v>
       </c>
       <c r="G398" s="0" t="s">
-        <v>509</v>
+        <v>524</v>
       </c>
       <c r="H398" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I398" s="1" t="s">
-        <v>1696</v>
+        <v>1704</v>
       </c>
       <c r="J398" s="0"/>
       <c r="K398" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L398" s="0"/>
     </row>
     <row r="399" spans="1:12" customHeight="1" ht="80">
       <c r="A399" s="0"/>
       <c r="B399" s="0" t="s">
-        <v>1697</v>
+        <v>1705</v>
       </c>
       <c r="C399" s="0" t="s">
-        <v>1698</v>
+        <v>1706</v>
       </c>
       <c r="D399" s="0">
-        <v>9632010</v>
+        <v>6624211</v>
       </c>
       <c r="E399" s="0" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="F399" s="0" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="G399" s="0" t="s">
-        <v>509</v>
+        <v>524</v>
       </c>
       <c r="H399" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I399" s="1" t="s">
-        <v>1700</v>
+        <v>1707</v>
       </c>
       <c r="J399" s="0"/>
       <c r="K399" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L399" s="0"/>
     </row>
     <row r="400" spans="1:12" customHeight="1" ht="80">
       <c r="A400" s="0"/>
       <c r="B400" s="0" t="s">
-        <v>1701</v>
+        <v>1708</v>
       </c>
       <c r="C400" s="0" t="s">
-        <v>1702</v>
+        <v>1709</v>
       </c>
       <c r="D400" s="0">
-        <v>4370009</v>
+        <v>9632010</v>
       </c>
       <c r="E400" s="0" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="F400" s="0" t="s">
-        <v>1703</v>
+        <v>1710</v>
       </c>
       <c r="G400" s="0" t="s">
-        <v>509</v>
+        <v>524</v>
       </c>
       <c r="H400" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I400" s="1" t="s">
-        <v>1704</v>
+        <v>1711</v>
       </c>
       <c r="J400" s="0"/>
       <c r="K400" s="0" t="s">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L400" s="0"/>
     </row>
     <row r="401" spans="1:12" customHeight="1" ht="80">
       <c r="A401" s="0"/>
       <c r="B401" s="0" t="s">
-        <v>1705</v>
+        <v>1712</v>
       </c>
       <c r="C401" s="0" t="s">
-        <v>1706</v>
+        <v>1713</v>
       </c>
       <c r="D401" s="0">
-        <v>4370010</v>
+        <v>4370009</v>
       </c>
       <c r="E401" s="0" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="F401" s="0" t="s">
-        <v>1703</v>
+        <v>1714</v>
       </c>
       <c r="G401" s="0" t="s">
-        <v>509</v>
+        <v>524</v>
       </c>
       <c r="H401" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I401" s="1" t="s">
-        <v>1707</v>
+        <v>1715</v>
       </c>
       <c r="J401" s="0"/>
       <c r="K401" s="0" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="L401" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="402" spans="1:12" customHeight="1" ht="80">
       <c r="A402" s="0"/>
       <c r="B402" s="0" t="s">
-        <v>1708</v>
+        <v>1716</v>
       </c>
       <c r="C402" s="0" t="s">
-        <v>1709</v>
+        <v>1717</v>
       </c>
       <c r="D402" s="0">
-        <v>4360010</v>
+        <v>4370010</v>
       </c>
       <c r="E402" s="0" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="F402" s="0" t="s">
-        <v>1703</v>
+        <v>1714</v>
       </c>
       <c r="G402" s="0" t="s">
-        <v>509</v>
+        <v>524</v>
       </c>
       <c r="H402" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I402" s="1" t="s">
-        <v>1707</v>
+        <v>1718</v>
       </c>
       <c r="J402" s="0"/>
       <c r="K402" s="0" t="s">
-        <v>76</v>
+        <v>269</v>
       </c>
       <c r="L402" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="403" spans="1:12" customHeight="1" ht="80">
       <c r="A403" s="0"/>
       <c r="B403" s="0" t="s">
-        <v>1710</v>
+        <v>1719</v>
       </c>
       <c r="C403" s="0" t="s">
-        <v>1711</v>
+        <v>1720</v>
       </c>
       <c r="D403" s="0">
-        <v>4360009</v>
+        <v>4360010</v>
       </c>
       <c r="E403" s="0" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="F403" s="0" t="s">
-        <v>1703</v>
+        <v>1714</v>
       </c>
       <c r="G403" s="0" t="s">
-        <v>509</v>
+        <v>524</v>
       </c>
       <c r="H403" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I403" s="1" t="s">
-        <v>1704</v>
+        <v>1718</v>
       </c>
       <c r="J403" s="0"/>
       <c r="K403" s="0" t="s">
-        <v>748</v>
+        <v>64</v>
       </c>
       <c r="L403" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="404" spans="1:12" customHeight="1" ht="80">
       <c r="A404" s="0"/>
       <c r="B404" s="0" t="s">
-        <v>1712</v>
+        <v>1721</v>
       </c>
       <c r="C404" s="0" t="s">
-        <v>1713</v>
+        <v>1722</v>
       </c>
       <c r="D404" s="0">
-        <v>4380010</v>
+        <v>4360009</v>
       </c>
       <c r="E404" s="0" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="F404" s="0" t="s">
-        <v>1703</v>
+        <v>1714</v>
       </c>
       <c r="G404" s="0" t="s">
-        <v>509</v>
+        <v>524</v>
       </c>
       <c r="H404" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I404" s="1" t="s">
-        <v>1707</v>
+        <v>1715</v>
       </c>
       <c r="J404" s="0"/>
       <c r="K404" s="0" t="s">
-        <v>72</v>
+        <v>215</v>
       </c>
       <c r="L404" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="405" spans="1:12" customHeight="1" ht="80">
       <c r="A405" s="0"/>
       <c r="B405" s="0" t="s">
+        <v>1723</v>
+      </c>
+      <c r="C405" s="0" t="s">
+        <v>1724</v>
+      </c>
+      <c r="D405" s="0">
+        <v>4380010</v>
+      </c>
+      <c r="E405" s="0" t="s">
+        <v>1256</v>
+      </c>
+      <c r="F405" s="0" t="s">
         <v>1714</v>
       </c>
-      <c r="C405" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G405" s="0" t="s">
-        <v>708</v>
+        <v>524</v>
       </c>
       <c r="H405" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I405" s="1" t="s">
         <v>1718</v>
       </c>
       <c r="J405" s="0"/>
       <c r="K405" s="0" t="s">
-        <v>1719</v>
+        <v>28</v>
       </c>
       <c r="L405" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="406" spans="1:12" customHeight="1" ht="80">
       <c r="A406" s="0"/>
       <c r="B406" s="0" t="s">
-        <v>1720</v>
+        <v>1725</v>
       </c>
       <c r="C406" s="0" t="s">
-        <v>1721</v>
-[...2 lines deleted...]
-        <v>4380012</v>
+        <v>1726</v>
+      </c>
+      <c r="D406" s="0" t="s">
+        <v>1727</v>
       </c>
       <c r="E406" s="0" t="s">
-        <v>1254</v>
+        <v>1418</v>
       </c>
       <c r="F406" s="0" t="s">
-        <v>1703</v>
+        <v>1728</v>
       </c>
       <c r="G406" s="0" t="s">
-        <v>509</v>
+        <v>720</v>
       </c>
       <c r="H406" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I406" s="1" t="s">
-        <v>1722</v>
+        <v>1729</v>
       </c>
       <c r="J406" s="0"/>
       <c r="K406" s="0" t="s">
-        <v>805</v>
+        <v>1730</v>
       </c>
       <c r="L406" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="407" spans="1:12" customHeight="1" ht="80">
       <c r="A407" s="0"/>
       <c r="B407" s="0" t="s">
-        <v>1723</v>
+        <v>1731</v>
       </c>
       <c r="C407" s="0" t="s">
-        <v>1724</v>
+        <v>1732</v>
       </c>
       <c r="D407" s="0">
-        <v>4370012</v>
+        <v>4380012</v>
       </c>
       <c r="E407" s="0" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="F407" s="0" t="s">
-        <v>1703</v>
+        <v>1714</v>
       </c>
       <c r="G407" s="0" t="s">
-        <v>509</v>
+        <v>524</v>
       </c>
       <c r="H407" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I407" s="1" t="s">
-        <v>1725</v>
+        <v>1733</v>
       </c>
       <c r="J407" s="0"/>
       <c r="K407" s="0" t="s">
-        <v>72</v>
+        <v>705</v>
       </c>
       <c r="L407" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="408" spans="1:12" customHeight="1" ht="80">
       <c r="A408" s="0"/>
       <c r="B408" s="0" t="s">
-        <v>1726</v>
+        <v>1734</v>
       </c>
       <c r="C408" s="0" t="s">
-        <v>1727</v>
+        <v>1735</v>
       </c>
       <c r="D408" s="0">
-        <v>4360012</v>
+        <v>4370012</v>
       </c>
       <c r="E408" s="0" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="F408" s="0" t="s">
-        <v>1703</v>
+        <v>1714</v>
       </c>
       <c r="G408" s="0" t="s">
-        <v>509</v>
+        <v>524</v>
       </c>
       <c r="H408" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I408" s="1" t="s">
-        <v>1728</v>
+        <v>1736</v>
       </c>
       <c r="J408" s="0"/>
       <c r="K408" s="0" t="s">
-        <v>684</v>
+        <v>28</v>
       </c>
       <c r="L408" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="409" spans="1:12" customHeight="1" ht="80">
       <c r="A409" s="0"/>
       <c r="B409" s="0" t="s">
-        <v>1729</v>
+        <v>1737</v>
       </c>
       <c r="C409" s="0" t="s">
-        <v>1730</v>
+        <v>1738</v>
       </c>
       <c r="D409" s="0">
-        <v>4380009</v>
+        <v>4360012</v>
       </c>
       <c r="E409" s="0" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="F409" s="0" t="s">
-        <v>1703</v>
+        <v>1714</v>
       </c>
       <c r="G409" s="0" t="s">
-        <v>509</v>
+        <v>524</v>
       </c>
       <c r="H409" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I409" s="1" t="s">
-        <v>1731</v>
+        <v>1739</v>
       </c>
       <c r="J409" s="0"/>
       <c r="K409" s="0" t="s">
-        <v>72</v>
+        <v>705</v>
       </c>
       <c r="L409" s="0">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="410" spans="1:12" customHeight="1" ht="80">
       <c r="A410" s="0"/>
       <c r="B410" s="0" t="s">
-        <v>1732</v>
+        <v>1740</v>
       </c>
       <c r="C410" s="0" t="s">
-        <v>1733</v>
+        <v>1741</v>
       </c>
       <c r="D410" s="0">
-        <v>3445007</v>
+        <v>4380009</v>
       </c>
       <c r="E410" s="0" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="F410" s="0" t="s">
-        <v>1734</v>
+        <v>1714</v>
       </c>
       <c r="G410" s="0" t="s">
-        <v>509</v>
+        <v>524</v>
       </c>
       <c r="H410" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I410" s="1" t="s">
-        <v>1735</v>
+        <v>1742</v>
       </c>
       <c r="J410" s="0"/>
       <c r="K410" s="0" t="s">
-        <v>1736</v>
+        <v>28</v>
       </c>
       <c r="L410" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="411" spans="1:12" customHeight="1" ht="80">
       <c r="A411" s="0"/>
       <c r="B411" s="0" t="s">
-        <v>1737</v>
+        <v>1743</v>
       </c>
       <c r="C411" s="0" t="s">
-        <v>1738</v>
+        <v>1744</v>
       </c>
       <c r="D411" s="0">
-        <v>3745007</v>
+        <v>3445007</v>
       </c>
       <c r="E411" s="0" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="F411" s="0" t="s">
-        <v>1739</v>
+        <v>1745</v>
       </c>
       <c r="G411" s="0" t="s">
-        <v>509</v>
+        <v>524</v>
       </c>
       <c r="H411" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I411" s="1" t="s">
-        <v>1740</v>
+        <v>1746</v>
       </c>
       <c r="J411" s="0"/>
       <c r="K411" s="0" t="s">
-        <v>1741</v>
+        <v>178</v>
       </c>
       <c r="L411" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="412" spans="1:12" customHeight="1" ht="80">
       <c r="A412" s="0"/>
       <c r="B412" s="0" t="s">
-        <v>1742</v>
+        <v>1747</v>
       </c>
       <c r="C412" s="0" t="s">
-        <v>1743</v>
+        <v>1748</v>
       </c>
       <c r="D412" s="0">
-        <v>3745009</v>
+        <v>3745007</v>
       </c>
       <c r="E412" s="0" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="F412" s="0" t="s">
-        <v>1739</v>
+        <v>1749</v>
       </c>
       <c r="G412" s="0" t="s">
-        <v>509</v>
+        <v>524</v>
       </c>
       <c r="H412" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I412" s="1" t="s">
-        <v>1704</v>
+        <v>1750</v>
       </c>
       <c r="J412" s="0"/>
       <c r="K412" s="0" t="s">
-        <v>1744</v>
+        <v>28</v>
       </c>
       <c r="L412" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="413" spans="1:12" customHeight="1" ht="80">
       <c r="A413" s="0"/>
       <c r="B413" s="0" t="s">
-        <v>1745</v>
+        <v>1751</v>
       </c>
       <c r="C413" s="0" t="s">
-        <v>1746</v>
+        <v>1752</v>
       </c>
       <c r="D413" s="0">
-        <v>3445009</v>
+        <v>3745009</v>
       </c>
       <c r="E413" s="0" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="F413" s="0" t="s">
-        <v>1734</v>
+        <v>1749</v>
       </c>
       <c r="G413" s="0" t="s">
-        <v>509</v>
+        <v>524</v>
       </c>
       <c r="H413" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I413" s="1" t="s">
-        <v>1747</v>
+        <v>1715</v>
       </c>
       <c r="J413" s="0"/>
       <c r="K413" s="0" t="s">
-        <v>72</v>
+        <v>28</v>
       </c>
       <c r="L413" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="414" spans="1:12" customHeight="1" ht="80">
       <c r="A414" s="0"/>
       <c r="B414" s="0" t="s">
-        <v>1748</v>
+        <v>1753</v>
       </c>
       <c r="C414" s="0" t="s">
-        <v>1749</v>
-[...2 lines deleted...]
-        <v>1750</v>
+        <v>1754</v>
+      </c>
+      <c r="D414" s="0">
+        <v>3445009</v>
       </c>
       <c r="E414" s="0" t="s">
-        <v>1751</v>
+        <v>1256</v>
       </c>
       <c r="F414" s="0" t="s">
-        <v>1752</v>
+        <v>1745</v>
       </c>
       <c r="G414" s="0" t="s">
-        <v>332</v>
+        <v>524</v>
       </c>
       <c r="H414" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I414" s="1" t="s">
-        <v>1753</v>
+        <v>1755</v>
       </c>
       <c r="J414" s="0"/>
       <c r="K414" s="0" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="L414" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="415" spans="1:12" customHeight="1" ht="80">
       <c r="A415" s="0"/>
       <c r="B415" s="0" t="s">
-        <v>1754</v>
+        <v>1756</v>
       </c>
       <c r="C415" s="0" t="s">
-        <v>1755</v>
+        <v>1757</v>
       </c>
       <c r="D415" s="0" t="s">
-        <v>1756</v>
+        <v>1758</v>
       </c>
       <c r="E415" s="0" t="s">
-        <v>1751</v>
+        <v>1759</v>
       </c>
       <c r="F415" s="0" t="s">
-        <v>1752</v>
+        <v>1760</v>
       </c>
       <c r="G415" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H415" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I415" s="1" t="s">
-        <v>1757</v>
+        <v>1761</v>
       </c>
       <c r="J415" s="0"/>
       <c r="K415" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L415" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="416" spans="1:12" customHeight="1" ht="80">
       <c r="A416" s="0"/>
       <c r="B416" s="0" t="s">
-        <v>1758</v>
+        <v>1762</v>
       </c>
       <c r="C416" s="0" t="s">
+        <v>1763</v>
+      </c>
+      <c r="D416" s="0" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E416" s="0" t="s">
         <v>1759</v>
       </c>
-      <c r="D416" s="0" t="s">
+      <c r="F416" s="0" t="s">
         <v>1760</v>
       </c>
-      <c r="E416" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G416" s="0" t="s">
-        <v>59</v>
+        <v>343</v>
       </c>
       <c r="H416" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I416" s="1" t="s">
-        <v>1761</v>
+        <v>1765</v>
       </c>
       <c r="J416" s="0"/>
       <c r="K416" s="0" t="s">
-        <v>76</v>
+        <v>20</v>
       </c>
       <c r="L416" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="417" spans="1:12" customHeight="1" ht="80">
       <c r="A417" s="0"/>
       <c r="B417" s="0" t="s">
-        <v>1762</v>
+        <v>1766</v>
       </c>
       <c r="C417" s="0" t="s">
-        <v>1763</v>
+        <v>1767</v>
       </c>
       <c r="D417" s="0" t="s">
-        <v>1764</v>
+        <v>1768</v>
       </c>
       <c r="E417" s="0" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="F417" s="0" t="s">
-        <v>150</v>
+        <v>60</v>
       </c>
       <c r="G417" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H417" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I417" s="1" t="s">
-        <v>1765</v>
+        <v>1769</v>
       </c>
       <c r="J417" s="0"/>
       <c r="K417" s="0" t="s">
-        <v>748</v>
+        <v>178</v>
       </c>
       <c r="L417" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="418" spans="1:12" customHeight="1" ht="80">
       <c r="A418" s="0"/>
       <c r="B418" s="0" t="s">
-        <v>1766</v>
+        <v>1770</v>
       </c>
       <c r="C418" s="0" t="s">
-        <v>1767</v>
-[...2 lines deleted...]
-        <v>84777</v>
+        <v>1771</v>
+      </c>
+      <c r="D418" s="0" t="s">
+        <v>1772</v>
       </c>
       <c r="E418" s="0" t="s">
-        <v>31</v>
+        <v>48</v>
       </c>
       <c r="F418" s="0" t="s">
-        <v>1768</v>
+        <v>158</v>
       </c>
       <c r="G418" s="0" t="s">
-        <v>33</v>
+        <v>50</v>
       </c>
       <c r="H418" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I418" s="1" t="s">
-        <v>1769</v>
+        <v>1773</v>
       </c>
       <c r="J418" s="0"/>
       <c r="K418" s="0" t="s">
-        <v>20</v>
+        <v>111</v>
       </c>
       <c r="L418" s="0">
-        <v>48</v>
+        <v>1</v>
       </c>
     </row>
     <row r="419" spans="1:12" customHeight="1" ht="80">
       <c r="A419" s="0"/>
       <c r="B419" s="0" t="s">
-        <v>1770</v>
+        <v>1774</v>
       </c>
       <c r="C419" s="0" t="s">
-        <v>1771</v>
+        <v>1775</v>
       </c>
       <c r="D419" s="0">
-        <v>84780</v>
+        <v>84777</v>
       </c>
       <c r="E419" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F419" s="0" t="s">
-        <v>1768</v>
+        <v>1776</v>
       </c>
       <c r="G419" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H419" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I419" s="1" t="s">
-        <v>1769</v>
+        <v>1777</v>
       </c>
       <c r="J419" s="0"/>
       <c r="K419" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L419" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="420" spans="1:12" customHeight="1" ht="80">
       <c r="A420" s="0"/>
       <c r="B420" s="0" t="s">
-        <v>1772</v>
+        <v>1778</v>
       </c>
       <c r="C420" s="0" t="s">
-        <v>1773</v>
+        <v>1779</v>
       </c>
       <c r="D420" s="0">
-        <v>84781</v>
+        <v>84780</v>
       </c>
       <c r="E420" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F420" s="0" t="s">
-        <v>1768</v>
+        <v>1776</v>
       </c>
       <c r="G420" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H420" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I420" s="1" t="s">
-        <v>1769</v>
+        <v>1777</v>
       </c>
       <c r="J420" s="0"/>
       <c r="K420" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L420" s="0">
-        <v>60</v>
+        <v>48</v>
       </c>
     </row>
     <row r="421" spans="1:12" customHeight="1" ht="80">
       <c r="A421" s="0"/>
       <c r="B421" s="0" t="s">
-        <v>1774</v>
+        <v>1780</v>
       </c>
       <c r="C421" s="0" t="s">
-        <v>1775</v>
+        <v>1781</v>
       </c>
       <c r="D421" s="0">
-        <v>84779</v>
+        <v>84781</v>
       </c>
       <c r="E421" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F421" s="0" t="s">
-        <v>1768</v>
+        <v>1776</v>
       </c>
       <c r="G421" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H421" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I421" s="1" t="s">
-        <v>1769</v>
+        <v>1777</v>
       </c>
       <c r="J421" s="0"/>
       <c r="K421" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L421" s="0">
-        <v>48</v>
+        <v>60</v>
       </c>
     </row>
     <row r="422" spans="1:12" customHeight="1" ht="80">
       <c r="A422" s="0"/>
       <c r="B422" s="0" t="s">
-        <v>1776</v>
+        <v>1782</v>
       </c>
       <c r="C422" s="0" t="s">
-        <v>1777</v>
+        <v>1783</v>
       </c>
       <c r="D422" s="0">
-        <v>84782</v>
+        <v>84779</v>
       </c>
       <c r="E422" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F422" s="0" t="s">
-        <v>1768</v>
+        <v>1776</v>
       </c>
       <c r="G422" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H422" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I422" s="1" t="s">
-        <v>1769</v>
+        <v>1777</v>
       </c>
       <c r="J422" s="0"/>
       <c r="K422" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L422" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="423" spans="1:12" customHeight="1" ht="80">
       <c r="A423" s="0"/>
       <c r="B423" s="0" t="s">
-        <v>1778</v>
+        <v>1784</v>
       </c>
       <c r="C423" s="0" t="s">
-        <v>1779</v>
+        <v>1785</v>
       </c>
       <c r="D423" s="0">
-        <v>84778</v>
+        <v>84782</v>
       </c>
       <c r="E423" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F423" s="0" t="s">
-        <v>1768</v>
+        <v>1776</v>
       </c>
       <c r="G423" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H423" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I423" s="1" t="s">
-        <v>1769</v>
+        <v>1777</v>
       </c>
       <c r="J423" s="0"/>
       <c r="K423" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L423" s="0">
-        <v>60</v>
+        <v>48</v>
       </c>
     </row>
     <row r="424" spans="1:12" customHeight="1" ht="80">
       <c r="A424" s="0"/>
       <c r="B424" s="0" t="s">
-        <v>1780</v>
+        <v>1786</v>
       </c>
       <c r="C424" s="0" t="s">
-        <v>1781</v>
-[...2 lines deleted...]
-        <v>1782</v>
+        <v>1787</v>
+      </c>
+      <c r="D424" s="0">
+        <v>84778</v>
       </c>
       <c r="E424" s="0" t="s">
-        <v>720</v>
-[...1 lines deleted...]
-      <c r="F424" s="0"/>
+        <v>31</v>
+      </c>
+      <c r="F424" s="0" t="s">
+        <v>1776</v>
+      </c>
       <c r="G424" s="0" t="s">
-        <v>59</v>
+        <v>33</v>
       </c>
       <c r="H424" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I424" s="1" t="s">
-        <v>1783</v>
+        <v>1777</v>
       </c>
       <c r="J424" s="0"/>
       <c r="K424" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L424" s="0">
-        <v>1</v>
+        <v>60</v>
       </c>
     </row>
     <row r="425" spans="1:12" customHeight="1" ht="80">
       <c r="A425" s="0"/>
       <c r="B425" s="0" t="s">
-        <v>1784</v>
+        <v>1788</v>
       </c>
       <c r="C425" s="0" t="s">
-        <v>1785</v>
-[...2 lines deleted...]
-        <v>40720</v>
+        <v>1789</v>
+      </c>
+      <c r="D425" s="0" t="s">
+        <v>1790</v>
       </c>
       <c r="E425" s="0" t="s">
-        <v>31</v>
+        <v>729</v>
       </c>
       <c r="F425" s="0"/>
       <c r="G425" s="0" t="s">
-        <v>33</v>
+        <v>50</v>
       </c>
       <c r="H425" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I425" s="1" t="s">
-        <v>1786</v>
+        <v>1400</v>
       </c>
       <c r="J425" s="0"/>
       <c r="K425" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L425" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="426" spans="1:12" customHeight="1" ht="80">
       <c r="A426" s="0"/>
       <c r="B426" s="0" t="s">
-        <v>1787</v>
+        <v>1791</v>
       </c>
       <c r="C426" s="0" t="s">
-        <v>1788</v>
+        <v>1792</v>
       </c>
       <c r="D426" s="0">
-        <v>40722</v>
+        <v>40720</v>
       </c>
       <c r="E426" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F426" s="0"/>
       <c r="G426" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H426" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I426" s="1" t="s">
-        <v>1786</v>
+        <v>1793</v>
       </c>
       <c r="J426" s="0"/>
       <c r="K426" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L426" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="427" spans="1:12" customHeight="1" ht="80">
       <c r="A427" s="0"/>
       <c r="B427" s="0" t="s">
-        <v>1789</v>
+        <v>1794</v>
       </c>
       <c r="C427" s="0" t="s">
-        <v>1790</v>
+        <v>1795</v>
       </c>
       <c r="D427" s="0">
-        <v>40723</v>
+        <v>40722</v>
       </c>
       <c r="E427" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F427" s="0"/>
       <c r="G427" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H427" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I427" s="1" t="s">
-        <v>1786</v>
+        <v>1793</v>
       </c>
       <c r="J427" s="0"/>
       <c r="K427" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L427" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="428" spans="1:12" customHeight="1" ht="80">
       <c r="A428" s="0"/>
       <c r="B428" s="0" t="s">
-        <v>1791</v>
+        <v>1796</v>
       </c>
       <c r="C428" s="0" t="s">
-        <v>1792</v>
+        <v>1797</v>
       </c>
       <c r="D428" s="0">
-        <v>40728</v>
+        <v>40723</v>
       </c>
       <c r="E428" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F428" s="0"/>
       <c r="G428" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H428" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I428" s="1" t="s">
-        <v>1786</v>
+        <v>1793</v>
       </c>
       <c r="J428" s="0"/>
       <c r="K428" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L428" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="429" spans="1:12" customHeight="1" ht="80">
       <c r="A429" s="0"/>
       <c r="B429" s="0" t="s">
+        <v>1798</v>
+      </c>
+      <c r="C429" s="0" t="s">
+        <v>1799</v>
+      </c>
+      <c r="D429" s="0">
+        <v>40728</v>
+      </c>
+      <c r="E429" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="F429" s="0"/>
+      <c r="G429" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="H429" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I429" s="1" t="s">
         <v>1793</v>
-      </c>
-[...19 lines deleted...]
-        <v>1797</v>
       </c>
       <c r="J429" s="0"/>
       <c r="K429" s="0" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
       <c r="L429" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="430" spans="1:12" customHeight="1" ht="80">
       <c r="A430" s="0"/>
       <c r="B430" s="0" t="s">
-        <v>1798</v>
+        <v>1800</v>
       </c>
       <c r="C430" s="0" t="s">
-        <v>1799</v>
+        <v>1801</v>
       </c>
       <c r="D430" s="0" t="s">
-        <v>1800</v>
+        <v>1802</v>
       </c>
       <c r="E430" s="0" t="s">
-        <v>1494</v>
+        <v>1501</v>
       </c>
       <c r="F430" s="0" t="s">
-        <v>1801</v>
+        <v>1803</v>
       </c>
       <c r="G430" s="0" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="H430" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I430" s="1" t="s">
-        <v>1278</v>
+        <v>1804</v>
       </c>
       <c r="J430" s="0"/>
       <c r="K430" s="0" t="s">
-        <v>28</v>
+        <v>64</v>
       </c>
       <c r="L430" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="431" spans="1:12" customHeight="1" ht="80">
       <c r="A431" s="0"/>
       <c r="B431" s="0" t="s">
-        <v>1802</v>
+        <v>1805</v>
       </c>
       <c r="C431" s="0" t="s">
-        <v>1803</v>
+        <v>1806</v>
       </c>
       <c r="D431" s="0" t="s">
-        <v>1804</v>
+        <v>1807</v>
       </c>
       <c r="E431" s="0" t="s">
-        <v>1494</v>
+        <v>1501</v>
       </c>
       <c r="F431" s="0" t="s">
-        <v>1801</v>
+        <v>1808</v>
       </c>
       <c r="G431" s="0" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="H431" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I431" s="1" t="s">
-        <v>1805</v>
+        <v>1279</v>
       </c>
       <c r="J431" s="0"/>
       <c r="K431" s="0" t="s">
-        <v>53</v>
+        <v>160</v>
       </c>
       <c r="L431" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="432" spans="1:12" customHeight="1" ht="80">
       <c r="A432" s="0"/>
       <c r="B432" s="0" t="s">
-        <v>1806</v>
+        <v>1809</v>
       </c>
       <c r="C432" s="0" t="s">
-        <v>1807</v>
+        <v>1810</v>
       </c>
       <c r="D432" s="0" t="s">
+        <v>1811</v>
+      </c>
+      <c r="E432" s="0" t="s">
+        <v>1501</v>
+      </c>
+      <c r="F432" s="0" t="s">
         <v>1808</v>
       </c>
-      <c r="E432" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G432" s="0" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="H432" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I432" s="1" t="s">
-        <v>1809</v>
+        <v>1812</v>
       </c>
       <c r="J432" s="0"/>
       <c r="K432" s="0" t="s">
-        <v>53</v>
+        <v>64</v>
       </c>
       <c r="L432" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="433" spans="1:12" customHeight="1" ht="80">
       <c r="A433" s="0"/>
       <c r="B433" s="0" t="s">
-        <v>1810</v>
+        <v>1813</v>
       </c>
       <c r="C433" s="0" t="s">
-        <v>1811</v>
-[...2 lines deleted...]
-        <v>257406</v>
+        <v>1814</v>
+      </c>
+      <c r="D433" s="0" t="s">
+        <v>1815</v>
       </c>
       <c r="E433" s="0" t="s">
-        <v>849</v>
+        <v>1501</v>
       </c>
       <c r="F433" s="0" t="s">
-        <v>1812</v>
+        <v>1808</v>
       </c>
       <c r="G433" s="0" t="s">
-        <v>332</v>
+        <v>129</v>
       </c>
       <c r="H433" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I433" s="1" t="s">
-        <v>1813</v>
+        <v>1816</v>
       </c>
       <c r="J433" s="0"/>
       <c r="K433" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L433" s="0"/>
+        <v>64</v>
+      </c>
+      <c r="L433" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="434" spans="1:12" customHeight="1" ht="80">
       <c r="A434" s="0"/>
       <c r="B434" s="0" t="s">
-        <v>1814</v>
+        <v>1817</v>
       </c>
       <c r="C434" s="0" t="s">
-        <v>1815</v>
+        <v>1818</v>
       </c>
       <c r="D434" s="0">
-        <v>40721</v>
+        <v>257406</v>
       </c>
       <c r="E434" s="0" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="F434" s="0"/>
+        <v>855</v>
+      </c>
+      <c r="F434" s="0" t="s">
+        <v>1819</v>
+      </c>
       <c r="G434" s="0" t="s">
-        <v>33</v>
+        <v>343</v>
       </c>
       <c r="H434" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I434" s="1" t="s">
-        <v>1816</v>
+        <v>1820</v>
       </c>
       <c r="J434" s="0"/>
       <c r="K434" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L434" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L434" s="0"/>
     </row>
     <row r="435" spans="1:12" customHeight="1" ht="80">
       <c r="A435" s="0"/>
       <c r="B435" s="0" t="s">
-        <v>1817</v>
+        <v>1821</v>
       </c>
       <c r="C435" s="0" t="s">
-        <v>1818</v>
-[...2 lines deleted...]
-        <v>1819</v>
+        <v>1822</v>
+      </c>
+      <c r="D435" s="0">
+        <v>40721</v>
       </c>
       <c r="E435" s="0" t="s">
-        <v>155</v>
+        <v>31</v>
       </c>
       <c r="F435" s="0"/>
       <c r="G435" s="0" t="s">
-        <v>236</v>
+        <v>33</v>
       </c>
       <c r="H435" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I435" s="1" t="s">
-        <v>1820</v>
+        <v>1823</v>
       </c>
       <c r="J435" s="0"/>
       <c r="K435" s="0" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="L435" s="0">
-        <v>48</v>
+        <v>1</v>
       </c>
     </row>
     <row r="436" spans="1:12" customHeight="1" ht="80">
       <c r="A436" s="0"/>
       <c r="B436" s="0" t="s">
-        <v>1821</v>
+        <v>1824</v>
       </c>
       <c r="C436" s="0" t="s">
-        <v>1822</v>
+        <v>1825</v>
       </c>
       <c r="D436" s="0" t="s">
-        <v>1823</v>
+        <v>1826</v>
       </c>
       <c r="E436" s="0" t="s">
-        <v>57</v>
-[...3 lines deleted...]
-      </c>
+        <v>164</v>
+      </c>
+      <c r="F436" s="0"/>
       <c r="G436" s="0" t="s">
-        <v>59</v>
+        <v>244</v>
       </c>
       <c r="H436" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I436" s="1" t="s">
-        <v>1825</v>
+        <v>1827</v>
       </c>
       <c r="J436" s="0"/>
       <c r="K436" s="0" t="s">
-        <v>53</v>
+        <v>71</v>
       </c>
       <c r="L436" s="0">
-        <v>12</v>
+        <v>48</v>
       </c>
     </row>
     <row r="437" spans="1:12" customHeight="1" ht="80">
       <c r="A437" s="0"/>
       <c r="B437" s="0" t="s">
-        <v>1826</v>
+        <v>1828</v>
       </c>
       <c r="C437" s="0" t="s">
-        <v>1827</v>
+        <v>1829</v>
       </c>
       <c r="D437" s="0" t="s">
-        <v>1828</v>
+        <v>1830</v>
       </c>
       <c r="E437" s="0" t="s">
-        <v>1829</v>
+        <v>68</v>
       </c>
       <c r="F437" s="0" t="s">
-        <v>1830</v>
+        <v>1831</v>
       </c>
       <c r="G437" s="0" t="s">
-        <v>332</v>
+        <v>50</v>
       </c>
       <c r="H437" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I437" s="1" t="s">
-        <v>1831</v>
+        <v>1832</v>
       </c>
       <c r="J437" s="0"/>
       <c r="K437" s="0" t="s">
-        <v>45</v>
+        <v>178</v>
       </c>
       <c r="L437" s="0">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="438" spans="1:12" customHeight="1" ht="80">
       <c r="A438" s="0"/>
       <c r="B438" s="0" t="s">
-        <v>1832</v>
+        <v>1833</v>
       </c>
       <c r="C438" s="0" t="s">
-        <v>1833</v>
+        <v>1834</v>
       </c>
       <c r="D438" s="0" t="s">
-        <v>1834</v>
+        <v>1835</v>
       </c>
       <c r="E438" s="0" t="s">
-        <v>1829</v>
+        <v>1836</v>
       </c>
       <c r="F438" s="0" t="s">
-        <v>1830</v>
+        <v>1837</v>
       </c>
       <c r="G438" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H438" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I438" s="1" t="s">
-        <v>1835</v>
+        <v>1838</v>
       </c>
       <c r="J438" s="0"/>
       <c r="K438" s="0" t="s">
-        <v>748</v>
+        <v>28</v>
       </c>
       <c r="L438" s="0">
-        <v>18</v>
+        <v>36</v>
       </c>
     </row>
     <row r="439" spans="1:12" customHeight="1" ht="80">
       <c r="A439" s="0"/>
       <c r="B439" s="0" t="s">
+        <v>1839</v>
+      </c>
+      <c r="C439" s="0" t="s">
+        <v>1840</v>
+      </c>
+      <c r="D439" s="0" t="s">
+        <v>1841</v>
+      </c>
+      <c r="E439" s="0" t="s">
         <v>1836</v>
       </c>
-      <c r="C439" s="0" t="s">
+      <c r="F439" s="0" t="s">
         <v>1837</v>
       </c>
-      <c r="D439" s="0">
-[...7 lines deleted...]
-      </c>
       <c r="G439" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H439" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I439" s="1" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="J439" s="0"/>
       <c r="K439" s="0" t="s">
-        <v>146</v>
+        <v>28</v>
       </c>
       <c r="L439" s="0">
-        <v>56</v>
+        <v>18</v>
       </c>
     </row>
     <row r="440" spans="1:12" customHeight="1" ht="80">
       <c r="A440" s="0"/>
       <c r="B440" s="0" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="C440" s="0" t="s">
-        <v>1841</v>
+        <v>1844</v>
       </c>
       <c r="D440" s="0">
-        <v>2133150</v>
+        <v>210350</v>
       </c>
       <c r="E440" s="0" t="s">
-        <v>1829</v>
+        <v>1836</v>
       </c>
       <c r="F440" s="0" t="s">
-        <v>1838</v>
+        <v>1845</v>
       </c>
       <c r="G440" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H440" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I440" s="1" t="s">
-        <v>1765</v>
+        <v>1846</v>
       </c>
       <c r="J440" s="0"/>
       <c r="K440" s="0" t="s">
-        <v>76</v>
+        <v>20</v>
       </c>
       <c r="L440" s="0">
-        <v>18</v>
+        <v>56</v>
       </c>
     </row>
     <row r="441" spans="1:12" customHeight="1" ht="80">
       <c r="A441" s="0"/>
       <c r="B441" s="0" t="s">
-        <v>1842</v>
+        <v>1847</v>
       </c>
       <c r="C441" s="0" t="s">
-        <v>1843</v>
-[...2 lines deleted...]
-        <v>1844</v>
+        <v>1848</v>
+      </c>
+      <c r="D441" s="0">
+        <v>2133150</v>
       </c>
       <c r="E441" s="0" t="s">
-        <v>1829</v>
+        <v>1836</v>
       </c>
       <c r="F441" s="0" t="s">
-        <v>1838</v>
+        <v>1845</v>
       </c>
       <c r="G441" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H441" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I441" s="1" t="s">
-        <v>1845</v>
+        <v>1773</v>
       </c>
       <c r="J441" s="0"/>
       <c r="K441" s="0" t="s">
-        <v>748</v>
+        <v>178</v>
       </c>
       <c r="L441" s="0">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="442" spans="1:12" customHeight="1" ht="80">
       <c r="A442" s="0"/>
       <c r="B442" s="0" t="s">
-        <v>1846</v>
+        <v>1849</v>
       </c>
       <c r="C442" s="0" t="s">
-        <v>1847</v>
+        <v>1850</v>
       </c>
       <c r="D442" s="0" t="s">
-        <v>1848</v>
+        <v>1851</v>
       </c>
       <c r="E442" s="0" t="s">
-        <v>1494</v>
+        <v>1836</v>
       </c>
       <c r="F442" s="0" t="s">
-        <v>1849</v>
+        <v>1845</v>
       </c>
       <c r="G442" s="0" t="s">
-        <v>59</v>
+        <v>343</v>
       </c>
       <c r="H442" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I442" s="1" t="s">
-        <v>1850</v>
+        <v>1852</v>
       </c>
       <c r="J442" s="0"/>
       <c r="K442" s="0" t="s">
-        <v>76</v>
+        <v>178</v>
       </c>
       <c r="L442" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="443" spans="1:12" customHeight="1" ht="80">
       <c r="A443" s="0"/>
       <c r="B443" s="0" t="s">
-        <v>1851</v>
+        <v>1853</v>
       </c>
       <c r="C443" s="0" t="s">
-        <v>1852</v>
+        <v>1854</v>
       </c>
       <c r="D443" s="0" t="s">
-        <v>1853</v>
+        <v>1855</v>
       </c>
       <c r="E443" s="0" t="s">
-        <v>1494</v>
+        <v>1501</v>
       </c>
       <c r="F443" s="0" t="s">
-        <v>1849</v>
+        <v>1856</v>
       </c>
       <c r="G443" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H443" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I443" s="1" t="s">
-        <v>1854</v>
+        <v>1857</v>
       </c>
       <c r="J443" s="0"/>
       <c r="K443" s="0" t="s">
-        <v>1741</v>
+        <v>178</v>
       </c>
       <c r="L443" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="444" spans="1:12" customHeight="1" ht="80">
       <c r="A444" s="0"/>
       <c r="B444" s="0" t="s">
-        <v>1855</v>
+        <v>1858</v>
       </c>
       <c r="C444" s="0" t="s">
+        <v>1859</v>
+      </c>
+      <c r="D444" s="0" t="s">
+        <v>1860</v>
+      </c>
+      <c r="E444" s="0" t="s">
+        <v>1501</v>
+      </c>
+      <c r="F444" s="0" t="s">
         <v>1856</v>
       </c>
-      <c r="D444" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G444" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H444" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I444" s="1" t="s">
-        <v>1858</v>
+        <v>1861</v>
       </c>
       <c r="J444" s="0"/>
       <c r="K444" s="0" t="s">
-        <v>76</v>
+        <v>631</v>
       </c>
       <c r="L444" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="445" spans="1:12" customHeight="1" ht="80">
       <c r="A445" s="0"/>
       <c r="B445" s="0" t="s">
-        <v>1859</v>
+        <v>1862</v>
       </c>
       <c r="C445" s="0" t="s">
-        <v>1860</v>
+        <v>1863</v>
       </c>
       <c r="D445" s="0" t="s">
-        <v>1861</v>
+        <v>1864</v>
       </c>
       <c r="E445" s="0" t="s">
-        <v>1494</v>
+        <v>1501</v>
       </c>
       <c r="F445" s="0" t="s">
-        <v>1504</v>
+        <v>1856</v>
       </c>
       <c r="G445" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H445" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I445" s="1" t="s">
-        <v>1862</v>
+        <v>1865</v>
       </c>
       <c r="J445" s="0"/>
       <c r="K445" s="0" t="s">
-        <v>1863</v>
+        <v>178</v>
       </c>
       <c r="L445" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="446" spans="1:12" customHeight="1" ht="80">
       <c r="A446" s="0"/>
       <c r="B446" s="0" t="s">
-        <v>1864</v>
+        <v>1866</v>
       </c>
       <c r="C446" s="0" t="s">
-        <v>1865</v>
+        <v>1867</v>
       </c>
       <c r="D446" s="0" t="s">
-        <v>1866</v>
+        <v>1868</v>
       </c>
       <c r="E446" s="0" t="s">
-        <v>1867</v>
+        <v>1501</v>
       </c>
       <c r="F446" s="0" t="s">
-        <v>1868</v>
+        <v>1511</v>
       </c>
       <c r="G446" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H446" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I446" s="1" t="s">
         <v>1869</v>
       </c>
       <c r="J446" s="0"/>
       <c r="K446" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L446" s="0"/>
+        <v>1870</v>
+      </c>
+      <c r="L446" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="447" spans="1:12" customHeight="1" ht="80">
       <c r="A447" s="0"/>
       <c r="B447" s="0" t="s">
-        <v>1870</v>
+        <v>1871</v>
       </c>
       <c r="C447" s="0" t="s">
-        <v>1871</v>
+        <v>1872</v>
       </c>
       <c r="D447" s="0" t="s">
-        <v>1872</v>
+        <v>1873</v>
       </c>
       <c r="E447" s="0" t="s">
-        <v>1867</v>
+        <v>1874</v>
       </c>
       <c r="F447" s="0" t="s">
-        <v>1873</v>
+        <v>1875</v>
       </c>
       <c r="G447" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H447" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I447" s="1" t="s">
-        <v>1874</v>
+        <v>1876</v>
       </c>
       <c r="J447" s="0"/>
       <c r="K447" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L447" s="0"/>
     </row>
     <row r="448" spans="1:12" customHeight="1" ht="80">
       <c r="A448" s="0"/>
       <c r="B448" s="0" t="s">
-        <v>1875</v>
+        <v>1877</v>
       </c>
       <c r="C448" s="0" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="D448" s="0" t="s">
-        <v>1877</v>
+        <v>1879</v>
       </c>
       <c r="E448" s="0" t="s">
-        <v>49</v>
+        <v>1874</v>
       </c>
       <c r="F448" s="0" t="s">
-        <v>49</v>
+        <v>1880</v>
       </c>
       <c r="G448" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H448" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I448" s="1" t="s">
-        <v>1878</v>
+        <v>1881</v>
       </c>
       <c r="J448" s="0"/>
       <c r="K448" s="0" t="s">
-        <v>810</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L448" s="0"/>
     </row>
     <row r="449" spans="1:12" customHeight="1" ht="80">
       <c r="A449" s="0"/>
       <c r="B449" s="0" t="s">
-        <v>1879</v>
+        <v>1882</v>
       </c>
       <c r="C449" s="0" t="s">
-        <v>1880</v>
+        <v>1883</v>
       </c>
       <c r="D449" s="0" t="s">
-        <v>1881</v>
+        <v>1884</v>
       </c>
       <c r="E449" s="0" t="s">
-        <v>49</v>
+        <v>60</v>
       </c>
       <c r="F449" s="0" t="s">
-        <v>49</v>
+        <v>60</v>
       </c>
       <c r="G449" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H449" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I449" s="1" t="s">
-        <v>1882</v>
+        <v>1885</v>
       </c>
       <c r="J449" s="0"/>
       <c r="K449" s="0" t="s">
-        <v>45</v>
+        <v>816</v>
       </c>
       <c r="L449" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="450" spans="1:12" customHeight="1" ht="80">
       <c r="A450" s="0"/>
       <c r="B450" s="0" t="s">
-        <v>1883</v>
+        <v>1886</v>
       </c>
       <c r="C450" s="0" t="s">
-        <v>1884</v>
+        <v>1887</v>
       </c>
       <c r="D450" s="0" t="s">
-        <v>1885</v>
+        <v>1888</v>
       </c>
       <c r="E450" s="0" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="F450" s="0"/>
+        <v>60</v>
+      </c>
+      <c r="F450" s="0" t="s">
+        <v>60</v>
+      </c>
       <c r="G450" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H450" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I450" s="1" t="s">
-        <v>1886</v>
+        <v>1889</v>
       </c>
       <c r="J450" s="0"/>
       <c r="K450" s="0" t="s">
-        <v>61</v>
+        <v>269</v>
       </c>
       <c r="L450" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="451" spans="1:12" customHeight="1" ht="80">
       <c r="A451" s="0"/>
       <c r="B451" s="0" t="s">
-        <v>1887</v>
+        <v>1890</v>
       </c>
       <c r="C451" s="0" t="s">
-        <v>1888</v>
+        <v>1891</v>
       </c>
       <c r="D451" s="0" t="s">
-        <v>1889</v>
+        <v>1892</v>
       </c>
       <c r="E451" s="0" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
       <c r="F451" s="0"/>
       <c r="G451" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H451" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I451" s="1" t="s">
-        <v>453</v>
+        <v>1893</v>
       </c>
       <c r="J451" s="0"/>
       <c r="K451" s="0" t="s">
-        <v>146</v>
+        <v>71</v>
       </c>
       <c r="L451" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="452" spans="1:12" customHeight="1" ht="80">
       <c r="A452" s="0"/>
       <c r="B452" s="0" t="s">
-        <v>1890</v>
+        <v>1894</v>
       </c>
       <c r="C452" s="0" t="s">
-        <v>1891</v>
+        <v>1895</v>
       </c>
       <c r="D452" s="0" t="s">
-        <v>1892</v>
+        <v>1896</v>
       </c>
       <c r="E452" s="0" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>164</v>
+      </c>
+      <c r="F452" s="0"/>
       <c r="G452" s="0" t="s">
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="H452" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I452" s="1" t="s">
-        <v>1893</v>
+        <v>463</v>
       </c>
       <c r="J452" s="0"/>
       <c r="K452" s="0" t="s">
-        <v>72</v>
+        <v>154</v>
       </c>
       <c r="L452" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="453" spans="1:12" customHeight="1" ht="80">
       <c r="A453" s="0"/>
       <c r="B453" s="0" t="s">
-        <v>1894</v>
+        <v>1897</v>
       </c>
       <c r="C453" s="0" t="s">
-        <v>1895</v>
+        <v>1898</v>
       </c>
       <c r="D453" s="0" t="s">
-        <v>1896</v>
+        <v>1899</v>
       </c>
       <c r="E453" s="0" t="s">
-        <v>1040</v>
+        <v>24</v>
       </c>
       <c r="F453" s="0" t="s">
-        <v>1041</v>
+        <v>1386</v>
       </c>
       <c r="G453" s="0" t="s">
-        <v>332</v>
+        <v>26</v>
       </c>
       <c r="H453" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I453" s="1" t="s">
-        <v>277</v>
+        <v>1900</v>
       </c>
       <c r="J453" s="0"/>
       <c r="K453" s="0" t="s">
-        <v>72</v>
+        <v>28</v>
       </c>
       <c r="L453" s="0">
-        <v>18</v>
+        <v>12</v>
       </c>
     </row>
     <row r="454" spans="1:12" customHeight="1" ht="80">
       <c r="A454" s="0"/>
       <c r="B454" s="0" t="s">
-        <v>1897</v>
+        <v>1901</v>
       </c>
       <c r="C454" s="0" t="s">
-        <v>1898</v>
+        <v>1902</v>
       </c>
       <c r="D454" s="0" t="s">
-        <v>1899</v>
+        <v>1903</v>
       </c>
       <c r="E454" s="0" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="F454" s="0" t="s">
-        <v>1064</v>
+        <v>1044</v>
       </c>
       <c r="G454" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H454" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I454" s="1" t="s">
-        <v>1900</v>
+        <v>287</v>
       </c>
       <c r="J454" s="0"/>
       <c r="K454" s="0" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="L454" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="455" spans="1:12" customHeight="1" ht="80">
       <c r="A455" s="0"/>
       <c r="B455" s="0" t="s">
-        <v>1901</v>
+        <v>1904</v>
       </c>
       <c r="C455" s="0" t="s">
-        <v>1902</v>
+        <v>1905</v>
       </c>
       <c r="D455" s="0" t="s">
-        <v>1903</v>
+        <v>1906</v>
       </c>
       <c r="E455" s="0" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="F455" s="0" t="s">
-        <v>1069</v>
+        <v>1067</v>
       </c>
       <c r="G455" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H455" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I455" s="1" t="s">
-        <v>1900</v>
+        <v>1907</v>
       </c>
       <c r="J455" s="0"/>
       <c r="K455" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L455" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="456" spans="1:12" customHeight="1" ht="80">
       <c r="A456" s="0"/>
       <c r="B456" s="0" t="s">
-        <v>1904</v>
+        <v>1908</v>
       </c>
       <c r="C456" s="0" t="s">
-        <v>1905</v>
+        <v>1909</v>
       </c>
       <c r="D456" s="0" t="s">
-        <v>1906</v>
+        <v>1910</v>
       </c>
       <c r="E456" s="0" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="F456" s="0" t="s">
-        <v>1073</v>
+        <v>1072</v>
       </c>
       <c r="G456" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H456" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I456" s="1" t="s">
         <v>1907</v>
       </c>
       <c r="J456" s="0"/>
       <c r="K456" s="0" t="s">
-        <v>76</v>
+        <v>20</v>
       </c>
       <c r="L456" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="457" spans="1:12" customHeight="1" ht="80">
       <c r="A457" s="0"/>
       <c r="B457" s="0" t="s">
-        <v>1908</v>
+        <v>1911</v>
       </c>
       <c r="C457" s="0" t="s">
-        <v>1909</v>
+        <v>1912</v>
       </c>
       <c r="D457" s="0" t="s">
-        <v>1910</v>
+        <v>1913</v>
       </c>
       <c r="E457" s="0" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="F457" s="0" t="s">
-        <v>1077</v>
+        <v>1076</v>
       </c>
       <c r="G457" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H457" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I457" s="1" t="s">
-        <v>1911</v>
+        <v>1914</v>
       </c>
       <c r="J457" s="0"/>
       <c r="K457" s="0" t="s">
-        <v>20</v>
+        <v>178</v>
       </c>
       <c r="L457" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="458" spans="1:12" customHeight="1" ht="80">
       <c r="A458" s="0"/>
       <c r="B458" s="0" t="s">
-        <v>1912</v>
+        <v>1915</v>
       </c>
       <c r="C458" s="0" t="s">
-        <v>1913</v>
+        <v>1916</v>
       </c>
       <c r="D458" s="0" t="s">
-        <v>1914</v>
+        <v>1917</v>
       </c>
       <c r="E458" s="0" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="F458" s="0" t="s">
-        <v>1081</v>
+        <v>1080</v>
       </c>
       <c r="G458" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H458" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I458" s="1" t="s">
-        <v>1915</v>
+        <v>1918</v>
       </c>
       <c r="J458" s="0"/>
       <c r="K458" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L458" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="459" spans="1:12" customHeight="1" ht="80">
       <c r="A459" s="0"/>
       <c r="B459" s="0" t="s">
-        <v>1916</v>
+        <v>1919</v>
       </c>
       <c r="C459" s="0" t="s">
-        <v>1917</v>
+        <v>1920</v>
       </c>
       <c r="D459" s="0" t="s">
-        <v>1918</v>
+        <v>1921</v>
       </c>
       <c r="E459" s="0" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="F459" s="0" t="s">
-        <v>1085</v>
+        <v>1084</v>
       </c>
       <c r="G459" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H459" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I459" s="1" t="s">
-        <v>1919</v>
+        <v>1922</v>
       </c>
       <c r="J459" s="0"/>
       <c r="K459" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L459" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="460" spans="1:12" customHeight="1" ht="80">
       <c r="A460" s="0"/>
       <c r="B460" s="0" t="s">
-        <v>1920</v>
+        <v>1923</v>
       </c>
       <c r="C460" s="0" t="s">
-        <v>1921</v>
+        <v>1924</v>
       </c>
       <c r="D460" s="0" t="s">
-        <v>1922</v>
+        <v>1925</v>
       </c>
       <c r="E460" s="0" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="F460" s="0" t="s">
-        <v>1089</v>
+        <v>1088</v>
       </c>
       <c r="G460" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H460" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I460" s="1" t="s">
-        <v>1907</v>
+        <v>1926</v>
       </c>
       <c r="J460" s="0"/>
       <c r="K460" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L460" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="461" spans="1:12" customHeight="1" ht="80">
       <c r="A461" s="0"/>
       <c r="B461" s="0" t="s">
-        <v>1923</v>
+        <v>1927</v>
       </c>
       <c r="C461" s="0" t="s">
-        <v>1924</v>
+        <v>1928</v>
       </c>
       <c r="D461" s="0" t="s">
-        <v>1925</v>
+        <v>1929</v>
       </c>
       <c r="E461" s="0" t="s">
-        <v>57</v>
+        <v>1043</v>
       </c>
       <c r="F461" s="0" t="s">
-        <v>1126</v>
+        <v>1092</v>
       </c>
       <c r="G461" s="0" t="s">
-        <v>59</v>
+        <v>343</v>
       </c>
       <c r="H461" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I461" s="1" t="s">
-        <v>1926</v>
+        <v>1914</v>
       </c>
       <c r="J461" s="0"/>
       <c r="K461" s="0" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
       <c r="L461" s="0">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="462" spans="1:12" customHeight="1" ht="80">
       <c r="A462" s="0"/>
       <c r="B462" s="0" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="C462" s="0" t="s">
-        <v>1928</v>
-[...2 lines deleted...]
-        <v>653634</v>
+        <v>1931</v>
+      </c>
+      <c r="D462" s="0" t="s">
+        <v>1932</v>
       </c>
       <c r="E462" s="0" t="s">
-        <v>90</v>
+        <v>68</v>
       </c>
       <c r="F462" s="0" t="s">
-        <v>1431</v>
+        <v>1128</v>
       </c>
       <c r="G462" s="0" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="H462" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I462" s="1" t="s">
-        <v>1929</v>
+        <v>1933</v>
       </c>
       <c r="J462" s="0"/>
       <c r="K462" s="0" t="s">
-        <v>1741</v>
+        <v>64</v>
       </c>
       <c r="L462" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="463" spans="1:12" customHeight="1" ht="80">
       <c r="A463" s="0"/>
       <c r="B463" s="0" t="s">
-        <v>1930</v>
+        <v>1934</v>
       </c>
       <c r="C463" s="0" t="s">
-        <v>1931</v>
-[...2 lines deleted...]
-        <v>1932</v>
+        <v>1935</v>
+      </c>
+      <c r="D463" s="0">
+        <v>653634</v>
       </c>
       <c r="E463" s="0" t="s">
-        <v>57</v>
+        <v>98</v>
       </c>
       <c r="F463" s="0" t="s">
-        <v>1131</v>
+        <v>1437</v>
       </c>
       <c r="G463" s="0" t="s">
-        <v>59</v>
+        <v>17</v>
       </c>
       <c r="H463" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I463" s="1" t="s">
-        <v>1933</v>
+        <v>1936</v>
       </c>
       <c r="J463" s="0"/>
       <c r="K463" s="0" t="s">
-        <v>61</v>
+        <v>631</v>
       </c>
       <c r="L463" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="464" spans="1:12" customHeight="1" ht="80">
       <c r="A464" s="0"/>
       <c r="B464" s="0" t="s">
-        <v>1934</v>
+        <v>1937</v>
       </c>
       <c r="C464" s="0" t="s">
-        <v>1935</v>
+        <v>1938</v>
       </c>
       <c r="D464" s="0" t="s">
-        <v>1936</v>
+        <v>1939</v>
       </c>
       <c r="E464" s="0" t="s">
-        <v>1040</v>
+        <v>68</v>
       </c>
       <c r="F464" s="0" t="s">
-        <v>1118</v>
+        <v>1133</v>
       </c>
       <c r="G464" s="0" t="s">
-        <v>332</v>
+        <v>50</v>
       </c>
       <c r="H464" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I464" s="1" t="s">
-        <v>277</v>
+        <v>1940</v>
       </c>
       <c r="J464" s="0"/>
       <c r="K464" s="0" t="s">
-        <v>311</v>
+        <v>71</v>
       </c>
       <c r="L464" s="0">
-        <v>18</v>
+        <v>12</v>
       </c>
     </row>
     <row r="465" spans="1:12" customHeight="1" ht="80">
       <c r="A465" s="0"/>
       <c r="B465" s="0" t="s">
-        <v>1937</v>
+        <v>1941</v>
       </c>
       <c r="C465" s="0" t="s">
-        <v>1938</v>
+        <v>1942</v>
       </c>
       <c r="D465" s="0" t="s">
-        <v>1939</v>
+        <v>1943</v>
       </c>
       <c r="E465" s="0" t="s">
-        <v>351</v>
+        <v>1043</v>
       </c>
       <c r="F465" s="0" t="s">
-        <v>1663</v>
+        <v>1121</v>
       </c>
       <c r="G465" s="0" t="s">
-        <v>33</v>
+        <v>343</v>
       </c>
       <c r="H465" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I465" s="1" t="s">
-        <v>1940</v>
+        <v>287</v>
       </c>
       <c r="J465" s="0"/>
       <c r="K465" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L465" s="0"/>
+        <v>1396</v>
+      </c>
+      <c r="L465" s="0">
+        <v>18</v>
+      </c>
     </row>
     <row r="466" spans="1:12" customHeight="1" ht="80">
       <c r="A466" s="0"/>
       <c r="B466" s="0" t="s">
-        <v>1941</v>
+        <v>1944</v>
       </c>
       <c r="C466" s="0" t="s">
-        <v>1942</v>
+        <v>1945</v>
       </c>
       <c r="D466" s="0" t="s">
-        <v>1943</v>
+        <v>1946</v>
       </c>
       <c r="E466" s="0" t="s">
-        <v>57</v>
+        <v>362</v>
       </c>
       <c r="F466" s="0" t="s">
-        <v>1098</v>
+        <v>1674</v>
       </c>
       <c r="G466" s="0" t="s">
-        <v>59</v>
+        <v>33</v>
       </c>
       <c r="H466" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I466" s="1" t="s">
-        <v>1783</v>
+        <v>1947</v>
       </c>
       <c r="J466" s="0"/>
       <c r="K466" s="0" t="s">
-        <v>146</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L466" s="0"/>
     </row>
     <row r="467" spans="1:12" customHeight="1" ht="80">
       <c r="A467" s="0"/>
       <c r="B467" s="0" t="s">
-        <v>1944</v>
+        <v>1948</v>
       </c>
       <c r="C467" s="0" t="s">
-        <v>1945</v>
+        <v>1949</v>
       </c>
       <c r="D467" s="0" t="s">
-        <v>1946</v>
+        <v>1950</v>
       </c>
       <c r="E467" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="F467" s="0" t="s">
-        <v>1093</v>
+        <v>1101</v>
       </c>
       <c r="G467" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H467" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I467" s="1" t="s">
-        <v>1933</v>
+        <v>1400</v>
       </c>
       <c r="J467" s="0"/>
       <c r="K467" s="0" t="s">
-        <v>61</v>
+        <v>154</v>
       </c>
       <c r="L467" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="468" spans="1:12" customHeight="1" ht="80">
       <c r="A468" s="0"/>
       <c r="B468" s="0" t="s">
-        <v>1947</v>
+        <v>1951</v>
       </c>
       <c r="C468" s="0" t="s">
-        <v>1948</v>
+        <v>1952</v>
       </c>
       <c r="D468" s="0" t="s">
-        <v>1949</v>
+        <v>1953</v>
       </c>
       <c r="E468" s="0" t="s">
-        <v>1112</v>
+        <v>68</v>
       </c>
       <c r="F468" s="0" t="s">
-        <v>1950</v>
+        <v>1096</v>
       </c>
       <c r="G468" s="0" t="s">
-        <v>1113</v>
+        <v>50</v>
       </c>
       <c r="H468" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I468" s="1" t="s">
-        <v>1951</v>
+        <v>1940</v>
       </c>
       <c r="J468" s="0"/>
       <c r="K468" s="0" t="s">
-        <v>20</v>
+        <v>71</v>
       </c>
       <c r="L468" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="469" spans="1:12" customHeight="1" ht="80">
       <c r="A469" s="0"/>
       <c r="B469" s="0" t="s">
-        <v>1952</v>
+        <v>1954</v>
       </c>
       <c r="C469" s="0" t="s">
-        <v>1953</v>
+        <v>1955</v>
       </c>
       <c r="D469" s="0" t="s">
-        <v>1954</v>
+        <v>1956</v>
       </c>
       <c r="E469" s="0" t="s">
-        <v>1040</v>
+        <v>1115</v>
       </c>
       <c r="F469" s="0" t="s">
-        <v>1174</v>
+        <v>1957</v>
       </c>
       <c r="G469" s="0" t="s">
-        <v>332</v>
+        <v>1116</v>
       </c>
       <c r="H469" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I469" s="1" t="s">
-        <v>1955</v>
+        <v>1958</v>
       </c>
       <c r="J469" s="0"/>
       <c r="K469" s="0" t="s">
-        <v>677</v>
+        <v>20</v>
       </c>
       <c r="L469" s="0">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="470" spans="1:12" customHeight="1" ht="80">
       <c r="A470" s="0"/>
       <c r="B470" s="0" t="s">
-        <v>1956</v>
+        <v>1959</v>
       </c>
       <c r="C470" s="0" t="s">
-        <v>1957</v>
+        <v>1960</v>
       </c>
       <c r="D470" s="0" t="s">
-        <v>1958</v>
+        <v>1961</v>
       </c>
       <c r="E470" s="0" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="F470" s="0" t="s">
-        <v>1182</v>
+        <v>1176</v>
       </c>
       <c r="G470" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H470" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I470" s="1" t="s">
-        <v>1959</v>
+        <v>1962</v>
       </c>
       <c r="J470" s="0"/>
       <c r="K470" s="0" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="L470" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="471" spans="1:12" customHeight="1" ht="80">
       <c r="A471" s="0"/>
       <c r="B471" s="0" t="s">
-        <v>1960</v>
+        <v>1963</v>
       </c>
       <c r="C471" s="0" t="s">
-        <v>1961</v>
+        <v>1964</v>
       </c>
       <c r="D471" s="0" t="s">
-        <v>1962</v>
+        <v>1965</v>
       </c>
       <c r="E471" s="0" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="F471" s="0" t="s">
-        <v>1963</v>
+        <v>1184</v>
       </c>
       <c r="G471" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H471" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I471" s="1" t="s">
-        <v>1241</v>
+        <v>1966</v>
       </c>
       <c r="J471" s="0"/>
       <c r="K471" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L471" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="472" spans="1:12" customHeight="1" ht="80">
       <c r="A472" s="0"/>
       <c r="B472" s="0" t="s">
-        <v>1964</v>
+        <v>1967</v>
       </c>
       <c r="C472" s="0" t="s">
-        <v>1965</v>
+        <v>1968</v>
       </c>
       <c r="D472" s="0" t="s">
-        <v>1966</v>
+        <v>1969</v>
       </c>
       <c r="E472" s="0" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="F472" s="0" t="s">
-        <v>150</v>
+        <v>1970</v>
       </c>
       <c r="G472" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H472" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I472" s="1" t="s">
-        <v>1955</v>
+        <v>1243</v>
       </c>
       <c r="J472" s="0"/>
       <c r="K472" s="0" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="L472" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="473" spans="1:12" customHeight="1" ht="80">
       <c r="A473" s="0"/>
       <c r="B473" s="0" t="s">
-        <v>1967</v>
+        <v>1971</v>
       </c>
       <c r="C473" s="0" t="s">
-        <v>1968</v>
+        <v>1972</v>
       </c>
       <c r="D473" s="0" t="s">
-        <v>1969</v>
+        <v>1973</v>
       </c>
       <c r="E473" s="0" t="s">
-        <v>1412</v>
+        <v>1043</v>
       </c>
       <c r="F473" s="0" t="s">
-        <v>1970</v>
+        <v>158</v>
       </c>
       <c r="G473" s="0" t="s">
-        <v>708</v>
+        <v>343</v>
       </c>
       <c r="H473" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I473" s="1" t="s">
-        <v>115</v>
+        <v>1962</v>
       </c>
       <c r="J473" s="0"/>
       <c r="K473" s="0" t="s">
-        <v>20</v>
+        <v>1189</v>
       </c>
       <c r="L473" s="0">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="474" spans="1:12" customHeight="1" ht="80">
       <c r="A474" s="0"/>
       <c r="B474" s="0" t="s">
-        <v>1971</v>
+        <v>1974</v>
       </c>
       <c r="C474" s="0" t="s">
-        <v>1972</v>
+        <v>1975</v>
       </c>
       <c r="D474" s="0" t="s">
-        <v>1973</v>
+        <v>1976</v>
       </c>
       <c r="E474" s="0" t="s">
-        <v>1412</v>
+        <v>1418</v>
       </c>
       <c r="F474" s="0" t="s">
-        <v>1974</v>
+        <v>1977</v>
       </c>
       <c r="G474" s="0" t="s">
-        <v>708</v>
+        <v>720</v>
       </c>
       <c r="H474" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I474" s="1" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="J474" s="0"/>
       <c r="K474" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L474" s="0">
-        <v>48</v>
+        <v>12</v>
       </c>
     </row>
     <row r="475" spans="1:12" customHeight="1" ht="80">
       <c r="A475" s="0"/>
       <c r="B475" s="0" t="s">
-        <v>1975</v>
+        <v>1978</v>
       </c>
       <c r="C475" s="0" t="s">
-        <v>1976</v>
+        <v>1979</v>
       </c>
       <c r="D475" s="0" t="s">
-        <v>1977</v>
+        <v>1980</v>
       </c>
       <c r="E475" s="0" t="s">
-        <v>1412</v>
+        <v>1418</v>
       </c>
       <c r="F475" s="0" t="s">
-        <v>1978</v>
+        <v>1981</v>
       </c>
       <c r="G475" s="0" t="s">
-        <v>708</v>
+        <v>720</v>
       </c>
       <c r="H475" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I475" s="1" t="s">
-        <v>1718</v>
+        <v>123</v>
       </c>
       <c r="J475" s="0"/>
       <c r="K475" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L475" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="476" spans="1:12" customHeight="1" ht="80">
       <c r="A476" s="0"/>
       <c r="B476" s="0" t="s">
-        <v>1979</v>
+        <v>1982</v>
       </c>
       <c r="C476" s="0" t="s">
-        <v>1980</v>
-[...2 lines deleted...]
-        <v>3103150</v>
+        <v>1983</v>
+      </c>
+      <c r="D476" s="0" t="s">
+        <v>1984</v>
       </c>
       <c r="E476" s="0" t="s">
-        <v>1829</v>
+        <v>1418</v>
       </c>
       <c r="F476" s="0" t="s">
-        <v>1838</v>
+        <v>1985</v>
       </c>
       <c r="G476" s="0" t="s">
-        <v>332</v>
+        <v>720</v>
       </c>
       <c r="H476" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I476" s="1" t="s">
-        <v>1981</v>
+        <v>1729</v>
       </c>
       <c r="J476" s="0"/>
       <c r="K476" s="0" t="s">
-        <v>1736</v>
+        <v>20</v>
       </c>
       <c r="L476" s="0">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="477" spans="1:12" customHeight="1" ht="80">
+      <c r="A477" s="0"/>
       <c r="B477" s="0" t="s">
-        <v>1982</v>
+        <v>1986</v>
       </c>
       <c r="C477" s="0" t="s">
-        <v>1983</v>
-[...2 lines deleted...]
-      <c r="E477" s="0"/>
+        <v>1987</v>
+      </c>
+      <c r="D477" s="0">
+        <v>3103150</v>
+      </c>
+      <c r="E477" s="0" t="s">
+        <v>1836</v>
+      </c>
       <c r="F477" s="0" t="s">
-        <v>1984</v>
+        <v>1845</v>
       </c>
       <c r="G477" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H477" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I477" s="1" t="s">
-        <v>1985</v>
+        <v>1988</v>
       </c>
       <c r="J477" s="0"/>
       <c r="K477" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L477" s="0">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="478" spans="1:12" customHeight="1" ht="80">
-      <c r="A478" s="0"/>
       <c r="B478" s="0" t="s">
-        <v>1986</v>
+        <v>1989</v>
       </c>
       <c r="C478" s="0" t="s">
-        <v>1987</v>
-[...6 lines deleted...]
-      </c>
+        <v>1990</v>
+      </c>
+      <c r="D478" s="0"/>
+      <c r="E478" s="0"/>
       <c r="F478" s="0" t="s">
-        <v>1989</v>
+        <v>1991</v>
       </c>
       <c r="G478" s="0" t="s">
-        <v>26</v>
+        <v>343</v>
       </c>
       <c r="H478" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I478" s="1" t="s">
-        <v>1990</v>
+        <v>1992</v>
       </c>
       <c r="J478" s="0"/>
       <c r="K478" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L478" s="0">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="479" spans="1:12" customHeight="1" ht="80">
       <c r="A479" s="0"/>
       <c r="B479" s="0" t="s">
-        <v>1991</v>
+        <v>1993</v>
       </c>
       <c r="C479" s="0" t="s">
-        <v>1992</v>
+        <v>1994</v>
       </c>
       <c r="D479" s="0" t="s">
-        <v>1993</v>
+        <v>1995</v>
       </c>
       <c r="E479" s="0" t="s">
-        <v>218</v>
-[...1 lines deleted...]
-      <c r="F479" s="0"/>
+        <v>24</v>
+      </c>
+      <c r="F479" s="0" t="s">
+        <v>1996</v>
+      </c>
       <c r="G479" s="0" t="s">
-        <v>219</v>
+        <v>26</v>
       </c>
       <c r="H479" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I479" s="1" t="s">
-        <v>1994</v>
+        <v>1997</v>
       </c>
       <c r="J479" s="0"/>
       <c r="K479" s="0" t="s">
-        <v>1261</v>
+        <v>20</v>
       </c>
       <c r="L479" s="0">
-        <v>48</v>
+        <v>12</v>
       </c>
     </row>
     <row r="480" spans="1:12" customHeight="1" ht="80">
       <c r="A480" s="0"/>
       <c r="B480" s="0" t="s">
-        <v>762</v>
+        <v>1998</v>
       </c>
       <c r="C480" s="0" t="s">
-        <v>1995</v>
+        <v>1999</v>
       </c>
       <c r="D480" s="0" t="s">
-        <v>1996</v>
+        <v>2000</v>
       </c>
       <c r="E480" s="0" t="s">
-        <v>218</v>
+        <v>227</v>
       </c>
       <c r="F480" s="0"/>
       <c r="G480" s="0" t="s">
-        <v>219</v>
+        <v>228</v>
       </c>
       <c r="H480" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I480" s="1" t="s">
-        <v>1997</v>
+        <v>2001</v>
       </c>
       <c r="J480" s="0"/>
       <c r="K480" s="0" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
       <c r="L480" s="0">
-        <v>72</v>
+        <v>48</v>
       </c>
     </row>
     <row r="481" spans="1:12" customHeight="1" ht="80">
       <c r="A481" s="0"/>
       <c r="B481" s="0" t="s">
-        <v>1998</v>
+        <v>769</v>
       </c>
       <c r="C481" s="0" t="s">
-        <v>1999</v>
+        <v>2002</v>
       </c>
       <c r="D481" s="0" t="s">
-        <v>2000</v>
+        <v>2003</v>
       </c>
       <c r="E481" s="0" t="s">
-        <v>1829</v>
-[...3 lines deleted...]
-      </c>
+        <v>227</v>
+      </c>
+      <c r="F481" s="0"/>
       <c r="G481" s="0" t="s">
-        <v>332</v>
+        <v>228</v>
       </c>
       <c r="H481" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I481" s="1" t="s">
-        <v>473</v>
+        <v>2004</v>
       </c>
       <c r="J481" s="0"/>
       <c r="K481" s="0" t="s">
-        <v>53</v>
+        <v>588</v>
       </c>
       <c r="L481" s="0">
-        <v>56</v>
+        <v>72</v>
       </c>
     </row>
     <row r="482" spans="1:12" customHeight="1" ht="80">
       <c r="A482" s="0"/>
       <c r="B482" s="0" t="s">
-        <v>2001</v>
+        <v>2005</v>
       </c>
       <c r="C482" s="0" t="s">
-        <v>2002</v>
+        <v>2006</v>
       </c>
       <c r="D482" s="0" t="s">
-        <v>2003</v>
+        <v>2007</v>
       </c>
       <c r="E482" s="0" t="s">
-        <v>2004</v>
-[...1 lines deleted...]
-      <c r="F482" s="0"/>
+        <v>1836</v>
+      </c>
+      <c r="F482" s="0" t="s">
+        <v>1845</v>
+      </c>
       <c r="G482" s="0" t="s">
-        <v>708</v>
+        <v>343</v>
       </c>
       <c r="H482" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I482" s="1" t="s">
-        <v>2005</v>
+        <v>483</v>
       </c>
       <c r="J482" s="0"/>
       <c r="K482" s="0" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
       <c r="L482" s="0">
-        <v>72</v>
+        <v>56</v>
       </c>
     </row>
     <row r="483" spans="1:12" customHeight="1" ht="80">
       <c r="A483" s="0"/>
       <c r="B483" s="0" t="s">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="C483" s="0" t="s">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="D483" s="0" t="s">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="E483" s="0" t="s">
-        <v>2004</v>
+        <v>2011</v>
       </c>
       <c r="F483" s="0"/>
       <c r="G483" s="0" t="s">
-        <v>708</v>
+        <v>720</v>
       </c>
       <c r="H483" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I483" s="1" t="s">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="J483" s="0"/>
       <c r="K483" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L483" s="0">
-        <v>18</v>
+        <v>72</v>
       </c>
     </row>
     <row r="484" spans="1:12" customHeight="1" ht="80">
       <c r="A484" s="0"/>
       <c r="B484" s="0" t="s">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="C484" s="0" t="s">
+        <v>2014</v>
+      </c>
+      <c r="D484" s="0" t="s">
+        <v>2015</v>
+      </c>
+      <c r="E484" s="0" t="s">
         <v>2011</v>
-      </c>
-[...4 lines deleted...]
-        <v>2004</v>
       </c>
       <c r="F484" s="0"/>
       <c r="G484" s="0" t="s">
-        <v>708</v>
+        <v>720</v>
       </c>
       <c r="H484" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I484" s="1" t="s">
-        <v>834</v>
+        <v>2016</v>
       </c>
       <c r="J484" s="0"/>
       <c r="K484" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L484" s="0"/>
+      <c r="L484" s="0">
+        <v>18</v>
+      </c>
     </row>
     <row r="485" spans="1:12" customHeight="1" ht="80">
       <c r="A485" s="0"/>
       <c r="B485" s="0" t="s">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="C485" s="0" t="s">
-        <v>2014</v>
+        <v>2018</v>
       </c>
       <c r="D485" s="0" t="s">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="E485" s="0" t="s">
-        <v>2004</v>
+        <v>2011</v>
       </c>
       <c r="F485" s="0"/>
       <c r="G485" s="0" t="s">
-        <v>708</v>
+        <v>720</v>
       </c>
       <c r="H485" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I485" s="1" t="s">
-        <v>2016</v>
+        <v>840</v>
       </c>
       <c r="J485" s="0"/>
       <c r="K485" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L485" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L485" s="0"/>
     </row>
     <row r="486" spans="1:12" customHeight="1" ht="80">
       <c r="A486" s="0"/>
       <c r="B486" s="0" t="s">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="C486" s="0" t="s">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="D486" s="0" t="s">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="E486" s="0" t="s">
-        <v>2004</v>
+        <v>2011</v>
       </c>
       <c r="F486" s="0"/>
       <c r="G486" s="0" t="s">
-        <v>708</v>
+        <v>720</v>
       </c>
       <c r="H486" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I486" s="1" t="s">
-        <v>2009</v>
+        <v>2023</v>
       </c>
       <c r="J486" s="0"/>
       <c r="K486" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L486" s="0">
-        <v>72</v>
+        <v>16</v>
       </c>
     </row>
     <row r="487" spans="1:12" customHeight="1" ht="80">
       <c r="A487" s="0"/>
       <c r="B487" s="0" t="s">
-        <v>221</v>
+        <v>2024</v>
       </c>
       <c r="C487" s="0" t="s">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="D487" s="0" t="s">
-        <v>2021</v>
+        <v>2026</v>
       </c>
       <c r="E487" s="0" t="s">
-        <v>2004</v>
+        <v>2011</v>
       </c>
       <c r="F487" s="0"/>
       <c r="G487" s="0" t="s">
-        <v>708</v>
+        <v>720</v>
       </c>
       <c r="H487" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I487" s="1" t="s">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="J487" s="0"/>
       <c r="K487" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L487" s="0">
-        <v>12</v>
+        <v>72</v>
       </c>
     </row>
     <row r="488" spans="1:12" customHeight="1" ht="80">
       <c r="A488" s="0"/>
       <c r="B488" s="0" t="s">
-        <v>2023</v>
+        <v>230</v>
       </c>
       <c r="C488" s="0" t="s">
-        <v>2024</v>
+        <v>2027</v>
       </c>
       <c r="D488" s="0" t="s">
-        <v>2025</v>
+        <v>2028</v>
       </c>
       <c r="E488" s="0" t="s">
-        <v>2004</v>
+        <v>2011</v>
       </c>
       <c r="F488" s="0"/>
       <c r="G488" s="0" t="s">
-        <v>708</v>
+        <v>720</v>
       </c>
       <c r="H488" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I488" s="1" t="s">
-        <v>2026</v>
+        <v>2029</v>
       </c>
       <c r="J488" s="0"/>
       <c r="K488" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L488" s="0"/>
+      <c r="L488" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="489" spans="1:12" customHeight="1" ht="80">
+      <c r="A489" s="0"/>
       <c r="B489" s="0" t="s">
-        <v>2027</v>
+        <v>2030</v>
       </c>
       <c r="C489" s="0" t="s">
-        <v>2028</v>
+        <v>2031</v>
       </c>
       <c r="D489" s="0" t="s">
-        <v>2029</v>
+        <v>2032</v>
       </c>
       <c r="E489" s="0" t="s">
-        <v>1576</v>
+        <v>2011</v>
       </c>
       <c r="F489" s="0"/>
       <c r="G489" s="0" t="s">
-        <v>1578</v>
+        <v>720</v>
       </c>
       <c r="H489" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I489" s="1" t="s">
-        <v>2030</v>
+        <v>2033</v>
       </c>
       <c r="J489" s="0"/>
       <c r="K489" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L489" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L489" s="0"/>
     </row>
     <row r="490" spans="1:12" customHeight="1" ht="80">
-      <c r="A490" s="0"/>
       <c r="B490" s="0" t="s">
-        <v>2031</v>
+        <v>2034</v>
       </c>
       <c r="C490" s="0" t="s">
-        <v>2032</v>
+        <v>2035</v>
       </c>
       <c r="D490" s="0" t="s">
-        <v>2033</v>
+        <v>2036</v>
       </c>
       <c r="E490" s="0" t="s">
-        <v>1040</v>
-[...3 lines deleted...]
-      </c>
+        <v>1586</v>
+      </c>
+      <c r="F490" s="0"/>
       <c r="G490" s="0" t="s">
-        <v>332</v>
+        <v>1588</v>
       </c>
       <c r="H490" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I490" s="1" t="s">
-        <v>1065</v>
+        <v>2037</v>
       </c>
       <c r="J490" s="0"/>
       <c r="K490" s="0" t="s">
-        <v>856</v>
+        <v>20</v>
       </c>
       <c r="L490" s="0">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="491" spans="1:12" customHeight="1" ht="80">
+      <c r="A491" s="0"/>
       <c r="B491" s="0" t="s">
-        <v>2034</v>
+        <v>2038</v>
       </c>
       <c r="C491" s="0" t="s">
-        <v>2035</v>
+        <v>2039</v>
       </c>
       <c r="D491" s="0" t="s">
-        <v>2036</v>
+        <v>2040</v>
       </c>
       <c r="E491" s="0" t="s">
-        <v>1658</v>
+        <v>1043</v>
       </c>
       <c r="F491" s="0" t="s">
-        <v>2037</v>
+        <v>1261</v>
       </c>
       <c r="G491" s="0" t="s">
-        <v>708</v>
+        <v>343</v>
       </c>
       <c r="H491" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I491" s="1" t="s">
-        <v>2038</v>
+        <v>1068</v>
       </c>
       <c r="J491" s="0"/>
       <c r="K491" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L491" s="0"/>
+        <v>862</v>
+      </c>
+      <c r="L491" s="0">
+        <v>16</v>
+      </c>
     </row>
     <row r="492" spans="1:12" customHeight="1" ht="80">
-      <c r="A492" s="0"/>
       <c r="B492" s="0" t="s">
-        <v>2039</v>
+        <v>2041</v>
       </c>
       <c r="C492" s="0" t="s">
-        <v>2040</v>
-[...2 lines deleted...]
-        <v>24600120</v>
+        <v>2042</v>
+      </c>
+      <c r="D492" s="0" t="s">
+        <v>2043</v>
       </c>
       <c r="E492" s="0" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F492" s="0"/>
+        <v>1669</v>
+      </c>
+      <c r="F492" s="0" t="s">
+        <v>2044</v>
+      </c>
       <c r="G492" s="0" t="s">
-        <v>80</v>
+        <v>720</v>
       </c>
       <c r="H492" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I492" s="1" t="s">
-        <v>2041</v>
+        <v>2045</v>
       </c>
       <c r="J492" s="0"/>
       <c r="K492" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L492" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L492" s="0"/>
     </row>
     <row r="493" spans="1:12" customHeight="1" ht="80">
       <c r="A493" s="0"/>
       <c r="B493" s="0" t="s">
-        <v>2042</v>
+        <v>2046</v>
       </c>
       <c r="C493" s="0" t="s">
-        <v>2043</v>
+        <v>2047</v>
       </c>
       <c r="D493" s="0">
-        <v>4188075</v>
+        <v>24600120</v>
       </c>
       <c r="E493" s="0" t="s">
-        <v>1254</v>
-[...3 lines deleted...]
-      </c>
+        <v>87</v>
+      </c>
+      <c r="F493" s="0"/>
       <c r="G493" s="0" t="s">
-        <v>59</v>
+        <v>88</v>
       </c>
       <c r="H493" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I493" s="1" t="s">
-        <v>2045</v>
+        <v>2048</v>
       </c>
       <c r="J493" s="0"/>
       <c r="K493" s="0" t="s">
-        <v>72</v>
+        <v>2049</v>
       </c>
       <c r="L493" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="494" spans="1:12" customHeight="1" ht="80">
+      <c r="A494" s="0"/>
       <c r="B494" s="0" t="s">
-        <v>2046</v>
+        <v>2050</v>
       </c>
       <c r="C494" s="0" t="s">
-        <v>2047</v>
-[...2 lines deleted...]
-        <v>2048</v>
+        <v>2051</v>
+      </c>
+      <c r="D494" s="0">
+        <v>4188075</v>
       </c>
       <c r="E494" s="0" t="s">
-        <v>1658</v>
+        <v>1256</v>
       </c>
       <c r="F494" s="0" t="s">
-        <v>2037</v>
+        <v>2052</v>
       </c>
       <c r="G494" s="0" t="s">
-        <v>708</v>
+        <v>50</v>
       </c>
       <c r="H494" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I494" s="1" t="s">
-        <v>2038</v>
+        <v>2053</v>
       </c>
       <c r="J494" s="0"/>
       <c r="K494" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L494" s="0"/>
+        <v>64</v>
+      </c>
+      <c r="L494" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="495" spans="1:12" customHeight="1" ht="80">
-      <c r="A495" s="0"/>
       <c r="B495" s="0" t="s">
-        <v>2049</v>
+        <v>2054</v>
       </c>
       <c r="C495" s="0" t="s">
-        <v>2050</v>
+        <v>2055</v>
       </c>
       <c r="D495" s="0" t="s">
-        <v>2051</v>
+        <v>2056</v>
       </c>
       <c r="E495" s="0" t="s">
-        <v>49</v>
+        <v>1669</v>
       </c>
       <c r="F495" s="0" t="s">
-        <v>2052</v>
+        <v>2044</v>
       </c>
       <c r="G495" s="0" t="s">
-        <v>51</v>
+        <v>720</v>
       </c>
       <c r="H495" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I495" s="1" t="s">
-        <v>2053</v>
+        <v>2045</v>
       </c>
       <c r="J495" s="0"/>
       <c r="K495" s="0" t="s">
-        <v>1744</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L495" s="0"/>
     </row>
     <row r="496" spans="1:12" customHeight="1" ht="80">
+      <c r="A496" s="0"/>
       <c r="B496" s="0" t="s">
-        <v>2054</v>
+        <v>2057</v>
       </c>
       <c r="C496" s="0" t="s">
-        <v>2055</v>
+        <v>2058</v>
       </c>
       <c r="D496" s="0" t="s">
-        <v>2056</v>
+        <v>2059</v>
       </c>
       <c r="E496" s="0" t="s">
-        <v>1658</v>
+        <v>60</v>
       </c>
       <c r="F496" s="0" t="s">
-        <v>2037</v>
+        <v>2060</v>
       </c>
       <c r="G496" s="0" t="s">
-        <v>708</v>
+        <v>62</v>
       </c>
       <c r="H496" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I496" s="1" t="s">
-        <v>2038</v>
+        <v>2061</v>
       </c>
       <c r="J496" s="0"/>
       <c r="K496" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L496" s="0"/>
+        <v>862</v>
+      </c>
+      <c r="L496" s="0">
+        <v>8</v>
+      </c>
     </row>
     <row r="497" spans="1:12" customHeight="1" ht="80">
-      <c r="A497" s="0"/>
       <c r="B497" s="0" t="s">
-        <v>2057</v>
+        <v>2062</v>
       </c>
       <c r="C497" s="0" t="s">
-        <v>2058</v>
-[...2 lines deleted...]
-        <v>4251075</v>
+        <v>2063</v>
+      </c>
+      <c r="D497" s="0" t="s">
+        <v>2064</v>
       </c>
       <c r="E497" s="0" t="s">
-        <v>1254</v>
+        <v>1669</v>
       </c>
       <c r="F497" s="0" t="s">
         <v>2044</v>
       </c>
       <c r="G497" s="0" t="s">
-        <v>59</v>
+        <v>720</v>
       </c>
       <c r="H497" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I497" s="1" t="s">
         <v>2045</v>
       </c>
       <c r="J497" s="0"/>
       <c r="K497" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L497" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L497" s="0"/>
     </row>
     <row r="498" spans="1:12" customHeight="1" ht="80">
       <c r="A498" s="0"/>
       <c r="B498" s="0" t="s">
-        <v>2059</v>
+        <v>2065</v>
       </c>
       <c r="C498" s="0" t="s">
-        <v>2060</v>
-[...2 lines deleted...]
-        <v>2061</v>
+        <v>2066</v>
+      </c>
+      <c r="D498" s="0">
+        <v>4251075</v>
       </c>
       <c r="E498" s="0" t="s">
-        <v>2062</v>
+        <v>1256</v>
       </c>
       <c r="F498" s="0" t="s">
-        <v>2063</v>
+        <v>2052</v>
       </c>
       <c r="G498" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H498" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I498" s="1" t="s">
-        <v>2064</v>
+        <v>2053</v>
       </c>
       <c r="J498" s="0"/>
       <c r="K498" s="0" t="s">
-        <v>53</v>
+        <v>64</v>
       </c>
       <c r="L498" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="499" spans="1:12" customHeight="1" ht="80">
       <c r="A499" s="0"/>
       <c r="B499" s="0" t="s">
-        <v>2065</v>
+        <v>2067</v>
       </c>
       <c r="C499" s="0" t="s">
-        <v>2066</v>
+        <v>2068</v>
       </c>
       <c r="D499" s="0" t="s">
-        <v>2067</v>
+        <v>2069</v>
       </c>
       <c r="E499" s="0" t="s">
-        <v>2062</v>
+        <v>2070</v>
       </c>
       <c r="F499" s="0" t="s">
-        <v>2063</v>
+        <v>2071</v>
       </c>
       <c r="G499" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H499" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I499" s="1" t="s">
-        <v>87</v>
+        <v>2072</v>
       </c>
       <c r="J499" s="0"/>
       <c r="K499" s="0" t="s">
-        <v>76</v>
+        <v>64</v>
       </c>
       <c r="L499" s="0">
-        <v>72</v>
+        <v>12</v>
       </c>
     </row>
     <row r="500" spans="1:12" customHeight="1" ht="80">
       <c r="A500" s="0"/>
       <c r="B500" s="0" t="s">
-        <v>2068</v>
+        <v>2073</v>
       </c>
       <c r="C500" s="0" t="s">
-        <v>2069</v>
+        <v>2074</v>
       </c>
       <c r="D500" s="0" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E500" s="0" t="s">
         <v>2070</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="F500" s="0" t="s">
         <v>2071</v>
       </c>
       <c r="G500" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H500" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I500" s="1" t="s">
-        <v>1424</v>
+        <v>95</v>
       </c>
       <c r="J500" s="0"/>
       <c r="K500" s="0" t="s">
+        <v>1870</v>
+      </c>
+      <c r="L500" s="0">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="501" spans="1:12" customHeight="1" ht="80">
       <c r="A501" s="0"/>
       <c r="B501" s="0" t="s">
-        <v>2072</v>
+        <v>2076</v>
       </c>
       <c r="C501" s="0" t="s">
-        <v>2073</v>
+        <v>2077</v>
       </c>
       <c r="D501" s="0" t="s">
-        <v>2074</v>
+        <v>2078</v>
       </c>
       <c r="E501" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="F501" s="0" t="s">
-        <v>2075</v>
+        <v>2079</v>
       </c>
       <c r="G501" s="0" t="s">
-        <v>708</v>
+        <v>50</v>
       </c>
       <c r="H501" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I501" s="1" t="s">
-        <v>2076</v>
+        <v>1430</v>
       </c>
       <c r="J501" s="0"/>
       <c r="K501" s="0" t="s">
-        <v>61</v>
+        <v>28</v>
       </c>
       <c r="L501" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="502" spans="1:12" customHeight="1" ht="80">
       <c r="A502" s="0"/>
       <c r="B502" s="0" t="s">
-        <v>2077</v>
+        <v>2080</v>
       </c>
       <c r="C502" s="0" t="s">
-        <v>2078</v>
+        <v>2081</v>
       </c>
       <c r="D502" s="0" t="s">
-        <v>2079</v>
+        <v>2082</v>
       </c>
       <c r="E502" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="F502" s="0" t="s">
-        <v>2075</v>
+        <v>2083</v>
       </c>
       <c r="G502" s="0" t="s">
-        <v>708</v>
+        <v>720</v>
       </c>
       <c r="H502" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I502" s="1" t="s">
-        <v>1671</v>
+        <v>2084</v>
       </c>
       <c r="J502" s="0"/>
       <c r="K502" s="0" t="s">
-        <v>53</v>
+        <v>71</v>
       </c>
       <c r="L502" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="503" spans="1:12" customHeight="1" ht="80">
       <c r="A503" s="0"/>
       <c r="B503" s="0" t="s">
-        <v>2080</v>
+        <v>2085</v>
       </c>
       <c r="C503" s="0" t="s">
-        <v>2081</v>
+        <v>2086</v>
       </c>
       <c r="D503" s="0" t="s">
-        <v>2082</v>
+        <v>2087</v>
       </c>
       <c r="E503" s="0" t="s">
-        <v>1040</v>
-[...1 lines deleted...]
-      <c r="F503" s="0"/>
+        <v>68</v>
+      </c>
+      <c r="F503" s="0" t="s">
+        <v>2083</v>
+      </c>
       <c r="G503" s="0" t="s">
-        <v>332</v>
+        <v>720</v>
       </c>
       <c r="H503" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I503" s="1" t="s">
-        <v>2083</v>
+        <v>1682</v>
       </c>
       <c r="J503" s="0"/>
       <c r="K503" s="0" t="s">
-        <v>1719</v>
+        <v>64</v>
       </c>
       <c r="L503" s="0">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="504" spans="1:12" customHeight="1" ht="80">
       <c r="A504" s="0"/>
       <c r="B504" s="0" t="s">
-        <v>2084</v>
+        <v>2088</v>
       </c>
       <c r="C504" s="0" t="s">
-        <v>2085</v>
+        <v>2089</v>
       </c>
       <c r="D504" s="0" t="s">
-        <v>2086</v>
+        <v>2090</v>
       </c>
       <c r="E504" s="0" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="F504" s="0"/>
       <c r="G504" s="0" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="H504" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I504" s="1" t="s">
-        <v>19</v>
+        <v>2091</v>
       </c>
       <c r="J504" s="0"/>
       <c r="K504" s="0" t="s">
-        <v>53</v>
+        <v>588</v>
       </c>
       <c r="L504" s="0">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="505" spans="1:12" customHeight="1" ht="80">
+      <c r="A505" s="0"/>
       <c r="B505" s="0" t="s">
-        <v>2087</v>
+        <v>2092</v>
       </c>
       <c r="C505" s="0" t="s">
-        <v>2088</v>
+        <v>2093</v>
       </c>
       <c r="D505" s="0" t="s">
-        <v>2089</v>
+        <v>2094</v>
       </c>
       <c r="E505" s="0" t="s">
-        <v>57</v>
+        <v>1043</v>
       </c>
       <c r="F505" s="0"/>
       <c r="G505" s="0" t="s">
-        <v>59</v>
+        <v>343</v>
       </c>
       <c r="H505" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I505" s="1" t="s">
-        <v>2090</v>
+        <v>19</v>
       </c>
       <c r="J505" s="0"/>
       <c r="K505" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L505" s="0"/>
+        <v>64</v>
+      </c>
+      <c r="L505" s="0">
+        <v>18</v>
+      </c>
     </row>
     <row r="506" spans="1:12" customHeight="1" ht="80">
+      <c r="A506" s="0"/>
       <c r="B506" s="0" t="s">
-        <v>2091</v>
+        <v>2095</v>
       </c>
       <c r="C506" s="0" t="s">
-        <v>2092</v>
+        <v>2096</v>
       </c>
       <c r="D506" s="0" t="s">
-        <v>2093</v>
+        <v>2097</v>
       </c>
       <c r="E506" s="0" t="s">
-        <v>57</v>
-[...3 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="F506" s="0"/>
       <c r="G506" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H506" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I506" s="1" t="s">
-        <v>2076</v>
+        <v>2098</v>
       </c>
       <c r="J506" s="0"/>
       <c r="K506" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L506" s="0"/>
+        <v>71</v>
+      </c>
+      <c r="L506" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="507" spans="1:12" customHeight="1" ht="80">
       <c r="B507" s="0" t="s">
-        <v>2095</v>
+        <v>2099</v>
       </c>
       <c r="C507" s="0" t="s">
-        <v>2096</v>
+        <v>2100</v>
       </c>
       <c r="D507" s="0" t="s">
-        <v>2097</v>
+        <v>2101</v>
       </c>
       <c r="E507" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="F507" s="0" t="s">
-        <v>2094</v>
+        <v>2102</v>
       </c>
       <c r="G507" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H507" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I507" s="1" t="s">
-        <v>2076</v>
+        <v>2084</v>
       </c>
       <c r="J507" s="0"/>
       <c r="K507" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L507" s="0"/>
     </row>
     <row r="508" spans="1:12" customHeight="1" ht="80">
       <c r="B508" s="0" t="s">
-        <v>2098</v>
+        <v>2103</v>
       </c>
       <c r="C508" s="0" t="s">
-        <v>2099</v>
+        <v>2104</v>
       </c>
       <c r="D508" s="0" t="s">
-        <v>2100</v>
+        <v>2105</v>
       </c>
       <c r="E508" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="F508" s="0" t="s">
-        <v>2094</v>
+        <v>2102</v>
       </c>
       <c r="G508" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H508" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I508" s="1" t="s">
-        <v>2101</v>
+        <v>2084</v>
       </c>
       <c r="J508" s="0"/>
       <c r="K508" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L508" s="0"/>
     </row>
     <row r="509" spans="1:12" customHeight="1" ht="80">
       <c r="B509" s="0" t="s">
+        <v>2106</v>
+      </c>
+      <c r="C509" s="0" t="s">
+        <v>2107</v>
+      </c>
+      <c r="D509" s="0" t="s">
+        <v>2108</v>
+      </c>
+      <c r="E509" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="F509" s="0" t="s">
         <v>2102</v>
       </c>
-      <c r="C509" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G509" s="0" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="H509" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I509" s="1" t="s">
-        <v>2076</v>
+        <v>2109</v>
       </c>
       <c r="J509" s="0"/>
       <c r="K509" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L509" s="0"/>
+    </row>
+    <row r="510" spans="1:12" customHeight="1" ht="80">
+      <c r="B510" s="0" t="s">
+        <v>2110</v>
+      </c>
+      <c r="C510" s="0" t="s">
+        <v>2111</v>
+      </c>
+      <c r="D510" s="0" t="s">
+        <v>2112</v>
+      </c>
+      <c r="E510" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="F510" s="0" t="s">
+        <v>2102</v>
+      </c>
+      <c r="G510" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="H510" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I510" s="1" t="s">
+        <v>2084</v>
+      </c>
+      <c r="J510" s="0"/>
+      <c r="K510" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="L510" s="0"/>
+    </row>
+    <row r="511" spans="1:12" customHeight="1" ht="80">
+      <c r="A511" s="0"/>
+      <c r="B511" s="0" t="s">
+        <v>2113</v>
+      </c>
+      <c r="C511" s="0" t="s">
+        <v>2114</v>
+      </c>
+      <c r="D511" s="0">
+        <v>40208</v>
+      </c>
+      <c r="E511" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="F511" s="0" t="s">
+        <v>2115</v>
+      </c>
+      <c r="G511" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="H511" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I511" s="1" t="s">
+        <v>2116</v>
+      </c>
+      <c r="J511" s="0"/>
+      <c r="K511" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="L511" s="0"/>
+    </row>
+    <row r="512" spans="1:12" customHeight="1" ht="80">
+      <c r="A512" s="0"/>
+      <c r="B512" s="0" t="s">
+        <v>2117</v>
+      </c>
+      <c r="C512" s="0" t="s">
+        <v>2118</v>
+      </c>
+      <c r="D512" s="0">
+        <v>40204</v>
+      </c>
+      <c r="E512" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="F512" s="0" t="s">
+        <v>2115</v>
+      </c>
+      <c r="G512" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="H512" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I512" s="1" t="s">
+        <v>2119</v>
+      </c>
+      <c r="J512" s="0"/>
+      <c r="K512" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="L512" s="0"/>
+    </row>
+    <row r="513" spans="1:12" customHeight="1" ht="80">
+      <c r="A513" s="0"/>
+      <c r="B513" s="0" t="s">
+        <v>2120</v>
+      </c>
+      <c r="C513" s="0" t="s">
+        <v>2121</v>
+      </c>
+      <c r="D513" s="0">
+        <v>7470</v>
+      </c>
+      <c r="E513" s="0" t="s">
+        <v>2122</v>
+      </c>
+      <c r="F513" s="0" t="s">
+        <v>2123</v>
+      </c>
+      <c r="G513" s="0" t="s">
+        <v>2124</v>
+      </c>
+      <c r="H513" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I513" s="1" t="s">
+        <v>2125</v>
+      </c>
+      <c r="J513" s="0"/>
+      <c r="K513" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="L513" s="0"/>
+    </row>
+    <row r="514" spans="1:12" customHeight="1" ht="80">
+      <c r="B514" s="0" t="s">
+        <v>2126</v>
+      </c>
+      <c r="C514" s="0" t="s">
+        <v>2127</v>
+      </c>
+      <c r="D514" s="0" t="s">
+        <v>2128</v>
+      </c>
+      <c r="E514" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="F514" s="0" t="s">
+        <v>2129</v>
+      </c>
+      <c r="G514" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="H514" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I514" s="1" t="s">
+        <v>2130</v>
+      </c>
+      <c r="J514" s="0"/>
+      <c r="K514" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="L514" s="0"/>
+    </row>
+    <row r="515" spans="1:12" customHeight="1" ht="80">
+      <c r="B515" s="0" t="s">
+        <v>2131</v>
+      </c>
+      <c r="C515" s="0" t="s">
+        <v>2132</v>
+      </c>
+      <c r="D515" s="0" t="s">
+        <v>2133</v>
+      </c>
+      <c r="E515" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="F515" s="0" t="s">
+        <v>2134</v>
+      </c>
+      <c r="G515" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="H515" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I515" s="1" t="s">
+        <v>2135</v>
+      </c>
+      <c r="J515" s="0"/>
+      <c r="K515" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="L515" s="0"/>
+    </row>
+    <row r="516" spans="1:12" customHeight="1" ht="80">
+      <c r="B516" s="0" t="s">
+        <v>2136</v>
+      </c>
+      <c r="C516" s="0" t="s">
+        <v>2137</v>
+      </c>
+      <c r="D516" s="0" t="s">
+        <v>2138</v>
+      </c>
+      <c r="E516" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="F516" s="0" t="s">
+        <v>2129</v>
+      </c>
+      <c r="G516" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="H516" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I516" s="1" t="s">
+        <v>2139</v>
+      </c>
+      <c r="J516" s="0"/>
+      <c r="K516" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="L516" s="0"/>
+    </row>
+    <row r="517" spans="1:12" customHeight="1" ht="80">
+      <c r="B517" s="0" t="s">
+        <v>2140</v>
+      </c>
+      <c r="C517" s="0" t="s">
+        <v>2141</v>
+      </c>
+      <c r="D517" s="0" t="s">
+        <v>2142</v>
+      </c>
+      <c r="E517" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="F517" s="0" t="s">
+        <v>2129</v>
+      </c>
+      <c r="G517" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="H517" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I517" s="1" t="s">
+        <v>2135</v>
+      </c>
+      <c r="J517" s="0"/>
+      <c r="K517" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="L517" s="0"/>
+    </row>
+    <row r="518" spans="1:12" customHeight="1" ht="80">
+      <c r="B518" s="0" t="s">
+        <v>2143</v>
+      </c>
+      <c r="C518" s="0" t="s">
+        <v>2144</v>
+      </c>
+      <c r="D518" s="0" t="s">
+        <v>2145</v>
+      </c>
+      <c r="E518" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="F518" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="G518" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="H518" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I518" s="1" t="s">
+        <v>2146</v>
+      </c>
+      <c r="J518" s="0"/>
+      <c r="K518" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="L518" s="0"/>
+    </row>
+    <row r="519" spans="1:12" customHeight="1" ht="80">
+      <c r="B519" s="0" t="s">
+        <v>2147</v>
+      </c>
+      <c r="C519" s="0" t="s">
+        <v>2148</v>
+      </c>
+      <c r="D519" s="0" t="s">
+        <v>2149</v>
+      </c>
+      <c r="E519" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="F519" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="G519" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="H519" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I519" s="1" t="s">
+        <v>2150</v>
+      </c>
+      <c r="J519" s="0"/>
+      <c r="K519" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="L519" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -38513,50 +38994,60 @@
     <hyperlink ref="B485" r:id="rId_hyperlink_484"/>
     <hyperlink ref="B486" r:id="rId_hyperlink_485"/>
     <hyperlink ref="B487" r:id="rId_hyperlink_486"/>
     <hyperlink ref="B488" r:id="rId_hyperlink_487"/>
     <hyperlink ref="B489" r:id="rId_hyperlink_488"/>
     <hyperlink ref="B490" r:id="rId_hyperlink_489"/>
     <hyperlink ref="B491" r:id="rId_hyperlink_490"/>
     <hyperlink ref="B492" r:id="rId_hyperlink_491"/>
     <hyperlink ref="B493" r:id="rId_hyperlink_492"/>
     <hyperlink ref="B494" r:id="rId_hyperlink_493"/>
     <hyperlink ref="B495" r:id="rId_hyperlink_494"/>
     <hyperlink ref="B496" r:id="rId_hyperlink_495"/>
     <hyperlink ref="B497" r:id="rId_hyperlink_496"/>
     <hyperlink ref="B498" r:id="rId_hyperlink_497"/>
     <hyperlink ref="B499" r:id="rId_hyperlink_498"/>
     <hyperlink ref="B500" r:id="rId_hyperlink_499"/>
     <hyperlink ref="B501" r:id="rId_hyperlink_500"/>
     <hyperlink ref="B502" r:id="rId_hyperlink_501"/>
     <hyperlink ref="B503" r:id="rId_hyperlink_502"/>
     <hyperlink ref="B504" r:id="rId_hyperlink_503"/>
     <hyperlink ref="B505" r:id="rId_hyperlink_504"/>
     <hyperlink ref="B506" r:id="rId_hyperlink_505"/>
     <hyperlink ref="B507" r:id="rId_hyperlink_506"/>
     <hyperlink ref="B508" r:id="rId_hyperlink_507"/>
     <hyperlink ref="B509" r:id="rId_hyperlink_508"/>
+    <hyperlink ref="B510" r:id="rId_hyperlink_509"/>
+    <hyperlink ref="B511" r:id="rId_hyperlink_510"/>
+    <hyperlink ref="B512" r:id="rId_hyperlink_511"/>
+    <hyperlink ref="B513" r:id="rId_hyperlink_512"/>
+    <hyperlink ref="B514" r:id="rId_hyperlink_513"/>
+    <hyperlink ref="B515" r:id="rId_hyperlink_514"/>
+    <hyperlink ref="B516" r:id="rId_hyperlink_515"/>
+    <hyperlink ref="B517" r:id="rId_hyperlink_516"/>
+    <hyperlink ref="B518" r:id="rId_hyperlink_517"/>
+    <hyperlink ref="B519" r:id="rId_hyperlink_518"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>