--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="981">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="993">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -179,1793 +179,1805 @@
   <si>
     <t>Collage</t>
   </si>
   <si>
     <t>966.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Блюдце для бульонной чашки «Кантри Стайл» для TRY1146;фарфор;D=17см;коричнев.</t>
   </si>
   <si>
     <t>03022955</t>
   </si>
   <si>
     <t>TRY9603</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>3404.00₸</t>
   </si>
   <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
     <t>Блюдце для бульонной чашки «Пастораль» для P6136515-S-SH113;фарфор;D=15,5см;оранжев.</t>
   </si>
   <si>
     <t>03024223</t>
   </si>
   <si>
     <t>P6136515-D-SH113</t>
   </si>
   <si>
     <t>Pastoral</t>
   </si>
   <si>
     <t>2688.00₸</t>
   </si>
   <si>
     <t>Блюдце для бульонной чашки «Пастораль» для P6136515-S-SH116;фарфор;D=15,5см;серый</t>
   </si>
   <si>
     <t>03024224</t>
   </si>
   <si>
     <t>P6136515-D-SH116</t>
   </si>
   <si>
     <t>2471.00₸</t>
   </si>
   <si>
     <t>Блюдце для бульонной чашки «Пастораль» для P6136515-S-SH115;фарфор;D=15,5см;зелен.</t>
   </si>
   <si>
     <t>03024240</t>
   </si>
   <si>
     <t>P6136515-D-SH115</t>
   </si>
   <si>
     <t>2394.00₸</t>
   </si>
   <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Сахара»;стекло;310мл;D=100,H=55,L=150мм;бежев.,песочн.</t>
+  </si>
+  <si>
+    <t>03120201</t>
+  </si>
+  <si>
+    <t>Arcoroc</t>
+  </si>
+  <si>
+    <t>Sahara</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>Чаши бульонные</t>
+  </si>
+  <si>
+    <t>2877.00₸</t>
+  </si>
+  <si>
+    <t>22 шт.</t>
+  </si>
+  <si>
     <t>Чашка бульонная «Каррарэ»;стекло;320мл;D=100,H=55,L=150мм;бежев.,песочн.</t>
   </si>
   <si>
     <t>03120202</t>
   </si>
   <si>
-    <t>Arcoroc</t>
-[...1 lines deleted...]
-  <si>
     <t>Carrare</t>
   </si>
   <si>
-    <t>ФРАНЦИЯ</t>
-[...4 lines deleted...]
-  <si>
     <t>2562.00₸</t>
   </si>
   <si>
     <t>Чашка бульонная «Рисепшн»;стекло;320мл;D=10,H=5,L=15см;слон.кость,серый</t>
   </si>
   <si>
     <t>03120203</t>
   </si>
   <si>
     <t>Reception</t>
   </si>
   <si>
     <t>2828.00₸</t>
   </si>
   <si>
     <t>Чашка бульонная «Ресторан»;стекло;310мл;D=100,H=55,L=136мм;белый</t>
   </si>
   <si>
     <t>03120204</t>
   </si>
   <si>
     <t>Restaurant</t>
   </si>
   <si>
-    <t>3437.00₸</t>
+    <t>3402.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Ресторан»;стекло;0,5л;D=12,H=6,L=16см;белый</t>
+  </si>
+  <si>
+    <t>03120205</t>
+  </si>
+  <si>
+    <t>2079.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Трианон»;стекло;300мл;D=10,H=6,L=14см;белый</t>
+  </si>
+  <si>
+    <t>03120207</t>
+  </si>
+  <si>
+    <t>D6879/14661</t>
+  </si>
+  <si>
+    <t>Trianon</t>
+  </si>
+  <si>
+    <t>2870.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Симплисити Вайт»;фарфор;285мл;D=105,H=60,L=110мм;белый</t>
+  </si>
+  <si>
+    <t>03120209</t>
+  </si>
+  <si>
+    <t>1101 0119</t>
+  </si>
+  <si>
+    <t>Steelite</t>
+  </si>
+  <si>
+    <t>Simpl White</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
+  </si>
+  <si>
+    <t>5698.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Симплисити Вайт»;фарфор;285мл;D=110,H=60,L=145мм;белый</t>
+  </si>
+  <si>
+    <t>03120210</t>
+  </si>
+  <si>
+    <t>1101 0115</t>
+  </si>
+  <si>
+    <t>7631.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Симплисити Вайт»;фарфор;285мл;D=11,H=6см;белый</t>
+  </si>
+  <si>
+    <t>03120211</t>
+  </si>
+  <si>
+    <t>1101 0121</t>
+  </si>
+  <si>
+    <t>5668.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Портофино»;фарфор;360мл;D=105,H=70мм;белый</t>
+  </si>
+  <si>
+    <t>03120218</t>
+  </si>
+  <si>
+    <t>PF004100000</t>
+  </si>
+  <si>
+    <t>Portofino</t>
+  </si>
+  <si>
+    <t>5684.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Айвори»;стекло;310мл;D=100,H=55,L=150мм;слон.кость</t>
+  </si>
+  <si>
+    <t>03120234</t>
+  </si>
+  <si>
+    <t>Ivory</t>
+  </si>
+  <si>
+    <t>1771.00₸</t>
+  </si>
+  <si>
+    <t>Мисосупница «Кунстверк»;фарфор;420мл;D=15,H=11,5см;белый</t>
+  </si>
+  <si>
+    <t>03120236</t>
+  </si>
+  <si>
+    <t>A0109</t>
+  </si>
+  <si>
+    <t>Мисосупницы</t>
+  </si>
+  <si>
+    <t>3045.00₸</t>
+  </si>
+  <si>
+    <t>Мисосупница «Кунстверк»;фарфор;420мл;D=15,H=11,5см;черный</t>
+  </si>
+  <si>
+    <t>03120237</t>
+  </si>
+  <si>
+    <t>A0109W13</t>
+  </si>
+  <si>
+    <t>4214.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Кунстверк»;фарфор;245мл;D=8,H=10,L=14см;белый</t>
+  </si>
+  <si>
+    <t>03120240</t>
+  </si>
+  <si>
+    <t>A0654</t>
+  </si>
+  <si>
+    <t>2632.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Лион»;фарфор;435мл;D=11,H=15,L=15,5см;белый</t>
+  </si>
+  <si>
+    <t>03120241</t>
+  </si>
+  <si>
+    <t>A3516</t>
+  </si>
+  <si>
+    <t>5026.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Лион»;фарфор;400мл;D=100,H=95,B=120мм;белый</t>
+  </si>
+  <si>
+    <t>03120242</t>
+  </si>
+  <si>
+    <t>A0680</t>
+  </si>
+  <si>
+    <t>4648.00₸</t>
+  </si>
+  <si>
+    <t>Мисосупница;пластик;350мл;D=115,H=95мм;черный,красный</t>
+  </si>
+  <si>
+    <t>03120243</t>
+  </si>
+  <si>
+    <t>19AB-0014-1</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Мисосупница с крышкой;пластик;350мл;D=10,5,H=10,5см;черный,красный</t>
+  </si>
+  <si>
+    <t>03120244</t>
+  </si>
+  <si>
+    <t>19AB-0006</t>
+  </si>
+  <si>
+    <t>2107.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Симплисити Вайт»;фарфор;475мл;D=115,H=80мм;белый</t>
+  </si>
+  <si>
+    <t>03120245</t>
+  </si>
+  <si>
+    <t>1101 0182</t>
+  </si>
+  <si>
+    <t>5929.00₸</t>
+  </si>
+  <si>
+    <t>Мисосупница;пластик;400мл;D=15см</t>
+  </si>
+  <si>
+    <t>03120247</t>
+  </si>
+  <si>
+    <t>6046/BR</t>
+  </si>
+  <si>
+    <t>KYOTO</t>
+  </si>
+  <si>
+    <t>3048.00₸</t>
+  </si>
+  <si>
+    <t>Мисосупница;пластик;320мл;D=95,H=105мм;черный,красный</t>
+  </si>
+  <si>
+    <t>03120248</t>
+  </si>
+  <si>
+    <t>16SJ055/19-0050-</t>
+  </si>
+  <si>
+    <t>1799.00₸</t>
+  </si>
+  <si>
+    <t>Мисосупница;дерево;200мл;D=95,H=105мм;черный</t>
+  </si>
+  <si>
+    <t>03120249</t>
+  </si>
+  <si>
+    <t>19-0050-B-2</t>
+  </si>
+  <si>
+    <t>6615.00₸</t>
+  </si>
+  <si>
+    <t>Мисосупница;пластик;300мл;D=115,H=60мм;черный,красный</t>
+  </si>
+  <si>
+    <t>03120250</t>
+  </si>
+  <si>
+    <t>19-0092/DIA12</t>
+  </si>
+  <si>
+    <t>2352.00₸</t>
+  </si>
+  <si>
+    <t>Мисосупница;пластик;0,55л;D=135,H=80мм;черный,красный</t>
+  </si>
+  <si>
+    <t>03120251</t>
+  </si>
+  <si>
+    <t>19-0086-1</t>
+  </si>
+  <si>
+    <t>2401.00₸</t>
+  </si>
+  <si>
+    <t>Мисосупница;дерево;450мл;D=125,H=80мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03120252</t>
+  </si>
+  <si>
+    <t>G15-SZ001/19-006</t>
+  </si>
+  <si>
+    <t>8813.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Монако Вайт»;фарфор;280мл;D=100,H=55мм;белый</t>
+  </si>
+  <si>
+    <t>03120254</t>
+  </si>
+  <si>
+    <t>9001 C312</t>
+  </si>
+  <si>
+    <t>Monaco White</t>
+  </si>
+  <si>
+    <t>5675.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Антуанетт»;фарфор;300мл;D=10,H=4см;белый,олив.</t>
+  </si>
+  <si>
+    <t>03120263</t>
+  </si>
+  <si>
+    <t>9019 C312</t>
+  </si>
+  <si>
+    <t>Antoinette</t>
+  </si>
+  <si>
+    <t>13445.00₸</t>
+  </si>
+  <si>
+    <t>Мисосупница;дерево;300мл;D=110,H=68мм;черный,красный</t>
+  </si>
+  <si>
+    <t>03120265</t>
+  </si>
+  <si>
+    <t>19-0086-2</t>
+  </si>
+  <si>
+    <t>2177.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Увертюра»;фарфор;340мл;D=11,H=6см;белый</t>
+  </si>
+  <si>
+    <t>03120266</t>
+  </si>
+  <si>
+    <t>OV018360000</t>
+  </si>
+  <si>
+    <t>5337.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Террамеса Вит» без крышки;фарфор;450мл;D=12,H=6см;бежев.</t>
+  </si>
+  <si>
+    <t>03120267</t>
+  </si>
+  <si>
+    <t>1120 B828</t>
+  </si>
+  <si>
+    <t>Terramesa</t>
+  </si>
+  <si>
+    <t>11635.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Лион»;фарфор;350мл;белый</t>
+  </si>
+  <si>
+    <t>03120270</t>
+  </si>
+  <si>
+    <t>Revol</t>
+  </si>
+  <si>
+    <t>Lion</t>
+  </si>
+  <si>
+    <t>31170.00₸</t>
+  </si>
+  <si>
+    <t>Мисосупница «Бамбук» с крышкой;пластик;400мл</t>
+  </si>
+  <si>
+    <t>03120271</t>
+  </si>
+  <si>
+    <t>71047112/6046</t>
+  </si>
+  <si>
+    <t>897.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Крафт Браун» без крышки;фарфор;450мл;D=12,H=6см;коричнев.</t>
+  </si>
+  <si>
+    <t>03120274</t>
+  </si>
+  <si>
+    <t>1132 B828</t>
+  </si>
+  <si>
+    <t>Craft Brown</t>
+  </si>
+  <si>
+    <t>17734.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Крафт Терракота» без крышки;фарфор;450мл;D=12,H=6см;терракот</t>
+  </si>
+  <si>
+    <t>03120279</t>
+  </si>
+  <si>
+    <t>1133 B828</t>
+  </si>
+  <si>
+    <t>Craft Terracotta</t>
+  </si>
+  <si>
+    <t>18773.00₸</t>
+  </si>
+  <si>
+    <t>21 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для бульонной чашки «Крафт Терракота» 1133 B828;фарфор;D=13см;терракот</t>
+  </si>
+  <si>
+    <t>03120280</t>
+  </si>
+  <si>
+    <t>1133 0829</t>
+  </si>
+  <si>
+    <t>Крышки для бульонных чашек</t>
+  </si>
+  <si>
+    <t>8224.00₸</t>
+  </si>
+  <si>
+    <t>26 шт.</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Лион»;фарфор;250мл;D=10,H=8см;белый</t>
+  </si>
+  <si>
+    <t>03120282</t>
+  </si>
+  <si>
+    <t>11820.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Хани» без крышки с ручками;фарфор;450мл;D=12,H=6см;бежев.</t>
+  </si>
+  <si>
+    <t>03120284</t>
+  </si>
+  <si>
+    <t>1543/1393 B828</t>
+  </si>
+  <si>
+    <t>Honey Nat</t>
+  </si>
+  <si>
+    <t>11843.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная с ручкой;фарфор;400мл;D=12,H=6,L=14см;белый</t>
+  </si>
+  <si>
+    <t>03120285</t>
+  </si>
+  <si>
+    <t>03738</t>
+  </si>
+  <si>
+    <t>Дулево</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>1571.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для бульонной чашки «Террамеса Вит» 1120 B828;фарфор;D=13см;бежев.</t>
+  </si>
+  <si>
+    <t>03120287</t>
+  </si>
+  <si>
+    <t>1120 0829</t>
+  </si>
+  <si>
+    <t>6430.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная;стекло;0,56л;D=13,H=7см;прозр.</t>
+  </si>
+  <si>
+    <t>03120288</t>
+  </si>
+  <si>
+    <t>H9944/J2854</t>
+  </si>
+  <si>
+    <t>756.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная;фарфор;450мл;D=10,5см;белый</t>
+  </si>
+  <si>
+    <t>03120289</t>
+  </si>
+  <si>
+    <t>26958.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная;керамика;450мл;D=97,H=73мм;черный,красный</t>
+  </si>
+  <si>
+    <t>03120290</t>
+  </si>
+  <si>
+    <t>21876.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная;керамика;450мл;D=103,H=73мм;черный</t>
+  </si>
+  <si>
+    <t>03120291</t>
+  </si>
+  <si>
+    <t>31147.00₸</t>
+  </si>
+  <si>
+    <t>20 шт.</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Лагуна»;фарфор;285мл;D=105,H=60мм;белый,зелен.</t>
+  </si>
+  <si>
+    <t>03120293</t>
+  </si>
+  <si>
+    <t>1315 0119</t>
+  </si>
+  <si>
+    <t>Laguna</t>
+  </si>
+  <si>
+    <t>7970.00₸</t>
+  </si>
+  <si>
+    <t>Бульонная пара;фарфор;400мл;D=17,H=7см;белый</t>
+  </si>
+  <si>
+    <t>03120302</t>
+  </si>
+  <si>
+    <t>02443</t>
+  </si>
+  <si>
+    <t>1941.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Прага»;фарфор;330мл;D=10,H=6,L=14,B=10см;белый</t>
+  </si>
+  <si>
+    <t>03120304</t>
+  </si>
+  <si>
+    <t>PRA1133</t>
+  </si>
+  <si>
+    <t>Praha</t>
+  </si>
+  <si>
+    <t>5267.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Прага»;фарфор;460мл;D=120,H=65,L=170,B=120мм;белый</t>
+  </si>
+  <si>
+    <t>03120305</t>
+  </si>
+  <si>
+    <t>PRA1146</t>
+  </si>
+  <si>
+    <t>6006.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Лео»;фарфор;120мл;D=70,H=60,L=95мм;белый</t>
+  </si>
+  <si>
+    <t>03120306</t>
+  </si>
+  <si>
+    <t>0067</t>
+  </si>
+  <si>
+    <t>Leo</t>
+  </si>
+  <si>
+    <t>3296.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Кашуб-хел»;фарфор;300мл;D=11,H=5,L=16см;белый</t>
+  </si>
+  <si>
+    <t>03120308</t>
+  </si>
+  <si>
+    <t>0617</t>
+  </si>
+  <si>
+    <t>Kaszub-Hel</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Аркадия»;фарфор;220мл;D=90,H=60,L=145мм;белый</t>
+  </si>
+  <si>
+    <t>03120309</t>
+  </si>
+  <si>
+    <t>0521</t>
+  </si>
+  <si>
+    <t>Arcadia</t>
+  </si>
+  <si>
+    <t>1902.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Аркадия»;фарфор;320мл;D=100,H=55,B=140мм;белый</t>
+  </si>
+  <si>
+    <t>03120310</t>
+  </si>
+  <si>
+    <t>0517</t>
+  </si>
+  <si>
+    <t>4443.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Кашуб-хел»;фарфор;300мл;D=115,H=60,B=140мм;белый</t>
+  </si>
+  <si>
+    <t>03120311</t>
+  </si>
+  <si>
+    <t>0616</t>
+  </si>
+  <si>
+    <t>3127.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Аркадия»;фарфор;300мл;D=10,H=6,L=13см;белый</t>
+  </si>
+  <si>
+    <t>03120312</t>
+  </si>
+  <si>
+    <t>0516</t>
+  </si>
+  <si>
+    <t>4436.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Лео»;фарфор;0,58л;D=12,H=10,3,L=15,5см;белый</t>
+  </si>
+  <si>
+    <t>03120313</t>
+  </si>
+  <si>
+    <t>0068</t>
+  </si>
+  <si>
+    <t>11443.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Портофино»;фарфор;360мл;D=105,H=70,L=115мм;белый</t>
+  </si>
+  <si>
+    <t>03120314</t>
+  </si>
+  <si>
+    <t>PF018360000</t>
+  </si>
+  <si>
+    <t>6181.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «В.Виена»;фарфор;300мл;D=100,H=65,L=160мм;белый</t>
+  </si>
+  <si>
+    <t>03120315</t>
+  </si>
+  <si>
+    <t>VW018300000</t>
+  </si>
+  <si>
+    <t>Wienna</t>
+  </si>
+  <si>
+    <t>8470.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Виктория-отель»;фарфор;320мл;D=104,H=57,L=157мм;белый</t>
+  </si>
+  <si>
+    <t>03120320</t>
+  </si>
+  <si>
+    <t>Victoria-hot</t>
+  </si>
+  <si>
+    <t>2919.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Мелодия»;фарфор;300мл;,H=60,L=150,B=101мм;белый</t>
+  </si>
+  <si>
+    <t>03120324</t>
+  </si>
+  <si>
+    <t>MEL1132</t>
+  </si>
+  <si>
+    <t>Melodie</t>
+  </si>
+  <si>
+    <t>6538.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Мелодия»;фарфор;320мл;,H=60,L=125,B=103мм;белый</t>
+  </si>
+  <si>
+    <t>03120325</t>
+  </si>
+  <si>
+    <t>MEL0232</t>
+  </si>
+  <si>
+    <t>3211.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Чино»;фарфор;285мл;D=11,H=6см;белый,бежев.</t>
+  </si>
+  <si>
+    <t>03120330</t>
+  </si>
+  <si>
+    <t>1106 0121</t>
+  </si>
+  <si>
+    <t>Cino</t>
+  </si>
+  <si>
+    <t>7377.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Пепперкорн»;фарфор;285мл;D=12,H=6см;коричнев.,бежев.</t>
+  </si>
+  <si>
+    <t>03120331</t>
+  </si>
+  <si>
+    <t>1542 A121</t>
+  </si>
+  <si>
+    <t>Peppercorn</t>
+  </si>
+  <si>
+    <t>5129.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Паприка»;фарфор;285мл;D=12,H=6см;оранжев.,бежев.</t>
+  </si>
+  <si>
+    <t>03120332</t>
+  </si>
+  <si>
+    <t>1540 A121</t>
+  </si>
+  <si>
+    <t>Paprika Nat</t>
+  </si>
+  <si>
+    <t>5144.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Акапулько»;фарфор;300мл;D=105,H=60мм;белый</t>
+  </si>
+  <si>
+    <t>03120335</t>
+  </si>
+  <si>
+    <t>AC018300000</t>
+  </si>
+  <si>
+    <t>Acapulco</t>
+  </si>
+  <si>
+    <t>8032.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Чино»;фарфор;285мл;D=105,H=60,L=165мм;белый,бежев.</t>
+  </si>
+  <si>
+    <t>03120336</t>
+  </si>
+  <si>
+    <t>1106 0119</t>
+  </si>
+  <si>
+    <t>7192.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Монако Вайт»;фарфор;285мл;D=10,H=4см;белый</t>
+  </si>
+  <si>
+    <t>03120351</t>
+  </si>
+  <si>
+    <t>9001 C311</t>
+  </si>
+  <si>
+    <t>10241.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Нестор»;фарфор;300мл;D=105,H=50,L=145мм;белый</t>
+  </si>
+  <si>
+    <t>03120353</t>
+  </si>
+  <si>
+    <t>Nestor</t>
+  </si>
+  <si>
+    <t>1979.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Спайро»;фарфор;285мл;D=10,H=4см;белый</t>
+  </si>
+  <si>
+    <t>03120354</t>
+  </si>
+  <si>
+    <t>9032 C735</t>
+  </si>
+  <si>
+    <t>Spyro</t>
+  </si>
+  <si>
+    <t>12197.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Атлантис»;фарфор;250мл;D=105,H=58,L=155,B=105мм;белый</t>
+  </si>
+  <si>
+    <t>03120360</t>
+  </si>
+  <si>
+    <t>ATL1125</t>
+  </si>
+  <si>
+    <t>Lilien Austria</t>
+  </si>
+  <si>
+    <t>Atlantis</t>
+  </si>
+  <si>
+    <t>АВСТРИЯ</t>
+  </si>
+  <si>
+    <t>5506.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Эвита»;фарфор;280мл;D=95,H=65мм;белый</t>
+  </si>
+  <si>
+    <t>03120361</t>
+  </si>
+  <si>
+    <t>EVI1128</t>
+  </si>
+  <si>
+    <t>Evita</t>
+  </si>
+  <si>
+    <t>3019.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Пати»;фарфор;450мл;D=10,H=10,L=16см;белый</t>
+  </si>
+  <si>
+    <t>03120366</t>
+  </si>
+  <si>
+    <t>PY068060000</t>
+  </si>
+  <si>
+    <t>Party</t>
+  </si>
+  <si>
+    <t>6216.00₸</t>
+  </si>
+  <si>
+    <t>33 шт.</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Афродита»;фарфор;300мл;D=100,H=55,L=145мм;белый,золотой</t>
+  </si>
+  <si>
+    <t>03120368</t>
+  </si>
+  <si>
+    <t>2616-gold</t>
+  </si>
+  <si>
+    <t>Afrodyta</t>
+  </si>
+  <si>
+    <t>4120.00₸</t>
+  </si>
+  <si>
+    <t>40 шт.</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Лион»;фарфор;450мл;D=11,H=10,5,B=15см;черный</t>
+  </si>
+  <si>
+    <t>03120373</t>
+  </si>
+  <si>
+    <t>9764.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Кунстверк»;фарфор;300мл;D=110,H=55,L=145мм;белый</t>
+  </si>
+  <si>
+    <t>03120374</t>
+  </si>
+  <si>
+    <t>A1730</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Симплисити Вайт» с крышкой;фарфор;450мл;D=12,H=6,L=17см;белый</t>
+  </si>
+  <si>
+    <t>03120375</t>
+  </si>
+  <si>
+    <t>1101 0828</t>
+  </si>
+  <si>
+    <t>14253.00₸</t>
+  </si>
+  <si>
+    <t>Мисосупница «Кунстверк»;фарфор;300мл;D=125,H=95мм;белый</t>
+  </si>
+  <si>
+    <t>03120376</t>
+  </si>
+  <si>
+    <t>A4001</t>
+  </si>
+  <si>
+    <t>3066.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Кунстверк»;фарфор;260мл;D=100,H=45мм;белый</t>
+  </si>
+  <si>
+    <t>03120377</t>
+  </si>
+  <si>
+    <t>A0713</t>
+  </si>
+  <si>
+    <t>1694.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Кунстверк»;фарфор;400мл;D=123,H=55,L=173мм;белый</t>
+  </si>
+  <si>
+    <t>03120378</t>
+  </si>
+  <si>
+    <t>A7589</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Джейд»;кост.фарф.;350мл;белый</t>
+  </si>
+  <si>
+    <t>03120379</t>
+  </si>
+  <si>
+    <t>61040-800001-10422</t>
+  </si>
+  <si>
+    <t>Rosenthal</t>
+  </si>
+  <si>
+    <t>Jade</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>13822.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Террамеса Мокка» без крышки;фарфор;450мл;D=12,H=6см;тем.корич.</t>
+  </si>
+  <si>
+    <t>03120381</t>
+  </si>
+  <si>
+    <t>1123 B828</t>
+  </si>
+  <si>
+    <t>20367.00₸</t>
+  </si>
+  <si>
+    <t>Мисосупница «Кунстверк»;фарфор;300мл;D=125,H=95мм;черный</t>
+  </si>
+  <si>
+    <t>03120382</t>
+  </si>
+  <si>
+    <t>A4001W13</t>
+  </si>
+  <si>
+    <t>3612.00₸</t>
+  </si>
+  <si>
+    <t>Мисосупница «Кунстверк»;фарфор;400мл;D=13,5,H=11,5см;белый</t>
+  </si>
+  <si>
+    <t>03120384</t>
+  </si>
+  <si>
+    <t>A5884</t>
+  </si>
+  <si>
+    <t>2744.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Кларет»;фарфор;280мл;D=105,H=52мм;бежев.,бордо</t>
+  </si>
+  <si>
+    <t>03120385</t>
+  </si>
+  <si>
+    <t>1503 A115</t>
+  </si>
+  <si>
+    <t>Ivory Claret</t>
+  </si>
+  <si>
+    <t>6384.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Органикс»;фарфор;265мл;D=98,H=70мм;белый</t>
+  </si>
+  <si>
+    <t>03120386</t>
+  </si>
+  <si>
+    <t>9002 C681</t>
+  </si>
+  <si>
+    <t>Organics</t>
+  </si>
+  <si>
+    <t>4620.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Спайро»;фарфор;285мл;D=100,H=45мм;белый</t>
+  </si>
+  <si>
+    <t>03120387</t>
+  </si>
+  <si>
+    <t>9032 C990</t>
+  </si>
+  <si>
+    <t>8725.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Блэк Лайн»;фарфор;285мл;D=11,H=6см;белый,черный</t>
+  </si>
+  <si>
+    <t>03120388</t>
+  </si>
+  <si>
+    <t>1135 0115</t>
+  </si>
+  <si>
+    <t>Black Line</t>
+  </si>
+  <si>
+    <t>6877.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Меркури»;фарфор;325мл;D=105,H=60,B=150мм;белый</t>
+  </si>
+  <si>
+    <t>03120389</t>
+  </si>
+  <si>
+    <t>0716</t>
+  </si>
+  <si>
+    <t>Merkury</t>
+  </si>
+  <si>
+    <t>5059.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Афродита»;фарфор;300мл;D=100,H=55,L=145мм;белый</t>
+  </si>
+  <si>
+    <t>03120390</t>
+  </si>
+  <si>
+    <t>2616-white</t>
+  </si>
+  <si>
+    <t>3104.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Тэйст вайт»;фарфор;0,6л;D=112,H=90мм;белый</t>
+  </si>
+  <si>
+    <t>03120391</t>
+  </si>
+  <si>
+    <t>1107 0558</t>
+  </si>
+  <si>
+    <t>Taste White</t>
+  </si>
+  <si>
+    <t>3589.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Лион» для комплимента;фарфор;50мл;D=55,H=45,L=70мм;белый</t>
+  </si>
+  <si>
+    <t>03120392</t>
+  </si>
+  <si>
+    <t>6646.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Айвори»;фарфор;280мл;D=10,H=4,L=14см;слон.кость</t>
+  </si>
+  <si>
+    <t>03120395</t>
+  </si>
+  <si>
+    <t>1500 A119</t>
+  </si>
+  <si>
+    <t>5252.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Айвори Монте Карло»;фарфор;285мл;D=11,H=6см;слон.кость</t>
+  </si>
+  <si>
+    <t>03120396</t>
+  </si>
+  <si>
+    <t>1600 A121</t>
+  </si>
+  <si>
+    <t>Ivory Monte Carlo</t>
+  </si>
+  <si>
+    <t>3958.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Кларет»;фарфор;285мл;D=115,H=52мм;бежев.,бордо</t>
+  </si>
+  <si>
+    <t>03120397</t>
+  </si>
+  <si>
+    <t>1503 A119</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Кларет»;фарфор;285мл;D=12,H=6см;бежев.,бордо</t>
+  </si>
+  <si>
+    <t>03120398</t>
+  </si>
+  <si>
+    <t>1503 A121</t>
+  </si>
+  <si>
+    <t>4428.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Сатиник»;фарфор;290мл;D=110,H=57,L=150мм;белый</t>
+  </si>
+  <si>
+    <t>03120409</t>
+  </si>
+  <si>
+    <t>S0440</t>
+  </si>
+  <si>
+    <t>Chef&amp;Sommelier</t>
+  </si>
+  <si>
+    <t>Satinique</t>
+  </si>
+  <si>
+    <t>13167.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Кунстверк»;фарфор;450мл;D=11,H=13,L=14см;белый</t>
+  </si>
+  <si>
+    <t>03120410</t>
+  </si>
+  <si>
+    <t>A13869</t>
+  </si>
+  <si>
+    <t>4571.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Кунстверк»;фарфор;350мл;D=90,H=110,L=145мм;белый</t>
+  </si>
+  <si>
+    <t>03120411</t>
+  </si>
+  <si>
+    <t>A13017</t>
+  </si>
+  <si>
+    <t>3542.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Антуанетт»;фарфор;285мл;D=100,H=52мм;белый,олив.</t>
+  </si>
+  <si>
+    <t>03120413</t>
+  </si>
+  <si>
+    <t>9019 C311</t>
+  </si>
+  <si>
+    <t>20251.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Рэд Лайн»;фарфор;285мл;D=12см;белый,красный</t>
+  </si>
+  <si>
+    <t>03120414</t>
+  </si>
+  <si>
+    <t>1239 0428</t>
+  </si>
+  <si>
+    <t>Red Line</t>
+  </si>
+  <si>
+    <t>5082.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Феннель»;фарфор;285мл;D=12,H=6см;зелен.,бежев.</t>
+  </si>
+  <si>
+    <t>03120415</t>
+  </si>
+  <si>
+    <t>1541 A121</t>
+  </si>
+  <si>
+    <t>Fennel</t>
+  </si>
+  <si>
+    <t>4959.00₸</t>
   </si>
   <si>
     <t>11 шт.</t>
   </si>
   <si>
-    <t>Чашка бульонная «Ресторан»;стекло;0,5л;D=12,H=6,L=16см;белый</t>
-[...827 lines deleted...]
-    <t>10241.00₸</t>
+    <t>Чашка бульонная «Крафт Грин» без крышки;фарфор;425мл;D=120,H=60,L=163мм;зелен.</t>
+  </si>
+  <si>
+    <t>03120416</t>
+  </si>
+  <si>
+    <t>1131 B828</t>
+  </si>
+  <si>
+    <t>Craft Green</t>
+  </si>
+  <si>
+    <t>18896.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Рио Грин»;фарфор;285мл;D=11,H=6см;белый,зелен.</t>
+  </si>
+  <si>
+    <t>03120418</t>
+  </si>
+  <si>
+    <t>1529 0115</t>
+  </si>
+  <si>
+    <t>Rio Green</t>
+  </si>
+  <si>
+    <t>7539.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Рио Блю»;фарфор;285мл;D=11,H=6см;белый,синий</t>
+  </si>
+  <si>
+    <t>03120419</t>
+  </si>
+  <si>
+    <t>1531 0115</t>
+  </si>
+  <si>
+    <t>Rio Blue</t>
+  </si>
+  <si>
+    <t>9910.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Рио Еллоу»;фарфор;285мл;D=11,H=6см;белый,желт.</t>
+  </si>
+  <si>
+    <t>03120420</t>
+  </si>
+  <si>
+    <t>1530 0115</t>
+  </si>
+  <si>
+    <t>Rio Yellow</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Рио Пинк»;фарфор;285мл;D=11,H=6см;белый,розов.</t>
+  </si>
+  <si>
+    <t>03120421</t>
+  </si>
+  <si>
+    <t>1532 0115</t>
+  </si>
+  <si>
+    <t>Rio Pink</t>
+  </si>
+  <si>
+    <t>7662.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Оптик»;фарфор;290мл;D=10,H=5см;белый</t>
+  </si>
+  <si>
+    <t>03120422</t>
+  </si>
+  <si>
+    <t>9118 C1027</t>
+  </si>
+  <si>
+    <t>Optik</t>
+  </si>
+  <si>
+    <t>7308.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Оптик»;фарфор;290мл;D=10,H=6см;белый</t>
+  </si>
+  <si>
+    <t>03120423</t>
+  </si>
+  <si>
+    <t>9118 C1028</t>
+  </si>
+  <si>
+    <t>4466.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Симплисити Вайт»;фарфор;450мл;D=12,H=6,B=17см;белый</t>
+  </si>
+  <si>
+    <t>03120424</t>
+  </si>
+  <si>
+    <t>1101 B828</t>
+  </si>
+  <si>
+    <t>9533.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Кантри Стайл»;фарфор;460мл;D=12,H=6см;зелен.</t>
+  </si>
+  <si>
+    <t>03120426</t>
+  </si>
+  <si>
+    <t>TRY1146</t>
+  </si>
+  <si>
+    <t>7315.00₸</t>
+  </si>
+  <si>
+    <t>31 шт.</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Кантри Стайл»;фарфор;330мл;D=100,H=55мм;зелен.</t>
+  </si>
+  <si>
+    <t>03120427</t>
+  </si>
+  <si>
+    <t>TRY1133</t>
+  </si>
+  <si>
+    <t>7200.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Опшенс»;фарфор;260мл;белый</t>
+  </si>
+  <si>
+    <t>03120428</t>
+  </si>
+  <si>
+    <t>71 2826</t>
+  </si>
+  <si>
+    <t>Bauscher</t>
+  </si>
+  <si>
+    <t>Options</t>
+  </si>
+  <si>
+    <t>6923.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Карат»;фарфор;270мл;D=9,H=6,L=14см;белый</t>
+  </si>
+  <si>
+    <t>03120429</t>
+  </si>
+  <si>
+    <t>25 2727</t>
+  </si>
+  <si>
+    <t>Carat</t>
+  </si>
+  <si>
+    <t>7862.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Карат»;фарфор;300мл;D=10,H=5,L=15см;белый</t>
+  </si>
+  <si>
+    <t>03120430</t>
+  </si>
+  <si>
+    <t>25 2730</t>
+  </si>
+  <si>
+    <t>8986.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Штутгарт»;фарфор;300мл;D=115,H=53мм;белый</t>
+  </si>
+  <si>
+    <t>03120431</t>
+  </si>
+  <si>
+    <t>55 2780</t>
+  </si>
+  <si>
+    <t>Stuttgart</t>
+  </si>
+  <si>
+    <t>7285.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Штутгарт»;фарфор;250мл;D=93мм;белый</t>
+  </si>
+  <si>
+    <t>03120432</t>
+  </si>
+  <si>
+    <t>55 6575</t>
+  </si>
+  <si>
+    <t>6569.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Штутгарт»;фарфор;270мл;D=100,H=55мм;белый</t>
+  </si>
+  <si>
+    <t>03120434</t>
+  </si>
+  <si>
+    <t>55 2727</t>
+  </si>
+  <si>
+    <t>8332.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Моцарт»;фарфор;260мл;,H=52мм;белый</t>
+  </si>
+  <si>
+    <t>03120435</t>
+  </si>
+  <si>
+    <t>57 2926</t>
+  </si>
+  <si>
+    <t>Mozart</t>
+  </si>
+  <si>
+    <t>13468.00₸</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Айвори»;фарфор;285мл;D=110,H=60,L=145мм;слон.кость</t>
+  </si>
+  <si>
+    <t>03120436</t>
+  </si>
+  <si>
+    <t>1500 A115</t>
+  </si>
+  <si>
+    <t>6507.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Крафт Вайт» без крышки;фарфор;450мл;D=120,H=60,L=163мм;белый</t>
+  </si>
+  <si>
+    <t>03120437</t>
+  </si>
+  <si>
+    <t>1155 B828</t>
+  </si>
+  <si>
+    <t>Craft White</t>
+  </si>
+  <si>
+    <t>17703.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Виктория»;фарфор;300мл;D=11,5см;белый</t>
+  </si>
+  <si>
+    <t>03120441</t>
+  </si>
+  <si>
+    <t>3442.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Коллаж»;фарфор;300мл;D=10см;белый</t>
+  </si>
+  <si>
+    <t>03120444</t>
+  </si>
+  <si>
+    <t>фк376</t>
+  </si>
+  <si>
+    <t>1883.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Блю дэппл»;фарфор;285мл;белый,синий</t>
+  </si>
+  <si>
+    <t>03120445</t>
+  </si>
+  <si>
+    <t>1710 0121</t>
+  </si>
+  <si>
+    <t>Blue Dapple</t>
+  </si>
+  <si>
+    <t>8663.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Это Рома»;фарфор;300мл;,H=55мм;белый</t>
+  </si>
+  <si>
+    <t>03120447</t>
+  </si>
+  <si>
+    <t>0318</t>
+  </si>
+  <si>
+    <t>Eto Roma</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Бульонная пара «Кунстверк»;фарфор;300мл;D=105,H=60мм;белый</t>
+  </si>
+  <si>
+    <t>03120452</t>
+  </si>
+  <si>
+    <t>P6071615/9902202</t>
+  </si>
+  <si>
+    <t>3647.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная;фарфор;коричнев.</t>
+  </si>
+  <si>
+    <t>03120453</t>
+  </si>
+  <si>
+    <t>11770-405151-10422</t>
+  </si>
+  <si>
+    <t>Mesh Walnut</t>
+  </si>
+  <si>
+    <t>13029.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Блю дэппл»;фарфор;450мл;D=12,H=6,L=17см;белый,синий</t>
+  </si>
+  <si>
+    <t>03120454</t>
+  </si>
+  <si>
+    <t>1710 0828</t>
+  </si>
+  <si>
+    <t>12744.00₸</t>
+  </si>
+  <si>
+    <t>03120456</t>
+  </si>
+  <si>
+    <t>6272.00₸</t>
   </si>
   <si>
     <t>2 шт.</t>
   </si>
   <si>
-    <t>Чашка бульонная «Нестор»;фарфор;300мл;D=105,H=50,L=145мм;белый</t>
-[...820 lines deleted...]
-  <si>
     <t>Чашка бульонная;фарфор;470мл;D=117,H=64мм</t>
   </si>
   <si>
     <t>03120457</t>
   </si>
   <si>
     <t>4С0677</t>
   </si>
   <si>
     <t>Добрушский фарфоровый завод</t>
   </si>
   <si>
     <t>БЕЛАРУСЬ</t>
   </si>
   <si>
     <t>3057.00₸</t>
   </si>
   <si>
     <t>Чашка бульонная «Лайфстиль»;фарфор;390мл;D=11см;песочн.</t>
   </si>
   <si>
     <t>03120458</t>
   </si>
   <si>
     <t>LSN1139</t>
@@ -2366,410 +2378,404 @@
   <si>
     <t>03120605</t>
   </si>
   <si>
     <t>1714 B828</t>
   </si>
   <si>
     <t>12382.00₸</t>
   </si>
   <si>
     <t>Чашка бульонная «Виллоу»;фарфор;285мл;белый</t>
   </si>
   <si>
     <t>03120606</t>
   </si>
   <si>
     <t>9117 C1202</t>
   </si>
   <si>
     <t>Willow</t>
   </si>
   <si>
     <t>9248.00₸</t>
   </si>
   <si>
+    <t>Чашка бульонная «Лайфстиль»;фарфор;0,5л;,H=65мм;песочн.</t>
+  </si>
+  <si>
+    <t>03120607</t>
+  </si>
+  <si>
+    <t>LSN1250</t>
+  </si>
+  <si>
+    <t>16971.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Пуэбла Блю» без ручек;фарфор;260мл;D=10см;белый,синий</t>
+  </si>
+  <si>
+    <t>03120608</t>
+  </si>
+  <si>
+    <t>A120P079A</t>
+  </si>
+  <si>
+    <t>Anfora</t>
+  </si>
+  <si>
+    <t>Puebla Blue</t>
+  </si>
+  <si>
+    <t>МЕКСИКА</t>
+  </si>
+  <si>
+    <t>10650.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Пастораль»;фарфор;270мл;D=105,H=50мм;оранжев.</t>
+  </si>
+  <si>
+    <t>03120609</t>
+  </si>
+  <si>
+    <t>P6136515-S-SH113</t>
+  </si>
+  <si>
+    <t>3234.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Пастораль»;фарфор;270мл;D=105,H=50мм;серый</t>
+  </si>
+  <si>
+    <t>03120610</t>
+  </si>
+  <si>
+    <t>P6136515-S-SH116</t>
+  </si>
+  <si>
+    <t>2947.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Пастораль»;фарфор;275мл;D=100,H=53,L=147мм;зелен.</t>
+  </si>
+  <si>
+    <t>03120614</t>
+  </si>
+  <si>
+    <t>P6136515-S-SH115</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Шоколад»;фарфор;300мл;D=115,H=55мм;тем.корич.</t>
+  </si>
+  <si>
+    <t>03120617</t>
+  </si>
+  <si>
+    <t>ФРФ88804637</t>
+  </si>
+  <si>
+    <t>Шоколад</t>
+  </si>
+  <si>
+    <t>3157.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Млечный путь»;фарфор;300мл;D=115,H=55мм;черный,серый</t>
+  </si>
+  <si>
+    <t>03120623</t>
+  </si>
+  <si>
+    <t>ФРФ88801353</t>
+  </si>
+  <si>
+    <t>Млечный Путь</t>
+  </si>
+  <si>
+    <t>4081.00₸</t>
+  </si>
+  <si>
+    <t>03120624</t>
+  </si>
+  <si>
+    <t>ФРФ88804653</t>
+  </si>
+  <si>
+    <t>3658.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Карбон»;фарфор;300мл;,H=55,B=115мм;черный,матовый</t>
+  </si>
+  <si>
+    <t>03120625</t>
+  </si>
+  <si>
+    <t>ФРФ88801311</t>
+  </si>
+  <si>
+    <t>Carbone</t>
+  </si>
+  <si>
+    <t>2041.00₸</t>
+  </si>
+  <si>
+    <t>03120626</t>
+  </si>
+  <si>
+    <t>ФРФ88804611</t>
+  </si>
+  <si>
+    <t>Чашка бульонная;фарфор;300мл;D=10,5см;белый</t>
+  </si>
+  <si>
+    <t>03120631</t>
+  </si>
+  <si>
+    <t>8С0730</t>
+  </si>
+  <si>
+    <t>Чашка бульонная;фарфор;470мл;D=110,H=64мм;белый</t>
+  </si>
+  <si>
+    <t>03120632</t>
+  </si>
+  <si>
+    <t>7С1589</t>
+  </si>
+  <si>
+    <t>2164.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Революшн»;фарфор;450мл;D=12,H=6,B=17см;серый,коричнев.</t>
+  </si>
+  <si>
+    <t>03120634</t>
+  </si>
+  <si>
+    <t>1775 B828</t>
+  </si>
+  <si>
+    <t>12705.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Революшн»;фарфор;450мл;D=12,H=6,B=17см;бежев.</t>
+  </si>
+  <si>
+    <t>03120635</t>
+  </si>
+  <si>
+    <t>1776 B828</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Млечный путь голубой»;фарфор;300мл;D=115,H=55мм;голуб.,черный</t>
+  </si>
+  <si>
+    <t>03120637</t>
+  </si>
+  <si>
+    <t>ФРФ88804664</t>
+  </si>
+  <si>
+    <t>Млечный путь голубой</t>
+  </si>
+  <si>
+    <t>3643.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Млечный путь оранжевый»;фарфор;300мл;D=115,H=55мм;оранжев.,черный</t>
+  </si>
+  <si>
+    <t>03120638</t>
+  </si>
+  <si>
+    <t>ФРФ88801359</t>
+  </si>
+  <si>
+    <t>Млечный путь оранжевый</t>
+  </si>
+  <si>
+    <t>4736.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Млечный путь красный»;фарфор;300мл;D=115,H=55мм;красный,черный</t>
+  </si>
+  <si>
+    <t>03120639</t>
+  </si>
+  <si>
+    <t>ФРФ88801360</t>
+  </si>
+  <si>
+    <t>Млечный путь красный</t>
+  </si>
+  <si>
+    <t>2672.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Млечный путь салатовый»;фарфор;300мл;D=115,H=55мм;салатов.,черный</t>
+  </si>
+  <si>
+    <t>03120640</t>
+  </si>
+  <si>
+    <t>ФРФ88801363</t>
+  </si>
+  <si>
+    <t>Млечный путь салатовый</t>
+  </si>
+  <si>
+    <t>4505.00₸</t>
+  </si>
+  <si>
+    <t>17 шт.</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Млечный путь изумрудный»;фарфор;300мл;D=115,H=55мм;изумруд.,черный</t>
+  </si>
+  <si>
+    <t>03120641</t>
+  </si>
+  <si>
+    <t>ФРФ88801365</t>
+  </si>
+  <si>
+    <t>Млечный путь изумрудный</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Меш Аква»;фарфор;300мл;голуб.</t>
+  </si>
+  <si>
+    <t>03120644</t>
+  </si>
+  <si>
+    <t>11770-405152-10422</t>
+  </si>
+  <si>
+    <t>Mesh Aqua</t>
+  </si>
+  <si>
+    <t>16084.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная;фарфор;300мл;,H=55,B=115мм;белый,черный</t>
+  </si>
+  <si>
+    <t>03120645</t>
+  </si>
+  <si>
+    <t>ФРФ88804696</t>
+  </si>
+  <si>
+    <t>2588.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Пунто Бьянка»;фарфор;300мл;D=115,H=55мм;белый,черный</t>
+  </si>
+  <si>
+    <t>03120649</t>
+  </si>
+  <si>
+    <t>ФРФ88801351</t>
+  </si>
+  <si>
+    <t>Punto Bianca</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Маррон Реативо»;фарфор;300мл;D=115,H=55мм;коричнев.,бежев.</t>
+  </si>
+  <si>
+    <t>03120650</t>
+  </si>
+  <si>
+    <t>ФРФ88801373</t>
+  </si>
+  <si>
+    <t>Marrone Reattivo</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Маррон Реативо»;фарфор;300мл;D=11,5см;коричнев.,бежев.</t>
+  </si>
+  <si>
+    <t>03120651</t>
+  </si>
+  <si>
+    <t>ФРФ88804673</t>
+  </si>
+  <si>
+    <t>4274.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Эрбосо Реативо»;фарфор;300мл;D=115,H=55мм;бирюз.,бежев.</t>
+  </si>
+  <si>
+    <t>03120652</t>
+  </si>
+  <si>
+    <t>ФРФ88801375</t>
+  </si>
+  <si>
+    <t>Erboso Reattivo</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Эрбосо Реативо»;фарфор;300мл;D=11,5см;бирюз.,бежев.</t>
+  </si>
+  <si>
+    <t>03120653</t>
+  </si>
+  <si>
+    <t>ФРФ88804675</t>
+  </si>
+  <si>
+    <t>4043.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Пати»;фарфор;300мл;D=115,H=55мм;серый,синий</t>
+  </si>
+  <si>
+    <t>03120654</t>
+  </si>
+  <si>
+    <t>ФРФ88801393</t>
+  </si>
+  <si>
+    <t>4520.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Пати»;фарфор;300мл;D=11,5см;серый,синий</t>
+  </si>
+  <si>
+    <t>03120655</t>
+  </si>
+  <si>
+    <t>ФРФ88804693</t>
+  </si>
+  <si>
     <t>43 шт.</t>
   </si>
   <si>
-    <t>Чашка бульонная «Лайфстиль»;фарфор;0,5л;,H=65мм;песочн.</t>
-[...355 lines deleted...]
-  <si>
     <t>Чашка бульонная «Пунто Бьянка»;фарфор;300мл;D=11,5см;белый,черный</t>
   </si>
   <si>
     <t>03120657</t>
   </si>
   <si>
     <t>ФРФ88804651</t>
   </si>
   <si>
     <t>Чашка бульонная «Шик»;фарфор;320мл;D=105,H=60мм;белый</t>
   </si>
   <si>
     <t>03120658</t>
   </si>
   <si>
     <t>CC618330000</t>
   </si>
   <si>
     <t>Chic</t>
   </si>
   <si>
     <t>3171.00₸</t>
   </si>
   <si>
     <t>Мисосупница;пластик;300мл;D=110,H=68мм;черный</t>
@@ -2792,87 +2798,90 @@
   <si>
     <t>ИЧШ 22.250.Д1302:07</t>
   </si>
   <si>
     <t>Башкирский фарфор</t>
   </si>
   <si>
     <t>Мезень</t>
   </si>
   <si>
     <t>6268.00₸</t>
   </si>
   <si>
     <t>Чашка бульонная «Акварель» Принц;фарфор;380мл;D=117/155,H=63мм;розов.</t>
   </si>
   <si>
     <t>03120663</t>
   </si>
   <si>
     <t>ИЧШ 03.380.А.Р</t>
   </si>
   <si>
     <t>Акварель</t>
   </si>
   <si>
-    <t>3450.00₸</t>
+    <t>3912.00₸</t>
   </si>
   <si>
     <t>Чашка бульонная «Белая» Практик;фарфор;320мл;,H=53,L=110/162мм;белый</t>
   </si>
   <si>
     <t>03120664</t>
   </si>
   <si>
     <t>Белая</t>
   </si>
   <si>
     <t>3111.00₸</t>
   </si>
   <si>
     <t>Чашка бульонная «Белая» Принц;фарфор;380мл;,H=63,L=117,B=155мм;белый</t>
   </si>
   <si>
     <t>03120665</t>
   </si>
   <si>
     <t>ИЧШ 03.380</t>
   </si>
   <si>
     <t>2811.00₸</t>
   </si>
   <si>
+    <t>50 шт.</t>
+  </si>
+  <si>
     <t>Чашка бульонная «Прага»;фарфор;390мл;D=11,H=6,L=16,B=11см;белый</t>
   </si>
   <si>
     <t>03130307</t>
   </si>
   <si>
     <t>PRA1139</t>
   </si>
   <si>
-    <t>5275.00₸</t>
+    <t>5729.00₸</t>
   </si>
   <si>
     <t>Чашка бульонная «Блю дэппл»;фарфор;455мл;белый,синий</t>
   </si>
   <si>
     <t>03141052</t>
   </si>
   <si>
     <t>1710 0182</t>
   </si>
   <si>
     <t>9487.00₸</t>
   </si>
   <si>
     <t>Чашка бульонная «Акварель» Принц;фарфор;380мл;D=117/155,H=63мм;голуб.</t>
   </si>
   <si>
     <t>03120668</t>
   </si>
   <si>
     <t>ИЧШ 03.380.А.С – Г</t>
   </si>
   <si>
     <t>5213.00₸</t>
   </si>
@@ -2958,50 +2967,77 @@
     <t>Чашка бульонная «Ритм Терракота»;керамика;0,6л;D=14,H=7см;терракот</t>
   </si>
   <si>
     <t>03120477</t>
   </si>
   <si>
     <t>ОУ-ST4059</t>
   </si>
   <si>
     <t>Dymov</t>
   </si>
   <si>
     <t>Ритм</t>
   </si>
   <si>
     <t>8186.00₸</t>
   </si>
   <si>
     <t>Чашка бульонная «Ритм»;керамика;0,6л;D=14,H=7см;серый</t>
   </si>
   <si>
     <t>03120478</t>
   </si>
   <si>
     <t>ОУ-ST4060</t>
+  </si>
+  <si>
+    <t>Мисосупница «Джап Блэк»;керамика;D=10,H=8см;черный</t>
+  </si>
+  <si>
+    <t>03120480</t>
+  </si>
+  <si>
+    <t>JP104100779</t>
+  </si>
+  <si>
+    <t>Jap Black</t>
+  </si>
+  <si>
+    <t>9548.00₸</t>
+  </si>
+  <si>
+    <t>Мисосупница «Джап Нью Браун»;керамика;D=10,H=8см;бежев.</t>
+  </si>
+  <si>
+    <t>03120479</t>
+  </si>
+  <si>
+    <t>JP104100767</t>
+  </si>
+  <si>
+    <t>Jap New Brown</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -3016,51 +3052,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B0CAA58A-584E-11EC-BBF6-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5461B37-E63A-11EF-BC4E-00505692C4472.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5DA6EF6-E3C7-11EB-BBF2-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/351B357C-E569-11EF-BC53-00505692E2D04.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/066ACFFB-4253-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D477DC21-20D7-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE5F1E6E-20D7-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE5F1D0A-20D7-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE5F1DBC-20D7-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D762BBBA-9B58-11EE-BC36-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3360F250-424B-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3360F251-424B-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3360F252-424B-11E8-A155-00259035BB6713.gif"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3360F254-424B-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/750E16FA-E4E0-11EF-BC53-00505692E2D015.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71247567-E4E0-11EF-BC53-00505692E2D016.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7124856D-E4E0-11EF-BC53-00505692E2D017.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99953B88-E3D8-11EF-BC57-00505692E04918.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F018429-424D-11E8-A155-00259035BB6719.gif"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D70971AA-424D-11E8-A155-00259035BB6720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A90A6065-E3D4-11EB-BBF2-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A211C-424E-11E8-A155-00259035BB6722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A211D-424E-11E8-A155-00259035BB6723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A211E-424E-11E8-A155-00259035BB6724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A91A07E2-424E-11E8-A155-00259035BB6725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A91A07E3-424E-11E8-A155-00259035BB6726.gif"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB221F9A-424E-11E8-A155-00259035BB6727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB3D328F-424E-11E8-A155-00259035BB6728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E46433E-21B9-11EE-BC0D-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E4641DA-21B9-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB3D32A0-424E-11E8-A155-00259035BB6731.gif"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/644F9981-21B9-11EE-BC0D-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4748F84A-E3D2-11EB-BBF2-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AB8E1356-E3D8-11EF-BC57-00505692E04934.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D848177-424F-11E8-A155-00259035BB6735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/999537D6-E3D8-11EF-BC57-00505692E04936.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC05BAFF-424F-11E8-A155-00259035BB6737.gif"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42066B19-4250-11E8-A155-00259035BB6738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E40208E0-4250-11E8-A155-00259035BB6739.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F8D643C-E3D8-11EF-BC57-00505692E04940.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC5A3344-E568-11EF-BC53-00505692E2D041.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ADDC604-E4E0-11EF-BC53-00505692E2D042.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C22CEC5A-4251-11E8-A155-00259035BB6743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A39D5A6F-5268-11EA-BBCE-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/221E186A-4252-11E8-A155-00259035BB6745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40D6C846-E3D2-11EB-BBF2-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68DD462A-E4E0-11EF-BC53-00505692E2D047.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B2C1101-E4E0-11EF-BC53-00505692E2D048.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B2C1C1C-E4E0-11EF-BC53-00505692E2D049.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF91B62D-00EB-11EF-BC46-00505692C44750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3360F256-424B-11E8-A155-00259035BB6751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99953A8E-E3D8-11EF-BC57-00505692E04952.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/999538BE-E3D8-11EF-BC57-00505692E04953.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BCFECA53-424C-11E8-A155-00259035BB6754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A58A055D-E3D8-11EF-BC57-00505692E04955.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AB8E1280-E3D8-11EF-BC57-00505692E04956.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AB8E1198-E3D8-11EF-BC57-00505692E04957.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A58A0475-E3D8-11EF-BC57-00505692E04958.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80494F1C-E4E0-11EF-BC53-00505692E2D059.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BCFECA54-424C-11E8-A155-00259035BB6760.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/771AC727-E4E0-11EF-BC53-00505692E2D061.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A58A08EB-E3D8-11EF-BC57-00505692E04962.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3890C7B2-424C-11E8-A155-00259035BB6763.gif"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F8D6354-E3D8-11EF-BC57-00505692E04964.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F8D626C-E3D8-11EF-BC57-00505692E04965.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B2C27D8-E4E0-11EF-BC53-00505692E2D066.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84E631D0-21B8-11EE-BC0D-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80ED46B0-424C-11E8-A155-00259035BB6768.gif"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DB2761B-E3D2-11EB-BBF2-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67F9AF37-E63A-11EF-BC4E-00505692C44770.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ADDBA90-E4E0-11EF-BC53-00505692E2D071.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB07C665-424D-11E8-A155-00259035BB6772.gif"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/712468B8-E4E0-11EF-BC53-00505692E2D073.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D151D62-E4E0-11EF-BC53-00505692E2D074.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/020B0CA6-89E0-11EE-BC13-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F8D5FB4-E3D8-11EF-BC57-00505692E04976.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AB8E0FB6-E3D8-11EF-BC57-00505692E04977.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7020E63-424D-11E8-A155-00259035BB6778.gif"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACFB71DB-424D-11E8-A155-00259035BB6779.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/771ABE8C-E4E0-11EF-BC53-00505692E2D080.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A90A6066-E3D4-11EB-BBF2-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4748F84D-E3D2-11EB-BBF2-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4748F84C-E3D2-11EB-BBF2-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD11C9C0-424D-11E8-A155-00259035BB6784.gif"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD7B-424D-11E8-A155-00259035BB6785.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01037407-424E-11E8-A155-00259035BB6786.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07027CE6-424E-11E8-A155-00259035BB6787.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A58A038D-E3D8-11EF-BC57-00505692E04988.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/771AD3F3-E4E0-11EF-BC53-00505692E2D089.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ED3583A-E4E0-11EF-BC53-00505692E2D090.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2AFC3D85-424E-11E8-A155-00259035BB6791.gif"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43031017-424E-11E8-A155-00259035BB6792.gif"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AB8E108C-E3D8-11EF-BC57-00505692E04993.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40D6C848-E3D2-11EB-BBF2-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/671D03CE-424E-11E8-A155-00259035BB6795.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/830D1EB0-E4E0-11EF-BC53-00505692E2D096.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF91B77F-00EB-11EF-BC46-00505692C44797.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF91B6CD-00EB-11EF-BC46-00505692C44798.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67F9B00D-E63A-11EF-BC4E-00505692C44799.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27484D65-424F-11E8-A155-00259035BB67100.gif"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D47CB91-424F-11E8-A155-00259035BB67101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D47CB92-424F-11E8-A155-00259035BB67102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AB8E142C-E3D8-11EF-BC57-00505692E049103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32990464-05D8-11EE-BC09-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B2C3641-E4E0-11EF-BC53-00505692E2D0105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D15095C-E4E0-11EF-BC53-00505692E2D0106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24141819-4250-11E8-A155-00259035BB67107.gif"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A4D2013-F94B-11EB-BBF2-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A4D2012-F94B-11EB-BBF2-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A1BD3BB-4250-11E8-A155-00259035BB67110.gif"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/771ADF79-E4E0-11EF-BC53-00505692E2D0111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5408682D-4250-11E8-A155-00259035BB67112.gif"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FFED8B1-4250-11E8-A155-00259035BB67113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A58A071B-E3D8-11EF-BC57-00505692E049114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A58A0803-E3D8-11EF-BC57-00505692E049115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F8D609C-E3D8-11EF-BC57-00505692E049116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D15125A-E4E0-11EF-BC53-00505692E2D0117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A58A0645-E3D8-11EF-BC57-00505692E049118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9379004F-E3D8-11EF-BC57-00505692E049119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/999536EE-E3D8-11EF-BC57-00505692E049120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93790125-E3D8-11EF-BC57-00505692E049121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F8D6172-E3D8-11EF-BC57-00505692E049122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80495C76-E4E0-11EF-BC53-00505692E2D0123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D14FE2F-E4E0-11EF-BC53-00505692E2D0124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7108EE22-EA55-11EB-BBF2-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3D80D66F-4043-11EB-BBDF-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C62FAFD-4253-11E8-A155-00259035BB67127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9378FF79-E3D8-11EF-BC57-00505692E049128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/290E03A5-E569-11EF-BC53-00505692E2D0129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A27C73FE-4253-11E8-A155-00259035BB67130.gif"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA789819-4253-11E8-A155-00259035BB67131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E4D-4253-11E8-A155-00259035BB67132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F682C88A-4253-11E8-A155-00259035BB67133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E8B48D8-4254-11E8-A155-00259035BB67134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DB2761A-E3D2-11EB-BBF2-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/449F982A-4254-11E8-A155-00259035BB67136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/988EE196-4254-11E8-A155-00259035BB67137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E46428C-21B9-11EE-BC0D-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B022D44-21B8-11EE-BC0D-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8AEE6F2-4254-11E8-A155-00259035BB67140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72AE9423-E3D5-11EB-BBF2-005056921CC4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC5A326E-E568-11EF-BC53-00505692E2D0142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC5A342D-E568-11EF-BC53-00505692E2D0143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94AD044E-21B9-11EE-BC0D-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC5A3551-E568-11EF-BC53-00505692E2D0145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A6FB46F-4253-11E8-A155-00259035BB67146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/487AC058-4253-11E8-A155-00259035BB67147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA789818-4253-11E8-A155-00259035BB67148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6883FB7A-4254-11E8-A155-00259035BB67149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BFFF0DEE-8149-11E9-BBBA-005056921CC4150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/271644F5-29B8-11EB-BBDD-005056921CC4151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72AE9424-E3D5-11EB-BBF2-005056921CC4152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9AAEDFF7-21B9-11EE-BC0D-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5FEA01B-F13C-11EC-BBFA-005056921CC4154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92D0F231-F13D-11EC-BBFA-005056921CC4155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/111256AE-D8EE-11EB-BBF2-005056921CC4156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94AD01AA-21B9-11EE-BC0D-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94AD010A-21B9-11EE-BC0D-005056921CC4158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/463992B6-4252-11E8-A155-00259035BB67159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA7AA415-4253-11E8-A155-00259035BB67160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6883FB72-4254-11E8-A155-00259035BB67161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6883FB73-4254-11E8-A155-00259035BB67162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4748F84E-E3D2-11EB-BBF2-005056921CC4163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA856C88-4254-11E8-A155-00259035BB67164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80A672E0-21BA-11EE-BC0D-005056921CC4165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84E633C2-21B8-11EE-BC0D-005056921CC4166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4AC2522-4254-11E8-A155-00259035BB67167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3D1CB59A-814A-11E9-BBBA-005056921CC4168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EC5A6F1-21B8-11EE-BC0D-005056921CC4169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5DA885D-12C1-11EA-BBC6-005056921CC4170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5DA885E-12C1-11EA-BBC6-005056921CC4171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5B1A964-FAF5-11E9-BBC6-005056921CC4172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/005B60BF-FAF6-11E9-BBC6-005056921CC4173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EC5A791-21B8-11EE-BC0D-005056921CC4174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EC5A843-21B8-11EE-BC0D-005056921CC4175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B022AB2-21B8-11EE-BC0D-005056921CC4176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84E63514-21B8-11EE-BC0D-005056921CC4177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84E635B4-21B8-11EE-BC0D-005056921CC4178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84E63474-21B8-11EE-BC0D-005056921CC4179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84E63654-21B8-11EE-BC0D-005056921CC4180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8642DC6E-509F-11EC-BBF6-005056921CC4181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EC5A3D1-21B8-11EE-BC0D-005056921CC4182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EC5A919-21B8-11EE-BC0D-005056921CC4183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B022B52-21B8-11EE-BC0D-005056921CC4184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B022C04-21B8-11EE-BC0D-005056921CC4185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EC5A5B1-21B8-11EE-BC0D-005056921CC4186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EC5A651-21B8-11EE-BC0D-005056921CC4187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84E63270-21B8-11EE-BC0D-005056921CC4188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84E63310-21B8-11EE-BC0D-005056921CC4189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84E63130-21B8-11EE-BC0D-005056921CC4190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E036290-2A3A-11ED-BBFC-005056921CC4191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACAFD420-524D-11EE-BC0D-005056921CC4192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D150957-40E1-11EE-BC0D-005056921CC4193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7CFEE40-77E9-11EE-BC0F-005056921CC4194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BFD84384-5F02-11EE-BC0E-005056921CC4195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BFD842E3-5F02-11EE-BC0E-005056921CC4196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/999539A6-E3D8-11EF-BC57-00505692E049197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4748F84F-E3D2-11EB-BBF2-005056921CC4198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EADDFAEE-88DE-11F0-BC57-00505692C447199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EADDFA17-88DE-11F0-BC57-00505692C447200.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B0CAA58A-584E-11EC-BBF6-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5461B37-E63A-11EF-BC4E-00505692C4472.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5DA6EF6-E3C7-11EB-BBF2-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/351B357C-E569-11EF-BC53-00505692E2D04.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/066ACFFB-4253-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D477DC21-20D7-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE5F1E6E-20D7-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE5F1D0A-20D7-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE5F1DBC-20D7-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3360F24E-424B-11E8-A155-00259035BB6710.gif"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D762BBBA-9B58-11EE-BC36-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3360F250-424B-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3360F251-424B-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3360F252-424B-11E8-A155-00259035BB6714.gif"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3360F254-424B-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/750E16FA-E4E0-11EF-BC53-00505692E2D016.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71247567-E4E0-11EF-BC53-00505692E2D017.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7124856D-E4E0-11EF-BC53-00505692E2D018.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99953B88-E3D8-11EF-BC57-00505692E04919.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F018429-424D-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D70971AA-424D-11E8-A155-00259035BB6721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A90A6065-E3D4-11EB-BBF2-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A211C-424E-11E8-A155-00259035BB6723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A211D-424E-11E8-A155-00259035BB6724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A211E-424E-11E8-A155-00259035BB6725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A91A07E2-424E-11E8-A155-00259035BB6726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A91A07E3-424E-11E8-A155-00259035BB6727.gif"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB221F9A-424E-11E8-A155-00259035BB6728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB3D328F-424E-11E8-A155-00259035BB6729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E46433E-21B9-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E4641DA-21B9-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB3D32A0-424E-11E8-A155-00259035BB6732.gif"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/644F9981-21B9-11EE-BC0D-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4748F84A-E3D2-11EB-BBF2-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AB8E1356-E3D8-11EF-BC57-00505692E04935.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D848177-424F-11E8-A155-00259035BB6736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/999537D6-E3D8-11EF-BC57-00505692E04937.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC05BAFF-424F-11E8-A155-00259035BB6738.gif"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42066B19-4250-11E8-A155-00259035BB6739.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E40208E0-4250-11E8-A155-00259035BB6740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F8D643C-E3D8-11EF-BC57-00505692E04941.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC5A3344-E568-11EF-BC53-00505692E2D042.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ADDC604-E4E0-11EF-BC53-00505692E2D043.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C22CEC5A-4251-11E8-A155-00259035BB6744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A39D5A6F-5268-11EA-BBCE-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/221E186A-4252-11E8-A155-00259035BB6746.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40D6C846-E3D2-11EB-BBF2-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68DD462A-E4E0-11EF-BC53-00505692E2D048.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B2C1101-E4E0-11EF-BC53-00505692E2D049.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B2C1C1C-E4E0-11EF-BC53-00505692E2D050.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF91B62D-00EB-11EF-BC46-00505692C44751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3360F256-424B-11E8-A155-00259035BB6752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99953A8E-E3D8-11EF-BC57-00505692E04953.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/999538BE-E3D8-11EF-BC57-00505692E04954.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BCFECA53-424C-11E8-A155-00259035BB6755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A58A055D-E3D8-11EF-BC57-00505692E04956.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AB8E1280-E3D8-11EF-BC57-00505692E04957.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AB8E1198-E3D8-11EF-BC57-00505692E04958.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A58A0475-E3D8-11EF-BC57-00505692E04959.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80494F1C-E4E0-11EF-BC53-00505692E2D060.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BCFECA54-424C-11E8-A155-00259035BB6761.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/771AC727-E4E0-11EF-BC53-00505692E2D062.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A58A08EB-E3D8-11EF-BC57-00505692E04963.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3890C7B2-424C-11E8-A155-00259035BB6764.gif"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F8D6354-E3D8-11EF-BC57-00505692E04965.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F8D626C-E3D8-11EF-BC57-00505692E04966.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B2C27D8-E4E0-11EF-BC53-00505692E2D067.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84E631D0-21B8-11EE-BC0D-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80ED46B0-424C-11E8-A155-00259035BB6769.gif"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DB2761B-E3D2-11EB-BBF2-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67F9AF37-E63A-11EF-BC4E-00505692C44771.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ADDBA90-E4E0-11EF-BC53-00505692E2D072.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB07C665-424D-11E8-A155-00259035BB6773.gif"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/712468B8-E4E0-11EF-BC53-00505692E2D074.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D151D62-E4E0-11EF-BC53-00505692E2D075.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/020B0CA6-89E0-11EE-BC13-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F8D5FB4-E3D8-11EF-BC57-00505692E04977.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AB8E0FB6-E3D8-11EF-BC57-00505692E04978.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7020E63-424D-11E8-A155-00259035BB6779.gif"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACFB71DB-424D-11E8-A155-00259035BB6780.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/771ABE8C-E4E0-11EF-BC53-00505692E2D081.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A90A6066-E3D4-11EB-BBF2-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4748F84D-E3D2-11EB-BBF2-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4748F84C-E3D2-11EB-BBF2-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD11C9C0-424D-11E8-A155-00259035BB6785.gif"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD7B-424D-11E8-A155-00259035BB6786.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01037407-424E-11E8-A155-00259035BB6787.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07027CE6-424E-11E8-A155-00259035BB6788.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A58A038D-E3D8-11EF-BC57-00505692E04989.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/771AD3F3-E4E0-11EF-BC53-00505692E2D090.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ED3583A-E4E0-11EF-BC53-00505692E2D091.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2AFC3D85-424E-11E8-A155-00259035BB6792.gif"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43031017-424E-11E8-A155-00259035BB6793.gif"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AB8E108C-E3D8-11EF-BC57-00505692E04994.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40D6C848-E3D2-11EB-BBF2-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/671D03CE-424E-11E8-A155-00259035BB6796.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/830D1EB0-E4E0-11EF-BC53-00505692E2D097.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF91B77F-00EB-11EF-BC46-00505692C44798.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF91B6CD-00EB-11EF-BC46-00505692C44799.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67F9B00D-E63A-11EF-BC4E-00505692C447100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27484D65-424F-11E8-A155-00259035BB67101.gif"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D47CB91-424F-11E8-A155-00259035BB67102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D47CB92-424F-11E8-A155-00259035BB67103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AB8E142C-E3D8-11EF-BC57-00505692E049104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32990464-05D8-11EE-BC09-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B2C3641-E4E0-11EF-BC53-00505692E2D0106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D15095C-E4E0-11EF-BC53-00505692E2D0107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24141819-4250-11E8-A155-00259035BB67108.gif"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A4D2013-F94B-11EB-BBF2-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A4D2012-F94B-11EB-BBF2-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A1BD3BB-4250-11E8-A155-00259035BB67111.gif"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/771ADF79-E4E0-11EF-BC53-00505692E2D0112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5408682D-4250-11E8-A155-00259035BB67113.gif"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FFED8B1-4250-11E8-A155-00259035BB67114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A58A071B-E3D8-11EF-BC57-00505692E049115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A58A0803-E3D8-11EF-BC57-00505692E049116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F8D609C-E3D8-11EF-BC57-00505692E049117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D15125A-E4E0-11EF-BC53-00505692E2D0118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A58A0645-E3D8-11EF-BC57-00505692E049119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9379004F-E3D8-11EF-BC57-00505692E049120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/999536EE-E3D8-11EF-BC57-00505692E049121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93790125-E3D8-11EF-BC57-00505692E049122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F8D6172-E3D8-11EF-BC57-00505692E049123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80495C76-E4E0-11EF-BC53-00505692E2D0124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D14FE2F-E4E0-11EF-BC53-00505692E2D0125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7108EE22-EA55-11EB-BBF2-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3D80D66F-4043-11EB-BBDF-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C62FAFD-4253-11E8-A155-00259035BB67128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9378FF79-E3D8-11EF-BC57-00505692E049129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/290E03A5-E569-11EF-BC53-00505692E2D0130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A27C73FE-4253-11E8-A155-00259035BB67131.gif"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA789819-4253-11E8-A155-00259035BB67132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E4D-4253-11E8-A155-00259035BB67133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F682C88A-4253-11E8-A155-00259035BB67134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E8B48D8-4254-11E8-A155-00259035BB67135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DB2761A-E3D2-11EB-BBF2-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/449F982A-4254-11E8-A155-00259035BB67137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/988EE196-4254-11E8-A155-00259035BB67138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E46428C-21B9-11EE-BC0D-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B022D44-21B8-11EE-BC0D-005056921CC4140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8AEE6F2-4254-11E8-A155-00259035BB67141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72AE9423-E3D5-11EB-BBF2-005056921CC4142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC5A326E-E568-11EF-BC53-00505692E2D0143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC5A342D-E568-11EF-BC53-00505692E2D0144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94AD044E-21B9-11EE-BC0D-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC5A3551-E568-11EF-BC53-00505692E2D0146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A6FB46F-4253-11E8-A155-00259035BB67147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/487AC058-4253-11E8-A155-00259035BB67148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA789818-4253-11E8-A155-00259035BB67149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6883FB7A-4254-11E8-A155-00259035BB67150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BFFF0DEE-8149-11E9-BBBA-005056921CC4151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/271644F5-29B8-11EB-BBDD-005056921CC4152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72AE9424-E3D5-11EB-BBF2-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9AAEDFF7-21B9-11EE-BC0D-005056921CC4154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5FEA01B-F13C-11EC-BBFA-005056921CC4155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92D0F231-F13D-11EC-BBFA-005056921CC4156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/111256AE-D8EE-11EB-BBF2-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94AD01AA-21B9-11EE-BC0D-005056921CC4158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94AD010A-21B9-11EE-BC0D-005056921CC4159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/463992B6-4252-11E8-A155-00259035BB67160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA7AA415-4253-11E8-A155-00259035BB67161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6883FB72-4254-11E8-A155-00259035BB67162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6883FB73-4254-11E8-A155-00259035BB67163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4748F84E-E3D2-11EB-BBF2-005056921CC4164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA856C88-4254-11E8-A155-00259035BB67165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80A672E0-21BA-11EE-BC0D-005056921CC4166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84E633C2-21B8-11EE-BC0D-005056921CC4167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4AC2522-4254-11E8-A155-00259035BB67168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3D1CB59A-814A-11E9-BBBA-005056921CC4169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EC5A6F1-21B8-11EE-BC0D-005056921CC4170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5DA885D-12C1-11EA-BBC6-005056921CC4171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5DA885E-12C1-11EA-BBC6-005056921CC4172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5B1A964-FAF5-11E9-BBC6-005056921CC4173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/005B60BF-FAF6-11E9-BBC6-005056921CC4174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EC5A791-21B8-11EE-BC0D-005056921CC4175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EC5A843-21B8-11EE-BC0D-005056921CC4176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B022AB2-21B8-11EE-BC0D-005056921CC4177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84E63514-21B8-11EE-BC0D-005056921CC4178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84E635B4-21B8-11EE-BC0D-005056921CC4179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84E63474-21B8-11EE-BC0D-005056921CC4180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84E63654-21B8-11EE-BC0D-005056921CC4181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8642DC6E-509F-11EC-BBF6-005056921CC4182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EC5A3D1-21B8-11EE-BC0D-005056921CC4183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EC5A919-21B8-11EE-BC0D-005056921CC4184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B022B52-21B8-11EE-BC0D-005056921CC4185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B022C04-21B8-11EE-BC0D-005056921CC4186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EC5A5B1-21B8-11EE-BC0D-005056921CC4187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EC5A651-21B8-11EE-BC0D-005056921CC4188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84E63270-21B8-11EE-BC0D-005056921CC4189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84E63310-21B8-11EE-BC0D-005056921CC4190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84E63130-21B8-11EE-BC0D-005056921CC4191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E036290-2A3A-11ED-BBFC-005056921CC4192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACAFD420-524D-11EE-BC0D-005056921CC4193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D150957-40E1-11EE-BC0D-005056921CC4194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7CFEE40-77E9-11EE-BC0F-005056921CC4195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BFD84384-5F02-11EE-BC0E-005056921CC4196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BFD842E3-5F02-11EE-BC0E-005056921CC4197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/999539A6-E3D8-11EF-BC57-00505692E049198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4748F84F-E3D2-11EB-BBF2-005056921CC4199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EADDFAEE-88DE-11F0-BC57-00505692C447200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EADDFA17-88DE-11F0-BC57-00505692C447201.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3835,51 +3871,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="27" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>29</xdr:row>
+      <xdr:row>28</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="28" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -4165,51 +4201,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="38" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>41</xdr:row>
+      <xdr:row>40</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="39" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -7525,51 +7561,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="150" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId150"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>155</xdr:row>
+      <xdr:row>153</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="151" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId151"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -8155,51 +8191,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="171" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId171"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>178</xdr:row>
+      <xdr:row>176</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="172" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId172"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -8965,93 +9001,123 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="198" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId198"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>213</xdr:row>
+      <xdr:row>205</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="199" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId199"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>214</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="200" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId200"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>215</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="201" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId201"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -9310,62 +9376,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-dlya-bulonnoy-chashki-g-benedikt-karlovy-vary-03020201/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-dlya-bulonnoy-chashki-kunstwerk-03022116/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-dlya-bulonnoy-chashki-tognana-03022175/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-dlya-bulonnoy-chashki-lubiana-03022903/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-dlya-bulonnoy-chashki-collage-03022936/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-dlya-bulonnoy-chashki-g-benedikt-karlovy-vary-03022955/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-dlya-bulonnoy-chashki-kunstwerk-03024223/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-dlya-bulonnoy-chashki-kunstwerk-03024224/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-dlya-bulonnoy-chashki-kunstwerk-03024240/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-arcoroc-03120202/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-arcoroc-03120203/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-arcoroc-03120204/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-arcoroc-03120205/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-arcoroc-03120207/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120209/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120210/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120211/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-tognana-03120218/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-arcoroc-03120234/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-kunstwerk-03120236/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-kunstwerk-03120237/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-kunstwerk-03120240/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-kunstwerk-03120241/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-kunstwerk-03120242/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-prohotel-03120243/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-s-kryshkoy-prohotel-03120244/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120245/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-kyoto-03120247/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-prohotel-03120248/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-prohotel-03120249/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-prohotel-03120250/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-prohotel-03120251/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-prohotel-03120252/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120254/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120263/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-prohotel-03120265/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-tognana-03120266/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120267/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-revol-03120270/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-s-kryshkoy-03120271/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120274/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120279/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-chashki-bulonnoy-steelite-03120280/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-revol-03120282/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120284/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-dulevo-03120285/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-chashki-bulonnoy-steelite-03120287/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-arcoroc-03120288/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-revol-03120289/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-revol-03120290/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-revol-03120291/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120293/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-bulonnaya-dulevo-03120302/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-g-benedikt-karlovy-vary-03120304/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-g-benedikt-karlovy-vary-03120305/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-lubiana-03120306/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-lubiana-03120308/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-lubiana-03120309/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-lubiana-03120310/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-lubiana-03120311/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-lubiana-03120312/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-lubiana-03120313/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-tognana-03120314/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-tognana-03120315/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-lubiana-03120320/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-g-benedikt-karlovy-vary-03120324/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-g-benedikt-karlovy-vary-03120325/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120330/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120331/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120332/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-tognana-03120335/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120336/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120351/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-lubiana-03120353/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120354/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-lilien-austria-03120360/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-g-benedikt-karlovy-vary-03120361/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-tognana-03120366/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-lubiana-03120368/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-revol-03120373/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-kunstwerk-03120374/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120375/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-kunstwerk-03120376/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-kunstwerk-03120377/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-kunstwerk-03120378/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-rosenthal-03120379/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120381/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-kunstwerk-03120382/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-kunstwerk-03120384/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120385/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120386/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120387/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120388/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-lubiana-03120389/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-lubiana-03120390/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120391/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bulonnaya-chashka-dlya-komplimenta-revol-03120392/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120395/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120396/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120397/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120398/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-chef-and-sommelier-03120409/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-kunstwerk-03120410/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-kunstwerk-03120411/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120413/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120414/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120415/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120416/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120418/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120419/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120420/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120421/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120422/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120423/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120424/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-g-benedikt-karlovy-vary-03120426/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-g-benedikt-karlovy-vary-03120427/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-bauscher-03120428/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-bauscher-03120429/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-bauscher-03120430/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-bauscher-03120431/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-bauscher-03120432/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-bauscher-03120434/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-bauscher-03120435/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120436/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120437/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-lubiana-03120441/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-collage-03120444/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120445/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-lubiana-03120447/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-bulonnaya-kunstwerk-03120452/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-rosenthal-03120453/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120454/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-prohotel-03120456/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-dobrushskiy-farforovyy-zavod-03120457/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-lilien-austria-03120458/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120461/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-dobrushskiy-farforovyy-zavod-03120462/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120464/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-prohotel-03120465/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-revol-03120466/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-dobrushskiy-farforovyy-zavod-03120468/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-chashki-bulonnoy-steelite-03120501/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-chashki-bulonnoy-steelite-03120502/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-chashki-bulonnoy-steelite-03120504/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-chashki-bulonnoy-steelite-03120505/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-chashki-bulonnoy-steelite-03120507/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-arcoroc-03120508/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-chashki-bulonnoy-g-benedikt-karlovy-vary-03120509/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-chashki-bulonnoy-steelite-03120511/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-chashki-bulonnoy-steelite-03120512/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-chashki-bulonnoy-lilien-austria-03120516/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-borisovskaya-keramika-03120520/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-borisovskaya-keramika-03120521/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-rosenthal-03120522/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-chashki-bulonnoy-steelite-03120523/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-bulonnoy-chashki-steelite-03120524/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-rosenthal-03120525/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-chashki-bulonnoy-rosenthal-03120526/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120528/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-chashki-bulonnoy-steelite-03120529/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-chashki-bulonnoy-steelite-03120530/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-bauscher-03120602/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120603/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120604/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120605/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120606/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-lilien-austria-03120607/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-anfora-03120608/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-kunstwerk-03120609/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-kunstwerk-03120610/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-kunstwerk-03120614/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-borisovskaya-keramika-03120617/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-borisovskaya-keramika-03120623/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-borisovskaya-keramika-03120624/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-borisovskaya-keramika-03120625/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-borisovskaya-keramika-03120626/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-dobrushskiy-farforovyy-zavod-03120631/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-dobrushskiy-farforovyy-zavod-03120632/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120634/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120635/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-borisovskaya-keramika-03120637/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-borisovskaya-keramika-03120638/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-borisovskaya-keramika-03120639/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-borisovskaya-keramika-03120640/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-borisovskaya-keramika-03120641/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-rosenthal-03120644/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-borisovskaya-keramika-03120645/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-borisovskaya-keramika-03120649/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-borisovskaya-keramika-03120650/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-borisovskaya-keramika-03120651/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-borisovskaya-keramika-03120652/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-borisovskaya-keramika-03120653/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-borisovskaya-keramika-03120654/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-borisovskaya-keramika-03120655/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-borisovskaya-keramika-03120657/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-tognana-03120658/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-prohotel-03120659/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-bashkirskii-farfor-03120662/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-bashkirskii-farfor-03120663/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-bashkirskii-farfor-03120664/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-bashkirskii-farfor-03120665/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-g-benedikt-karlovy-vary-03130307/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03141052/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-bashkirskii-farfor-03120668/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120669/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-bashkirskii-farfor-03120666/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-bashkirskii-farfor-03120667/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-dobrushskiy-farforovyy-zavod-03120672/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-dobrushskiy-farforovyy-zavod-03120673/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-dobrushskiy-farforovyy-zavod-03120671/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-bashkirskii-farfor-03120670/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-dymov-03120477/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-dymov-03120478/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-dlya-bulonnoy-chashki-g-benedikt-karlovy-vary-03020201/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-dlya-bulonnoy-chashki-kunstwerk-03022116/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-dlya-bulonnoy-chashki-tognana-03022175/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-dlya-bulonnoy-chashki-lubiana-03022903/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-dlya-bulonnoy-chashki-collage-03022936/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-dlya-bulonnoy-chashki-g-benedikt-karlovy-vary-03022955/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-dlya-bulonnoy-chashki-kunstwerk-03024223/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-dlya-bulonnoy-chashki-kunstwerk-03024224/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-dlya-bulonnoy-chashki-kunstwerk-03024240/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-arcoroc-03120201/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-arcoroc-03120202/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-arcoroc-03120203/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-arcoroc-03120204/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-arcoroc-03120205/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-arcoroc-03120207/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120209/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120210/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120211/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-tognana-03120218/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-arcoroc-03120234/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-kunstwerk-03120236/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-kunstwerk-03120237/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-kunstwerk-03120240/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-kunstwerk-03120241/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-kunstwerk-03120242/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-prohotel-03120243/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-s-kryshkoy-prohotel-03120244/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120245/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-kyoto-03120247/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-prohotel-03120248/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-prohotel-03120249/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-prohotel-03120250/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-prohotel-03120251/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-prohotel-03120252/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120254/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120263/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-prohotel-03120265/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-tognana-03120266/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120267/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-revol-03120270/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-s-kryshkoy-03120271/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120274/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120279/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-chashki-bulonnoy-steelite-03120280/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-revol-03120282/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120284/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-dulevo-03120285/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-chashki-bulonnoy-steelite-03120287/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-arcoroc-03120288/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-revol-03120289/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-revol-03120290/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-revol-03120291/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120293/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-bulonnaya-dulevo-03120302/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-g-benedikt-karlovy-vary-03120304/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-g-benedikt-karlovy-vary-03120305/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-lubiana-03120306/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-lubiana-03120308/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-lubiana-03120309/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-lubiana-03120310/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-lubiana-03120311/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-lubiana-03120312/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-lubiana-03120313/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-tognana-03120314/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-tognana-03120315/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-lubiana-03120320/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-g-benedikt-karlovy-vary-03120324/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-g-benedikt-karlovy-vary-03120325/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120330/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120331/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120332/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-tognana-03120335/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120336/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120351/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-lubiana-03120353/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120354/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-lilien-austria-03120360/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-g-benedikt-karlovy-vary-03120361/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-tognana-03120366/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-lubiana-03120368/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-revol-03120373/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-kunstwerk-03120374/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120375/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-kunstwerk-03120376/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-kunstwerk-03120377/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-kunstwerk-03120378/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-rosenthal-03120379/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120381/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-kunstwerk-03120382/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-kunstwerk-03120384/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120385/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120386/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120387/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120388/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-lubiana-03120389/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-lubiana-03120390/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120391/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bulonnaya-chashka-dlya-komplimenta-revol-03120392/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120395/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120396/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120397/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120398/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-chef-and-sommelier-03120409/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-kunstwerk-03120410/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-kunstwerk-03120411/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120413/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120414/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120415/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120416/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120418/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120419/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120420/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120421/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120422/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120423/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120424/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-g-benedikt-karlovy-vary-03120426/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-g-benedikt-karlovy-vary-03120427/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-bauscher-03120428/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-bauscher-03120429/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-bauscher-03120430/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-bauscher-03120431/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-bauscher-03120432/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-bauscher-03120434/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-bauscher-03120435/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120436/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120437/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-lubiana-03120441/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-collage-03120444/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120445/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-lubiana-03120447/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-bulonnaya-kunstwerk-03120452/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-rosenthal-03120453/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120454/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-prohotel-03120456/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-dobrushskiy-farforovyy-zavod-03120457/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-lilien-austria-03120458/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120461/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-dobrushskiy-farforovyy-zavod-03120462/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120464/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-prohotel-03120465/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-revol-03120466/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-dobrushskiy-farforovyy-zavod-03120468/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-chashki-bulonnoy-steelite-03120501/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-chashki-bulonnoy-steelite-03120502/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-chashki-bulonnoy-steelite-03120504/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-chashki-bulonnoy-steelite-03120505/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-chashki-bulonnoy-steelite-03120507/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-arcoroc-03120508/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-chashki-bulonnoy-g-benedikt-karlovy-vary-03120509/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-chashki-bulonnoy-steelite-03120511/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-chashki-bulonnoy-steelite-03120512/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-chashki-bulonnoy-lilien-austria-03120516/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-borisovskaya-keramika-03120520/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-borisovskaya-keramika-03120521/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-rosenthal-03120522/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-chashki-bulonnoy-steelite-03120523/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-bulonnoy-chashki-steelite-03120524/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-rosenthal-03120525/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-chashki-bulonnoy-rosenthal-03120526/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120528/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-chashki-bulonnoy-steelite-03120529/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-chashki-bulonnoy-steelite-03120530/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-bauscher-03120602/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120603/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120604/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120605/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120606/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-lilien-austria-03120607/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-anfora-03120608/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-kunstwerk-03120609/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-kunstwerk-03120610/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-kunstwerk-03120614/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-borisovskaya-keramika-03120617/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-borisovskaya-keramika-03120623/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-borisovskaya-keramika-03120624/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-borisovskaya-keramika-03120625/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-borisovskaya-keramika-03120626/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-dobrushskiy-farforovyy-zavod-03120631/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-dobrushskiy-farforovyy-zavod-03120632/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120634/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120635/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-borisovskaya-keramika-03120637/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-borisovskaya-keramika-03120638/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-borisovskaya-keramika-03120639/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-borisovskaya-keramika-03120640/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-borisovskaya-keramika-03120641/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-rosenthal-03120644/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-borisovskaya-keramika-03120645/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-borisovskaya-keramika-03120649/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-borisovskaya-keramika-03120650/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-borisovskaya-keramika-03120651/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-borisovskaya-keramika-03120652/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-borisovskaya-keramika-03120653/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-borisovskaya-keramika-03120654/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-borisovskaya-keramika-03120655/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-borisovskaya-keramika-03120657/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-tognana-03120658/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-prohotel-03120659/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-bashkirskii-farfor-03120662/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-bashkirskii-farfor-03120663/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-bashkirskii-farfor-03120664/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-bashkirskii-farfor-03120665/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-g-benedikt-karlovy-vary-03130307/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03141052/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-bashkirskii-farfor-03120668/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-steelite-03120669/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-bashkirskii-farfor-03120666/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-bashkirskii-farfor-03120667/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-dobrushskiy-farforovyy-zavod-03120672/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-dobrushskiy-farforovyy-zavod-03120673/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-dobrushskiy-farforovyy-zavod-03120671/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-bashkirskii-farfor-03120670/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-dymov-03120477/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-bulonnaya-dymov-03120478/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-tognana-03120480/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-tognana-03120479/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L215"/>
+  <dimension ref="A1:L218"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I215" sqref="I215"/>
+      <selection activeCell="I218" sqref="I218"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -9574,7029 +9640,7125 @@
         <v>49</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>50</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="0" t="s">
         <v>52</v>
       </c>
       <c r="G7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>53</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="L7" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F8" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L8" s="0">
         <v>32</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F9" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G9" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L9" s="0">
         <v>32</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>27</v>
+        <v>68</v>
       </c>
       <c r="L10" s="0">
         <v>32</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D11" s="0">
-        <v>19730</v>
+        <v>14027</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="H11" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>48</v>
+        <v>76</v>
       </c>
       <c r="L11" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="D12" s="0">
-        <v>46405</v>
+        <v>19730</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="G12" s="0" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="H12" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L12" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="D13" s="0">
-        <v>28891</v>
+        <v>46405</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="G13" s="0" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="H13" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>82</v>
+        <v>48</v>
       </c>
       <c r="L13" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="D14" s="0">
-        <v>32305</v>
+        <v>28891</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="G14" s="0" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="H14" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="L14" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="C15" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="D15" s="0">
+        <v>32305</v>
+      </c>
+      <c r="E15" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="F15" s="0" t="s">
         <v>87</v>
       </c>
-      <c r="D15" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G15" s="0" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="H15" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="L15" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>94</v>
+        <v>71</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>95</v>
       </c>
       <c r="G16" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="H16" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I16" s="1" t="s">
         <v>96</v>
-      </c>
-[...4 lines deleted...]
-        <v>97</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L16" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>98</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>99</v>
       </c>
-      <c r="D17" s="0" t="s">
+      <c r="E17" s="0" t="s">
         <v>100</v>
       </c>
-      <c r="E17" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F17" s="0" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="G17" s="0" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="H17" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>102</v>
+        <v>27</v>
       </c>
       <c r="L17" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="G18" s="0" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="H18" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>102</v>
+        <v>68</v>
       </c>
       <c r="L18" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>31</v>
+        <v>100</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G19" s="0" t="s">
-        <v>25</v>
+        <v>102</v>
       </c>
       <c r="H19" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>111</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>48</v>
+        <v>68</v>
       </c>
       <c r="L19" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
         <v>112</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>113</v>
       </c>
-      <c r="D20" s="0">
-        <v>54513</v>
+      <c r="D20" s="0" t="s">
+        <v>114</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>69</v>
+        <v>31</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="G20" s="0" t="s">
-        <v>71</v>
+        <v>25</v>
       </c>
       <c r="H20" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L20" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>117</v>
-[...1 lines deleted...]
-      <c r="D21" s="0" t="s">
         <v>118</v>
       </c>
+      <c r="D21" s="0">
+        <v>54513</v>
+      </c>
       <c r="E21" s="0" t="s">
-        <v>24</v>
+        <v>71</v>
       </c>
       <c r="F21" s="0" t="s">
-        <v>24</v>
+        <v>119</v>
       </c>
       <c r="G21" s="0" t="s">
-        <v>25</v>
+        <v>73</v>
       </c>
       <c r="H21" s="0" t="s">
-        <v>119</v>
+        <v>74</v>
       </c>
       <c r="I21" s="1" t="s">
         <v>120</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="L21" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
         <v>121</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>122</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>123</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F22" s="0" t="s">
         <v>24</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H22" s="0" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>102</v>
+        <v>27</v>
       </c>
       <c r="L22" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>24</v>
       </c>
-      <c r="F23" s="0"/>
+      <c r="F23" s="0" t="s">
+        <v>24</v>
+      </c>
       <c r="G23" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H23" s="0" t="s">
-        <v>72</v>
+        <v>124</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>102</v>
+        <v>68</v>
       </c>
       <c r="L23" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>24</v>
       </c>
-      <c r="F24" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H24" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>48</v>
+        <v>68</v>
       </c>
       <c r="L24" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F25" s="0" t="s">
         <v>24</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H25" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>137</v>
+        <v>48</v>
       </c>
       <c r="L25" s="0">
-        <v>4</v>
+        <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
         <v>138</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>139</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>140</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H26" s="0" t="s">
-        <v>119</v>
+        <v>74</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>143</v>
+        <v>68</v>
       </c>
       <c r="L26" s="0">
-        <v>144</v>
+        <v>4</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="D27" s="0" t="s">
         <v>144</v>
       </c>
-      <c r="C27" s="0" t="s">
+      <c r="E27" s="0" t="s">
         <v>145</v>
       </c>
-      <c r="D27" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F27" s="0" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H27" s="0" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>147</v>
+        <v>88</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>48</v>
+        <v>146</v>
       </c>
       <c r="L27" s="0">
-        <v>72</v>
+        <v>144</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>148</v>
       </c>
-      <c r="C28" s="0" t="s">
+      <c r="D28" s="0" t="s">
         <v>149</v>
       </c>
-      <c r="D28" s="0" t="s">
+      <c r="E28" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="F28" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="G28" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="H28" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="I28" s="1" t="s">
         <v>150</v>
-      </c>
-[...13 lines deleted...]
-        <v>151</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="L28" s="0">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" customHeight="1" ht="80">
+      <c r="A29" s="0"/>
+      <c r="B29" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="D29" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="E29" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="F29" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="G29" s="0" t="s">
         <v>102</v>
       </c>
-      <c r="L28" s="0">
-[...10 lines deleted...]
-      <c r="D29" s="0" t="s">
+      <c r="H29" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I29" s="1" t="s">
         <v>154</v>
-      </c>
-[...11 lines deleted...]
-        <v>156</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="L29" s="0"/>
+        <v>68</v>
+      </c>
+      <c r="L29" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
-      <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="D30" s="0" t="s">
         <v>157</v>
       </c>
-      <c r="C30" s="0" t="s">
+      <c r="E30" s="0" t="s">
         <v>158</v>
       </c>
-      <c r="D30" s="0" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H30" s="0" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>48</v>
       </c>
-      <c r="L30" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L30" s="0"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>161</v>
       </c>
-      <c r="C31" s="0" t="s">
+      <c r="D31" s="0" t="s">
         <v>162</v>
       </c>
-      <c r="D31" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E31" s="0" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H31" s="0" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>102</v>
+        <v>48</v>
       </c>
       <c r="L31" s="0">
-        <v>12</v>
+        <v>72</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>165</v>
       </c>
-      <c r="C32" s="0" t="s">
+      <c r="D32" s="0" t="s">
         <v>166</v>
       </c>
-      <c r="D32" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E32" s="0" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H32" s="0" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>48</v>
+        <v>68</v>
       </c>
       <c r="L32" s="0">
-        <v>144</v>
+        <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="C33" s="0" t="s">
         <v>169</v>
       </c>
-      <c r="C33" s="0" t="s">
+      <c r="D33" s="0" t="s">
         <v>170</v>
       </c>
-      <c r="D33" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E33" s="0" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="F33" s="0" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H33" s="0" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L33" s="0">
-        <v>12</v>
+        <v>144</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="C34" s="0" t="s">
         <v>173</v>
       </c>
-      <c r="C34" s="0" t="s">
+      <c r="D34" s="0" t="s">
         <v>174</v>
       </c>
-      <c r="D34" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E34" s="0" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H34" s="0" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>177</v>
+        <v>48</v>
       </c>
       <c r="L34" s="0">
-        <v>72</v>
+        <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="C35" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="D35" s="0" t="s">
         <v>178</v>
       </c>
-      <c r="C35" s="0" t="s">
+      <c r="E35" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="F35" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="G35" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="H35" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="I35" s="1" t="s">
         <v>179</v>
-      </c>
-[...16 lines deleted...]
-        <v>182</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>20</v>
+        <v>180</v>
       </c>
       <c r="L35" s="0">
-        <v>36</v>
+        <v>72</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="C36" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="D36" s="0" t="s">
         <v>183</v>
       </c>
-      <c r="C36" s="0" t="s">
+      <c r="E36" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="F36" s="0" t="s">
         <v>184</v>
       </c>
-      <c r="D36" s="0" t="s">
+      <c r="G36" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="H36" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I36" s="1" t="s">
         <v>185</v>
-      </c>
-[...13 lines deleted...]
-        <v>187</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="L36" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="C37" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="D37" s="0" t="s">
         <v>188</v>
       </c>
-      <c r="C37" s="0" t="s">
+      <c r="E37" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="F37" s="0" t="s">
         <v>189</v>
       </c>
-      <c r="D37" s="0" t="s">
+      <c r="G37" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="H37" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I37" s="1" t="s">
         <v>190</v>
-      </c>
-[...13 lines deleted...]
-        <v>191</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L37" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="C38" s="0" t="s">
         <v>192</v>
       </c>
-      <c r="C38" s="0" t="s">
+      <c r="D38" s="0" t="s">
         <v>193</v>
       </c>
-      <c r="D38" s="0" t="s">
+      <c r="E38" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="F38" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="G38" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="H38" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="I38" s="1" t="s">
         <v>194</v>
-      </c>
-[...13 lines deleted...]
-        <v>195</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L38" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>196</v>
       </c>
-      <c r="C39" s="0" t="s">
+      <c r="D39" s="0" t="s">
         <v>197</v>
       </c>
-      <c r="D39" s="0" t="s">
+      <c r="E39" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="F39" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="G39" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="H39" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I39" s="1" t="s">
         <v>198</v>
-      </c>
-[...13 lines deleted...]
-        <v>200</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L39" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>199</v>
+      </c>
+      <c r="C40" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="D40" s="0" t="s">
         <v>201</v>
       </c>
-      <c r="C40" s="0" t="s">
+      <c r="E40" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="F40" s="0" t="s">
         <v>202</v>
       </c>
-      <c r="D40" s="0">
-[...2 lines deleted...]
-      <c r="E40" s="0" t="s">
+      <c r="G40" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="H40" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I40" s="1" t="s">
         <v>203</v>
-      </c>
-[...10 lines deleted...]
-        <v>205</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L40" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
+      <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="C41" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="D41" s="0">
+        <v>615511</v>
+      </c>
+      <c r="E41" s="0" t="s">
         <v>206</v>
       </c>
-      <c r="C41" s="0" t="s">
+      <c r="F41" s="0" t="s">
         <v>207</v>
       </c>
-      <c r="D41" s="0" t="s">
+      <c r="G41" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="H41" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I41" s="1" t="s">
         <v>208</v>
-      </c>
-[...9 lines deleted...]
-        <v>209</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>48</v>
       </c>
-      <c r="L41" s="0"/>
+      <c r="L41" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
-      <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="C42" s="0" t="s">
         <v>210</v>
       </c>
-      <c r="C42" s="0" t="s">
+      <c r="D42" s="0" t="s">
         <v>211</v>
       </c>
-      <c r="D42" s="0" t="s">
+      <c r="E42" s="0"/>
+      <c r="F42" s="0"/>
+      <c r="G42" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="H42" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="I42" s="1" t="s">
         <v>212</v>
-      </c>
-[...13 lines deleted...]
-        <v>214</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>48</v>
       </c>
-      <c r="L42" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L42" s="0"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="C43" s="0" t="s">
+        <v>214</v>
+      </c>
+      <c r="D43" s="0" t="s">
         <v>215</v>
       </c>
-      <c r="C43" s="0" t="s">
+      <c r="E43" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="F43" s="0" t="s">
         <v>216</v>
       </c>
-      <c r="D43" s="0" t="s">
+      <c r="G43" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="H43" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I43" s="1" t="s">
         <v>217</v>
-      </c>
-[...13 lines deleted...]
-        <v>219</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>220</v>
+        <v>48</v>
       </c>
       <c r="L43" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="C44" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="D44" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="E44" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="F44" s="0" t="s">
         <v>221</v>
       </c>
-      <c r="C44" s="0" t="s">
+      <c r="G44" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="H44" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I44" s="1" t="s">
         <v>222</v>
-      </c>
-[...16 lines deleted...]
-        <v>225</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="L44" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="C45" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="D45" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="E45" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="F45" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="G45" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="H45" s="0" t="s">
         <v>227</v>
       </c>
-      <c r="C45" s="0" t="s">
+      <c r="I45" s="1" t="s">
         <v>228</v>
-      </c>
-[...16 lines deleted...]
-        <v>229</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>48</v>
+        <v>229</v>
       </c>
       <c r="L45" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
         <v>230</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>231</v>
       </c>
-      <c r="D46" s="0" t="s">
+      <c r="D46" s="0">
+        <v>615509</v>
+      </c>
+      <c r="E46" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="F46" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="G46" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="H46" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I46" s="1" t="s">
         <v>232</v>
-      </c>
-[...13 lines deleted...]
-        <v>234</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L46" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="C47" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="D47" s="0" t="s">
         <v>235</v>
       </c>
-      <c r="C47" s="0" t="s">
+      <c r="E47" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="F47" s="0" t="s">
         <v>236</v>
       </c>
-      <c r="D47" s="0" t="s">
+      <c r="G47" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="H47" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I47" s="1" t="s">
         <v>237</v>
-      </c>
-[...11 lines deleted...]
-        <v>240</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L47" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>238</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>239</v>
+      </c>
+      <c r="D48" s="0" t="s">
+        <v>240</v>
+      </c>
+      <c r="E48" s="0" t="s">
         <v>241</v>
       </c>
-      <c r="C48" s="0" t="s">
+      <c r="F48" s="0"/>
+      <c r="G48" s="0" t="s">
         <v>242</v>
       </c>
-      <c r="D48" s="0" t="s">
+      <c r="H48" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I48" s="1" t="s">
         <v>243</v>
-      </c>
-[...13 lines deleted...]
-        <v>244</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>245</v>
+        <v>48</v>
       </c>
       <c r="L48" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>244</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="D49" s="0" t="s">
         <v>246</v>
       </c>
-      <c r="C49" s="0" t="s">
+      <c r="E49" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="F49" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="G49" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="H49" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="I49" s="1" t="s">
         <v>247</v>
-      </c>
-[...14 lines deleted...]
-        <v>249</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="L49" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
+        <v>248</v>
+      </c>
+      <c r="C50" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="D50" s="0" t="s">
         <v>250</v>
       </c>
-      <c r="C50" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E50" s="0" t="s">
-        <v>203</v>
+        <v>71</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
-        <v>71</v>
+        <v>242</v>
       </c>
       <c r="H50" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="L50" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
+        <v>252</v>
+      </c>
+      <c r="C51" s="0" t="s">
         <v>253</v>
       </c>
-      <c r="C51" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D51" s="0">
-        <v>646407</v>
+        <v>646403</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="H51" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="L51" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
+        <v>255</v>
+      </c>
+      <c r="C52" s="0" t="s">
         <v>256</v>
       </c>
-      <c r="C52" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D52" s="0">
-        <v>646408</v>
+        <v>646407</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="H52" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>259</v>
+        <v>48</v>
       </c>
       <c r="L52" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
+        <v>258</v>
+      </c>
+      <c r="C53" s="0" t="s">
+        <v>259</v>
+      </c>
+      <c r="D53" s="0">
+        <v>646408</v>
+      </c>
+      <c r="E53" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="F53" s="0"/>
+      <c r="G53" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="H53" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I53" s="1" t="s">
         <v>260</v>
-      </c>
-[...19 lines deleted...]
-        <v>264</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>48</v>
+        <v>261</v>
       </c>
       <c r="L53" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
+        <v>262</v>
+      </c>
+      <c r="C54" s="0" t="s">
+        <v>263</v>
+      </c>
+      <c r="D54" s="0" t="s">
+        <v>264</v>
+      </c>
+      <c r="E54" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="F54" s="0" t="s">
         <v>265</v>
       </c>
-      <c r="C54" s="0" t="s">
+      <c r="G54" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="H54" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I54" s="1" t="s">
         <v>266</v>
-      </c>
-[...14 lines deleted...]
-        <v>268</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="L54" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="C55" s="0" t="s">
+        <v>268</v>
+      </c>
+      <c r="D55" s="0" t="s">
         <v>269</v>
       </c>
-      <c r="C55" s="0" t="s">
+      <c r="E55" s="0" t="s">
+        <v>241</v>
+      </c>
+      <c r="F55" s="0"/>
+      <c r="G55" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="H55" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I55" s="1" t="s">
         <v>270</v>
-      </c>
-[...16 lines deleted...]
-        <v>273</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L55" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H56" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>177</v>
+        <v>42</v>
       </c>
       <c r="L56" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
+        <v>276</v>
+      </c>
+      <c r="C57" s="0" t="s">
+        <v>277</v>
+      </c>
+      <c r="D57" s="0" t="s">
         <v>278</v>
       </c>
-      <c r="C57" s="0" t="s">
+      <c r="E57" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F57" s="0" t="s">
+        <v>274</v>
+      </c>
+      <c r="G57" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H57" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I57" s="1" t="s">
         <v>279</v>
-      </c>
-[...16 lines deleted...]
-        <v>282</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>283</v>
+        <v>68</v>
       </c>
       <c r="L57" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>38</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H58" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>53</v>
+        <v>284</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>27</v>
+        <v>229</v>
       </c>
       <c r="L58" s="0">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>38</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H59" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>292</v>
+        <v>53</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="L59" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>38</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H60" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>102</v>
+        <v>20</v>
       </c>
       <c r="L60" s="0">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>38</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H61" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="L61" s="0">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>38</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H62" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>48</v>
+        <v>302</v>
       </c>
       <c r="L62" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="C63" s="0" t="s">
+        <v>304</v>
+      </c>
+      <c r="D63" s="0" t="s">
         <v>305</v>
-      </c>
-[...4 lines deleted...]
-        <v>307</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>38</v>
       </c>
       <c r="F63" s="0" t="s">
-        <v>281</v>
+        <v>292</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H63" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L63" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
+        <v>307</v>
+      </c>
+      <c r="C64" s="0" t="s">
+        <v>308</v>
+      </c>
+      <c r="D64" s="0" t="s">
         <v>309</v>
       </c>
-      <c r="C64" s="0" t="s">
+      <c r="E64" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="F64" s="0" t="s">
+        <v>283</v>
+      </c>
+      <c r="G64" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="H64" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I64" s="1" t="s">
         <v>310</v>
-      </c>
-[...16 lines deleted...]
-        <v>312</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L64" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
+        <v>311</v>
+      </c>
+      <c r="C65" s="0" t="s">
+        <v>312</v>
+      </c>
+      <c r="D65" s="0" t="s">
         <v>313</v>
-      </c>
-[...4 lines deleted...]
-        <v>315</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F65" s="0" t="s">
-        <v>316</v>
+        <v>115</v>
       </c>
       <c r="G65" s="0" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="H65" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="L65" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
+        <v>315</v>
+      </c>
+      <c r="C66" s="0" t="s">
+        <v>316</v>
+      </c>
+      <c r="D66" s="0" t="s">
+        <v>317</v>
+      </c>
+      <c r="E66" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="F66" s="0" t="s">
         <v>318</v>
       </c>
-      <c r="C66" s="0" t="s">
+      <c r="G66" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="H66" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I66" s="1" t="s">
         <v>319</v>
-      </c>
-[...16 lines deleted...]
-        <v>321</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>102</v>
+        <v>48</v>
       </c>
       <c r="L66" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
+        <v>320</v>
+      </c>
+      <c r="C67" s="0" t="s">
+        <v>321</v>
+      </c>
+      <c r="D67" s="0">
+        <v>2817</v>
+      </c>
+      <c r="E67" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="F67" s="0" t="s">
         <v>322</v>
       </c>
-      <c r="C67" s="0" t="s">
+      <c r="G67" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="H67" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I67" s="1" t="s">
         <v>323</v>
-      </c>
-[...16 lines deleted...]
-        <v>326</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>102</v>
+        <v>68</v>
       </c>
       <c r="L67" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="E68" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="G68" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H68" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>331</v>
+        <v>68</v>
       </c>
       <c r="L68" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="C69" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="D69" s="0" t="s">
+        <v>331</v>
+      </c>
+      <c r="E69" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F69" s="0" t="s">
+        <v>327</v>
+      </c>
+      <c r="G69" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H69" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I69" s="1" t="s">
         <v>332</v>
-      </c>
-[...19 lines deleted...]
-        <v>336</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="L69" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
+        <v>333</v>
+      </c>
+      <c r="C70" s="0" t="s">
+        <v>334</v>
+      </c>
+      <c r="D70" s="0" t="s">
+        <v>335</v>
+      </c>
+      <c r="E70" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="F70" s="0" t="s">
+        <v>336</v>
+      </c>
+      <c r="G70" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="H70" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I70" s="1" t="s">
         <v>337</v>
-      </c>
-[...19 lines deleted...]
-        <v>341</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="L70" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
+        <v>338</v>
+      </c>
+      <c r="C71" s="0" t="s">
+        <v>339</v>
+      </c>
+      <c r="D71" s="0" t="s">
+        <v>340</v>
+      </c>
+      <c r="E71" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="F71" s="0" t="s">
+        <v>341</v>
+      </c>
+      <c r="G71" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="H71" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I71" s="1" t="s">
         <v>342</v>
-      </c>
-[...19 lines deleted...]
-        <v>346</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L71" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
+        <v>343</v>
+      </c>
+      <c r="C72" s="0" t="s">
+        <v>344</v>
+      </c>
+      <c r="D72" s="0" t="s">
+        <v>345</v>
+      </c>
+      <c r="E72" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="F72" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="G72" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="H72" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I72" s="1" t="s">
         <v>347</v>
-      </c>
-[...19 lines deleted...]
-        <v>351</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="L72" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
+        <v>348</v>
+      </c>
+      <c r="C73" s="0" t="s">
+        <v>349</v>
+      </c>
+      <c r="D73" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="E73" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="F73" s="0" t="s">
+        <v>351</v>
+      </c>
+      <c r="G73" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="H73" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I73" s="1" t="s">
         <v>352</v>
-      </c>
-[...19 lines deleted...]
-        <v>355</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="L73" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="C74" s="0" t="s">
+        <v>354</v>
+      </c>
+      <c r="D74" s="0" t="s">
+        <v>355</v>
+      </c>
+      <c r="E74" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="F74" s="0" t="s">
+        <v>336</v>
+      </c>
+      <c r="G74" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="H74" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I74" s="1" t="s">
         <v>356</v>
-      </c>
-[...19 lines deleted...]
-        <v>359</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>360</v>
+        <v>48</v>
       </c>
       <c r="L74" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>362</v>
-[...2 lines deleted...]
-        <v>1816</v>
+        <v>358</v>
+      </c>
+      <c r="D75" s="0" t="s">
+        <v>359</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>38</v>
+        <v>100</v>
       </c>
       <c r="F75" s="0" t="s">
-        <v>363</v>
+        <v>184</v>
       </c>
       <c r="G75" s="0" t="s">
-        <v>40</v>
+        <v>102</v>
       </c>
       <c r="H75" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="L75" s="0">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>366</v>
-[...2 lines deleted...]
-        <v>367</v>
+        <v>362</v>
+      </c>
+      <c r="D76" s="0">
+        <v>1816</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>94</v>
+        <v>38</v>
       </c>
       <c r="F76" s="0" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="G76" s="0" t="s">
-        <v>96</v>
+        <v>40</v>
       </c>
       <c r="H76" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>369</v>
+        <v>364</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>370</v>
+        <v>48</v>
       </c>
       <c r="L76" s="0">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>371</v>
+        <v>365</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>372</v>
+        <v>366</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>373</v>
+        <v>367</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>374</v>
+        <v>100</v>
       </c>
       <c r="F77" s="0" t="s">
-        <v>375</v>
+        <v>368</v>
       </c>
       <c r="G77" s="0" t="s">
-        <v>376</v>
+        <v>102</v>
       </c>
       <c r="H77" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
-        <v>48</v>
+        <v>370</v>
       </c>
       <c r="L77" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>378</v>
+        <v>371</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>379</v>
+        <v>372</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>380</v>
+        <v>373</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>15</v>
+        <v>374</v>
       </c>
       <c r="F78" s="0" t="s">
-        <v>381</v>
+        <v>375</v>
       </c>
       <c r="G78" s="0" t="s">
-        <v>17</v>
+        <v>376</v>
       </c>
       <c r="H78" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L78" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>383</v>
+        <v>378</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="F79" s="0" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
       <c r="G79" s="0" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="H79" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>388</v>
+        <v>48</v>
       </c>
       <c r="L79" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>389</v>
+        <v>383</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>390</v>
+        <v>384</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>391</v>
+        <v>385</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="F80" s="0" t="s">
-        <v>392</v>
+        <v>386</v>
       </c>
       <c r="G80" s="0" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="H80" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>393</v>
+        <v>387</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
-        <v>20</v>
+        <v>388</v>
       </c>
       <c r="L80" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>394</v>
+        <v>389</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>395</v>
-[...2 lines deleted...]
-        <v>638386</v>
+        <v>390</v>
+      </c>
+      <c r="D81" s="0" t="s">
+        <v>391</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>203</v>
+        <v>38</v>
       </c>
       <c r="F81" s="0" t="s">
-        <v>204</v>
+        <v>392</v>
       </c>
       <c r="G81" s="0" t="s">
-        <v>71</v>
+        <v>40</v>
       </c>
       <c r="H81" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
-        <v>48</v>
+        <v>394</v>
       </c>
       <c r="L81" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
+        <v>395</v>
+      </c>
+      <c r="C82" s="0" t="s">
+        <v>396</v>
+      </c>
+      <c r="D82" s="0">
+        <v>638386</v>
+      </c>
+      <c r="E82" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="F82" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="G82" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="H82" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I82" s="1" t="s">
         <v>397</v>
-      </c>
-[...19 lines deleted...]
-        <v>191</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="L82" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
+        <v>398</v>
+      </c>
+      <c r="C83" s="0" t="s">
+        <v>399</v>
+      </c>
+      <c r="D83" s="0" t="s">
         <v>400</v>
       </c>
-      <c r="C83" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E83" s="0" t="s">
-        <v>94</v>
+        <v>24</v>
       </c>
       <c r="F83" s="0" t="s">
-        <v>95</v>
+        <v>24</v>
       </c>
       <c r="G83" s="0" t="s">
-        <v>96</v>
+        <v>25</v>
       </c>
       <c r="H83" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>403</v>
+        <v>194</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>143</v>
+        <v>27</v>
       </c>
       <c r="L83" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
+        <v>401</v>
+      </c>
+      <c r="C84" s="0" t="s">
+        <v>402</v>
+      </c>
+      <c r="D84" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="E84" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="F84" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="G84" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="H84" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I84" s="1" t="s">
         <v>404</v>
-      </c>
-[...19 lines deleted...]
-        <v>407</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>27</v>
+        <v>370</v>
       </c>
       <c r="L84" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>24</v>
       </c>
-      <c r="F85" s="0"/>
+      <c r="F85" s="0" t="s">
+        <v>24</v>
+      </c>
       <c r="G85" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H85" s="0" t="s">
-        <v>72</v>
+        <v>124</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="L85" s="0">
-        <v>72</v>
+        <v>4</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="E86" s="0" t="s">
         <v>24</v>
       </c>
-      <c r="F86" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H86" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="L86" s="0">
-        <v>6</v>
+        <v>72</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
+        <v>413</v>
+      </c>
+      <c r="C87" s="0" t="s">
+        <v>414</v>
+      </c>
+      <c r="D87" s="0" t="s">
         <v>415</v>
       </c>
-      <c r="C87" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E87" s="0" t="s">
-        <v>418</v>
+        <v>24</v>
       </c>
       <c r="F87" s="0" t="s">
-        <v>419</v>
+        <v>24</v>
       </c>
       <c r="G87" s="0" t="s">
-        <v>420</v>
+        <v>25</v>
       </c>
       <c r="H87" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>421</v>
+        <v>408</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
-        <v>360</v>
-[...1 lines deleted...]
-      <c r="L87" s="0"/>
+        <v>27</v>
+      </c>
+      <c r="L87" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
+        <v>416</v>
+      </c>
+      <c r="C88" s="0" t="s">
+        <v>417</v>
+      </c>
+      <c r="D88" s="0" t="s">
+        <v>418</v>
+      </c>
+      <c r="E88" s="0" t="s">
+        <v>419</v>
+      </c>
+      <c r="F88" s="0" t="s">
+        <v>420</v>
+      </c>
+      <c r="G88" s="0" t="s">
+        <v>421</v>
+      </c>
+      <c r="H88" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I88" s="1" t="s">
         <v>422</v>
-      </c>
-[...19 lines deleted...]
-        <v>425</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
         <v>48</v>
       </c>
-      <c r="L88" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L88" s="0"/>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
+        <v>423</v>
+      </c>
+      <c r="C89" s="0" t="s">
+        <v>424</v>
+      </c>
+      <c r="D89" s="0" t="s">
+        <v>425</v>
+      </c>
+      <c r="E89" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="F89" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="G89" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="H89" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I89" s="1" t="s">
         <v>426</v>
-      </c>
-[...19 lines deleted...]
-        <v>429</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="L89" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="E90" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F90" s="0" t="s">
         <v>24</v>
       </c>
       <c r="G90" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H90" s="0" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L90" s="0">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
+        <v>431</v>
+      </c>
+      <c r="C91" s="0" t="s">
+        <v>432</v>
+      </c>
+      <c r="D91" s="0" t="s">
+        <v>433</v>
+      </c>
+      <c r="E91" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="F91" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="G91" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="H91" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="I91" s="1" t="s">
         <v>434</v>
-      </c>
-[...19 lines deleted...]
-        <v>438</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="L91" s="0">
-        <v>36</v>
+        <v>3</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
+        <v>435</v>
+      </c>
+      <c r="C92" s="0" t="s">
+        <v>436</v>
+      </c>
+      <c r="D92" s="0" t="s">
+        <v>437</v>
+      </c>
+      <c r="E92" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="F92" s="0" t="s">
+        <v>438</v>
+      </c>
+      <c r="G92" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="H92" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I92" s="1" t="s">
         <v>439</v>
-      </c>
-[...19 lines deleted...]
-        <v>443</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L92" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
+        <v>440</v>
+      </c>
+      <c r="C93" s="0" t="s">
+        <v>441</v>
+      </c>
+      <c r="D93" s="0" t="s">
+        <v>442</v>
+      </c>
+      <c r="E93" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="F93" s="0" t="s">
+        <v>443</v>
+      </c>
+      <c r="G93" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="H93" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I93" s="1" t="s">
         <v>444</v>
-      </c>
-[...19 lines deleted...]
-        <v>447</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
-        <v>448</v>
+        <v>48</v>
       </c>
       <c r="L93" s="0">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>449</v>
+        <v>445</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="F94" s="0" t="s">
-        <v>452</v>
+        <v>368</v>
       </c>
       <c r="G94" s="0" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="H94" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>453</v>
+        <v>448</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
-        <v>48</v>
+        <v>394</v>
       </c>
       <c r="L94" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>454</v>
+        <v>449</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>455</v>
+        <v>450</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>456</v>
+        <v>451</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>38</v>
+        <v>100</v>
       </c>
       <c r="F95" s="0" t="s">
-        <v>457</v>
+        <v>452</v>
       </c>
       <c r="G95" s="0" t="s">
-        <v>40</v>
+        <v>102</v>
       </c>
       <c r="H95" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>458</v>
+        <v>453</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L95" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>459</v>
+        <v>454</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>460</v>
+        <v>455</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>461</v>
+        <v>456</v>
       </c>
       <c r="E96" s="0" t="s">
         <v>38</v>
       </c>
       <c r="F96" s="0" t="s">
-        <v>392</v>
+        <v>457</v>
       </c>
       <c r="G96" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H96" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>462</v>
+        <v>458</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
-        <v>102</v>
+        <v>48</v>
       </c>
       <c r="L96" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>463</v>
+        <v>459</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>464</v>
+        <v>460</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>465</v>
+        <v>461</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>94</v>
+        <v>38</v>
       </c>
       <c r="F97" s="0" t="s">
-        <v>466</v>
+        <v>392</v>
       </c>
       <c r="G97" s="0" t="s">
-        <v>96</v>
+        <v>40</v>
       </c>
       <c r="H97" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>467</v>
+        <v>462</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="L97" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>468</v>
+        <v>463</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>469</v>
-[...2 lines deleted...]
-        <v>615513</v>
+        <v>464</v>
+      </c>
+      <c r="D98" s="0" t="s">
+        <v>465</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>203</v>
-[...1 lines deleted...]
-      <c r="F98" s="0"/>
+        <v>100</v>
+      </c>
+      <c r="F98" s="0" t="s">
+        <v>466</v>
+      </c>
       <c r="G98" s="0" t="s">
-        <v>71</v>
+        <v>102</v>
       </c>
       <c r="H98" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>470</v>
+        <v>467</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L98" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>471</v>
+        <v>468</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>472</v>
-[...2 lines deleted...]
-        <v>473</v>
+        <v>469</v>
+      </c>
+      <c r="D99" s="0">
+        <v>615513</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>94</v>
-[...3 lines deleted...]
-      </c>
+        <v>206</v>
+      </c>
+      <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
-        <v>96</v>
+        <v>73</v>
       </c>
       <c r="H99" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>474</v>
+        <v>470</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L99" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
-        <v>475</v>
+        <v>471</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>476</v>
+        <v>472</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>477</v>
+        <v>473</v>
       </c>
       <c r="E100" s="0" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="F100" s="0" t="s">
-        <v>478</v>
+        <v>119</v>
       </c>
       <c r="G100" s="0" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="H100" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>479</v>
+        <v>474</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L100" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>480</v>
+        <v>475</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>481</v>
+        <v>476</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>482</v>
+        <v>477</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="F101" s="0" t="s">
-        <v>437</v>
+        <v>478</v>
       </c>
       <c r="G101" s="0" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="H101" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>438</v>
+        <v>479</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L101" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>483</v>
+        <v>480</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>484</v>
+        <v>481</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>485</v>
+        <v>482</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="F102" s="0" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="G102" s="0" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="H102" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>486</v>
+        <v>439</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L102" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
-        <v>487</v>
+        <v>483</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>488</v>
+        <v>484</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>489</v>
+        <v>485</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>490</v>
+        <v>100</v>
       </c>
       <c r="F103" s="0" t="s">
-        <v>491</v>
+        <v>438</v>
       </c>
       <c r="G103" s="0" t="s">
-        <v>71</v>
+        <v>102</v>
       </c>
       <c r="H103" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>492</v>
+        <v>486</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L103" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>494</v>
+        <v>488</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>495</v>
+        <v>489</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>24</v>
+        <v>490</v>
       </c>
       <c r="F104" s="0" t="s">
-        <v>24</v>
+        <v>491</v>
       </c>
       <c r="G104" s="0" t="s">
-        <v>25</v>
+        <v>73</v>
       </c>
       <c r="H104" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>496</v>
+        <v>492</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="L104" s="0">
-        <v>2</v>
+        <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>497</v>
+        <v>493</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>498</v>
+        <v>494</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>499</v>
+        <v>495</v>
       </c>
       <c r="E105" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F105" s="0" t="s">
         <v>24</v>
       </c>
       <c r="G105" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H105" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>500</v>
+        <v>496</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
-        <v>102</v>
+        <v>27</v>
       </c>
       <c r="L105" s="0">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
-        <v>501</v>
+        <v>497</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>502</v>
+        <v>498</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>503</v>
+        <v>499</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>94</v>
+        <v>24</v>
       </c>
       <c r="F106" s="0" t="s">
-        <v>186</v>
+        <v>24</v>
       </c>
       <c r="G106" s="0" t="s">
-        <v>96</v>
+        <v>25</v>
       </c>
       <c r="H106" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>504</v>
+        <v>500</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
-        <v>42</v>
+        <v>68</v>
       </c>
       <c r="L106" s="0">
-        <v>36</v>
+        <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>505</v>
+        <v>501</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>506</v>
+        <v>502</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>507</v>
+        <v>503</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="F107" s="0" t="s">
-        <v>508</v>
+        <v>189</v>
       </c>
       <c r="G107" s="0" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="H107" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>509</v>
+        <v>504</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
-        <v>102</v>
+        <v>42</v>
       </c>
       <c r="L107" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
-        <v>510</v>
+        <v>505</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>511</v>
+        <v>506</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>512</v>
+        <v>507</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="F108" s="0" t="s">
-        <v>513</v>
+        <v>508</v>
       </c>
       <c r="G108" s="0" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="H108" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>514</v>
+        <v>509</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
-        <v>245</v>
+        <v>68</v>
       </c>
       <c r="L108" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>515</v>
+        <v>510</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>516</v>
+        <v>511</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>517</v>
+        <v>512</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="F109" s="0" t="s">
-        <v>518</v>
+        <v>513</v>
       </c>
       <c r="G109" s="0" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="H109" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>519</v>
+        <v>514</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
-        <v>20</v>
+        <v>515</v>
       </c>
       <c r="L109" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
+        <v>516</v>
+      </c>
+      <c r="C110" s="0" t="s">
+        <v>517</v>
+      </c>
+      <c r="D110" s="0" t="s">
+        <v>518</v>
+      </c>
+      <c r="E110" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="F110" s="0" t="s">
+        <v>519</v>
+      </c>
+      <c r="G110" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="H110" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I110" s="1" t="s">
         <v>520</v>
-      </c>
-[...19 lines deleted...]
-        <v>524</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="L110" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
+        <v>521</v>
+      </c>
+      <c r="C111" s="0" t="s">
+        <v>522</v>
+      </c>
+      <c r="D111" s="0" t="s">
+        <v>523</v>
+      </c>
+      <c r="E111" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="F111" s="0" t="s">
+        <v>524</v>
+      </c>
+      <c r="G111" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="H111" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I111" s="1" t="s">
         <v>525</v>
-      </c>
-[...19 lines deleted...]
-        <v>529</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L111" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
+        <v>526</v>
+      </c>
+      <c r="C112" s="0" t="s">
+        <v>527</v>
+      </c>
+      <c r="D112" s="0" t="s">
+        <v>528</v>
+      </c>
+      <c r="E112" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="F112" s="0" t="s">
+        <v>529</v>
+      </c>
+      <c r="G112" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="H112" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I112" s="1" t="s">
         <v>530</v>
-      </c>
-[...19 lines deleted...]
-        <v>524</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L112" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C113" s="0" t="s">
+        <v>532</v>
+      </c>
+      <c r="D113" s="0" t="s">
+        <v>533</v>
+      </c>
+      <c r="E113" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="F113" s="0" t="s">
         <v>534</v>
       </c>
-      <c r="C113" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G113" s="0" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="H113" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>538</v>
+        <v>525</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
         <v>48</v>
       </c>
-      <c r="L113" s="0"/>
+      <c r="L113" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
+        <v>535</v>
+      </c>
+      <c r="C114" s="0" t="s">
+        <v>536</v>
+      </c>
+      <c r="D114" s="0" t="s">
+        <v>537</v>
+      </c>
+      <c r="E114" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="F114" s="0" t="s">
+        <v>538</v>
+      </c>
+      <c r="G114" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="H114" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I114" s="1" t="s">
         <v>539</v>
-      </c>
-[...19 lines deleted...]
-        <v>543</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="L114" s="0"/>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="C115" s="0" t="s">
+        <v>541</v>
+      </c>
+      <c r="D115" s="0" t="s">
+        <v>542</v>
+      </c>
+      <c r="E115" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="F115" s="0" t="s">
+        <v>543</v>
+      </c>
+      <c r="G115" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="H115" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I115" s="1" t="s">
         <v>544</v>
-      </c>
-[...19 lines deleted...]
-        <v>547</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L115" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
+        <v>545</v>
+      </c>
+      <c r="C116" s="0" t="s">
+        <v>546</v>
+      </c>
+      <c r="D116" s="0" t="s">
+        <v>547</v>
+      </c>
+      <c r="E116" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="F116" s="0" t="s">
+        <v>543</v>
+      </c>
+      <c r="G116" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="H116" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I116" s="1" t="s">
         <v>548</v>
-      </c>
-[...19 lines deleted...]
-        <v>551</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
-        <v>102</v>
+        <v>48</v>
       </c>
       <c r="L116" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
+        <v>549</v>
+      </c>
+      <c r="C117" s="0" t="s">
+        <v>550</v>
+      </c>
+      <c r="D117" s="0" t="s">
+        <v>551</v>
+      </c>
+      <c r="E117" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="F117" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="G117" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="H117" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I117" s="1" t="s">
         <v>552</v>
-      </c>
-[...19 lines deleted...]
-        <v>555</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
-        <v>20</v>
+        <v>68</v>
       </c>
       <c r="L117" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
-        <v>556</v>
+        <v>553</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>557</v>
+        <v>554</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>558</v>
+        <v>555</v>
       </c>
       <c r="E118" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F118" s="0" t="s">
         <v>52</v>
       </c>
       <c r="G118" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H118" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>559</v>
+        <v>556</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
-        <v>42</v>
+        <v>557</v>
       </c>
       <c r="L118" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
+        <v>558</v>
+      </c>
+      <c r="C119" s="0" t="s">
+        <v>559</v>
+      </c>
+      <c r="D119" s="0" t="s">
         <v>560</v>
       </c>
-      <c r="C119" s="0" t="s">
+      <c r="E119" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F119" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="G119" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H119" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I119" s="1" t="s">
         <v>561</v>
-      </c>
-[...16 lines deleted...]
-        <v>565</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L119" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
+        <v>562</v>
+      </c>
+      <c r="C120" s="0" t="s">
+        <v>563</v>
+      </c>
+      <c r="D120" s="0" t="s">
+        <v>564</v>
+      </c>
+      <c r="E120" s="0" t="s">
+        <v>565</v>
+      </c>
+      <c r="F120" s="0" t="s">
         <v>566</v>
       </c>
-      <c r="C120" s="0" t="s">
+      <c r="G120" s="0" t="s">
+        <v>421</v>
+      </c>
+      <c r="H120" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I120" s="1" t="s">
         <v>567</v>
-      </c>
-[...16 lines deleted...]
-        <v>570</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L120" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
+        <v>568</v>
+      </c>
+      <c r="C121" s="0" t="s">
+        <v>569</v>
+      </c>
+      <c r="D121" s="0" t="s">
+        <v>570</v>
+      </c>
+      <c r="E121" s="0" t="s">
+        <v>565</v>
+      </c>
+      <c r="F121" s="0" t="s">
         <v>571</v>
       </c>
-      <c r="C121" s="0" t="s">
+      <c r="G121" s="0" t="s">
+        <v>421</v>
+      </c>
+      <c r="H121" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I121" s="1" t="s">
         <v>572</v>
-      </c>
-[...16 lines deleted...]
-        <v>574</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="L121" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
+        <v>573</v>
+      </c>
+      <c r="C122" s="0" t="s">
+        <v>574</v>
+      </c>
+      <c r="D122" s="0" t="s">
         <v>575</v>
       </c>
-      <c r="C122" s="0" t="s">
+      <c r="E122" s="0" t="s">
+        <v>565</v>
+      </c>
+      <c r="F122" s="0" t="s">
+        <v>571</v>
+      </c>
+      <c r="G122" s="0" t="s">
+        <v>421</v>
+      </c>
+      <c r="H122" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I122" s="1" t="s">
         <v>576</v>
-      </c>
-[...16 lines deleted...]
-        <v>579</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L122" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
+        <v>577</v>
+      </c>
+      <c r="C123" s="0" t="s">
+        <v>578</v>
+      </c>
+      <c r="D123" s="0" t="s">
+        <v>579</v>
+      </c>
+      <c r="E123" s="0" t="s">
+        <v>565</v>
+      </c>
+      <c r="F123" s="0" t="s">
         <v>580</v>
       </c>
-      <c r="C123" s="0" t="s">
+      <c r="G123" s="0" t="s">
+        <v>421</v>
+      </c>
+      <c r="H123" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I123" s="1" t="s">
         <v>581</v>
-      </c>
-[...16 lines deleted...]
-        <v>583</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L123" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
+        <v>582</v>
+      </c>
+      <c r="C124" s="0" t="s">
+        <v>583</v>
+      </c>
+      <c r="D124" s="0" t="s">
         <v>584</v>
       </c>
-      <c r="C124" s="0" t="s">
+      <c r="E124" s="0" t="s">
+        <v>565</v>
+      </c>
+      <c r="F124" s="0" t="s">
+        <v>580</v>
+      </c>
+      <c r="G124" s="0" t="s">
+        <v>421</v>
+      </c>
+      <c r="H124" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I124" s="1" t="s">
         <v>585</v>
-      </c>
-[...16 lines deleted...]
-        <v>587</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="L124" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
+        <v>586</v>
+      </c>
+      <c r="C125" s="0" t="s">
+        <v>587</v>
+      </c>
+      <c r="D125" s="0" t="s">
         <v>588</v>
       </c>
-      <c r="C125" s="0" t="s">
+      <c r="E125" s="0" t="s">
+        <v>565</v>
+      </c>
+      <c r="F125" s="0" t="s">
+        <v>580</v>
+      </c>
+      <c r="G125" s="0" t="s">
+        <v>421</v>
+      </c>
+      <c r="H125" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I125" s="1" t="s">
         <v>589</v>
-      </c>
-[...16 lines deleted...]
-        <v>592</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
-        <v>593</v>
+        <v>48</v>
       </c>
       <c r="L125" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
+        <v>590</v>
+      </c>
+      <c r="C126" s="0" t="s">
+        <v>591</v>
+      </c>
+      <c r="D126" s="0" t="s">
+        <v>592</v>
+      </c>
+      <c r="E126" s="0" t="s">
+        <v>565</v>
+      </c>
+      <c r="F126" s="0" t="s">
+        <v>593</v>
+      </c>
+      <c r="G126" s="0" t="s">
+        <v>421</v>
+      </c>
+      <c r="H126" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I126" s="1" t="s">
         <v>594</v>
-      </c>
-[...19 lines deleted...]
-        <v>597</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
-        <v>259</v>
+        <v>595</v>
       </c>
       <c r="L126" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
+        <v>596</v>
+      </c>
+      <c r="C127" s="0" t="s">
+        <v>597</v>
+      </c>
+      <c r="D127" s="0" t="s">
         <v>598</v>
       </c>
-      <c r="C127" s="0" t="s">
+      <c r="E127" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="F127" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="G127" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="H127" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I127" s="1" t="s">
         <v>599</v>
-      </c>
-[...16 lines deleted...]
-        <v>602</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
-        <v>102</v>
+        <v>20</v>
       </c>
       <c r="L127" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
+        <v>600</v>
+      </c>
+      <c r="C128" s="0" t="s">
+        <v>601</v>
+      </c>
+      <c r="D128" s="0" t="s">
+        <v>602</v>
+      </c>
+      <c r="E128" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="F128" s="0" t="s">
         <v>603</v>
       </c>
-      <c r="C128" s="0" t="s">
+      <c r="G128" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="H128" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I128" s="1" t="s">
         <v>604</v>
-      </c>
-[...16 lines deleted...]
-        <v>605</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
-        <v>48</v>
+        <v>68</v>
       </c>
       <c r="L128" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
+        <v>605</v>
+      </c>
+      <c r="C129" s="0" t="s">
         <v>606</v>
       </c>
-      <c r="C129" s="0" t="s">
+      <c r="D129" s="0">
+        <v>2716</v>
+      </c>
+      <c r="E129" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="F129" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="G129" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="H129" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I129" s="1" t="s">
         <v>607</v>
-      </c>
-[...14 lines deleted...]
-        <v>609</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L129" s="0">
-        <v>72</v>
+        <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
+        <v>608</v>
+      </c>
+      <c r="C130" s="0" t="s">
+        <v>609</v>
+      </c>
+      <c r="D130" s="0" t="s">
         <v>610</v>
       </c>
-      <c r="C130" s="0" t="s">
+      <c r="E130" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="F130" s="0"/>
+      <c r="G130" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="H130" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I130" s="1" t="s">
         <v>611</v>
-      </c>
-[...16 lines deleted...]
-        <v>614</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
-        <v>615</v>
+        <v>48</v>
       </c>
       <c r="L130" s="0">
-        <v>36</v>
+        <v>72</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
+        <v>612</v>
+      </c>
+      <c r="C131" s="0" t="s">
+        <v>613</v>
+      </c>
+      <c r="D131" s="0" t="s">
+        <v>614</v>
+      </c>
+      <c r="E131" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="F131" s="0" t="s">
+        <v>615</v>
+      </c>
+      <c r="G131" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="H131" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I131" s="1" t="s">
         <v>616</v>
-      </c>
-[...19 lines deleted...]
-        <v>479</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
-        <v>370</v>
+        <v>617</v>
       </c>
       <c r="L131" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
+        <v>618</v>
+      </c>
+      <c r="C132" s="0" t="s">
+        <v>619</v>
+      </c>
+      <c r="D132" s="0" t="s">
         <v>620</v>
       </c>
-      <c r="C132" s="0" t="s">
+      <c r="E132" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="F132" s="0" t="s">
         <v>621</v>
       </c>
-      <c r="D132" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G132" s="0" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="H132" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>623</v>
+        <v>479</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
-        <v>42</v>
+        <v>622</v>
       </c>
       <c r="L132" s="0">
-        <v>48</v>
+        <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
+        <v>623</v>
+      </c>
+      <c r="C133" s="0" t="s">
         <v>624</v>
       </c>
-      <c r="C133" s="0" t="s">
+      <c r="D133" s="0" t="s">
         <v>625</v>
       </c>
-      <c r="D133" s="0" t="s">
+      <c r="E133" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="F133" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="G133" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="H133" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I133" s="1" t="s">
         <v>626</v>
-      </c>
-[...13 lines deleted...]
-        <v>628</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="L133" s="0">
         <v>48</v>
       </c>
-      <c r="L133" s="0"/>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
+        <v>627</v>
+      </c>
+      <c r="C134" s="0" t="s">
+        <v>628</v>
+      </c>
+      <c r="D134" s="0" t="s">
         <v>629</v>
       </c>
-      <c r="C134" s="0" t="s">
+      <c r="E134" s="0" t="s">
+        <v>419</v>
+      </c>
+      <c r="F134" s="0" t="s">
         <v>630</v>
       </c>
-      <c r="D134" s="0" t="s">
+      <c r="G134" s="0" t="s">
+        <v>421</v>
+      </c>
+      <c r="H134" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I134" s="1" t="s">
         <v>631</v>
-      </c>
-[...13 lines deleted...]
-        <v>632</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="L134" s="0"/>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
-        <v>173</v>
+        <v>632</v>
       </c>
       <c r="C135" s="0" t="s">
         <v>633</v>
       </c>
       <c r="D135" s="0" t="s">
-        <v>175</v>
+        <v>634</v>
       </c>
       <c r="E135" s="0" t="s">
-        <v>141</v>
+        <v>100</v>
       </c>
       <c r="F135" s="0" t="s">
-        <v>141</v>
+        <v>615</v>
       </c>
       <c r="G135" s="0" t="s">
-        <v>25</v>
+        <v>102</v>
       </c>
       <c r="H135" s="0" t="s">
-        <v>119</v>
+        <v>74</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
-        <v>360</v>
+        <v>48</v>
       </c>
       <c r="L135" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
-        <v>635</v>
+        <v>176</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>636</v>
       </c>
       <c r="D136" s="0" t="s">
+        <v>178</v>
+      </c>
+      <c r="E136" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="F136" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="G136" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="H136" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="I136" s="1" t="s">
         <v>637</v>
-      </c>
-[...11 lines deleted...]
-        <v>640</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
-        <v>27</v>
+        <v>638</v>
       </c>
       <c r="L136" s="0">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
+        <v>639</v>
+      </c>
+      <c r="C137" s="0" t="s">
+        <v>640</v>
+      </c>
+      <c r="D137" s="0" t="s">
         <v>641</v>
       </c>
-      <c r="C137" s="0" t="s">
+      <c r="E137" s="0" t="s">
         <v>642</v>
       </c>
-      <c r="D137" s="0" t="s">
+      <c r="F137" s="0"/>
+      <c r="G137" s="0" t="s">
         <v>643</v>
       </c>
-      <c r="E137" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F137" s="0" t="s">
+      <c r="H137" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I137" s="1" t="s">
         <v>644</v>
-      </c>
-[...7 lines deleted...]
-        <v>645</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
-        <v>360</v>
+        <v>180</v>
       </c>
       <c r="L137" s="0">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
+        <v>645</v>
+      </c>
+      <c r="C138" s="0" t="s">
         <v>646</v>
       </c>
-      <c r="C138" s="0" t="s">
+      <c r="D138" s="0" t="s">
         <v>647</v>
       </c>
-      <c r="D138" s="0" t="s">
+      <c r="E138" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="F138" s="0" t="s">
         <v>648</v>
       </c>
-      <c r="E138" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G138" s="0" t="s">
-        <v>96</v>
+        <v>376</v>
       </c>
       <c r="H138" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I138" s="1" t="s">
         <v>649</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="L138" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
         <v>650</v>
       </c>
       <c r="C139" s="0" t="s">
         <v>651</v>
       </c>
       <c r="D139" s="0" t="s">
         <v>652</v>
       </c>
       <c r="E139" s="0" t="s">
-        <v>638</v>
-[...1 lines deleted...]
-      <c r="F139" s="0"/>
+        <v>100</v>
+      </c>
+      <c r="F139" s="0" t="s">
+        <v>615</v>
+      </c>
       <c r="G139" s="0" t="s">
-        <v>639</v>
+        <v>102</v>
       </c>
       <c r="H139" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I139" s="1" t="s">
         <v>653</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
-        <v>102</v>
+        <v>20</v>
       </c>
       <c r="L139" s="0">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
         <v>654</v>
       </c>
       <c r="C140" s="0" t="s">
         <v>655</v>
       </c>
       <c r="D140" s="0" t="s">
         <v>656</v>
       </c>
       <c r="E140" s="0" t="s">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="F140" s="0" t="s">
+        <v>642</v>
+      </c>
+      <c r="F140" s="0"/>
+      <c r="G140" s="0" t="s">
+        <v>643</v>
+      </c>
+      <c r="H140" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I140" s="1" t="s">
         <v>657</v>
-      </c>
-[...7 lines deleted...]
-        <v>658</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
-        <v>102</v>
+        <v>68</v>
       </c>
       <c r="L140" s="0">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
+        <v>658</v>
+      </c>
+      <c r="C141" s="0" t="s">
         <v>659</v>
       </c>
-      <c r="C141" s="0" t="s">
+      <c r="D141" s="0" t="s">
         <v>660</v>
       </c>
-      <c r="D141" s="0" t="s">
+      <c r="E141" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="F141" s="0" t="s">
         <v>661</v>
       </c>
-      <c r="E141" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G141" s="0" t="s">
-        <v>25</v>
+        <v>102</v>
       </c>
       <c r="H141" s="0" t="s">
-        <v>119</v>
+        <v>74</v>
       </c>
       <c r="I141" s="1" t="s">
         <v>662</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
-        <v>27</v>
+        <v>68</v>
       </c>
       <c r="L141" s="0">
-        <v>60</v>
+        <v>6</v>
       </c>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
         <v>663</v>
       </c>
       <c r="C142" s="0" t="s">
         <v>664</v>
       </c>
-      <c r="D142" s="0">
-        <v>646139</v>
+      <c r="D142" s="0" t="s">
+        <v>665</v>
       </c>
       <c r="E142" s="0" t="s">
-        <v>203</v>
+        <v>145</v>
       </c>
       <c r="F142" s="0" t="s">
-        <v>665</v>
+        <v>145</v>
       </c>
       <c r="G142" s="0" t="s">
-        <v>71</v>
+        <v>25</v>
       </c>
       <c r="H142" s="0" t="s">
-        <v>72</v>
+        <v>124</v>
       </c>
       <c r="I142" s="1" t="s">
         <v>666</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="L142" s="0">
-        <v>6</v>
+        <v>60</v>
       </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
         <v>667</v>
       </c>
       <c r="C143" s="0" t="s">
         <v>668</v>
       </c>
-      <c r="D143" s="0" t="s">
+      <c r="D143" s="0">
+        <v>646139</v>
+      </c>
+      <c r="E143" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="F143" s="0" t="s">
         <v>669</v>
       </c>
-      <c r="E143" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F143" s="0"/>
       <c r="G143" s="0" t="s">
-        <v>639</v>
+        <v>73</v>
       </c>
       <c r="H143" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I143" s="1" t="s">
         <v>670</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
-        <v>102</v>
+        <v>48</v>
       </c>
       <c r="L143" s="0">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
         <v>671</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>672</v>
       </c>
       <c r="D144" s="0" t="s">
         <v>673</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>94</v>
-[...3 lines deleted...]
-      </c>
+        <v>642</v>
+      </c>
+      <c r="F144" s="0"/>
       <c r="G144" s="0" t="s">
-        <v>96</v>
+        <v>643</v>
       </c>
       <c r="H144" s="0" t="s">
-        <v>224</v>
+        <v>74</v>
       </c>
       <c r="I144" s="1" t="s">
         <v>674</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
-        <v>675</v>
+        <v>27</v>
       </c>
       <c r="L144" s="0">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
+        <v>675</v>
+      </c>
+      <c r="C145" s="0" t="s">
         <v>676</v>
       </c>
-      <c r="C145" s="0" t="s">
+      <c r="D145" s="0" t="s">
         <v>677</v>
       </c>
-      <c r="D145" s="0" t="s">
+      <c r="E145" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="F145" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="G145" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="H145" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="I145" s="1" t="s">
         <v>678</v>
-      </c>
-[...13 lines deleted...]
-        <v>679</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
-        <v>48</v>
+        <v>679</v>
       </c>
       <c r="L145" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
         <v>680</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>681</v>
       </c>
       <c r="D146" s="0" t="s">
         <v>682</v>
       </c>
       <c r="E146" s="0" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="F146" s="0" t="s">
-        <v>518</v>
+        <v>202</v>
       </c>
       <c r="G146" s="0" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="H146" s="0" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="I146" s="1" t="s">
         <v>683</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
-        <v>684</v>
+        <v>48</v>
       </c>
       <c r="L146" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
+        <v>684</v>
+      </c>
+      <c r="C147" s="0" t="s">
         <v>685</v>
       </c>
-      <c r="C147" s="0" t="s">
+      <c r="D147" s="0" t="s">
         <v>686</v>
       </c>
-      <c r="D147" s="0" t="s">
+      <c r="E147" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="F147" s="0" t="s">
+        <v>519</v>
+      </c>
+      <c r="G147" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="H147" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="I147" s="1" t="s">
         <v>687</v>
-      </c>
-[...13 lines deleted...]
-        <v>688</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
-        <v>48</v>
+        <v>688</v>
       </c>
       <c r="L147" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
         <v>689</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>690</v>
       </c>
       <c r="D148" s="0" t="s">
         <v>691</v>
       </c>
       <c r="E148" s="0" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="F148" s="0" t="s">
-        <v>601</v>
+        <v>216</v>
       </c>
       <c r="G148" s="0" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="H148" s="0" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="I148" s="1" t="s">
         <v>692</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="L148" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
         <v>693</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>694</v>
       </c>
       <c r="D149" s="0" t="s">
         <v>695</v>
       </c>
       <c r="E149" s="0" t="s">
-        <v>69</v>
+        <v>100</v>
       </c>
       <c r="F149" s="0" t="s">
+        <v>603</v>
+      </c>
+      <c r="G149" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="H149" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="I149" s="1" t="s">
         <v>696</v>
-      </c>
-[...7 lines deleted...]
-        <v>697</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="L149" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
+        <v>697</v>
+      </c>
+      <c r="C150" s="0" t="s">
         <v>698</v>
       </c>
-      <c r="C150" s="0" t="s">
+      <c r="D150" s="0" t="s">
         <v>699</v>
       </c>
-      <c r="D150" s="0" t="s">
+      <c r="E150" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="F150" s="0" t="s">
         <v>700</v>
       </c>
-      <c r="E150" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G150" s="0" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="H150" s="0" t="s">
-        <v>224</v>
+        <v>74</v>
       </c>
       <c r="I150" s="1" t="s">
         <v>701</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L150" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
         <v>702</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>703</v>
       </c>
       <c r="D151" s="0" t="s">
         <v>704</v>
       </c>
       <c r="E151" s="0" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="F151" s="0" t="s">
-        <v>613</v>
+        <v>52</v>
       </c>
       <c r="G151" s="0" t="s">
-        <v>96</v>
+        <v>17</v>
       </c>
       <c r="H151" s="0" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="I151" s="1" t="s">
         <v>705</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="L151" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
         <v>706</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>707</v>
       </c>
       <c r="D152" s="0" t="s">
         <v>708</v>
       </c>
       <c r="E152" s="0" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="F152" s="0" t="s">
-        <v>657</v>
+        <v>615</v>
       </c>
       <c r="G152" s="0" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="H152" s="0" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>326</v>
+        <v>709</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L152" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="D153" s="0" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="E153" s="0" t="s">
-        <v>374</v>
+        <v>100</v>
       </c>
       <c r="F153" s="0" t="s">
-        <v>644</v>
+        <v>661</v>
       </c>
       <c r="G153" s="0" t="s">
-        <v>376</v>
+        <v>102</v>
       </c>
       <c r="H153" s="0" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>712</v>
+        <v>328</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="L153" s="0">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="154" spans="1:12" customHeight="1" ht="80">
+      <c r="A154" s="0"/>
+      <c r="B154" s="0" t="s">
         <v>713</v>
       </c>
-      <c r="L153" s="0">
-[...4 lines deleted...]
-      <c r="B154" s="0" t="s">
+      <c r="C154" s="0" t="s">
         <v>714</v>
       </c>
-      <c r="C154" s="0" t="s">
+      <c r="D154" s="0" t="s">
         <v>715</v>
       </c>
-      <c r="D154" s="0" t="s">
+      <c r="E154" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="F154" s="0" t="s">
+        <v>648</v>
+      </c>
+      <c r="G154" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="H154" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="I154" s="1" t="s">
         <v>716</v>
-      </c>
-[...13 lines deleted...]
-        <v>719</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="L154" s="0"/>
+        <v>717</v>
+      </c>
+      <c r="L154" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="B155" s="0" t="s">
-        <v>714</v>
+        <v>718</v>
       </c>
       <c r="C155" s="0" t="s">
+        <v>719</v>
+      </c>
+      <c r="D155" s="0" t="s">
         <v>720</v>
       </c>
-      <c r="D155" s="0" t="s">
+      <c r="E155" s="0" t="s">
         <v>721</v>
       </c>
-      <c r="E155" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F155" s="0" t="s">
-        <v>718</v>
+        <v>722</v>
       </c>
       <c r="G155" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H155" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L155" s="0"/>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
-      <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
-        <v>723</v>
+        <v>718</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>724</v>
       </c>
       <c r="D156" s="0" t="s">
         <v>725</v>
       </c>
       <c r="E156" s="0" t="s">
-        <v>418</v>
+        <v>721</v>
       </c>
       <c r="F156" s="0" t="s">
+        <v>722</v>
+      </c>
+      <c r="G156" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="H156" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I156" s="1" t="s">
         <v>726</v>
-      </c>
-[...7 lines deleted...]
-        <v>727</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L156" s="0"/>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
+        <v>727</v>
+      </c>
+      <c r="C157" s="0" t="s">
         <v>728</v>
       </c>
-      <c r="C157" s="0" t="s">
+      <c r="D157" s="0" t="s">
         <v>729</v>
       </c>
-      <c r="D157" s="0" t="s">
+      <c r="E157" s="0" t="s">
+        <v>419</v>
+      </c>
+      <c r="F157" s="0" t="s">
         <v>730</v>
       </c>
-      <c r="E157" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F157" s="0" t="s">
+      <c r="G157" s="0" t="s">
+        <v>421</v>
+      </c>
+      <c r="H157" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I157" s="1" t="s">
         <v>731</v>
-      </c>
-[...7 lines deleted...]
-        <v>732</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="L157" s="0"/>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
+        <v>732</v>
+      </c>
+      <c r="C158" s="0" t="s">
         <v>733</v>
       </c>
-      <c r="C158" s="0" t="s">
+      <c r="D158" s="0" t="s">
         <v>734</v>
       </c>
-      <c r="D158" s="0" t="s">
+      <c r="E158" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="F158" s="0" t="s">
         <v>735</v>
       </c>
-      <c r="E158" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F158" s="0" t="s">
+      <c r="G158" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="H158" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="I158" s="1" t="s">
         <v>736</v>
-      </c>
-[...7 lines deleted...]
-        <v>737</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L158" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
+        <v>737</v>
+      </c>
+      <c r="C159" s="0" t="s">
         <v>738</v>
       </c>
-      <c r="C159" s="0" t="s">
+      <c r="D159" s="0" t="s">
         <v>739</v>
       </c>
-      <c r="D159" s="0" t="s">
+      <c r="E159" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="F159" s="0" t="s">
         <v>740</v>
       </c>
-      <c r="E159" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G159" s="0" t="s">
-        <v>420</v>
+        <v>102</v>
       </c>
       <c r="H159" s="0" t="s">
-        <v>72</v>
+        <v>227</v>
       </c>
       <c r="I159" s="1" t="s">
         <v>741</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="L159" s="0"/>
+        <v>27</v>
+      </c>
+      <c r="L159" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
         <v>742</v>
       </c>
       <c r="C160" s="0" t="s">
         <v>743</v>
       </c>
       <c r="D160" s="0" t="s">
         <v>744</v>
       </c>
       <c r="E160" s="0" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="F160" s="0" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="G160" s="0" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="H160" s="0" t="s">
-        <v>224</v>
+        <v>74</v>
       </c>
       <c r="I160" s="1" t="s">
         <v>745</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L160" s="0"/>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
       <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
         <v>746</v>
       </c>
       <c r="C161" s="0" t="s">
         <v>747</v>
       </c>
       <c r="D161" s="0" t="s">
         <v>748</v>
       </c>
       <c r="E161" s="0" t="s">
-        <v>94</v>
+        <v>419</v>
       </c>
       <c r="F161" s="0" t="s">
+        <v>420</v>
+      </c>
+      <c r="G161" s="0" t="s">
+        <v>421</v>
+      </c>
+      <c r="H161" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="I161" s="1" t="s">
         <v>749</v>
-      </c>
-[...7 lines deleted...]
-        <v>750</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
-        <v>360</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="L161" s="0"/>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
       <c r="A162" s="0"/>
       <c r="B162" s="0" t="s">
+        <v>750</v>
+      </c>
+      <c r="C162" s="0" t="s">
         <v>751</v>
       </c>
-      <c r="C162" s="0" t="s">
+      <c r="D162" s="0" t="s">
         <v>752</v>
       </c>
-      <c r="D162" s="0" t="s">
+      <c r="E162" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="F162" s="0" t="s">
         <v>753</v>
       </c>
-      <c r="E162" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F162" s="0" t="s">
+      <c r="G162" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="H162" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I162" s="1" t="s">
         <v>754</v>
-      </c>
-[...7 lines deleted...]
-        <v>755</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L162" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
       <c r="A163" s="0"/>
       <c r="B163" s="0" t="s">
+        <v>755</v>
+      </c>
+      <c r="C163" s="0" t="s">
         <v>756</v>
       </c>
-      <c r="C163" s="0" t="s">
+      <c r="D163" s="0" t="s">
         <v>757</v>
       </c>
-      <c r="D163" s="0" t="s">
+      <c r="E163" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="F163" s="0" t="s">
         <v>758</v>
       </c>
-      <c r="E163" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F163" s="0" t="s">
+      <c r="G163" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="H163" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="I163" s="1" t="s">
         <v>759</v>
-      </c>
-[...7 lines deleted...]
-        <v>755</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L163" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="80">
       <c r="A164" s="0"/>
       <c r="B164" s="0" t="s">
         <v>760</v>
       </c>
       <c r="C164" s="0" t="s">
         <v>761</v>
       </c>
       <c r="D164" s="0" t="s">
         <v>762</v>
       </c>
       <c r="E164" s="0" t="s">
-        <v>563</v>
+        <v>100</v>
       </c>
       <c r="F164" s="0" t="s">
         <v>763</v>
       </c>
       <c r="G164" s="0" t="s">
-        <v>420</v>
+        <v>102</v>
       </c>
       <c r="H164" s="0" t="s">
-        <v>72</v>
+        <v>227</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>764</v>
+        <v>759</v>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="L164" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="80">
       <c r="A165" s="0"/>
       <c r="B165" s="0" t="s">
+        <v>764</v>
+      </c>
+      <c r="C165" s="0" t="s">
         <v>765</v>
       </c>
-      <c r="C165" s="0" t="s">
+      <c r="D165" s="0" t="s">
         <v>766</v>
       </c>
-      <c r="D165" s="0" t="s">
+      <c r="E165" s="0" t="s">
+        <v>565</v>
+      </c>
+      <c r="F165" s="0" t="s">
         <v>767</v>
       </c>
-      <c r="E165" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F165" s="0" t="s">
+      <c r="G165" s="0" t="s">
+        <v>421</v>
+      </c>
+      <c r="H165" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I165" s="1" t="s">
         <v>768</v>
-      </c>
-[...7 lines deleted...]
-        <v>769</v>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="s">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="L165" s="0">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="80">
       <c r="A166" s="0"/>
       <c r="B166" s="0" t="s">
+        <v>769</v>
+      </c>
+      <c r="C166" s="0" t="s">
         <v>770</v>
       </c>
-      <c r="C166" s="0" t="s">
+      <c r="D166" s="0" t="s">
         <v>771</v>
       </c>
-      <c r="D166" s="0" t="s">
+      <c r="E166" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="F166" s="0" t="s">
         <v>772</v>
       </c>
-      <c r="E166" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G166" s="0" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="H166" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I166" s="1" t="s">
         <v>773</v>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L166" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="80">
       <c r="A167" s="0"/>
       <c r="B167" s="0" t="s">
         <v>774</v>
       </c>
       <c r="C167" s="0" t="s">
         <v>775</v>
       </c>
       <c r="D167" s="0" t="s">
         <v>776</v>
       </c>
       <c r="E167" s="0" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="F167" s="0" t="s">
-        <v>657</v>
+        <v>661</v>
       </c>
       <c r="G167" s="0" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="H167" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I167" s="1" t="s">
         <v>777</v>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L167" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="80">
       <c r="A168" s="0"/>
       <c r="B168" s="0" t="s">
         <v>778</v>
       </c>
       <c r="C168" s="0" t="s">
         <v>779</v>
       </c>
       <c r="D168" s="0" t="s">
         <v>780</v>
       </c>
       <c r="E168" s="0" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="F168" s="0" t="s">
+        <v>661</v>
+      </c>
+      <c r="G168" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="H168" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I168" s="1" t="s">
         <v>781</v>
-      </c>
-[...7 lines deleted...]
-        <v>782</v>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="s">
-        <v>783</v>
+        <v>48</v>
       </c>
       <c r="L168" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="80">
       <c r="A169" s="0"/>
       <c r="B169" s="0" t="s">
+        <v>782</v>
+      </c>
+      <c r="C169" s="0" t="s">
+        <v>783</v>
+      </c>
+      <c r="D169" s="0" t="s">
         <v>784</v>
       </c>
-      <c r="C169" s="0" t="s">
+      <c r="E169" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="F169" s="0" t="s">
         <v>785</v>
       </c>
-      <c r="D169" s="0" t="s">
+      <c r="G169" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="H169" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I169" s="1" t="s">
         <v>786</v>
-      </c>
-[...13 lines deleted...]
-        <v>787</v>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="L169" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="80">
       <c r="A170" s="0"/>
       <c r="B170" s="0" t="s">
+        <v>787</v>
+      </c>
+      <c r="C170" s="0" t="s">
         <v>788</v>
       </c>
-      <c r="C170" s="0" t="s">
+      <c r="D170" s="0" t="s">
         <v>789</v>
       </c>
-      <c r="D170" s="0" t="s">
+      <c r="E170" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="F170" s="0" t="s">
+        <v>648</v>
+      </c>
+      <c r="G170" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="H170" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I170" s="1" t="s">
         <v>790</v>
-      </c>
-[...13 lines deleted...]
-        <v>794</v>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="L170" s="0"/>
+        <v>42</v>
+      </c>
+      <c r="L170" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="80">
       <c r="A171" s="0"/>
       <c r="B171" s="0" t="s">
+        <v>791</v>
+      </c>
+      <c r="C171" s="0" t="s">
+        <v>792</v>
+      </c>
+      <c r="D171" s="0" t="s">
+        <v>793</v>
+      </c>
+      <c r="E171" s="0" t="s">
+        <v>794</v>
+      </c>
+      <c r="F171" s="0" t="s">
         <v>795</v>
       </c>
-      <c r="C171" s="0" t="s">
+      <c r="G171" s="0" t="s">
         <v>796</v>
       </c>
-      <c r="D171" s="0" t="s">
+      <c r="H171" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I171" s="1" t="s">
         <v>797</v>
-      </c>
-[...13 lines deleted...]
-        <v>798</v>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="s">
-        <v>102</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="L171" s="0"/>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="80">
       <c r="A172" s="0"/>
       <c r="B172" s="0" t="s">
+        <v>798</v>
+      </c>
+      <c r="C172" s="0" t="s">
         <v>799</v>
       </c>
-      <c r="C172" s="0" t="s">
+      <c r="D172" s="0" t="s">
         <v>800</v>
-      </c>
-[...1 lines deleted...]
-        <v>801</v>
       </c>
       <c r="E172" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F172" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G172" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H172" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I172" s="1" t="s">
-        <v>802</v>
+        <v>801</v>
       </c>
       <c r="J172" s="0"/>
       <c r="K172" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L172" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="80">
       <c r="A173" s="0"/>
       <c r="B173" s="0" t="s">
+        <v>802</v>
+      </c>
+      <c r="C173" s="0" t="s">
         <v>803</v>
       </c>
-      <c r="C173" s="0" t="s">
+      <c r="D173" s="0" t="s">
         <v>804</v>
-      </c>
-[...1 lines deleted...]
-        <v>805</v>
       </c>
       <c r="E173" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F173" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G173" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H173" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>798</v>
+        <v>805</v>
       </c>
       <c r="J173" s="0"/>
       <c r="K173" s="0" t="s">
-        <v>177</v>
+        <v>27</v>
       </c>
       <c r="L173" s="0">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="80">
       <c r="A174" s="0"/>
       <c r="B174" s="0" t="s">
         <v>806</v>
       </c>
       <c r="C174" s="0" t="s">
         <v>807</v>
       </c>
       <c r="D174" s="0" t="s">
         <v>808</v>
       </c>
       <c r="E174" s="0" t="s">
-        <v>717</v>
+        <v>24</v>
       </c>
       <c r="F174" s="0" t="s">
-        <v>809</v>
+        <v>58</v>
       </c>
       <c r="G174" s="0" t="s">
-        <v>239</v>
+        <v>25</v>
       </c>
       <c r="H174" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>810</v>
+        <v>801</v>
       </c>
       <c r="J174" s="0"/>
       <c r="K174" s="0" t="s">
-        <v>48</v>
+        <v>180</v>
       </c>
       <c r="L174" s="0">
-        <v>18</v>
+        <v>32</v>
       </c>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="80">
       <c r="A175" s="0"/>
       <c r="B175" s="0" t="s">
+        <v>809</v>
+      </c>
+      <c r="C175" s="0" t="s">
+        <v>810</v>
+      </c>
+      <c r="D175" s="0" t="s">
         <v>811</v>
       </c>
-      <c r="C175" s="0" t="s">
+      <c r="E175" s="0" t="s">
+        <v>721</v>
+      </c>
+      <c r="F175" s="0" t="s">
         <v>812</v>
       </c>
-      <c r="D175" s="0" t="s">
+      <c r="G175" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="H175" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I175" s="1" t="s">
         <v>813</v>
-      </c>
-[...13 lines deleted...]
-        <v>815</v>
       </c>
       <c r="J175" s="0"/>
       <c r="K175" s="0" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="L175" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="80">
       <c r="A176" s="0"/>
       <c r="B176" s="0" t="s">
-        <v>811</v>
+        <v>814</v>
       </c>
       <c r="C176" s="0" t="s">
+        <v>815</v>
+      </c>
+      <c r="D176" s="0" t="s">
         <v>816</v>
       </c>
-      <c r="D176" s="0" t="s">
+      <c r="E176" s="0" t="s">
+        <v>721</v>
+      </c>
+      <c r="F176" s="0" t="s">
         <v>817</v>
       </c>
-      <c r="E176" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G176" s="0" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="H176" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I176" s="1" t="s">
         <v>818</v>
       </c>
       <c r="J176" s="0"/>
       <c r="K176" s="0" t="s">
-        <v>102</v>
+        <v>42</v>
       </c>
       <c r="L176" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="80">
+      <c r="A177" s="0"/>
       <c r="B177" s="0" t="s">
+        <v>814</v>
+      </c>
+      <c r="C177" s="0" t="s">
         <v>819</v>
       </c>
-      <c r="C177" s="0" t="s">
+      <c r="D177" s="0" t="s">
         <v>820</v>
       </c>
-      <c r="D177" s="0" t="s">
+      <c r="E177" s="0" t="s">
+        <v>721</v>
+      </c>
+      <c r="F177" s="0" t="s">
+        <v>817</v>
+      </c>
+      <c r="G177" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="H177" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I177" s="1" t="s">
         <v>821</v>
-      </c>
-[...13 lines deleted...]
-        <v>823</v>
       </c>
       <c r="J177" s="0"/>
       <c r="K177" s="0" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="L177" s="0"/>
+        <v>68</v>
+      </c>
+      <c r="L177" s="0">
+        <v>18</v>
+      </c>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="80">
       <c r="B178" s="0" t="s">
-        <v>819</v>
+        <v>822</v>
       </c>
       <c r="C178" s="0" t="s">
+        <v>823</v>
+      </c>
+      <c r="D178" s="0" t="s">
         <v>824</v>
       </c>
-      <c r="D178" s="0" t="s">
+      <c r="E178" s="0" t="s">
+        <v>721</v>
+      </c>
+      <c r="F178" s="0" t="s">
         <v>825</v>
       </c>
-      <c r="E178" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G178" s="0" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="H178" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I178" s="1" t="s">
-        <v>41</v>
+        <v>826</v>
       </c>
       <c r="J178" s="0"/>
       <c r="K178" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L178" s="0"/>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="80">
-      <c r="A179" s="0"/>
       <c r="B179" s="0" t="s">
-        <v>826</v>
+        <v>822</v>
       </c>
       <c r="C179" s="0" t="s">
         <v>827</v>
       </c>
       <c r="D179" s="0" t="s">
         <v>828</v>
       </c>
       <c r="E179" s="0" t="s">
-        <v>638</v>
-[...1 lines deleted...]
-      <c r="F179" s="0"/>
+        <v>721</v>
+      </c>
+      <c r="F179" s="0" t="s">
+        <v>825</v>
+      </c>
       <c r="G179" s="0" t="s">
-        <v>639</v>
+        <v>242</v>
       </c>
       <c r="H179" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I179" s="1" t="s">
-        <v>823</v>
+        <v>41</v>
       </c>
       <c r="J179" s="0"/>
       <c r="K179" s="0" t="s">
-        <v>177</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="L179" s="0"/>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="80">
       <c r="A180" s="0"/>
       <c r="B180" s="0" t="s">
         <v>829</v>
       </c>
       <c r="C180" s="0" t="s">
         <v>830</v>
       </c>
       <c r="D180" s="0" t="s">
         <v>831</v>
       </c>
       <c r="E180" s="0" t="s">
-        <v>638</v>
+        <v>642</v>
       </c>
       <c r="F180" s="0"/>
       <c r="G180" s="0" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
       <c r="H180" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I180" s="1" t="s">
-        <v>832</v>
+        <v>826</v>
       </c>
       <c r="J180" s="0"/>
       <c r="K180" s="0" t="s">
-        <v>27</v>
+        <v>68</v>
       </c>
       <c r="L180" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="80">
       <c r="A181" s="0"/>
       <c r="B181" s="0" t="s">
+        <v>832</v>
+      </c>
+      <c r="C181" s="0" t="s">
         <v>833</v>
       </c>
-      <c r="C181" s="0" t="s">
+      <c r="D181" s="0" t="s">
         <v>834</v>
       </c>
-      <c r="D181" s="0" t="s">
+      <c r="E181" s="0" t="s">
+        <v>642</v>
+      </c>
+      <c r="F181" s="0"/>
+      <c r="G181" s="0" t="s">
+        <v>643</v>
+      </c>
+      <c r="H181" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I181" s="1" t="s">
         <v>835</v>
-      </c>
-[...13 lines deleted...]
-        <v>836</v>
       </c>
       <c r="J181" s="0"/>
       <c r="K181" s="0" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="L181" s="0">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="80">
       <c r="A182" s="0"/>
       <c r="B182" s="0" t="s">
+        <v>836</v>
+      </c>
+      <c r="C182" s="0" t="s">
         <v>837</v>
       </c>
-      <c r="C182" s="0" t="s">
+      <c r="D182" s="0" t="s">
         <v>838</v>
       </c>
-      <c r="D182" s="0" t="s">
+      <c r="E182" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="F182" s="0" t="s">
+        <v>740</v>
+      </c>
+      <c r="G182" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="H182" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I182" s="1" t="s">
         <v>839</v>
-      </c>
-[...13 lines deleted...]
-        <v>836</v>
       </c>
       <c r="J182" s="0"/>
       <c r="K182" s="0" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="L182" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="80">
       <c r="A183" s="0"/>
       <c r="B183" s="0" t="s">
         <v>840</v>
       </c>
       <c r="C183" s="0" t="s">
         <v>841</v>
       </c>
       <c r="D183" s="0" t="s">
         <v>842</v>
       </c>
       <c r="E183" s="0" t="s">
-        <v>717</v>
+        <v>100</v>
       </c>
       <c r="F183" s="0" t="s">
-        <v>843</v>
+        <v>735</v>
       </c>
       <c r="G183" s="0" t="s">
-        <v>239</v>
+        <v>102</v>
       </c>
       <c r="H183" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>844</v>
+        <v>839</v>
       </c>
       <c r="J183" s="0"/>
       <c r="K183" s="0" t="s">
-        <v>48</v>
+        <v>180</v>
       </c>
       <c r="L183" s="0">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="80">
       <c r="A184" s="0"/>
       <c r="B184" s="0" t="s">
+        <v>843</v>
+      </c>
+      <c r="C184" s="0" t="s">
+        <v>844</v>
+      </c>
+      <c r="D184" s="0" t="s">
         <v>845</v>
       </c>
-      <c r="C184" s="0" t="s">
+      <c r="E184" s="0" t="s">
+        <v>721</v>
+      </c>
+      <c r="F184" s="0" t="s">
         <v>846</v>
       </c>
-      <c r="D184" s="0" t="s">
+      <c r="G184" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="H184" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I184" s="1" t="s">
         <v>847</v>
-      </c>
-[...13 lines deleted...]
-        <v>849</v>
       </c>
       <c r="J184" s="0"/>
       <c r="K184" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L184" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="80">
       <c r="A185" s="0"/>
       <c r="B185" s="0" t="s">
+        <v>848</v>
+      </c>
+      <c r="C185" s="0" t="s">
+        <v>849</v>
+      </c>
+      <c r="D185" s="0" t="s">
         <v>850</v>
       </c>
-      <c r="C185" s="0" t="s">
+      <c r="E185" s="0" t="s">
+        <v>721</v>
+      </c>
+      <c r="F185" s="0" t="s">
         <v>851</v>
       </c>
-      <c r="D185" s="0" t="s">
+      <c r="G185" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="H185" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I185" s="1" t="s">
         <v>852</v>
-      </c>
-[...13 lines deleted...]
-        <v>854</v>
       </c>
       <c r="J185" s="0"/>
       <c r="K185" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L185" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="80">
       <c r="A186" s="0"/>
       <c r="B186" s="0" t="s">
+        <v>853</v>
+      </c>
+      <c r="C186" s="0" t="s">
+        <v>854</v>
+      </c>
+      <c r="D186" s="0" t="s">
         <v>855</v>
       </c>
-      <c r="C186" s="0" t="s">
+      <c r="E186" s="0" t="s">
+        <v>721</v>
+      </c>
+      <c r="F186" s="0" t="s">
         <v>856</v>
       </c>
-      <c r="D186" s="0" t="s">
+      <c r="G186" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="H186" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I186" s="1" t="s">
         <v>857</v>
-      </c>
-[...13 lines deleted...]
-        <v>859</v>
       </c>
       <c r="J186" s="0"/>
       <c r="K186" s="0" t="s">
-        <v>860</v>
+        <v>48</v>
       </c>
       <c r="L186" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="80">
       <c r="A187" s="0"/>
       <c r="B187" s="0" t="s">
+        <v>858</v>
+      </c>
+      <c r="C187" s="0" t="s">
+        <v>859</v>
+      </c>
+      <c r="D187" s="0" t="s">
+        <v>860</v>
+      </c>
+      <c r="E187" s="0" t="s">
+        <v>721</v>
+      </c>
+      <c r="F187" s="0" t="s">
         <v>861</v>
       </c>
-      <c r="C187" s="0" t="s">
+      <c r="G187" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="H187" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I187" s="1" t="s">
         <v>862</v>
-      </c>
-[...16 lines deleted...]
-        <v>815</v>
       </c>
       <c r="J187" s="0"/>
       <c r="K187" s="0" t="s">
-        <v>48</v>
+        <v>863</v>
       </c>
       <c r="L187" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="80">
       <c r="A188" s="0"/>
       <c r="B188" s="0" t="s">
+        <v>864</v>
+      </c>
+      <c r="C188" s="0" t="s">
         <v>865</v>
       </c>
-      <c r="C188" s="0" t="s">
+      <c r="D188" s="0" t="s">
         <v>866</v>
       </c>
-      <c r="D188" s="0" t="s">
+      <c r="E188" s="0" t="s">
+        <v>721</v>
+      </c>
+      <c r="F188" s="0" t="s">
         <v>867</v>
       </c>
-      <c r="E188" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G188" s="0" t="s">
-        <v>420</v>
+        <v>242</v>
       </c>
       <c r="H188" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>869</v>
+        <v>818</v>
       </c>
       <c r="J188" s="0"/>
       <c r="K188" s="0" t="s">
         <v>48</v>
       </c>
-      <c r="L188" s="0"/>
+      <c r="L188" s="0">
+        <v>18</v>
+      </c>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="80">
       <c r="A189" s="0"/>
       <c r="B189" s="0" t="s">
+        <v>868</v>
+      </c>
+      <c r="C189" s="0" t="s">
+        <v>869</v>
+      </c>
+      <c r="D189" s="0" t="s">
         <v>870</v>
       </c>
-      <c r="C189" s="0" t="s">
+      <c r="E189" s="0" t="s">
+        <v>419</v>
+      </c>
+      <c r="F189" s="0" t="s">
         <v>871</v>
       </c>
-      <c r="D189" s="0" t="s">
+      <c r="G189" s="0" t="s">
+        <v>421</v>
+      </c>
+      <c r="H189" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I189" s="1" t="s">
         <v>872</v>
-      </c>
-[...11 lines deleted...]
-        <v>873</v>
       </c>
       <c r="J189" s="0"/>
       <c r="K189" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L189" s="0"/>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="80">
       <c r="A190" s="0"/>
       <c r="B190" s="0" t="s">
+        <v>873</v>
+      </c>
+      <c r="C190" s="0" t="s">
         <v>874</v>
       </c>
-      <c r="C190" s="0" t="s">
+      <c r="D190" s="0" t="s">
         <v>875</v>
       </c>
-      <c r="D190" s="0" t="s">
+      <c r="E190" s="0" t="s">
+        <v>721</v>
+      </c>
+      <c r="F190" s="0"/>
+      <c r="G190" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="H190" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I190" s="1" t="s">
         <v>876</v>
-      </c>
-[...13 lines deleted...]
-        <v>815</v>
       </c>
       <c r="J190" s="0"/>
       <c r="K190" s="0" t="s">
-        <v>102</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="L190" s="0"/>
     </row>
     <row r="191" spans="1:12" customHeight="1" ht="80">
       <c r="A191" s="0"/>
       <c r="B191" s="0" t="s">
+        <v>877</v>
+      </c>
+      <c r="C191" s="0" t="s">
         <v>878</v>
       </c>
-      <c r="C191" s="0" t="s">
+      <c r="D191" s="0" t="s">
         <v>879</v>
       </c>
-      <c r="D191" s="0" t="s">
+      <c r="E191" s="0" t="s">
+        <v>721</v>
+      </c>
+      <c r="F191" s="0" t="s">
         <v>880</v>
       </c>
-      <c r="E191" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G191" s="0" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="H191" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I191" s="1" t="s">
-        <v>859</v>
+        <v>818</v>
       </c>
       <c r="J191" s="0"/>
       <c r="K191" s="0" t="s">
-        <v>882</v>
+        <v>68</v>
       </c>
       <c r="L191" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="80">
       <c r="A192" s="0"/>
       <c r="B192" s="0" t="s">
+        <v>881</v>
+      </c>
+      <c r="C192" s="0" t="s">
+        <v>882</v>
+      </c>
+      <c r="D192" s="0" t="s">
         <v>883</v>
       </c>
-      <c r="C192" s="0" t="s">
+      <c r="E192" s="0" t="s">
+        <v>721</v>
+      </c>
+      <c r="F192" s="0" t="s">
         <v>884</v>
       </c>
-      <c r="D192" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G192" s="0" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="H192" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I192" s="1" t="s">
-        <v>886</v>
+        <v>862</v>
       </c>
       <c r="J192" s="0"/>
       <c r="K192" s="0" t="s">
-        <v>137</v>
+        <v>48</v>
       </c>
       <c r="L192" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="80">
       <c r="A193" s="0"/>
       <c r="B193" s="0" t="s">
+        <v>885</v>
+      </c>
+      <c r="C193" s="0" t="s">
+        <v>886</v>
+      </c>
+      <c r="D193" s="0" t="s">
         <v>887</v>
       </c>
-      <c r="C193" s="0" t="s">
+      <c r="E193" s="0" t="s">
+        <v>721</v>
+      </c>
+      <c r="F193" s="0" t="s">
+        <v>884</v>
+      </c>
+      <c r="G193" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="H193" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I193" s="1" t="s">
         <v>888</v>
-      </c>
-[...16 lines deleted...]
-        <v>849</v>
       </c>
       <c r="J193" s="0"/>
       <c r="K193" s="0" t="s">
-        <v>42</v>
+        <v>229</v>
       </c>
       <c r="L193" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="80">
       <c r="A194" s="0"/>
       <c r="B194" s="0" t="s">
+        <v>889</v>
+      </c>
+      <c r="C194" s="0" t="s">
+        <v>890</v>
+      </c>
+      <c r="D194" s="0" t="s">
         <v>891</v>
       </c>
-      <c r="C194" s="0" t="s">
+      <c r="E194" s="0" t="s">
+        <v>721</v>
+      </c>
+      <c r="F194" s="0" t="s">
         <v>892</v>
       </c>
-      <c r="D194" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G194" s="0" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="H194" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I194" s="1" t="s">
-        <v>894</v>
+        <v>852</v>
       </c>
       <c r="J194" s="0"/>
       <c r="K194" s="0" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="L194" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="80">
       <c r="A195" s="0"/>
       <c r="B195" s="0" t="s">
+        <v>893</v>
+      </c>
+      <c r="C195" s="0" t="s">
+        <v>894</v>
+      </c>
+      <c r="D195" s="0" t="s">
         <v>895</v>
       </c>
-      <c r="C195" s="0" t="s">
+      <c r="E195" s="0" t="s">
+        <v>721</v>
+      </c>
+      <c r="F195" s="0" t="s">
+        <v>892</v>
+      </c>
+      <c r="G195" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="H195" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I195" s="1" t="s">
         <v>896</v>
-      </c>
-[...16 lines deleted...]
-        <v>898</v>
       </c>
       <c r="J195" s="0"/>
       <c r="K195" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L195" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="80">
       <c r="A196" s="0"/>
       <c r="B196" s="0" t="s">
+        <v>897</v>
+      </c>
+      <c r="C196" s="0" t="s">
+        <v>898</v>
+      </c>
+      <c r="D196" s="0" t="s">
         <v>899</v>
       </c>
-      <c r="C196" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E196" s="0" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="F196" s="0" t="s">
         <v>386</v>
       </c>
       <c r="G196" s="0" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="H196" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I196" s="1" t="s">
-        <v>886</v>
+        <v>900</v>
       </c>
       <c r="J196" s="0"/>
       <c r="K196" s="0" t="s">
-        <v>902</v>
+        <v>48</v>
       </c>
       <c r="L196" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="80">
       <c r="A197" s="0"/>
       <c r="B197" s="0" t="s">
+        <v>901</v>
+      </c>
+      <c r="C197" s="0" t="s">
+        <v>902</v>
+      </c>
+      <c r="D197" s="0" t="s">
         <v>903</v>
       </c>
-      <c r="C197" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E197" s="0" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="F197" s="0" t="s">
-        <v>877</v>
+        <v>386</v>
       </c>
       <c r="G197" s="0" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="H197" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I197" s="1" t="s">
-        <v>818</v>
+        <v>888</v>
       </c>
       <c r="J197" s="0"/>
       <c r="K197" s="0" t="s">
-        <v>102</v>
+        <v>904</v>
       </c>
       <c r="L197" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="198" spans="1:12" customHeight="1" ht="80">
       <c r="A198" s="0"/>
       <c r="B198" s="0" t="s">
+        <v>905</v>
+      </c>
+      <c r="C198" s="0" t="s">
         <v>906</v>
       </c>
-      <c r="C198" s="0" t="s">
+      <c r="D198" s="0" t="s">
         <v>907</v>
       </c>
-      <c r="D198" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E198" s="0" t="s">
-        <v>31</v>
+        <v>721</v>
       </c>
       <c r="F198" s="0" t="s">
-        <v>909</v>
+        <v>880</v>
       </c>
       <c r="G198" s="0" t="s">
-        <v>25</v>
+        <v>242</v>
       </c>
       <c r="H198" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I198" s="1" t="s">
-        <v>910</v>
+        <v>821</v>
       </c>
       <c r="J198" s="0"/>
       <c r="K198" s="0" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="L198" s="0"/>
+        <v>68</v>
+      </c>
+      <c r="L198" s="0">
+        <v>18</v>
+      </c>
     </row>
     <row r="199" spans="1:12" customHeight="1" ht="80">
       <c r="A199" s="0"/>
       <c r="B199" s="0" t="s">
+        <v>908</v>
+      </c>
+      <c r="C199" s="0" t="s">
+        <v>909</v>
+      </c>
+      <c r="D199" s="0" t="s">
+        <v>910</v>
+      </c>
+      <c r="E199" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="F199" s="0" t="s">
         <v>911</v>
-      </c>
-[...10 lines deleted...]
-        <v>141</v>
       </c>
       <c r="G199" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H199" s="0" t="s">
-        <v>119</v>
+        <v>74</v>
       </c>
       <c r="I199" s="1" t="s">
-        <v>914</v>
+        <v>912</v>
       </c>
       <c r="J199" s="0"/>
       <c r="K199" s="0" t="s">
-        <v>102</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="L199" s="0"/>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="80">
       <c r="A200" s="0"/>
       <c r="B200" s="0" t="s">
+        <v>913</v>
+      </c>
+      <c r="C200" s="0" t="s">
+        <v>914</v>
+      </c>
+      <c r="D200" s="0" t="s">
         <v>915</v>
       </c>
-      <c r="C200" s="0" t="s">
+      <c r="E200" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="F200" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="G200" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="H200" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="I200" s="1" t="s">
         <v>916</v>
-      </c>
-[...16 lines deleted...]
-        <v>920</v>
       </c>
       <c r="J200" s="0"/>
       <c r="K200" s="0" t="s">
-        <v>42</v>
+        <v>68</v>
       </c>
       <c r="L200" s="0">
-        <v>6</v>
+        <v>60</v>
       </c>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="80">
       <c r="A201" s="0"/>
       <c r="B201" s="0" t="s">
+        <v>917</v>
+      </c>
+      <c r="C201" s="0" t="s">
+        <v>918</v>
+      </c>
+      <c r="D201" s="0" t="s">
+        <v>919</v>
+      </c>
+      <c r="E201" s="0" t="s">
+        <v>920</v>
+      </c>
+      <c r="F201" s="0" t="s">
         <v>921</v>
       </c>
-      <c r="C201" s="0" t="s">
+      <c r="G201" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="H201" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I201" s="1" t="s">
         <v>922</v>
-      </c>
-[...16 lines deleted...]
-        <v>925</v>
       </c>
       <c r="J201" s="0"/>
       <c r="K201" s="0" t="s">
         <v>370</v>
       </c>
       <c r="L201" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="202" spans="1:12" customHeight="1" ht="80">
       <c r="A202" s="0"/>
       <c r="B202" s="0" t="s">
+        <v>923</v>
+      </c>
+      <c r="C202" s="0" t="s">
+        <v>924</v>
+      </c>
+      <c r="D202" s="0" t="s">
+        <v>925</v>
+      </c>
+      <c r="E202" s="0" t="s">
+        <v>920</v>
+      </c>
+      <c r="F202" s="0" t="s">
         <v>926</v>
       </c>
-      <c r="C202" s="0" t="s">
+      <c r="G202" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="H202" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I202" s="1" t="s">
         <v>927</v>
-      </c>
-[...16 lines deleted...]
-        <v>929</v>
       </c>
       <c r="J202" s="0"/>
       <c r="K202" s="0" t="s">
-        <v>48</v>
+        <v>370</v>
       </c>
       <c r="L202" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="80">
       <c r="A203" s="0"/>
       <c r="B203" s="0" t="s">
+        <v>928</v>
+      </c>
+      <c r="C203" s="0" t="s">
+        <v>929</v>
+      </c>
+      <c r="D203" s="0">
+        <v>2533320</v>
+      </c>
+      <c r="E203" s="0" t="s">
+        <v>920</v>
+      </c>
+      <c r="F203" s="0" t="s">
         <v>930</v>
       </c>
-      <c r="C203" s="0" t="s">
+      <c r="G203" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="H203" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I203" s="1" t="s">
         <v>931</v>
-      </c>
-[...16 lines deleted...]
-        <v>933</v>
       </c>
       <c r="J203" s="0"/>
       <c r="K203" s="0" t="s">
-        <v>48</v>
+        <v>68</v>
       </c>
       <c r="L203" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="204" spans="1:12" customHeight="1" ht="80">
       <c r="A204" s="0"/>
       <c r="B204" s="0" t="s">
+        <v>932</v>
+      </c>
+      <c r="C204" s="0" t="s">
+        <v>933</v>
+      </c>
+      <c r="D204" s="0" t="s">
         <v>934</v>
       </c>
-      <c r="C204" s="0" t="s">
+      <c r="E204" s="0" t="s">
+        <v>920</v>
+      </c>
+      <c r="F204" s="0" t="s">
+        <v>930</v>
+      </c>
+      <c r="G204" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="H204" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I204" s="1" t="s">
         <v>935</v>
-      </c>
-[...16 lines deleted...]
-        <v>937</v>
       </c>
       <c r="J204" s="0"/>
       <c r="K204" s="0" t="s">
-        <v>102</v>
+        <v>936</v>
       </c>
       <c r="L204" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="205" spans="1:12" customHeight="1" ht="80">
       <c r="A205" s="0"/>
       <c r="B205" s="0" t="s">
+        <v>937</v>
+      </c>
+      <c r="C205" s="0" t="s">
         <v>938</v>
       </c>
-      <c r="C205" s="0" t="s">
+      <c r="D205" s="0" t="s">
         <v>939</v>
       </c>
-      <c r="D205" s="0" t="s">
+      <c r="E205" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F205" s="0" t="s">
+        <v>274</v>
+      </c>
+      <c r="G205" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H205" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I205" s="1" t="s">
         <v>940</v>
-      </c>
-[...13 lines deleted...]
-        <v>941</v>
       </c>
       <c r="J205" s="0"/>
       <c r="K205" s="0" t="s">
-        <v>593</v>
+        <v>68</v>
       </c>
       <c r="L205" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="206" spans="1:12" customHeight="1" ht="80">
+      <c r="A206" s="0"/>
       <c r="B206" s="0" t="s">
+        <v>941</v>
+      </c>
+      <c r="C206" s="0" t="s">
         <v>942</v>
       </c>
-      <c r="C206" s="0" t="s">
+      <c r="D206" s="0" t="s">
         <v>943</v>
       </c>
-      <c r="D206" s="0" t="s">
+      <c r="E206" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="F206" s="0" t="s">
+        <v>615</v>
+      </c>
+      <c r="G206" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="H206" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I206" s="1" t="s">
         <v>944</v>
-      </c>
-[...13 lines deleted...]
-        <v>945</v>
       </c>
       <c r="J206" s="0"/>
       <c r="K206" s="0" t="s">
-        <v>48</v>
+        <v>370</v>
       </c>
       <c r="L206" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="207" spans="1:12" customHeight="1" ht="80">
       <c r="B207" s="0" t="s">
+        <v>945</v>
+      </c>
+      <c r="C207" s="0" t="s">
         <v>946</v>
       </c>
-      <c r="C207" s="0" t="s">
+      <c r="D207" s="0" t="s">
         <v>947</v>
       </c>
-      <c r="D207" s="0" t="s">
+      <c r="E207" s="0" t="s">
+        <v>920</v>
+      </c>
+      <c r="F207" s="0" t="s">
+        <v>926</v>
+      </c>
+      <c r="G207" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="H207" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I207" s="1" t="s">
         <v>948</v>
-      </c>
-[...11 lines deleted...]
-        <v>949</v>
       </c>
       <c r="J207" s="0"/>
       <c r="K207" s="0" t="s">
         <v>48</v>
       </c>
-      <c r="L207" s="0"/>
+      <c r="L207" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="80">
       <c r="B208" s="0" t="s">
+        <v>949</v>
+      </c>
+      <c r="C208" s="0" t="s">
         <v>950</v>
       </c>
-      <c r="C208" s="0" t="s">
+      <c r="D208" s="0" t="s">
         <v>951</v>
       </c>
-      <c r="D208" s="0" t="s">
+      <c r="E208" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="F208" s="0" t="s">
+        <v>735</v>
+      </c>
+      <c r="G208" s="0"/>
+      <c r="H208" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I208" s="1" t="s">
         <v>952</v>
-      </c>
-[...13 lines deleted...]
-        <v>945</v>
       </c>
       <c r="J208" s="0"/>
       <c r="K208" s="0" t="s">
         <v>48</v>
       </c>
-      <c r="L208" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L208" s="0"/>
     </row>
     <row r="209" spans="1:12" customHeight="1" ht="80">
       <c r="B209" s="0" t="s">
         <v>953</v>
       </c>
       <c r="C209" s="0" t="s">
         <v>954</v>
       </c>
       <c r="D209" s="0" t="s">
         <v>955</v>
       </c>
       <c r="E209" s="0" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="F209" s="0" t="s">
-        <v>924</v>
+        <v>926</v>
       </c>
       <c r="G209" s="0" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="H209" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I209" s="1" t="s">
-        <v>945</v>
+        <v>948</v>
       </c>
       <c r="J209" s="0"/>
       <c r="K209" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L209" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="210" spans="1:12" customHeight="1" ht="80">
       <c r="B210" s="0" t="s">
         <v>956</v>
       </c>
       <c r="C210" s="0" t="s">
         <v>957</v>
       </c>
       <c r="D210" s="0" t="s">
         <v>958</v>
       </c>
       <c r="E210" s="0" t="s">
-        <v>638</v>
-[...1 lines deleted...]
-      <c r="F210" s="0"/>
+        <v>920</v>
+      </c>
+      <c r="F210" s="0" t="s">
+        <v>926</v>
+      </c>
       <c r="G210" s="0" t="s">
-        <v>639</v>
+        <v>242</v>
       </c>
       <c r="H210" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I210" s="1" t="s">
-        <v>959</v>
+        <v>948</v>
       </c>
       <c r="J210" s="0"/>
       <c r="K210" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L210" s="0">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="211" spans="1:12" customHeight="1" ht="80">
       <c r="B211" s="0" t="s">
+        <v>959</v>
+      </c>
+      <c r="C211" s="0" t="s">
         <v>960</v>
       </c>
-      <c r="C211" s="0" t="s">
+      <c r="D211" s="0" t="s">
         <v>961</v>
       </c>
-      <c r="D211" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E211" s="0" t="s">
-        <v>638</v>
+        <v>642</v>
       </c>
       <c r="F211" s="0"/>
       <c r="G211" s="0" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
       <c r="H211" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I211" s="1" t="s">
-        <v>963</v>
+        <v>962</v>
       </c>
       <c r="J211" s="0"/>
       <c r="K211" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L211" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="212" spans="1:12" customHeight="1" ht="80">
       <c r="B212" s="0" t="s">
+        <v>963</v>
+      </c>
+      <c r="C212" s="0" t="s">
         <v>964</v>
       </c>
-      <c r="C212" s="0" t="s">
+      <c r="D212" s="0" t="s">
         <v>965</v>
       </c>
-      <c r="D212" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E212" s="0" t="s">
-        <v>638</v>
+        <v>642</v>
       </c>
       <c r="F212" s="0"/>
       <c r="G212" s="0" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
       <c r="H212" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I212" s="1" t="s">
-        <v>967</v>
+        <v>966</v>
       </c>
       <c r="J212" s="0"/>
       <c r="K212" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L212" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="213" spans="1:12" customHeight="1" ht="80">
       <c r="B213" s="0" t="s">
+        <v>967</v>
+      </c>
+      <c r="C213" s="0" t="s">
         <v>968</v>
       </c>
-      <c r="C213" s="0" t="s">
+      <c r="D213" s="0" t="s">
         <v>969</v>
       </c>
-      <c r="D213" s="0" t="s">
+      <c r="E213" s="0" t="s">
+        <v>642</v>
+      </c>
+      <c r="F213" s="0"/>
+      <c r="G213" s="0" t="s">
+        <v>643</v>
+      </c>
+      <c r="H213" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I213" s="1" t="s">
         <v>970</v>
-      </c>
-[...13 lines deleted...]
-        <v>971</v>
       </c>
       <c r="J213" s="0"/>
       <c r="K213" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L213" s="0">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="214" spans="1:12" customHeight="1" ht="80">
-      <c r="A214" s="0"/>
       <c r="B214" s="0" t="s">
+        <v>971</v>
+      </c>
+      <c r="C214" s="0" t="s">
         <v>972</v>
       </c>
-      <c r="C214" s="0" t="s">
+      <c r="D214" s="0" t="s">
         <v>973</v>
       </c>
-      <c r="D214" s="0" t="s">
+      <c r="E214" s="0" t="s">
+        <v>920</v>
+      </c>
+      <c r="F214" s="0" t="s">
+        <v>930</v>
+      </c>
+      <c r="G214" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="H214" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I214" s="1" t="s">
         <v>974</v>
-      </c>
-[...13 lines deleted...]
-        <v>977</v>
       </c>
       <c r="J214" s="0"/>
       <c r="K214" s="0" t="s">
         <v>48</v>
       </c>
-      <c r="L214" s="0"/>
+      <c r="L214" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="215" spans="1:12" customHeight="1" ht="80">
       <c r="A215" s="0"/>
       <c r="B215" s="0" t="s">
+        <v>975</v>
+      </c>
+      <c r="C215" s="0" t="s">
+        <v>976</v>
+      </c>
+      <c r="D215" s="0" t="s">
+        <v>977</v>
+      </c>
+      <c r="E215" s="0" t="s">
         <v>978</v>
       </c>
-      <c r="C215" s="0" t="s">
+      <c r="F215" s="0" t="s">
         <v>979</v>
       </c>
-      <c r="D215" s="0" t="s">
+      <c r="G215" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="H215" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I215" s="1" t="s">
         <v>980</v>
-      </c>
-[...13 lines deleted...]
-        <v>977</v>
       </c>
       <c r="J215" s="0"/>
       <c r="K215" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L215" s="0"/>
+    </row>
+    <row r="216" spans="1:12" customHeight="1" ht="80">
+      <c r="A216" s="0"/>
+      <c r="B216" s="0" t="s">
+        <v>981</v>
+      </c>
+      <c r="C216" s="0" t="s">
+        <v>982</v>
+      </c>
+      <c r="D216" s="0" t="s">
+        <v>983</v>
+      </c>
+      <c r="E216" s="0" t="s">
+        <v>978</v>
+      </c>
+      <c r="F216" s="0" t="s">
+        <v>979</v>
+      </c>
+      <c r="G216" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="H216" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="I216" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="J216" s="0"/>
+      <c r="K216" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="L216" s="0"/>
+    </row>
+    <row r="217" spans="1:12" customHeight="1" ht="80">
+      <c r="B217" s="0" t="s">
+        <v>984</v>
+      </c>
+      <c r="C217" s="0" t="s">
+        <v>985</v>
+      </c>
+      <c r="D217" s="0" t="s">
+        <v>986</v>
+      </c>
+      <c r="E217" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="F217" s="0" t="s">
+        <v>987</v>
+      </c>
+      <c r="G217" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="H217" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="I217" s="1" t="s">
+        <v>988</v>
+      </c>
+      <c r="J217" s="0"/>
+      <c r="K217" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="L217" s="0"/>
+    </row>
+    <row r="218" spans="1:12" customHeight="1" ht="80">
+      <c r="B218" s="0" t="s">
+        <v>989</v>
+      </c>
+      <c r="C218" s="0" t="s">
+        <v>990</v>
+      </c>
+      <c r="D218" s="0" t="s">
+        <v>991</v>
+      </c>
+      <c r="E218" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="F218" s="0" t="s">
+        <v>992</v>
+      </c>
+      <c r="G218" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="H218" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="I218" s="1" t="s">
+        <v>988</v>
+      </c>
+      <c r="J218" s="0"/>
+      <c r="K218" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="L218" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -16771,50 +16933,53 @@
     <hyperlink ref="B191" r:id="rId_hyperlink_190"/>
     <hyperlink ref="B192" r:id="rId_hyperlink_191"/>
     <hyperlink ref="B193" r:id="rId_hyperlink_192"/>
     <hyperlink ref="B194" r:id="rId_hyperlink_193"/>
     <hyperlink ref="B195" r:id="rId_hyperlink_194"/>
     <hyperlink ref="B196" r:id="rId_hyperlink_195"/>
     <hyperlink ref="B197" r:id="rId_hyperlink_196"/>
     <hyperlink ref="B198" r:id="rId_hyperlink_197"/>
     <hyperlink ref="B199" r:id="rId_hyperlink_198"/>
     <hyperlink ref="B200" r:id="rId_hyperlink_199"/>
     <hyperlink ref="B201" r:id="rId_hyperlink_200"/>
     <hyperlink ref="B202" r:id="rId_hyperlink_201"/>
     <hyperlink ref="B203" r:id="rId_hyperlink_202"/>
     <hyperlink ref="B204" r:id="rId_hyperlink_203"/>
     <hyperlink ref="B205" r:id="rId_hyperlink_204"/>
     <hyperlink ref="B206" r:id="rId_hyperlink_205"/>
     <hyperlink ref="B207" r:id="rId_hyperlink_206"/>
     <hyperlink ref="B208" r:id="rId_hyperlink_207"/>
     <hyperlink ref="B209" r:id="rId_hyperlink_208"/>
     <hyperlink ref="B210" r:id="rId_hyperlink_209"/>
     <hyperlink ref="B211" r:id="rId_hyperlink_210"/>
     <hyperlink ref="B212" r:id="rId_hyperlink_211"/>
     <hyperlink ref="B213" r:id="rId_hyperlink_212"/>
     <hyperlink ref="B214" r:id="rId_hyperlink_213"/>
     <hyperlink ref="B215" r:id="rId_hyperlink_214"/>
+    <hyperlink ref="B216" r:id="rId_hyperlink_215"/>
+    <hyperlink ref="B217" r:id="rId_hyperlink_216"/>
+    <hyperlink ref="B218" r:id="rId_hyperlink_217"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>