--- v1 (2025-12-07)
+++ v2 (2025-12-14)
@@ -77,548 +77,548 @@
   <si>
     <t>Блюдце для бульонной чашки «Принцип» для PRI1141;фарфор;D=170/85мм;белый</t>
   </si>
   <si>
     <t>03020201</t>
   </si>
   <si>
     <t>PRI1717</t>
   </si>
   <si>
     <t>G. Benedikt Karlovy Vary</t>
   </si>
   <si>
     <t>Princip</t>
   </si>
   <si>
     <t>ЧЕХИЯ</t>
   </si>
   <si>
     <t>Блюдца для бульонных чашек</t>
   </si>
   <si>
     <t>2580.00₸</t>
   </si>
   <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце для бульонной чашки «Кунстверк» для A7589;фарфор;D=17,5см;белый</t>
+  </si>
+  <si>
+    <t>03022116</t>
+  </si>
+  <si>
+    <t>A7598</t>
+  </si>
+  <si>
+    <t>Kunstwerk</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>1134.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце для бульонной чашки «Увертюра» для OV018360000;фарфор;D=18см;белый</t>
+  </si>
+  <si>
+    <t>03022175</t>
+  </si>
+  <si>
+    <t>OV008180000</t>
+  </si>
+  <si>
+    <t>Tognana</t>
+  </si>
+  <si>
+    <t>Ouvertur</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>4035.00₸</t>
+  </si>
+  <si>
+    <t>15 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце для бульонной чашки «Виктория» для 2817;фарфор;,L=16,8,B=16,8см;белый</t>
+  </si>
+  <si>
+    <t>03022903</t>
+  </si>
+  <si>
+    <t>Lubiana</t>
+  </si>
+  <si>
+    <t>Victoria</t>
+  </si>
+  <si>
+    <t>ПОЛЬША</t>
+  </si>
+  <si>
+    <t>1879.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце для бульонной чашки «Коллаж» для фк376;фарфор;D=155/80мм;белый</t>
+  </si>
+  <si>
+    <t>03022936</t>
+  </si>
+  <si>
+    <t>фк377</t>
+  </si>
+  <si>
+    <t>Collage</t>
+  </si>
+  <si>
+    <t>966.00₸</t>
+  </si>
+  <si>
+    <t>0 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце для бульонной чашки «Кантри Стайл» для TRY1146;фарфор;D=17см;коричнев.</t>
+  </si>
+  <si>
+    <t>03022955</t>
+  </si>
+  <si>
+    <t>TRY9603</t>
+  </si>
+  <si>
+    <t>Country</t>
+  </si>
+  <si>
+    <t>3404.00₸</t>
+  </si>
+  <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце для бульонной чашки «Пастораль» для P6136515-S-SH113;фарфор;D=15,5см;оранжев.</t>
+  </si>
+  <si>
+    <t>03024223</t>
+  </si>
+  <si>
+    <t>P6136515-D-SH113</t>
+  </si>
+  <si>
+    <t>Pastoral</t>
+  </si>
+  <si>
+    <t>2688.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце для бульонной чашки «Пастораль» для P6136515-S-SH116;фарфор;D=15,5см;серый</t>
+  </si>
+  <si>
+    <t>03024224</t>
+  </si>
+  <si>
+    <t>P6136515-D-SH116</t>
+  </si>
+  <si>
+    <t>2471.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце для бульонной чашки «Пастораль» для P6136515-S-SH115;фарфор;D=15,5см;зелен.</t>
+  </si>
+  <si>
+    <t>03024240</t>
+  </si>
+  <si>
+    <t>P6136515-D-SH115</t>
+  </si>
+  <si>
+    <t>2394.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Сахара»;стекло;310мл;D=100,H=55,L=150мм;бежев.,песочн.</t>
+  </si>
+  <si>
+    <t>03120201</t>
+  </si>
+  <si>
+    <t>Arcoroc</t>
+  </si>
+  <si>
+    <t>Sahara</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>Чаши бульонные</t>
+  </si>
+  <si>
+    <t>2877.00₸</t>
+  </si>
+  <si>
+    <t>22 шт.</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Каррарэ»;стекло;320мл;D=100,H=55,L=150мм;бежев.,песочн.</t>
+  </si>
+  <si>
+    <t>03120202</t>
+  </si>
+  <si>
+    <t>Carrare</t>
+  </si>
+  <si>
+    <t>2562.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Рисепшн»;стекло;320мл;D=10,H=5,L=15см;слон.кость,серый</t>
+  </si>
+  <si>
+    <t>03120203</t>
+  </si>
+  <si>
+    <t>Reception</t>
+  </si>
+  <si>
+    <t>2828.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Ресторан»;стекло;310мл;D=100,H=55,L=136мм;белый</t>
+  </si>
+  <si>
+    <t>03120204</t>
+  </si>
+  <si>
+    <t>Restaurant</t>
+  </si>
+  <si>
+    <t>3402.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Ресторан»;стекло;0,5л;D=12,H=6,L=16см;белый</t>
+  </si>
+  <si>
+    <t>03120205</t>
+  </si>
+  <si>
+    <t>2079.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Трианон»;стекло;300мл;D=10,H=6,L=14см;белый</t>
+  </si>
+  <si>
+    <t>03120207</t>
+  </si>
+  <si>
+    <t>D6879/14661</t>
+  </si>
+  <si>
+    <t>Trianon</t>
+  </si>
+  <si>
+    <t>2870.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Симплисити Вайт»;фарфор;285мл;D=105,H=60,L=110мм;белый</t>
+  </si>
+  <si>
+    <t>03120209</t>
+  </si>
+  <si>
+    <t>1101 0119</t>
+  </si>
+  <si>
+    <t>Steelite</t>
+  </si>
+  <si>
+    <t>Simpl White</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
+  </si>
+  <si>
+    <t>5698.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Симплисити Вайт»;фарфор;285мл;D=110,H=60,L=145мм;белый</t>
+  </si>
+  <si>
+    <t>03120210</t>
+  </si>
+  <si>
+    <t>1101 0115</t>
+  </si>
+  <si>
+    <t>7631.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Симплисити Вайт»;фарфор;285мл;D=11,H=6см;белый</t>
+  </si>
+  <si>
+    <t>03120211</t>
+  </si>
+  <si>
+    <t>1101 0121</t>
+  </si>
+  <si>
+    <t>5668.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Портофино»;фарфор;360мл;D=105,H=70мм;белый</t>
+  </si>
+  <si>
+    <t>03120218</t>
+  </si>
+  <si>
+    <t>PF004100000</t>
+  </si>
+  <si>
+    <t>Portofino</t>
+  </si>
+  <si>
+    <t>5684.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Айвори»;стекло;310мл;D=100,H=55,L=150мм;слон.кость</t>
+  </si>
+  <si>
+    <t>03120234</t>
+  </si>
+  <si>
+    <t>Ivory</t>
+  </si>
+  <si>
+    <t>1771.00₸</t>
+  </si>
+  <si>
+    <t>Мисосупница «Кунстверк»;фарфор;420мл;D=15,H=11,5см;белый</t>
+  </si>
+  <si>
+    <t>03120236</t>
+  </si>
+  <si>
+    <t>A0109</t>
+  </si>
+  <si>
+    <t>Мисосупницы</t>
+  </si>
+  <si>
+    <t>3045.00₸</t>
+  </si>
+  <si>
+    <t>Мисосупница «Кунстверк»;фарфор;420мл;D=15,H=11,5см;черный</t>
+  </si>
+  <si>
+    <t>03120237</t>
+  </si>
+  <si>
+    <t>A0109W13</t>
+  </si>
+  <si>
+    <t>4214.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Кунстверк»;фарфор;245мл;D=8,H=10,L=14см;белый</t>
+  </si>
+  <si>
+    <t>03120240</t>
+  </si>
+  <si>
+    <t>A0654</t>
+  </si>
+  <si>
+    <t>2632.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Лион»;фарфор;435мл;D=11,H=15,L=15,5см;белый</t>
+  </si>
+  <si>
+    <t>03120241</t>
+  </si>
+  <si>
+    <t>A3516</t>
+  </si>
+  <si>
+    <t>5026.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Лион»;фарфор;400мл;D=100,H=95,B=120мм;белый</t>
+  </si>
+  <si>
+    <t>03120242</t>
+  </si>
+  <si>
+    <t>A0680</t>
+  </si>
+  <si>
+    <t>4648.00₸</t>
+  </si>
+  <si>
+    <t>Мисосупница;пластик;350мл;D=115,H=95мм;черный,красный</t>
+  </si>
+  <si>
+    <t>03120243</t>
+  </si>
+  <si>
+    <t>19AB-0014-1</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Мисосупница с крышкой;пластик;350мл;D=10,5,H=10,5см;черный,красный</t>
+  </si>
+  <si>
+    <t>03120244</t>
+  </si>
+  <si>
+    <t>19AB-0006</t>
+  </si>
+  <si>
+    <t>2107.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Симплисити Вайт»;фарфор;475мл;D=115,H=80мм;белый</t>
+  </si>
+  <si>
+    <t>03120245</t>
+  </si>
+  <si>
+    <t>1101 0182</t>
+  </si>
+  <si>
+    <t>5929.00₸</t>
+  </si>
+  <si>
+    <t>Мисосупница;пластик;400мл;D=15см</t>
+  </si>
+  <si>
+    <t>03120247</t>
+  </si>
+  <si>
+    <t>6046/BR</t>
+  </si>
+  <si>
+    <t>KYOTO</t>
+  </si>
+  <si>
+    <t>3048.00₸</t>
+  </si>
+  <si>
+    <t>Мисосупница;пластик;320мл;D=95,H=105мм;черный,красный</t>
+  </si>
+  <si>
+    <t>03120248</t>
+  </si>
+  <si>
+    <t>16SJ055/19-0050-</t>
+  </si>
+  <si>
+    <t>1799.00₸</t>
+  </si>
+  <si>
+    <t>Мисосупница;дерево;200мл;D=95,H=105мм;черный</t>
+  </si>
+  <si>
+    <t>03120249</t>
+  </si>
+  <si>
+    <t>19-0050-B-2</t>
+  </si>
+  <si>
+    <t>6615.00₸</t>
+  </si>
+  <si>
+    <t>Мисосупница;пластик;300мл;D=115,H=60мм;черный,красный</t>
+  </si>
+  <si>
+    <t>03120250</t>
+  </si>
+  <si>
+    <t>19-0092/DIA12</t>
+  </si>
+  <si>
+    <t>2352.00₸</t>
+  </si>
+  <si>
+    <t>Мисосупница;пластик;0,55л;D=135,H=80мм;черный,красный</t>
+  </si>
+  <si>
+    <t>03120251</t>
+  </si>
+  <si>
+    <t>19-0086-1</t>
+  </si>
+  <si>
+    <t>2401.00₸</t>
+  </si>
+  <si>
+    <t>Мисосупница;дерево;450мл;D=125,H=80мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03120252</t>
+  </si>
+  <si>
+    <t>G15-SZ001/19-006</t>
+  </si>
+  <si>
+    <t>8813.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Монако Вайт»;фарфор;280мл;D=100,H=55мм;белый</t>
+  </si>
+  <si>
+    <t>03120254</t>
+  </si>
+  <si>
+    <t>9001 C312</t>
+  </si>
+  <si>
+    <t>Monaco White</t>
+  </si>
+  <si>
+    <t>5675.00₸</t>
+  </si>
+  <si>
     <t>более 50 шт.</t>
   </si>
   <si>
-    <t>Блюдце для бульонной чашки «Кунстверк» для A7589;фарфор;D=17,5см;белый</t>
-[...493 lines deleted...]
-  <si>
     <t>Чашка бульонная «Антуанетт»;фарфор;300мл;D=10,H=4см;белый,олив.</t>
   </si>
   <si>
     <t>03120263</t>
   </si>
   <si>
     <t>9019 C312</t>
   </si>
   <si>
     <t>Antoinette</t>
   </si>
   <si>
     <t>13445.00₸</t>
   </si>
   <si>
     <t>Мисосупница;дерево;300мл;D=110,H=68мм;черный,красный</t>
   </si>
   <si>
     <t>03120265</t>
   </si>
   <si>
     <t>19-0086-2</t>
   </si>
   <si>
     <t>2177.00₸</t>
@@ -923,1601 +923,1601 @@
   <si>
     <t>Чашка бульонная «Аркадия»;фарфор;320мл;D=100,H=55,B=140мм;белый</t>
   </si>
   <si>
     <t>03120310</t>
   </si>
   <si>
     <t>0517</t>
   </si>
   <si>
     <t>4443.00₸</t>
   </si>
   <si>
     <t>Чашка бульонная «Кашуб-хел»;фарфор;300мл;D=115,H=60,B=140мм;белый</t>
   </si>
   <si>
     <t>03120311</t>
   </si>
   <si>
     <t>0616</t>
   </si>
   <si>
     <t>3127.00₸</t>
   </si>
   <si>
+    <t>Чашка бульонная «Аркадия»;фарфор;300мл;D=10,H=6,L=13см;белый</t>
+  </si>
+  <si>
+    <t>03120312</t>
+  </si>
+  <si>
+    <t>0516</t>
+  </si>
+  <si>
+    <t>4436.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Лео»;фарфор;0,58л;D=12,H=10,3,L=15,5см;белый</t>
+  </si>
+  <si>
+    <t>03120313</t>
+  </si>
+  <si>
+    <t>0068</t>
+  </si>
+  <si>
+    <t>11443.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Портофино»;фарфор;360мл;D=105,H=70,L=115мм;белый</t>
+  </si>
+  <si>
+    <t>03120314</t>
+  </si>
+  <si>
+    <t>PF018360000</t>
+  </si>
+  <si>
+    <t>6181.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «В.Виена»;фарфор;300мл;D=100,H=65,L=160мм;белый</t>
+  </si>
+  <si>
+    <t>03120315</t>
+  </si>
+  <si>
+    <t>VW018300000</t>
+  </si>
+  <si>
+    <t>Wienna</t>
+  </si>
+  <si>
+    <t>8470.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Виктория-отель»;фарфор;320мл;D=104,H=57,L=157мм;белый</t>
+  </si>
+  <si>
+    <t>03120320</t>
+  </si>
+  <si>
+    <t>Victoria-hot</t>
+  </si>
+  <si>
+    <t>2919.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Мелодия»;фарфор;300мл;,H=60,L=150,B=101мм;белый</t>
+  </si>
+  <si>
+    <t>03120324</t>
+  </si>
+  <si>
+    <t>MEL1132</t>
+  </si>
+  <si>
+    <t>Melodie</t>
+  </si>
+  <si>
+    <t>6538.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Мелодия»;фарфор;320мл;,H=60,L=125,B=103мм;белый</t>
+  </si>
+  <si>
+    <t>03120325</t>
+  </si>
+  <si>
+    <t>MEL0232</t>
+  </si>
+  <si>
+    <t>3211.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Чино»;фарфор;285мл;D=11,H=6см;белый,бежев.</t>
+  </si>
+  <si>
+    <t>03120330</t>
+  </si>
+  <si>
+    <t>1106 0121</t>
+  </si>
+  <si>
+    <t>Cino</t>
+  </si>
+  <si>
+    <t>7377.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Пепперкорн»;фарфор;285мл;D=12,H=6см;коричнев.,бежев.</t>
+  </si>
+  <si>
+    <t>03120331</t>
+  </si>
+  <si>
+    <t>1542 A121</t>
+  </si>
+  <si>
+    <t>Peppercorn</t>
+  </si>
+  <si>
+    <t>5129.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Паприка»;фарфор;285мл;D=12,H=6см;оранжев.,бежев.</t>
+  </si>
+  <si>
+    <t>03120332</t>
+  </si>
+  <si>
+    <t>1540 A121</t>
+  </si>
+  <si>
+    <t>Paprika Nat</t>
+  </si>
+  <si>
+    <t>5144.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Акапулько»;фарфор;300мл;D=105,H=60мм;белый</t>
+  </si>
+  <si>
+    <t>03120335</t>
+  </si>
+  <si>
+    <t>AC018300000</t>
+  </si>
+  <si>
+    <t>Acapulco</t>
+  </si>
+  <si>
+    <t>8032.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Чино»;фарфор;285мл;D=105,H=60,L=165мм;белый,бежев.</t>
+  </si>
+  <si>
+    <t>03120336</t>
+  </si>
+  <si>
+    <t>1106 0119</t>
+  </si>
+  <si>
+    <t>7192.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Монако Вайт»;фарфор;285мл;D=10,H=4см;белый</t>
+  </si>
+  <si>
+    <t>03120351</t>
+  </si>
+  <si>
+    <t>9001 C311</t>
+  </si>
+  <si>
+    <t>10241.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Нестор»;фарфор;300мл;D=105,H=50,L=145мм;белый</t>
+  </si>
+  <si>
+    <t>03120353</t>
+  </si>
+  <si>
+    <t>Nestor</t>
+  </si>
+  <si>
+    <t>1979.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Спайро»;фарфор;285мл;D=10,H=4см;белый</t>
+  </si>
+  <si>
+    <t>03120354</t>
+  </si>
+  <si>
+    <t>9032 C735</t>
+  </si>
+  <si>
+    <t>Spyro</t>
+  </si>
+  <si>
+    <t>12197.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Атлантис»;фарфор;250мл;D=105,H=58,L=155,B=105мм;белый</t>
+  </si>
+  <si>
+    <t>03120360</t>
+  </si>
+  <si>
+    <t>ATL1125</t>
+  </si>
+  <si>
+    <t>Lilien Austria</t>
+  </si>
+  <si>
+    <t>Atlantis</t>
+  </si>
+  <si>
+    <t>АВСТРИЯ</t>
+  </si>
+  <si>
+    <t>5506.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Эвита»;фарфор;280мл;D=95,H=65мм;белый</t>
+  </si>
+  <si>
+    <t>03120361</t>
+  </si>
+  <si>
+    <t>EVI1128</t>
+  </si>
+  <si>
+    <t>Evita</t>
+  </si>
+  <si>
+    <t>3019.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Пати»;фарфор;450мл;D=10,H=10,L=16см;белый</t>
+  </si>
+  <si>
+    <t>03120366</t>
+  </si>
+  <si>
+    <t>PY068060000</t>
+  </si>
+  <si>
+    <t>Party</t>
+  </si>
+  <si>
+    <t>6216.00₸</t>
+  </si>
+  <si>
+    <t>33 шт.</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Афродита»;фарфор;300мл;D=100,H=55,L=145мм;белый,золотой</t>
+  </si>
+  <si>
+    <t>03120368</t>
+  </si>
+  <si>
+    <t>2616-gold</t>
+  </si>
+  <si>
+    <t>Afrodyta</t>
+  </si>
+  <si>
+    <t>4120.00₸</t>
+  </si>
+  <si>
+    <t>40 шт.</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Лион»;фарфор;450мл;D=11,H=10,5,B=15см;черный</t>
+  </si>
+  <si>
+    <t>03120373</t>
+  </si>
+  <si>
+    <t>9764.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Кунстверк»;фарфор;300мл;D=110,H=55,L=145мм;белый</t>
+  </si>
+  <si>
+    <t>03120374</t>
+  </si>
+  <si>
+    <t>A1730</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Симплисити Вайт» с крышкой;фарфор;450мл;D=12,H=6,L=17см;белый</t>
+  </si>
+  <si>
+    <t>03120375</t>
+  </si>
+  <si>
+    <t>1101 0828</t>
+  </si>
+  <si>
+    <t>14253.00₸</t>
+  </si>
+  <si>
+    <t>Мисосупница «Кунстверк»;фарфор;300мл;D=125,H=95мм;белый</t>
+  </si>
+  <si>
+    <t>03120376</t>
+  </si>
+  <si>
+    <t>A4001</t>
+  </si>
+  <si>
+    <t>3066.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Кунстверк»;фарфор;260мл;D=100,H=45мм;белый</t>
+  </si>
+  <si>
+    <t>03120377</t>
+  </si>
+  <si>
+    <t>A0713</t>
+  </si>
+  <si>
+    <t>1694.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Кунстверк»;фарфор;400мл;D=123,H=55,L=173мм;белый</t>
+  </si>
+  <si>
+    <t>03120378</t>
+  </si>
+  <si>
+    <t>A7589</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Джейд»;кост.фарф.;350мл;белый</t>
+  </si>
+  <si>
+    <t>03120379</t>
+  </si>
+  <si>
+    <t>61040-800001-10422</t>
+  </si>
+  <si>
+    <t>Rosenthal</t>
+  </si>
+  <si>
+    <t>Jade</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>13822.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Террамеса Мокка» без крышки;фарфор;450мл;D=12,H=6см;тем.корич.</t>
+  </si>
+  <si>
+    <t>03120381</t>
+  </si>
+  <si>
+    <t>1123 B828</t>
+  </si>
+  <si>
+    <t>20367.00₸</t>
+  </si>
+  <si>
+    <t>Мисосупница «Кунстверк»;фарфор;300мл;D=125,H=95мм;черный</t>
+  </si>
+  <si>
+    <t>03120382</t>
+  </si>
+  <si>
+    <t>A4001W13</t>
+  </si>
+  <si>
+    <t>3612.00₸</t>
+  </si>
+  <si>
+    <t>Мисосупница «Кунстверк»;фарфор;400мл;D=13,5,H=11,5см;белый</t>
+  </si>
+  <si>
+    <t>03120384</t>
+  </si>
+  <si>
+    <t>A5884</t>
+  </si>
+  <si>
+    <t>2744.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Кларет»;фарфор;280мл;D=105,H=52мм;бежев.,бордо</t>
+  </si>
+  <si>
+    <t>03120385</t>
+  </si>
+  <si>
+    <t>1503 A115</t>
+  </si>
+  <si>
+    <t>Ivory Claret</t>
+  </si>
+  <si>
+    <t>6384.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Органикс»;фарфор;265мл;D=98,H=70мм;белый</t>
+  </si>
+  <si>
+    <t>03120386</t>
+  </si>
+  <si>
+    <t>9002 C681</t>
+  </si>
+  <si>
+    <t>Organics</t>
+  </si>
+  <si>
+    <t>4620.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Спайро»;фарфор;285мл;D=100,H=45мм;белый</t>
+  </si>
+  <si>
+    <t>03120387</t>
+  </si>
+  <si>
+    <t>9032 C990</t>
+  </si>
+  <si>
+    <t>8725.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Блэк Лайн»;фарфор;285мл;D=11,H=6см;белый,черный</t>
+  </si>
+  <si>
+    <t>03120388</t>
+  </si>
+  <si>
+    <t>1135 0115</t>
+  </si>
+  <si>
+    <t>Black Line</t>
+  </si>
+  <si>
+    <t>6877.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Меркури»;фарфор;325мл;D=105,H=60,B=150мм;белый</t>
+  </si>
+  <si>
+    <t>03120389</t>
+  </si>
+  <si>
+    <t>0716</t>
+  </si>
+  <si>
+    <t>Merkury</t>
+  </si>
+  <si>
+    <t>5059.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Афродита»;фарфор;300мл;D=100,H=55,L=145мм;белый</t>
+  </si>
+  <si>
+    <t>03120390</t>
+  </si>
+  <si>
+    <t>2616-white</t>
+  </si>
+  <si>
+    <t>3104.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Тэйст вайт»;фарфор;0,6л;D=112,H=90мм;белый</t>
+  </si>
+  <si>
+    <t>03120391</t>
+  </si>
+  <si>
+    <t>1107 0558</t>
+  </si>
+  <si>
+    <t>Taste White</t>
+  </si>
+  <si>
+    <t>3589.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Лион» для комплимента;фарфор;50мл;D=55,H=45,L=70мм;белый</t>
+  </si>
+  <si>
+    <t>03120392</t>
+  </si>
+  <si>
+    <t>6646.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Айвори»;фарфор;280мл;D=10,H=4,L=14см;слон.кость</t>
+  </si>
+  <si>
+    <t>03120395</t>
+  </si>
+  <si>
+    <t>1500 A119</t>
+  </si>
+  <si>
+    <t>5252.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Айвори Монте Карло»;фарфор;285мл;D=11,H=6см;слон.кость</t>
+  </si>
+  <si>
+    <t>03120396</t>
+  </si>
+  <si>
+    <t>1600 A121</t>
+  </si>
+  <si>
+    <t>Ivory Monte Carlo</t>
+  </si>
+  <si>
+    <t>3958.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Кларет»;фарфор;285мл;D=115,H=52мм;бежев.,бордо</t>
+  </si>
+  <si>
+    <t>03120397</t>
+  </si>
+  <si>
+    <t>1503 A119</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Кларет»;фарфор;285мл;D=12,H=6см;бежев.,бордо</t>
+  </si>
+  <si>
+    <t>03120398</t>
+  </si>
+  <si>
+    <t>1503 A121</t>
+  </si>
+  <si>
+    <t>4428.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Сатиник»;фарфор;290мл;D=110,H=57,L=150мм;белый</t>
+  </si>
+  <si>
+    <t>03120409</t>
+  </si>
+  <si>
+    <t>S0440</t>
+  </si>
+  <si>
+    <t>Chef&amp;Sommelier</t>
+  </si>
+  <si>
+    <t>Satinique</t>
+  </si>
+  <si>
+    <t>13167.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Кунстверк»;фарфор;450мл;D=11,H=13,L=14см;белый</t>
+  </si>
+  <si>
+    <t>03120410</t>
+  </si>
+  <si>
+    <t>A13869</t>
+  </si>
+  <si>
+    <t>4571.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Кунстверк»;фарфор;350мл;D=90,H=110,L=145мм;белый</t>
+  </si>
+  <si>
+    <t>03120411</t>
+  </si>
+  <si>
+    <t>A13017</t>
+  </si>
+  <si>
+    <t>3542.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Антуанетт»;фарфор;285мл;D=100,H=52мм;белый,олив.</t>
+  </si>
+  <si>
+    <t>03120413</t>
+  </si>
+  <si>
+    <t>9019 C311</t>
+  </si>
+  <si>
+    <t>20251.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Рэд Лайн»;фарфор;285мл;D=12см;белый,красный</t>
+  </si>
+  <si>
+    <t>03120414</t>
+  </si>
+  <si>
+    <t>1239 0428</t>
+  </si>
+  <si>
+    <t>Red Line</t>
+  </si>
+  <si>
+    <t>5082.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Феннель»;фарфор;285мл;D=12,H=6см;зелен.,бежев.</t>
+  </si>
+  <si>
+    <t>03120415</t>
+  </si>
+  <si>
+    <t>1541 A121</t>
+  </si>
+  <si>
+    <t>Fennel</t>
+  </si>
+  <si>
+    <t>4959.00₸</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Крафт Грин» без крышки;фарфор;425мл;D=120,H=60,L=163мм;зелен.</t>
+  </si>
+  <si>
+    <t>03120416</t>
+  </si>
+  <si>
+    <t>1131 B828</t>
+  </si>
+  <si>
+    <t>Craft Green</t>
+  </si>
+  <si>
+    <t>18896.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Рио Грин»;фарфор;285мл;D=11,H=6см;белый,зелен.</t>
+  </si>
+  <si>
+    <t>03120418</t>
+  </si>
+  <si>
+    <t>1529 0115</t>
+  </si>
+  <si>
+    <t>Rio Green</t>
+  </si>
+  <si>
+    <t>7539.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Рио Блю»;фарфор;285мл;D=11,H=6см;белый,синий</t>
+  </si>
+  <si>
+    <t>03120419</t>
+  </si>
+  <si>
+    <t>1531 0115</t>
+  </si>
+  <si>
+    <t>Rio Blue</t>
+  </si>
+  <si>
+    <t>9910.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Рио Еллоу»;фарфор;285мл;D=11,H=6см;белый,желт.</t>
+  </si>
+  <si>
+    <t>03120420</t>
+  </si>
+  <si>
+    <t>1530 0115</t>
+  </si>
+  <si>
+    <t>Rio Yellow</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Рио Пинк»;фарфор;285мл;D=11,H=6см;белый,розов.</t>
+  </si>
+  <si>
+    <t>03120421</t>
+  </si>
+  <si>
+    <t>1532 0115</t>
+  </si>
+  <si>
+    <t>Rio Pink</t>
+  </si>
+  <si>
+    <t>7662.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Оптик»;фарфор;290мл;D=10,H=5см;белый</t>
+  </si>
+  <si>
+    <t>03120422</t>
+  </si>
+  <si>
+    <t>9118 C1027</t>
+  </si>
+  <si>
+    <t>Optik</t>
+  </si>
+  <si>
+    <t>7308.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Оптик»;фарфор;290мл;D=10,H=6см;белый</t>
+  </si>
+  <si>
+    <t>03120423</t>
+  </si>
+  <si>
+    <t>9118 C1028</t>
+  </si>
+  <si>
+    <t>4466.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Симплисити Вайт»;фарфор;450мл;D=12,H=6,B=17см;белый</t>
+  </si>
+  <si>
+    <t>03120424</t>
+  </si>
+  <si>
+    <t>1101 B828</t>
+  </si>
+  <si>
+    <t>9533.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Кантри Стайл»;фарфор;460мл;D=12,H=6см;зелен.</t>
+  </si>
+  <si>
+    <t>03120426</t>
+  </si>
+  <si>
+    <t>TRY1146</t>
+  </si>
+  <si>
+    <t>7315.00₸</t>
+  </si>
+  <si>
+    <t>31 шт.</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Кантри Стайл»;фарфор;330мл;D=100,H=55мм;зелен.</t>
+  </si>
+  <si>
+    <t>03120427</t>
+  </si>
+  <si>
+    <t>TRY1133</t>
+  </si>
+  <si>
+    <t>7200.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Опшенс»;фарфор;260мл;белый</t>
+  </si>
+  <si>
+    <t>03120428</t>
+  </si>
+  <si>
+    <t>71 2826</t>
+  </si>
+  <si>
+    <t>Bauscher</t>
+  </si>
+  <si>
+    <t>Options</t>
+  </si>
+  <si>
+    <t>6923.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Карат»;фарфор;270мл;D=9,H=6,L=14см;белый</t>
+  </si>
+  <si>
+    <t>03120429</t>
+  </si>
+  <si>
+    <t>25 2727</t>
+  </si>
+  <si>
+    <t>Carat</t>
+  </si>
+  <si>
+    <t>7862.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Карат»;фарфор;300мл;D=10,H=5,L=15см;белый</t>
+  </si>
+  <si>
+    <t>03120430</t>
+  </si>
+  <si>
+    <t>25 2730</t>
+  </si>
+  <si>
+    <t>8986.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Штутгарт»;фарфор;300мл;D=115,H=53мм;белый</t>
+  </si>
+  <si>
+    <t>03120431</t>
+  </si>
+  <si>
+    <t>55 2780</t>
+  </si>
+  <si>
+    <t>Stuttgart</t>
+  </si>
+  <si>
+    <t>7285.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Штутгарт»;фарфор;250мл;D=93мм;белый</t>
+  </si>
+  <si>
+    <t>03120432</t>
+  </si>
+  <si>
+    <t>55 6575</t>
+  </si>
+  <si>
+    <t>6569.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Штутгарт»;фарфор;270мл;D=100,H=55мм;белый</t>
+  </si>
+  <si>
+    <t>03120434</t>
+  </si>
+  <si>
+    <t>55 2727</t>
+  </si>
+  <si>
+    <t>8332.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Моцарт»;фарфор;260мл;,H=52мм;белый</t>
+  </si>
+  <si>
+    <t>03120435</t>
+  </si>
+  <si>
+    <t>57 2926</t>
+  </si>
+  <si>
+    <t>Mozart</t>
+  </si>
+  <si>
+    <t>13468.00₸</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Айвори»;фарфор;285мл;D=110,H=60,L=145мм;слон.кость</t>
+  </si>
+  <si>
+    <t>03120436</t>
+  </si>
+  <si>
+    <t>1500 A115</t>
+  </si>
+  <si>
+    <t>6507.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Крафт Вайт» без крышки;фарфор;450мл;D=120,H=60,L=163мм;белый</t>
+  </si>
+  <si>
+    <t>03120437</t>
+  </si>
+  <si>
+    <t>1155 B828</t>
+  </si>
+  <si>
+    <t>Craft White</t>
+  </si>
+  <si>
+    <t>17703.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Виктория»;фарфор;300мл;D=11,5см;белый</t>
+  </si>
+  <si>
+    <t>03120441</t>
+  </si>
+  <si>
+    <t>3442.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Коллаж»;фарфор;300мл;D=10см;белый</t>
+  </si>
+  <si>
+    <t>03120444</t>
+  </si>
+  <si>
+    <t>фк376</t>
+  </si>
+  <si>
+    <t>1883.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Блю дэппл»;фарфор;285мл;белый,синий</t>
+  </si>
+  <si>
+    <t>03120445</t>
+  </si>
+  <si>
+    <t>1710 0121</t>
+  </si>
+  <si>
+    <t>Blue Dapple</t>
+  </si>
+  <si>
+    <t>8663.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Это Рома»;фарфор;300мл;,H=55мм;белый</t>
+  </si>
+  <si>
+    <t>03120447</t>
+  </si>
+  <si>
+    <t>0318</t>
+  </si>
+  <si>
+    <t>Eto Roma</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Бульонная пара «Кунстверк»;фарфор;300мл;D=105,H=60мм;белый</t>
+  </si>
+  <si>
+    <t>03120452</t>
+  </si>
+  <si>
+    <t>P6071615/9902202</t>
+  </si>
+  <si>
+    <t>3647.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная;фарфор;коричнев.</t>
+  </si>
+  <si>
+    <t>03120453</t>
+  </si>
+  <si>
+    <t>11770-405151-10422</t>
+  </si>
+  <si>
+    <t>Mesh Walnut</t>
+  </si>
+  <si>
+    <t>13029.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Блю дэппл»;фарфор;450мл;D=12,H=6,L=17см;белый,синий</t>
+  </si>
+  <si>
+    <t>03120454</t>
+  </si>
+  <si>
+    <t>1710 0828</t>
+  </si>
+  <si>
+    <t>12744.00₸</t>
+  </si>
+  <si>
+    <t>03120456</t>
+  </si>
+  <si>
+    <t>6272.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Чашка бульонная;фарфор;470мл;D=117,H=64мм</t>
+  </si>
+  <si>
+    <t>03120457</t>
+  </si>
+  <si>
+    <t>4С0677</t>
+  </si>
+  <si>
+    <t>Добрушский фарфоровый завод</t>
+  </si>
+  <si>
+    <t>БЕЛАРУСЬ</t>
+  </si>
+  <si>
+    <t>3057.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Лайфстиль»;фарфор;390мл;D=11см;песочн.</t>
+  </si>
+  <si>
+    <t>03120458</t>
+  </si>
+  <si>
+    <t>LSN1139</t>
+  </si>
+  <si>
+    <t>Lifestyle Natural</t>
+  </si>
+  <si>
+    <t>10519.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Блю дэппл» б/крышки;фарфор;450мл;D=12,H=6см;белый,синий</t>
+  </si>
+  <si>
+    <t>03120461</t>
+  </si>
+  <si>
+    <t>1710 B828</t>
+  </si>
+  <si>
+    <t>16717.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная;фарфор;470мл;D=117,H=64мм;белый,золотой</t>
+  </si>
+  <si>
+    <t>03120462</t>
+  </si>
+  <si>
+    <t>4С0678</t>
+  </si>
+  <si>
+    <t>3481.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Браун дэппл»;фарфор;425мл;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03120464</t>
+  </si>
+  <si>
+    <t>1714 0828</t>
+  </si>
+  <si>
+    <t>Brown Dapple</t>
+  </si>
+  <si>
+    <t>25102.00₸</t>
+  </si>
+  <si>
+    <t>Мисосупница;пластик;170мл;D=10,5,H=10,5см;черный</t>
+  </si>
+  <si>
+    <t>03120465</t>
+  </si>
+  <si>
+    <t>15SJ055</t>
+  </si>
+  <si>
+    <t>2940.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Лион»;керамика;450мл;D=125,H=96мм;черный</t>
+  </si>
+  <si>
+    <t>03120466</t>
+  </si>
+  <si>
+    <t>French Classics</t>
+  </si>
+  <si>
+    <t>24094.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная;фарфор;300мл;D=105,H=57мм;белый</t>
+  </si>
+  <si>
+    <t>03120468</t>
+  </si>
+  <si>
+    <t>7С1717</t>
+  </si>
+  <si>
+    <t>2926.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для бульонной чашки «Симплисити Вайт» 11 010 828;фарфор;D=13см;белый</t>
+  </si>
+  <si>
+    <t>03120501</t>
+  </si>
+  <si>
+    <t>1101 0829</t>
+  </si>
+  <si>
+    <t>5414.00₸</t>
+  </si>
+  <si>
+    <t>19 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для бульонной чашки «Террамеса Мокка» 1123 B828;фарфор;D=13см;тем.корич.</t>
+  </si>
+  <si>
+    <t>03120502</t>
+  </si>
+  <si>
+    <t>1123 0829</t>
+  </si>
+  <si>
+    <t>6130.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для бульонной чашки «Крафт Грин» 1131 B828;фарфор;D=13см;зелен.</t>
+  </si>
+  <si>
+    <t>03120504</t>
+  </si>
+  <si>
+    <t>1131 0829</t>
+  </si>
+  <si>
+    <t>11050.00₸</t>
+  </si>
+  <si>
+    <t>14 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для бульонной чашки «Крафт Браун» 1132 B828;фарфор;D=13см;коричнев.</t>
+  </si>
+  <si>
+    <t>03120505</t>
+  </si>
+  <si>
+    <t>1132 0829</t>
+  </si>
+  <si>
+    <t>6838.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для бульонной чашки «Крафт Вайт» 1155 B828;фарфор;D=13см;белый</t>
+  </si>
+  <si>
+    <t>03120507</t>
+  </si>
+  <si>
+    <t>1155 0829</t>
+  </si>
+  <si>
+    <t>11219.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Интэнсити»;зеникс;310мл;D=102,H=58мм</t>
+  </si>
+  <si>
+    <t>03120508</t>
+  </si>
+  <si>
+    <t>J1005</t>
+  </si>
+  <si>
+    <t>Intensity</t>
+  </si>
+  <si>
+    <t>2345.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для бульонной чашки «Кантри Стайл» TRY1146;фарфор;D=12,5см;коричнев.</t>
+  </si>
+  <si>
+    <t>03120509</t>
+  </si>
+  <si>
+    <t>TRY4550</t>
+  </si>
+  <si>
+    <t>5344.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для бульонной чашки «Блю дэппл» 17 100 828;фарфор;D=13см;белый,синий</t>
+  </si>
+  <si>
+    <t>03120511</t>
+  </si>
+  <si>
+    <t>1710 0829</t>
+  </si>
+  <si>
+    <t>5360.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для бульонной чашки «Браун дэппл» 1714 B828;фарфор;D=13см;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03120512</t>
+  </si>
+  <si>
+    <t>1714 0829</t>
+  </si>
+  <si>
+    <t>Крышка для бульонной чашки «Лайфстиль» LSN1139;фарфор;D=13см;песочн.</t>
+  </si>
+  <si>
+    <t>03120516</t>
+  </si>
+  <si>
+    <t>LSN4550</t>
+  </si>
+  <si>
+    <t>6376.00₸</t>
+  </si>
+  <si>
+    <t>25 шт.</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Малахит»;фарфор;300мл;D=115,H=55мм;черный,зелен.</t>
+  </si>
+  <si>
+    <t>03120520</t>
+  </si>
+  <si>
+    <t>ФРФ88801338</t>
+  </si>
+  <si>
+    <t>Борисовская Керамика</t>
+  </si>
+  <si>
+    <t>Малахит</t>
+  </si>
+  <si>
+    <t>1890.00₸</t>
+  </si>
+  <si>
+    <t>03120521</t>
+  </si>
+  <si>
+    <t>ФРФ88804638</t>
+  </si>
+  <si>
+    <t>1743.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная;фарфор;300мл;D=11,H=6см;бежев.</t>
+  </si>
+  <si>
+    <t>03120522</t>
+  </si>
+  <si>
+    <t>11770-405153-10422</t>
+  </si>
+  <si>
+    <t>Mesh Colours Cream</t>
+  </si>
+  <si>
+    <t>12883.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для бульонной чашки «Революшн» 1776 B828;фарфор;D=13см;бежев.</t>
+  </si>
+  <si>
+    <t>03120523</t>
+  </si>
+  <si>
+    <t>1776 0829</t>
+  </si>
+  <si>
+    <t>Revolution Sandstone</t>
+  </si>
+  <si>
+    <t>8193.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для бульонной чашки «Революшн Гранит» 1775 B828;фарфор;D=13см;олив.,коричнев.</t>
+  </si>
+  <si>
+    <t>03120524</t>
+  </si>
+  <si>
+    <t>1775 0829</t>
+  </si>
+  <si>
+    <t>Revolution Granite</t>
+  </si>
+  <si>
+    <t>7700.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Джейд»;фарфор;250мл;белый</t>
+  </si>
+  <si>
+    <t>03120525</t>
+  </si>
+  <si>
+    <t>61040-800001-30476</t>
+  </si>
+  <si>
+    <t>15001.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для бульонной чашки «Джейд» 61040-800001-30476;фарфор;D=12см;белый</t>
+  </si>
+  <si>
+    <t>03120526</t>
+  </si>
+  <si>
+    <t>61040-800001-30478</t>
+  </si>
+  <si>
+    <t>5439.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Бид»;фарфор;285мл;белый</t>
+  </si>
+  <si>
+    <t>03120528</t>
+  </si>
+  <si>
+    <t>1403 X0136</t>
+  </si>
+  <si>
+    <t>Bead</t>
+  </si>
+  <si>
+    <t>12143.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для бульонной чашки «Революшн Блюстоун» 1777 B828;фарфор;D=13см;синий</t>
+  </si>
+  <si>
+    <t>03120529</t>
+  </si>
+  <si>
+    <t>1777 0829</t>
+  </si>
+  <si>
+    <t>Revolution Bluestone</t>
+  </si>
+  <si>
+    <t>7623.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для бульонной чашки «Революшн Джейд» 1778 B828;фарфор;D=13см;зелен.</t>
+  </si>
+  <si>
+    <t>03120530</t>
+  </si>
+  <si>
+    <t>1778 0829</t>
+  </si>
+  <si>
+    <t>Revolution Jade</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Пьюрити»;эко-кост. фарф.;270мл;D=100,H=56мм;белый</t>
+  </si>
+  <si>
+    <t>03120602</t>
+  </si>
+  <si>
+    <t>69 2777</t>
+  </si>
+  <si>
+    <t>Purity</t>
+  </si>
+  <si>
+    <t>14399.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Торино вайт»;фарфор;300мл;белый</t>
+  </si>
+  <si>
+    <t>03120603</t>
+  </si>
+  <si>
+    <t>9007  C030</t>
+  </si>
+  <si>
+    <t>Torino White</t>
+  </si>
+  <si>
+    <t>6692.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Браун дэппл»;фарфор;455мл;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03120604</t>
+  </si>
+  <si>
+    <t>1714 0182</t>
+  </si>
+  <si>
+    <t>7985.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Браун дэппл» б/крышки;фарфор;425мл;D=12,H=6см;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03120605</t>
+  </si>
+  <si>
+    <t>1714 B828</t>
+  </si>
+  <si>
+    <t>12382.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Виллоу»;фарфор;285мл;белый</t>
+  </si>
+  <si>
+    <t>03120606</t>
+  </si>
+  <si>
+    <t>9117 C1202</t>
+  </si>
+  <si>
+    <t>Willow</t>
+  </si>
+  <si>
+    <t>9248.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Лайфстиль»;фарфор;0,5л;,H=65мм;песочн.</t>
+  </si>
+  <si>
+    <t>03120607</t>
+  </si>
+  <si>
+    <t>LSN1250</t>
+  </si>
+  <si>
+    <t>16971.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Пуэбла Блю» без ручек;фарфор;260мл;D=10см;белый,синий</t>
+  </si>
+  <si>
+    <t>03120608</t>
+  </si>
+  <si>
+    <t>A120P079A</t>
+  </si>
+  <si>
+    <t>Anfora</t>
+  </si>
+  <si>
+    <t>Puebla Blue</t>
+  </si>
+  <si>
+    <t>МЕКСИКА</t>
+  </si>
+  <si>
+    <t>10650.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Пастораль»;фарфор;270мл;D=105,H=50мм;оранжев.</t>
+  </si>
+  <si>
+    <t>03120609</t>
+  </si>
+  <si>
+    <t>P6136515-S-SH113</t>
+  </si>
+  <si>
+    <t>3234.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Пастораль»;фарфор;270мл;D=105,H=50мм;серый</t>
+  </si>
+  <si>
+    <t>03120610</t>
+  </si>
+  <si>
+    <t>P6136515-S-SH116</t>
+  </si>
+  <si>
+    <t>2947.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Пастораль»;фарфор;275мл;D=100,H=53,L=147мм;зелен.</t>
+  </si>
+  <si>
+    <t>03120614</t>
+  </si>
+  <si>
+    <t>P6136515-S-SH115</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Шоколад»;фарфор;300мл;D=115,H=55мм;тем.корич.</t>
+  </si>
+  <si>
+    <t>03120617</t>
+  </si>
+  <si>
+    <t>ФРФ88804637</t>
+  </si>
+  <si>
+    <t>Шоколад</t>
+  </si>
+  <si>
+    <t>3157.00₸</t>
+  </si>
+  <si>
+    <t>Чашка бульонная «Млечный путь»;фарфор;300мл;D=115,H=55мм;черный,серый</t>
+  </si>
+  <si>
+    <t>03120623</t>
+  </si>
+  <si>
+    <t>ФРФ88801353</t>
+  </si>
+  <si>
+    <t>Млечный Путь</t>
+  </si>
+  <si>
+    <t>4081.00₸</t>
+  </si>
+  <si>
     <t>5 шт.</t>
   </si>
   <si>
-    <t>Чашка бульонная «Аркадия»;фарфор;300мл;D=10,H=6,L=13см;белый</t>
-[...1546 lines deleted...]
-  <si>
     <t>03120624</t>
   </si>
   <si>
     <t>ФРФ88804653</t>
   </si>
   <si>
     <t>3658.00₸</t>
   </si>
   <si>
     <t>Чашка бульонная «Карбон»;фарфор;300мл;,H=55,B=115мм;черный,матовый</t>
   </si>
   <si>
     <t>03120625</t>
   </si>
   <si>
     <t>ФРФ88801311</t>
   </si>
   <si>
     <t>Carbone</t>
   </si>
   <si>
     <t>2041.00₸</t>
   </si>
   <si>
     <t>03120626</t>
@@ -2606,53 +2606,50 @@
   <si>
     <t>ФРФ88801360</t>
   </si>
   <si>
     <t>Млечный путь красный</t>
   </si>
   <si>
     <t>2672.00₸</t>
   </si>
   <si>
     <t>Чашка бульонная «Млечный путь салатовый»;фарфор;300мл;D=115,H=55мм;салатов.,черный</t>
   </si>
   <si>
     <t>03120640</t>
   </si>
   <si>
     <t>ФРФ88801363</t>
   </si>
   <si>
     <t>Млечный путь салатовый</t>
   </si>
   <si>
     <t>4505.00₸</t>
   </si>
   <si>
-    <t>17 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Чашка бульонная «Млечный путь изумрудный»;фарфор;300мл;D=115,H=55мм;изумруд.,черный</t>
   </si>
   <si>
     <t>03120641</t>
   </si>
   <si>
     <t>ФРФ88801365</t>
   </si>
   <si>
     <t>Млечный путь изумрудный</t>
   </si>
   <si>
     <t>Чашка бульонная «Меш Аква»;фарфор;300мл;голуб.</t>
   </si>
   <si>
     <t>03120644</t>
   </si>
   <si>
     <t>11770-405152-10422</t>
   </si>
   <si>
     <t>Mesh Aqua</t>
   </si>
   <si>
     <t>16084.00₸</t>
@@ -2705,51 +2702,54 @@
   <si>
     <t>4274.00₸</t>
   </si>
   <si>
     <t>Чашка бульонная «Эрбосо Реативо»;фарфор;300мл;D=115,H=55мм;бирюз.,бежев.</t>
   </si>
   <si>
     <t>03120652</t>
   </si>
   <si>
     <t>ФРФ88801375</t>
   </si>
   <si>
     <t>Erboso Reattivo</t>
   </si>
   <si>
     <t>Чашка бульонная «Эрбосо Реативо»;фарфор;300мл;D=11,5см;бирюз.,бежев.</t>
   </si>
   <si>
     <t>03120653</t>
   </si>
   <si>
     <t>ФРФ88804675</t>
   </si>
   <si>
-    <t>4043.00₸</t>
+    <t>4297.00₸</t>
+  </si>
+  <si>
+    <t>36 шт.</t>
   </si>
   <si>
     <t>Чашка бульонная «Пати»;фарфор;300мл;D=115,H=55мм;серый,синий</t>
   </si>
   <si>
     <t>03120654</t>
   </si>
   <si>
     <t>ФРФ88801393</t>
   </si>
   <si>
     <t>4520.00₸</t>
   </si>
   <si>
     <t>Чашка бульонная «Пати»;фарфор;300мл;D=11,5см;серый,синий</t>
   </si>
   <si>
     <t>03120655</t>
   </si>
   <si>
     <t>ФРФ88804693</t>
   </si>
   <si>
     <t>43 шт.</t>
   </si>
@@ -2825,51 +2825,51 @@
   <si>
     <t>Чашка бульонная «Белая» Практик;фарфор;320мл;,H=53,L=110/162мм;белый</t>
   </si>
   <si>
     <t>03120664</t>
   </si>
   <si>
     <t>Белая</t>
   </si>
   <si>
     <t>3111.00₸</t>
   </si>
   <si>
     <t>Чашка бульонная «Белая» Принц;фарфор;380мл;,H=63,L=117,B=155мм;белый</t>
   </si>
   <si>
     <t>03120665</t>
   </si>
   <si>
     <t>ИЧШ 03.380</t>
   </si>
   <si>
     <t>2811.00₸</t>
   </si>
   <si>
-    <t>50 шт.</t>
+    <t>32 шт.</t>
   </si>
   <si>
     <t>Чашка бульонная «Прага»;фарфор;390мл;D=11,H=6,L=16,B=11см;белый</t>
   </si>
   <si>
     <t>03130307</t>
   </si>
   <si>
     <t>PRA1139</t>
   </si>
   <si>
     <t>5729.00₸</t>
   </si>
   <si>
     <t>Чашка бульонная «Блю дэппл»;фарфор;455мл;белый,синий</t>
   </si>
   <si>
     <t>03141052</t>
   </si>
   <si>
     <t>1710 0182</t>
   </si>
   <si>
     <t>9487.00₸</t>
   </si>
@@ -9742,418 +9742,418 @@
         <v>64</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>65</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>66</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F10" s="0" t="s">
         <v>58</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>67</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>68</v>
+        <v>27</v>
       </c>
       <c r="L10" s="0">
         <v>32</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="D11" s="0">
         <v>14027</v>
       </c>
       <c r="E11" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="F11" s="0" t="s">
         <v>71</v>
       </c>
-      <c r="F11" s="0" t="s">
+      <c r="G11" s="0" t="s">
         <v>72</v>
       </c>
-      <c r="G11" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H11" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="I11" s="1" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="L11" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="D12" s="0">
         <v>19730</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F12" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="G12" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="H12" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="I12" s="1" t="s">
         <v>79</v>
-      </c>
-[...7 lines deleted...]
-        <v>80</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L12" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="D13" s="0">
         <v>46405</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F13" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="G13" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="H13" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="I13" s="1" t="s">
         <v>83</v>
-      </c>
-[...7 lines deleted...]
-        <v>84</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L13" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="D14" s="0">
         <v>28891</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F14" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="G14" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="H14" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="I14" s="1" t="s">
         <v>87</v>
-      </c>
-[...7 lines deleted...]
-        <v>88</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L14" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="D15" s="0">
         <v>32305</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="G15" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="H15" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L15" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>92</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>93</v>
       </c>
-      <c r="D16" s="0" t="s">
+      <c r="E16" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="F16" s="0" t="s">
         <v>94</v>
       </c>
-      <c r="E16" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F16" s="0" t="s">
+      <c r="G16" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="H16" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="I16" s="1" t="s">
         <v>95</v>
-      </c>
-[...7 lines deleted...]
-        <v>96</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>27</v>
+        <v>96</v>
       </c>
       <c r="L16" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
         <v>97</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>98</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>99</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F17" s="0" t="s">
         <v>101</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H17" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>103</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L17" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
         <v>104</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>105</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>106</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F18" s="0" t="s">
         <v>101</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H18" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>107</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>68</v>
+        <v>20</v>
       </c>
       <c r="L18" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
         <v>108</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>109</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>110</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F19" s="0" t="s">
         <v>101</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H19" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>111</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>68</v>
+        <v>20</v>
       </c>
       <c r="L19" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
         <v>112</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>113</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>114</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F20" s="0" t="s">
         <v>115</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H20" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>116</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L20" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
         <v>117</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>118</v>
       </c>
       <c r="D21" s="0">
         <v>54513</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F21" s="0" t="s">
         <v>119</v>
       </c>
       <c r="G21" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="H21" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I21" s="1" t="s">
         <v>120</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L21" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
         <v>121</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>122</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>123</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>24</v>
@@ -10184,181 +10184,181 @@
         <v>126</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>127</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>128</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F23" s="0" t="s">
         <v>24</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>124</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>129</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>68</v>
+        <v>20</v>
       </c>
       <c r="L23" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
         <v>130</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>131</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>132</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H24" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>133</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>68</v>
+        <v>20</v>
       </c>
       <c r="L24" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
         <v>134</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>135</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>136</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F25" s="0" t="s">
         <v>24</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H25" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>137</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L25" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
         <v>138</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>139</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>140</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F26" s="0" t="s">
         <v>24</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H26" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>141</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>68</v>
+        <v>20</v>
       </c>
       <c r="L26" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
         <v>142</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>143</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>144</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>145</v>
       </c>
       <c r="F27" s="0" t="s">
         <v>145</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>124</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>146</v>
       </c>
       <c r="L27" s="0">
         <v>144</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
         <v>147</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>148</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>149</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>145</v>
       </c>
       <c r="F28" s="0" t="s">
         <v>145</v>
@@ -10379,58 +10379,58 @@
       <c r="L28" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
         <v>151</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>152</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>153</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F29" s="0" t="s">
         <v>101</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H29" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>154</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>68</v>
+        <v>20</v>
       </c>
       <c r="L29" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="B30" s="0" t="s">
         <v>155</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>156</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>157</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>158</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>124</v>
       </c>
@@ -10483,51 +10483,51 @@
         <v>164</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>165</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>166</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>145</v>
       </c>
       <c r="F32" s="0" t="s">
         <v>145</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>124</v>
       </c>
       <c r="I32" s="1" t="s">
         <v>167</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>68</v>
+        <v>20</v>
       </c>
       <c r="L32" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
         <v>168</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>169</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>170</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>145</v>
       </c>
       <c r="F33" s="0" t="s">
         <v>145</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>25</v>
       </c>
@@ -10585,112 +10585,112 @@
         <v>176</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>177</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>178</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>145</v>
       </c>
       <c r="F35" s="0" t="s">
         <v>145</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>124</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>179</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>180</v>
+        <v>96</v>
       </c>
       <c r="L35" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="C36" s="0" t="s">
         <v>181</v>
       </c>
-      <c r="C36" s="0" t="s">
+      <c r="D36" s="0" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H36" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>20</v>
+        <v>185</v>
       </c>
       <c r="L36" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
         <v>186</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>187</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>188</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F37" s="0" t="s">
         <v>189</v>
       </c>
       <c r="G37" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H37" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I37" s="1" t="s">
         <v>190</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L37" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
         <v>191</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>192</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>193</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>145</v>
@@ -10714,119 +10714,119 @@
       <c r="L38" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
         <v>195</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>196</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>197</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F39" s="0" t="s">
         <v>32</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H39" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I39" s="1" t="s">
         <v>198</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L39" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
         <v>199</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>200</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>201</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F40" s="0" t="s">
         <v>202</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H40" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I40" s="1" t="s">
         <v>203</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L40" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
         <v>204</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>205</v>
       </c>
       <c r="D41" s="0">
         <v>615511</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>206</v>
       </c>
       <c r="F41" s="0" t="s">
         <v>207</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="H41" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I41" s="1" t="s">
         <v>208</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L41" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="B42" s="0" t="s">
         <v>209</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>210</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>211</v>
       </c>
       <c r="E42" s="0"/>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
@@ -10843,85 +10843,85 @@
         <v>48</v>
       </c>
       <c r="L42" s="0"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
         <v>213</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>214</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>215</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F43" s="0" t="s">
         <v>216</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H43" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I43" s="1" t="s">
         <v>217</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L43" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
         <v>218</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>219</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>220</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F44" s="0" t="s">
         <v>221</v>
       </c>
       <c r="G44" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H44" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I44" s="1" t="s">
         <v>222</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>223</v>
       </c>
       <c r="L44" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
         <v>224</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>225</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>226</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>100</v>
@@ -10942,5752 +10942,5752 @@
       <c r="K45" s="0" t="s">
         <v>229</v>
       </c>
       <c r="L45" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
         <v>230</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>231</v>
       </c>
       <c r="D46" s="0">
         <v>615509</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>206</v>
       </c>
       <c r="F46" s="0" t="s">
         <v>207</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="H46" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I46" s="1" t="s">
         <v>232</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L46" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
         <v>233</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>234</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>235</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F47" s="0" t="s">
         <v>236</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H47" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I47" s="1" t="s">
         <v>237</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L47" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
         <v>238</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>239</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>240</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>241</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
         <v>242</v>
       </c>
       <c r="H48" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I48" s="1" t="s">
         <v>243</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
         <v>244</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>245</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>246</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F49" s="0" t="s">
         <v>202</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>227</v>
       </c>
       <c r="I49" s="1" t="s">
         <v>247</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>20</v>
+        <v>185</v>
       </c>
       <c r="L49" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
         <v>248</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>249</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>250</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
         <v>242</v>
       </c>
       <c r="H50" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I50" s="1" t="s">
         <v>251</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L50" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
         <v>252</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>253</v>
       </c>
       <c r="D51" s="0">
         <v>646403</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>206</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="H51" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I51" s="1" t="s">
         <v>254</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L51" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
         <v>255</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>256</v>
       </c>
       <c r="D52" s="0">
         <v>646407</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>206</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="H52" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I52" s="1" t="s">
         <v>257</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L52" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
         <v>258</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>259</v>
       </c>
       <c r="D53" s="0">
         <v>646408</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>206</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="H53" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I53" s="1" t="s">
         <v>260</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>261</v>
       </c>
       <c r="L53" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
         <v>262</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>263</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>264</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F54" s="0" t="s">
         <v>265</v>
       </c>
       <c r="G54" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H54" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I54" s="1" t="s">
         <v>266</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L54" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
         <v>267</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>268</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>269</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>241</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
         <v>242</v>
       </c>
       <c r="H55" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I55" s="1" t="s">
         <v>270</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L55" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
         <v>271</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>272</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>273</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F56" s="0" t="s">
         <v>274</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H56" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I56" s="1" t="s">
         <v>275</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L56" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
         <v>276</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>277</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>278</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F57" s="0" t="s">
         <v>274</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H57" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I57" s="1" t="s">
         <v>279</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>68</v>
+        <v>20</v>
       </c>
       <c r="L57" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
         <v>280</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>281</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>282</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>38</v>
       </c>
       <c r="F58" s="0" t="s">
         <v>283</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H58" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I58" s="1" t="s">
         <v>284</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>229</v>
       </c>
       <c r="L58" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
         <v>285</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>286</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>287</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>38</v>
       </c>
       <c r="F59" s="0" t="s">
         <v>288</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H59" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I59" s="1" t="s">
         <v>53</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L59" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
         <v>289</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>290</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>291</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>38</v>
       </c>
       <c r="F60" s="0" t="s">
         <v>292</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H60" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I60" s="1" t="s">
         <v>293</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>20</v>
+        <v>185</v>
       </c>
       <c r="L60" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
         <v>294</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>295</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>296</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>38</v>
       </c>
       <c r="F61" s="0" t="s">
         <v>292</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H61" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I61" s="1" t="s">
         <v>297</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>20</v>
+        <v>185</v>
       </c>
       <c r="L61" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
         <v>298</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>299</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>300</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>38</v>
       </c>
       <c r="F62" s="0" t="s">
         <v>288</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H62" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I62" s="1" t="s">
         <v>301</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>302</v>
+        <v>48</v>
       </c>
       <c r="L62" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
+        <v>302</v>
+      </c>
+      <c r="C63" s="0" t="s">
         <v>303</v>
       </c>
-      <c r="C63" s="0" t="s">
+      <c r="D63" s="0" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>38</v>
       </c>
       <c r="F63" s="0" t="s">
         <v>292</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H63" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L63" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
+        <v>306</v>
+      </c>
+      <c r="C64" s="0" t="s">
         <v>307</v>
       </c>
-      <c r="C64" s="0" t="s">
+      <c r="D64" s="0" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>38</v>
       </c>
       <c r="F64" s="0" t="s">
         <v>283</v>
       </c>
       <c r="G64" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H64" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L64" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
+        <v>310</v>
+      </c>
+      <c r="C65" s="0" t="s">
         <v>311</v>
       </c>
-      <c r="C65" s="0" t="s">
+      <c r="D65" s="0" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F65" s="0" t="s">
         <v>115</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H65" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L65" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
+        <v>314</v>
+      </c>
+      <c r="C66" s="0" t="s">
         <v>315</v>
       </c>
-      <c r="C66" s="0" t="s">
+      <c r="D66" s="0" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="G66" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H66" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L66" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
+        <v>319</v>
+      </c>
+      <c r="C67" s="0" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
       <c r="D67" s="0">
         <v>2817</v>
       </c>
       <c r="E67" s="0" t="s">
         <v>38</v>
       </c>
       <c r="F67" s="0" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="G67" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H67" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>68</v>
+        <v>20</v>
       </c>
       <c r="L67" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="C68" s="0" t="s">
         <v>324</v>
       </c>
-      <c r="C68" s="0" t="s">
+      <c r="D68" s="0" t="s">
         <v>325</v>
-      </c>
-[...1 lines deleted...]
-        <v>326</v>
       </c>
       <c r="E68" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="G68" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H68" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>68</v>
+        <v>20</v>
       </c>
       <c r="L68" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
+        <v>328</v>
+      </c>
+      <c r="C69" s="0" t="s">
         <v>329</v>
       </c>
-      <c r="C69" s="0" t="s">
+      <c r="D69" s="0" t="s">
         <v>330</v>
-      </c>
-[...1 lines deleted...]
-        <v>331</v>
       </c>
       <c r="E69" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F69" s="0" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="G69" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H69" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L69" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
+        <v>332</v>
+      </c>
+      <c r="C70" s="0" t="s">
         <v>333</v>
       </c>
-      <c r="C70" s="0" t="s">
+      <c r="D70" s="0" t="s">
         <v>334</v>
-      </c>
-[...1 lines deleted...]
-        <v>335</v>
       </c>
       <c r="E70" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F70" s="0" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="G70" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H70" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>20</v>
+        <v>185</v>
       </c>
       <c r="L70" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
+        <v>337</v>
+      </c>
+      <c r="C71" s="0" t="s">
         <v>338</v>
       </c>
-      <c r="C71" s="0" t="s">
+      <c r="D71" s="0" t="s">
         <v>339</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
       <c r="E71" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F71" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="G71" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H71" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L71" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="C72" s="0" t="s">
         <v>343</v>
       </c>
-      <c r="C72" s="0" t="s">
+      <c r="D72" s="0" t="s">
         <v>344</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
       <c r="E72" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F72" s="0" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="G72" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H72" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L72" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="C73" s="0" t="s">
         <v>348</v>
       </c>
-      <c r="C73" s="0" t="s">
+      <c r="D73" s="0" t="s">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>350</v>
       </c>
       <c r="E73" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F73" s="0" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="G73" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H73" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L73" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
+        <v>352</v>
+      </c>
+      <c r="C74" s="0" t="s">
         <v>353</v>
       </c>
-      <c r="C74" s="0" t="s">
+      <c r="D74" s="0" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
       <c r="E74" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F74" s="0" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="G74" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H74" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L74" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
+        <v>356</v>
+      </c>
+      <c r="C75" s="0" t="s">
         <v>357</v>
       </c>
-      <c r="C75" s="0" t="s">
+      <c r="D75" s="0" t="s">
         <v>358</v>
-      </c>
-[...1 lines deleted...]
-        <v>359</v>
       </c>
       <c r="E75" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F75" s="0" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="G75" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H75" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
-        <v>20</v>
+        <v>185</v>
       </c>
       <c r="L75" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
+        <v>360</v>
+      </c>
+      <c r="C76" s="0" t="s">
         <v>361</v>
-      </c>
-[...1 lines deleted...]
-        <v>362</v>
       </c>
       <c r="D76" s="0">
         <v>1816</v>
       </c>
       <c r="E76" s="0" t="s">
         <v>38</v>
       </c>
       <c r="F76" s="0" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="G76" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H76" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L76" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
+        <v>364</v>
+      </c>
+      <c r="C77" s="0" t="s">
         <v>365</v>
       </c>
-      <c r="C77" s="0" t="s">
+      <c r="D77" s="0" t="s">
         <v>366</v>
-      </c>
-[...1 lines deleted...]
-        <v>367</v>
       </c>
       <c r="E77" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F77" s="0" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="G77" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H77" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
-        <v>370</v>
+        <v>369</v>
       </c>
       <c r="L77" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
+        <v>370</v>
+      </c>
+      <c r="C78" s="0" t="s">
         <v>371</v>
       </c>
-      <c r="C78" s="0" t="s">
+      <c r="D78" s="0" t="s">
         <v>372</v>
       </c>
-      <c r="D78" s="0" t="s">
+      <c r="E78" s="0" t="s">
         <v>373</v>
       </c>
-      <c r="E78" s="0" t="s">
+      <c r="F78" s="0" t="s">
         <v>374</v>
       </c>
-      <c r="F78" s="0" t="s">
+      <c r="G78" s="0" t="s">
         <v>375</v>
       </c>
-      <c r="G78" s="0" t="s">
+      <c r="H78" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="I78" s="1" t="s">
         <v>376</v>
-      </c>
-[...4 lines deleted...]
-        <v>377</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L78" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
+        <v>377</v>
+      </c>
+      <c r="C79" s="0" t="s">
         <v>378</v>
       </c>
-      <c r="C79" s="0" t="s">
+      <c r="D79" s="0" t="s">
         <v>379</v>
-      </c>
-[...1 lines deleted...]
-        <v>380</v>
       </c>
       <c r="E79" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F79" s="0" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
       <c r="G79" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H79" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L79" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
+        <v>382</v>
+      </c>
+      <c r="C80" s="0" t="s">
         <v>383</v>
       </c>
-      <c r="C80" s="0" t="s">
+      <c r="D80" s="0" t="s">
         <v>384</v>
-      </c>
-[...1 lines deleted...]
-        <v>385</v>
       </c>
       <c r="E80" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F80" s="0" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="G80" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H80" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="L80" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="C81" s="0" t="s">
         <v>389</v>
       </c>
-      <c r="C81" s="0" t="s">
+      <c r="D81" s="0" t="s">
         <v>390</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
       <c r="E81" s="0" t="s">
         <v>38</v>
       </c>
       <c r="F81" s="0" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="G81" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H81" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="L81" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
+        <v>394</v>
+      </c>
+      <c r="C82" s="0" t="s">
         <v>395</v>
-      </c>
-[...1 lines deleted...]
-        <v>396</v>
       </c>
       <c r="D82" s="0">
         <v>638386</v>
       </c>
       <c r="E82" s="0" t="s">
         <v>206</v>
       </c>
       <c r="F82" s="0" t="s">
         <v>207</v>
       </c>
       <c r="G82" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="H82" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L82" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
+        <v>397</v>
+      </c>
+      <c r="C83" s="0" t="s">
         <v>398</v>
       </c>
-      <c r="C83" s="0" t="s">
+      <c r="D83" s="0" t="s">
         <v>399</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
       <c r="E83" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F83" s="0" t="s">
         <v>24</v>
       </c>
       <c r="G83" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H83" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I83" s="1" t="s">
         <v>194</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L83" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
+        <v>400</v>
+      </c>
+      <c r="C84" s="0" t="s">
         <v>401</v>
       </c>
-      <c r="C84" s="0" t="s">
+      <c r="D84" s="0" t="s">
         <v>402</v>
-      </c>
-[...1 lines deleted...]
-        <v>403</v>
       </c>
       <c r="E84" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F84" s="0" t="s">
         <v>101</v>
       </c>
       <c r="G84" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H84" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>370</v>
+        <v>369</v>
       </c>
       <c r="L84" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
+        <v>404</v>
+      </c>
+      <c r="C85" s="0" t="s">
         <v>405</v>
       </c>
-      <c r="C85" s="0" t="s">
+      <c r="D85" s="0" t="s">
         <v>406</v>
-      </c>
-[...1 lines deleted...]
-        <v>407</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F85" s="0" t="s">
         <v>24</v>
       </c>
       <c r="G85" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>124</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L85" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
+        <v>408</v>
+      </c>
+      <c r="C86" s="0" t="s">
         <v>409</v>
       </c>
-      <c r="C86" s="0" t="s">
+      <c r="D86" s="0" t="s">
         <v>410</v>
-      </c>
-[...1 lines deleted...]
-        <v>411</v>
       </c>
       <c r="E86" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H86" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>412</v>
+        <v>411</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L86" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
+        <v>412</v>
+      </c>
+      <c r="C87" s="0" t="s">
         <v>413</v>
       </c>
-      <c r="C87" s="0" t="s">
+      <c r="D87" s="0" t="s">
         <v>414</v>
-      </c>
-[...1 lines deleted...]
-        <v>415</v>
       </c>
       <c r="E87" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F87" s="0" t="s">
         <v>24</v>
       </c>
       <c r="G87" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H87" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L87" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
+        <v>415</v>
+      </c>
+      <c r="C88" s="0" t="s">
         <v>416</v>
       </c>
-      <c r="C88" s="0" t="s">
+      <c r="D88" s="0" t="s">
         <v>417</v>
       </c>
-      <c r="D88" s="0" t="s">
+      <c r="E88" s="0" t="s">
         <v>418</v>
       </c>
-      <c r="E88" s="0" t="s">
+      <c r="F88" s="0" t="s">
         <v>419</v>
       </c>
-      <c r="F88" s="0" t="s">
+      <c r="G88" s="0" t="s">
         <v>420</v>
       </c>
-      <c r="G88" s="0" t="s">
+      <c r="H88" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="I88" s="1" t="s">
         <v>421</v>
-      </c>
-[...4 lines deleted...]
-        <v>422</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L88" s="0"/>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
+        <v>422</v>
+      </c>
+      <c r="C89" s="0" t="s">
         <v>423</v>
       </c>
-      <c r="C89" s="0" t="s">
+      <c r="D89" s="0" t="s">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>425</v>
       </c>
       <c r="E89" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F89" s="0" t="s">
         <v>202</v>
       </c>
       <c r="G89" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H89" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L89" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="C90" s="0" t="s">
         <v>427</v>
       </c>
-      <c r="C90" s="0" t="s">
+      <c r="D90" s="0" t="s">
         <v>428</v>
-      </c>
-[...1 lines deleted...]
-        <v>429</v>
       </c>
       <c r="E90" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F90" s="0" t="s">
         <v>24</v>
       </c>
       <c r="G90" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>124</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>430</v>
+        <v>429</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L90" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
+        <v>430</v>
+      </c>
+      <c r="C91" s="0" t="s">
         <v>431</v>
       </c>
-      <c r="C91" s="0" t="s">
+      <c r="D91" s="0" t="s">
         <v>432</v>
-      </c>
-[...1 lines deleted...]
-        <v>433</v>
       </c>
       <c r="E91" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F91" s="0" t="s">
         <v>24</v>
       </c>
       <c r="G91" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>124</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L91" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
+        <v>434</v>
+      </c>
+      <c r="C92" s="0" t="s">
         <v>435</v>
       </c>
-      <c r="C92" s="0" t="s">
+      <c r="D92" s="0" t="s">
         <v>436</v>
-      </c>
-[...1 lines deleted...]
-        <v>437</v>
       </c>
       <c r="E92" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F92" s="0" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="G92" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H92" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>439</v>
+        <v>438</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L92" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
+        <v>439</v>
+      </c>
+      <c r="C93" s="0" t="s">
         <v>440</v>
       </c>
-      <c r="C93" s="0" t="s">
+      <c r="D93" s="0" t="s">
         <v>441</v>
-      </c>
-[...1 lines deleted...]
-        <v>442</v>
       </c>
       <c r="E93" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F93" s="0" t="s">
-        <v>443</v>
+        <v>442</v>
       </c>
       <c r="G93" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H93" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L93" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
+        <v>444</v>
+      </c>
+      <c r="C94" s="0" t="s">
         <v>445</v>
       </c>
-      <c r="C94" s="0" t="s">
+      <c r="D94" s="0" t="s">
         <v>446</v>
-      </c>
-[...1 lines deleted...]
-        <v>447</v>
       </c>
       <c r="E94" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F94" s="0" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="G94" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H94" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="L94" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
+        <v>448</v>
+      </c>
+      <c r="C95" s="0" t="s">
         <v>449</v>
       </c>
-      <c r="C95" s="0" t="s">
+      <c r="D95" s="0" t="s">
         <v>450</v>
-      </c>
-[...1 lines deleted...]
-        <v>451</v>
       </c>
       <c r="E95" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F95" s="0" t="s">
-        <v>452</v>
+        <v>451</v>
       </c>
       <c r="G95" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H95" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>453</v>
+        <v>452</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L95" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
+        <v>453</v>
+      </c>
+      <c r="C96" s="0" t="s">
         <v>454</v>
       </c>
-      <c r="C96" s="0" t="s">
+      <c r="D96" s="0" t="s">
         <v>455</v>
-      </c>
-[...1 lines deleted...]
-        <v>456</v>
       </c>
       <c r="E96" s="0" t="s">
         <v>38</v>
       </c>
       <c r="F96" s="0" t="s">
-        <v>457</v>
+        <v>456</v>
       </c>
       <c r="G96" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H96" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L96" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
+        <v>458</v>
+      </c>
+      <c r="C97" s="0" t="s">
         <v>459</v>
       </c>
-      <c r="C97" s="0" t="s">
+      <c r="D97" s="0" t="s">
         <v>460</v>
-      </c>
-[...1 lines deleted...]
-        <v>461</v>
       </c>
       <c r="E97" s="0" t="s">
         <v>38</v>
       </c>
       <c r="F97" s="0" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="G97" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H97" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
-        <v>20</v>
+        <v>185</v>
       </c>
       <c r="L97" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
+        <v>462</v>
+      </c>
+      <c r="C98" s="0" t="s">
         <v>463</v>
       </c>
-      <c r="C98" s="0" t="s">
+      <c r="D98" s="0" t="s">
         <v>464</v>
-      </c>
-[...1 lines deleted...]
-        <v>465</v>
       </c>
       <c r="E98" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F98" s="0" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="G98" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H98" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>467</v>
+        <v>466</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L98" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
+        <v>467</v>
+      </c>
+      <c r="C99" s="0" t="s">
         <v>468</v>
-      </c>
-[...1 lines deleted...]
-        <v>469</v>
       </c>
       <c r="D99" s="0">
         <v>615513</v>
       </c>
       <c r="E99" s="0" t="s">
         <v>206</v>
       </c>
       <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="H99" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L99" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
+        <v>470</v>
+      </c>
+      <c r="C100" s="0" t="s">
         <v>471</v>
       </c>
-      <c r="C100" s="0" t="s">
+      <c r="D100" s="0" t="s">
         <v>472</v>
-      </c>
-[...1 lines deleted...]
-        <v>473</v>
       </c>
       <c r="E100" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F100" s="0" t="s">
         <v>119</v>
       </c>
       <c r="G100" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H100" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>474</v>
+        <v>473</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L100" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
+        <v>474</v>
+      </c>
+      <c r="C101" s="0" t="s">
         <v>475</v>
       </c>
-      <c r="C101" s="0" t="s">
+      <c r="D101" s="0" t="s">
         <v>476</v>
-      </c>
-[...1 lines deleted...]
-        <v>477</v>
       </c>
       <c r="E101" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F101" s="0" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="G101" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H101" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L101" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
+        <v>479</v>
+      </c>
+      <c r="C102" s="0" t="s">
         <v>480</v>
       </c>
-      <c r="C102" s="0" t="s">
+      <c r="D102" s="0" t="s">
         <v>481</v>
-      </c>
-[...1 lines deleted...]
-        <v>482</v>
       </c>
       <c r="E102" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F102" s="0" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="G102" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H102" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>439</v>
+        <v>438</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L102" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
+        <v>482</v>
+      </c>
+      <c r="C103" s="0" t="s">
         <v>483</v>
       </c>
-      <c r="C103" s="0" t="s">
+      <c r="D103" s="0" t="s">
         <v>484</v>
-      </c>
-[...1 lines deleted...]
-        <v>485</v>
       </c>
       <c r="E103" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F103" s="0" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="G103" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H103" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>486</v>
+        <v>485</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L103" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
+        <v>486</v>
+      </c>
+      <c r="C104" s="0" t="s">
         <v>487</v>
       </c>
-      <c r="C104" s="0" t="s">
+      <c r="D104" s="0" t="s">
         <v>488</v>
       </c>
-      <c r="D104" s="0" t="s">
+      <c r="E104" s="0" t="s">
         <v>489</v>
       </c>
-      <c r="E104" s="0" t="s">
+      <c r="F104" s="0" t="s">
         <v>490</v>
       </c>
-      <c r="F104" s="0" t="s">
+      <c r="G104" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="H104" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="I104" s="1" t="s">
         <v>491</v>
-      </c>
-[...7 lines deleted...]
-        <v>492</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L104" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
+        <v>492</v>
+      </c>
+      <c r="C105" s="0" t="s">
         <v>493</v>
       </c>
-      <c r="C105" s="0" t="s">
+      <c r="D105" s="0" t="s">
         <v>494</v>
-      </c>
-[...1 lines deleted...]
-        <v>495</v>
       </c>
       <c r="E105" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F105" s="0" t="s">
         <v>24</v>
       </c>
       <c r="G105" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H105" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>496</v>
+        <v>495</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L105" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
+        <v>496</v>
+      </c>
+      <c r="C106" s="0" t="s">
         <v>497</v>
       </c>
-      <c r="C106" s="0" t="s">
+      <c r="D106" s="0" t="s">
         <v>498</v>
-      </c>
-[...1 lines deleted...]
-        <v>499</v>
       </c>
       <c r="E106" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F106" s="0" t="s">
         <v>24</v>
       </c>
       <c r="G106" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H106" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>500</v>
+        <v>499</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
-        <v>68</v>
+        <v>20</v>
       </c>
       <c r="L106" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
+        <v>500</v>
+      </c>
+      <c r="C107" s="0" t="s">
         <v>501</v>
       </c>
-      <c r="C107" s="0" t="s">
+      <c r="D107" s="0" t="s">
         <v>502</v>
-      </c>
-[...1 lines deleted...]
-        <v>503</v>
       </c>
       <c r="E107" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F107" s="0" t="s">
         <v>189</v>
       </c>
       <c r="G107" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H107" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L107" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
+        <v>504</v>
+      </c>
+      <c r="C108" s="0" t="s">
         <v>505</v>
       </c>
-      <c r="C108" s="0" t="s">
+      <c r="D108" s="0" t="s">
         <v>506</v>
-      </c>
-[...1 lines deleted...]
-        <v>507</v>
       </c>
       <c r="E108" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F108" s="0" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="G108" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H108" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>509</v>
+        <v>508</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
-        <v>68</v>
+        <v>20</v>
       </c>
       <c r="L108" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
+        <v>509</v>
+      </c>
+      <c r="C109" s="0" t="s">
         <v>510</v>
       </c>
-      <c r="C109" s="0" t="s">
+      <c r="D109" s="0" t="s">
         <v>511</v>
-      </c>
-[...1 lines deleted...]
-        <v>512</v>
       </c>
       <c r="E109" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F109" s="0" t="s">
-        <v>513</v>
+        <v>512</v>
       </c>
       <c r="G109" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H109" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>514</v>
+        <v>513</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
-        <v>515</v>
+        <v>514</v>
       </c>
       <c r="L109" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
+        <v>515</v>
+      </c>
+      <c r="C110" s="0" t="s">
         <v>516</v>
       </c>
-      <c r="C110" s="0" t="s">
+      <c r="D110" s="0" t="s">
         <v>517</v>
-      </c>
-[...1 lines deleted...]
-        <v>518</v>
       </c>
       <c r="E110" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F110" s="0" t="s">
-        <v>519</v>
+        <v>518</v>
       </c>
       <c r="G110" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H110" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
-        <v>20</v>
+        <v>185</v>
       </c>
       <c r="L110" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
+        <v>520</v>
+      </c>
+      <c r="C111" s="0" t="s">
         <v>521</v>
       </c>
-      <c r="C111" s="0" t="s">
+      <c r="D111" s="0" t="s">
         <v>522</v>
-      </c>
-[...1 lines deleted...]
-        <v>523</v>
       </c>
       <c r="E111" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F111" s="0" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="G111" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H111" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>525</v>
+        <v>524</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L111" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
+        <v>525</v>
+      </c>
+      <c r="C112" s="0" t="s">
         <v>526</v>
       </c>
-      <c r="C112" s="0" t="s">
+      <c r="D112" s="0" t="s">
         <v>527</v>
-      </c>
-[...1 lines deleted...]
-        <v>528</v>
       </c>
       <c r="E112" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F112" s="0" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="G112" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H112" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>530</v>
+        <v>529</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L112" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
+        <v>530</v>
+      </c>
+      <c r="C113" s="0" t="s">
         <v>531</v>
       </c>
-      <c r="C113" s="0" t="s">
+      <c r="D113" s="0" t="s">
         <v>532</v>
-      </c>
-[...1 lines deleted...]
-        <v>533</v>
       </c>
       <c r="E113" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F113" s="0" t="s">
-        <v>534</v>
+        <v>533</v>
       </c>
       <c r="G113" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H113" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>525</v>
+        <v>524</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L113" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
+        <v>534</v>
+      </c>
+      <c r="C114" s="0" t="s">
         <v>535</v>
       </c>
-      <c r="C114" s="0" t="s">
+      <c r="D114" s="0" t="s">
         <v>536</v>
-      </c>
-[...1 lines deleted...]
-        <v>537</v>
       </c>
       <c r="E114" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F114" s="0" t="s">
-        <v>538</v>
+        <v>537</v>
       </c>
       <c r="G114" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H114" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L114" s="0"/>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
+        <v>539</v>
+      </c>
+      <c r="C115" s="0" t="s">
         <v>540</v>
       </c>
-      <c r="C115" s="0" t="s">
+      <c r="D115" s="0" t="s">
         <v>541</v>
-      </c>
-[...1 lines deleted...]
-        <v>542</v>
       </c>
       <c r="E115" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F115" s="0" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="G115" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H115" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>544</v>
+        <v>543</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L115" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
+        <v>544</v>
+      </c>
+      <c r="C116" s="0" t="s">
         <v>545</v>
       </c>
-      <c r="C116" s="0" t="s">
+      <c r="D116" s="0" t="s">
         <v>546</v>
-      </c>
-[...1 lines deleted...]
-        <v>547</v>
       </c>
       <c r="E116" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F116" s="0" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="G116" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H116" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>548</v>
+        <v>547</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L116" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
+        <v>548</v>
+      </c>
+      <c r="C117" s="0" t="s">
         <v>549</v>
       </c>
-      <c r="C117" s="0" t="s">
+      <c r="D117" s="0" t="s">
         <v>550</v>
-      </c>
-[...1 lines deleted...]
-        <v>551</v>
       </c>
       <c r="E117" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F117" s="0" t="s">
         <v>101</v>
       </c>
       <c r="G117" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H117" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
-        <v>68</v>
+        <v>20</v>
       </c>
       <c r="L117" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
+        <v>552</v>
+      </c>
+      <c r="C118" s="0" t="s">
         <v>553</v>
       </c>
-      <c r="C118" s="0" t="s">
+      <c r="D118" s="0" t="s">
         <v>554</v>
-      </c>
-[...1 lines deleted...]
-        <v>555</v>
       </c>
       <c r="E118" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F118" s="0" t="s">
         <v>52</v>
       </c>
       <c r="G118" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H118" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>556</v>
+        <v>555</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
-        <v>557</v>
+        <v>556</v>
       </c>
       <c r="L118" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
+        <v>557</v>
+      </c>
+      <c r="C119" s="0" t="s">
         <v>558</v>
       </c>
-      <c r="C119" s="0" t="s">
+      <c r="D119" s="0" t="s">
         <v>559</v>
-      </c>
-[...1 lines deleted...]
-        <v>560</v>
       </c>
       <c r="E119" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F119" s="0" t="s">
         <v>52</v>
       </c>
       <c r="G119" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H119" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>561</v>
+        <v>560</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L119" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
+        <v>561</v>
+      </c>
+      <c r="C120" s="0" t="s">
         <v>562</v>
       </c>
-      <c r="C120" s="0" t="s">
+      <c r="D120" s="0" t="s">
         <v>563</v>
       </c>
-      <c r="D120" s="0" t="s">
+      <c r="E120" s="0" t="s">
         <v>564</v>
       </c>
-      <c r="E120" s="0" t="s">
+      <c r="F120" s="0" t="s">
         <v>565</v>
       </c>
-      <c r="F120" s="0" t="s">
+      <c r="G120" s="0" t="s">
+        <v>420</v>
+      </c>
+      <c r="H120" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="I120" s="1" t="s">
         <v>566</v>
-      </c>
-[...7 lines deleted...]
-        <v>567</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L120" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
+        <v>567</v>
+      </c>
+      <c r="C121" s="0" t="s">
         <v>568</v>
       </c>
-      <c r="C121" s="0" t="s">
+      <c r="D121" s="0" t="s">
         <v>569</v>
       </c>
-      <c r="D121" s="0" t="s">
+      <c r="E121" s="0" t="s">
+        <v>564</v>
+      </c>
+      <c r="F121" s="0" t="s">
         <v>570</v>
       </c>
-      <c r="E121" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F121" s="0" t="s">
+      <c r="G121" s="0" t="s">
+        <v>420</v>
+      </c>
+      <c r="H121" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="I121" s="1" t="s">
         <v>571</v>
-      </c>
-[...7 lines deleted...]
-        <v>572</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L121" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
+        <v>572</v>
+      </c>
+      <c r="C122" s="0" t="s">
         <v>573</v>
       </c>
-      <c r="C122" s="0" t="s">
+      <c r="D122" s="0" t="s">
         <v>574</v>
       </c>
-      <c r="D122" s="0" t="s">
+      <c r="E122" s="0" t="s">
+        <v>564</v>
+      </c>
+      <c r="F122" s="0" t="s">
+        <v>570</v>
+      </c>
+      <c r="G122" s="0" t="s">
+        <v>420</v>
+      </c>
+      <c r="H122" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="I122" s="1" t="s">
         <v>575</v>
-      </c>
-[...13 lines deleted...]
-        <v>576</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
-        <v>20</v>
+        <v>185</v>
       </c>
       <c r="L122" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
+        <v>576</v>
+      </c>
+      <c r="C123" s="0" t="s">
         <v>577</v>
       </c>
-      <c r="C123" s="0" t="s">
+      <c r="D123" s="0" t="s">
         <v>578</v>
       </c>
-      <c r="D123" s="0" t="s">
+      <c r="E123" s="0" t="s">
+        <v>564</v>
+      </c>
+      <c r="F123" s="0" t="s">
         <v>579</v>
       </c>
-      <c r="E123" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F123" s="0" t="s">
+      <c r="G123" s="0" t="s">
+        <v>420</v>
+      </c>
+      <c r="H123" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="I123" s="1" t="s">
         <v>580</v>
-      </c>
-[...7 lines deleted...]
-        <v>581</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
-        <v>20</v>
+        <v>185</v>
       </c>
       <c r="L123" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
+        <v>581</v>
+      </c>
+      <c r="C124" s="0" t="s">
         <v>582</v>
       </c>
-      <c r="C124" s="0" t="s">
+      <c r="D124" s="0" t="s">
         <v>583</v>
       </c>
-      <c r="D124" s="0" t="s">
+      <c r="E124" s="0" t="s">
+        <v>564</v>
+      </c>
+      <c r="F124" s="0" t="s">
+        <v>579</v>
+      </c>
+      <c r="G124" s="0" t="s">
+        <v>420</v>
+      </c>
+      <c r="H124" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="I124" s="1" t="s">
         <v>584</v>
-      </c>
-[...13 lines deleted...]
-        <v>585</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
-        <v>20</v>
+        <v>185</v>
       </c>
       <c r="L124" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
+        <v>585</v>
+      </c>
+      <c r="C125" s="0" t="s">
         <v>586</v>
       </c>
-      <c r="C125" s="0" t="s">
+      <c r="D125" s="0" t="s">
         <v>587</v>
       </c>
-      <c r="D125" s="0" t="s">
+      <c r="E125" s="0" t="s">
+        <v>564</v>
+      </c>
+      <c r="F125" s="0" t="s">
+        <v>579</v>
+      </c>
+      <c r="G125" s="0" t="s">
+        <v>420</v>
+      </c>
+      <c r="H125" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="I125" s="1" t="s">
         <v>588</v>
-      </c>
-[...13 lines deleted...]
-        <v>589</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L125" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
+        <v>589</v>
+      </c>
+      <c r="C126" s="0" t="s">
         <v>590</v>
       </c>
-      <c r="C126" s="0" t="s">
+      <c r="D126" s="0" t="s">
         <v>591</v>
       </c>
-      <c r="D126" s="0" t="s">
+      <c r="E126" s="0" t="s">
+        <v>564</v>
+      </c>
+      <c r="F126" s="0" t="s">
         <v>592</v>
       </c>
-      <c r="E126" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F126" s="0" t="s">
+      <c r="G126" s="0" t="s">
+        <v>420</v>
+      </c>
+      <c r="H126" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="I126" s="1" t="s">
         <v>593</v>
-      </c>
-[...7 lines deleted...]
-        <v>594</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
-        <v>595</v>
+        <v>594</v>
       </c>
       <c r="L126" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
+        <v>595</v>
+      </c>
+      <c r="C127" s="0" t="s">
         <v>596</v>
       </c>
-      <c r="C127" s="0" t="s">
+      <c r="D127" s="0" t="s">
         <v>597</v>
-      </c>
-[...1 lines deleted...]
-        <v>598</v>
       </c>
       <c r="E127" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F127" s="0" t="s">
         <v>119</v>
       </c>
       <c r="G127" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H127" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
-        <v>20</v>
+        <v>185</v>
       </c>
       <c r="L127" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
+        <v>599</v>
+      </c>
+      <c r="C128" s="0" t="s">
         <v>600</v>
       </c>
-      <c r="C128" s="0" t="s">
+      <c r="D128" s="0" t="s">
         <v>601</v>
-      </c>
-[...1 lines deleted...]
-        <v>602</v>
       </c>
       <c r="E128" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F128" s="0" t="s">
-        <v>603</v>
+        <v>602</v>
       </c>
       <c r="G128" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H128" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>604</v>
+        <v>603</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
-        <v>68</v>
+        <v>20</v>
       </c>
       <c r="L128" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
+        <v>604</v>
+      </c>
+      <c r="C129" s="0" t="s">
         <v>605</v>
-      </c>
-[...1 lines deleted...]
-        <v>606</v>
       </c>
       <c r="D129" s="0">
         <v>2716</v>
       </c>
       <c r="E129" s="0" t="s">
         <v>38</v>
       </c>
       <c r="F129" s="0" t="s">
         <v>39</v>
       </c>
       <c r="G129" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H129" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>607</v>
+        <v>606</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L129" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
+        <v>607</v>
+      </c>
+      <c r="C130" s="0" t="s">
         <v>608</v>
       </c>
-      <c r="C130" s="0" t="s">
+      <c r="D130" s="0" t="s">
         <v>609</v>
-      </c>
-[...1 lines deleted...]
-        <v>610</v>
       </c>
       <c r="E130" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F130" s="0"/>
       <c r="G130" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H130" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>611</v>
+        <v>610</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L130" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
+        <v>611</v>
+      </c>
+      <c r="C131" s="0" t="s">
         <v>612</v>
       </c>
-      <c r="C131" s="0" t="s">
+      <c r="D131" s="0" t="s">
         <v>613</v>
-      </c>
-[...1 lines deleted...]
-        <v>614</v>
       </c>
       <c r="E131" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F131" s="0" t="s">
-        <v>615</v>
+        <v>614</v>
       </c>
       <c r="G131" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H131" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>616</v>
+        <v>615</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
-        <v>617</v>
+        <v>616</v>
       </c>
       <c r="L131" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
+        <v>617</v>
+      </c>
+      <c r="C132" s="0" t="s">
         <v>618</v>
       </c>
-      <c r="C132" s="0" t="s">
+      <c r="D132" s="0" t="s">
         <v>619</v>
-      </c>
-[...1 lines deleted...]
-        <v>620</v>
       </c>
       <c r="E132" s="0" t="s">
         <v>38</v>
       </c>
       <c r="F132" s="0" t="s">
-        <v>621</v>
+        <v>620</v>
       </c>
       <c r="G132" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H132" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
-        <v>622</v>
+        <v>621</v>
       </c>
       <c r="L132" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
+        <v>622</v>
+      </c>
+      <c r="C133" s="0" t="s">
         <v>623</v>
       </c>
-      <c r="C133" s="0" t="s">
+      <c r="D133" s="0" t="s">
         <v>624</v>
-      </c>
-[...1 lines deleted...]
-        <v>625</v>
       </c>
       <c r="E133" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F133" s="0" t="s">
         <v>24</v>
       </c>
       <c r="G133" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H133" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>626</v>
+        <v>625</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L133" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
+        <v>626</v>
+      </c>
+      <c r="C134" s="0" t="s">
         <v>627</v>
       </c>
-      <c r="C134" s="0" t="s">
+      <c r="D134" s="0" t="s">
         <v>628</v>
       </c>
-      <c r="D134" s="0" t="s">
+      <c r="E134" s="0" t="s">
+        <v>418</v>
+      </c>
+      <c r="F134" s="0" t="s">
         <v>629</v>
       </c>
-      <c r="E134" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F134" s="0" t="s">
+      <c r="G134" s="0" t="s">
+        <v>420</v>
+      </c>
+      <c r="H134" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="I134" s="1" t="s">
         <v>630</v>
-      </c>
-[...7 lines deleted...]
-        <v>631</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L134" s="0"/>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
+        <v>631</v>
+      </c>
+      <c r="C135" s="0" t="s">
         <v>632</v>
       </c>
-      <c r="C135" s="0" t="s">
+      <c r="D135" s="0" t="s">
         <v>633</v>
-      </c>
-[...1 lines deleted...]
-        <v>634</v>
       </c>
       <c r="E135" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F135" s="0" t="s">
-        <v>615</v>
+        <v>614</v>
       </c>
       <c r="G135" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H135" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>635</v>
+        <v>634</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L135" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
         <v>176</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>636</v>
+        <v>635</v>
       </c>
       <c r="D136" s="0" t="s">
         <v>178</v>
       </c>
       <c r="E136" s="0" t="s">
         <v>145</v>
       </c>
       <c r="F136" s="0" t="s">
         <v>145</v>
       </c>
       <c r="G136" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>124</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>637</v>
+        <v>636</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
-        <v>638</v>
+        <v>637</v>
       </c>
       <c r="L136" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
+        <v>638</v>
+      </c>
+      <c r="C137" s="0" t="s">
         <v>639</v>
       </c>
-      <c r="C137" s="0" t="s">
+      <c r="D137" s="0" t="s">
         <v>640</v>
       </c>
-      <c r="D137" s="0" t="s">
+      <c r="E137" s="0" t="s">
         <v>641</v>
-      </c>
-[...1 lines deleted...]
-        <v>642</v>
       </c>
       <c r="F137" s="0"/>
       <c r="G137" s="0" t="s">
+        <v>642</v>
+      </c>
+      <c r="H137" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="I137" s="1" t="s">
         <v>643</v>
-      </c>
-[...4 lines deleted...]
-        <v>644</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
-        <v>180</v>
+        <v>27</v>
       </c>
       <c r="L137" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
+        <v>644</v>
+      </c>
+      <c r="C138" s="0" t="s">
         <v>645</v>
       </c>
-      <c r="C138" s="0" t="s">
+      <c r="D138" s="0" t="s">
         <v>646</v>
       </c>
-      <c r="D138" s="0" t="s">
+      <c r="E138" s="0" t="s">
+        <v>373</v>
+      </c>
+      <c r="F138" s="0" t="s">
         <v>647</v>
       </c>
-      <c r="E138" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F138" s="0" t="s">
+      <c r="G138" s="0" t="s">
+        <v>375</v>
+      </c>
+      <c r="H138" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="I138" s="1" t="s">
         <v>648</v>
-      </c>
-[...7 lines deleted...]
-        <v>649</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L138" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
+        <v>649</v>
+      </c>
+      <c r="C139" s="0" t="s">
         <v>650</v>
       </c>
-      <c r="C139" s="0" t="s">
+      <c r="D139" s="0" t="s">
         <v>651</v>
-      </c>
-[...1 lines deleted...]
-        <v>652</v>
       </c>
       <c r="E139" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F139" s="0" t="s">
-        <v>615</v>
+        <v>614</v>
       </c>
       <c r="G139" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H139" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>653</v>
+        <v>652</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
-        <v>20</v>
+        <v>185</v>
       </c>
       <c r="L139" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
+        <v>653</v>
+      </c>
+      <c r="C140" s="0" t="s">
         <v>654</v>
       </c>
-      <c r="C140" s="0" t="s">
+      <c r="D140" s="0" t="s">
         <v>655</v>
       </c>
-      <c r="D140" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E140" s="0" t="s">
-        <v>642</v>
+        <v>641</v>
       </c>
       <c r="F140" s="0"/>
       <c r="G140" s="0" t="s">
-        <v>643</v>
+        <v>642</v>
       </c>
       <c r="H140" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>657</v>
+        <v>656</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
-        <v>68</v>
+        <v>20</v>
       </c>
       <c r="L140" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
+        <v>657</v>
+      </c>
+      <c r="C141" s="0" t="s">
         <v>658</v>
       </c>
-      <c r="C141" s="0" t="s">
+      <c r="D141" s="0" t="s">
         <v>659</v>
-      </c>
-[...1 lines deleted...]
-        <v>660</v>
       </c>
       <c r="E141" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F141" s="0" t="s">
-        <v>661</v>
+        <v>660</v>
       </c>
       <c r="G141" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H141" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>662</v>
+        <v>661</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
-        <v>68</v>
+        <v>185</v>
       </c>
       <c r="L141" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
+        <v>662</v>
+      </c>
+      <c r="C142" s="0" t="s">
         <v>663</v>
       </c>
-      <c r="C142" s="0" t="s">
+      <c r="D142" s="0" t="s">
         <v>664</v>
-      </c>
-[...1 lines deleted...]
-        <v>665</v>
       </c>
       <c r="E142" s="0" t="s">
         <v>145</v>
       </c>
       <c r="F142" s="0" t="s">
         <v>145</v>
       </c>
       <c r="G142" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>124</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L142" s="0">
         <v>60</v>
       </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
+        <v>666</v>
+      </c>
+      <c r="C143" s="0" t="s">
         <v>667</v>
-      </c>
-[...1 lines deleted...]
-        <v>668</v>
       </c>
       <c r="D143" s="0">
         <v>646139</v>
       </c>
       <c r="E143" s="0" t="s">
         <v>206</v>
       </c>
       <c r="F143" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="G143" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="H143" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="I143" s="1" t="s">
         <v>669</v>
-      </c>
-[...7 lines deleted...]
-        <v>670</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L143" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
+        <v>670</v>
+      </c>
+      <c r="C144" s="0" t="s">
         <v>671</v>
       </c>
-      <c r="C144" s="0" t="s">
+      <c r="D144" s="0" t="s">
         <v>672</v>
       </c>
-      <c r="D144" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E144" s="0" t="s">
-        <v>642</v>
+        <v>641</v>
       </c>
       <c r="F144" s="0"/>
       <c r="G144" s="0" t="s">
-        <v>643</v>
+        <v>642</v>
       </c>
       <c r="H144" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>674</v>
+        <v>673</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
-        <v>27</v>
+        <v>96</v>
       </c>
       <c r="L144" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
+        <v>674</v>
+      </c>
+      <c r="C145" s="0" t="s">
         <v>675</v>
       </c>
-      <c r="C145" s="0" t="s">
+      <c r="D145" s="0" t="s">
         <v>676</v>
-      </c>
-[...1 lines deleted...]
-        <v>677</v>
       </c>
       <c r="E145" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F145" s="0" t="s">
         <v>101</v>
       </c>
       <c r="G145" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H145" s="0" t="s">
         <v>227</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
-        <v>679</v>
+        <v>678</v>
       </c>
       <c r="L145" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
+        <v>679</v>
+      </c>
+      <c r="C146" s="0" t="s">
         <v>680</v>
       </c>
-      <c r="C146" s="0" t="s">
+      <c r="D146" s="0" t="s">
         <v>681</v>
-      </c>
-[...1 lines deleted...]
-        <v>682</v>
       </c>
       <c r="E146" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F146" s="0" t="s">
         <v>202</v>
       </c>
       <c r="G146" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H146" s="0" t="s">
         <v>227</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>683</v>
+        <v>682</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L146" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
+        <v>683</v>
+      </c>
+      <c r="C147" s="0" t="s">
         <v>684</v>
       </c>
-      <c r="C147" s="0" t="s">
+      <c r="D147" s="0" t="s">
         <v>685</v>
-      </c>
-[...1 lines deleted...]
-        <v>686</v>
       </c>
       <c r="E147" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F147" s="0" t="s">
-        <v>519</v>
+        <v>518</v>
       </c>
       <c r="G147" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H147" s="0" t="s">
         <v>227</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>687</v>
+        <v>686</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
-        <v>688</v>
+        <v>687</v>
       </c>
       <c r="L147" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
+        <v>688</v>
+      </c>
+      <c r="C148" s="0" t="s">
         <v>689</v>
       </c>
-      <c r="C148" s="0" t="s">
+      <c r="D148" s="0" t="s">
         <v>690</v>
-      </c>
-[...1 lines deleted...]
-        <v>691</v>
       </c>
       <c r="E148" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F148" s="0" t="s">
         <v>216</v>
       </c>
       <c r="G148" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H148" s="0" t="s">
         <v>227</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>692</v>
+        <v>691</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L148" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
+        <v>692</v>
+      </c>
+      <c r="C149" s="0" t="s">
         <v>693</v>
       </c>
-      <c r="C149" s="0" t="s">
+      <c r="D149" s="0" t="s">
         <v>694</v>
-      </c>
-[...1 lines deleted...]
-        <v>695</v>
       </c>
       <c r="E149" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F149" s="0" t="s">
-        <v>603</v>
+        <v>602</v>
       </c>
       <c r="G149" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H149" s="0" t="s">
         <v>227</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>696</v>
+        <v>695</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
-        <v>20</v>
+        <v>185</v>
       </c>
       <c r="L149" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
+        <v>696</v>
+      </c>
+      <c r="C150" s="0" t="s">
         <v>697</v>
       </c>
-      <c r="C150" s="0" t="s">
+      <c r="D150" s="0" t="s">
         <v>698</v>
       </c>
-      <c r="D150" s="0" t="s">
+      <c r="E150" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="F150" s="0" t="s">
         <v>699</v>
       </c>
-      <c r="E150" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F150" s="0" t="s">
+      <c r="G150" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="H150" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="I150" s="1" t="s">
         <v>700</v>
-      </c>
-[...7 lines deleted...]
-        <v>701</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L150" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
+        <v>701</v>
+      </c>
+      <c r="C151" s="0" t="s">
         <v>702</v>
       </c>
-      <c r="C151" s="0" t="s">
+      <c r="D151" s="0" t="s">
         <v>703</v>
-      </c>
-[...1 lines deleted...]
-        <v>704</v>
       </c>
       <c r="E151" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F151" s="0" t="s">
         <v>52</v>
       </c>
       <c r="G151" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H151" s="0" t="s">
         <v>227</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L151" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
+        <v>705</v>
+      </c>
+      <c r="C152" s="0" t="s">
         <v>706</v>
       </c>
-      <c r="C152" s="0" t="s">
+      <c r="D152" s="0" t="s">
         <v>707</v>
-      </c>
-[...1 lines deleted...]
-        <v>708</v>
       </c>
       <c r="E152" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F152" s="0" t="s">
-        <v>615</v>
+        <v>614</v>
       </c>
       <c r="G152" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H152" s="0" t="s">
         <v>227</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>709</v>
+        <v>708</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
-        <v>20</v>
+        <v>185</v>
       </c>
       <c r="L152" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
+        <v>709</v>
+      </c>
+      <c r="C153" s="0" t="s">
         <v>710</v>
       </c>
-      <c r="C153" s="0" t="s">
+      <c r="D153" s="0" t="s">
         <v>711</v>
-      </c>
-[...1 lines deleted...]
-        <v>712</v>
       </c>
       <c r="E153" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F153" s="0" t="s">
-        <v>661</v>
+        <v>660</v>
       </c>
       <c r="G153" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H153" s="0" t="s">
         <v>227</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
-        <v>20</v>
+        <v>185</v>
       </c>
       <c r="L153" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
+        <v>712</v>
+      </c>
+      <c r="C154" s="0" t="s">
         <v>713</v>
       </c>
-      <c r="C154" s="0" t="s">
+      <c r="D154" s="0" t="s">
         <v>714</v>
       </c>
-      <c r="D154" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E154" s="0" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="F154" s="0" t="s">
-        <v>648</v>
+        <v>647</v>
       </c>
       <c r="G154" s="0" t="s">
-        <v>376</v>
+        <v>375</v>
       </c>
       <c r="H154" s="0" t="s">
         <v>227</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>716</v>
+        <v>715</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
-        <v>717</v>
+        <v>716</v>
       </c>
       <c r="L154" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="B155" s="0" t="s">
+        <v>717</v>
+      </c>
+      <c r="C155" s="0" t="s">
         <v>718</v>
       </c>
-      <c r="C155" s="0" t="s">
+      <c r="D155" s="0" t="s">
         <v>719</v>
       </c>
-      <c r="D155" s="0" t="s">
+      <c r="E155" s="0" t="s">
         <v>720</v>
       </c>
-      <c r="E155" s="0" t="s">
+      <c r="F155" s="0" t="s">
         <v>721</v>
-      </c>
-[...1 lines deleted...]
-        <v>722</v>
       </c>
       <c r="G155" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H155" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>723</v>
+        <v>722</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L155" s="0"/>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="B156" s="0" t="s">
-        <v>718</v>
+        <v>717</v>
       </c>
       <c r="C156" s="0" t="s">
+        <v>723</v>
+      </c>
+      <c r="D156" s="0" t="s">
         <v>724</v>
       </c>
-      <c r="D156" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E156" s="0" t="s">
+        <v>720</v>
+      </c>
+      <c r="F156" s="0" t="s">
         <v>721</v>
-      </c>
-[...1 lines deleted...]
-        <v>722</v>
       </c>
       <c r="G156" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H156" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>726</v>
+        <v>725</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L156" s="0"/>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
+        <v>726</v>
+      </c>
+      <c r="C157" s="0" t="s">
         <v>727</v>
       </c>
-      <c r="C157" s="0" t="s">
+      <c r="D157" s="0" t="s">
         <v>728</v>
       </c>
-      <c r="D157" s="0" t="s">
+      <c r="E157" s="0" t="s">
+        <v>418</v>
+      </c>
+      <c r="F157" s="0" t="s">
         <v>729</v>
       </c>
-      <c r="E157" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F157" s="0" t="s">
+      <c r="G157" s="0" t="s">
+        <v>420</v>
+      </c>
+      <c r="H157" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="I157" s="1" t="s">
         <v>730</v>
-      </c>
-[...7 lines deleted...]
-        <v>731</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L157" s="0"/>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
+        <v>731</v>
+      </c>
+      <c r="C158" s="0" t="s">
         <v>732</v>
       </c>
-      <c r="C158" s="0" t="s">
+      <c r="D158" s="0" t="s">
         <v>733</v>
-      </c>
-[...1 lines deleted...]
-        <v>734</v>
       </c>
       <c r="E158" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F158" s="0" t="s">
-        <v>735</v>
+        <v>734</v>
       </c>
       <c r="G158" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H158" s="0" t="s">
         <v>227</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>736</v>
+        <v>735</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L158" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
+        <v>736</v>
+      </c>
+      <c r="C159" s="0" t="s">
         <v>737</v>
       </c>
-      <c r="C159" s="0" t="s">
+      <c r="D159" s="0" t="s">
         <v>738</v>
-      </c>
-[...1 lines deleted...]
-        <v>739</v>
       </c>
       <c r="E159" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F159" s="0" t="s">
-        <v>740</v>
+        <v>739</v>
       </c>
       <c r="G159" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H159" s="0" t="s">
         <v>227</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>741</v>
+        <v>740</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L159" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
+        <v>741</v>
+      </c>
+      <c r="C160" s="0" t="s">
         <v>742</v>
       </c>
-      <c r="C160" s="0" t="s">
+      <c r="D160" s="0" t="s">
         <v>743</v>
       </c>
-      <c r="D160" s="0" t="s">
+      <c r="E160" s="0" t="s">
+        <v>418</v>
+      </c>
+      <c r="F160" s="0" t="s">
+        <v>419</v>
+      </c>
+      <c r="G160" s="0" t="s">
+        <v>420</v>
+      </c>
+      <c r="H160" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="I160" s="1" t="s">
         <v>744</v>
-      </c>
-[...13 lines deleted...]
-        <v>745</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L160" s="0"/>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
       <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
+        <v>745</v>
+      </c>
+      <c r="C161" s="0" t="s">
         <v>746</v>
       </c>
-      <c r="C161" s="0" t="s">
+      <c r="D161" s="0" t="s">
         <v>747</v>
       </c>
-      <c r="D161" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E161" s="0" t="s">
+        <v>418</v>
+      </c>
+      <c r="F161" s="0" t="s">
         <v>419</v>
       </c>
-      <c r="F161" s="0" t="s">
+      <c r="G161" s="0" t="s">
         <v>420</v>
-      </c>
-[...1 lines deleted...]
-        <v>421</v>
       </c>
       <c r="H161" s="0" t="s">
         <v>227</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>749</v>
+        <v>748</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L161" s="0"/>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
       <c r="A162" s="0"/>
       <c r="B162" s="0" t="s">
+        <v>749</v>
+      </c>
+      <c r="C162" s="0" t="s">
         <v>750</v>
       </c>
-      <c r="C162" s="0" t="s">
+      <c r="D162" s="0" t="s">
         <v>751</v>
-      </c>
-[...1 lines deleted...]
-        <v>752</v>
       </c>
       <c r="E162" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F162" s="0" t="s">
-        <v>753</v>
+        <v>752</v>
       </c>
       <c r="G162" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H162" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>754</v>
+        <v>753</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
-        <v>48</v>
+        <v>637</v>
       </c>
       <c r="L162" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
       <c r="A163" s="0"/>
       <c r="B163" s="0" t="s">
+        <v>754</v>
+      </c>
+      <c r="C163" s="0" t="s">
         <v>755</v>
       </c>
-      <c r="C163" s="0" t="s">
+      <c r="D163" s="0" t="s">
         <v>756</v>
-      </c>
-[...1 lines deleted...]
-        <v>757</v>
       </c>
       <c r="E163" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F163" s="0" t="s">
-        <v>758</v>
+        <v>757</v>
       </c>
       <c r="G163" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H163" s="0" t="s">
         <v>227</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L163" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="80">
       <c r="A164" s="0"/>
       <c r="B164" s="0" t="s">
+        <v>759</v>
+      </c>
+      <c r="C164" s="0" t="s">
         <v>760</v>
       </c>
-      <c r="C164" s="0" t="s">
+      <c r="D164" s="0" t="s">
         <v>761</v>
-      </c>
-[...1 lines deleted...]
-        <v>762</v>
       </c>
       <c r="E164" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F164" s="0" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="G164" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H164" s="0" t="s">
         <v>227</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L164" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="80">
       <c r="A165" s="0"/>
       <c r="B165" s="0" t="s">
+        <v>763</v>
+      </c>
+      <c r="C165" s="0" t="s">
         <v>764</v>
       </c>
-      <c r="C165" s="0" t="s">
+      <c r="D165" s="0" t="s">
         <v>765</v>
       </c>
-      <c r="D165" s="0" t="s">
+      <c r="E165" s="0" t="s">
+        <v>564</v>
+      </c>
+      <c r="F165" s="0" t="s">
         <v>766</v>
       </c>
-      <c r="E165" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F165" s="0" t="s">
+      <c r="G165" s="0" t="s">
+        <v>420</v>
+      </c>
+      <c r="H165" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="I165" s="1" t="s">
         <v>767</v>
-      </c>
-[...7 lines deleted...]
-        <v>768</v>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="s">
-        <v>20</v>
+        <v>185</v>
       </c>
       <c r="L165" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="80">
       <c r="A166" s="0"/>
       <c r="B166" s="0" t="s">
+        <v>768</v>
+      </c>
+      <c r="C166" s="0" t="s">
         <v>769</v>
       </c>
-      <c r="C166" s="0" t="s">
+      <c r="D166" s="0" t="s">
         <v>770</v>
-      </c>
-[...1 lines deleted...]
-        <v>771</v>
       </c>
       <c r="E166" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F166" s="0" t="s">
-        <v>772</v>
+        <v>771</v>
       </c>
       <c r="G166" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H166" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>773</v>
+        <v>772</v>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L166" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="80">
       <c r="A167" s="0"/>
       <c r="B167" s="0" t="s">
+        <v>773</v>
+      </c>
+      <c r="C167" s="0" t="s">
         <v>774</v>
       </c>
-      <c r="C167" s="0" t="s">
+      <c r="D167" s="0" t="s">
         <v>775</v>
-      </c>
-[...1 lines deleted...]
-        <v>776</v>
       </c>
       <c r="E167" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F167" s="0" t="s">
-        <v>661</v>
+        <v>660</v>
       </c>
       <c r="G167" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H167" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>777</v>
+        <v>776</v>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L167" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="80">
       <c r="A168" s="0"/>
       <c r="B168" s="0" t="s">
+        <v>777</v>
+      </c>
+      <c r="C168" s="0" t="s">
         <v>778</v>
       </c>
-      <c r="C168" s="0" t="s">
+      <c r="D168" s="0" t="s">
         <v>779</v>
-      </c>
-[...1 lines deleted...]
-        <v>780</v>
       </c>
       <c r="E168" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F168" s="0" t="s">
-        <v>661</v>
+        <v>660</v>
       </c>
       <c r="G168" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H168" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I168" s="1" t="s">
-        <v>781</v>
+        <v>780</v>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L168" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="80">
       <c r="A169" s="0"/>
       <c r="B169" s="0" t="s">
+        <v>781</v>
+      </c>
+      <c r="C169" s="0" t="s">
         <v>782</v>
       </c>
-      <c r="C169" s="0" t="s">
+      <c r="D169" s="0" t="s">
         <v>783</v>
-      </c>
-[...1 lines deleted...]
-        <v>784</v>
       </c>
       <c r="E169" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F169" s="0" t="s">
-        <v>785</v>
+        <v>784</v>
       </c>
       <c r="G169" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H169" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>786</v>
+        <v>785</v>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="s">
-        <v>20</v>
+        <v>185</v>
       </c>
       <c r="L169" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="80">
       <c r="A170" s="0"/>
       <c r="B170" s="0" t="s">
+        <v>786</v>
+      </c>
+      <c r="C170" s="0" t="s">
         <v>787</v>
       </c>
-      <c r="C170" s="0" t="s">
+      <c r="D170" s="0" t="s">
         <v>788</v>
       </c>
-      <c r="D170" s="0" t="s">
+      <c r="E170" s="0" t="s">
+        <v>373</v>
+      </c>
+      <c r="F170" s="0" t="s">
+        <v>647</v>
+      </c>
+      <c r="G170" s="0" t="s">
+        <v>375</v>
+      </c>
+      <c r="H170" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="I170" s="1" t="s">
         <v>789</v>
-      </c>
-[...13 lines deleted...]
-        <v>790</v>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L170" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="80">
       <c r="A171" s="0"/>
       <c r="B171" s="0" t="s">
+        <v>790</v>
+      </c>
+      <c r="C171" s="0" t="s">
         <v>791</v>
       </c>
-      <c r="C171" s="0" t="s">
+      <c r="D171" s="0" t="s">
         <v>792</v>
       </c>
-      <c r="D171" s="0" t="s">
+      <c r="E171" s="0" t="s">
         <v>793</v>
       </c>
-      <c r="E171" s="0" t="s">
+      <c r="F171" s="0" t="s">
         <v>794</v>
       </c>
-      <c r="F171" s="0" t="s">
+      <c r="G171" s="0" t="s">
         <v>795</v>
       </c>
-      <c r="G171" s="0" t="s">
+      <c r="H171" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="I171" s="1" t="s">
         <v>796</v>
-      </c>
-[...4 lines deleted...]
-        <v>797</v>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L171" s="0"/>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="80">
       <c r="A172" s="0"/>
       <c r="B172" s="0" t="s">
+        <v>797</v>
+      </c>
+      <c r="C172" s="0" t="s">
         <v>798</v>
       </c>
-      <c r="C172" s="0" t="s">
+      <c r="D172" s="0" t="s">
         <v>799</v>
-      </c>
-[...1 lines deleted...]
-        <v>800</v>
       </c>
       <c r="E172" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F172" s="0" t="s">
         <v>58</v>
       </c>
       <c r="G172" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H172" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I172" s="1" t="s">
-        <v>801</v>
+        <v>800</v>
       </c>
       <c r="J172" s="0"/>
       <c r="K172" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L172" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="80">
       <c r="A173" s="0"/>
       <c r="B173" s="0" t="s">
+        <v>801</v>
+      </c>
+      <c r="C173" s="0" t="s">
         <v>802</v>
       </c>
-      <c r="C173" s="0" t="s">
+      <c r="D173" s="0" t="s">
         <v>803</v>
-      </c>
-[...1 lines deleted...]
-        <v>804</v>
       </c>
       <c r="E173" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F173" s="0" t="s">
         <v>58</v>
       </c>
       <c r="G173" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H173" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>805</v>
+        <v>804</v>
       </c>
       <c r="J173" s="0"/>
       <c r="K173" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L173" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="80">
       <c r="A174" s="0"/>
       <c r="B174" s="0" t="s">
+        <v>805</v>
+      </c>
+      <c r="C174" s="0" t="s">
         <v>806</v>
       </c>
-      <c r="C174" s="0" t="s">
+      <c r="D174" s="0" t="s">
         <v>807</v>
-      </c>
-[...1 lines deleted...]
-        <v>808</v>
       </c>
       <c r="E174" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F174" s="0" t="s">
         <v>58</v>
       </c>
       <c r="G174" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H174" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>801</v>
+        <v>800</v>
       </c>
       <c r="J174" s="0"/>
       <c r="K174" s="0" t="s">
-        <v>180</v>
+        <v>96</v>
       </c>
       <c r="L174" s="0">
         <v>32</v>
       </c>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="80">
       <c r="A175" s="0"/>
       <c r="B175" s="0" t="s">
+        <v>808</v>
+      </c>
+      <c r="C175" s="0" t="s">
         <v>809</v>
       </c>
-      <c r="C175" s="0" t="s">
+      <c r="D175" s="0" t="s">
         <v>810</v>
       </c>
-      <c r="D175" s="0" t="s">
+      <c r="E175" s="0" t="s">
+        <v>720</v>
+      </c>
+      <c r="F175" s="0" t="s">
         <v>811</v>
-      </c>
-[...4 lines deleted...]
-        <v>812</v>
       </c>
       <c r="G175" s="0" t="s">
         <v>242</v>
       </c>
       <c r="H175" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>813</v>
+        <v>812</v>
       </c>
       <c r="J175" s="0"/>
       <c r="K175" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L175" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="80">
       <c r="A176" s="0"/>
       <c r="B176" s="0" t="s">
+        <v>813</v>
+      </c>
+      <c r="C176" s="0" t="s">
         <v>814</v>
       </c>
-      <c r="C176" s="0" t="s">
+      <c r="D176" s="0" t="s">
         <v>815</v>
       </c>
-      <c r="D176" s="0" t="s">
+      <c r="E176" s="0" t="s">
+        <v>720</v>
+      </c>
+      <c r="F176" s="0" t="s">
         <v>816</v>
-      </c>
-[...4 lines deleted...]
-        <v>817</v>
       </c>
       <c r="G176" s="0" t="s">
         <v>242</v>
       </c>
       <c r="H176" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>818</v>
+        <v>817</v>
       </c>
       <c r="J176" s="0"/>
       <c r="K176" s="0" t="s">
-        <v>42</v>
+        <v>818</v>
       </c>
       <c r="L176" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="80">
       <c r="A177" s="0"/>
       <c r="B177" s="0" t="s">
-        <v>814</v>
+        <v>813</v>
       </c>
       <c r="C177" s="0" t="s">
         <v>819</v>
       </c>
       <c r="D177" s="0" t="s">
         <v>820</v>
       </c>
       <c r="E177" s="0" t="s">
-        <v>721</v>
+        <v>720</v>
       </c>
       <c r="F177" s="0" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="G177" s="0" t="s">
         <v>242</v>
       </c>
       <c r="H177" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I177" s="1" t="s">
         <v>821</v>
       </c>
       <c r="J177" s="0"/>
       <c r="K177" s="0" t="s">
-        <v>68</v>
+        <v>20</v>
       </c>
       <c r="L177" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="80">
       <c r="B178" s="0" t="s">
         <v>822</v>
       </c>
       <c r="C178" s="0" t="s">
         <v>823</v>
       </c>
       <c r="D178" s="0" t="s">
         <v>824</v>
       </c>
       <c r="E178" s="0" t="s">
-        <v>721</v>
+        <v>720</v>
       </c>
       <c r="F178" s="0" t="s">
         <v>825</v>
       </c>
       <c r="G178" s="0" t="s">
         <v>242</v>
       </c>
       <c r="H178" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I178" s="1" t="s">
         <v>826</v>
       </c>
       <c r="J178" s="0"/>
       <c r="K178" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L178" s="0"/>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="80">
       <c r="B179" s="0" t="s">
         <v>822</v>
       </c>
       <c r="C179" s="0" t="s">
         <v>827</v>
       </c>
       <c r="D179" s="0" t="s">
         <v>828</v>
       </c>
       <c r="E179" s="0" t="s">
-        <v>721</v>
+        <v>720</v>
       </c>
       <c r="F179" s="0" t="s">
         <v>825</v>
       </c>
       <c r="G179" s="0" t="s">
         <v>242</v>
       </c>
       <c r="H179" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I179" s="1" t="s">
         <v>41</v>
       </c>
       <c r="J179" s="0"/>
       <c r="K179" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L179" s="0"/>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="80">
       <c r="A180" s="0"/>
       <c r="B180" s="0" t="s">
         <v>829</v>
       </c>
       <c r="C180" s="0" t="s">
         <v>830</v>
       </c>
       <c r="D180" s="0" t="s">
         <v>831</v>
       </c>
       <c r="E180" s="0" t="s">
-        <v>642</v>
+        <v>641</v>
       </c>
       <c r="F180" s="0"/>
       <c r="G180" s="0" t="s">
-        <v>643</v>
+        <v>642</v>
       </c>
       <c r="H180" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I180" s="1" t="s">
         <v>826</v>
       </c>
       <c r="J180" s="0"/>
       <c r="K180" s="0" t="s">
-        <v>68</v>
+        <v>20</v>
       </c>
       <c r="L180" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="80">
       <c r="A181" s="0"/>
       <c r="B181" s="0" t="s">
         <v>832</v>
       </c>
       <c r="C181" s="0" t="s">
         <v>833</v>
       </c>
       <c r="D181" s="0" t="s">
         <v>834</v>
       </c>
       <c r="E181" s="0" t="s">
-        <v>642</v>
+        <v>641</v>
       </c>
       <c r="F181" s="0"/>
       <c r="G181" s="0" t="s">
-        <v>643</v>
+        <v>642</v>
       </c>
       <c r="H181" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I181" s="1" t="s">
         <v>835</v>
       </c>
       <c r="J181" s="0"/>
       <c r="K181" s="0" t="s">
-        <v>180</v>
+        <v>96</v>
       </c>
       <c r="L181" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="80">
       <c r="A182" s="0"/>
       <c r="B182" s="0" t="s">
         <v>836</v>
       </c>
       <c r="C182" s="0" t="s">
         <v>837</v>
       </c>
       <c r="D182" s="0" t="s">
         <v>838</v>
       </c>
       <c r="E182" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F182" s="0" t="s">
-        <v>740</v>
+        <v>739</v>
       </c>
       <c r="G182" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H182" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I182" s="1" t="s">
         <v>839</v>
       </c>
       <c r="J182" s="0"/>
       <c r="K182" s="0" t="s">
-        <v>180</v>
+        <v>96</v>
       </c>
       <c r="L182" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="80">
       <c r="A183" s="0"/>
       <c r="B183" s="0" t="s">
         <v>840</v>
       </c>
       <c r="C183" s="0" t="s">
         <v>841</v>
       </c>
       <c r="D183" s="0" t="s">
         <v>842</v>
       </c>
       <c r="E183" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F183" s="0" t="s">
-        <v>735</v>
+        <v>734</v>
       </c>
       <c r="G183" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H183" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I183" s="1" t="s">
         <v>839</v>
       </c>
       <c r="J183" s="0"/>
       <c r="K183" s="0" t="s">
-        <v>180</v>
+        <v>96</v>
       </c>
       <c r="L183" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="80">
       <c r="A184" s="0"/>
       <c r="B184" s="0" t="s">
         <v>843</v>
       </c>
       <c r="C184" s="0" t="s">
         <v>844</v>
       </c>
       <c r="D184" s="0" t="s">
         <v>845</v>
       </c>
       <c r="E184" s="0" t="s">
-        <v>721</v>
+        <v>720</v>
       </c>
       <c r="F184" s="0" t="s">
         <v>846</v>
       </c>
       <c r="G184" s="0" t="s">
         <v>242</v>
       </c>
       <c r="H184" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I184" s="1" t="s">
         <v>847</v>
       </c>
       <c r="J184" s="0"/>
       <c r="K184" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L184" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="80">
       <c r="A185" s="0"/>
       <c r="B185" s="0" t="s">
         <v>848</v>
       </c>
       <c r="C185" s="0" t="s">
         <v>849</v>
       </c>
       <c r="D185" s="0" t="s">
         <v>850</v>
       </c>
       <c r="E185" s="0" t="s">
-        <v>721</v>
+        <v>720</v>
       </c>
       <c r="F185" s="0" t="s">
         <v>851</v>
       </c>
       <c r="G185" s="0" t="s">
         <v>242</v>
       </c>
       <c r="H185" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I185" s="1" t="s">
         <v>852</v>
       </c>
       <c r="J185" s="0"/>
       <c r="K185" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L185" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="80">
       <c r="A186" s="0"/>
       <c r="B186" s="0" t="s">
         <v>853</v>
       </c>
       <c r="C186" s="0" t="s">
         <v>854</v>
       </c>
       <c r="D186" s="0" t="s">
         <v>855</v>
       </c>
       <c r="E186" s="0" t="s">
-        <v>721</v>
+        <v>720</v>
       </c>
       <c r="F186" s="0" t="s">
         <v>856</v>
       </c>
       <c r="G186" s="0" t="s">
         <v>242</v>
       </c>
       <c r="H186" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I186" s="1" t="s">
         <v>857</v>
       </c>
       <c r="J186" s="0"/>
       <c r="K186" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L186" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="80">
       <c r="A187" s="0"/>
       <c r="B187" s="0" t="s">
         <v>858</v>
       </c>
       <c r="C187" s="0" t="s">
         <v>859</v>
       </c>
       <c r="D187" s="0" t="s">
         <v>860</v>
       </c>
       <c r="E187" s="0" t="s">
-        <v>721</v>
+        <v>720</v>
       </c>
       <c r="F187" s="0" t="s">
         <v>861</v>
       </c>
       <c r="G187" s="0" t="s">
         <v>242</v>
       </c>
       <c r="H187" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I187" s="1" t="s">
         <v>862</v>
       </c>
       <c r="J187" s="0"/>
       <c r="K187" s="0" t="s">
-        <v>863</v>
+        <v>594</v>
       </c>
       <c r="L187" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="80">
       <c r="A188" s="0"/>
       <c r="B188" s="0" t="s">
+        <v>863</v>
+      </c>
+      <c r="C188" s="0" t="s">
         <v>864</v>
       </c>
-      <c r="C188" s="0" t="s">
+      <c r="D188" s="0" t="s">
         <v>865</v>
       </c>
-      <c r="D188" s="0" t="s">
+      <c r="E188" s="0" t="s">
+        <v>720</v>
+      </c>
+      <c r="F188" s="0" t="s">
         <v>866</v>
-      </c>
-[...4 lines deleted...]
-        <v>867</v>
       </c>
       <c r="G188" s="0" t="s">
         <v>242</v>
       </c>
       <c r="H188" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>818</v>
+        <v>817</v>
       </c>
       <c r="J188" s="0"/>
       <c r="K188" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L188" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="80">
       <c r="A189" s="0"/>
       <c r="B189" s="0" t="s">
+        <v>867</v>
+      </c>
+      <c r="C189" s="0" t="s">
         <v>868</v>
       </c>
-      <c r="C189" s="0" t="s">
+      <c r="D189" s="0" t="s">
         <v>869</v>
       </c>
-      <c r="D189" s="0" t="s">
+      <c r="E189" s="0" t="s">
+        <v>418</v>
+      </c>
+      <c r="F189" s="0" t="s">
         <v>870</v>
       </c>
-      <c r="E189" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F189" s="0" t="s">
+      <c r="G189" s="0" t="s">
+        <v>420</v>
+      </c>
+      <c r="H189" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="I189" s="1" t="s">
         <v>871</v>
-      </c>
-[...7 lines deleted...]
-        <v>872</v>
       </c>
       <c r="J189" s="0"/>
       <c r="K189" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L189" s="0"/>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="80">
       <c r="A190" s="0"/>
       <c r="B190" s="0" t="s">
+        <v>872</v>
+      </c>
+      <c r="C190" s="0" t="s">
         <v>873</v>
       </c>
-      <c r="C190" s="0" t="s">
+      <c r="D190" s="0" t="s">
         <v>874</v>
       </c>
-      <c r="D190" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E190" s="0" t="s">
-        <v>721</v>
+        <v>720</v>
       </c>
       <c r="F190" s="0"/>
       <c r="G190" s="0" t="s">
         <v>242</v>
       </c>
       <c r="H190" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I190" s="1" t="s">
-        <v>876</v>
+        <v>875</v>
       </c>
       <c r="J190" s="0"/>
       <c r="K190" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L190" s="0"/>
     </row>
     <row r="191" spans="1:12" customHeight="1" ht="80">
       <c r="A191" s="0"/>
       <c r="B191" s="0" t="s">
+        <v>876</v>
+      </c>
+      <c r="C191" s="0" t="s">
         <v>877</v>
       </c>
-      <c r="C191" s="0" t="s">
+      <c r="D191" s="0" t="s">
         <v>878</v>
       </c>
-      <c r="D191" s="0" t="s">
+      <c r="E191" s="0" t="s">
+        <v>720</v>
+      </c>
+      <c r="F191" s="0" t="s">
         <v>879</v>
-      </c>
-[...4 lines deleted...]
-        <v>880</v>
       </c>
       <c r="G191" s="0" t="s">
         <v>242</v>
       </c>
       <c r="H191" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I191" s="1" t="s">
-        <v>818</v>
+        <v>817</v>
       </c>
       <c r="J191" s="0"/>
       <c r="K191" s="0" t="s">
-        <v>68</v>
+        <v>20</v>
       </c>
       <c r="L191" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="80">
       <c r="A192" s="0"/>
       <c r="B192" s="0" t="s">
+        <v>880</v>
+      </c>
+      <c r="C192" s="0" t="s">
         <v>881</v>
       </c>
-      <c r="C192" s="0" t="s">
+      <c r="D192" s="0" t="s">
         <v>882</v>
       </c>
-      <c r="D192" s="0" t="s">
+      <c r="E192" s="0" t="s">
+        <v>720</v>
+      </c>
+      <c r="F192" s="0" t="s">
         <v>883</v>
-      </c>
-[...4 lines deleted...]
-        <v>884</v>
       </c>
       <c r="G192" s="0" t="s">
         <v>242</v>
       </c>
       <c r="H192" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I192" s="1" t="s">
         <v>862</v>
       </c>
       <c r="J192" s="0"/>
       <c r="K192" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L192" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="80">
       <c r="A193" s="0"/>
       <c r="B193" s="0" t="s">
+        <v>884</v>
+      </c>
+      <c r="C193" s="0" t="s">
         <v>885</v>
       </c>
-      <c r="C193" s="0" t="s">
+      <c r="D193" s="0" t="s">
         <v>886</v>
       </c>
-      <c r="D193" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E193" s="0" t="s">
-        <v>721</v>
+        <v>720</v>
       </c>
       <c r="F193" s="0" t="s">
-        <v>884</v>
+        <v>883</v>
       </c>
       <c r="G193" s="0" t="s">
         <v>242</v>
       </c>
       <c r="H193" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I193" s="1" t="s">
-        <v>888</v>
+        <v>887</v>
       </c>
       <c r="J193" s="0"/>
       <c r="K193" s="0" t="s">
-        <v>229</v>
+        <v>48</v>
       </c>
       <c r="L193" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="80">
       <c r="A194" s="0"/>
       <c r="B194" s="0" t="s">
+        <v>888</v>
+      </c>
+      <c r="C194" s="0" t="s">
         <v>889</v>
       </c>
-      <c r="C194" s="0" t="s">
+      <c r="D194" s="0" t="s">
         <v>890</v>
       </c>
-      <c r="D194" s="0" t="s">
+      <c r="E194" s="0" t="s">
+        <v>720</v>
+      </c>
+      <c r="F194" s="0" t="s">
         <v>891</v>
-      </c>
-[...4 lines deleted...]
-        <v>892</v>
       </c>
       <c r="G194" s="0" t="s">
         <v>242</v>
       </c>
       <c r="H194" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I194" s="1" t="s">
         <v>852</v>
       </c>
       <c r="J194" s="0"/>
       <c r="K194" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L194" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="80">
       <c r="A195" s="0"/>
       <c r="B195" s="0" t="s">
+        <v>892</v>
+      </c>
+      <c r="C195" s="0" t="s">
         <v>893</v>
       </c>
-      <c r="C195" s="0" t="s">
+      <c r="D195" s="0" t="s">
         <v>894</v>
       </c>
-      <c r="D195" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E195" s="0" t="s">
-        <v>721</v>
+        <v>720</v>
       </c>
       <c r="F195" s="0" t="s">
-        <v>892</v>
+        <v>891</v>
       </c>
       <c r="G195" s="0" t="s">
         <v>242</v>
       </c>
       <c r="H195" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I195" s="1" t="s">
-        <v>896</v>
+        <v>895</v>
       </c>
       <c r="J195" s="0"/>
       <c r="K195" s="0" t="s">
-        <v>48</v>
+        <v>896</v>
       </c>
       <c r="L195" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="80">
       <c r="A196" s="0"/>
       <c r="B196" s="0" t="s">
         <v>897</v>
       </c>
       <c r="C196" s="0" t="s">
         <v>898</v>
       </c>
       <c r="D196" s="0" t="s">
         <v>899</v>
       </c>
       <c r="E196" s="0" t="s">
-        <v>721</v>
+        <v>720</v>
       </c>
       <c r="F196" s="0" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="G196" s="0" t="s">
         <v>242</v>
       </c>
       <c r="H196" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I196" s="1" t="s">
         <v>900</v>
       </c>
       <c r="J196" s="0"/>
       <c r="K196" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L196" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="80">
       <c r="A197" s="0"/>
       <c r="B197" s="0" t="s">
         <v>901</v>
       </c>
       <c r="C197" s="0" t="s">
         <v>902</v>
       </c>
       <c r="D197" s="0" t="s">
         <v>903</v>
       </c>
       <c r="E197" s="0" t="s">
-        <v>721</v>
+        <v>720</v>
       </c>
       <c r="F197" s="0" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="G197" s="0" t="s">
         <v>242</v>
       </c>
       <c r="H197" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I197" s="1" t="s">
-        <v>888</v>
+        <v>887</v>
       </c>
       <c r="J197" s="0"/>
       <c r="K197" s="0" t="s">
         <v>904</v>
       </c>
       <c r="L197" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="198" spans="1:12" customHeight="1" ht="80">
       <c r="A198" s="0"/>
       <c r="B198" s="0" t="s">
         <v>905</v>
       </c>
       <c r="C198" s="0" t="s">
         <v>906</v>
       </c>
       <c r="D198" s="0" t="s">
         <v>907</v>
       </c>
       <c r="E198" s="0" t="s">
-        <v>721</v>
+        <v>720</v>
       </c>
       <c r="F198" s="0" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="G198" s="0" t="s">
         <v>242</v>
       </c>
       <c r="H198" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I198" s="1" t="s">
         <v>821</v>
       </c>
       <c r="J198" s="0"/>
       <c r="K198" s="0" t="s">
-        <v>68</v>
+        <v>20</v>
       </c>
       <c r="L198" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="199" spans="1:12" customHeight="1" ht="80">
       <c r="A199" s="0"/>
       <c r="B199" s="0" t="s">
         <v>908</v>
       </c>
       <c r="C199" s="0" t="s">
         <v>909</v>
       </c>
       <c r="D199" s="0" t="s">
         <v>910</v>
       </c>
       <c r="E199" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F199" s="0" t="s">
         <v>911</v>
       </c>
       <c r="G199" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H199" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I199" s="1" t="s">
         <v>912</v>
       </c>
       <c r="J199" s="0"/>
       <c r="K199" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L199" s="0"/>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="80">
       <c r="A200" s="0"/>
       <c r="B200" s="0" t="s">
         <v>913</v>
       </c>
       <c r="C200" s="0" t="s">
         <v>914</v>
       </c>
       <c r="D200" s="0" t="s">
         <v>915</v>
       </c>
       <c r="E200" s="0" t="s">
         <v>145</v>
       </c>
       <c r="F200" s="0" t="s">
         <v>145</v>
       </c>
       <c r="G200" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H200" s="0" t="s">
         <v>124</v>
       </c>
       <c r="I200" s="1" t="s">
         <v>916</v>
       </c>
       <c r="J200" s="0"/>
       <c r="K200" s="0" t="s">
-        <v>68</v>
+        <v>20</v>
       </c>
       <c r="L200" s="0">
         <v>60</v>
       </c>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="80">
       <c r="A201" s="0"/>
       <c r="B201" s="0" t="s">
         <v>917</v>
       </c>
       <c r="C201" s="0" t="s">
         <v>918</v>
       </c>
       <c r="D201" s="0" t="s">
         <v>919</v>
       </c>
       <c r="E201" s="0" t="s">
         <v>920</v>
       </c>
       <c r="F201" s="0" t="s">
         <v>921</v>
       </c>
       <c r="G201" s="0" t="s">
         <v>242</v>
       </c>
       <c r="H201" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I201" s="1" t="s">
         <v>922</v>
       </c>
       <c r="J201" s="0"/>
       <c r="K201" s="0" t="s">
-        <v>370</v>
+        <v>896</v>
       </c>
       <c r="L201" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="202" spans="1:12" customHeight="1" ht="80">
       <c r="A202" s="0"/>
       <c r="B202" s="0" t="s">
         <v>923</v>
       </c>
       <c r="C202" s="0" t="s">
         <v>924</v>
       </c>
       <c r="D202" s="0" t="s">
         <v>925</v>
       </c>
       <c r="E202" s="0" t="s">
         <v>920</v>
       </c>
       <c r="F202" s="0" t="s">
         <v>926</v>
       </c>
       <c r="G202" s="0" t="s">
         <v>242</v>
       </c>
       <c r="H202" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I202" s="1" t="s">
         <v>927</v>
       </c>
       <c r="J202" s="0"/>
       <c r="K202" s="0" t="s">
-        <v>370</v>
+        <v>369</v>
       </c>
       <c r="L202" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="80">
       <c r="A203" s="0"/>
       <c r="B203" s="0" t="s">
         <v>928</v>
       </c>
       <c r="C203" s="0" t="s">
         <v>929</v>
       </c>
       <c r="D203" s="0">
         <v>2533320</v>
       </c>
       <c r="E203" s="0" t="s">
         <v>920</v>
       </c>
       <c r="F203" s="0" t="s">
         <v>930</v>
       </c>
       <c r="G203" s="0" t="s">
         <v>242</v>
       </c>
       <c r="H203" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I203" s="1" t="s">
         <v>931</v>
       </c>
       <c r="J203" s="0"/>
       <c r="K203" s="0" t="s">
-        <v>68</v>
+        <v>223</v>
       </c>
       <c r="L203" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="204" spans="1:12" customHeight="1" ht="80">
       <c r="A204" s="0"/>
       <c r="B204" s="0" t="s">
         <v>932</v>
       </c>
       <c r="C204" s="0" t="s">
         <v>933</v>
       </c>
       <c r="D204" s="0" t="s">
         <v>934</v>
       </c>
       <c r="E204" s="0" t="s">
         <v>920</v>
       </c>
       <c r="F204" s="0" t="s">
         <v>930</v>
       </c>
       <c r="G204" s="0" t="s">
         <v>242</v>
       </c>
       <c r="H204" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I204" s="1" t="s">
         <v>935</v>
       </c>
       <c r="J204" s="0"/>
       <c r="K204" s="0" t="s">
         <v>936</v>
       </c>
       <c r="L204" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="205" spans="1:12" customHeight="1" ht="80">
       <c r="A205" s="0"/>
       <c r="B205" s="0" t="s">
         <v>937</v>
       </c>
       <c r="C205" s="0" t="s">
         <v>938</v>
       </c>
       <c r="D205" s="0" t="s">
         <v>939</v>
       </c>
       <c r="E205" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F205" s="0" t="s">
         <v>274</v>
       </c>
       <c r="G205" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H205" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I205" s="1" t="s">
         <v>940</v>
       </c>
       <c r="J205" s="0"/>
       <c r="K205" s="0" t="s">
-        <v>68</v>
+        <v>20</v>
       </c>
       <c r="L205" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="206" spans="1:12" customHeight="1" ht="80">
       <c r="A206" s="0"/>
       <c r="B206" s="0" t="s">
         <v>941</v>
       </c>
       <c r="C206" s="0" t="s">
         <v>942</v>
       </c>
       <c r="D206" s="0" t="s">
         <v>943</v>
       </c>
       <c r="E206" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F206" s="0" t="s">
-        <v>615</v>
+        <v>614</v>
       </c>
       <c r="G206" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H206" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I206" s="1" t="s">
         <v>944</v>
       </c>
       <c r="J206" s="0"/>
       <c r="K206" s="0" t="s">
-        <v>370</v>
+        <v>369</v>
       </c>
       <c r="L206" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="207" spans="1:12" customHeight="1" ht="80">
       <c r="B207" s="0" t="s">
         <v>945</v>
       </c>
       <c r="C207" s="0" t="s">
         <v>946</v>
       </c>
       <c r="D207" s="0" t="s">
         <v>947</v>
       </c>
       <c r="E207" s="0" t="s">
         <v>920</v>
       </c>
       <c r="F207" s="0" t="s">
         <v>926</v>
       </c>
       <c r="G207" s="0" t="s">
         <v>242</v>
       </c>
       <c r="H207" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I207" s="1" t="s">
         <v>948</v>
       </c>
       <c r="J207" s="0"/>
       <c r="K207" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L207" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="80">
       <c r="B208" s="0" t="s">
         <v>949</v>
       </c>
       <c r="C208" s="0" t="s">
         <v>950</v>
       </c>
       <c r="D208" s="0" t="s">
         <v>951</v>
       </c>
       <c r="E208" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F208" s="0" t="s">
-        <v>735</v>
+        <v>734</v>
       </c>
       <c r="G208" s="0"/>
       <c r="H208" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I208" s="1" t="s">
         <v>952</v>
       </c>
       <c r="J208" s="0"/>
       <c r="K208" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L208" s="0"/>
     </row>
     <row r="209" spans="1:12" customHeight="1" ht="80">
       <c r="B209" s="0" t="s">
         <v>953</v>
       </c>
       <c r="C209" s="0" t="s">
         <v>954</v>
       </c>
       <c r="D209" s="0" t="s">
         <v>955</v>
       </c>
       <c r="E209" s="0" t="s">
         <v>920</v>
       </c>
       <c r="F209" s="0" t="s">
         <v>926</v>
       </c>
       <c r="G209" s="0" t="s">
         <v>242</v>
       </c>
       <c r="H209" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I209" s="1" t="s">
         <v>948</v>
       </c>
       <c r="J209" s="0"/>
       <c r="K209" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L209" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="210" spans="1:12" customHeight="1" ht="80">
       <c r="B210" s="0" t="s">
         <v>956</v>
       </c>
       <c r="C210" s="0" t="s">
         <v>957</v>
       </c>
       <c r="D210" s="0" t="s">
         <v>958</v>
       </c>
       <c r="E210" s="0" t="s">
         <v>920</v>
       </c>
       <c r="F210" s="0" t="s">
         <v>926</v>
       </c>
       <c r="G210" s="0" t="s">
         <v>242</v>
       </c>
       <c r="H210" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I210" s="1" t="s">
         <v>948</v>
       </c>
       <c r="J210" s="0"/>
       <c r="K210" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L210" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="211" spans="1:12" customHeight="1" ht="80">
       <c r="B211" s="0" t="s">
         <v>959</v>
       </c>
       <c r="C211" s="0" t="s">
         <v>960</v>
       </c>
       <c r="D211" s="0" t="s">
         <v>961</v>
       </c>
       <c r="E211" s="0" t="s">
-        <v>642</v>
+        <v>641</v>
       </c>
       <c r="F211" s="0"/>
       <c r="G211" s="0" t="s">
-        <v>643</v>
+        <v>642</v>
       </c>
       <c r="H211" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I211" s="1" t="s">
         <v>962</v>
       </c>
       <c r="J211" s="0"/>
       <c r="K211" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L211" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="212" spans="1:12" customHeight="1" ht="80">
       <c r="B212" s="0" t="s">
         <v>963</v>
       </c>
       <c r="C212" s="0" t="s">
         <v>964</v>
       </c>
       <c r="D212" s="0" t="s">
         <v>965</v>
       </c>
       <c r="E212" s="0" t="s">
-        <v>642</v>
+        <v>641</v>
       </c>
       <c r="F212" s="0"/>
       <c r="G212" s="0" t="s">
-        <v>643</v>
+        <v>642</v>
       </c>
       <c r="H212" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I212" s="1" t="s">
         <v>966</v>
       </c>
       <c r="J212" s="0"/>
       <c r="K212" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L212" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="213" spans="1:12" customHeight="1" ht="80">
       <c r="B213" s="0" t="s">
         <v>967</v>
       </c>
       <c r="C213" s="0" t="s">
         <v>968</v>
       </c>
       <c r="D213" s="0" t="s">
         <v>969</v>
       </c>
       <c r="E213" s="0" t="s">
-        <v>642</v>
+        <v>641</v>
       </c>
       <c r="F213" s="0"/>
       <c r="G213" s="0" t="s">
-        <v>643</v>
+        <v>642</v>
       </c>
       <c r="H213" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I213" s="1" t="s">
         <v>970</v>
       </c>
       <c r="J213" s="0"/>
       <c r="K213" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L213" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="214" spans="1:12" customHeight="1" ht="80">
       <c r="B214" s="0" t="s">
         <v>971</v>
       </c>
       <c r="C214" s="0" t="s">
         <v>972</v>
       </c>
       <c r="D214" s="0" t="s">
         <v>973</v>
       </c>
       <c r="E214" s="0" t="s">
         <v>920</v>
       </c>
       <c r="F214" s="0" t="s">
         <v>930</v>
       </c>
       <c r="G214" s="0" t="s">
         <v>242</v>
       </c>
       <c r="H214" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I214" s="1" t="s">
         <v>974</v>
       </c>
       <c r="J214" s="0"/>
       <c r="K214" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L214" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="215" spans="1:12" customHeight="1" ht="80">
       <c r="A215" s="0"/>
       <c r="B215" s="0" t="s">
         <v>975</v>
       </c>
       <c r="C215" s="0" t="s">
         <v>976</v>
       </c>
       <c r="D215" s="0" t="s">
         <v>977</v>
       </c>
       <c r="E215" s="0" t="s">
         <v>978</v>
       </c>
       <c r="F215" s="0" t="s">
         <v>979</v>
       </c>
       <c r="G215" s="0" t="s">
         <v>242</v>
       </c>
       <c r="H215" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I215" s="1" t="s">
         <v>980</v>
       </c>
       <c r="J215" s="0"/>
       <c r="K215" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L215" s="0"/>
     </row>
     <row r="216" spans="1:12" customHeight="1" ht="80">
       <c r="A216" s="0"/>
       <c r="B216" s="0" t="s">
         <v>981</v>
       </c>
       <c r="C216" s="0" t="s">
         <v>982</v>
       </c>
       <c r="D216" s="0" t="s">
         <v>983</v>
       </c>
       <c r="E216" s="0" t="s">
         <v>978</v>
       </c>
       <c r="F216" s="0" t="s">
         <v>979</v>
       </c>
       <c r="G216" s="0" t="s">
         <v>242</v>
       </c>
       <c r="H216" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I216" s="1" t="s">
         <v>980</v>
       </c>
       <c r="J216" s="0"/>
       <c r="K216" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L216" s="0"/>
     </row>
     <row r="217" spans="1:12" customHeight="1" ht="80">
       <c r="B217" s="0" t="s">
         <v>984</v>
       </c>
       <c r="C217" s="0" t="s">
         <v>985</v>
       </c>
       <c r="D217" s="0" t="s">
         <v>986</v>
       </c>
       <c r="E217" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F217" s="0" t="s">
         <v>987</v>