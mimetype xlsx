--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -137,51 +137,51 @@
   <si>
     <t>24088.00₸</t>
   </si>
   <si>
     <t>Набор посуды «Забивака» Фифа/Fifa Russia 2018</t>
   </si>
   <si>
     <t>03190116</t>
   </si>
   <si>
     <t>N7130</t>
   </si>
   <si>
     <t>Arcoroc</t>
   </si>
   <si>
     <t>FIFA</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>3215.00₸</t>
   </si>
   <si>
-    <t>22 шт.</t>
+    <t>21 шт.</t>
   </si>
   <si>
     <t>Набор посуды «Лягушка» детский 3 предмета;фарфор;белый</t>
   </si>
   <si>
     <t>03190122</t>
   </si>
   <si>
     <t>9С2835</t>
   </si>
   <si>
     <t>Добрушский фарфоровый завод</t>
   </si>
   <si>
     <t>Лягушка</t>
   </si>
   <si>
     <t>БЕЛАРУСЬ</t>
   </si>
   <si>
     <t>5021.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
@@ -251,81 +251,78 @@
   <si>
     <t>Eloise</t>
   </si>
   <si>
     <t>67116.00₸</t>
   </si>
   <si>
     <t>3 шт.</t>
   </si>
   <si>
     <t>Набор посуды «Поэма Камарг» тарелки[18шт];фарфор;белый,розов.</t>
   </si>
   <si>
     <t>03190611</t>
   </si>
   <si>
     <t>PK070182870</t>
   </si>
   <si>
     <t>Andrea Fontebasso</t>
   </si>
   <si>
     <t>Poema Camargue</t>
   </si>
   <si>
-    <t>13433.00₸</t>
-[...2 lines deleted...]
-    <t>13 шт.</t>
+    <t>94031.00₸</t>
   </si>
   <si>
     <t>Набор посуды «Поэма Камарг» кофейная пара (чашка + блюдце)[6шт];фарфор;100мл;D=6/12,H=5см;белый,розо</t>
   </si>
   <si>
     <t>03190612</t>
   </si>
   <si>
     <t>PK085012870</t>
   </si>
   <si>
-    <t>4190.00₸</t>
-[...2 lines deleted...]
-    <t>более 50 шт.</t>
+    <t>29330.00₸</t>
+  </si>
+  <si>
+    <t>50 шт.</t>
   </si>
   <si>
     <t>Набор посуды «Поэма Камарг» чайная пара (чашка + блюдце)[4шт];фарфор;260мл;D=9/15,H=7см;белый,розов.</t>
   </si>
   <si>
     <t>03190613</t>
   </si>
   <si>
     <t>PK085132870</t>
   </si>
   <si>
-    <t>4437.00₸</t>
+    <t>31059.00₸</t>
   </si>
   <si>
     <t>Набор посуды «Метрополис Джунгли» тарелки d=27х21х19,5см[18шт];фарфор;бирюз.,зелен.</t>
   </si>
   <si>
     <t>03190231</t>
   </si>
   <si>
     <t>ME070185528</t>
   </si>
   <si>
     <t>Metropolis Jungle</t>
   </si>
   <si>
     <t>72485.00₸</t>
   </si>
   <si>
     <t>Набор посуды «Метрополис Графика» тарелки d=27х20х19,5см[18шт];фарфор;белый,черный</t>
   </si>
   <si>
     <t>03190232</t>
   </si>
   <si>
     <t>ME070185529</t>
   </si>
@@ -1445,183 +1442,183 @@
         <v>73</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>74</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>75</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>76</v>
       </c>
       <c r="F11" s="0" t="s">
         <v>77</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>60</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>78</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>79</v>
+        <v>20</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>80</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>76</v>
       </c>
       <c r="F12" s="0" t="s">
         <v>77</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>60</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>85</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="D13" s="0" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>76</v>
       </c>
       <c r="F13" s="0" t="s">
         <v>77</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>60</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>89</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="D14" s="0" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>60</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L14" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>94</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="D15" s="0" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>60</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L15" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
   </hyperlinks>