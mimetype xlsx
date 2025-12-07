--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -160,60 +160,60 @@
   <si>
     <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
   </si>
   <si>
     <t>33880.00₸</t>
   </si>
   <si>
     <t>Контейнер для подачи «XL» сет;пластик,силикон;,H=90,L=435,B=370мм;коричнев.,белый</t>
   </si>
   <si>
     <t>04011542</t>
   </si>
   <si>
     <t>APS</t>
   </si>
   <si>
     <t>Serving Box XL</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>88512.00₸</t>
   </si>
   <si>
+    <t>Контейнер для подачи «XL» для 85089;пластик;100мл;,H=35,L=100,B=65мм;белый</t>
+  </si>
+  <si>
+    <t>04011543</t>
+  </si>
+  <si>
+    <t>3619.00₸</t>
+  </si>
+  <si>
     <t>2 шт.</t>
-  </si>
-[...7 lines deleted...]
-    <t>3619.00₸</t>
   </si>
   <si>
     <t>Контейнер для подачи «XL» для 85089;пластик;150мл;,H=35,L=100,B=100мм;белый</t>
   </si>
   <si>
     <t>04011544</t>
   </si>
   <si>
     <t>4443.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
     <t>Контейнер для подачи «XL» для 85089;пластик;400мл;,H=35,L=200,B=100мм;белый</t>
   </si>
   <si>
     <t>04011545</t>
   </si>
   <si>
     <t>5760.00₸</t>
   </si>
   <si>
     <t>Контейнер для унадзю «Шкатулка»;пластик;,H=76,L=163,B=139мм;черный</t>
   </si>
@@ -1135,85 +1135,85 @@
         <v>42</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D7" s="0">
         <v>85089</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F7" s="0" t="s">
         <v>45</v>
       </c>
       <c r="G7" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>47</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
       <c r="L7" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="C8" s="0" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="D8" s="0">
         <v>85191</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F8" s="0" t="s">
         <v>45</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="L8" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
         <v>52</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>53</v>
       </c>
       <c r="D9" s="0">
         <v>85193</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F9" s="0" t="s">
         <v>45</v>
       </c>
       <c r="G9" s="0" t="s">
         <v>46</v>
       </c>