--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1544">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1539">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -314,3674 +314,3641 @@
   <si>
     <t>00350002</t>
   </si>
   <si>
     <t>COSTA</t>
   </si>
   <si>
     <t>ПОРТУГАЛИЯ</t>
   </si>
   <si>
     <t>5791.00₸</t>
   </si>
   <si>
     <t>Блюдо для подачи «Базальт»;керамика;,L=25,5,B=25,5см;черный,матовый</t>
   </si>
   <si>
     <t>03020877</t>
   </si>
   <si>
     <t>Basalt</t>
   </si>
   <si>
     <t>29268.00₸</t>
   </si>
   <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Базальт»;керамика;D=4,L=14,B=8см;черный,матовый</t>
+  </si>
+  <si>
+    <t>03020879</t>
+  </si>
+  <si>
+    <t>6538.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Базальт»;керамика;,L=20,B=10см;черный,матовый</t>
+  </si>
+  <si>
+    <t>03020880</t>
+  </si>
+  <si>
+    <t>12097.00₸</t>
+  </si>
+  <si>
+    <t>48 шт.</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Базальт»;керамика;,L=25,B=12см;черный,матовый</t>
+  </si>
+  <si>
+    <t>03020881</t>
+  </si>
+  <si>
+    <t>16340.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Базальт»;фарфор;D=5,L=25,B=12см;черный,матовый</t>
+  </si>
+  <si>
+    <t>03020882</t>
+  </si>
+  <si>
+    <t>9317.00₸</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Базальт»;керамика;D=40,L=250,B=117мм;черный,матовый</t>
+  </si>
+  <si>
+    <t>03020883</t>
+  </si>
+  <si>
+    <t>11281.00₸</t>
+  </si>
+  <si>
+    <t>19 шт.</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Базальт»;фарфор;,L=15,B=15см;черный,матовый</t>
+  </si>
+  <si>
+    <t>03020884</t>
+  </si>
+  <si>
+    <t>10318.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Базальт»;керамика;,L=20,B=20см;черный,матовый</t>
+  </si>
+  <si>
+    <t>03020885</t>
+  </si>
+  <si>
+    <t>22423.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Базальт»;керамика;,L=30,B=30см;черный,матовый</t>
+  </si>
+  <si>
+    <t>03020887</t>
+  </si>
+  <si>
+    <t>49450.00₸</t>
+  </si>
+  <si>
+    <t>22 шт.</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Базальт»;керамика;,L=33,B=24см;черный,матовый</t>
+  </si>
+  <si>
+    <t>03020921</t>
+  </si>
+  <si>
+    <t>36876.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Базальт»;керамика;D=68,L=330,B=200мм;черный,матовый</t>
+  </si>
+  <si>
+    <t>03020923</t>
+  </si>
+  <si>
+    <t>35682.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Базальт»;керамика;,L=30,B=11см;черный,матовый</t>
+  </si>
+  <si>
+    <t>03020924</t>
+  </si>
+  <si>
+    <t>17703.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Базальт»;фарфор;,H=15,L=290,B=134мм;черный</t>
+  </si>
+  <si>
+    <t>03020925</t>
+  </si>
+  <si>
+    <t>9887.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Базальт»;керамика;,L=30,B=16см;черный,матовый</t>
+  </si>
+  <si>
+    <t>03020926</t>
+  </si>
+  <si>
+    <t>20151.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Базальт»;керамика;,L=30,B=20см;черный,матовый</t>
+  </si>
+  <si>
+    <t>03020927</t>
+  </si>
+  <si>
+    <t>29214.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Базальт»;фарфор;,L=32,5,B=26,5см;черный,матовый</t>
+  </si>
+  <si>
+    <t>03020928</t>
+  </si>
+  <si>
+    <t>42551.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Базальт»;керамика;,L=40,B=30см;черный,матовый</t>
+  </si>
+  <si>
+    <t>03021003</t>
+  </si>
+  <si>
+    <t>56141.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи для дичи;фарфор;,H=60,L=151,B=105мм;зелен.</t>
+  </si>
+  <si>
+    <t>03021026</t>
+  </si>
+  <si>
+    <t>7444.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи для дичи;фарфор;175мл;,H=60,L=151,B=105мм;красный</t>
+  </si>
+  <si>
+    <t>03021027</t>
+  </si>
+  <si>
+    <t>7446.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи для дичи;фарфор;175мл;,H=60,L=151,B=105мм;желт.</t>
+  </si>
+  <si>
+    <t>03021028</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Базальт»;керамика;,H=35,L=400,B=250мм;черный</t>
+  </si>
+  <si>
+    <t>03021033</t>
+  </si>
+  <si>
+    <t>33934.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Базальт»;фарфор;,L=25,B=12см;белый,матовый</t>
+  </si>
+  <si>
+    <t>03021078</t>
+  </si>
+  <si>
+    <t>11489.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Базальт»;фарфор;,L=30,B=16см;белый,матовый</t>
+  </si>
+  <si>
+    <t>03021079</t>
+  </si>
+  <si>
+    <t>10734.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;сланец натур.;,H=5,L=300,B=120мм;черный</t>
+  </si>
+  <si>
+    <t>03021089</t>
+  </si>
+  <si>
+    <t>00988</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>6342.00₸</t>
+  </si>
+  <si>
+    <t>50 шт.</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Базальт»;керамика;D=55,L=330,B=220мм;черный,матовый</t>
+  </si>
+  <si>
+    <t>03021147</t>
+  </si>
+  <si>
+    <t>35898.00₸</t>
+  </si>
+  <si>
+    <t>12 шт.</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Проотель»;сталь нерж.,медь;0,75л;D=118/150,H=82мм;медный,металлич.</t>
+  </si>
+  <si>
+    <t>03021174</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>ИНДИЯ</t>
+  </si>
+  <si>
+    <t>9142.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;пластик;,H=12,L=325,B=265мм;черный</t>
+  </si>
+  <si>
+    <t>03021230</t>
+  </si>
+  <si>
+    <t>062679</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>25711.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи для соусников;бамбук;,H=15,L=250,B=120мм;св. дерево</t>
+  </si>
+  <si>
+    <t>03021251</t>
+  </si>
+  <si>
+    <t>10134.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Нами»;фарфор;D=32см;белый</t>
+  </si>
+  <si>
+    <t>03021399</t>
+  </si>
+  <si>
+    <t>NAM2132</t>
+  </si>
+  <si>
+    <t>Suisse Langenthal</t>
+  </si>
+  <si>
+    <t>Nami</t>
+  </si>
+  <si>
+    <t>ЧЕХИЯ</t>
+  </si>
+  <si>
+    <t>26196.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;пластик;,H=45,L=270,B=270мм;зелен.</t>
+  </si>
+  <si>
+    <t>03021496</t>
+  </si>
+  <si>
+    <t>Natural Coll</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>12490.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Базальт»;фарфор;,L=33,B=11см;черный</t>
+  </si>
+  <si>
+    <t>03021532</t>
+  </si>
+  <si>
+    <t>3PO033</t>
+  </si>
+  <si>
+    <t>Frilich</t>
+  </si>
+  <si>
+    <t>37107.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;сланец натур.;,L=20,B=15см;черный</t>
+  </si>
+  <si>
+    <t>03021592</t>
+  </si>
+  <si>
+    <t>062202</t>
+  </si>
+  <si>
+    <t>5152.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Базальт»;керамика;,H=20,L=332,B=200мм;черный</t>
+  </si>
+  <si>
+    <t>03021599</t>
+  </si>
+  <si>
+    <t>34889.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Базальт»;фарфор;D=30,H=1см;черный</t>
+  </si>
+  <si>
+    <t>03021647</t>
+  </si>
+  <si>
+    <t>23586.00₸</t>
+  </si>
+  <si>
+    <t>26 шт.</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи для фруктов и выпечки;бамбук;D=35,H=5см;св. дерево</t>
+  </si>
+  <si>
+    <t>03021693</t>
+  </si>
+  <si>
+    <t>Kesper</t>
+  </si>
+  <si>
+    <t>5082.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Кунстверк» для стейка и сыра;фарфор,дерево;D=26,H=2см;белый,бежев.</t>
+  </si>
+  <si>
+    <t>03021705</t>
+  </si>
+  <si>
+    <t>LH1326-26-S2</t>
+  </si>
+  <si>
+    <t>Kunstwerk</t>
+  </si>
+  <si>
+    <t>5087.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Кунстверк» для стейка и сыра;фарфор,дерево;D=340,H=20,L=335,B=230мм;белый,бежев.</t>
+  </si>
+  <si>
+    <t>03021706</t>
+  </si>
+  <si>
+    <t>LH875-34-S2-M7</t>
+  </si>
+  <si>
+    <t>6743.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Базальт»;керамика;,H=20,L=395,B=240мм;черный</t>
+  </si>
+  <si>
+    <t>03021719</t>
+  </si>
+  <si>
+    <t>37938.00₸</t>
+  </si>
+  <si>
+    <t>20 шт.</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи с 3 выемками;сланец натур.;D=55,L=250,B=120мм;черный</t>
+  </si>
+  <si>
+    <t>03021723</t>
+  </si>
+  <si>
+    <t>00987</t>
+  </si>
+  <si>
+    <t>7908.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;керамика;,H=8,L=540,B=165мм;черный</t>
+  </si>
+  <si>
+    <t>03021730</t>
+  </si>
+  <si>
+    <t>50258.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;фарфор;,H=15,L=260,B=260мм;белый,черный</t>
+  </si>
+  <si>
+    <t>03021741</t>
+  </si>
+  <si>
+    <t>CDP007W</t>
+  </si>
+  <si>
+    <t>Sunnex</t>
+  </si>
+  <si>
+    <t>14063.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;стекло;,L=31,B=19см;серый</t>
+  </si>
+  <si>
+    <t>03021809</t>
+  </si>
+  <si>
+    <t>Vista Alegre</t>
+  </si>
+  <si>
+    <t>Silica</t>
+  </si>
+  <si>
+    <t>14430.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;стекло;,L=28,B=11,5см;коричнев.</t>
+  </si>
+  <si>
+    <t>03021810</t>
+  </si>
+  <si>
+    <t>11935.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;дуб;,H=25,L=300,B=180мм;черный</t>
+  </si>
+  <si>
+    <t>03021830</t>
+  </si>
+  <si>
+    <t>Q502C-06B</t>
+  </si>
+  <si>
+    <t>19173.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;дуб;,H=25,L=300,B=180мм;деревян.</t>
+  </si>
+  <si>
+    <t>03021831</t>
+  </si>
+  <si>
+    <t>Q502F-06N</t>
+  </si>
+  <si>
+    <t>19120.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;дуб;,H=25,L=300,B=180мм;св. дерево</t>
+  </si>
+  <si>
+    <t>03021832</t>
+  </si>
+  <si>
+    <t>Q502O-06N</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Лист»;дуб;,H=25,L=380,B=240мм;тем.дерево</t>
+  </si>
+  <si>
+    <t>03021833</t>
+  </si>
+  <si>
+    <t>Q503V-06B</t>
+  </si>
+  <si>
+    <t>35220.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи на подставке;дуб;,H=10,9,L=18,B=18см</t>
+  </si>
+  <si>
+    <t>03021857</t>
+  </si>
+  <si>
+    <t>41 8902</t>
+  </si>
+  <si>
+    <t>Playground</t>
+  </si>
+  <si>
+    <t>25426.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;мрамор;,H=11,L=180,B=180мм</t>
+  </si>
+  <si>
+    <t>03021860</t>
+  </si>
+  <si>
+    <t>31 8800</t>
+  </si>
+  <si>
+    <t>28983.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;сланец натур.;,H=12,L=530,B=325мм;черный</t>
+  </si>
+  <si>
+    <t>03021901</t>
+  </si>
+  <si>
+    <t>00990</t>
+  </si>
+  <si>
+    <t>21518.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;сланец натур.;,L=32,5,B=26,5см;черный</t>
+  </si>
+  <si>
+    <t>03021902</t>
+  </si>
+  <si>
+    <t>00991</t>
+  </si>
+  <si>
+    <t>12971.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;сланец натур.;,L=32,B=17,5см;черный</t>
+  </si>
+  <si>
+    <t>03021903</t>
+  </si>
+  <si>
+    <t>00992</t>
+  </si>
+  <si>
+    <t>7952.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;сланец натур.;,L=26,4,B=16,2см;черный</t>
+  </si>
+  <si>
+    <t>03021904</t>
+  </si>
+  <si>
+    <t>00993</t>
+  </si>
+  <si>
+    <t>6587.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;сланец натур.;,L=44,3,B=29,8см;черный</t>
+  </si>
+  <si>
+    <t>03021905</t>
+  </si>
+  <si>
+    <t>18116.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;сланец натур.;,L=24,7,B=24,7см;черный</t>
+  </si>
+  <si>
+    <t>03021906</t>
+  </si>
+  <si>
+    <t>00994</t>
+  </si>
+  <si>
+    <t>8729.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;сланец натур.;,L=30,B=30см;черный</t>
+  </si>
+  <si>
+    <t>03021907</t>
+  </si>
+  <si>
+    <t>00995</t>
+  </si>
+  <si>
+    <t>13916.00₸</t>
+  </si>
+  <si>
+    <t>23 шт.</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи круглое;сланец натур.;D=33см;черный</t>
+  </si>
+  <si>
+    <t>03021908</t>
+  </si>
+  <si>
+    <t>8975.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;сланец натур.;D=380,H=7мм;черный</t>
+  </si>
+  <si>
+    <t>03021909</t>
+  </si>
+  <si>
+    <t>00999</t>
+  </si>
+  <si>
+    <t>16604.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;сланец натур.;,L=47,B=10см;черный</t>
+  </si>
+  <si>
+    <t>03021915</t>
+  </si>
+  <si>
+    <t>00945</t>
+  </si>
+  <si>
+    <t>8246.00₸</t>
+  </si>
+  <si>
+    <t>18 шт.</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Лист»;пластик;,H=35,L=400,B=185мм;зелен.</t>
+  </si>
+  <si>
+    <t>03021916</t>
+  </si>
+  <si>
+    <t>10965.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;пластик;,H=30,L=355,B=180мм;белый</t>
+  </si>
+  <si>
+    <t>03021918</t>
+  </si>
+  <si>
+    <t>19066.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;сланец натур.;,H=5,L=240,B=150мм;черный</t>
+  </si>
+  <si>
+    <t>03021922</t>
+  </si>
+  <si>
+    <t>00941</t>
+  </si>
+  <si>
+    <t>5722.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;стекло;D=17,H=10,5см</t>
+  </si>
+  <si>
+    <t>03021990</t>
+  </si>
+  <si>
+    <t>B0814676</t>
+  </si>
+  <si>
+    <t>Serax</t>
+  </si>
+  <si>
+    <t>БЕЛЬГИЯ</t>
+  </si>
+  <si>
+    <t>37723.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Ардезиа»;сланец натур.;,L=36,B=13см;черный</t>
+  </si>
+  <si>
+    <t>03022360</t>
+  </si>
+  <si>
+    <t>R3934B2ARDE</t>
+  </si>
+  <si>
+    <t>Tognana</t>
+  </si>
+  <si>
+    <t>Ardesia</t>
+  </si>
+  <si>
+    <t>5131.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Ардезиа»;сланец натур.;,L=30,B=30см;черный</t>
+  </si>
+  <si>
+    <t>03022361</t>
+  </si>
+  <si>
+    <t>R392231ARDE</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>6723.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Ардезиа»;сланец натур.;,L=26,B=15см;черный</t>
+  </si>
+  <si>
+    <t>03022362</t>
+  </si>
+  <si>
+    <t>R3934B1ARDE</t>
+  </si>
+  <si>
+    <t>3573.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Ардезиа»;сланец натур.;,L=30,B=20см;черный</t>
+  </si>
+  <si>
+    <t>03022363</t>
+  </si>
+  <si>
+    <t>R392030ARDE</t>
+  </si>
+  <si>
+    <t>3311.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Корова»;фарфор;,H=17,L=380,B=272мм;черный</t>
+  </si>
+  <si>
+    <t>03022472</t>
+  </si>
+  <si>
+    <t>23886.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;сланец натур.;D=330,H=7мм;черный</t>
+  </si>
+  <si>
+    <t>03022508</t>
+  </si>
+  <si>
+    <t>00998</t>
+  </si>
+  <si>
+    <t>10801.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;фарфор;,H=15,L=350,B=250мм;белый,черный</t>
+  </si>
+  <si>
+    <t>03022524</t>
+  </si>
+  <si>
+    <t>CDP008W</t>
+  </si>
+  <si>
+    <t>22428.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;фарфор;,H=15,L=300,B=170мм;белый,черный</t>
+  </si>
+  <si>
+    <t>03022525</t>
+  </si>
+  <si>
+    <t>CDP009W</t>
+  </si>
+  <si>
+    <t>12320.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;фарфор;,H=15,L=350,B=195мм;белый,черный</t>
+  </si>
+  <si>
+    <t>03022526</t>
+  </si>
+  <si>
+    <t>CDP010W</t>
+  </si>
+  <si>
+    <t>14028.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Карактэр»;керамика;D=30см;коричнев.</t>
+  </si>
+  <si>
+    <t>03022559</t>
+  </si>
+  <si>
+    <t>Caractere</t>
+  </si>
+  <si>
+    <t>24794.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;пластик;D=300,H=75мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03022562</t>
+  </si>
+  <si>
+    <t>Hanoi</t>
+  </si>
+  <si>
+    <t>16417.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;пластик;,H=20,L=145,B=145мм;черный</t>
+  </si>
+  <si>
+    <t>03022606</t>
+  </si>
+  <si>
+    <t>Marone</t>
+  </si>
+  <si>
+    <t>5190.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;пластик;,H=20,L=225,B=150мм;черный</t>
+  </si>
+  <si>
+    <t>03022607</t>
+  </si>
+  <si>
+    <t>10488.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;пластик;,H=20,L=275,B=110мм;черный</t>
+  </si>
+  <si>
+    <t>03022608</t>
+  </si>
+  <si>
+    <t>7300.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;пластик;,H=40,L=265,B=165мм;черный</t>
+  </si>
+  <si>
+    <t>03022609</t>
+  </si>
+  <si>
+    <t>12929.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;сланец натур.;D=220,H=7мм;черный</t>
+  </si>
+  <si>
+    <t>03022611</t>
+  </si>
+  <si>
+    <t>00968</t>
+  </si>
+  <si>
+    <t>6874.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;сланец натур.;D=280,H=7мм;черный</t>
+  </si>
+  <si>
+    <t>03022612</t>
+  </si>
+  <si>
+    <t>00969</t>
+  </si>
+  <si>
+    <t>11466.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;пластик;,L=53,B=32,5см;белый</t>
+  </si>
+  <si>
+    <t>03022618</t>
+  </si>
+  <si>
+    <t>Zero</t>
+  </si>
+  <si>
+    <t>57481.00₸</t>
+  </si>
+  <si>
+    <t>14 шт.</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;пластик;,L=32,5,B=26,5см;белый</t>
+  </si>
+  <si>
+    <t>03022619</t>
+  </si>
+  <si>
+    <t>15347.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;сланец натур.,стекло;D=105,H=80мм;черный</t>
+  </si>
+  <si>
+    <t>03022623</t>
+  </si>
+  <si>
+    <t>00984</t>
+  </si>
+  <si>
+    <t>10514.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;сланец натур.;,H=5,L=200,B=100мм;черный</t>
+  </si>
+  <si>
+    <t>03022624</t>
+  </si>
+  <si>
+    <t>MSL2010</t>
+  </si>
+  <si>
+    <t>1862.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;сланец натур.;,H=5,L=200,B=200мм;черный</t>
+  </si>
+  <si>
+    <t>03022625</t>
+  </si>
+  <si>
+    <t>MSL2020</t>
+  </si>
+  <si>
+    <t>2933.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;сланец натур.;D=250,H=5мм;черный</t>
+  </si>
+  <si>
+    <t>03022626</t>
+  </si>
+  <si>
+    <t>MSL25</t>
+  </si>
+  <si>
+    <t>3248.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи вращающееся;сланец натур.;D=300,H=5мм</t>
+  </si>
+  <si>
+    <t>03022627</t>
+  </si>
+  <si>
+    <t>MSL3</t>
+  </si>
+  <si>
+    <t>7959.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;сланец натур.;D=300,H=5мм;черный</t>
+  </si>
+  <si>
+    <t>03022628</t>
+  </si>
+  <si>
+    <t>MSL30</t>
+  </si>
+  <si>
+    <t>5180.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;сланец натур.;,H=5,L=300,B=120мм;черный,матовый</t>
+  </si>
+  <si>
+    <t>03022629</t>
+  </si>
+  <si>
+    <t>MSL3012</t>
+  </si>
+  <si>
+    <t>2919.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;сланец натур.;,H=5,L=300,B=200мм;черный</t>
+  </si>
+  <si>
+    <t>03022630</t>
+  </si>
+  <si>
+    <t>MSL3020</t>
+  </si>
+  <si>
+    <t>4004.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;сланец натур.;,H=5,L=300,B=300мм;черный</t>
+  </si>
+  <si>
+    <t>03022631</t>
+  </si>
+  <si>
+    <t>MSL3030</t>
+  </si>
+  <si>
+    <t>4851.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;сланец натур.;D=350,H=5мм;черный</t>
+  </si>
+  <si>
+    <t>03022632</t>
+  </si>
+  <si>
+    <t>MSL35</t>
+  </si>
+  <si>
+    <t>6769.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;сланец натур.;,H=5,L=400,B=120мм;черный</t>
+  </si>
+  <si>
+    <t>03022633</t>
+  </si>
+  <si>
+    <t>MSL4012</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;сланец натур.;,H=5,L=400,B=250мм;черный</t>
+  </si>
+  <si>
+    <t>03022634</t>
+  </si>
+  <si>
+    <t>MSL4025</t>
+  </si>
+  <si>
+    <t>4403.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;сланец натур.;,H=5,L=500,B=300мм;черный</t>
+  </si>
+  <si>
+    <t>03022635</t>
+  </si>
+  <si>
+    <t>MSL5030</t>
+  </si>
+  <si>
+    <t>9100.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;сланец натур.;,H=4,L=300,B=150мм;черный</t>
+  </si>
+  <si>
+    <t>03022636</t>
+  </si>
+  <si>
+    <t>MSL6</t>
+  </si>
+  <si>
+    <t>3409.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;сланец натур.;,H=5,L=400,B=200мм;черный</t>
+  </si>
+  <si>
+    <t>03022638</t>
+  </si>
+  <si>
+    <t>MSL8</t>
+  </si>
+  <si>
+    <t>5313.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;сланец натур.;D=33см;черный</t>
+  </si>
+  <si>
+    <t>03022639</t>
+  </si>
+  <si>
+    <t>MSL9</t>
+  </si>
+  <si>
+    <t>6391.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи набор[4шт];сланец натур.;,H=5,L=100,B=100мм;черный</t>
+  </si>
+  <si>
+    <t>03022658</t>
+  </si>
+  <si>
+    <t>MSL1</t>
+  </si>
+  <si>
+    <t>3654.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Органика Тэрра»;керамика;,L=28,B=17см;серый</t>
+  </si>
+  <si>
+    <t>03022663</t>
+  </si>
+  <si>
+    <t>OC120283299</t>
+  </si>
+  <si>
+    <t>Organica Terra</t>
+  </si>
+  <si>
+    <t>18095.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Органика Тэрра»;керамика;,L=34,B=19,5см;серый</t>
+  </si>
+  <si>
+    <t>03022664</t>
+  </si>
+  <si>
+    <t>OC120343299</t>
+  </si>
+  <si>
+    <t>24570.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Органика Маре»;фарфор;,L=28,B=17см;белый,синий</t>
+  </si>
+  <si>
+    <t>03022667</t>
+  </si>
+  <si>
+    <t>OC020283298</t>
+  </si>
+  <si>
+    <t>Organica Mare</t>
+  </si>
+  <si>
+    <t>17983.00₸</t>
+  </si>
+  <si>
+    <t>16 шт.</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Органика Маре»;фарфор;,L=34,B=19,5см;белый,синий</t>
+  </si>
+  <si>
+    <t>03022668</t>
+  </si>
+  <si>
+    <t>OC020343298</t>
+  </si>
+  <si>
+    <t>29533.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;бамбук,фарфор;,H=23,L=290,B=290мм;св. дерево,белый</t>
+  </si>
+  <si>
+    <t>03022701</t>
+  </si>
+  <si>
+    <t>CZ131061W</t>
+  </si>
+  <si>
+    <t>8099.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;бамбук,фарфор;,H=25,L=326,B=326мм;св. дерево,белый</t>
+  </si>
+  <si>
+    <t>03022703</t>
+  </si>
+  <si>
+    <t>CZ10101082W</t>
+  </si>
+  <si>
+    <t>7910.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи для стейка и сыра;бамбук,фарфор;,H=25,L=320,B=230мм</t>
+  </si>
+  <si>
+    <t>03022704</t>
+  </si>
+  <si>
+    <t>CZ920875W</t>
+  </si>
+  <si>
+    <t>6086.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;бамбук,фарфор;,H=20,L=335,B=220мм</t>
+  </si>
+  <si>
+    <t>03022705</t>
+  </si>
+  <si>
+    <t>CZ10201173W</t>
+  </si>
+  <si>
+    <t>5866.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;бамбук,фарфор;,H=32,L=295,B=120мм</t>
+  </si>
+  <si>
+    <t>03022706</t>
+  </si>
+  <si>
+    <t>CZ920874W</t>
+  </si>
+  <si>
+    <t>5264.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи с соусниками[2шт];бамбук,фарфор;,H=60,L=335,B=235мм;белый</t>
+  </si>
+  <si>
+    <t>03022707</t>
+  </si>
+  <si>
+    <t>CZ920945W-plate</t>
+  </si>
+  <si>
+    <t>9058.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;бамбук,фарфор;,H=20,L=335,B=235мм;св. дерево,белый</t>
+  </si>
+  <si>
+    <t>03022708</t>
+  </si>
+  <si>
+    <t>CZ920945W</t>
+  </si>
+  <si>
+    <t>8939.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;дерево,фарфор;,H=30,L=320/255,B=225мм;св. дерево,белый</t>
+  </si>
+  <si>
+    <t>03022709</t>
+  </si>
+  <si>
+    <t>CZ10201170W</t>
+  </si>
+  <si>
+    <t>7525.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;бамбук,фарфор;,H=10,L=355/130,B=165мм;св. дерево,белый</t>
+  </si>
+  <si>
+    <t>03022710</t>
+  </si>
+  <si>
+    <t>CZ10201168W</t>
+  </si>
+  <si>
+    <t>8610.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;бамбук,фарфор;,H=10,L=355/195,B=200мм;св. дерево,белый</t>
+  </si>
+  <si>
+    <t>03022711</t>
+  </si>
+  <si>
+    <t>CZ10201171W</t>
+  </si>
+  <si>
+    <t>5901.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи для закусок;пластик;,H=15,L=325,B=265мм;бежев.</t>
+  </si>
+  <si>
+    <t>03022719</t>
+  </si>
+  <si>
+    <t>Oak light</t>
+  </si>
+  <si>
+    <t>16763.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи для закусок;пластик;,H=15,L=325,B=176мм;бежев.</t>
+  </si>
+  <si>
+    <t>03022720</t>
+  </si>
+  <si>
+    <t>19974.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи для закусок;пластик;,H=15,L=265,B=162мм;бежев.</t>
+  </si>
+  <si>
+    <t>03022721</t>
+  </si>
+  <si>
+    <t>9587.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Космос»;стекло;,L=32,B=14см;черный</t>
+  </si>
+  <si>
+    <t>03022745</t>
+  </si>
+  <si>
+    <t>XGLAS-632</t>
+  </si>
+  <si>
+    <t>Cosmos</t>
+  </si>
+  <si>
+    <t>40071.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Эволюшнс Уайт» глубокое;стекло;4л;D=300,H=68мм;белый</t>
+  </si>
+  <si>
+    <t>03022897</t>
+  </si>
+  <si>
+    <t>N9398</t>
+  </si>
+  <si>
+    <t>Arcoroc</t>
+  </si>
+  <si>
+    <t>Evolutions White</t>
+  </si>
+  <si>
+    <t>5607.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Смарт Кюзин» жаропрочное 250°С;стекло;D=28,H=5см;белый</t>
+  </si>
+  <si>
+    <t>03023000</t>
+  </si>
+  <si>
+    <t>N3165</t>
+  </si>
+  <si>
+    <t>Luminarc</t>
+  </si>
+  <si>
+    <t>Smart Cuisine</t>
+  </si>
+  <si>
+    <t>4529.00₸</t>
+  </si>
+  <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Лист»;пластик;,H=35,L=400,B=185мм;белый</t>
+  </si>
+  <si>
+    <t>03023007</t>
+  </si>
+  <si>
+    <t>14892.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Лист»;пластик;,H=25,L=345,B=80мм;белый</t>
+  </si>
+  <si>
+    <t>03023008</t>
+  </si>
+  <si>
+    <t>10650.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Лист»;пластик;,H=3,L=36,B=16см;белый</t>
+  </si>
+  <si>
+    <t>03023009</t>
+  </si>
+  <si>
+    <t>18889.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Лист»;пластик;D=1,H=45,L=270,B=270мм;белый</t>
+  </si>
+  <si>
+    <t>03023010</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Лопата»;фарфор;,L=25,4см;черный</t>
+  </si>
+  <si>
+    <t>03023023</t>
+  </si>
+  <si>
+    <t>A23742W605</t>
+  </si>
+  <si>
+    <t>7399.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Лопата»;фарфор;,L=30,5см;черный</t>
+  </si>
+  <si>
+    <t>03023024</t>
+  </si>
+  <si>
+    <t>A23743W605</t>
+  </si>
+  <si>
+    <t>10864.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «День и ночь»;керамика;,L=24,B=15,4см;белый,черный</t>
+  </si>
+  <si>
+    <t>03023074</t>
+  </si>
+  <si>
+    <t>062405</t>
+  </si>
+  <si>
+    <t>Dymov</t>
+  </si>
+  <si>
+    <t>День и ночь</t>
+  </si>
+  <si>
+    <t>8432.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «День и ночь»;керамика;,L=30,B=14,5см;белый,черный</t>
+  </si>
+  <si>
+    <t>03023075</t>
+  </si>
+  <si>
+    <t>077405</t>
+  </si>
+  <si>
+    <t>8778.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Кармин»;керамика;,L=24,B=15,4см;красный,черный</t>
+  </si>
+  <si>
+    <t>03023076</t>
+  </si>
+  <si>
+    <t>062408</t>
+  </si>
+  <si>
+    <t>Кармин</t>
+  </si>
+  <si>
+    <t>7793.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Кармин»;керамика;,L=30,B=14,5см;красный,черный</t>
+  </si>
+  <si>
+    <t>03023077</t>
+  </si>
+  <si>
+    <t>077408</t>
+  </si>
+  <si>
+    <t>8286.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;керамика;,L=345,B=80мм;белый</t>
+  </si>
+  <si>
+    <t>03023110</t>
+  </si>
+  <si>
+    <t>РАД00008319</t>
+  </si>
+  <si>
+    <t>Борисовская Керамика</t>
+  </si>
+  <si>
+    <t>Радуга</t>
+  </si>
+  <si>
+    <t>4721.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Эволюшнс Уайт»;стекло;D=18см;белый</t>
+  </si>
+  <si>
+    <t>03023117</t>
+  </si>
+  <si>
+    <t>N9401</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;фарфор;,H=20,L=210,B=185мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03023209</t>
+  </si>
+  <si>
+    <t>Fine 2 Dine</t>
+  </si>
+  <si>
+    <t>Black Ceres</t>
+  </si>
+  <si>
+    <t>9264.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;фарфор;,H=25,L=330,B=230мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03023211</t>
+  </si>
+  <si>
+    <t>16301.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;фарфор;,H=20,L=340,B=145мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03023213</t>
+  </si>
+  <si>
+    <t>13029.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;фарфор;,H=45,L=300мм;бежев.</t>
+  </si>
+  <si>
+    <t>03023215</t>
+  </si>
+  <si>
+    <t>Usko</t>
+  </si>
+  <si>
+    <t>17387.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;фарфор;,H=5,L=30см;черный</t>
+  </si>
+  <si>
+    <t>03023216</t>
+  </si>
+  <si>
+    <t>27181.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Нинфа»;фарфор;,H=40,L=325,B=290мм;белый,матовый</t>
+  </si>
+  <si>
+    <t>03023225</t>
+  </si>
+  <si>
+    <t>LNIN015BI009325</t>
+  </si>
+  <si>
+    <t>Le CoQ</t>
+  </si>
+  <si>
+    <t>Ninfa</t>
+  </si>
+  <si>
+    <t>22946.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Нинфа»;фарфор;,H=40,L=305,B=275мм;белый,матовый</t>
+  </si>
+  <si>
+    <t>03023226</t>
+  </si>
+  <si>
+    <t>LNIN015BI010305</t>
+  </si>
+  <si>
+    <t>20359.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Нинфа»;фарфор;,H=35,L=290,B=165мм;белый,матовый</t>
+  </si>
+  <si>
+    <t>03023227</t>
+  </si>
+  <si>
+    <t>LNIN015BI374290</t>
+  </si>
+  <si>
+    <t>14068.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Нинфа»;фарфор;,H=35,L=325,B=180мм;белый,матовый</t>
+  </si>
+  <si>
+    <t>03023228</t>
+  </si>
+  <si>
+    <t>LNIN015BI374325</t>
+  </si>
+  <si>
+    <t>20606.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Нинфа»;фарфор;,H=4,L=38,B=21см;белый,матовый</t>
+  </si>
+  <si>
+    <t>03023229</t>
+  </si>
+  <si>
+    <t>LNIN015BI374380</t>
+  </si>
+  <si>
+    <t>22123.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Нинфа»;фарфор;,H=35,L=210,B=140мм;белый,матовый</t>
+  </si>
+  <si>
+    <t>03023230</t>
+  </si>
+  <si>
+    <t>LNIN015BI377210</t>
+  </si>
+  <si>
+    <t>12105.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Нинфа» овальное;фарфор;,H=45,L=265,B=175мм;белый,матовый</t>
+  </si>
+  <si>
+    <t>03023231</t>
+  </si>
+  <si>
+    <t>LNIN015BI377265</t>
+  </si>
+  <si>
+    <t>18727.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Нинфа»;фарфор;,H=50,L=315,B=210мм;белый,матовый</t>
+  </si>
+  <si>
+    <t>03023232</t>
+  </si>
+  <si>
+    <t>LNIN015BI377315</t>
+  </si>
+  <si>
+    <t>23000.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Нинфа»;фарфор;,H=40,L=305,B=275мм;белый,аквамарин</t>
+  </si>
+  <si>
+    <t>03023233</t>
+  </si>
+  <si>
+    <t>LNIN028AQ010305</t>
+  </si>
+  <si>
+    <t>22200.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Нинфа»;фарфор;,H=35,L=325,B=180мм;белый,аквамарин</t>
+  </si>
+  <si>
+    <t>03023234</t>
+  </si>
+  <si>
+    <t>LNIN028AQ374325</t>
+  </si>
+  <si>
+    <t>23971.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Нинфа»;фарфор;,H=45,L=265,B=175мм;белый,аквамарин</t>
+  </si>
+  <si>
+    <t>03023235</t>
+  </si>
+  <si>
+    <t>LNIN028AQ377265</t>
+  </si>
+  <si>
+    <t>27228.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Экинокс»;фарфор;D=22,H=13см;черный</t>
+  </si>
+  <si>
+    <t>03023301</t>
+  </si>
+  <si>
+    <t>Equinoxe</t>
+  </si>
+  <si>
+    <t>45962.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Экинокс»;фарфор;D=22,H=13см;синий</t>
+  </si>
+  <si>
+    <t>03023302</t>
+  </si>
+  <si>
+    <t>52869.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Экинокс»;керамика;D=22,H=13см;серый</t>
+  </si>
+  <si>
+    <t>03023303</t>
+  </si>
+  <si>
+    <t>55517.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;терраццо;D=18см;черный</t>
+  </si>
+  <si>
+    <t>03023501</t>
+  </si>
+  <si>
+    <t>B7215707</t>
+  </si>
+  <si>
+    <t>ВЬЕТНАМ</t>
+  </si>
+  <si>
+    <t>11158.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи набор[4шт];сланец натур.;,H=5,L=300,B=200мм;черный</t>
+  </si>
+  <si>
+    <t>03023516</t>
+  </si>
+  <si>
+    <t>MSL2</t>
+  </si>
+  <si>
+    <t>13034.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;терраццо;D=30,H=3см;белый</t>
+  </si>
+  <si>
+    <t>03023529</t>
+  </si>
+  <si>
+    <t>B7214541</t>
+  </si>
+  <si>
+    <t>31324.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;фарфор;,H=24,L=197,B=197мм;белый</t>
+  </si>
+  <si>
+    <t>03023539</t>
+  </si>
+  <si>
+    <t>51395-5628</t>
+  </si>
+  <si>
+    <t>Narumi</t>
+  </si>
+  <si>
+    <t>Chef`s Plates Collection</t>
+  </si>
+  <si>
+    <t>ИНДОНЕЗИЯ</t>
+  </si>
+  <si>
+    <t>21422.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Марин»;стекло;,H=25,L=36см;прозр.</t>
+  </si>
+  <si>
+    <t>03023728</t>
+  </si>
+  <si>
+    <t>10258/b</t>
+  </si>
+  <si>
+    <t>Pasabahce</t>
+  </si>
+  <si>
+    <t>Marine</t>
+  </si>
+  <si>
+    <t>1316.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Арабеск»;пластик;,H=20,L=530,B=325мм;голуб.,коричнев.</t>
+  </si>
+  <si>
+    <t>03023729</t>
+  </si>
+  <si>
+    <t>Arabesque</t>
+  </si>
+  <si>
+    <t>46046.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Арабеск»;пластик;,H=20,L=325,B=265мм;голуб.,коричнев.</t>
+  </si>
+  <si>
+    <t>03023730</t>
+  </si>
+  <si>
+    <t>28514.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Арабеск»;пластик;,H=20,L=325,B=176мм;голуб.,коричнев.</t>
+  </si>
+  <si>
+    <t>03023731</t>
+  </si>
+  <si>
+    <t>21091.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Арабеск»;пластик;,H=20,L=530,B=162мм;голуб.,коричнев.</t>
+  </si>
+  <si>
+    <t>03023732</t>
+  </si>
+  <si>
+    <t>29761.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;сланец натур.;,H=5,L=250,B=250мм;черный</t>
+  </si>
+  <si>
+    <t>03023734</t>
+  </si>
+  <si>
+    <t>MSL2525</t>
+  </si>
+  <si>
+    <t>2191.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;керамика;D=25см;коричнев.,красный</t>
+  </si>
+  <si>
+    <t>03023765</t>
+  </si>
+  <si>
+    <t>21540-405252-62725</t>
+  </si>
+  <si>
+    <t>Rosenthal</t>
+  </si>
+  <si>
+    <t>Junto Bronze</t>
+  </si>
+  <si>
+    <t>18172.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;фарфор;,L=30,B=15см;синий</t>
+  </si>
+  <si>
+    <t>03023768</t>
+  </si>
+  <si>
+    <t>10540-405202-12437</t>
+  </si>
+  <si>
+    <t>Junto Ocean Blue</t>
+  </si>
+  <si>
+    <t>18650.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;дерево;,H=8,L=35,B=30см;св. дерево</t>
+  </si>
+  <si>
+    <t>03023770</t>
+  </si>
+  <si>
+    <t>10540-321407-05775</t>
+  </si>
+  <si>
+    <t>Junto Holz</t>
+  </si>
+  <si>
+    <t>33896.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Эволюшнс Уайт»;стекло;2л;D=220,H=66мм;белый</t>
+  </si>
+  <si>
+    <t>03023843</t>
+  </si>
+  <si>
+    <t>N9400</t>
+  </si>
+  <si>
+    <t>4277.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;дуб;D=250,H=25мм;тем.дерево</t>
+  </si>
+  <si>
+    <t>03023879</t>
+  </si>
+  <si>
+    <t>Q535O-06H</t>
+  </si>
+  <si>
+    <t>20136.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Карактэр»;керамика;D=30см;белый</t>
+  </si>
+  <si>
+    <t>03023919</t>
+  </si>
+  <si>
+    <t>45477.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Таффони»;фарфор;,L=35,B=16см;белый</t>
+  </si>
+  <si>
+    <t>03023928</t>
+  </si>
+  <si>
+    <t>V0225-0433</t>
+  </si>
+  <si>
+    <t>Taffoni</t>
+  </si>
+  <si>
+    <t>28021.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Суринга»;фарфор;125мл;D=23/15см;бордо,розов.</t>
+  </si>
+  <si>
+    <t>03023930</t>
+  </si>
+  <si>
+    <t>XGLAS-0505</t>
+  </si>
+  <si>
+    <t>Syringa</t>
+  </si>
+  <si>
+    <t>47610.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Эмпориум»;стекло;,L=38,B=14см;серый</t>
+  </si>
+  <si>
+    <t>03023931</t>
+  </si>
+  <si>
+    <t>XGLAS-0238</t>
+  </si>
+  <si>
+    <t>Emporium</t>
+  </si>
+  <si>
+    <t>39417.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Эмпориум»;стекло;,L=19,B=14см;серый</t>
+  </si>
+  <si>
+    <t>03023932</t>
+  </si>
+  <si>
+    <t>XGLAS-0219</t>
+  </si>
+  <si>
+    <t>19404.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Эмпориум»;стекло;25мл;,L=25,B=20см;серый</t>
+  </si>
+  <si>
+    <t>03023933</t>
+  </si>
+  <si>
+    <t>XGLAS-0200</t>
+  </si>
+  <si>
+    <t>37877.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Нордик»;стекло;100мл;D=26см;серый</t>
+  </si>
+  <si>
+    <t>03023937</t>
+  </si>
+  <si>
+    <t>XGLAS-704</t>
+  </si>
+  <si>
+    <t>Nordica</t>
+  </si>
+  <si>
+    <t>59837.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Нордик»;стекло;,L=42,B=11см;серый</t>
+  </si>
+  <si>
+    <t>03023938</t>
+  </si>
+  <si>
+    <t>XGLAS-703</t>
+  </si>
+  <si>
+    <t>48495.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Нордик»;стекло;,L=31,B=12см;серый</t>
+  </si>
+  <si>
+    <t>03023939</t>
+  </si>
+  <si>
+    <t>XGLAS-702</t>
+  </si>
+  <si>
+    <t>37784.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Нордик»;стекло;125мл;,L=32,B=20см;серый</t>
+  </si>
+  <si>
+    <t>03023940</t>
+  </si>
+  <si>
+    <t>XGLAS-705</t>
+  </si>
+  <si>
+    <t>60245.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;керамика;,H=35,L=245,B=125мм;белый,серый</t>
+  </si>
+  <si>
+    <t>03023948</t>
+  </si>
+  <si>
+    <t>Cosy&amp;Trendy</t>
+  </si>
+  <si>
+    <t>Sea Pearl</t>
+  </si>
+  <si>
+    <t>8555.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;керамика;,H=3,L=33,B=12см;черный,синий</t>
+  </si>
+  <si>
+    <t>03023949</t>
+  </si>
+  <si>
+    <t>Black yoru</t>
+  </si>
+  <si>
+    <t>12197.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Нуар»;керамика;D=325,H=26мм;черный,синий</t>
+  </si>
+  <si>
+    <t>03023959</t>
+  </si>
+  <si>
+    <t>Noir</t>
+  </si>
+  <si>
+    <t>26026.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Кюпсели»;керамика;,L=22,5,B=13см;бежев.</t>
+  </si>
+  <si>
+    <t>03023967</t>
+  </si>
+  <si>
+    <t>LKYP025BG360225</t>
+  </si>
+  <si>
+    <t>Kypseli</t>
+  </si>
+  <si>
+    <t>9056.00₸</t>
+  </si>
+  <si>
+    <t>21 шт.</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Кюпсели»;керамика;,L=22,B=17см;бежев.</t>
+  </si>
+  <si>
+    <t>03023968</t>
+  </si>
+  <si>
+    <t>LKYP025BG372220</t>
+  </si>
+  <si>
+    <t>9125.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Кюпсели» глубокое;керамика;,L=28,B=21,5см;бежев.</t>
+  </si>
+  <si>
+    <t>03023969</t>
+  </si>
+  <si>
+    <t>LKYP025BG372280</t>
+  </si>
+  <si>
+    <t>13129.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Кюпсели»;керамика;,L=34,5,B=26,5см;бежев.</t>
+  </si>
+  <si>
+    <t>03023970</t>
+  </si>
+  <si>
+    <t>LKYP025BG372345</t>
+  </si>
+  <si>
+    <t>24409.00₸</t>
+  </si>
+  <si>
+    <t>45 шт.</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Кюпсели»;керамика;,L=28,B=11см;бежев.</t>
+  </si>
+  <si>
+    <t>03023971</t>
+  </si>
+  <si>
+    <t>LKYP025BG373280</t>
+  </si>
+  <si>
+    <t>8794.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Кюпсели»;керамика;,L=34,5,B=13см;бежев.</t>
+  </si>
+  <si>
+    <t>03023972</t>
+  </si>
+  <si>
+    <t>LKYP025BG373345</t>
+  </si>
+  <si>
+    <t>12952.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Кюпсели»;керамика;,L=31,5,B=29см;черный</t>
+  </si>
+  <si>
+    <t>03023973</t>
+  </si>
+  <si>
+    <t>LKYP025NE009315</t>
+  </si>
+  <si>
+    <t>22877.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Кюпсели»;керамика;,L=27,5,B=16см;черный</t>
+  </si>
+  <si>
+    <t>03023974</t>
+  </si>
+  <si>
+    <t>LKYP025NE360275</t>
+  </si>
+  <si>
+    <t>12082.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Кюпсели»;керамика;,L=33,B=19см;черный</t>
+  </si>
+  <si>
+    <t>03023975</t>
+  </si>
+  <si>
+    <t>LKYP025NE360330</t>
+  </si>
+  <si>
+    <t>17564.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Кюпсели»;керамика;,L=22,B=17см;черный</t>
+  </si>
+  <si>
+    <t>03023976</t>
+  </si>
+  <si>
+    <t>LKYP025NE372220</t>
+  </si>
+  <si>
+    <t>9718.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Кюпсели»;керамика;,L=28,B=21,5см;черный</t>
+  </si>
+  <si>
+    <t>03023977</t>
+  </si>
+  <si>
+    <t>LKYP025NE372280</t>
+  </si>
+  <si>
+    <t>14338.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Кюпсели»;керамика;,L=34,5,B=26,5см;черный</t>
+  </si>
+  <si>
+    <t>03023978</t>
+  </si>
+  <si>
+    <t>LKYP025NE372345</t>
+  </si>
+  <si>
+    <t>18711.00₸</t>
+  </si>
+  <si>
+    <t>37 шт.</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Кюпсели»;керамика;,L=28,B=11см;черный</t>
+  </si>
+  <si>
+    <t>03023979</t>
+  </si>
+  <si>
+    <t>LKYP025NE373280</t>
+  </si>
+  <si>
+    <t>8085.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Кюпсели»;керамика;,L=34,5,B=13см;черный</t>
+  </si>
+  <si>
+    <t>03023980</t>
+  </si>
+  <si>
+    <t>LKYP025NE373345</t>
+  </si>
+  <si>
+    <t>13629.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Эстиа»;фарфор;,L=30,B=26см;коричнев.,белый</t>
+  </si>
+  <si>
+    <t>03023981</t>
+  </si>
+  <si>
+    <t>LEST019RG360300</t>
+  </si>
+  <si>
+    <t>Estia</t>
+  </si>
+  <si>
+    <t>26473.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Эстиа»;фарфор;,L=33,B=22см;коричнев.,белый</t>
+  </si>
+  <si>
+    <t>03023982</t>
+  </si>
+  <si>
+    <t>LEST019RG361330</t>
+  </si>
+  <si>
+    <t>21961.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Эстиа»;фарфор;,L=41,5,B=27см;коричнев.,белый</t>
+  </si>
+  <si>
+    <t>03023983</t>
+  </si>
+  <si>
+    <t>LEST019RG361415</t>
+  </si>
+  <si>
+    <t>39363.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Эстиа»;фарфор;,L=23,5,B=10см;коричнев.,белый</t>
+  </si>
+  <si>
+    <t>03023984</t>
+  </si>
+  <si>
+    <t>LEST019RG371235</t>
+  </si>
+  <si>
+    <t>10164.00₸</t>
+  </si>
+  <si>
+    <t>24 шт.</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Эстиа»;фарфор;,L=39,B=15см;коричнев.,белый</t>
+  </si>
+  <si>
+    <t>03023985</t>
+  </si>
+  <si>
+    <t>LEST019RG371390</t>
+  </si>
+  <si>
+    <t>28298.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Анемон Голд»;кост.фарф.;D=32см;белый,золотой</t>
+  </si>
+  <si>
+    <t>03023986</t>
+  </si>
+  <si>
+    <t>LANE002AV005320</t>
+  </si>
+  <si>
+    <t>Anemone Gold</t>
+  </si>
+  <si>
+    <t>31717.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Анемон Эбе»;кост.фарф.;D=32см;белый,разноцветн.</t>
+  </si>
+  <si>
+    <t>03023987</t>
+  </si>
+  <si>
+    <t>LANE029EB005320</t>
+  </si>
+  <si>
+    <t>Anemon EBE</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Анемон Ютения»;кост.фарф.;D=32см;белый,разноцветн.</t>
+  </si>
+  <si>
+    <t>03023988</t>
+  </si>
+  <si>
+    <t>LANE030EU005320</t>
+  </si>
+  <si>
+    <t>Anemon Eutenea</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Боб»;сталь нерж.,дерево;,H=12,5,L=23,5/13,5,B=15,5см;черный</t>
+  </si>
+  <si>
+    <t>03023989</t>
+  </si>
+  <si>
+    <t>Bob</t>
+  </si>
+  <si>
+    <t>17187.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Фрида»;пластик;D=315,H=15мм;коричнев.,черный</t>
+  </si>
+  <si>
+    <t>03023990</t>
+  </si>
+  <si>
+    <t>Frida</t>
+  </si>
+  <si>
+    <t>38470.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;стекло;D=16,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03024526</t>
+  </si>
+  <si>
+    <t>XVIT-007</t>
+  </si>
+  <si>
+    <t>87573.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Мундо Амазония»;фарфор;,L=36,B=18см;тем.зелен.</t>
+  </si>
+  <si>
+    <t>03024529</t>
+  </si>
+  <si>
+    <t>0002605170560</t>
+  </si>
+  <si>
+    <t>Porvasal</t>
+  </si>
+  <si>
+    <t>Mundo Amazonia</t>
+  </si>
+  <si>
+    <t>17772.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Мундо Артико»;фарфор;,L=36,B=18см;тем.сер.</t>
+  </si>
+  <si>
+    <t>03024532</t>
+  </si>
+  <si>
+    <t>0002605176290</t>
+  </si>
+  <si>
+    <t>Mundo Artico</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Мундо Артико»;фарфор;,L=28,B=15см;тем.сер.</t>
+  </si>
+  <si>
+    <t>03024533</t>
+  </si>
+  <si>
+    <t>0002605226290</t>
+  </si>
+  <si>
+    <t>12598.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Мундо Сахара»;фарфор;,L=36,B=18см;бежев.</t>
+  </si>
+  <si>
+    <t>03024536</t>
+  </si>
+  <si>
+    <t>0002605170640</t>
+  </si>
+  <si>
+    <t>Mundo Sahara</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Мундо Сахара»;фарфор;,L=28,B=15см;бежев.</t>
+  </si>
+  <si>
+    <t>03024537</t>
+  </si>
+  <si>
+    <t>0002605220640</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Бургер Шик»;фарфор;,H=29,L=329,B=219мм;черный</t>
+  </si>
+  <si>
+    <t>03024543</t>
+  </si>
+  <si>
+    <t>050061</t>
+  </si>
+  <si>
+    <t>Burger Chic</t>
+  </si>
+  <si>
+    <t>49997.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;пластик;D=225,H=25мм;белый</t>
+  </si>
+  <si>
+    <t>03024544</t>
+  </si>
+  <si>
+    <t>8694.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;пластик;D=265,H=25мм;белый</t>
+  </si>
+  <si>
+    <t>03024545</t>
+  </si>
+  <si>
+    <t>10419.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Кэжуал»;фарфор;,L=27,B=15см;белый</t>
+  </si>
+  <si>
+    <t>03024549</t>
+  </si>
+  <si>
+    <t>V0850-0424</t>
+  </si>
+  <si>
+    <t>Casual</t>
+  </si>
+  <si>
+    <t>18326.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Гастро Маттэ» прямоугольное;фарфор;,L=25,B=14см;белый,матовый</t>
+  </si>
+  <si>
+    <t>03024551</t>
+  </si>
+  <si>
+    <t>V0388-0325MAT</t>
+  </si>
+  <si>
+    <t>Gastro Matte</t>
+  </si>
+  <si>
+    <t>17949.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Кратер»;стекло;,L=33,B=9см;черный</t>
+  </si>
+  <si>
+    <t>03024553</t>
+  </si>
+  <si>
+    <t>XGLAS-404</t>
+  </si>
+  <si>
+    <t>Crater</t>
+  </si>
+  <si>
+    <t>41534.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Кратер»;стекло;,L=23,B=10см;черный</t>
+  </si>
+  <si>
+    <t>03024554</t>
+  </si>
+  <si>
+    <t>XGLAS-403</t>
+  </si>
+  <si>
+    <t>29322.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Дэрас Голд» прямоугольное;фарфор;,H=30,L=340,B=195мм;белый,золотой</t>
+  </si>
+  <si>
+    <t>03024567</t>
+  </si>
+  <si>
+    <t>LDER034OR363340</t>
+  </si>
+  <si>
+    <t>Deras Gold</t>
+  </si>
+  <si>
+    <t>16247.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Джейд»;фарфор;,L=35,B=25см;белый</t>
+  </si>
+  <si>
+    <t>03024603</t>
+  </si>
+  <si>
+    <t>61040-800001-12735</t>
+  </si>
+  <si>
+    <t>Jade</t>
+  </si>
+  <si>
+    <t>35052.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Джейд»;фарфор;,L=43,B=29см;белый</t>
+  </si>
+  <si>
+    <t>03024604</t>
+  </si>
+  <si>
+    <t>61040-800001-12743</t>
+  </si>
+  <si>
+    <t>93393.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Стоун» прямоугольное;фарфор;D=281,H=35,B=116мм;серый</t>
+  </si>
+  <si>
+    <t>03024629</t>
+  </si>
+  <si>
+    <t>Stone</t>
+  </si>
+  <si>
+    <t>13799.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;мрамор;,H=2,L=15,B=10см;белый</t>
+  </si>
+  <si>
+    <t>03024773</t>
+  </si>
+  <si>
+    <t>B7214470</t>
+  </si>
+  <si>
+    <t>29014.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Нинфа»;фарфор;,H=40,L=325,B=290мм;белый,глянц.</t>
+  </si>
+  <si>
+    <t>03024823</t>
+  </si>
+  <si>
+    <t>LNIN028BI009325</t>
+  </si>
+  <si>
+    <t>30839.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Нинфа»;фарфор;,H=40,L=305,B=275мм;белый,глянц.</t>
+  </si>
+  <si>
+    <t>03024824</t>
+  </si>
+  <si>
+    <t>LNIN028BI010305</t>
+  </si>
+  <si>
+    <t>27366.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Нинфа»;фарфор;,H=35,L=325,B=180мм;белый,глянц.</t>
+  </si>
+  <si>
+    <t>03024825</t>
+  </si>
+  <si>
+    <t>LNIN028BI374325</t>
+  </si>
+  <si>
+    <t>17218.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Нинфа»;фарфор;,H=4,L=38,B=21см;белый,глянц.</t>
+  </si>
+  <si>
+    <t>03024826</t>
+  </si>
+  <si>
+    <t>LNIN028BI374380</t>
+  </si>
+  <si>
+    <t>23455.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Нинфа»;фарфор;,H=35,L=210,B=140мм;белый,глянц.</t>
+  </si>
+  <si>
+    <t>03024827</t>
+  </si>
+  <si>
+    <t>LNIN028BI377210</t>
+  </si>
+  <si>
+    <t>12752.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Студио Ро»;керамика;D=142,H=21мм;черный</t>
+  </si>
+  <si>
+    <t>03025034</t>
+  </si>
+  <si>
+    <t>RD21007</t>
+  </si>
+  <si>
+    <t>Studio Raw</t>
+  </si>
+  <si>
+    <t>7574.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Арарат» овальное с ручками;керамика;,H=55,L=300,B=225мм;серо-голуб.</t>
+  </si>
+  <si>
+    <t>03025049</t>
+  </si>
+  <si>
+    <t>Ararat</t>
+  </si>
+  <si>
+    <t>28852.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Гастро» прямоугольное;фарфор;,L=25,B=14см;белый,глянц.</t>
+  </si>
+  <si>
+    <t>03025079</t>
+  </si>
+  <si>
+    <t>V0388-0325</t>
+  </si>
+  <si>
+    <t>Gastro</t>
+  </si>
+  <si>
+    <t>14661.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;стекло;,H=20,L=530,B=325мм;серый,прозр.</t>
+  </si>
+  <si>
+    <t>03025085</t>
+  </si>
+  <si>
+    <t>BU_FT0040</t>
+  </si>
+  <si>
+    <t>Craster</t>
+  </si>
+  <si>
+    <t>281998.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Карактэр» с ручками;керамика;100мл;D=14,H=3,L=16см;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03025098</t>
+  </si>
+  <si>
+    <t>21976.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Карактэр» с ручками;керамика;100мл;D=14,H=3,L=16см;бежев.,коричнев.</t>
+  </si>
+  <si>
+    <t>03025099</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Карактэр» с крышкой с ручками;керамика;0,55л;,H=68,L=190,B=130мм;белый,черный</t>
+  </si>
+  <si>
+    <t>03025100</t>
+  </si>
+  <si>
+    <t>54432.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Карактэр» с крышкой с ручками;керамика;0,55л;,H=68,L=190,B=130мм;бежев.,черный</t>
+  </si>
+  <si>
+    <t>03025101</t>
+  </si>
+  <si>
+    <t>62324.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Карактэр» с крышкой с ручками;керамика;1,3л;,H=90,L=260,B=185мм;белый,черный</t>
+  </si>
+  <si>
+    <t>03025102</t>
+  </si>
+  <si>
+    <t>78787.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Карактэр» с крышкой с ручками;керамика;1,3л;,H=90,L=260,B=185мм;коричнев.,черный</t>
+  </si>
+  <si>
+    <t>03025103</t>
+  </si>
+  <si>
+    <t>90214.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Карактэр» с крышкой с ручками;керамика;1,3л;,H=90,L=260,B=185мм;бежев.,черный</t>
+  </si>
+  <si>
+    <t>03025104</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Уайли» в форме лопаты;фарфор;,H=25,L=185,B=145мм;белый,матовый</t>
+  </si>
+  <si>
+    <t>03025105</t>
+  </si>
+  <si>
+    <t>Yly</t>
+  </si>
+  <si>
+    <t>25765.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Уайли» в форме лопаты;керамика;,H=25,L=185,B=145мм;черный,матовый</t>
+  </si>
+  <si>
+    <t>03025106</t>
+  </si>
+  <si>
+    <t>27975.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Уайли» овальное с ручками;фарфор;,H=6,L=33,B=20см;белый</t>
+  </si>
+  <si>
+    <t>03025107</t>
+  </si>
+  <si>
+    <t>63356.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Уайли» овальное с ручками;керамика;,H=6,L=33,B=20см;черный,матовый</t>
+  </si>
+  <si>
+    <t>03025108</t>
+  </si>
+  <si>
+    <t>64881.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;мрамор;D=218,H=25мм;белый</t>
+  </si>
+  <si>
+    <t>03025113</t>
+  </si>
+  <si>
+    <t>BU_MP1609</t>
+  </si>
+  <si>
+    <t>365966.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;мрамор;D=218,H=25мм;черный</t>
+  </si>
+  <si>
+    <t>03025114</t>
+  </si>
+  <si>
+    <t>BU_MP1509</t>
+  </si>
+  <si>
+    <t>383599.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи прямоугольное;мрамор;,H=20,L=530,B=163мм;белый</t>
+  </si>
+  <si>
+    <t>03025115</t>
+  </si>
+  <si>
+    <t>BU_FT0020</t>
+  </si>
+  <si>
+    <t>399992.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи прямоугольное;мрамор;,H=20,L=530,B=163мм;черный</t>
+  </si>
+  <si>
+    <t>03025116</t>
+  </si>
+  <si>
+    <t>BU_FT0060</t>
+  </si>
+  <si>
+    <t>510672.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи прямоугольное;стекло;,H=20,L=530,B=163мм;черный,полупрозр.</t>
+  </si>
+  <si>
+    <t>03025117</t>
+  </si>
+  <si>
+    <t>BU_FT0041</t>
+  </si>
+  <si>
+    <t>277470.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи прямоугольное;стекло;,H=20,L=325,B=265мм;черный,полупрозр.</t>
+  </si>
+  <si>
+    <t>03025118</t>
+  </si>
+  <si>
+    <t>BU_FT0042</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;стекло;D=218,H=20мм;черный,полупрозр.</t>
+  </si>
+  <si>
+    <t>03025119</t>
+  </si>
+  <si>
+    <t>BU_GP0042</t>
+  </si>
+  <si>
+    <t>340887.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи овальное;стекло;,H=20,L=770,B=217мм;черный,полупрозр.</t>
+  </si>
+  <si>
+    <t>03025120</t>
+  </si>
+  <si>
+    <t>BU_GP0040</t>
+  </si>
+  <si>
+    <t>552660.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Нинфа» овальное;фарфор;,H=35,L=290,B=165мм;белый,глянц.</t>
+  </si>
+  <si>
+    <t>03025140</t>
+  </si>
+  <si>
+    <t>LNIN028BI374290</t>
+  </si>
+  <si>
+    <t>16217.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Нинфа» овальное;фарфор;,H=45,L=265,B=175мм;белый,глянц.</t>
+  </si>
+  <si>
+    <t>03025141</t>
+  </si>
+  <si>
+    <t>LNIN028BI377265</t>
+  </si>
+  <si>
+    <t>21537.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Нинфа» овальное;фарфор;,H=50,L=315,B=210мм;белый,глянц.</t>
+  </si>
+  <si>
+    <t>03025142</t>
+  </si>
+  <si>
+    <t>LNIN028BI377315</t>
+  </si>
+  <si>
+    <t>36460.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Эстиа» с ручкой;фарфор;,H=35,L=250,B=170мм;коричнев.,белый</t>
+  </si>
+  <si>
+    <t>03025147</t>
+  </si>
+  <si>
+    <t>LEST019RG637250</t>
+  </si>
+  <si>
+    <t>21345.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Эстиа»;фарфор;,H=25,L=295,B=160мм;коричнев.,белый</t>
+  </si>
+  <si>
+    <t>03025148</t>
+  </si>
+  <si>
+    <t>LEST019RG363295</t>
+  </si>
+  <si>
+    <t>17841.00₸</t>
+  </si>
+  <si>
     <t>2 шт.</t>
   </si>
   <si>
-    <t>Блюдо для подачи «Базальт»;керамика;D=4,L=14,B=8см;черный,матовый</t>
-[...230 lines deleted...]
-    <t>6342.00₸</t>
+    <t>Блюдо для подачи «Эстиа» овальное;фарфор;,H=40,L=505,B=335мм;коричнев.,белый</t>
+  </si>
+  <si>
+    <t>03025149</t>
+  </si>
+  <si>
+    <t>LEST019RG361505</t>
+  </si>
+  <si>
+    <t>90083.00₸</t>
+  </si>
+  <si>
+    <t>44 шт.</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Гесперис»;фарфор;D=305,H=30мм;айвори</t>
+  </si>
+  <si>
+    <t>03025152</t>
+  </si>
+  <si>
+    <t>LHES013AV005305</t>
+  </si>
+  <si>
+    <t>Hesperis</t>
+  </si>
+  <si>
+    <t>20721.00₸</t>
   </si>
   <si>
     <t>43 шт.</t>
   </si>
   <si>
-    <t>Блюдо для подачи «Базальт»;керамика;D=55,L=330,B=220мм;черный,матовый</t>
-[...1991 lines deleted...]
-    <t>24409.00₸</t>
+    <t>Блюдо для подачи «Фобос» овальное;керамика;,H=2,L=31,B=10см;коричнев.</t>
+  </si>
+  <si>
+    <t>03025153</t>
+  </si>
+  <si>
+    <t>LPHO019MA361310</t>
+  </si>
+  <si>
+    <t>Phobos</t>
+  </si>
+  <si>
+    <t>10519.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Фобос» овальное;керамика;,H=30,L=375,B=115мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03025154</t>
+  </si>
+  <si>
+    <t>LPHO019MA361375</t>
+  </si>
+  <si>
+    <t>11004.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Фобос» овальное;керамика;,H=2,L=31,B=10см;черный,синий</t>
+  </si>
+  <si>
+    <t>03025155</t>
+  </si>
+  <si>
+    <t>LPHO019NB361310</t>
+  </si>
+  <si>
+    <t>11697.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Фобос» овальное;керамика;,H=30,L=375,B=115мм;черный,синий</t>
+  </si>
+  <si>
+    <t>03025156</t>
+  </si>
+  <si>
+    <t>LPHO019NB361375</t>
+  </si>
+  <si>
+    <t>13037.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;стекло;,L=32,B=11см;олив.</t>
+  </si>
+  <si>
+    <t>03025203</t>
+  </si>
+  <si>
+    <t>BDK</t>
+  </si>
+  <si>
+    <t>7400.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Беништ Голд» прямоугольное;кост.фарф.;,L=34,B=15см;белый,золотой</t>
+  </si>
+  <si>
+    <t>03025242</t>
+  </si>
+  <si>
+    <t>82107AND0136</t>
+  </si>
+  <si>
+    <t>William Edwards</t>
+  </si>
+  <si>
+    <t>Burnished Gold</t>
+  </si>
+  <si>
+    <t>137011.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Рид» прямоугольное;кост.фарф.;,L=34,B=15см;белый,золотой</t>
+  </si>
+  <si>
+    <t>03025246</t>
+  </si>
+  <si>
+    <t>82108AND0136</t>
+  </si>
+  <si>
+    <t>Reed</t>
+  </si>
+  <si>
+    <t>144704.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;дуб;D=200,H=45мм;св. дерево</t>
+  </si>
+  <si>
+    <t>03032801</t>
+  </si>
+  <si>
+    <t>Q504O-06N</t>
+  </si>
+  <si>
+    <t>15139.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;дуб;D=200,H=45мм;черный</t>
+  </si>
+  <si>
+    <t>03032802</t>
+  </si>
+  <si>
+    <t>Q504-06B</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;дуб;D=200,H=45мм;деревян.</t>
+  </si>
+  <si>
+    <t>03032803</t>
+  </si>
+  <si>
+    <t>Q504F-06N</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Фобос» для крем-брюле;керамика;200мл;D=120,H=35мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03035219</t>
+  </si>
+  <si>
+    <t>LPHO019MA466120</t>
+  </si>
+  <si>
+    <t>7377.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Фобос» для крем-брюле;керамика;200мл;D=120,H=35мм;черный,синий</t>
+  </si>
+  <si>
+    <t>03035220</t>
+  </si>
+  <si>
+    <t>LPHO019NB466120</t>
+  </si>
+  <si>
+    <t>7323.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Эншент Волл»;фарфор;,L=33,B=21см;серый</t>
+  </si>
+  <si>
+    <t>03143032</t>
+  </si>
+  <si>
+    <t>67373-35</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
+    <t>Ancient Wall</t>
+  </si>
+  <si>
+    <t>19096.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Вуд Эссенс»;фарфор;,L=33,B=21см;древесн.</t>
+  </si>
+  <si>
+    <t>03143049</t>
+  </si>
+  <si>
+    <t>67375-35</t>
+  </si>
+  <si>
+    <t>Wood Essence</t>
+  </si>
+  <si>
+    <t>19682.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи для масла;сланец натур.;,L=16,B=11см</t>
+  </si>
+  <si>
+    <t>03170809</t>
+  </si>
+  <si>
+    <t>6582 WS010</t>
+  </si>
+  <si>
+    <t>55286.00₸</t>
+  </si>
+  <si>
+    <t>Селедочница «Кашуб-хел»;фарфор;,H=2,L=17,B=10см;белый</t>
+  </si>
+  <si>
+    <t>03171506</t>
+  </si>
+  <si>
+    <t>Kaszub-Hel</t>
+  </si>
+  <si>
+    <t>4474.00₸</t>
+  </si>
+  <si>
+    <t>Селедочница «Кашуб-хел»;фарфор;,H=3,L=21,B=14см;белый</t>
+  </si>
+  <si>
+    <t>03171507</t>
+  </si>
+  <si>
+    <t>5167.00₸</t>
+  </si>
+  <si>
+    <t>Селедочница «Кашуб-хел»;фарфор;,H=4,L=24,B=14см;белый</t>
+  </si>
+  <si>
+    <t>03171508</t>
+  </si>
+  <si>
+    <t>5506.00₸</t>
+  </si>
+  <si>
+    <t>Селедочница «Аркадия»;фарфор;,H=25,L=240,B=165мм;белый</t>
+  </si>
+  <si>
+    <t>03171509</t>
+  </si>
+  <si>
+    <t>Arcadia</t>
+  </si>
+  <si>
+    <t>7801.00₸</t>
+  </si>
+  <si>
+    <t>Селедочница «В.Виена»;фарфор;,H=20,L=225,B=150мм;белый</t>
+  </si>
+  <si>
+    <t>03171512</t>
+  </si>
+  <si>
+    <t>VW02623</t>
+  </si>
+  <si>
+    <t>Wienna</t>
+  </si>
+  <si>
+    <t>Селедочница «Афродита»;фарфор;,H=25,L=240,B=165мм;белый,золотой</t>
+  </si>
+  <si>
+    <t>03171513</t>
+  </si>
+  <si>
+    <t>6112-gold</t>
+  </si>
+  <si>
+    <t>Afrodyta</t>
+  </si>
+  <si>
+    <t>12913.00₸</t>
+  </si>
+  <si>
+    <t>Селедочница «Виктория»;фарфор;,H=31,L=240,B=165мм;белый</t>
+  </si>
+  <si>
+    <t>03171514</t>
+  </si>
+  <si>
+    <t>Victoria</t>
+  </si>
+  <si>
+    <t>11473.00₸</t>
+  </si>
+  <si>
+    <t>Селедочница «Мелодия»;фарфор;,H=35,L=220,B=130мм;белый</t>
+  </si>
+  <si>
+    <t>03171521</t>
+  </si>
+  <si>
+    <t>MEL1522</t>
+  </si>
+  <si>
+    <t>G. Benedikt Karlovy Vary</t>
+  </si>
+  <si>
+    <t>Melodie</t>
+  </si>
+  <si>
+    <t>4921.00₸</t>
+  </si>
+  <si>
+    <t>Селедочница «Мелодия»;фарфор;,H=35,L=237,B=152мм;белый</t>
+  </si>
+  <si>
+    <t>03171522</t>
+  </si>
+  <si>
+    <t>MEL1524</t>
+  </si>
+  <si>
+    <t>5444.00₸</t>
+  </si>
+  <si>
+    <t>Селедочница «Симплисити Вайт»;фарфор;,H=25,L=197,B=110мм;белый</t>
+  </si>
+  <si>
+    <t>03171524</t>
+  </si>
+  <si>
+    <t>1101 0318p</t>
+  </si>
+  <si>
+    <t>4501.00₸</t>
+  </si>
+  <si>
+    <t>Селедочница «Кунстверк»;фарфор;,H=3,L=35,B=13см;белый</t>
+  </si>
+  <si>
+    <t>03171525</t>
+  </si>
+  <si>
+    <t>A1231</t>
+  </si>
+  <si>
+    <t>3780.00₸</t>
+  </si>
+  <si>
+    <t>Селедочница «Кунстверк»;фарфор;,H=35,L=405,B=155мм;белый</t>
+  </si>
+  <si>
+    <t>03171526</t>
+  </si>
+  <si>
+    <t>A1232</t>
+  </si>
+  <si>
+    <t>5565.00₸</t>
   </si>
   <si>
     <t>46 шт.</t>
   </si>
   <si>
-    <t>Блюдо для подачи «Кюпсели»;керамика;,L=28,B=11см;бежев.</t>
-[...1234 lines deleted...]
-  <si>
     <t>Селедочница «Кунстверк»;фарфор;,H=2,L=30,B=10см;белый</t>
   </si>
   <si>
     <t>03171527</t>
   </si>
   <si>
     <t>A2985</t>
   </si>
   <si>
     <t>3094.00₸</t>
   </si>
   <si>
     <t>Селедочница «Кунстверк»;фарфор;,H=25,L=400,B=135мм;белый</t>
   </si>
   <si>
     <t>03171528</t>
   </si>
   <si>
     <t>A2986</t>
   </si>
   <si>
     <t>4599.00₸</t>
   </si>
   <si>
     <t>Селедочница «Кунстверк»;фарфор;,H=3,L=30,B=12см;белый</t>
   </si>
   <si>
     <t>03171529</t>
   </si>
   <si>
     <t>A1230</t>
   </si>
   <si>
     <t>2541.00₸</t>
   </si>
   <si>
+    <t>Селедочница «Афродита»;фарфор;,H=25,L=240,B=165мм;белый</t>
+  </si>
+  <si>
+    <t>03171531</t>
+  </si>
+  <si>
+    <t>6112-white</t>
+  </si>
+  <si>
+    <t>9872.00₸</t>
+  </si>
+  <si>
+    <t>Селедочница «Меркури»;фарфор;,H=27,L=218,B=110мм;белый</t>
+  </si>
+  <si>
+    <t>03171532</t>
+  </si>
+  <si>
+    <t>Merkury</t>
+  </si>
+  <si>
+    <t>2703.00₸</t>
+  </si>
+  <si>
+    <t>Селедочница «Идиллия»;фарфор;,H=32,L=247,B=128мм;белый</t>
+  </si>
+  <si>
+    <t>03171536</t>
+  </si>
+  <si>
+    <t>4С0133</t>
+  </si>
+  <si>
+    <t>Добрушский фарфоровый завод</t>
+  </si>
+  <si>
+    <t>Идиллия</t>
+  </si>
+  <si>
+    <t>БЕЛАРУСЬ</t>
+  </si>
+  <si>
+    <t>2719.00₸</t>
+  </si>
+  <si>
+    <t>Селедочница «Голубка»;фарфор;,L=25,B=12,5см;белый,золотой</t>
+  </si>
+  <si>
+    <t>03171537</t>
+  </si>
+  <si>
+    <t>0C0866</t>
+  </si>
+  <si>
+    <t>Голубка</t>
+  </si>
+  <si>
+    <t>3458.00₸</t>
+  </si>
+  <si>
+    <t>Селедочница;фарфор;,L=170,B=88мм;белый,золотой</t>
+  </si>
+  <si>
+    <t>03171538</t>
+  </si>
+  <si>
+    <t>1C0109</t>
+  </si>
+  <si>
+    <t>3696.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи (шпротница);фарфор;,L=170,B=88мм;белый</t>
+  </si>
+  <si>
+    <t>03171540</t>
+  </si>
+  <si>
+    <t>1С0108</t>
+  </si>
+  <si>
+    <t>3173.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;фарфор;190мл;D=20/13,H=12см;белый</t>
+  </si>
+  <si>
+    <t>04010201</t>
+  </si>
+  <si>
+    <t>005555</t>
+  </si>
+  <si>
+    <t>18273.00₸</t>
+  </si>
+  <si>
+    <t>Комплект для подогрева «Эстиа» для блюда LEST019RG361330;фарфор;,H=5,L=25,B=15см;белый</t>
+  </si>
+  <si>
+    <t>04010372</t>
+  </si>
+  <si>
+    <t>LEST000BI678250</t>
+  </si>
+  <si>
+    <t>11728.00₸</t>
+  </si>
+  <si>
     <t>9 шт.</t>
   </si>
   <si>
-    <t>Селедочница «Афродита»;фарфор;,H=25,L=240,B=165мм;белый</t>
-[...109 lines deleted...]
-  <si>
     <t>Комплект для подогрева «Эстиа» для блюда LEST019RG361415;фарфор;,H=55,L=285,B=175мм;белый</t>
   </si>
   <si>
     <t>04010373</t>
   </si>
   <si>
     <t>LEST000BI678285</t>
   </si>
   <si>
     <t>19458.00₸</t>
   </si>
   <si>
     <t>Блюдо для подачи «Кунстверк»;фарфор;250мл;D=220,H=85мм;белый</t>
   </si>
   <si>
     <t>04010515</t>
   </si>
   <si>
     <t>A4923</t>
   </si>
   <si>
     <t>4438.00₸</t>
   </si>
   <si>
     <t>Блюдо для подачи «Блю Дэппл» с ручками;фарфор;D=21,5см;белый,синий</t>
@@ -4217,68 +4184,62 @@
   <si>
     <t>Блюдо для подачи;пластик;D=305,H=15мм;бежев.</t>
   </si>
   <si>
     <t>04090545</t>
   </si>
   <si>
     <t>M218200</t>
   </si>
   <si>
     <t>6594.00₸</t>
   </si>
   <si>
     <t>Блюдо для подачи с ручкой;пластик;D=32см;бежев.</t>
   </si>
   <si>
     <t>04090557</t>
   </si>
   <si>
     <t>M218632</t>
   </si>
   <si>
     <t>10717.00₸</t>
   </si>
   <si>
-    <t>28 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Блюдо для подачи с ручкой;пластик;D=36см;бежев.</t>
   </si>
   <si>
     <t>04090558</t>
   </si>
   <si>
     <t>M218631</t>
   </si>
   <si>
     <t>13517.00₸</t>
   </si>
   <si>
-    <t>27 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Блюдо для подачи «Слэйт» GN 1/1;сланец натур.;,H=9,L=530,B=325мм;черный</t>
   </si>
   <si>
     <t>04091383</t>
   </si>
   <si>
     <t>01001</t>
   </si>
   <si>
     <t>23509.00₸</t>
   </si>
   <si>
     <t>Блюдо для подачи «Слэйт» GN 1/2;сланец натур.;,H=9,L=325,B=265мм;черный</t>
   </si>
   <si>
     <t>04091385</t>
   </si>
   <si>
     <t>01003</t>
   </si>
   <si>
     <t>13098.00₸</t>
   </si>
   <si>
     <t>Блюдо для подачи «Ро Дизайн Бай Эрбиси» глубокое на ножке;керамика;D=135,H=68мм;серый</t>
@@ -4647,50 +4608,74 @@
     <t>CHP12515-J19</t>
   </si>
   <si>
     <t>Блюдо для подачи;фарфор;,H=25,L=304,B=164мм;белый</t>
   </si>
   <si>
     <t>03024022</t>
   </si>
   <si>
     <t>THP11015-K99P1</t>
   </si>
   <si>
     <t>5803.00₸</t>
   </si>
   <si>
     <t>Блюдо для подачи «Нэро»;пластик;,L=26,5,B=16,2см;черный</t>
   </si>
   <si>
     <t>03014816</t>
   </si>
   <si>
     <t>Nero</t>
   </si>
   <si>
     <t>11305.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи;сланец натур.;,H=10,L=265,B=205мм;черный</t>
+  </si>
+  <si>
+    <t>03024035</t>
+  </si>
+  <si>
+    <t>00942</t>
+  </si>
+  <si>
+    <t>Блюдо для подачи «Пати» для крем-брюле;фарфор;180мл;D=125,H=30мм;белый</t>
+  </si>
+  <si>
+    <t>03024064</t>
+  </si>
+  <si>
+    <t>PY004120000</t>
+  </si>
+  <si>
+    <t>Party</t>
+  </si>
+  <si>
+    <t>5971.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -4705,51 +4690,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10A05C33-4255-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10A05C34-4255-11E8-A155-00259035BB672.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10A05C35-4255-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10A05C36-4255-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10A05C40-4255-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D054006-814A-11E9-BBBA-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49C18DC5-BDC5-11E9-BBC6-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F985C32-BDC5-11E9-BBC6-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/344EAF52-BDC5-11E9-BBC6-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98D9B6D8-509F-11EC-BBF6-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72C003C8-E3D9-11EF-BC4E-00505692C44711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A99A2A5-424C-11E8-A155-00259035BB6712.gif"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A1C60608-8146-11E9-BBBA-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB384-424C-11E8-A155-00259035BB6714.gif"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40FF3B23-424D-11E8-A155-00259035BB6715.gif"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E53D1855-424E-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E53D185D-424E-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E53D185E-424E-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBCFE841-E3DA-11EF-BC4E-00505692C44719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFDF636E-E3DA-11EF-BC4E-00505692C44720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5D7A64B-E3DA-11EF-BC4E-00505692C44721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFDF6674-E3DA-11EF-BC4E-00505692C44722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBCFE941-E3DA-11EF-BC4E-00505692C44723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B41619C-424F-11E8-A155-00259035BB6724.gif"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5D7A95F-E3DA-11EF-BC4E-00505692C44725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFDF6A39-E3DA-11EF-BC4E-00505692C44726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBCFE759-E3DA-11EF-BC4E-00505692C44727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFDF67C8-E3DA-11EF-BC4E-00505692C44728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5D7AD6F-E3DA-11EF-BC4E-00505692C44729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5D7AAB3-E3DA-11EF-BC4E-00505692C44730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFDF6550-E3DA-11EF-BC4E-00505692C44731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5D7A80B-E3DA-11EF-BC4E-00505692C44732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E0B4439-4250-11E8-A155-00259035BB6733.gif"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E0B443A-4250-11E8-A155-00259035BB6734.gif"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E0B443B-4250-11E8-A155-00259035BB6735.gif"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742AD13F-4251-11E8-A155-00259035BB6736.gif"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/221E1873-4252-11E8-A155-00259035BB6737.gif"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/221E1874-4252-11E8-A155-00259035BB6738.gif"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/661F840F-16CE-11EF-BC3F-0050569297EB39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5D7A550-E3DA-11EF-BC4E-00505692C44740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C73FB90-4253-11E8-A155-00259035BB6741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32DD1AD4-20D9-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE7F8F3D-4253-11E8-A155-00259035BB6743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C88B8FA-4254-11E8-A155-00259035BB6744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32DD1994-20D9-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C83125A3-4251-11E8-A155-00259035BB6746.gif"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ADB6786-F151-11EB-BBF2-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBCFEB24-E3DA-11EF-BC4E-00505692C44748.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFDF6456-E3DA-11EF-BC4E-00505692C44749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0871B685-20D9-11EE-BC0D-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57661FB6-424F-11E8-A155-00259035BB6751.gif"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBCFEA3B-E3DA-11EF-BC4E-00505692C44752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ADB6783-F151-11EB-BBF2-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFDF6286-E3DA-11EF-BC4E-00505692C44754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E18-4253-11E8-A155-00259035BB6755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC1117C2-EA59-11EB-BBF2-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26B079BA-20D9-11EE-BC0D-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C941ACD-4254-11E8-A155-00259035BB6758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C941ACE-4254-11E8-A155-00259035BB6759.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C941ACF-4254-11E8-A155-00259035BB6760.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8089BCC4-4254-11E8-A155-00259035BB6761.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B68E2D1E-4254-11E8-A155-00259035BB6762.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B68E2D21-4254-11E8-A155-00259035BB6763.gif"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE21-424E-11E8-A155-00259035BB6764.gif"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/661F74CF-16CE-11EF-BC3F-0050569297EB65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE23-424E-11E8-A155-00259035BB6766.gif"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE24-424E-11E8-A155-00259035BB6767.gif"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2630F0FC-E3C8-11EB-BBF2-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2630F0FE-E3C8-11EB-BBF2-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2630F0FD-E3C8-11EB-BBF2-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE28-424E-11E8-A155-00259035BB6771.gif"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1FBF83BC-E3C8-11EB-BBF2-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2630F0FB-E3C8-11EB-BBF2-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/882F6AAC-4252-11E8-A155-00259035BB6774.gif"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D03D5299-4252-11E8-A155-00259035BB6775.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CC3E4B3-20D9-11EE-BC0D-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C7E7C9A-4253-11E8-A155-00259035BB6777.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8750FF99-F151-11EB-BBF2-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8750FF9A-F151-11EB-BBF2-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEAC9049-4254-11E8-A155-00259035BB6780.gif"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8750FF9B-F151-11EB-BBF2-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C89C389C-4254-11E8-A155-00259035BB6782.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34243430-4252-11E8-A155-00259035BB6783.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E1C-4253-11E8-A155-00259035BB6784.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E1D-4253-11E8-A155-00259035BB6785.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E1E-4253-11E8-A155-00259035BB6786.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/510066E9-20D9-11EE-BC0D-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24B915B6-814C-11E9-BBBA-005056921CC488.gif"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80E44D63-F151-11EB-BBF2-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80E44D62-F151-11EB-BBF2-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80E44D61-F151-11EB-BBF2-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34243426-4252-11E8-A155-00259035BB6792.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/661F6CD9-16CE-11EF-BC3F-0050569297EB93.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3424342F-4252-11E8-A155-00259035BB6794.gif"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CC3E757-20D9-11EE-BC0D-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B23E5511-4252-11E8-A155-00259035BB6796.gif"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CC3E6B7-20D9-11EE-BC0D-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CC3E605-20D9-11EE-BC0D-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CC3E553-20D9-11EE-BC0D-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1FBF83BE-E3C8-11EB-BBF2-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E22-4253-11E8-A155-00259035BB67101.gif"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26B07BAC-20D9-11EE-BC0D-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CC3E361-20D9-11EE-BC0D-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E25-4253-11E8-A155-00259035BB67104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E26-4253-11E8-A155-00259035BB67105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26B07AFA-20D9-11EE-BC0D-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E28-4253-11E8-A155-00259035BB67107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E29-4253-11E8-A155-00259035BB67108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E2A-4253-11E8-A155-00259035BB67109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2630F100-E3C8-11EB-BBF2-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CC3E2AF-20D9-11EE-BC0D-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1FBF83BD-E3C8-11EB-BBF2-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20967C0B-20D9-11EE-BC0D-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04A99D56-4255-11E8-A155-00259035BB67114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04A99D57-4255-11E8-A155-00259035BB67115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04A99D61-4255-11E8-A155-00259035BB67116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04A99D62-4255-11E8-A155-00259035BB67117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38E22E18-20D9-11EE-BC0D-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C83125CA-4251-11E8-A155-00259035BB67119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38E22D66-20D9-11EE-BC0D-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C83125CC-4251-11E8-A155-00259035BB67121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C83125CD-4251-11E8-A155-00259035BB67122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C83125CE-4251-11E8-A155-00259035BB67123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C83125D2-4251-11E8-A155-00259035BB67124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C83125D3-4251-11E8-A155-00259035BB67125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC397FA5-4252-11E8-A155-00259035BB67126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B23E54DF-4252-11E8-A155-00259035BB67127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B23E54E0-4252-11E8-A155-00259035BB67128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/630D2F0D-20D9-11EE-BC0D-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A6FB49D-4253-11E8-A155-00259035BB67130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A6FB49E-4253-11E8-A155-00259035BB67131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51006649-20D9-11EE-BC0D-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/099B44FD-E8DB-11E9-BBC6-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1EEF2B5F-E8DB-11E9-BBC6-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80E44D68-F151-11EB-BBF2-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80E44D69-F151-11EB-BBF2-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A63BD619-4252-11E8-A155-00259035BB67137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A63BD61A-4252-11E8-A155-00259035BB67138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4B0083DE-20D9-11EE-BC0D-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4B00832C-20D9-11EE-BC0D-005056921CC4140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01C2E03F-ADEC-11E9-BBC3-005056921CC4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0CEB2FF9-ADEC-11E9-BBC3-005056921CC4142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13CAC0B1-ADEC-11E9-BBC3-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/201AB5BB-ADEC-11E9-BBC3-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99D57DD0-A948-11E9-BBC0-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44FD25BF-E8DB-11E9-BBC6-005056921CC4146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D76C0805-53FA-11EA-BBCE-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D76C0807-53FA-11EA-BBCE-005056921CC4148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D76C0808-53FA-11EA-BBCE-005056921CC4149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D76C080A-53FA-11EA-BBCE-005056921CC4150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26B077DA-20D9-11EE-BC0D-005056921CC4151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57C3E973-2C13-11EB-BBDF-005056921CC4152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57C3E974-2C13-11EB-BBDF-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C460BE9-E3C8-11EB-BBF2-005056921CC4154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C460BE8-E3C8-11EB-BBF2-005056921CC4155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57C3E975-2C13-11EB-BBDF-005056921CC4156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57C3E976-2C13-11EB-BBDF-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2630F107-E3C8-11EB-BBF2-005056921CC4158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57C3E977-2C13-11EB-BBDF-005056921CC4159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4B00813A-20D9-11EE-BC0D-005056921CC4160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57C3E979-2C13-11EB-BBDF-005056921CC4161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57C3E97A-2C13-11EB-BBDF-005056921CC4162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C89C387B-4254-11E8-A155-00259035BB67163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C89C387C-4254-11E8-A155-00259035BB67164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DAAFC229-4254-11E8-A155-00259035BB67165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26B0791A-20D9-11EE-BC0D-005056921CC4166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0B226AD-4254-11E8-A155-00259035BB67167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26B0787A-20D9-11EE-BC0D-005056921CC4168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF13D91D-29B7-11EB-BBDD-005056921CC4169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E5BBC57-180F-11EA-BBC6-005056921CC4170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57030489-20D9-11EE-BC0D-005056921CC4171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/570305C9-20D9-11EE-BC0D-005056921CC4172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57030669-20D9-11EE-BC0D-005056921CC4173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57030529-20D9-11EE-BC0D-005056921CC4174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CC3E413-20D9-11EE-BC0D-005056921CC4175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32DD1B74-20D9-11EE-BC0D-005056921CC4176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20967F3D-20D9-11EE-BC0D-005056921CC4177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F5455064-29B7-11EB-BBDD-005056921CC4178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C7A87D7-E8DB-11E9-BBC6-005056921CC4179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B22CF382-06B4-11EE-BC09-005056921CC4180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB0E71F2-2341-11EA-BBC7-005056921CC4181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27754960-2693-11EB-BBDD-005056921CC4182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44FCA933-20D9-11EE-BC0D-005056921CC4183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44FCA7AB-20D9-11EE-BC0D-005056921CC4184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44FCA86F-20D9-11EE-BC0D-005056921CC4185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44FCA6E7-20D9-11EE-BC0D-005056921CC4186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4B00809A-20D9-11EE-BC0D-005056921CC4187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27754967-2693-11EB-BBDD-005056921CC4188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2630F106-E3C8-11EB-BBF2-005056921CC4189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27754968-2693-11EB-BBDD-005056921CC4190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44272116-5A44-11EA-BBCE-005056921CC4191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44272117-5A44-11EA-BBCE-005056921CC4192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44FCAA97-20D9-11EE-BC0D-005056921CC4193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51006509-20D9-11EE-BC0D-005056921CC4194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51006469-20D9-11EE-BC0D-005056921CC4195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F0F552E-20D9-11EE-BC0D-005056921CC4196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4B008530-20D9-11EE-BC0D-005056921CC4197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/936ECE65-D8EE-11EB-BBF2-005056921CC4198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CEB8673-D8EE-11EB-BBF2-005056921CC4199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51006289-20D9-11EE-BC0D-005056921CC4200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/936ECE66-D8EE-11EB-BBF2-005056921CC4201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CEB8674-D8EE-11EB-BBF2-005056921CC4202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/510063C9-20D9-11EE-BC0D-005056921CC4203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51006329-20D9-11EE-BC0D-005056921CC4204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4B008490-20D9-11EE-BC0D-005056921CC4205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CEB8677-D8EE-11EB-BBF2-005056921CC4206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CEB8672-D8EE-11EB-BBF2-005056921CC4207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EF1A4AA-20D9-11EE-BC0D-005056921CC4208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EF1A40A-20D9-11EE-BC0D-005056921CC4209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EF1A2CA-20D9-11EE-BC0D-005056921CC4210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44FCA647-20D9-11EE-BC0D-005056921CC4211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EF1A36A-20D9-11EE-BC0D-005056921CC4212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57030849-20D9-11EE-BC0D-005056921CC4213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/570307A9-20D9-11EE-BC0D-005056921CC4214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57030709-20D9-11EE-BC0D-005056921CC4215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC679BE4-75C4-11EA-BBD2-005056921CC4216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80E44D67-F151-11EB-BBF2-005056921CC4217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53A960DD-50A0-11EC-BBF6-005056921CC4218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CEB866D-D8EE-11EB-BBF2-005056921CC4219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CEB866B-D8EE-11EB-BBF2-005056921CC4220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CEB866C-D8EE-11EB-BBF2-005056921CC4221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4B0081EC-20D9-11EE-BC0D-005056921CC4222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4B00828C-20D9-11EE-BC0D-005056921CC4223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC38115F-FECF-11EC-BBFA-005056921CC4224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/838EB411-0D98-11EC-BBF2-005056921CC4225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/838EB410-0D98-11EC-BBF2-005056921CC4226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59EF7656-50A0-11EC-BBF6-005056921CC4227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59EF7654-50A0-11EC-BBF6-005056921CC4228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/265F8575-764E-11EC-BBF7-005056921CC4229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/510065A9-20D9-11EE-BC0D-005056921CC4230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/828516A9-252C-11ED-BBFC-005056921CC4231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59EF765A-50A0-11EC-BBF6-005056921CC4232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59EF7659-50A0-11EC-BBF6-005056921CC4233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EF1A04A-20D9-11EE-BC0D-005056921CC4234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91A9ECF2-0D98-11EC-BBF2-005056921CC4235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56388B08-62FC-11EC-BBF7-005056921CC4236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F37311B3-62FC-11EC-BBF7-005056921CC4237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7928921C-6302-11EC-BBF7-005056921CC4238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E949720-6303-11EC-BBF7-005056921CC4239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7F664338-6304-11EC-BBF7-005056921CC4240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37F59B75-21B6-11EE-BC0D-005056921CC4241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37F59DF5-21B6-11EE-BC0D-005056921CC4242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E9B994A1-ACA4-11ED-BC04-005056921CC4243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A65B4726-CFDA-11ED-BC05-005056921CC4244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EB24046-DC9C-11ED-BC07-005056921CC4245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EB24164-DC9C-11ED-BC07-005056921CC4246.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44B886C6-DC9C-11ED-BC07-005056921CC4247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44B8881A-DC9C-11ED-BC07-005056921CC4248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44B8841E-DC9C-11ED-BC07-005056921CC4249.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44B88281-DC9C-11ED-BC07-005056921CC4250.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44B88572-DC9C-11ED-BC07-005056921CC4251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EB23E52-DC9C-11ED-BC07-005056921CC4252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EB23F5E-DC9C-11ED-BC07-005056921CC4253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EB23BE0-DC9C-11ED-BC07-005056921CC4254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EB23D46-DC9C-11ED-BC07-005056921CC4255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12B07ED5-E5B5-11ED-BC09-005056921CC4256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12B07E11-E5B5-11ED-BC09-005056921CC4257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12B08287-E5B5-11ED-BC09-005056921CC4258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12B08145-E5B5-11ED-BC09-005056921CC4259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12B07F75-E5B5-11ED-BC09-005056921CC4260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12B08015-E5B5-11ED-BC09-005056921CC4261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12B07D3B-E5B5-11ED-BC09-005056921CC4262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18B93B41-E5B5-11ED-BC09-005056921CC4263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/953DEB47-0074-11EE-BC09-005056921CC4264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/953DEA29-0074-11EE-BC09-005056921CC4265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F28CF95-0074-11EE-BC09-005056921CC4266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/355C3403-053D-11EE-BC09-005056921CC4267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/355C3363-053D-11EE-BC09-005056921CC4268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B8A0A40-053D-11EE-BC09-005056921CC4269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B8A0DCC-053D-11EE-BC09-005056921CC4270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B8A0D2C-053D-11EE-BC09-005056921CC4271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B8A0B80-053D-11EE-BC09-005056921CC4272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B8A0C32-053D-11EE-BC09-005056921CC4273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B8A0AE0-053D-11EE-BC09-005056921CC4274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/186C8DCE-83CC-11EE-BC11-005056921CC4275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D351B177-AECA-11EE-BC40-00505692492F276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/255EE0B1-AFD1-11EE-BC40-00505692492F277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31E58EAB-21B6-11EE-BC0D-005056921CC4278.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C941ACA-4254-11E8-A155-00259035BB67279.gif"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C941ACB-4254-11E8-A155-00259035BB67280.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F508767-053D-11EE-BC09-005056921CC4281.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F50867F-053D-11EE-BC09-005056921CC4282.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86B80EB2-21BA-11EE-BC0D-005056921CC4283.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86B80F52-21BA-11EE-BC0D-005056921CC4284.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0866C032-424C-11E8-A155-00259035BB67285.gif"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CB97430-E3D9-11EF-BC4E-00505692C447286.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CB97312-E3D9-11EF-BC4E-00505692C447287.jpg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05F1A7D8-E568-11EF-BC53-00505692E2D0288.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C03D1219-424B-11E8-A155-00259035BB67289.jpg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C52F8AA-E63A-11EF-BC4E-00505692C447290.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57D82581-E3F3-11EF-BC4E-00505692C447291.jpg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CB9754F-E3D9-11EF-BC4E-00505692C447292.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05F1A6F0-E568-11EF-BC53-00505692E2D0293.jpg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFF71469-E567-11EF-BC53-00505692E2D0294.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB381-424C-11E8-A155-00259035BB67295.gif"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89064538-424D-11E8-A155-00259035BB67296.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/402095F7-E3D3-11EB-BBF2-005056921CC4297.jpg"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/402095F9-E3D3-11EB-BBF2-005056921CC4298.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/402095F8-E3D3-11EB-BBF2-005056921CC4299.jpg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4FDFEA0-424D-11E8-A155-00259035BB67300.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CB97792-E3D9-11EF-BC4E-00505692C447301.jpg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49099355-424E-11E8-A155-00259035BB67302.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F682C888-4253-11E8-A155-00259035BB67303.jpg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/449F9826-4254-11E8-A155-00259035BB67304.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/449F9828-4254-11E8-A155-00259035BB67305.jpg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF789FAE-1516-11EA-BBC6-005056921CC4306.jpg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86EA059A-424C-11E8-A155-00259035BB67307.gif"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E50B5FF-D8EE-11EB-BBF2-005056921CC4308.jpg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E50B5FE-D8EE-11EB-BBF2-005056921CC4309.jpg"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B41618D-424F-11E8-A155-00259035BB67310.jpg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AB1F3E66-21C5-11EE-BC0D-005056921CC4311.jpg"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE3F-424B-11E8-A155-00259035BB67312.gif"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE5E-424B-11E8-A155-00259035BB67313.jpg"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE60-424B-11E8-A155-00259035BB67314.gif"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE61-424B-11E8-A155-00259035BB67315.gif"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/282251B8-4252-11E8-A155-00259035BB67316.gif"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34243420-4252-11E8-A155-00259035BB67317.gif"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6667BBE7-4253-11E8-A155-00259035BB67318.gif"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AB1F3DC6-21C5-11EE-BC0D-005056921CC4319.jpg"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A52748CA-21C5-11EE-BC0D-005056921CC4320.jpg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5274B92-21C5-11EE-BC0D-005056921CC4321.jpg"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5274A2E-21C5-11EE-BC0D-005056921CC4322.jpg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5274818-21C5-11EE-BC0D-005056921CC4323.jpg"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5274AE0-21C5-11EE-BC0D-005056921CC4324.jpg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A527497C-21C5-11EE-BC0D-005056921CC4325.jpg"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5274766-21C5-11EE-BC0D-005056921CC4326.jpg"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A52746B4-21C5-11EE-BC0D-005056921CC4327.jpg"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5274602-21C5-11EE-BC0D-005056921CC4328.jpg"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F2C96AA-21C5-11EE-BC0D-005056921CC4329.jpg"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F2C9558-21C5-11EE-BC0D-005056921CC4330.jpg"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AB1F3BE6-21C5-11EE-BC0D-005056921CC4331.jpg"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5274C44-21C5-11EE-BC0D-005056921CC4332.jpg"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C324EA2-3212-11EF-BC4C-00505692C447333.jpg"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/563546A3-3212-11EF-BC4C-00505692C447334.jpg"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43D45BC0-81B8-11EF-BC4D-00505692C447335.jpg"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E796454E-9028-11F0-BC58-00505692C447336.jpg"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A265A7C6-8CCF-11EF-BC4E-00505692C447337.jpg"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFFB2D78-8E7A-11F0-BC57-00505692E2D0338.jpg"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDAC1AD7-9028-11F0-BC58-00505692C447339.jpg"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E196F9DB-9028-11F0-BC58-00505692C447340.jpg"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A265A6F0-8CCF-11EF-BC4E-00505692C447341.jpg"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E196F917-9028-11F0-BC58-00505692C447342.jpg"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E79648C8-9028-11F0-BC58-00505692C447343.jpg"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1970A83-9028-11F0-BC58-00505692C447344.jpg"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E196F73F-9028-11F0-BC58-00505692C447345.jpg"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDAC1DA0-9028-11F0-BC58-00505692C447346.jpg"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C26A8C2D-5295-11F0-BC52-00505692C447347.jpg"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E196FBAB-9028-11F0-BC58-00505692C447348.jpg"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C26A8AD8-5295-11F0-BC52-00505692C447349.jpg"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E196FAF9-9028-11F0-BC58-00505692C447350.jpg"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDAC1CEE-9028-11F0-BC58-00505692C447351.jpg"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDAC37F4-9028-11F0-BC58-00505692C447352.jpg"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDAC1B89-9028-11F0-BC58-00505692C447353.jpg"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C26AA368-5295-11F0-BC52-00505692C447354.jpg"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7964816-9028-11F0-BC58-00505692C447355.jpg"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDAC1C3B-9028-11F0-BC58-00505692C447356.jpg"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDAC23A7-9028-11F0-BC58-00505692C447357.jpg"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E79646B2-9028-11F0-BC58-00505692C447358.jpg"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7964600-9028-11F0-BC58-00505692C447359.jpg"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7964764-9028-11F0-BC58-00505692C447360.jpg"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE5E4BC1-15E4-11F0-BC58-00505692E049361.jpg"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56830F0F-5CD4-11F0-BC49-0050569297EB362.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10A05C33-4255-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10A05C34-4255-11E8-A155-00259035BB672.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10A05C35-4255-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10A05C36-4255-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10A05C40-4255-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D054006-814A-11E9-BBBA-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49C18DC5-BDC5-11E9-BBC6-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F985C32-BDC5-11E9-BBC6-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/344EAF52-BDC5-11E9-BBC6-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98D9B6D8-509F-11EC-BBF6-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72C003C8-E3D9-11EF-BC4E-00505692C44711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A99A2A5-424C-11E8-A155-00259035BB6712.gif"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A1C60608-8146-11E9-BBBA-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB384-424C-11E8-A155-00259035BB6714.gif"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40FF3B23-424D-11E8-A155-00259035BB6715.gif"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E53D1855-424E-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E53D185D-424E-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E53D185E-424E-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBCFE841-E3DA-11EF-BC4E-00505692C44719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFDF636E-E3DA-11EF-BC4E-00505692C44720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5D7A64B-E3DA-11EF-BC4E-00505692C44721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFDF6674-E3DA-11EF-BC4E-00505692C44722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBCFE941-E3DA-11EF-BC4E-00505692C44723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B41619C-424F-11E8-A155-00259035BB6724.gif"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5D7A95F-E3DA-11EF-BC4E-00505692C44725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFDF6A39-E3DA-11EF-BC4E-00505692C44726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBCFE759-E3DA-11EF-BC4E-00505692C44727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFDF67C8-E3DA-11EF-BC4E-00505692C44728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5D7AD6F-E3DA-11EF-BC4E-00505692C44729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5D7AAB3-E3DA-11EF-BC4E-00505692C44730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFDF6550-E3DA-11EF-BC4E-00505692C44731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5D7A80B-E3DA-11EF-BC4E-00505692C44732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E0B4439-4250-11E8-A155-00259035BB6733.gif"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E0B443A-4250-11E8-A155-00259035BB6734.gif"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E0B443B-4250-11E8-A155-00259035BB6735.gif"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742AD13F-4251-11E8-A155-00259035BB6736.gif"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/221E1873-4252-11E8-A155-00259035BB6737.gif"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/221E1874-4252-11E8-A155-00259035BB6738.gif"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/661F840F-16CE-11EF-BC3F-0050569297EB39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5D7A550-E3DA-11EF-BC4E-00505692C44740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C73FB90-4253-11E8-A155-00259035BB6741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32DD1AD4-20D9-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE7F8F3D-4253-11E8-A155-00259035BB6743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C88B8FA-4254-11E8-A155-00259035BB6744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32DD1994-20D9-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C83125A3-4251-11E8-A155-00259035BB6746.gif"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ADB6786-F151-11EB-BBF2-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBCFEB24-E3DA-11EF-BC4E-00505692C44748.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFDF6456-E3DA-11EF-BC4E-00505692C44749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0871B685-20D9-11EE-BC0D-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57661FB6-424F-11E8-A155-00259035BB6751.gif"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBCFEA3B-E3DA-11EF-BC4E-00505692C44752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ADB6783-F151-11EB-BBF2-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFDF6286-E3DA-11EF-BC4E-00505692C44754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E18-4253-11E8-A155-00259035BB6755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC1117C2-EA59-11EB-BBF2-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26B079BA-20D9-11EE-BC0D-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C941ACD-4254-11E8-A155-00259035BB6758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C941ACE-4254-11E8-A155-00259035BB6759.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C941ACF-4254-11E8-A155-00259035BB6760.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8089BCC4-4254-11E8-A155-00259035BB6761.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B68E2D1E-4254-11E8-A155-00259035BB6762.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B68E2D21-4254-11E8-A155-00259035BB6763.gif"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE21-424E-11E8-A155-00259035BB6764.gif"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/661F74CF-16CE-11EF-BC3F-0050569297EB65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE23-424E-11E8-A155-00259035BB6766.gif"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE24-424E-11E8-A155-00259035BB6767.gif"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2630F0FC-E3C8-11EB-BBF2-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2630F0FE-E3C8-11EB-BBF2-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2630F0FD-E3C8-11EB-BBF2-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE28-424E-11E8-A155-00259035BB6771.gif"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1FBF83BC-E3C8-11EB-BBF2-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2630F0FB-E3C8-11EB-BBF2-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/882F6AAC-4252-11E8-A155-00259035BB6774.gif"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D03D5299-4252-11E8-A155-00259035BB6775.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CC3E4B3-20D9-11EE-BC0D-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C7E7C9A-4253-11E8-A155-00259035BB6777.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8750FF99-F151-11EB-BBF2-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8750FF9A-F151-11EB-BBF2-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEAC9049-4254-11E8-A155-00259035BB6780.gif"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8750FF9B-F151-11EB-BBF2-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C89C389C-4254-11E8-A155-00259035BB6782.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34243430-4252-11E8-A155-00259035BB6783.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E1C-4253-11E8-A155-00259035BB6784.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E1D-4253-11E8-A155-00259035BB6785.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E1E-4253-11E8-A155-00259035BB6786.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/510066E9-20D9-11EE-BC0D-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24B915B6-814C-11E9-BBBA-005056921CC488.gif"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80E44D63-F151-11EB-BBF2-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80E44D62-F151-11EB-BBF2-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80E44D61-F151-11EB-BBF2-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34243426-4252-11E8-A155-00259035BB6792.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/661F6CD9-16CE-11EF-BC3F-0050569297EB93.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3424342F-4252-11E8-A155-00259035BB6794.gif"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CC3E757-20D9-11EE-BC0D-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B23E5511-4252-11E8-A155-00259035BB6796.gif"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CC3E6B7-20D9-11EE-BC0D-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CC3E605-20D9-11EE-BC0D-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CC3E553-20D9-11EE-BC0D-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1FBF83BE-E3C8-11EB-BBF2-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E22-4253-11E8-A155-00259035BB67101.gif"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26B07BAC-20D9-11EE-BC0D-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CC3E361-20D9-11EE-BC0D-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E25-4253-11E8-A155-00259035BB67104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E26-4253-11E8-A155-00259035BB67105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26B07AFA-20D9-11EE-BC0D-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E28-4253-11E8-A155-00259035BB67107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E29-4253-11E8-A155-00259035BB67108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E2A-4253-11E8-A155-00259035BB67109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2630F100-E3C8-11EB-BBF2-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CC3E2AF-20D9-11EE-BC0D-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1FBF83BD-E3C8-11EB-BBF2-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20967C0B-20D9-11EE-BC0D-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04A99D56-4255-11E8-A155-00259035BB67114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04A99D57-4255-11E8-A155-00259035BB67115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04A99D61-4255-11E8-A155-00259035BB67116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04A99D62-4255-11E8-A155-00259035BB67117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38E22E18-20D9-11EE-BC0D-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38E22D66-20D9-11EE-BC0D-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C83125CC-4251-11E8-A155-00259035BB67120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C83125CD-4251-11E8-A155-00259035BB67121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C83125CE-4251-11E8-A155-00259035BB67122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C83125D2-4251-11E8-A155-00259035BB67123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C83125D3-4251-11E8-A155-00259035BB67124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC397FA5-4252-11E8-A155-00259035BB67125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B23E54DF-4252-11E8-A155-00259035BB67126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B23E54E0-4252-11E8-A155-00259035BB67127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/630D2F0D-20D9-11EE-BC0D-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A6FB49D-4253-11E8-A155-00259035BB67129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A6FB49E-4253-11E8-A155-00259035BB67130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51006649-20D9-11EE-BC0D-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/099B44FD-E8DB-11E9-BBC6-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1EEF2B5F-E8DB-11E9-BBC6-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80E44D68-F151-11EB-BBF2-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80E44D69-F151-11EB-BBF2-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A63BD619-4252-11E8-A155-00259035BB67136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A63BD61A-4252-11E8-A155-00259035BB67137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4B0083DE-20D9-11EE-BC0D-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4B00832C-20D9-11EE-BC0D-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01C2E03F-ADEC-11E9-BBC3-005056921CC4140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0CEB2FF9-ADEC-11E9-BBC3-005056921CC4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13CAC0B1-ADEC-11E9-BBC3-005056921CC4142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/201AB5BB-ADEC-11E9-BBC3-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99D57DD0-A948-11E9-BBC0-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44FD25BF-E8DB-11E9-BBC6-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D76C0805-53FA-11EA-BBCE-005056921CC4146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D76C0807-53FA-11EA-BBCE-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D76C0808-53FA-11EA-BBCE-005056921CC4148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D76C080A-53FA-11EA-BBCE-005056921CC4149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26B077DA-20D9-11EE-BC0D-005056921CC4150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57C3E973-2C13-11EB-BBDF-005056921CC4151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57C3E974-2C13-11EB-BBDF-005056921CC4152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C460BE9-E3C8-11EB-BBF2-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C460BE8-E3C8-11EB-BBF2-005056921CC4154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57C3E975-2C13-11EB-BBDF-005056921CC4155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57C3E976-2C13-11EB-BBDF-005056921CC4156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2630F107-E3C8-11EB-BBF2-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57C3E977-2C13-11EB-BBDF-005056921CC4158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4B00813A-20D9-11EE-BC0D-005056921CC4159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57C3E979-2C13-11EB-BBDF-005056921CC4160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57C3E97A-2C13-11EB-BBDF-005056921CC4161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C89C387B-4254-11E8-A155-00259035BB67162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C89C387C-4254-11E8-A155-00259035BB67163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DAAFC229-4254-11E8-A155-00259035BB67164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26B0791A-20D9-11EE-BC0D-005056921CC4165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0B226AD-4254-11E8-A155-00259035BB67166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26B0787A-20D9-11EE-BC0D-005056921CC4167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF13D91D-29B7-11EB-BBDD-005056921CC4168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E5BBC57-180F-11EA-BBC6-005056921CC4169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57030489-20D9-11EE-BC0D-005056921CC4170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/570305C9-20D9-11EE-BC0D-005056921CC4171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57030669-20D9-11EE-BC0D-005056921CC4172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57030529-20D9-11EE-BC0D-005056921CC4173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CC3E413-20D9-11EE-BC0D-005056921CC4174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32DD1B74-20D9-11EE-BC0D-005056921CC4175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20967F3D-20D9-11EE-BC0D-005056921CC4176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F5455064-29B7-11EB-BBDD-005056921CC4177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C7A87D7-E8DB-11E9-BBC6-005056921CC4178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B22CF382-06B4-11EE-BC09-005056921CC4179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB0E71F2-2341-11EA-BBC7-005056921CC4180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27754960-2693-11EB-BBDD-005056921CC4181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44FCA933-20D9-11EE-BC0D-005056921CC4182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44FCA7AB-20D9-11EE-BC0D-005056921CC4183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44FCA86F-20D9-11EE-BC0D-005056921CC4184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44FCA6E7-20D9-11EE-BC0D-005056921CC4185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4B00809A-20D9-11EE-BC0D-005056921CC4186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27754967-2693-11EB-BBDD-005056921CC4187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2630F106-E3C8-11EB-BBF2-005056921CC4188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27754968-2693-11EB-BBDD-005056921CC4189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44272116-5A44-11EA-BBCE-005056921CC4190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44272117-5A44-11EA-BBCE-005056921CC4191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44FCAA97-20D9-11EE-BC0D-005056921CC4192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51006509-20D9-11EE-BC0D-005056921CC4193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51006469-20D9-11EE-BC0D-005056921CC4194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F0F552E-20D9-11EE-BC0D-005056921CC4195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4B008530-20D9-11EE-BC0D-005056921CC4196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/936ECE65-D8EE-11EB-BBF2-005056921CC4197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CEB8673-D8EE-11EB-BBF2-005056921CC4198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51006289-20D9-11EE-BC0D-005056921CC4199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/936ECE66-D8EE-11EB-BBF2-005056921CC4200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CEB8674-D8EE-11EB-BBF2-005056921CC4201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/510063C9-20D9-11EE-BC0D-005056921CC4202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51006329-20D9-11EE-BC0D-005056921CC4203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4B008490-20D9-11EE-BC0D-005056921CC4204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CEB8677-D8EE-11EB-BBF2-005056921CC4205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CEB8672-D8EE-11EB-BBF2-005056921CC4206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EF1A4AA-20D9-11EE-BC0D-005056921CC4207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EF1A40A-20D9-11EE-BC0D-005056921CC4208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EF1A2CA-20D9-11EE-BC0D-005056921CC4209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44FCA647-20D9-11EE-BC0D-005056921CC4210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EF1A36A-20D9-11EE-BC0D-005056921CC4211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57030849-20D9-11EE-BC0D-005056921CC4212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/570307A9-20D9-11EE-BC0D-005056921CC4213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57030709-20D9-11EE-BC0D-005056921CC4214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC679BE4-75C4-11EA-BBD2-005056921CC4215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80E44D67-F151-11EB-BBF2-005056921CC4216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53A960DD-50A0-11EC-BBF6-005056921CC4217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CEB866D-D8EE-11EB-BBF2-005056921CC4218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CEB866B-D8EE-11EB-BBF2-005056921CC4219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CEB866C-D8EE-11EB-BBF2-005056921CC4220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4B0081EC-20D9-11EE-BC0D-005056921CC4221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4B00828C-20D9-11EE-BC0D-005056921CC4222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC38115F-FECF-11EC-BBFA-005056921CC4223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/838EB411-0D98-11EC-BBF2-005056921CC4224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/838EB410-0D98-11EC-BBF2-005056921CC4225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59EF7656-50A0-11EC-BBF6-005056921CC4226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59EF7654-50A0-11EC-BBF6-005056921CC4227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/265F8575-764E-11EC-BBF7-005056921CC4228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/510065A9-20D9-11EE-BC0D-005056921CC4229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/828516A9-252C-11ED-BBFC-005056921CC4230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59EF765A-50A0-11EC-BBF6-005056921CC4231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59EF7659-50A0-11EC-BBF6-005056921CC4232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EF1A04A-20D9-11EE-BC0D-005056921CC4233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91A9ECF2-0D98-11EC-BBF2-005056921CC4234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56388B08-62FC-11EC-BBF7-005056921CC4235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F37311B3-62FC-11EC-BBF7-005056921CC4236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7928921C-6302-11EC-BBF7-005056921CC4237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E949720-6303-11EC-BBF7-005056921CC4238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7F664338-6304-11EC-BBF7-005056921CC4239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37F59B75-21B6-11EE-BC0D-005056921CC4240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37F59DF5-21B6-11EE-BC0D-005056921CC4241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E9B994A1-ACA4-11ED-BC04-005056921CC4242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A65B4726-CFDA-11ED-BC05-005056921CC4243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EB24046-DC9C-11ED-BC07-005056921CC4244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EB24164-DC9C-11ED-BC07-005056921CC4245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44B886C6-DC9C-11ED-BC07-005056921CC4246.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44B8881A-DC9C-11ED-BC07-005056921CC4247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44B8841E-DC9C-11ED-BC07-005056921CC4248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44B88281-DC9C-11ED-BC07-005056921CC4249.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44B88572-DC9C-11ED-BC07-005056921CC4250.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EB23E52-DC9C-11ED-BC07-005056921CC4251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EB23F5E-DC9C-11ED-BC07-005056921CC4252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EB23BE0-DC9C-11ED-BC07-005056921CC4253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EB23D46-DC9C-11ED-BC07-005056921CC4254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12B07ED5-E5B5-11ED-BC09-005056921CC4255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12B07E11-E5B5-11ED-BC09-005056921CC4256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12B08287-E5B5-11ED-BC09-005056921CC4257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12B08145-E5B5-11ED-BC09-005056921CC4258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12B07F75-E5B5-11ED-BC09-005056921CC4259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12B08015-E5B5-11ED-BC09-005056921CC4260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12B07D3B-E5B5-11ED-BC09-005056921CC4261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18B93B41-E5B5-11ED-BC09-005056921CC4262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/953DEB47-0074-11EE-BC09-005056921CC4263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/953DEA29-0074-11EE-BC09-005056921CC4264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F28CF95-0074-11EE-BC09-005056921CC4265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/355C3403-053D-11EE-BC09-005056921CC4266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/355C3363-053D-11EE-BC09-005056921CC4267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B8A0A40-053D-11EE-BC09-005056921CC4268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B8A0DCC-053D-11EE-BC09-005056921CC4269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B8A0D2C-053D-11EE-BC09-005056921CC4270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B8A0B80-053D-11EE-BC09-005056921CC4271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B8A0C32-053D-11EE-BC09-005056921CC4272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B8A0AE0-053D-11EE-BC09-005056921CC4273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/186C8DCE-83CC-11EE-BC11-005056921CC4274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D351B177-AECA-11EE-BC40-00505692492F275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/255EE0B1-AFD1-11EE-BC40-00505692492F276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31E58EAB-21B6-11EE-BC0D-005056921CC4277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C941ACA-4254-11E8-A155-00259035BB67278.gif"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C941ACB-4254-11E8-A155-00259035BB67279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F508767-053D-11EE-BC09-005056921CC4280.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F50867F-053D-11EE-BC09-005056921CC4281.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86B80EB2-21BA-11EE-BC0D-005056921CC4282.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86B80F52-21BA-11EE-BC0D-005056921CC4283.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0866C032-424C-11E8-A155-00259035BB67284.gif"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CB97430-E3D9-11EF-BC4E-00505692C447285.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CB97312-E3D9-11EF-BC4E-00505692C447286.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05F1A7D8-E568-11EF-BC53-00505692E2D0287.jpg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C03D1219-424B-11E8-A155-00259035BB67288.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C52F8AA-E63A-11EF-BC4E-00505692C447289.jpg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57D82581-E3F3-11EF-BC4E-00505692C447290.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CB9754F-E3D9-11EF-BC4E-00505692C447291.jpg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05F1A6F0-E568-11EF-BC53-00505692E2D0292.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFF71469-E567-11EF-BC53-00505692E2D0293.jpg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB381-424C-11E8-A155-00259035BB67294.gif"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89064538-424D-11E8-A155-00259035BB67295.jpg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/402095F7-E3D3-11EB-BBF2-005056921CC4296.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/402095F9-E3D3-11EB-BBF2-005056921CC4297.jpg"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/402095F8-E3D3-11EB-BBF2-005056921CC4298.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4FDFEA0-424D-11E8-A155-00259035BB67299.jpg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CB97792-E3D9-11EF-BC4E-00505692C447300.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49099355-424E-11E8-A155-00259035BB67301.jpg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F682C888-4253-11E8-A155-00259035BB67302.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/449F9826-4254-11E8-A155-00259035BB67303.jpg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/449F9828-4254-11E8-A155-00259035BB67304.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF789FAE-1516-11EA-BBC6-005056921CC4305.jpg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86EA059A-424C-11E8-A155-00259035BB67306.gif"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E50B5FF-D8EE-11EB-BBF2-005056921CC4307.jpg"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E50B5FE-D8EE-11EB-BBF2-005056921CC4308.jpg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B41618D-424F-11E8-A155-00259035BB67309.jpg"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AB1F3E66-21C5-11EE-BC0D-005056921CC4310.jpg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE3F-424B-11E8-A155-00259035BB67311.gif"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE5E-424B-11E8-A155-00259035BB67312.jpg"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE60-424B-11E8-A155-00259035BB67313.gif"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE61-424B-11E8-A155-00259035BB67314.gif"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/282251B8-4252-11E8-A155-00259035BB67315.gif"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34243420-4252-11E8-A155-00259035BB67316.gif"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6667BBE7-4253-11E8-A155-00259035BB67317.gif"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AB1F3DC6-21C5-11EE-BC0D-005056921CC4318.jpg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A52748CA-21C5-11EE-BC0D-005056921CC4319.jpg"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5274B92-21C5-11EE-BC0D-005056921CC4320.jpg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5274A2E-21C5-11EE-BC0D-005056921CC4321.jpg"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5274818-21C5-11EE-BC0D-005056921CC4322.jpg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5274AE0-21C5-11EE-BC0D-005056921CC4323.jpg"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A527497C-21C5-11EE-BC0D-005056921CC4324.jpg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5274766-21C5-11EE-BC0D-005056921CC4325.jpg"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A52746B4-21C5-11EE-BC0D-005056921CC4326.jpg"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5274602-21C5-11EE-BC0D-005056921CC4327.jpg"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F2C96AA-21C5-11EE-BC0D-005056921CC4328.jpg"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F2C9558-21C5-11EE-BC0D-005056921CC4329.jpg"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AB1F3BE6-21C5-11EE-BC0D-005056921CC4330.jpg"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5274C44-21C5-11EE-BC0D-005056921CC4331.jpg"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C324EA2-3212-11EF-BC4C-00505692C447332.jpg"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/563546A3-3212-11EF-BC4C-00505692C447333.jpg"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43D45BC0-81B8-11EF-BC4D-00505692C447334.jpg"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E796454E-9028-11F0-BC58-00505692C447335.jpg"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A265A7C6-8CCF-11EF-BC4E-00505692C447336.jpg"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFFB2D78-8E7A-11F0-BC57-00505692E2D0337.jpg"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDAC1AD7-9028-11F0-BC58-00505692C447338.jpg"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E196F9DB-9028-11F0-BC58-00505692C447339.jpg"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A265A6F0-8CCF-11EF-BC4E-00505692C447340.jpg"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E196F917-9028-11F0-BC58-00505692C447341.jpg"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E79648C8-9028-11F0-BC58-00505692C447342.jpg"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1970A83-9028-11F0-BC58-00505692C447343.jpg"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E196F73F-9028-11F0-BC58-00505692C447344.jpg"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDAC1DA0-9028-11F0-BC58-00505692C447345.jpg"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C26A8C2D-5295-11F0-BC52-00505692C447346.jpg"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E196FBAB-9028-11F0-BC58-00505692C447347.jpg"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C26A8AD8-5295-11F0-BC52-00505692C447348.jpg"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E196FAF9-9028-11F0-BC58-00505692C447349.jpg"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDAC1CEE-9028-11F0-BC58-00505692C447350.jpg"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDAC37F4-9028-11F0-BC58-00505692C447351.jpg"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDAC1B89-9028-11F0-BC58-00505692C447352.jpg"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C26AA368-5295-11F0-BC52-00505692C447353.jpg"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7964816-9028-11F0-BC58-00505692C447354.jpg"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDAC1C3B-9028-11F0-BC58-00505692C447355.jpg"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDAC23A7-9028-11F0-BC58-00505692C447356.jpg"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E79646B2-9028-11F0-BC58-00505692C447357.jpg"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7964600-9028-11F0-BC58-00505692C447358.jpg"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7964764-9028-11F0-BC58-00505692C447359.jpg"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE5E4BC1-15E4-11F0-BC58-00505692E049360.jpg"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56830F0F-5CD4-11F0-BC49-0050569297EB361.jpg"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECB75A59-C7F0-11F0-BC5A-00505692E2D0362.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -14224,51 +14209,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="317" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId317"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>319</xdr:row>
+      <xdr:row>320</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="318" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId318"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -15514,51 +15499,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="360" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId360"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>363</xdr:row>
+      <xdr:row>368</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="361" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId361"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -15859,62 +15844,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-prezentaciy-pordamsa-03012907/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-prezentaciy-pordamsa-03012908/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-prezentaciy-pordamsa-03012909/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-prezentaciy-pordamsa-03012910/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-prezentaciy-pordamsa-03012912/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-prezentaciy-pordamsa-03012915/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-podachi-ppwood-03013314/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-podachi-ppwood-03013315/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-podachi-ppwood-03013316/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-podachi-pordamsa-03014096/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/seledochnica-lubiana-03020216/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03020255/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03020455/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-steelite-03020565/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-d-salata-costa-03020634/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03020877/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03020879/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03020880/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03020881/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03020882/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03020883/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03020884/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03020885/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03020887/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03020921/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03020923/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03020924/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03020925/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03020926/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03020927/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03020928/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03021003/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03021026/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03021027/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03021028/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03021033/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03021078/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03021079/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03021089/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03021147/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-prohotel-03021174/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-matfer-03021230/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03021251/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-suisse-langenthal-03021399/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03021496/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-frilich-03021532/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-matfer-03021592/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03021599/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03021647/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-kesper-03021693/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-steyka-syra-03021705/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-steyka-syra-03021706/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03021719/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03021723/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03021730/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-sunnex-03021741/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-vista-alegre-03021809/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-vista-alegre-03021810/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-ppwood-03021830/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-ppwood-03021831/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-ppwood-03021832/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-ppwood-03021833/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-bauscher-03021857/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-bauscher-03021860/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03021901/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03021902/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03021903/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03021904/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03021905/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03021906/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03021907/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-03021908/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03021909/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03021915/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03021916/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03021918/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03021922/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-serax-03021990/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-tognana-03022360/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-tognana-03022361/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-tognana-03022362/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-tognana-03022363/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03022472/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03022508/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-sunnex-03022524/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-sunnex-03022525/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-sunnex-03022526/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03022559/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03022562/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03022606/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03022607/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03022608/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03022609/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03022611/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03022612/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03022618/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03022619/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03022623/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-sunnex-03022624/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-sunnex-03022625/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-sunnex-03022626/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-sunnex-03022627/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-sunnex-03022628/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-sunnex-03022629/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-sunnex-03022630/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-sunnex-03022631/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-sunnex-03022632/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-sunnex-03022633/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-sunnex-03022634/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-sunnex-03022635/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-sunnex-03022636/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-sunnex-03022638/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-sunnex-03022639/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-sunnex-03022658/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-tognana-03022663/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-tognana-03022664/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-tognana-03022667/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-tognana-03022668/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-prohotel-03022701/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-prohotel-03022702/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-prohotel-03022703/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-steyka-syra-prohotel-03022704/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-prohotel-03022705/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-prohotel-03022706/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-prohotel-03022707/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-prohotel-03022708/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-prohotel-03022709/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-prohotel-03022710/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-prohotel-03022711/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zakusok-aps-03022719/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zakusok-aps-03022720/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zakusok-aps-03022721/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-pordamsa-03022745/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-arcoroc-03022897/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-glubokoe-dlya-podachi-luminarc-03023000/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03023007/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03023008/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03023009/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03023010/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-kunstwerk-03023023/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-kunstwerk-03023024/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-dymov-03023074/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-dymov-03023075/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-dymov-03023076/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-dymov-03023077/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-borisovskaya-keramika-03023110/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-arcoroc-03023117/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-fine-2-dine-03023209/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-fine-2-dine-03023211/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-fine-2-dine-03023213/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-fine-2-dine-03023215/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-fine-2-dine-03023216/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023225/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023226/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023227/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023228/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023229/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023230/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023231/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023232/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023233/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023234/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023235/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03023301/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03023302/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03023303/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-serax-03023501/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-sunnex-03023516/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-serax-03023529/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-narumi-03023539/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-pasabahce-03023728/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03023729/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03023730/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03023731/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03023732/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-sunnex-03023734/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-rosenthal-03023765/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-rosenthal-03023768/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-rosenthal-03023770/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-arcoroc-03023843/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-ppwood-03023879/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03023919/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-pordamsa-03023928/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-pordamsa-03023930/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-pordamsa-03023931/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-pordamsa-03023932/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-pordamsa-03023933/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-pordamsa-03023937/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-pordamsa-03023938/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-pordamsa-03023939/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-pordamsa-03023940/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-cosy-and-trendy-03023948/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-cosy-and-trendy-03023949/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-vista-alegre-03023959/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023967/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023968/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-glubokoe-dlya-podachi-le-coq-03023969/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023970/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023971/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023972/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023973/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023974/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023975/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023976/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023977/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023978/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023979/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023980/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023981/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023982/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023983/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023984/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023985/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023986/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023987/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023988/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03023989/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03023990/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-pordamsa-03024526/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-porvasal-03024529/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-porvasal-03024532/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-porvasal-03024533/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-porvasal-03024536/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-porvasal-03024537/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-matfer-03024543/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03024544/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03024545/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-pordamsa-03024549/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-pryamougolnoe-pordamsa-03024551/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-pordamsa-03024553/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-pordamsa-03024554/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-pryamougolnoe-le-coq-03024567/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-rosenthal-03024603/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-rosenthal-03024604/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-pryamougolnoe-cosy-and-trendy-03024629/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-serax-03024773/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03024823/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03024824/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03024825/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03024826/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03024827/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-studio-raw-03025034/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-cosy-and-trendy-03025049/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-pordamsa-03025079/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-craster-03025085/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03025098/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03025099/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03025100/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03025101/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03025102/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03025103/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03025104/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03025105/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03025106/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03025107/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03025108/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-craster-03025113/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-craster-03025114/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-craster-03025115/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-craster-03025116/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-craster-03025117/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-craster-03025118/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-craster-03025119/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-craster-03025120/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03025140/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03025141/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03025142/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03025147/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03025148/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03025149/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03025152/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03025153/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03025154/" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03025155/" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03025156/" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-bdk-03025203/" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-william-edwards-03025242/" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-william-edwards-03025246/" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-ppwood-03032801/" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-ppwood-03032802/" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-ppwood-03032803/" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-podachi-le-coq-03035219/" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-podachi-le-coq-03035220/" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-paderno-03143032/" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-paderno-03143049/" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-steelite-03170809/" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/seledochnica-lubiana-03171506/" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/seledochnica-lubiana-03171507/" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/seledochnica-lubiana-03171508/" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/seledochnica-lubiana-03171509/" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/seledochnica-tognana-03171512/" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/seledochnica-lubiana-03171513/" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/seledochnica-lubiana-03171514/" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/seledochnica-g-benedikt-karlovy-vary-03171521/" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/seledochnica-g-benedikt-karlovy-vary-03171522/" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/seledochnica-steelite-03171524/" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/seledochnica-kunstwerk-03171525/" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/seledochnica-kunstwerk-03171526/" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/seledochnica-kunstwerk-03171527/" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/seledochnica-kunstwerk-03171528/" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/seledochnica-kunstwerk-03171529/" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/seledochnica-lubiana-03171531/" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/seledochnica-lubiana-03171532/" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/seledochnica-dobrushskiy-farforovyy-zavod-03171536/" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/seledochnica-dobrushskiy-farforovyy-zavod-03171537/" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shprotnica-dobrushskiy-farforovyy-zavod-03171538/" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-dobrushskiy-farforovyy-zavod-03171540/" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-04010201/" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-podogreva-d-art-lest019rg361330-le-coq-04010372/" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-podogreva-d-art-lest019rg361415-le-coq-04010373/" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-kunstwerk-04010515/" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-steelite-04021320/" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-04080225/" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-04080238/" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-04080240/" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-ryby-aps-04080241/" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-04080855/" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-04080857/" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-serax-04080875/" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-ppwood-04082394/" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-steelite-04090510/" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-prohotel-04090520/" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-prohotel-04090531/" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-prohotel-04090532/" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-prohotel-04090533/" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-prohotel-04090539/" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-prohotel-04090540/" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-prohotel-04090541/" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-prohotel-04090542/" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-prohotel-04090543/" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-prohotel-04090544/" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-prohotel-04090545/" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-s-ruchkoy-prohotel-04090557/" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-s-ruchkoy-prohotel-04090558/" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-04091383/" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-04091385/" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-podachi-studio-raw-03035336/" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-03025290/" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-kunstwerk-03015803/" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-03025309/" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-03025285/" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-03025291/" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-kunstwerk-03015804/" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-03025292/" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-03025286/" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-03025297/" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-03025293/" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-03025345/" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-kunstwerk-03025336/" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-03025298/" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-kunstwerk-03025337/" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-03025299/" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-03025283/" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-03025346/" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-03025287/" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-kunstwerk-03025335/" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-03025300/" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-03025284/" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-03025294/" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-03025288/" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-03025289/" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-03025301/" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-style-point-03024692/" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-kunstwerk-03024023/" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-kunstwerk-03024024/" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-kunstwerk-03024019/" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-kunstwerk-03024018/" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-kunstwerk-03024022/" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03014816/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-prezentaciy-pordamsa-03012907/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-prezentaciy-pordamsa-03012908/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-prezentaciy-pordamsa-03012909/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-prezentaciy-pordamsa-03012910/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-prezentaciy-pordamsa-03012912/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-prezentaciy-pordamsa-03012915/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-podachi-ppwood-03013314/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-podachi-ppwood-03013315/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-podachi-ppwood-03013316/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-podachi-pordamsa-03014096/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/seledochnica-lubiana-03020216/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03020255/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03020455/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-steelite-03020565/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-d-salata-costa-03020634/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03020877/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03020879/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03020880/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03020881/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03020882/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03020883/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03020884/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03020885/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03020887/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03020921/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03020923/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03020924/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03020925/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03020926/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03020927/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03020928/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03021003/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03021026/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03021027/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03021028/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03021033/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03021078/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03021079/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03021089/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03021147/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-prohotel-03021174/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-matfer-03021230/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03021251/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-suisse-langenthal-03021399/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03021496/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-frilich-03021532/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-matfer-03021592/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03021599/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03021647/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-kesper-03021693/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-steyka-syra-03021705/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-steyka-syra-03021706/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03021719/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03021723/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03021730/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-sunnex-03021741/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-vista-alegre-03021809/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-vista-alegre-03021810/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-ppwood-03021830/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-ppwood-03021831/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-ppwood-03021832/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-ppwood-03021833/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-bauscher-03021857/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-bauscher-03021860/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03021901/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03021902/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03021903/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03021904/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03021905/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03021906/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03021907/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-03021908/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03021909/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03021915/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03021916/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03021918/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03021922/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-serax-03021990/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-tognana-03022360/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-tognana-03022361/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-tognana-03022362/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-tognana-03022363/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03022472/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03022508/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-sunnex-03022524/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-sunnex-03022525/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-sunnex-03022526/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03022559/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03022562/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03022606/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03022607/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03022608/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03022609/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03022611/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03022612/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03022618/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03022619/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03022623/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-sunnex-03022624/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-sunnex-03022625/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-sunnex-03022626/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-sunnex-03022627/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-sunnex-03022628/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-sunnex-03022629/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-sunnex-03022630/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-sunnex-03022631/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-sunnex-03022632/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-sunnex-03022633/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-sunnex-03022634/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-sunnex-03022635/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-sunnex-03022636/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-sunnex-03022638/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-sunnex-03022639/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-sunnex-03022658/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-tognana-03022663/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-tognana-03022664/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-tognana-03022667/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-tognana-03022668/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-prohotel-03022701/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-prohotel-03022703/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-steyka-syra-prohotel-03022704/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-prohotel-03022705/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-prohotel-03022706/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-prohotel-03022707/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-prohotel-03022708/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-prohotel-03022709/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-prohotel-03022710/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-prohotel-03022711/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zakusok-aps-03022719/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zakusok-aps-03022720/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zakusok-aps-03022721/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-pordamsa-03022745/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-arcoroc-03022897/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-glubokoe-dlya-podachi-luminarc-03023000/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03023007/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03023008/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03023009/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03023010/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-kunstwerk-03023023/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-kunstwerk-03023024/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-dymov-03023074/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-dymov-03023075/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-dymov-03023076/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-dymov-03023077/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-borisovskaya-keramika-03023110/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-arcoroc-03023117/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-fine-2-dine-03023209/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-fine-2-dine-03023211/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-fine-2-dine-03023213/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-fine-2-dine-03023215/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-fine-2-dine-03023216/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023225/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023226/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023227/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023228/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023229/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023230/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023231/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023232/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023233/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023234/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023235/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03023301/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03023302/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03023303/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-serax-03023501/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-sunnex-03023516/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-serax-03023529/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-narumi-03023539/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-pasabahce-03023728/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03023729/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03023730/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03023731/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03023732/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-sunnex-03023734/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-rosenthal-03023765/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-rosenthal-03023768/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-rosenthal-03023770/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-arcoroc-03023843/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-ppwood-03023879/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03023919/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-pordamsa-03023928/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-pordamsa-03023930/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-pordamsa-03023931/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-pordamsa-03023932/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-pordamsa-03023933/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-pordamsa-03023937/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-pordamsa-03023938/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-pordamsa-03023939/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-pordamsa-03023940/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-cosy-and-trendy-03023948/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-cosy-and-trendy-03023949/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-vista-alegre-03023959/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023967/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023968/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-glubokoe-dlya-podachi-le-coq-03023969/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023970/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023971/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023972/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023973/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023974/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023975/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023976/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023977/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023978/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023979/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023980/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023981/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023982/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023983/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023984/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023985/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023986/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023987/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03023988/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03023989/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03023990/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-pordamsa-03024526/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-porvasal-03024529/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-porvasal-03024532/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-porvasal-03024533/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-porvasal-03024536/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-porvasal-03024537/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-matfer-03024543/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03024544/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03024545/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-pordamsa-03024549/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-pryamougolnoe-pordamsa-03024551/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-pordamsa-03024553/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-pordamsa-03024554/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-pryamougolnoe-le-coq-03024567/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-rosenthal-03024603/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-rosenthal-03024604/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-pryamougolnoe-cosy-and-trendy-03024629/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-serax-03024773/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03024823/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03024824/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03024825/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03024826/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03024827/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-studio-raw-03025034/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-cosy-and-trendy-03025049/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-pordamsa-03025079/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-craster-03025085/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03025098/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03025099/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03025100/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03025101/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03025102/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03025103/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03025104/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03025105/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03025106/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03025107/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-03025108/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-craster-03025113/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-craster-03025114/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-craster-03025115/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-craster-03025116/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-craster-03025117/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-craster-03025118/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-craster-03025119/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-craster-03025120/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03025140/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03025141/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03025142/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03025147/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03025148/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03025149/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03025152/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03025153/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03025154/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03025155/" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-le-coq-03025156/" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-bdk-03025203/" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-william-edwards-03025242/" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-william-edwards-03025246/" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-ppwood-03032801/" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-ppwood-03032802/" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-ppwood-03032803/" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-podachi-le-coq-03035219/" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-podachi-le-coq-03035220/" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-paderno-03143032/" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-paderno-03143049/" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-steelite-03170809/" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/seledochnica-lubiana-03171506/" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/seledochnica-lubiana-03171507/" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/seledochnica-lubiana-03171508/" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/seledochnica-lubiana-03171509/" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/seledochnica-tognana-03171512/" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/seledochnica-lubiana-03171513/" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/seledochnica-lubiana-03171514/" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/seledochnica-g-benedikt-karlovy-vary-03171521/" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/seledochnica-g-benedikt-karlovy-vary-03171522/" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/seledochnica-steelite-03171524/" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/seledochnica-kunstwerk-03171525/" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/seledochnica-kunstwerk-03171526/" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/seledochnica-kunstwerk-03171527/" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/seledochnica-kunstwerk-03171528/" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/seledochnica-kunstwerk-03171529/" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/seledochnica-lubiana-03171531/" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/seledochnica-lubiana-03171532/" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/seledochnica-dobrushskiy-farforovyy-zavod-03171536/" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/seledochnica-dobrushskiy-farforovyy-zavod-03171537/" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shprotnica-dobrushskiy-farforovyy-zavod-03171538/" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-dobrushskiy-farforovyy-zavod-03171540/" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-revol-04010201/" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-podogreva-d-art-lest019rg361330-le-coq-04010372/" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-podogreva-d-art-lest019rg361415-le-coq-04010373/" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-kunstwerk-04010515/" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-steelite-04021320/" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-04080225/" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-04080238/" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-04080240/" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-ryby-aps-04080241/" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-04080855/" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-04080857/" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-serax-04080875/" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-ppwood-04082394/" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-steelite-04090510/" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-prohotel-04090520/" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-prohotel-04090531/" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-prohotel-04090532/" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-prohotel-04090533/" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-prohotel-04090539/" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-prohotel-04090540/" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-prohotel-04090541/" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-prohotel-04090542/" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-prohotel-04090543/" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-prohotel-04090544/" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-prohotel-04090545/" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-s-ruchkoy-prohotel-04090557/" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-s-ruchkoy-prohotel-04090558/" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-04091383/" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-04091385/" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-podachi-studio-raw-03035336/" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-03025290/" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-kunstwerk-03015803/" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-03025309/" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-03025285/" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-03025291/" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-kunstwerk-03015804/" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-03025292/" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-03025286/" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-03025297/" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-03025293/" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-03025345/" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-kunstwerk-03025336/" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-03025298/" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-kunstwerk-03025337/" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-03025299/" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-03025283/" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-03025346/" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-03025287/" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-kunstwerk-03025335/" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-03025300/" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-03025284/" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-03025294/" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-03025288/" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-03025289/" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-03025301/" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-style-point-03024692/" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-kunstwerk-03024023/" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-kunstwerk-03024024/" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-kunstwerk-03024019/" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-kunstwerk-03024018/" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-kunstwerk-03024022/" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03014816/" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-aps-03024035/" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-tognana-03024064/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L370"/>
+  <dimension ref="A1:L371"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I370" sqref="I370"/>
+      <selection activeCell="I371" sqref="I371"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -16657,11468 +16642,11497 @@
         <v>118</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>119</v>
       </c>
       <c r="D23" s="0">
         <v>642499</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>74</v>
       </c>
       <c r="F23" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>76</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>120</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="L23" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
         <v>121</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>122</v>
       </c>
       <c r="D24" s="0">
         <v>641007</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>74</v>
       </c>
       <c r="F24" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>76</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>123</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>124</v>
+        <v>30</v>
       </c>
       <c r="L24" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="D25" s="0">
         <v>641913</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>74</v>
       </c>
       <c r="F25" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>76</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="L25" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="C26" s="0" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="D26" s="0">
         <v>647781</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>74</v>
       </c>
       <c r="F26" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>76</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L26" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="D27" s="0">
         <v>647784</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>74</v>
       </c>
       <c r="F27" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>76</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="L27" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="D28" s="0">
         <v>640602</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>74</v>
       </c>
       <c r="F28" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>76</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>71</v>
       </c>
       <c r="L28" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="D29" s="0">
         <v>643456</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>74</v>
       </c>
       <c r="F29" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>76</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>71</v>
       </c>
       <c r="L29" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="C30" s="0" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="D30" s="0">
         <v>640605</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>74</v>
       </c>
       <c r="F30" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>76</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>71</v>
       </c>
       <c r="L30" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="D31" s="0">
         <v>641001</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>74</v>
       </c>
       <c r="F31" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>76</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>71</v>
       </c>
       <c r="L31" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="D32" s="0">
         <v>642500</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>74</v>
       </c>
       <c r="F32" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>76</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>113</v>
       </c>
       <c r="L32" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="C33" s="0" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="D33" s="0">
         <v>640598</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>74</v>
       </c>
       <c r="F33" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>76</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>154</v>
+        <v>106</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D34" s="0">
         <v>641849</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>74</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>76</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L34" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="D35" s="0">
         <v>641812</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>74</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
         <v>76</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L35" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="D36" s="0">
         <v>641848</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>74</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>76</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L36" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="D37" s="0">
         <v>645215</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>74</v>
       </c>
       <c r="F37" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G37" s="0" t="s">
         <v>76</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L37" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="D38" s="0">
         <v>646122</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>74</v>
       </c>
       <c r="F38" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>76</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L38" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="D39" s="0">
         <v>646120</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>74</v>
       </c>
       <c r="F39" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>76</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L39" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="C40" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="D40" s="0" t="s">
         <v>172</v>
       </c>
-      <c r="C40" s="0" t="s">
+      <c r="E40" s="0" t="s">
         <v>173</v>
-      </c>
-[...4 lines deleted...]
-        <v>175</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="L40" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="D41" s="0">
         <v>647782</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>74</v>
       </c>
       <c r="F41" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G41" s="0" t="s">
         <v>76</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="L41" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="D42" s="0">
         <v>1042</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L42" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="C43" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="D43" s="0" t="s">
         <v>188</v>
       </c>
-      <c r="C43" s="0" t="s">
+      <c r="E43" s="0" t="s">
         <v>189</v>
-      </c>
-[...4 lines deleted...]
-        <v>191</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
         <v>76</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L43" s="0"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="D44" s="0">
         <v>646350</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>74</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>76</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L44" s="0"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="C45" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="D45" s="0" t="s">
         <v>196</v>
       </c>
-      <c r="C45" s="0" t="s">
+      <c r="E45" s="0" t="s">
         <v>197</v>
       </c>
-      <c r="D45" s="0" t="s">
+      <c r="F45" s="0" t="s">
         <v>198</v>
       </c>
-      <c r="E45" s="0" t="s">
+      <c r="G45" s="0" t="s">
         <v>199</v>
       </c>
-      <c r="F45" s="0" t="s">
+      <c r="H45" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I45" s="1" t="s">
         <v>200</v>
-      </c>
-[...7 lines deleted...]
-        <v>202</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L45" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="D46" s="0">
         <v>83865</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F46" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="G46" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="H46" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I46" s="1" t="s">
         <v>205</v>
-      </c>
-[...7 lines deleted...]
-        <v>207</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L46" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="C47" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="D47" s="0" t="s">
         <v>208</v>
       </c>
-      <c r="C47" s="0" t="s">
+      <c r="E47" s="0" t="s">
         <v>209</v>
-      </c>
-[...4 lines deleted...]
-        <v>211</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L47" s="0"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="D48" s="0" t="s">
         <v>213</v>
       </c>
-      <c r="C48" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E48" s="0" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
         <v>76</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="D49" s="0">
         <v>647783</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>74</v>
       </c>
       <c r="F49" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>76</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="L49" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="D50" s="0">
         <v>647911</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>74</v>
       </c>
       <c r="F50" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>76</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="L50" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="D51" s="0">
         <v>63535</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L51" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="C52" s="0" t="s">
+        <v>228</v>
+      </c>
+      <c r="D52" s="0" t="s">
         <v>229</v>
-      </c>
-[...4 lines deleted...]
-        <v>231</v>
       </c>
       <c r="E52" s="0"/>
       <c r="F52" s="0" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L52" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="B53" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="C53" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="D53" s="0" t="s">
         <v>234</v>
-      </c>
-[...4 lines deleted...]
-        <v>236</v>
       </c>
       <c r="E53" s="0"/>
       <c r="F53" s="0" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="G53" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L53" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="D54" s="0">
         <v>642667</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>74</v>
       </c>
       <c r="F54" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G54" s="0" t="s">
         <v>76</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="L54" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
+        <v>240</v>
+      </c>
+      <c r="C55" s="0" t="s">
+        <v>241</v>
+      </c>
+      <c r="D55" s="0" t="s">
         <v>242</v>
       </c>
-      <c r="C55" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E55" s="0" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L55" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="D56" s="0">
         <v>644986</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>74</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
         <v>76</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L56" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
+        <v>247</v>
+      </c>
+      <c r="C57" s="0" t="s">
+        <v>248</v>
+      </c>
+      <c r="D57" s="0" t="s">
         <v>249</v>
       </c>
-      <c r="C57" s="0" t="s">
+      <c r="E57" s="0" t="s">
         <v>250</v>
-      </c>
-[...4 lines deleted...]
-        <v>252</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>71</v>
       </c>
       <c r="L57" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="D58" s="0">
         <v>26002780</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>93</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L58" s="0"/>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="D59" s="0">
         <v>26002797</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>93</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L59" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
+        <v>260</v>
+      </c>
+      <c r="C60" s="0" t="s">
+        <v>261</v>
+      </c>
+      <c r="D60" s="0" t="s">
         <v>262</v>
-      </c>
-[...4 lines deleted...]
-        <v>264</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>30</v>
+        <v>264</v>
       </c>
       <c r="L60" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
+        <v>265</v>
+      </c>
+      <c r="C61" s="0" t="s">
         <v>266</v>
       </c>
-      <c r="C61" s="0" t="s">
+      <c r="D61" s="0" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L61" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="C62" s="0" t="s">
         <v>270</v>
       </c>
-      <c r="C62" s="0" t="s">
+      <c r="D62" s="0" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>273</v>
+        <v>99</v>
       </c>
       <c r="L62" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
+        <v>272</v>
+      </c>
+      <c r="C63" s="0" t="s">
+        <v>273</v>
+      </c>
+      <c r="D63" s="0" t="s">
         <v>274</v>
-      </c>
-[...4 lines deleted...]
-        <v>276</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>278</v>
+        <v>25</v>
       </c>
       <c r="L63" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
+        <v>276</v>
+      </c>
+      <c r="C64" s="0" t="s">
+        <v>277</v>
+      </c>
+      <c r="D64" s="0" t="s">
+        <v>278</v>
+      </c>
+      <c r="E64" s="0" t="s">
         <v>279</v>
-      </c>
-[...7 lines deleted...]
-        <v>282</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L64" s="0"/>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L65" s="0"/>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>124</v>
+        <v>25</v>
       </c>
       <c r="L66" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>71</v>
       </c>
       <c r="L67" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
         <v>71</v>
       </c>
       <c r="L68" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>304</v>
+        <v>106</v>
       </c>
       <c r="L69" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="D70" s="0">
         <v>996</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="L70" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="L71" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>304</v>
+        <v>313</v>
       </c>
       <c r="L72" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="D73" s="0"/>
       <c r="E73" s="0"/>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L73" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="L74" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
-        <v>224</v>
+        <v>325</v>
       </c>
       <c r="L75" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="D76" s="0">
         <v>84085</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F76" s="0" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="G76" s="0" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L76" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="D77" s="0">
         <v>83403</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
-        <v>334</v>
+        <v>25</v>
       </c>
       <c r="L77" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F78" s="0"/>
       <c r="G78" s="0" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L78" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
+        <v>336</v>
+      </c>
+      <c r="C79" s="0" t="s">
+        <v>337</v>
+      </c>
+      <c r="D79" s="0" t="s">
+        <v>338</v>
+      </c>
+      <c r="E79" s="0" t="s">
         <v>339</v>
-      </c>
-[...7 lines deleted...]
-        <v>342</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L79" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="C80" s="0" t="s">
+        <v>343</v>
+      </c>
+      <c r="D80" s="0" t="s">
+        <v>344</v>
+      </c>
+      <c r="E80" s="0" t="s">
         <v>345</v>
       </c>
-      <c r="C80" s="0" t="s">
+      <c r="F80" s="0" t="s">
         <v>346</v>
       </c>
-      <c r="D80" s="0" t="s">
+      <c r="G80" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="H80" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I80" s="1" t="s">
         <v>347</v>
-      </c>
-[...13 lines deleted...]
-        <v>350</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L80" s="0"/>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
+        <v>348</v>
+      </c>
+      <c r="C81" s="0" t="s">
+        <v>349</v>
+      </c>
+      <c r="D81" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="E81" s="0" t="s">
+        <v>345</v>
+      </c>
+      <c r="F81" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="G81" s="0" t="s">
         <v>351</v>
       </c>
-      <c r="C81" s="0" t="s">
+      <c r="H81" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I81" s="1" t="s">
         <v>352</v>
-      </c>
-[...16 lines deleted...]
-        <v>355</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L81" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="C82" s="0" t="s">
+        <v>354</v>
+      </c>
+      <c r="D82" s="0" t="s">
+        <v>355</v>
+      </c>
+      <c r="E82" s="0" t="s">
+        <v>345</v>
+      </c>
+      <c r="F82" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="G82" s="0" t="s">
+        <v>351</v>
+      </c>
+      <c r="H82" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I82" s="1" t="s">
         <v>356</v>
-      </c>
-[...19 lines deleted...]
-        <v>359</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L82" s="0"/>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
+        <v>357</v>
+      </c>
+      <c r="C83" s="0" t="s">
+        <v>358</v>
+      </c>
+      <c r="D83" s="0" t="s">
+        <v>359</v>
+      </c>
+      <c r="E83" s="0" t="s">
+        <v>345</v>
+      </c>
+      <c r="F83" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="G83" s="0" t="s">
+        <v>351</v>
+      </c>
+      <c r="H83" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I83" s="1" t="s">
         <v>360</v>
-      </c>
-[...19 lines deleted...]
-        <v>363</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L83" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="D84" s="0">
         <v>651026</v>
       </c>
       <c r="E84" s="0" t="s">
         <v>74</v>
       </c>
       <c r="F84" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G84" s="0" t="s">
         <v>76</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="L84" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>370</v>
+        <v>367</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>371</v>
+        <v>113</v>
       </c>
       <c r="L85" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="L86" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>376</v>
+        <v>372</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>377</v>
+        <v>373</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="L87" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>382</v>
+        <v>378</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="F88" s="0"/>
       <c r="G88" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>383</v>
+        <v>379</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
         <v>71</v>
       </c>
       <c r="L88" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>384</v>
+        <v>380</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>385</v>
+        <v>381</v>
       </c>
       <c r="D89" s="0">
         <v>652732</v>
       </c>
       <c r="E89" s="0" t="s">
         <v>74</v>
       </c>
       <c r="F89" s="0" t="s">
-        <v>386</v>
+        <v>382</v>
       </c>
       <c r="G89" s="0" t="s">
         <v>76</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L89" s="0"/>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>389</v>
+        <v>385</v>
       </c>
       <c r="D90" s="0">
         <v>84726</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F90" s="0" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="G90" s="0" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L90" s="0"/>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>392</v>
+        <v>388</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="D91" s="0">
         <v>84103</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F91" s="0" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="G91" s="0" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L91" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="D92" s="0">
         <v>84104</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F92" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="G92" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="H92" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I92" s="1" t="s">
         <v>394</v>
-      </c>
-[...7 lines deleted...]
-        <v>398</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L92" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="D93" s="0">
         <v>84105</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F93" s="0" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="G93" s="0" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L93" s="0">
         <v>54</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="D94" s="0">
         <v>84106</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F94" s="0" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="G94" s="0" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
         <v>71</v>
       </c>
       <c r="L94" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F95" s="0"/>
       <c r="G95" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
-        <v>273</v>
+        <v>218</v>
       </c>
       <c r="L95" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>410</v>
+        <v>406</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F96" s="0"/>
       <c r="G96" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>412</v>
+        <v>408</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
-        <v>413</v>
+        <v>134</v>
       </c>
       <c r="L96" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>414</v>
+        <v>409</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>415</v>
+        <v>410</v>
       </c>
       <c r="D97" s="0">
         <v>84185</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F97" s="0" t="s">
-        <v>416</v>
+        <v>411</v>
       </c>
       <c r="G97" s="0" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>417</v>
+        <v>412</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
-        <v>418</v>
+        <v>413</v>
       </c>
       <c r="L97" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>420</v>
+        <v>415</v>
       </c>
       <c r="D98" s="0">
         <v>84186</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F98" s="0" t="s">
+        <v>411</v>
+      </c>
+      <c r="G98" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="H98" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I98" s="1" t="s">
         <v>416</v>
-      </c>
-[...7 lines deleted...]
-        <v>421</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L98" s="0"/>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>422</v>
+        <v>417</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>424</v>
+        <v>419</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>425</v>
+        <v>420</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L99" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
-        <v>426</v>
+        <v>421</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>427</v>
+        <v>422</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="E100" s="0" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>429</v>
+        <v>424</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
       <c r="L100" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>432</v>
+        <v>427</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>433</v>
+        <v>428</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>434</v>
+        <v>429</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
       <c r="L101" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>435</v>
+        <v>430</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>436</v>
+        <v>431</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="F102" s="0"/>
       <c r="G102" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>438</v>
+        <v>433</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
       <c r="L102" s="0">
         <v>15</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
-        <v>439</v>
+        <v>434</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>440</v>
+        <v>435</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>441</v>
+        <v>436</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>442</v>
+        <v>437</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L103" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>444</v>
+        <v>439</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>445</v>
+        <v>440</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
       <c r="L104" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>447</v>
+        <v>442</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>448</v>
+        <v>443</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>449</v>
+        <v>444</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>450</v>
+        <v>445</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
       <c r="L105" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>452</v>
+        <v>447</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>453</v>
+        <v>448</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="F106" s="0"/>
       <c r="G106" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>454</v>
+        <v>449</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
       <c r="L106" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>455</v>
+        <v>450</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>456</v>
+        <v>451</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>457</v>
+        <v>452</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="F107" s="0"/>
       <c r="G107" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>458</v>
+        <v>453</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
-        <v>430</v>
+        <v>308</v>
       </c>
       <c r="L107" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
-        <v>459</v>
+        <v>454</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>460</v>
+        <v>455</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>461</v>
+        <v>456</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="F108" s="0"/>
       <c r="G108" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>462</v>
+        <v>457</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
-        <v>430</v>
+        <v>308</v>
       </c>
       <c r="L108" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>463</v>
+        <v>458</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="F109" s="0"/>
       <c r="G109" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>438</v>
+        <v>433</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
       <c r="L109" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
-        <v>466</v>
+        <v>461</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>467</v>
+        <v>462</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>468</v>
+        <v>463</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="F110" s="0"/>
       <c r="G110" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>469</v>
+        <v>464</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
       <c r="L110" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
-        <v>470</v>
+        <v>465</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>471</v>
+        <v>466</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>472</v>
+        <v>467</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="F111" s="0"/>
       <c r="G111" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>473</v>
+        <v>468</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
-        <v>312</v>
+        <v>71</v>
       </c>
       <c r="L111" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
-        <v>474</v>
+        <v>469</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>475</v>
+        <v>470</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>476</v>
+        <v>471</v>
       </c>
       <c r="E112" s="0" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="F112" s="0"/>
       <c r="G112" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
-        <v>430</v>
+        <v>308</v>
       </c>
       <c r="L112" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
-        <v>478</v>
+        <v>473</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>479</v>
+        <v>474</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>480</v>
+        <v>475</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="F113" s="0"/>
       <c r="G113" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>481</v>
+        <v>476</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
-        <v>430</v>
+        <v>308</v>
       </c>
       <c r="L113" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
-        <v>482</v>
+        <v>477</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>483</v>
+        <v>478</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>484</v>
+        <v>479</v>
       </c>
       <c r="E114" s="0" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="F114" s="0"/>
       <c r="G114" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>485</v>
+        <v>480</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="L114" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
-        <v>486</v>
+        <v>481</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>487</v>
+        <v>482</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="F115" s="0"/>
       <c r="G115" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>489</v>
+        <v>484</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="L115" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
       <c r="E116" s="0" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="F116" s="0" t="s">
-        <v>493</v>
+        <v>488</v>
       </c>
       <c r="G116" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>494</v>
+        <v>489</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
-        <v>334</v>
+        <v>490</v>
       </c>
       <c r="L116" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
-        <v>495</v>
+        <v>491</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>496</v>
+        <v>492</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>497</v>
+        <v>493</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="F117" s="0" t="s">
-        <v>493</v>
+        <v>488</v>
       </c>
       <c r="G117" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>498</v>
+        <v>494</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L117" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
+        <v>495</v>
+      </c>
+      <c r="C118" s="0" t="s">
+        <v>496</v>
+      </c>
+      <c r="D118" s="0" t="s">
+        <v>497</v>
+      </c>
+      <c r="E118" s="0" t="s">
+        <v>345</v>
+      </c>
+      <c r="F118" s="0" t="s">
+        <v>498</v>
+      </c>
+      <c r="G118" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="H118" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I118" s="1" t="s">
         <v>499</v>
-      </c>
-[...19 lines deleted...]
-        <v>503</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
-        <v>504</v>
+        <v>500</v>
       </c>
       <c r="L118" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
-        <v>505</v>
+        <v>501</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>506</v>
+        <v>502</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>507</v>
+        <v>503</v>
       </c>
       <c r="E119" s="0" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="F119" s="0" t="s">
-        <v>502</v>
+        <v>498</v>
       </c>
       <c r="G119" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>508</v>
+        <v>504</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L119" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
-        <v>509</v>
+        <v>505</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>510</v>
+        <v>506</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="F120" s="0"/>
       <c r="G120" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L120" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
-        <v>513</v>
+        <v>509</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>514</v>
+        <v>510</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>515</v>
+        <v>511</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="F121" s="0"/>
       <c r="G121" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H121" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>516</v>
+        <v>512</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L121" s="0">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
-        <v>517</v>
+        <v>513</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>518</v>
+        <v>514</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>519</v>
+        <v>515</v>
       </c>
       <c r="E122" s="0" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="F122" s="0"/>
       <c r="G122" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L122" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
-        <v>521</v>
+        <v>517</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>522</v>
+        <v>518</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>523</v>
+        <v>519</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="F123" s="0"/>
       <c r="G123" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>524</v>
+        <v>520</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
-        <v>25</v>
+        <v>99</v>
       </c>
       <c r="L123" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
-        <v>525</v>
+        <v>521</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>526</v>
+        <v>522</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>527</v>
+        <v>523</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="F124" s="0"/>
       <c r="G124" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>528</v>
+        <v>524</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
-        <v>273</v>
+        <v>25</v>
       </c>
       <c r="L124" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
-        <v>529</v>
+        <v>525</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>530</v>
+        <v>526</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>531</v>
+        <v>527</v>
       </c>
       <c r="E125" s="0" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="F125" s="0"/>
       <c r="G125" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>532</v>
+        <v>528</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L125" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
-        <v>533</v>
+        <v>529</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>534</v>
+        <v>530</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>535</v>
+        <v>531</v>
       </c>
       <c r="E126" s="0" t="s">
-        <v>185</v>
-[...1 lines deleted...]
-      <c r="F126" s="0"/>
+        <v>183</v>
+      </c>
+      <c r="F126" s="0" t="s">
+        <v>183</v>
+      </c>
       <c r="G126" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>536</v>
+        <v>532</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L126" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
-        <v>537</v>
+        <v>533</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>538</v>
+        <v>534</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>539</v>
+        <v>535</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>185</v>
-[...3 lines deleted...]
-      </c>
+        <v>183</v>
+      </c>
+      <c r="F127" s="0"/>
       <c r="G127" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>540</v>
+        <v>536</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
-        <v>25</v>
+        <v>313</v>
       </c>
       <c r="L127" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>542</v>
+        <v>538</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>543</v>
+        <v>539</v>
       </c>
       <c r="E128" s="0" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="F128" s="0"/>
       <c r="G128" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>544</v>
+        <v>540</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
-        <v>545</v>
+        <v>500</v>
       </c>
       <c r="L128" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
-        <v>546</v>
+        <v>541</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>547</v>
+        <v>542</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>548</v>
+        <v>543</v>
       </c>
       <c r="E129" s="0" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="F129" s="0"/>
       <c r="G129" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>549</v>
+        <v>544</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
-        <v>504</v>
+        <v>25</v>
       </c>
       <c r="L129" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
-        <v>550</v>
+        <v>545</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>551</v>
-[...2 lines deleted...]
-        <v>552</v>
+        <v>546</v>
+      </c>
+      <c r="D130" s="0">
+        <v>84206</v>
       </c>
       <c r="E130" s="0" t="s">
-        <v>185</v>
-[...1 lines deleted...]
-      <c r="F130" s="0"/>
+        <v>173</v>
+      </c>
+      <c r="F130" s="0" t="s">
+        <v>547</v>
+      </c>
       <c r="G130" s="0" t="s">
-        <v>176</v>
+        <v>204</v>
       </c>
       <c r="H130" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>553</v>
+        <v>548</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L130" s="0">
-        <v>8</v>
+        <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
-        <v>554</v>
+        <v>549</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>555</v>
+        <v>550</v>
       </c>
       <c r="D131" s="0">
-        <v>84206</v>
+        <v>84207</v>
       </c>
       <c r="E131" s="0" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F131" s="0" t="s">
-        <v>556</v>
+        <v>547</v>
       </c>
       <c r="G131" s="0" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>557</v>
+        <v>551</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="L131" s="0">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
-        <v>558</v>
+        <v>552</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>559</v>
+        <v>553</v>
       </c>
       <c r="D132" s="0">
-        <v>84207</v>
+        <v>84208</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F132" s="0" t="s">
-        <v>556</v>
+        <v>547</v>
       </c>
       <c r="G132" s="0" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>560</v>
+        <v>554</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="L132" s="0"/>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
-        <v>561</v>
+        <v>555</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>562</v>
-[...2 lines deleted...]
-        <v>84208</v>
+        <v>556</v>
+      </c>
+      <c r="D133" s="0" t="s">
+        <v>557</v>
       </c>
       <c r="E133" s="0" t="s">
-        <v>175</v>
+        <v>15</v>
       </c>
       <c r="F133" s="0" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="G133" s="0" t="s">
-        <v>206</v>
+        <v>17</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>563</v>
+        <v>559</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L133" s="0"/>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
+        <v>560</v>
+      </c>
+      <c r="C134" s="0" t="s">
+        <v>561</v>
+      </c>
+      <c r="D134" s="0" t="s">
+        <v>562</v>
+      </c>
+      <c r="E134" s="0" t="s">
+        <v>563</v>
+      </c>
+      <c r="F134" s="0" t="s">
         <v>564</v>
       </c>
-      <c r="C134" s="0" t="s">
+      <c r="G134" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="H134" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I134" s="1" t="s">
         <v>565</v>
-      </c>
-[...16 lines deleted...]
-        <v>568</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L134" s="0"/>
+      <c r="L134" s="0">
+        <v>3</v>
+      </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
+        <v>566</v>
+      </c>
+      <c r="C135" s="0" t="s">
+        <v>567</v>
+      </c>
+      <c r="D135" s="0" t="s">
+        <v>568</v>
+      </c>
+      <c r="E135" s="0" t="s">
         <v>569</v>
       </c>
-      <c r="C135" s="0" t="s">
+      <c r="F135" s="0" t="s">
         <v>570</v>
-      </c>
-[...7 lines deleted...]
-        <v>573</v>
       </c>
       <c r="G135" s="0" t="s">
         <v>76</v>
       </c>
       <c r="H135" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>574</v>
+        <v>571</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
-        <v>25</v>
+        <v>572</v>
       </c>
       <c r="L135" s="0">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
+        <v>573</v>
+      </c>
+      <c r="C136" s="0" t="s">
+        <v>574</v>
+      </c>
+      <c r="D136" s="0">
+        <v>84083</v>
+      </c>
+      <c r="E136" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="F136" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="G136" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="H136" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I136" s="1" t="s">
         <v>575</v>
-      </c>
-[...19 lines deleted...]
-        <v>580</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
-        <v>99</v>
+        <v>25</v>
       </c>
       <c r="L136" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
-        <v>581</v>
+        <v>576</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>582</v>
+        <v>577</v>
       </c>
       <c r="D137" s="0">
-        <v>84083</v>
+        <v>83864</v>
       </c>
       <c r="E137" s="0" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F137" s="0" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="G137" s="0" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>583</v>
+        <v>578</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
-        <v>273</v>
+        <v>25</v>
       </c>
       <c r="L137" s="0">
-        <v>4</v>
+        <v>10</v>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
-        <v>584</v>
+        <v>579</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>585</v>
+        <v>580</v>
       </c>
       <c r="D138" s="0">
-        <v>83864</v>
+        <v>83435</v>
       </c>
       <c r="E138" s="0" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F138" s="0" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="G138" s="0" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="H138" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L138" s="0">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>588</v>
+        <v>583</v>
       </c>
       <c r="D139" s="0">
-        <v>83435</v>
+        <v>83871</v>
       </c>
       <c r="E139" s="0" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F139" s="0" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="G139" s="0" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="H139" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>589</v>
+        <v>120</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="L139" s="0">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
-        <v>590</v>
+        <v>584</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>591</v>
-[...2 lines deleted...]
-        <v>83871</v>
+        <v>585</v>
+      </c>
+      <c r="D140" s="0" t="s">
+        <v>586</v>
       </c>
       <c r="E140" s="0" t="s">
-        <v>175</v>
-[...3 lines deleted...]
-      </c>
+        <v>230</v>
+      </c>
+      <c r="F140" s="0"/>
       <c r="G140" s="0" t="s">
-        <v>206</v>
+        <v>174</v>
       </c>
       <c r="H140" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>120</v>
+        <v>587</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
-        <v>25</v>
+        <v>425</v>
       </c>
       <c r="L140" s="0">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
-        <v>592</v>
+        <v>588</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>593</v>
+        <v>589</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>594</v>
+        <v>590</v>
       </c>
       <c r="E141" s="0" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="F141" s="0"/>
       <c r="G141" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>595</v>
+        <v>591</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
       <c r="L141" s="0">
-        <v>3</v>
+        <v>18</v>
       </c>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
+        <v>592</v>
+      </c>
+      <c r="C142" s="0" t="s">
+        <v>593</v>
+      </c>
+      <c r="D142" s="0" t="s">
+        <v>594</v>
+      </c>
+      <c r="E142" s="0" t="s">
+        <v>595</v>
+      </c>
+      <c r="F142" s="0" t="s">
         <v>596</v>
       </c>
-      <c r="C142" s="0" t="s">
+      <c r="G142" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="H142" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I142" s="1" t="s">
         <v>597</v>
-      </c>
-[...14 lines deleted...]
-        <v>599</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
-        <v>430</v>
+        <v>25</v>
       </c>
       <c r="L142" s="0">
-        <v>18</v>
+        <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
+        <v>598</v>
+      </c>
+      <c r="C143" s="0" t="s">
+        <v>599</v>
+      </c>
+      <c r="D143" s="0" t="s">
         <v>600</v>
       </c>
-      <c r="C143" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E143" s="0" t="s">
-        <v>603</v>
+        <v>595</v>
       </c>
       <c r="F143" s="0" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="G143" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>605</v>
+        <v>601</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L143" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
-        <v>606</v>
+        <v>602</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>607</v>
+        <v>603</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>608</v>
+        <v>604</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>603</v>
+        <v>595</v>
       </c>
       <c r="F144" s="0" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="G144" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>609</v>
+        <v>606</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="L144" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
-        <v>610</v>
+        <v>607</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>611</v>
+        <v>608</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>612</v>
+        <v>609</v>
       </c>
       <c r="E145" s="0" t="s">
-        <v>603</v>
+        <v>595</v>
       </c>
       <c r="F145" s="0" t="s">
-        <v>613</v>
+        <v>605</v>
       </c>
       <c r="G145" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H145" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>614</v>
+        <v>610</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
-        <v>273</v>
+        <v>25</v>
       </c>
       <c r="L145" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
+        <v>611</v>
+      </c>
+      <c r="C146" s="0" t="s">
+        <v>612</v>
+      </c>
+      <c r="D146" s="0" t="s">
+        <v>613</v>
+      </c>
+      <c r="E146" s="0" t="s">
+        <v>614</v>
+      </c>
+      <c r="F146" s="0" t="s">
         <v>615</v>
-      </c>
-[...10 lines deleted...]
-        <v>613</v>
       </c>
       <c r="G146" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H146" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>618</v>
+        <v>616</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L146" s="0">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
+        <v>617</v>
+      </c>
+      <c r="C147" s="0" t="s">
+        <v>618</v>
+      </c>
+      <c r="D147" s="0" t="s">
         <v>619</v>
       </c>
-      <c r="C147" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E147" s="0" t="s">
-        <v>622</v>
+        <v>563</v>
       </c>
       <c r="F147" s="0" t="s">
-        <v>623</v>
+        <v>564</v>
       </c>
       <c r="G147" s="0" t="s">
-        <v>50</v>
+        <v>76</v>
       </c>
       <c r="H147" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>624</v>
+        <v>433</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L147" s="0">
-        <v>14</v>
+        <v>24</v>
       </c>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
-        <v>625</v>
+        <v>620</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>626</v>
-[...2 lines deleted...]
-        <v>627</v>
+        <v>621</v>
+      </c>
+      <c r="D148" s="0">
+        <v>604600</v>
       </c>
       <c r="E148" s="0" t="s">
-        <v>572</v>
+        <v>622</v>
       </c>
       <c r="F148" s="0" t="s">
-        <v>573</v>
+        <v>623</v>
       </c>
       <c r="G148" s="0" t="s">
-        <v>76</v>
+        <v>340</v>
       </c>
       <c r="H148" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>438</v>
+        <v>624</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L148" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L148" s="0"/>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
-        <v>628</v>
+        <v>625</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>629</v>
+        <v>626</v>
       </c>
       <c r="D149" s="0">
-        <v>604600</v>
+        <v>604602</v>
       </c>
       <c r="E149" s="0" t="s">
-        <v>630</v>
+        <v>622</v>
       </c>
       <c r="F149" s="0" t="s">
-        <v>631</v>
+        <v>623</v>
       </c>
       <c r="G149" s="0" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="H149" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>632</v>
+        <v>627</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L149" s="0"/>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
-        <v>633</v>
+        <v>628</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>634</v>
+        <v>629</v>
       </c>
       <c r="D150" s="0">
-        <v>604602</v>
+        <v>604603</v>
       </c>
       <c r="E150" s="0" t="s">
+        <v>622</v>
+      </c>
+      <c r="F150" s="0" t="s">
+        <v>623</v>
+      </c>
+      <c r="G150" s="0" t="s">
+        <v>340</v>
+      </c>
+      <c r="H150" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I150" s="1" t="s">
         <v>630</v>
-      </c>
-[...10 lines deleted...]
-        <v>635</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L150" s="0"/>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
-        <v>636</v>
+        <v>631</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>637</v>
+        <v>632</v>
       </c>
       <c r="D151" s="0">
-        <v>604603</v>
+        <v>604408</v>
       </c>
       <c r="E151" s="0" t="s">
-        <v>630</v>
+        <v>622</v>
       </c>
       <c r="F151" s="0" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="G151" s="0" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="H151" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>638</v>
+        <v>634</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L151" s="0"/>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
-        <v>639</v>
+        <v>635</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>640</v>
+        <v>636</v>
       </c>
       <c r="D152" s="0">
-        <v>604408</v>
+        <v>604613</v>
       </c>
       <c r="E152" s="0" t="s">
-        <v>630</v>
+        <v>622</v>
       </c>
       <c r="F152" s="0" t="s">
-        <v>641</v>
+        <v>623</v>
       </c>
       <c r="G152" s="0" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="H152" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>642</v>
+        <v>637</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L152" s="0"/>
+      <c r="L152" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
+        <v>638</v>
+      </c>
+      <c r="C153" s="0" t="s">
+        <v>639</v>
+      </c>
+      <c r="D153" s="0" t="s">
+        <v>640</v>
+      </c>
+      <c r="E153" s="0" t="s">
+        <v>641</v>
+      </c>
+      <c r="F153" s="0" t="s">
+        <v>642</v>
+      </c>
+      <c r="G153" s="0" t="s">
+        <v>351</v>
+      </c>
+      <c r="H153" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I153" s="1" t="s">
         <v>643</v>
-      </c>
-[...19 lines deleted...]
-        <v>645</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L153" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L153" s="0"/>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
+        <v>644</v>
+      </c>
+      <c r="C154" s="0" t="s">
+        <v>645</v>
+      </c>
+      <c r="D154" s="0" t="s">
         <v>646</v>
       </c>
-      <c r="C154" s="0" t="s">
+      <c r="E154" s="0" t="s">
+        <v>641</v>
+      </c>
+      <c r="F154" s="0" t="s">
+        <v>642</v>
+      </c>
+      <c r="G154" s="0" t="s">
+        <v>351</v>
+      </c>
+      <c r="H154" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I154" s="1" t="s">
         <v>647</v>
-      </c>
-[...16 lines deleted...]
-        <v>651</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L154" s="0"/>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="A155" s="0"/>
       <c r="B155" s="0" t="s">
-        <v>652</v>
+        <v>648</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>653</v>
+        <v>649</v>
       </c>
       <c r="D155" s="0" t="s">
-        <v>654</v>
+        <v>650</v>
       </c>
       <c r="E155" s="0" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="F155" s="0" t="s">
-        <v>650</v>
+        <v>642</v>
       </c>
       <c r="G155" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="H155" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>655</v>
+        <v>651</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L155" s="0"/>
+      <c r="L155" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
-        <v>656</v>
+        <v>652</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>657</v>
+        <v>653</v>
       </c>
       <c r="D156" s="0" t="s">
-        <v>658</v>
+        <v>654</v>
       </c>
       <c r="E156" s="0" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="F156" s="0" t="s">
-        <v>650</v>
+        <v>642</v>
       </c>
       <c r="G156" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="H156" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>659</v>
+        <v>655</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L156" s="0">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
-        <v>660</v>
+        <v>656</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>661</v>
+        <v>657</v>
       </c>
       <c r="D157" s="0" t="s">
-        <v>662</v>
+        <v>658</v>
       </c>
       <c r="E157" s="0" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="F157" s="0" t="s">
-        <v>650</v>
+        <v>642</v>
       </c>
       <c r="G157" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="H157" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>663</v>
+        <v>659</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L157" s="0">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
-        <v>664</v>
+        <v>660</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>665</v>
+        <v>661</v>
       </c>
       <c r="D158" s="0" t="s">
-        <v>666</v>
+        <v>662</v>
       </c>
       <c r="E158" s="0" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="F158" s="0" t="s">
-        <v>650</v>
+        <v>642</v>
       </c>
       <c r="G158" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="H158" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>667</v>
+        <v>663</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L158" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
-        <v>668</v>
+        <v>664</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>669</v>
+        <v>665</v>
       </c>
       <c r="D159" s="0" t="s">
-        <v>670</v>
+        <v>666</v>
       </c>
       <c r="E159" s="0" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="F159" s="0" t="s">
-        <v>650</v>
+        <v>642</v>
       </c>
       <c r="G159" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="H159" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>671</v>
+        <v>667</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L159" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
-        <v>672</v>
+        <v>668</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>673</v>
+        <v>669</v>
       </c>
       <c r="D160" s="0" t="s">
-        <v>674</v>
+        <v>670</v>
       </c>
       <c r="E160" s="0" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="F160" s="0" t="s">
-        <v>650</v>
+        <v>642</v>
       </c>
       <c r="G160" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="H160" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>675</v>
+        <v>671</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="L160" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
       <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
-        <v>676</v>
+        <v>672</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>677</v>
+        <v>673</v>
       </c>
       <c r="D161" s="0" t="s">
-        <v>678</v>
+        <v>674</v>
       </c>
       <c r="E161" s="0" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="F161" s="0" t="s">
-        <v>650</v>
+        <v>642</v>
       </c>
       <c r="G161" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="H161" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>679</v>
+        <v>675</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
-        <v>20</v>
+        <v>134</v>
       </c>
       <c r="L161" s="0">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
       <c r="A162" s="0"/>
       <c r="B162" s="0" t="s">
-        <v>680</v>
+        <v>676</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>681</v>
+        <v>677</v>
       </c>
       <c r="D162" s="0" t="s">
-        <v>682</v>
+        <v>678</v>
       </c>
       <c r="E162" s="0" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="F162" s="0" t="s">
-        <v>650</v>
+        <v>642</v>
       </c>
       <c r="G162" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="H162" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>683</v>
+        <v>679</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
-        <v>135</v>
+        <v>313</v>
       </c>
       <c r="L162" s="0">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
       <c r="A163" s="0"/>
       <c r="B163" s="0" t="s">
-        <v>684</v>
+        <v>680</v>
       </c>
       <c r="C163" s="0" t="s">
-        <v>685</v>
+        <v>681</v>
       </c>
       <c r="D163" s="0" t="s">
-        <v>686</v>
+        <v>682</v>
       </c>
       <c r="E163" s="0" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="F163" s="0" t="s">
-        <v>650</v>
+        <v>642</v>
       </c>
       <c r="G163" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="H163" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>687</v>
+        <v>683</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
-        <v>545</v>
+        <v>180</v>
       </c>
       <c r="L163" s="0">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="80">
       <c r="A164" s="0"/>
       <c r="B164" s="0" t="s">
-        <v>688</v>
+        <v>684</v>
       </c>
       <c r="C164" s="0" t="s">
-        <v>689</v>
-[...2 lines deleted...]
-        <v>690</v>
+        <v>685</v>
+      </c>
+      <c r="D164" s="0">
+        <v>649522</v>
       </c>
       <c r="E164" s="0" t="s">
-        <v>649</v>
+        <v>74</v>
       </c>
       <c r="F164" s="0" t="s">
-        <v>650</v>
+        <v>686</v>
       </c>
       <c r="G164" s="0" t="s">
-        <v>354</v>
+        <v>76</v>
       </c>
       <c r="H164" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>691</v>
+        <v>687</v>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="s">
-        <v>182</v>
+        <v>25</v>
       </c>
       <c r="L164" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="80">
       <c r="A165" s="0"/>
       <c r="B165" s="0" t="s">
-        <v>692</v>
+        <v>688</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>693</v>
+        <v>689</v>
       </c>
       <c r="D165" s="0">
-        <v>649522</v>
+        <v>649524</v>
       </c>
       <c r="E165" s="0" t="s">
         <v>74</v>
       </c>
       <c r="F165" s="0" t="s">
-        <v>694</v>
+        <v>686</v>
       </c>
       <c r="G165" s="0" t="s">
         <v>76</v>
       </c>
       <c r="H165" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>695</v>
+        <v>690</v>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="s">
-        <v>25</v>
+        <v>313</v>
       </c>
       <c r="L165" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="80">
       <c r="A166" s="0"/>
       <c r="B166" s="0" t="s">
-        <v>696</v>
+        <v>691</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>697</v>
+        <v>692</v>
       </c>
       <c r="D166" s="0">
-        <v>649524</v>
+        <v>649523</v>
       </c>
       <c r="E166" s="0" t="s">
         <v>74</v>
       </c>
       <c r="F166" s="0" t="s">
-        <v>694</v>
+        <v>686</v>
       </c>
       <c r="G166" s="0" t="s">
         <v>76</v>
       </c>
       <c r="H166" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>698</v>
+        <v>693</v>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="s">
-        <v>545</v>
+        <v>25</v>
       </c>
       <c r="L166" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="80">
       <c r="A167" s="0"/>
       <c r="B167" s="0" t="s">
-        <v>699</v>
+        <v>694</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>700</v>
-[...2 lines deleted...]
-        <v>649523</v>
+        <v>695</v>
+      </c>
+      <c r="D167" s="0" t="s">
+        <v>696</v>
       </c>
       <c r="E167" s="0" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>339</v>
+      </c>
+      <c r="F167" s="0"/>
       <c r="G167" s="0" t="s">
-        <v>76</v>
+        <v>697</v>
       </c>
       <c r="H167" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>701</v>
+        <v>698</v>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L167" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="80">
       <c r="A168" s="0"/>
       <c r="B168" s="0" t="s">
-        <v>702</v>
+        <v>699</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
       <c r="D168" s="0" t="s">
-        <v>704</v>
+        <v>701</v>
       </c>
       <c r="E168" s="0" t="s">
-        <v>342</v>
+        <v>250</v>
       </c>
       <c r="F168" s="0"/>
       <c r="G168" s="0" t="s">
-        <v>705</v>
+        <v>174</v>
       </c>
       <c r="H168" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I168" s="1" t="s">
-        <v>706</v>
+        <v>702</v>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="s">
-        <v>25</v>
+        <v>71</v>
       </c>
       <c r="L168" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="80">
       <c r="A169" s="0"/>
       <c r="B169" s="0" t="s">
-        <v>707</v>
+        <v>703</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>708</v>
+        <v>704</v>
       </c>
       <c r="D169" s="0" t="s">
-        <v>709</v>
+        <v>705</v>
       </c>
       <c r="E169" s="0" t="s">
-        <v>252</v>
+        <v>339</v>
       </c>
       <c r="F169" s="0"/>
       <c r="G169" s="0" t="s">
-        <v>176</v>
+        <v>340</v>
       </c>
       <c r="H169" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>710</v>
+        <v>706</v>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="L169" s="0"/>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="80">
       <c r="A170" s="0"/>
       <c r="B170" s="0" t="s">
+        <v>707</v>
+      </c>
+      <c r="C170" s="0" t="s">
+        <v>708</v>
+      </c>
+      <c r="D170" s="0" t="s">
+        <v>709</v>
+      </c>
+      <c r="E170" s="0" t="s">
+        <v>710</v>
+      </c>
+      <c r="F170" s="0" t="s">
         <v>711</v>
       </c>
-      <c r="C170" s="0" t="s">
+      <c r="G170" s="0" t="s">
         <v>712</v>
       </c>
-      <c r="D170" s="0" t="s">
+      <c r="H170" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I170" s="1" t="s">
         <v>713</v>
-      </c>
-[...11 lines deleted...]
-        <v>714</v>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L170" s="0"/>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="80">
       <c r="A171" s="0"/>
       <c r="B171" s="0" t="s">
+        <v>714</v>
+      </c>
+      <c r="C171" s="0" t="s">
         <v>715</v>
       </c>
-      <c r="C171" s="0" t="s">
+      <c r="D171" s="0" t="s">
         <v>716</v>
       </c>
-      <c r="D171" s="0" t="s">
+      <c r="E171" s="0" t="s">
         <v>717</v>
       </c>
-      <c r="E171" s="0" t="s">
+      <c r="F171" s="0" t="s">
         <v>718</v>
       </c>
-      <c r="F171" s="0" t="s">
+      <c r="G171" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="H171" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I171" s="1" t="s">
         <v>719</v>
-      </c>
-[...7 lines deleted...]
-        <v>721</v>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="L171" s="0"/>
+        <v>71</v>
+      </c>
+      <c r="L171" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="80">
       <c r="A172" s="0"/>
       <c r="B172" s="0" t="s">
+        <v>720</v>
+      </c>
+      <c r="C172" s="0" t="s">
+        <v>721</v>
+      </c>
+      <c r="D172" s="0">
+        <v>84680</v>
+      </c>
+      <c r="E172" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="F172" s="0" t="s">
         <v>722</v>
       </c>
-      <c r="C172" s="0" t="s">
+      <c r="G172" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="H172" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I172" s="1" t="s">
         <v>723</v>
-      </c>
-[...16 lines deleted...]
-        <v>727</v>
       </c>
       <c r="J172" s="0"/>
       <c r="K172" s="0" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="L172" s="0"/>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="80">
       <c r="A173" s="0"/>
       <c r="B173" s="0" t="s">
-        <v>728</v>
+        <v>724</v>
       </c>
       <c r="C173" s="0" t="s">
-        <v>729</v>
+        <v>725</v>
       </c>
       <c r="D173" s="0">
-        <v>84680</v>
+        <v>84681</v>
       </c>
       <c r="E173" s="0" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F173" s="0" t="s">
-        <v>730</v>
+        <v>722</v>
       </c>
       <c r="G173" s="0" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="H173" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>731</v>
+        <v>726</v>
       </c>
       <c r="J173" s="0"/>
       <c r="K173" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L173" s="0"/>
+      <c r="L173" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="80">
       <c r="A174" s="0"/>
       <c r="B174" s="0" t="s">
-        <v>732</v>
+        <v>727</v>
       </c>
       <c r="C174" s="0" t="s">
-        <v>733</v>
+        <v>728</v>
       </c>
       <c r="D174" s="0">
-        <v>84681</v>
+        <v>84682</v>
       </c>
       <c r="E174" s="0" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F174" s="0" t="s">
-        <v>730</v>
+        <v>722</v>
       </c>
       <c r="G174" s="0" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="H174" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>734</v>
+        <v>729</v>
       </c>
       <c r="J174" s="0"/>
       <c r="K174" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L174" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="80">
       <c r="A175" s="0"/>
       <c r="B175" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="C175" s="0" t="s">
-        <v>736</v>
+        <v>731</v>
       </c>
       <c r="D175" s="0">
-        <v>84682</v>
+        <v>84683</v>
       </c>
       <c r="E175" s="0" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F175" s="0" t="s">
-        <v>730</v>
+        <v>722</v>
       </c>
       <c r="G175" s="0" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="H175" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>737</v>
+        <v>732</v>
       </c>
       <c r="J175" s="0"/>
       <c r="K175" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L175" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L175" s="0"/>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="80">
       <c r="A176" s="0"/>
       <c r="B176" s="0" t="s">
-        <v>738</v>
+        <v>733</v>
       </c>
       <c r="C176" s="0" t="s">
-        <v>739</v>
-[...2 lines deleted...]
-        <v>84683</v>
+        <v>734</v>
+      </c>
+      <c r="D176" s="0" t="s">
+        <v>735</v>
       </c>
       <c r="E176" s="0" t="s">
-        <v>175</v>
-[...3 lines deleted...]
-      </c>
+        <v>250</v>
+      </c>
+      <c r="F176" s="0"/>
       <c r="G176" s="0" t="s">
-        <v>206</v>
+        <v>174</v>
       </c>
       <c r="H176" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>740</v>
+        <v>736</v>
       </c>
       <c r="J176" s="0"/>
       <c r="K176" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L176" s="0"/>
+      <c r="L176" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="80">
       <c r="A177" s="0"/>
       <c r="B177" s="0" t="s">
+        <v>737</v>
+      </c>
+      <c r="C177" s="0" t="s">
+        <v>738</v>
+      </c>
+      <c r="D177" s="0" t="s">
+        <v>739</v>
+      </c>
+      <c r="E177" s="0" t="s">
+        <v>740</v>
+      </c>
+      <c r="F177" s="0" t="s">
         <v>741</v>
       </c>
-      <c r="C177" s="0" t="s">
+      <c r="G177" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="H177" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I177" s="1" t="s">
         <v>742</v>
-      </c>
-[...14 lines deleted...]
-        <v>744</v>
       </c>
       <c r="J177" s="0"/>
       <c r="K177" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L177" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L177" s="0"/>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="80">
       <c r="A178" s="0"/>
       <c r="B178" s="0" t="s">
+        <v>743</v>
+      </c>
+      <c r="C178" s="0" t="s">
+        <v>744</v>
+      </c>
+      <c r="D178" s="0" t="s">
         <v>745</v>
       </c>
-      <c r="C178" s="0" t="s">
+      <c r="E178" s="0" t="s">
+        <v>740</v>
+      </c>
+      <c r="F178" s="0" t="s">
         <v>746</v>
       </c>
-      <c r="D178" s="0" t="s">
+      <c r="G178" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="H178" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I178" s="1" t="s">
         <v>747</v>
-      </c>
-[...13 lines deleted...]
-        <v>750</v>
       </c>
       <c r="J178" s="0"/>
       <c r="K178" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L178" s="0"/>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="80">
       <c r="A179" s="0"/>
       <c r="B179" s="0" t="s">
+        <v>748</v>
+      </c>
+      <c r="C179" s="0" t="s">
+        <v>749</v>
+      </c>
+      <c r="D179" s="0" t="s">
+        <v>750</v>
+      </c>
+      <c r="E179" s="0" t="s">
+        <v>740</v>
+      </c>
+      <c r="F179" s="0" t="s">
         <v>751</v>
       </c>
-      <c r="C179" s="0" t="s">
+      <c r="G179" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="H179" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I179" s="1" t="s">
         <v>752</v>
-      </c>
-[...16 lines deleted...]
-        <v>755</v>
       </c>
       <c r="J179" s="0"/>
       <c r="K179" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L179" s="0"/>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="80">
       <c r="A180" s="0"/>
       <c r="B180" s="0" t="s">
+        <v>753</v>
+      </c>
+      <c r="C180" s="0" t="s">
+        <v>754</v>
+      </c>
+      <c r="D180" s="0" t="s">
+        <v>755</v>
+      </c>
+      <c r="E180" s="0" t="s">
+        <v>563</v>
+      </c>
+      <c r="F180" s="0" t="s">
+        <v>564</v>
+      </c>
+      <c r="G180" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="H180" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I180" s="1" t="s">
         <v>756</v>
-      </c>
-[...19 lines deleted...]
-        <v>760</v>
       </c>
       <c r="J180" s="0"/>
       <c r="K180" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L180" s="0"/>
+      <c r="L180" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="80">
       <c r="A181" s="0"/>
       <c r="B181" s="0" t="s">
-        <v>761</v>
+        <v>757</v>
       </c>
       <c r="C181" s="0" t="s">
-        <v>762</v>
+        <v>758</v>
       </c>
       <c r="D181" s="0" t="s">
-        <v>763</v>
+        <v>759</v>
       </c>
       <c r="E181" s="0" t="s">
-        <v>572</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="F181" s="0"/>
       <c r="G181" s="0" t="s">
-        <v>76</v>
+        <v>50</v>
       </c>
       <c r="H181" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I181" s="1" t="s">
-        <v>764</v>
+        <v>760</v>
       </c>
       <c r="J181" s="0"/>
       <c r="K181" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L181" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L181" s="0"/>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="80">
       <c r="A182" s="0"/>
       <c r="B182" s="0" t="s">
-        <v>765</v>
+        <v>761</v>
       </c>
       <c r="C182" s="0" t="s">
-        <v>766</v>
-[...2 lines deleted...]
-        <v>767</v>
+        <v>762</v>
+      </c>
+      <c r="D182" s="0">
+        <v>652728</v>
       </c>
       <c r="E182" s="0" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="F182" s="0"/>
+        <v>74</v>
+      </c>
+      <c r="F182" s="0" t="s">
+        <v>382</v>
+      </c>
       <c r="G182" s="0" t="s">
-        <v>50</v>
+        <v>76</v>
       </c>
       <c r="H182" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I182" s="1" t="s">
-        <v>768</v>
+        <v>763</v>
       </c>
       <c r="J182" s="0"/>
       <c r="K182" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L182" s="0"/>
+      <c r="L182" s="0">
+        <v>4</v>
+      </c>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="80">
       <c r="A183" s="0"/>
       <c r="B183" s="0" t="s">
-        <v>769</v>
+        <v>764</v>
       </c>
       <c r="C183" s="0" t="s">
-        <v>770</v>
-[...2 lines deleted...]
-        <v>652728</v>
+        <v>765</v>
+      </c>
+      <c r="D183" s="0" t="s">
+        <v>766</v>
       </c>
       <c r="E183" s="0" t="s">
-        <v>74</v>
+        <v>15</v>
       </c>
       <c r="F183" s="0" t="s">
-        <v>386</v>
+        <v>767</v>
       </c>
       <c r="G183" s="0" t="s">
-        <v>76</v>
+        <v>17</v>
       </c>
       <c r="H183" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>771</v>
+        <v>768</v>
       </c>
       <c r="J183" s="0"/>
       <c r="K183" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L183" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L183" s="0"/>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="80">
       <c r="A184" s="0"/>
       <c r="B184" s="0" t="s">
-        <v>772</v>
+        <v>769</v>
       </c>
       <c r="C184" s="0" t="s">
-        <v>773</v>
+        <v>770</v>
       </c>
       <c r="D184" s="0" t="s">
-        <v>774</v>
+        <v>771</v>
       </c>
       <c r="E184" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F184" s="0" t="s">
-        <v>775</v>
+        <v>772</v>
       </c>
       <c r="G184" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H184" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I184" s="1" t="s">
-        <v>776</v>
+        <v>773</v>
       </c>
       <c r="J184" s="0"/>
       <c r="K184" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L184" s="0"/>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="80">
       <c r="A185" s="0"/>
       <c r="B185" s="0" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="C185" s="0" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="D185" s="0" t="s">
-        <v>779</v>
+        <v>776</v>
       </c>
       <c r="E185" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F185" s="0" t="s">
-        <v>780</v>
+        <v>777</v>
       </c>
       <c r="G185" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H185" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I185" s="1" t="s">
-        <v>781</v>
+        <v>778</v>
       </c>
       <c r="J185" s="0"/>
       <c r="K185" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L185" s="0"/>
+      <c r="L185" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="80">
       <c r="A186" s="0"/>
       <c r="B186" s="0" t="s">
-        <v>782</v>
+        <v>779</v>
       </c>
       <c r="C186" s="0" t="s">
-        <v>783</v>
+        <v>780</v>
       </c>
       <c r="D186" s="0" t="s">
-        <v>784</v>
+        <v>781</v>
       </c>
       <c r="E186" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F186" s="0" t="s">
-        <v>785</v>
+        <v>777</v>
       </c>
       <c r="G186" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H186" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I186" s="1" t="s">
-        <v>786</v>
+        <v>782</v>
       </c>
       <c r="J186" s="0"/>
       <c r="K186" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L186" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L186" s="0"/>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="80">
       <c r="A187" s="0"/>
       <c r="B187" s="0" t="s">
-        <v>787</v>
+        <v>783</v>
       </c>
       <c r="C187" s="0" t="s">
-        <v>788</v>
+        <v>784</v>
       </c>
       <c r="D187" s="0" t="s">
-        <v>789</v>
+        <v>785</v>
       </c>
       <c r="E187" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F187" s="0" t="s">
-        <v>785</v>
+        <v>777</v>
       </c>
       <c r="G187" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H187" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>790</v>
+        <v>786</v>
       </c>
       <c r="J187" s="0"/>
       <c r="K187" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L187" s="0"/>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="80">
       <c r="A188" s="0"/>
       <c r="B188" s="0" t="s">
-        <v>791</v>
+        <v>787</v>
       </c>
       <c r="C188" s="0" t="s">
-        <v>792</v>
+        <v>788</v>
       </c>
       <c r="D188" s="0" t="s">
-        <v>793</v>
+        <v>789</v>
       </c>
       <c r="E188" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F188" s="0" t="s">
-        <v>785</v>
+        <v>790</v>
       </c>
       <c r="G188" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H188" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>794</v>
+        <v>791</v>
       </c>
       <c r="J188" s="0"/>
       <c r="K188" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L188" s="0"/>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="80">
       <c r="A189" s="0"/>
       <c r="B189" s="0" t="s">
-        <v>795</v>
+        <v>792</v>
       </c>
       <c r="C189" s="0" t="s">
-        <v>796</v>
+        <v>793</v>
       </c>
       <c r="D189" s="0" t="s">
-        <v>797</v>
+        <v>794</v>
       </c>
       <c r="E189" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F189" s="0" t="s">
-        <v>798</v>
+        <v>790</v>
       </c>
       <c r="G189" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H189" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I189" s="1" t="s">
-        <v>799</v>
+        <v>795</v>
       </c>
       <c r="J189" s="0"/>
       <c r="K189" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L189" s="0"/>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="80">
       <c r="A190" s="0"/>
       <c r="B190" s="0" t="s">
-        <v>800</v>
+        <v>796</v>
       </c>
       <c r="C190" s="0" t="s">
-        <v>801</v>
+        <v>797</v>
       </c>
       <c r="D190" s="0" t="s">
-        <v>802</v>
+        <v>798</v>
       </c>
       <c r="E190" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F190" s="0" t="s">
-        <v>798</v>
+        <v>790</v>
       </c>
       <c r="G190" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H190" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I190" s="1" t="s">
-        <v>803</v>
+        <v>799</v>
       </c>
       <c r="J190" s="0"/>
       <c r="K190" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L190" s="0"/>
+      <c r="L190" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="191" spans="1:12" customHeight="1" ht="80">
       <c r="A191" s="0"/>
       <c r="B191" s="0" t="s">
-        <v>804</v>
+        <v>800</v>
       </c>
       <c r="C191" s="0" t="s">
-        <v>805</v>
+        <v>801</v>
       </c>
       <c r="D191" s="0" t="s">
-        <v>806</v>
+        <v>802</v>
       </c>
       <c r="E191" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F191" s="0" t="s">
-        <v>798</v>
+        <v>790</v>
       </c>
       <c r="G191" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H191" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I191" s="1" t="s">
-        <v>807</v>
+        <v>803</v>
       </c>
       <c r="J191" s="0"/>
       <c r="K191" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L191" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="80">
       <c r="A192" s="0"/>
       <c r="B192" s="0" t="s">
+        <v>804</v>
+      </c>
+      <c r="C192" s="0" t="s">
+        <v>805</v>
+      </c>
+      <c r="D192" s="0">
+        <v>9632125</v>
+      </c>
+      <c r="E192" s="0" t="s">
+        <v>806</v>
+      </c>
+      <c r="F192" s="0" t="s">
+        <v>807</v>
+      </c>
+      <c r="G192" s="0" t="s">
+        <v>340</v>
+      </c>
+      <c r="H192" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I192" s="1" t="s">
         <v>808</v>
-      </c>
-[...19 lines deleted...]
-        <v>811</v>
       </c>
       <c r="J192" s="0"/>
       <c r="K192" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L192" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="80">
       <c r="A193" s="0"/>
       <c r="B193" s="0" t="s">
+        <v>809</v>
+      </c>
+      <c r="C193" s="0" t="s">
+        <v>810</v>
+      </c>
+      <c r="D193" s="0">
+        <v>9633509</v>
+      </c>
+      <c r="E193" s="0" t="s">
+        <v>806</v>
+      </c>
+      <c r="F193" s="0" t="s">
+        <v>811</v>
+      </c>
+      <c r="G193" s="0" t="s">
+        <v>340</v>
+      </c>
+      <c r="H193" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I193" s="1" t="s">
         <v>812</v>
-      </c>
-[...19 lines deleted...]
-        <v>816</v>
       </c>
       <c r="J193" s="0"/>
       <c r="K193" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L193" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L193" s="0"/>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="80">
       <c r="A194" s="0"/>
       <c r="B194" s="0" t="s">
-        <v>817</v>
+        <v>813</v>
       </c>
       <c r="C194" s="0" t="s">
-        <v>818</v>
+        <v>814</v>
       </c>
       <c r="D194" s="0">
-        <v>9633509</v>
+        <v>37003680</v>
       </c>
       <c r="E194" s="0" t="s">
-        <v>814</v>
+        <v>254</v>
       </c>
       <c r="F194" s="0" t="s">
-        <v>819</v>
+        <v>815</v>
       </c>
       <c r="G194" s="0" t="s">
-        <v>343</v>
+        <v>93</v>
       </c>
       <c r="H194" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I194" s="1" t="s">
-        <v>820</v>
+        <v>816</v>
       </c>
       <c r="J194" s="0"/>
       <c r="K194" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L194" s="0"/>
+      <c r="L194" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="80">
       <c r="A195" s="0"/>
       <c r="B195" s="0" t="s">
+        <v>817</v>
+      </c>
+      <c r="C195" s="0" t="s">
+        <v>818</v>
+      </c>
+      <c r="D195" s="0" t="s">
+        <v>819</v>
+      </c>
+      <c r="E195" s="0" t="s">
+        <v>641</v>
+      </c>
+      <c r="F195" s="0" t="s">
+        <v>820</v>
+      </c>
+      <c r="G195" s="0" t="s">
+        <v>351</v>
+      </c>
+      <c r="H195" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I195" s="1" t="s">
         <v>821</v>
-      </c>
-[...19 lines deleted...]
-        <v>824</v>
       </c>
       <c r="J195" s="0"/>
       <c r="K195" s="0" t="s">
-        <v>25</v>
+        <v>822</v>
       </c>
       <c r="L195" s="0">
-        <v>1</v>
+        <v>16</v>
       </c>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="80">
       <c r="A196" s="0"/>
       <c r="B196" s="0" t="s">
+        <v>823</v>
+      </c>
+      <c r="C196" s="0" t="s">
+        <v>824</v>
+      </c>
+      <c r="D196" s="0" t="s">
         <v>825</v>
       </c>
-      <c r="C196" s="0" t="s">
+      <c r="E196" s="0" t="s">
+        <v>641</v>
+      </c>
+      <c r="F196" s="0" t="s">
+        <v>820</v>
+      </c>
+      <c r="G196" s="0" t="s">
+        <v>351</v>
+      </c>
+      <c r="H196" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I196" s="1" t="s">
         <v>826</v>
-      </c>
-[...16 lines deleted...]
-        <v>829</v>
       </c>
       <c r="J196" s="0"/>
       <c r="K196" s="0" t="s">
-        <v>830</v>
+        <v>20</v>
       </c>
       <c r="L196" s="0">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="80">
       <c r="A197" s="0"/>
       <c r="B197" s="0" t="s">
-        <v>831</v>
+        <v>827</v>
       </c>
       <c r="C197" s="0" t="s">
-        <v>832</v>
+        <v>828</v>
       </c>
       <c r="D197" s="0" t="s">
-        <v>833</v>
+        <v>829</v>
       </c>
       <c r="E197" s="0" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="F197" s="0" t="s">
-        <v>828</v>
+        <v>820</v>
       </c>
       <c r="G197" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="H197" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I197" s="1" t="s">
-        <v>834</v>
+        <v>830</v>
       </c>
       <c r="J197" s="0"/>
       <c r="K197" s="0" t="s">
-        <v>835</v>
+        <v>134</v>
       </c>
       <c r="L197" s="0">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="198" spans="1:12" customHeight="1" ht="80">
       <c r="A198" s="0"/>
       <c r="B198" s="0" t="s">
-        <v>836</v>
+        <v>831</v>
       </c>
       <c r="C198" s="0" t="s">
-        <v>837</v>
+        <v>832</v>
       </c>
       <c r="D198" s="0" t="s">
-        <v>838</v>
+        <v>833</v>
       </c>
       <c r="E198" s="0" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="F198" s="0" t="s">
-        <v>828</v>
+        <v>820</v>
       </c>
       <c r="G198" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="H198" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I198" s="1" t="s">
-        <v>839</v>
+        <v>834</v>
       </c>
       <c r="J198" s="0"/>
       <c r="K198" s="0" t="s">
-        <v>135</v>
+        <v>835</v>
       </c>
       <c r="L198" s="0">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="199" spans="1:12" customHeight="1" ht="80">
       <c r="A199" s="0"/>
       <c r="B199" s="0" t="s">
-        <v>840</v>
+        <v>836</v>
       </c>
       <c r="C199" s="0" t="s">
-        <v>841</v>
+        <v>837</v>
       </c>
       <c r="D199" s="0" t="s">
-        <v>842</v>
+        <v>838</v>
       </c>
       <c r="E199" s="0" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="F199" s="0" t="s">
-        <v>828</v>
+        <v>820</v>
       </c>
       <c r="G199" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="H199" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I199" s="1" t="s">
-        <v>843</v>
+        <v>839</v>
       </c>
       <c r="J199" s="0"/>
       <c r="K199" s="0" t="s">
-        <v>844</v>
+        <v>822</v>
       </c>
       <c r="L199" s="0">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="80">
       <c r="A200" s="0"/>
       <c r="B200" s="0" t="s">
-        <v>845</v>
+        <v>840</v>
       </c>
       <c r="C200" s="0" t="s">
-        <v>846</v>
+        <v>841</v>
       </c>
       <c r="D200" s="0" t="s">
-        <v>847</v>
+        <v>842</v>
       </c>
       <c r="E200" s="0" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="F200" s="0" t="s">
-        <v>828</v>
+        <v>820</v>
       </c>
       <c r="G200" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="H200" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I200" s="1" t="s">
-        <v>848</v>
+        <v>843</v>
       </c>
       <c r="J200" s="0"/>
       <c r="K200" s="0" t="s">
-        <v>128</v>
+        <v>25</v>
       </c>
       <c r="L200" s="0">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="80">
       <c r="A201" s="0"/>
       <c r="B201" s="0" t="s">
-        <v>849</v>
+        <v>844</v>
       </c>
       <c r="C201" s="0" t="s">
-        <v>850</v>
+        <v>845</v>
       </c>
       <c r="D201" s="0" t="s">
-        <v>851</v>
+        <v>846</v>
       </c>
       <c r="E201" s="0" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="F201" s="0" t="s">
-        <v>828</v>
+        <v>820</v>
       </c>
       <c r="G201" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="H201" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I201" s="1" t="s">
-        <v>852</v>
+        <v>847</v>
       </c>
       <c r="J201" s="0"/>
       <c r="K201" s="0" t="s">
-        <v>182</v>
+        <v>500</v>
       </c>
       <c r="L201" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="202" spans="1:12" customHeight="1" ht="80">
       <c r="A202" s="0"/>
       <c r="B202" s="0" t="s">
-        <v>853</v>
+        <v>848</v>
       </c>
       <c r="C202" s="0" t="s">
-        <v>854</v>
+        <v>849</v>
       </c>
       <c r="D202" s="0" t="s">
-        <v>855</v>
+        <v>850</v>
       </c>
       <c r="E202" s="0" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="F202" s="0" t="s">
-        <v>828</v>
+        <v>820</v>
       </c>
       <c r="G202" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="H202" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I202" s="1" t="s">
-        <v>856</v>
+        <v>851</v>
       </c>
       <c r="J202" s="0"/>
       <c r="K202" s="0" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="L202" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="80">
       <c r="A203" s="0"/>
       <c r="B203" s="0" t="s">
-        <v>857</v>
+        <v>852</v>
       </c>
       <c r="C203" s="0" t="s">
-        <v>858</v>
+        <v>853</v>
       </c>
       <c r="D203" s="0" t="s">
-        <v>859</v>
+        <v>854</v>
       </c>
       <c r="E203" s="0" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="F203" s="0" t="s">
-        <v>828</v>
+        <v>820</v>
       </c>
       <c r="G203" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="H203" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I203" s="1" t="s">
-        <v>860</v>
+        <v>855</v>
       </c>
       <c r="J203" s="0"/>
       <c r="K203" s="0" t="s">
-        <v>220</v>
+        <v>134</v>
       </c>
       <c r="L203" s="0">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="204" spans="1:12" customHeight="1" ht="80">
       <c r="A204" s="0"/>
       <c r="B204" s="0" t="s">
-        <v>861</v>
+        <v>856</v>
       </c>
       <c r="C204" s="0" t="s">
-        <v>862</v>
+        <v>857</v>
       </c>
       <c r="D204" s="0" t="s">
-        <v>863</v>
+        <v>858</v>
       </c>
       <c r="E204" s="0" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="F204" s="0" t="s">
-        <v>828</v>
+        <v>820</v>
       </c>
       <c r="G204" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="H204" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I204" s="1" t="s">
-        <v>864</v>
+        <v>859</v>
       </c>
       <c r="J204" s="0"/>
       <c r="K204" s="0" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="L204" s="0">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="205" spans="1:12" customHeight="1" ht="80">
       <c r="A205" s="0"/>
       <c r="B205" s="0" t="s">
-        <v>865</v>
+        <v>860</v>
       </c>
       <c r="C205" s="0" t="s">
-        <v>866</v>
+        <v>861</v>
       </c>
       <c r="D205" s="0" t="s">
-        <v>867</v>
+        <v>862</v>
       </c>
       <c r="E205" s="0" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="F205" s="0" t="s">
-        <v>828</v>
+        <v>820</v>
       </c>
       <c r="G205" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="H205" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I205" s="1" t="s">
-        <v>868</v>
+        <v>863</v>
       </c>
       <c r="J205" s="0"/>
       <c r="K205" s="0" t="s">
-        <v>135</v>
+        <v>71</v>
       </c>
       <c r="L205" s="0">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="206" spans="1:12" customHeight="1" ht="80">
       <c r="A206" s="0"/>
       <c r="B206" s="0" t="s">
-        <v>869</v>
+        <v>864</v>
       </c>
       <c r="C206" s="0" t="s">
-        <v>870</v>
+        <v>865</v>
       </c>
       <c r="D206" s="0" t="s">
-        <v>871</v>
+        <v>866</v>
       </c>
       <c r="E206" s="0" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="F206" s="0" t="s">
-        <v>828</v>
+        <v>820</v>
       </c>
       <c r="G206" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="H206" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I206" s="1" t="s">
-        <v>872</v>
+        <v>867</v>
       </c>
       <c r="J206" s="0"/>
       <c r="K206" s="0" t="s">
-        <v>71</v>
+        <v>868</v>
       </c>
       <c r="L206" s="0">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="207" spans="1:12" customHeight="1" ht="80">
       <c r="A207" s="0"/>
       <c r="B207" s="0" t="s">
-        <v>873</v>
+        <v>869</v>
       </c>
       <c r="C207" s="0" t="s">
-        <v>874</v>
+        <v>870</v>
       </c>
       <c r="D207" s="0" t="s">
-        <v>875</v>
+        <v>871</v>
       </c>
       <c r="E207" s="0" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="F207" s="0" t="s">
-        <v>828</v>
+        <v>820</v>
       </c>
       <c r="G207" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="H207" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I207" s="1" t="s">
-        <v>876</v>
+        <v>872</v>
       </c>
       <c r="J207" s="0"/>
       <c r="K207" s="0" t="s">
-        <v>877</v>
+        <v>25</v>
       </c>
       <c r="L207" s="0">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="80">
       <c r="A208" s="0"/>
       <c r="B208" s="0" t="s">
-        <v>878</v>
+        <v>873</v>
       </c>
       <c r="C208" s="0" t="s">
-        <v>879</v>
+        <v>874</v>
       </c>
       <c r="D208" s="0" t="s">
-        <v>880</v>
+        <v>875</v>
       </c>
       <c r="E208" s="0" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="F208" s="0" t="s">
-        <v>828</v>
+        <v>820</v>
       </c>
       <c r="G208" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="H208" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I208" s="1" t="s">
-        <v>881</v>
+        <v>876</v>
       </c>
       <c r="J208" s="0"/>
       <c r="K208" s="0" t="s">
-        <v>99</v>
+        <v>239</v>
       </c>
       <c r="L208" s="0">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="209" spans="1:12" customHeight="1" ht="80">
       <c r="A209" s="0"/>
       <c r="B209" s="0" t="s">
-        <v>882</v>
+        <v>877</v>
       </c>
       <c r="C209" s="0" t="s">
-        <v>883</v>
+        <v>878</v>
       </c>
       <c r="D209" s="0" t="s">
-        <v>884</v>
+        <v>879</v>
       </c>
       <c r="E209" s="0" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="F209" s="0" t="s">
-        <v>828</v>
+        <v>880</v>
       </c>
       <c r="G209" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="H209" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I209" s="1" t="s">
-        <v>885</v>
+        <v>881</v>
       </c>
       <c r="J209" s="0"/>
       <c r="K209" s="0" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="L209" s="0">
-        <v>12</v>
+        <v>3</v>
       </c>
     </row>
     <row r="210" spans="1:12" customHeight="1" ht="80">
       <c r="A210" s="0"/>
       <c r="B210" s="0" t="s">
-        <v>886</v>
+        <v>882</v>
       </c>
       <c r="C210" s="0" t="s">
-        <v>887</v>
+        <v>883</v>
       </c>
       <c r="D210" s="0" t="s">
-        <v>888</v>
+        <v>884</v>
       </c>
       <c r="E210" s="0" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="F210" s="0" t="s">
-        <v>889</v>
+        <v>880</v>
       </c>
       <c r="G210" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="H210" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I210" s="1" t="s">
-        <v>890</v>
+        <v>885</v>
       </c>
       <c r="J210" s="0"/>
       <c r="K210" s="0" t="s">
-        <v>135</v>
+        <v>180</v>
       </c>
       <c r="L210" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="211" spans="1:12" customHeight="1" ht="80">
       <c r="A211" s="0"/>
       <c r="B211" s="0" t="s">
-        <v>891</v>
+        <v>886</v>
       </c>
       <c r="C211" s="0" t="s">
-        <v>892</v>
+        <v>887</v>
       </c>
       <c r="D211" s="0" t="s">
-        <v>893</v>
+        <v>888</v>
       </c>
       <c r="E211" s="0" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="F211" s="0" t="s">
+        <v>880</v>
+      </c>
+      <c r="G211" s="0" t="s">
+        <v>351</v>
+      </c>
+      <c r="H211" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I211" s="1" t="s">
         <v>889</v>
-      </c>
-[...7 lines deleted...]
-        <v>894</v>
       </c>
       <c r="J211" s="0"/>
       <c r="K211" s="0" t="s">
-        <v>413</v>
+        <v>134</v>
       </c>
       <c r="L211" s="0">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="212" spans="1:12" customHeight="1" ht="80">
       <c r="A212" s="0"/>
       <c r="B212" s="0" t="s">
-        <v>895</v>
+        <v>890</v>
       </c>
       <c r="C212" s="0" t="s">
-        <v>896</v>
+        <v>891</v>
       </c>
       <c r="D212" s="0" t="s">
-        <v>897</v>
+        <v>892</v>
       </c>
       <c r="E212" s="0" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="F212" s="0" t="s">
-        <v>889</v>
+        <v>880</v>
       </c>
       <c r="G212" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="H212" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I212" s="1" t="s">
-        <v>898</v>
+        <v>893</v>
       </c>
       <c r="J212" s="0"/>
       <c r="K212" s="0" t="s">
-        <v>135</v>
+        <v>894</v>
       </c>
       <c r="L212" s="0">
-        <v>2</v>
+        <v>6</v>
       </c>
     </row>
     <row r="213" spans="1:12" customHeight="1" ht="80">
       <c r="A213" s="0"/>
       <c r="B213" s="0" t="s">
-        <v>899</v>
+        <v>895</v>
       </c>
       <c r="C213" s="0" t="s">
-        <v>900</v>
+        <v>896</v>
       </c>
       <c r="D213" s="0" t="s">
-        <v>901</v>
+        <v>897</v>
       </c>
       <c r="E213" s="0" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="F213" s="0" t="s">
-        <v>889</v>
+        <v>880</v>
       </c>
       <c r="G213" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="H213" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I213" s="1" t="s">
-        <v>902</v>
+        <v>898</v>
       </c>
       <c r="J213" s="0"/>
       <c r="K213" s="0" t="s">
-        <v>106</v>
+        <v>134</v>
       </c>
       <c r="L213" s="0">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="214" spans="1:12" customHeight="1" ht="80">
       <c r="A214" s="0"/>
       <c r="B214" s="0" t="s">
+        <v>899</v>
+      </c>
+      <c r="C214" s="0" t="s">
+        <v>900</v>
+      </c>
+      <c r="D214" s="0" t="s">
+        <v>901</v>
+      </c>
+      <c r="E214" s="0" t="s">
+        <v>641</v>
+      </c>
+      <c r="F214" s="0" t="s">
+        <v>902</v>
+      </c>
+      <c r="G214" s="0" t="s">
+        <v>351</v>
+      </c>
+      <c r="H214" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I214" s="1" t="s">
         <v>903</v>
-      </c>
-[...19 lines deleted...]
-        <v>906</v>
       </c>
       <c r="J214" s="0"/>
       <c r="K214" s="0" t="s">
-        <v>135</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="L214" s="0"/>
     </row>
     <row r="215" spans="1:12" customHeight="1" ht="80">
       <c r="A215" s="0"/>
       <c r="B215" s="0" t="s">
+        <v>904</v>
+      </c>
+      <c r="C215" s="0" t="s">
+        <v>905</v>
+      </c>
+      <c r="D215" s="0" t="s">
+        <v>906</v>
+      </c>
+      <c r="E215" s="0" t="s">
+        <v>641</v>
+      </c>
+      <c r="F215" s="0" t="s">
         <v>907</v>
       </c>
-      <c r="C215" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G215" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="H215" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I215" s="1" t="s">
-        <v>911</v>
+        <v>903</v>
       </c>
       <c r="J215" s="0"/>
       <c r="K215" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L215" s="0"/>
     </row>
     <row r="216" spans="1:12" customHeight="1" ht="80">
       <c r="A216" s="0"/>
       <c r="B216" s="0" t="s">
-        <v>912</v>
+        <v>908</v>
       </c>
       <c r="C216" s="0" t="s">
-        <v>913</v>
+        <v>909</v>
       </c>
       <c r="D216" s="0" t="s">
-        <v>914</v>
+        <v>910</v>
       </c>
       <c r="E216" s="0" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="F216" s="0" t="s">
-        <v>915</v>
+        <v>911</v>
       </c>
       <c r="G216" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="H216" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I216" s="1" t="s">
-        <v>911</v>
+        <v>903</v>
       </c>
       <c r="J216" s="0"/>
       <c r="K216" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L216" s="0"/>
     </row>
     <row r="217" spans="1:12" customHeight="1" ht="80">
       <c r="A217" s="0"/>
       <c r="B217" s="0" t="s">
-        <v>916</v>
+        <v>912</v>
       </c>
       <c r="C217" s="0" t="s">
-        <v>917</v>
-[...2 lines deleted...]
-        <v>918</v>
+        <v>913</v>
+      </c>
+      <c r="D217" s="0">
+        <v>40681</v>
       </c>
       <c r="E217" s="0" t="s">
-        <v>649</v>
+        <v>173</v>
       </c>
       <c r="F217" s="0" t="s">
-        <v>919</v>
+        <v>914</v>
       </c>
       <c r="G217" s="0" t="s">
-        <v>354</v>
+        <v>204</v>
       </c>
       <c r="H217" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I217" s="1" t="s">
-        <v>911</v>
+        <v>915</v>
       </c>
       <c r="J217" s="0"/>
       <c r="K217" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L217" s="0"/>
     </row>
     <row r="218" spans="1:12" customHeight="1" ht="80">
       <c r="A218" s="0"/>
       <c r="B218" s="0" t="s">
-        <v>920</v>
+        <v>916</v>
       </c>
       <c r="C218" s="0" t="s">
-        <v>921</v>
+        <v>917</v>
       </c>
       <c r="D218" s="0">
-        <v>40681</v>
+        <v>84944</v>
       </c>
       <c r="E218" s="0" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F218" s="0" t="s">
-        <v>922</v>
+        <v>918</v>
       </c>
       <c r="G218" s="0" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="H218" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I218" s="1" t="s">
-        <v>923</v>
+        <v>919</v>
       </c>
       <c r="J218" s="0"/>
       <c r="K218" s="0" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="L218" s="0"/>
+        <v>490</v>
+      </c>
+      <c r="L218" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="219" spans="1:12" customHeight="1" ht="80">
       <c r="A219" s="0"/>
       <c r="B219" s="0" t="s">
-        <v>924</v>
+        <v>920</v>
       </c>
       <c r="C219" s="0" t="s">
-        <v>925</v>
-[...2 lines deleted...]
-        <v>84944</v>
+        <v>921</v>
+      </c>
+      <c r="D219" s="0" t="s">
+        <v>922</v>
       </c>
       <c r="E219" s="0" t="s">
-        <v>175</v>
-[...3 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="F219" s="0"/>
       <c r="G219" s="0" t="s">
-        <v>206</v>
+        <v>17</v>
       </c>
       <c r="H219" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I219" s="1" t="s">
-        <v>927</v>
+        <v>923</v>
       </c>
       <c r="J219" s="0"/>
       <c r="K219" s="0" t="s">
-        <v>334</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="L219" s="0"/>
     </row>
     <row r="220" spans="1:12" customHeight="1" ht="80">
       <c r="A220" s="0"/>
       <c r="B220" s="0" t="s">
+        <v>924</v>
+      </c>
+      <c r="C220" s="0" t="s">
+        <v>925</v>
+      </c>
+      <c r="D220" s="0" t="s">
+        <v>926</v>
+      </c>
+      <c r="E220" s="0" t="s">
+        <v>927</v>
+      </c>
+      <c r="F220" s="0" t="s">
         <v>928</v>
       </c>
-      <c r="C220" s="0" t="s">
-[...8 lines deleted...]
-      <c r="F220" s="0"/>
       <c r="G220" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H220" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I220" s="1" t="s">
-        <v>931</v>
+        <v>929</v>
       </c>
       <c r="J220" s="0"/>
       <c r="K220" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L220" s="0"/>
+      <c r="L220" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="221" spans="1:12" customHeight="1" ht="80">
       <c r="A221" s="0"/>
       <c r="B221" s="0" t="s">
+        <v>930</v>
+      </c>
+      <c r="C221" s="0" t="s">
+        <v>931</v>
+      </c>
+      <c r="D221" s="0" t="s">
         <v>932</v>
       </c>
-      <c r="C221" s="0" t="s">
+      <c r="E221" s="0" t="s">
+        <v>927</v>
+      </c>
+      <c r="F221" s="0" t="s">
         <v>933</v>
-      </c>
-[...7 lines deleted...]
-        <v>936</v>
       </c>
       <c r="G221" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H221" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I221" s="1" t="s">
-        <v>937</v>
+        <v>929</v>
       </c>
       <c r="J221" s="0"/>
       <c r="K221" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L221" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="222" spans="1:12" customHeight="1" ht="80">
       <c r="A222" s="0"/>
       <c r="B222" s="0" t="s">
-        <v>938</v>
+        <v>934</v>
       </c>
       <c r="C222" s="0" t="s">
-        <v>939</v>
+        <v>935</v>
       </c>
       <c r="D222" s="0" t="s">
-        <v>940</v>
+        <v>936</v>
       </c>
       <c r="E222" s="0" t="s">
-        <v>935</v>
+        <v>927</v>
       </c>
       <c r="F222" s="0" t="s">
-        <v>941</v>
+        <v>933</v>
       </c>
       <c r="G222" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H222" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I222" s="1" t="s">
         <v>937</v>
       </c>
       <c r="J222" s="0"/>
       <c r="K222" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L222" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="223" spans="1:12" customHeight="1" ht="80">
       <c r="A223" s="0"/>
       <c r="B223" s="0" t="s">
-        <v>942</v>
+        <v>938</v>
       </c>
       <c r="C223" s="0" t="s">
-        <v>943</v>
+        <v>939</v>
       </c>
       <c r="D223" s="0" t="s">
-        <v>944</v>
+        <v>940</v>
       </c>
       <c r="E223" s="0" t="s">
-        <v>935</v>
+        <v>927</v>
       </c>
       <c r="F223" s="0" t="s">
         <v>941</v>
       </c>
       <c r="G223" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H223" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I223" s="1" t="s">
-        <v>945</v>
+        <v>929</v>
       </c>
       <c r="J223" s="0"/>
       <c r="K223" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L223" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="224" spans="1:12" customHeight="1" ht="80">
       <c r="A224" s="0"/>
       <c r="B224" s="0" t="s">
-        <v>946</v>
+        <v>942</v>
       </c>
       <c r="C224" s="0" t="s">
-        <v>947</v>
+        <v>943</v>
       </c>
       <c r="D224" s="0" t="s">
-        <v>948</v>
+        <v>944</v>
       </c>
       <c r="E224" s="0" t="s">
-        <v>935</v>
+        <v>927</v>
       </c>
       <c r="F224" s="0" t="s">
-        <v>949</v>
+        <v>941</v>
       </c>
       <c r="G224" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H224" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I224" s="1" t="s">
         <v>937</v>
       </c>
       <c r="J224" s="0"/>
       <c r="K224" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L224" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="225" spans="1:12" customHeight="1" ht="80">
       <c r="A225" s="0"/>
       <c r="B225" s="0" t="s">
-        <v>950</v>
+        <v>945</v>
       </c>
       <c r="C225" s="0" t="s">
-        <v>951</v>
+        <v>946</v>
       </c>
       <c r="D225" s="0" t="s">
-        <v>952</v>
+        <v>947</v>
       </c>
       <c r="E225" s="0" t="s">
-        <v>935</v>
+        <v>189</v>
       </c>
       <c r="F225" s="0" t="s">
+        <v>948</v>
+      </c>
+      <c r="G225" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="H225" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I225" s="1" t="s">
         <v>949</v>
-      </c>
-[...7 lines deleted...]
-        <v>945</v>
       </c>
       <c r="J225" s="0"/>
       <c r="K225" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L225" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="226" spans="1:12" customHeight="1" ht="80">
       <c r="A226" s="0"/>
       <c r="B226" s="0" t="s">
-        <v>953</v>
+        <v>950</v>
       </c>
       <c r="C226" s="0" t="s">
-        <v>954</v>
-[...2 lines deleted...]
-        <v>955</v>
+        <v>951</v>
+      </c>
+      <c r="D226" s="0">
+        <v>83500</v>
       </c>
       <c r="E226" s="0" t="s">
-        <v>191</v>
-[...3 lines deleted...]
-      </c>
+        <v>173</v>
+      </c>
+      <c r="F226" s="0"/>
       <c r="G226" s="0" t="s">
-        <v>76</v>
+        <v>204</v>
       </c>
       <c r="H226" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I226" s="1" t="s">
-        <v>957</v>
+        <v>952</v>
       </c>
       <c r="J226" s="0"/>
       <c r="K226" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L226" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L226" s="0"/>
     </row>
     <row r="227" spans="1:12" customHeight="1" ht="80">
       <c r="A227" s="0"/>
       <c r="B227" s="0" t="s">
-        <v>958</v>
+        <v>953</v>
       </c>
       <c r="C227" s="0" t="s">
-        <v>959</v>
+        <v>954</v>
       </c>
       <c r="D227" s="0">
-        <v>83500</v>
+        <v>83514</v>
       </c>
       <c r="E227" s="0" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F227" s="0"/>
       <c r="G227" s="0" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="H227" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I227" s="1" t="s">
-        <v>960</v>
+        <v>955</v>
       </c>
       <c r="J227" s="0"/>
       <c r="K227" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L227" s="0"/>
     </row>
     <row r="228" spans="1:12" customHeight="1" ht="80">
       <c r="A228" s="0"/>
       <c r="B228" s="0" t="s">
-        <v>961</v>
+        <v>956</v>
       </c>
       <c r="C228" s="0" t="s">
-        <v>962</v>
-[...2 lines deleted...]
-        <v>83514</v>
+        <v>957</v>
+      </c>
+      <c r="D228" s="0" t="s">
+        <v>958</v>
       </c>
       <c r="E228" s="0" t="s">
-        <v>175</v>
-[...1 lines deleted...]
-      <c r="F228" s="0"/>
+        <v>15</v>
+      </c>
+      <c r="F228" s="0" t="s">
+        <v>959</v>
+      </c>
       <c r="G228" s="0" t="s">
-        <v>206</v>
+        <v>17</v>
       </c>
       <c r="H228" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I228" s="1" t="s">
-        <v>963</v>
+        <v>960</v>
       </c>
       <c r="J228" s="0"/>
       <c r="K228" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L228" s="0"/>
     </row>
     <row r="229" spans="1:12" customHeight="1" ht="80">
       <c r="A229" s="0"/>
       <c r="B229" s="0" t="s">
-        <v>964</v>
+        <v>961</v>
       </c>
       <c r="C229" s="0" t="s">
-        <v>965</v>
+        <v>962</v>
       </c>
       <c r="D229" s="0" t="s">
-        <v>966</v>
+        <v>963</v>
       </c>
       <c r="E229" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F229" s="0" t="s">
-        <v>967</v>
+        <v>964</v>
       </c>
       <c r="G229" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H229" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I229" s="1" t="s">
-        <v>968</v>
+        <v>965</v>
       </c>
       <c r="J229" s="0"/>
       <c r="K229" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L229" s="0"/>
     </row>
     <row r="230" spans="1:12" customHeight="1" ht="80">
       <c r="A230" s="0"/>
       <c r="B230" s="0" t="s">
-        <v>969</v>
+        <v>966</v>
       </c>
       <c r="C230" s="0" t="s">
-        <v>970</v>
+        <v>967</v>
       </c>
       <c r="D230" s="0" t="s">
-        <v>971</v>
+        <v>968</v>
       </c>
       <c r="E230" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F230" s="0" t="s">
-        <v>972</v>
+        <v>969</v>
       </c>
       <c r="G230" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H230" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I230" s="1" t="s">
-        <v>973</v>
+        <v>970</v>
       </c>
       <c r="J230" s="0"/>
       <c r="K230" s="0" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="L230" s="0"/>
+        <v>413</v>
+      </c>
+      <c r="L230" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="231" spans="1:12" customHeight="1" ht="80">
       <c r="A231" s="0"/>
       <c r="B231" s="0" t="s">
-        <v>974</v>
+        <v>971</v>
       </c>
       <c r="C231" s="0" t="s">
-        <v>975</v>
+        <v>972</v>
       </c>
       <c r="D231" s="0" t="s">
-        <v>976</v>
+        <v>973</v>
       </c>
       <c r="E231" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F231" s="0" t="s">
-        <v>977</v>
+        <v>969</v>
       </c>
       <c r="G231" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H231" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I231" s="1" t="s">
-        <v>978</v>
+        <v>974</v>
       </c>
       <c r="J231" s="0"/>
       <c r="K231" s="0" t="s">
-        <v>418</v>
+        <v>20</v>
       </c>
       <c r="L231" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="232" spans="1:12" customHeight="1" ht="80">
       <c r="A232" s="0"/>
       <c r="B232" s="0" t="s">
+        <v>975</v>
+      </c>
+      <c r="C232" s="0" t="s">
+        <v>976</v>
+      </c>
+      <c r="D232" s="0" t="s">
+        <v>977</v>
+      </c>
+      <c r="E232" s="0" t="s">
+        <v>641</v>
+      </c>
+      <c r="F232" s="0" t="s">
+        <v>978</v>
+      </c>
+      <c r="G232" s="0" t="s">
+        <v>351</v>
+      </c>
+      <c r="H232" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I232" s="1" t="s">
         <v>979</v>
-      </c>
-[...19 lines deleted...]
-        <v>982</v>
       </c>
       <c r="J232" s="0"/>
       <c r="K232" s="0" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="L232" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="233" spans="1:12" customHeight="1" ht="80">
       <c r="A233" s="0"/>
       <c r="B233" s="0" t="s">
+        <v>980</v>
+      </c>
+      <c r="C233" s="0" t="s">
+        <v>981</v>
+      </c>
+      <c r="D233" s="0" t="s">
+        <v>982</v>
+      </c>
+      <c r="E233" s="0" t="s">
+        <v>740</v>
+      </c>
+      <c r="F233" s="0" t="s">
         <v>983</v>
       </c>
-      <c r="C233" s="0" t="s">
+      <c r="G233" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="H233" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I233" s="1" t="s">
         <v>984</v>
-      </c>
-[...16 lines deleted...]
-        <v>987</v>
       </c>
       <c r="J233" s="0"/>
       <c r="K233" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L233" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L233" s="0"/>
     </row>
     <row r="234" spans="1:12" customHeight="1" ht="80">
       <c r="A234" s="0"/>
       <c r="B234" s="0" t="s">
+        <v>985</v>
+      </c>
+      <c r="C234" s="0" t="s">
+        <v>986</v>
+      </c>
+      <c r="D234" s="0" t="s">
+        <v>987</v>
+      </c>
+      <c r="E234" s="0" t="s">
+        <v>740</v>
+      </c>
+      <c r="F234" s="0" t="s">
+        <v>983</v>
+      </c>
+      <c r="G234" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="H234" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I234" s="1" t="s">
         <v>988</v>
-      </c>
-[...19 lines deleted...]
-        <v>992</v>
       </c>
       <c r="J234" s="0"/>
       <c r="K234" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L234" s="0"/>
     </row>
     <row r="235" spans="1:12" customHeight="1" ht="80">
       <c r="A235" s="0"/>
       <c r="B235" s="0" t="s">
-        <v>993</v>
+        <v>989</v>
       </c>
       <c r="C235" s="0" t="s">
-        <v>994</v>
-[...2 lines deleted...]
-        <v>995</v>
+        <v>990</v>
+      </c>
+      <c r="D235" s="0">
+        <v>2552621</v>
       </c>
       <c r="E235" s="0" t="s">
-        <v>748</v>
+        <v>806</v>
       </c>
       <c r="F235" s="0" t="s">
         <v>991</v>
       </c>
       <c r="G235" s="0" t="s">
-        <v>206</v>
+        <v>340</v>
       </c>
       <c r="H235" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I235" s="1" t="s">
-        <v>996</v>
+        <v>992</v>
       </c>
       <c r="J235" s="0"/>
       <c r="K235" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L235" s="0"/>
     </row>
     <row r="236" spans="1:12" customHeight="1" ht="80">
       <c r="A236" s="0"/>
       <c r="B236" s="0" t="s">
-        <v>997</v>
+        <v>993</v>
       </c>
       <c r="C236" s="0" t="s">
-        <v>998</v>
-[...2 lines deleted...]
-        <v>2552621</v>
+        <v>994</v>
+      </c>
+      <c r="D236" s="0" t="s">
+        <v>995</v>
       </c>
       <c r="E236" s="0" t="s">
-        <v>814</v>
-[...3 lines deleted...]
-      </c>
+        <v>339</v>
+      </c>
+      <c r="F236" s="0"/>
       <c r="G236" s="0" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="H236" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I236" s="1" t="s">
-        <v>1000</v>
+        <v>996</v>
       </c>
       <c r="J236" s="0"/>
       <c r="K236" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L236" s="0"/>
+      <c r="L236" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="237" spans="1:12" customHeight="1" ht="80">
       <c r="A237" s="0"/>
       <c r="B237" s="0" t="s">
-        <v>1001</v>
+        <v>997</v>
       </c>
       <c r="C237" s="0" t="s">
-        <v>1002</v>
+        <v>998</v>
       </c>
       <c r="D237" s="0" t="s">
-        <v>1003</v>
+        <v>999</v>
       </c>
       <c r="E237" s="0" t="s">
-        <v>342</v>
-[...1 lines deleted...]
-      <c r="F237" s="0"/>
+        <v>641</v>
+      </c>
+      <c r="F237" s="0" t="s">
+        <v>642</v>
+      </c>
       <c r="G237" s="0" t="s">
-        <v>343</v>
+        <v>351</v>
       </c>
       <c r="H237" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I237" s="1" t="s">
-        <v>1004</v>
+        <v>1000</v>
       </c>
       <c r="J237" s="0"/>
       <c r="K237" s="0" t="s">
-        <v>25</v>
+        <v>134</v>
       </c>
       <c r="L237" s="0">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="238" spans="1:12" customHeight="1" ht="80">
       <c r="A238" s="0"/>
       <c r="B238" s="0" t="s">
-        <v>1005</v>
+        <v>1001</v>
       </c>
       <c r="C238" s="0" t="s">
-        <v>1006</v>
+        <v>1002</v>
       </c>
       <c r="D238" s="0" t="s">
-        <v>1007</v>
+        <v>1003</v>
       </c>
       <c r="E238" s="0" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="F238" s="0" t="s">
-        <v>650</v>
+        <v>642</v>
       </c>
       <c r="G238" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="H238" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I238" s="1" t="s">
-        <v>1008</v>
+        <v>1004</v>
       </c>
       <c r="J238" s="0"/>
       <c r="K238" s="0" t="s">
-        <v>135</v>
+        <v>239</v>
       </c>
       <c r="L238" s="0">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="239" spans="1:12" customHeight="1" ht="80">
       <c r="A239" s="0"/>
       <c r="B239" s="0" t="s">
-        <v>1009</v>
+        <v>1005</v>
       </c>
       <c r="C239" s="0" t="s">
-        <v>1010</v>
+        <v>1006</v>
       </c>
       <c r="D239" s="0" t="s">
-        <v>1011</v>
+        <v>1007</v>
       </c>
       <c r="E239" s="0" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="F239" s="0" t="s">
-        <v>650</v>
+        <v>642</v>
       </c>
       <c r="G239" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="H239" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I239" s="1" t="s">
-        <v>1012</v>
+        <v>1008</v>
       </c>
       <c r="J239" s="0"/>
       <c r="K239" s="0" t="s">
-        <v>241</v>
+        <v>25</v>
       </c>
       <c r="L239" s="0">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="240" spans="1:12" customHeight="1" ht="80">
       <c r="A240" s="0"/>
       <c r="B240" s="0" t="s">
-        <v>1013</v>
+        <v>1009</v>
       </c>
       <c r="C240" s="0" t="s">
-        <v>1014</v>
+        <v>1010</v>
       </c>
       <c r="D240" s="0" t="s">
-        <v>1015</v>
+        <v>1011</v>
       </c>
       <c r="E240" s="0" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="F240" s="0" t="s">
-        <v>650</v>
+        <v>642</v>
       </c>
       <c r="G240" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="H240" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I240" s="1" t="s">
-        <v>1016</v>
+        <v>1012</v>
       </c>
       <c r="J240" s="0"/>
       <c r="K240" s="0" t="s">
-        <v>1017</v>
+        <v>1013</v>
       </c>
       <c r="L240" s="0">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="241" spans="1:12" customHeight="1" ht="80">
       <c r="A241" s="0"/>
       <c r="B241" s="0" t="s">
-        <v>1018</v>
+        <v>1014</v>
       </c>
       <c r="C241" s="0" t="s">
-        <v>1019</v>
+        <v>1015</v>
       </c>
       <c r="D241" s="0" t="s">
-        <v>1020</v>
+        <v>1016</v>
       </c>
       <c r="E241" s="0" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="F241" s="0" t="s">
-        <v>650</v>
+        <v>642</v>
       </c>
       <c r="G241" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="H241" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I241" s="1" t="s">
-        <v>1021</v>
+        <v>1017</v>
       </c>
       <c r="J241" s="0"/>
       <c r="K241" s="0" t="s">
-        <v>220</v>
+        <v>71</v>
       </c>
       <c r="L241" s="0">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="242" spans="1:12" customHeight="1" ht="80">
       <c r="A242" s="0"/>
       <c r="B242" s="0" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C242" s="0" t="s">
+        <v>1019</v>
+      </c>
+      <c r="D242" s="0" t="s">
+        <v>1020</v>
+      </c>
+      <c r="E242" s="0" t="s">
+        <v>1021</v>
+      </c>
+      <c r="F242" s="0" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G242" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="H242" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I242" s="1" t="s">
         <v>1022</v>
-      </c>
-[...19 lines deleted...]
-        <v>1025</v>
       </c>
       <c r="J242" s="0"/>
       <c r="K242" s="0" t="s">
-        <v>71</v>
+        <v>413</v>
       </c>
       <c r="L242" s="0">
-        <v>4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="243" spans="1:12" customHeight="1" ht="80">
       <c r="A243" s="0"/>
       <c r="B243" s="0" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C243" s="0" t="s">
+        <v>1024</v>
+      </c>
+      <c r="D243" s="0">
+        <v>7525024</v>
+      </c>
+      <c r="E243" s="0" t="s">
+        <v>806</v>
+      </c>
+      <c r="F243" s="0" t="s">
+        <v>1025</v>
+      </c>
+      <c r="G243" s="0" t="s">
+        <v>340</v>
+      </c>
+      <c r="H243" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I243" s="1" t="s">
         <v>1026</v>
-      </c>
-[...19 lines deleted...]
-        <v>1030</v>
       </c>
       <c r="J243" s="0"/>
       <c r="K243" s="0" t="s">
-        <v>1031</v>
+        <v>134</v>
       </c>
       <c r="L243" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:12" customHeight="1" ht="80">
       <c r="A244" s="0"/>
       <c r="B244" s="0" t="s">
-        <v>1032</v>
+        <v>1027</v>
       </c>
       <c r="C244" s="0" t="s">
-        <v>1033</v>
-[...2 lines deleted...]
-        <v>7525024</v>
+        <v>1028</v>
+      </c>
+      <c r="D244" s="0" t="s">
+        <v>1029</v>
       </c>
       <c r="E244" s="0" t="s">
-        <v>814</v>
+        <v>15</v>
       </c>
       <c r="F244" s="0" t="s">
-        <v>1034</v>
+        <v>1030</v>
       </c>
       <c r="G244" s="0" t="s">
-        <v>343</v>
+        <v>17</v>
       </c>
       <c r="H244" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I244" s="1" t="s">
-        <v>1035</v>
+        <v>1031</v>
       </c>
       <c r="J244" s="0"/>
       <c r="K244" s="0" t="s">
-        <v>135</v>
+        <v>25</v>
       </c>
       <c r="L244" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="245" spans="1:12" customHeight="1" ht="80">
       <c r="A245" s="0"/>
       <c r="B245" s="0" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C245" s="0" t="s">
+        <v>1033</v>
+      </c>
+      <c r="D245" s="0" t="s">
+        <v>1034</v>
+      </c>
+      <c r="E245" s="0" t="s">
+        <v>1035</v>
+      </c>
+      <c r="F245" s="0"/>
+      <c r="G245" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="H245" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I245" s="1" t="s">
         <v>1036</v>
-      </c>
-[...19 lines deleted...]
-        <v>1040</v>
       </c>
       <c r="J245" s="0"/>
       <c r="K245" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L245" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L245" s="0"/>
     </row>
     <row r="246" spans="1:12" customHeight="1" ht="80">
       <c r="A246" s="0"/>
       <c r="B246" s="0" t="s">
-        <v>1041</v>
+        <v>1037</v>
       </c>
       <c r="C246" s="0" t="s">
-        <v>1042</v>
-[...2 lines deleted...]
-        <v>1043</v>
+        <v>1038</v>
+      </c>
+      <c r="D246" s="0">
+        <v>654572</v>
       </c>
       <c r="E246" s="0" t="s">
-        <v>1044</v>
-[...1 lines deleted...]
-      <c r="F246" s="0"/>
+        <v>74</v>
+      </c>
+      <c r="F246" s="0" t="s">
+        <v>382</v>
+      </c>
       <c r="G246" s="0" t="s">
-        <v>87</v>
+        <v>76</v>
       </c>
       <c r="H246" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I246" s="1" t="s">
-        <v>1045</v>
+        <v>1039</v>
       </c>
       <c r="J246" s="0"/>
       <c r="K246" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L246" s="0"/>
+      <c r="L246" s="0">
+        <v>4</v>
+      </c>
     </row>
     <row r="247" spans="1:12" customHeight="1" ht="80">
       <c r="A247" s="0"/>
       <c r="B247" s="0" t="s">
-        <v>1046</v>
+        <v>1040</v>
       </c>
       <c r="C247" s="0" t="s">
-        <v>1047</v>
+        <v>1041</v>
       </c>
       <c r="D247" s="0">
-        <v>654572</v>
+        <v>654571</v>
       </c>
       <c r="E247" s="0" t="s">
         <v>74</v>
       </c>
       <c r="F247" s="0" t="s">
-        <v>386</v>
+        <v>382</v>
       </c>
       <c r="G247" s="0" t="s">
         <v>76</v>
       </c>
       <c r="H247" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I247" s="1" t="s">
-        <v>1048</v>
+        <v>1039</v>
       </c>
       <c r="J247" s="0"/>
       <c r="K247" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L247" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="248" spans="1:12" customHeight="1" ht="80">
       <c r="A248" s="0"/>
       <c r="B248" s="0" t="s">
-        <v>1049</v>
+        <v>1042</v>
       </c>
       <c r="C248" s="0" t="s">
-        <v>1050</v>
+        <v>1043</v>
       </c>
       <c r="D248" s="0">
-        <v>654571</v>
+        <v>655268</v>
       </c>
       <c r="E248" s="0" t="s">
         <v>74</v>
       </c>
       <c r="F248" s="0" t="s">
-        <v>386</v>
+        <v>382</v>
       </c>
       <c r="G248" s="0" t="s">
         <v>76</v>
       </c>
       <c r="H248" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I248" s="1" t="s">
-        <v>1048</v>
+        <v>1044</v>
       </c>
       <c r="J248" s="0"/>
       <c r="K248" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L248" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L248" s="0"/>
     </row>
     <row r="249" spans="1:12" customHeight="1" ht="80">
       <c r="A249" s="0"/>
       <c r="B249" s="0" t="s">
-        <v>1051</v>
+        <v>1045</v>
       </c>
       <c r="C249" s="0" t="s">
-        <v>1052</v>
+        <v>1046</v>
       </c>
       <c r="D249" s="0">
-        <v>655268</v>
+        <v>655267</v>
       </c>
       <c r="E249" s="0" t="s">
         <v>74</v>
       </c>
       <c r="F249" s="0" t="s">
-        <v>386</v>
+        <v>382</v>
       </c>
       <c r="G249" s="0" t="s">
         <v>76</v>
       </c>
       <c r="H249" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I249" s="1" t="s">
-        <v>1053</v>
+        <v>1047</v>
       </c>
       <c r="J249" s="0"/>
       <c r="K249" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L249" s="0"/>
+      <c r="L249" s="0">
+        <v>2</v>
+      </c>
     </row>
     <row r="250" spans="1:12" customHeight="1" ht="80">
       <c r="A250" s="0"/>
       <c r="B250" s="0" t="s">
-        <v>1054</v>
+        <v>1048</v>
       </c>
       <c r="C250" s="0" t="s">
-        <v>1055</v>
+        <v>1049</v>
       </c>
       <c r="D250" s="0">
-        <v>655267</v>
+        <v>655272</v>
       </c>
       <c r="E250" s="0" t="s">
         <v>74</v>
       </c>
       <c r="F250" s="0" t="s">
-        <v>386</v>
+        <v>382</v>
       </c>
       <c r="G250" s="0" t="s">
         <v>76</v>
       </c>
       <c r="H250" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I250" s="1" t="s">
-        <v>1056</v>
+        <v>1050</v>
       </c>
       <c r="J250" s="0"/>
       <c r="K250" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L250" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L250" s="0"/>
     </row>
     <row r="251" spans="1:12" customHeight="1" ht="80">
       <c r="A251" s="0"/>
       <c r="B251" s="0" t="s">
-        <v>1057</v>
+        <v>1051</v>
       </c>
       <c r="C251" s="0" t="s">
-        <v>1058</v>
+        <v>1052</v>
       </c>
       <c r="D251" s="0">
-        <v>655272</v>
+        <v>655273</v>
       </c>
       <c r="E251" s="0" t="s">
         <v>74</v>
       </c>
       <c r="F251" s="0" t="s">
-        <v>386</v>
+        <v>382</v>
       </c>
       <c r="G251" s="0" t="s">
         <v>76</v>
       </c>
       <c r="H251" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I251" s="1" t="s">
-        <v>1059</v>
+        <v>1053</v>
       </c>
       <c r="J251" s="0"/>
       <c r="K251" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L251" s="0"/>
+      <c r="L251" s="0">
+        <v>2</v>
+      </c>
     </row>
     <row r="252" spans="1:12" customHeight="1" ht="80">
       <c r="A252" s="0"/>
       <c r="B252" s="0" t="s">
-        <v>1060</v>
+        <v>1054</v>
       </c>
       <c r="C252" s="0" t="s">
-        <v>1061</v>
+        <v>1055</v>
       </c>
       <c r="D252" s="0">
-        <v>655273</v>
+        <v>655271</v>
       </c>
       <c r="E252" s="0" t="s">
         <v>74</v>
       </c>
       <c r="F252" s="0" t="s">
-        <v>386</v>
+        <v>382</v>
       </c>
       <c r="G252" s="0" t="s">
         <v>76</v>
       </c>
       <c r="H252" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I252" s="1" t="s">
-        <v>1062</v>
+        <v>1053</v>
       </c>
       <c r="J252" s="0"/>
       <c r="K252" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L252" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="253" spans="1:12" customHeight="1" ht="80">
       <c r="A253" s="0"/>
       <c r="B253" s="0" t="s">
-        <v>1063</v>
+        <v>1056</v>
       </c>
       <c r="C253" s="0" t="s">
-        <v>1064</v>
+        <v>1057</v>
       </c>
       <c r="D253" s="0">
-        <v>655271</v>
+        <v>656296</v>
       </c>
       <c r="E253" s="0" t="s">
         <v>74</v>
       </c>
       <c r="F253" s="0" t="s">
-        <v>386</v>
+        <v>1058</v>
       </c>
       <c r="G253" s="0" t="s">
         <v>76</v>
       </c>
       <c r="H253" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I253" s="1" t="s">
-        <v>1062</v>
+        <v>1059</v>
       </c>
       <c r="J253" s="0"/>
       <c r="K253" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L253" s="0">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="254" spans="1:12" customHeight="1" ht="80">
       <c r="A254" s="0"/>
       <c r="B254" s="0" t="s">
-        <v>1065</v>
+        <v>1060</v>
       </c>
       <c r="C254" s="0" t="s">
-        <v>1066</v>
+        <v>1061</v>
       </c>
       <c r="D254" s="0">
-        <v>656296</v>
+        <v>656297</v>
       </c>
       <c r="E254" s="0" t="s">
         <v>74</v>
       </c>
       <c r="F254" s="0" t="s">
-        <v>1067</v>
+        <v>1058</v>
       </c>
       <c r="G254" s="0" t="s">
         <v>76</v>
       </c>
       <c r="H254" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I254" s="1" t="s">
-        <v>1068</v>
+        <v>1062</v>
       </c>
       <c r="J254" s="0"/>
       <c r="K254" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L254" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="255" spans="1:12" customHeight="1" ht="80">
       <c r="A255" s="0"/>
       <c r="B255" s="0" t="s">
-        <v>1069</v>
+        <v>1063</v>
       </c>
       <c r="C255" s="0" t="s">
-        <v>1070</v>
+        <v>1064</v>
       </c>
       <c r="D255" s="0">
-        <v>656297</v>
+        <v>656361</v>
       </c>
       <c r="E255" s="0" t="s">
         <v>74</v>
       </c>
       <c r="F255" s="0" t="s">
-        <v>1067</v>
+        <v>1058</v>
       </c>
       <c r="G255" s="0" t="s">
         <v>76</v>
       </c>
       <c r="H255" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I255" s="1" t="s">
-        <v>1071</v>
+        <v>1065</v>
       </c>
       <c r="J255" s="0"/>
       <c r="K255" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L255" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="256" spans="1:12" customHeight="1" ht="80">
       <c r="A256" s="0"/>
       <c r="B256" s="0" t="s">
-        <v>1072</v>
+        <v>1066</v>
       </c>
       <c r="C256" s="0" t="s">
-        <v>1073</v>
+        <v>1067</v>
       </c>
       <c r="D256" s="0">
-        <v>656361</v>
+        <v>656360</v>
       </c>
       <c r="E256" s="0" t="s">
         <v>74</v>
       </c>
       <c r="F256" s="0" t="s">
-        <v>1067</v>
+        <v>1058</v>
       </c>
       <c r="G256" s="0" t="s">
         <v>76</v>
       </c>
       <c r="H256" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I256" s="1" t="s">
-        <v>1074</v>
+        <v>1068</v>
       </c>
       <c r="J256" s="0"/>
       <c r="K256" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L256" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="257" spans="1:12" customHeight="1" ht="80">
       <c r="A257" s="0"/>
       <c r="B257" s="0" t="s">
-        <v>1075</v>
+        <v>1069</v>
       </c>
       <c r="C257" s="0" t="s">
-        <v>1076</v>
-[...2 lines deleted...]
-        <v>656360</v>
+        <v>1070</v>
+      </c>
+      <c r="D257" s="0" t="s">
+        <v>1071</v>
       </c>
       <c r="E257" s="0" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>1035</v>
+      </c>
+      <c r="F257" s="0"/>
       <c r="G257" s="0" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="H257" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I257" s="1" t="s">
-        <v>1077</v>
+        <v>1072</v>
       </c>
       <c r="J257" s="0"/>
       <c r="K257" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L257" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L257" s="0"/>
     </row>
     <row r="258" spans="1:12" customHeight="1" ht="80">
       <c r="A258" s="0"/>
       <c r="B258" s="0" t="s">
-        <v>1078</v>
+        <v>1073</v>
       </c>
       <c r="C258" s="0" t="s">
-        <v>1079</v>
+        <v>1074</v>
       </c>
       <c r="D258" s="0" t="s">
-        <v>1080</v>
+        <v>1075</v>
       </c>
       <c r="E258" s="0" t="s">
-        <v>1044</v>
+        <v>1035</v>
       </c>
       <c r="F258" s="0"/>
       <c r="G258" s="0" t="s">
         <v>87</v>
       </c>
       <c r="H258" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I258" s="1" t="s">
-        <v>1081</v>
+        <v>1076</v>
       </c>
       <c r="J258" s="0"/>
       <c r="K258" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L258" s="0"/>
     </row>
     <row r="259" spans="1:12" customHeight="1" ht="80">
       <c r="A259" s="0"/>
       <c r="B259" s="0" t="s">
-        <v>1082</v>
+        <v>1077</v>
       </c>
       <c r="C259" s="0" t="s">
-        <v>1083</v>
+        <v>1078</v>
       </c>
       <c r="D259" s="0" t="s">
-        <v>1084</v>
+        <v>1079</v>
       </c>
       <c r="E259" s="0" t="s">
-        <v>1044</v>
+        <v>1035</v>
       </c>
       <c r="F259" s="0"/>
       <c r="G259" s="0" t="s">
         <v>87</v>
       </c>
       <c r="H259" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I259" s="1" t="s">
-        <v>1085</v>
+        <v>1080</v>
       </c>
       <c r="J259" s="0"/>
       <c r="K259" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L259" s="0"/>
     </row>
     <row r="260" spans="1:12" customHeight="1" ht="80">
       <c r="A260" s="0"/>
       <c r="B260" s="0" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="C260" s="0" t="s">
-        <v>1087</v>
+        <v>1082</v>
       </c>
       <c r="D260" s="0" t="s">
-        <v>1088</v>
+        <v>1083</v>
       </c>
       <c r="E260" s="0" t="s">
-        <v>1044</v>
+        <v>1035</v>
       </c>
       <c r="F260" s="0"/>
       <c r="G260" s="0" t="s">
         <v>87</v>
       </c>
       <c r="H260" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I260" s="1" t="s">
-        <v>1089</v>
+        <v>1084</v>
       </c>
       <c r="J260" s="0"/>
       <c r="K260" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L260" s="0"/>
     </row>
     <row r="261" spans="1:12" customHeight="1" ht="80">
       <c r="A261" s="0"/>
       <c r="B261" s="0" t="s">
-        <v>1090</v>
+        <v>1085</v>
       </c>
       <c r="C261" s="0" t="s">
-        <v>1091</v>
+        <v>1086</v>
       </c>
       <c r="D261" s="0" t="s">
-        <v>1092</v>
+        <v>1087</v>
       </c>
       <c r="E261" s="0" t="s">
-        <v>1044</v>
+        <v>1035</v>
       </c>
       <c r="F261" s="0"/>
       <c r="G261" s="0" t="s">
         <v>87</v>
       </c>
       <c r="H261" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I261" s="1" t="s">
-        <v>1093</v>
+        <v>1088</v>
       </c>
       <c r="J261" s="0"/>
       <c r="K261" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L261" s="0"/>
     </row>
     <row r="262" spans="1:12" customHeight="1" ht="80">
       <c r="A262" s="0"/>
       <c r="B262" s="0" t="s">
-        <v>1094</v>
+        <v>1089</v>
       </c>
       <c r="C262" s="0" t="s">
-        <v>1095</v>
+        <v>1090</v>
       </c>
       <c r="D262" s="0" t="s">
-        <v>1096</v>
+        <v>1091</v>
       </c>
       <c r="E262" s="0" t="s">
-        <v>1044</v>
+        <v>1035</v>
       </c>
       <c r="F262" s="0"/>
       <c r="G262" s="0" t="s">
         <v>87</v>
       </c>
       <c r="H262" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I262" s="1" t="s">
-        <v>1097</v>
+        <v>1088</v>
       </c>
       <c r="J262" s="0"/>
       <c r="K262" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L262" s="0"/>
     </row>
     <row r="263" spans="1:12" customHeight="1" ht="80">
       <c r="A263" s="0"/>
       <c r="B263" s="0" t="s">
-        <v>1098</v>
+        <v>1092</v>
       </c>
       <c r="C263" s="0" t="s">
-        <v>1099</v>
+        <v>1093</v>
       </c>
       <c r="D263" s="0" t="s">
-        <v>1100</v>
+        <v>1094</v>
       </c>
       <c r="E263" s="0" t="s">
-        <v>1044</v>
+        <v>1035</v>
       </c>
       <c r="F263" s="0"/>
       <c r="G263" s="0" t="s">
         <v>87</v>
       </c>
       <c r="H263" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I263" s="1" t="s">
-        <v>1097</v>
+        <v>1095</v>
       </c>
       <c r="J263" s="0"/>
       <c r="K263" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L263" s="0"/>
     </row>
     <row r="264" spans="1:12" customHeight="1" ht="80">
       <c r="A264" s="0"/>
       <c r="B264" s="0" t="s">
-        <v>1101</v>
+        <v>1096</v>
       </c>
       <c r="C264" s="0" t="s">
-        <v>1102</v>
+        <v>1097</v>
       </c>
       <c r="D264" s="0" t="s">
-        <v>1103</v>
+        <v>1098</v>
       </c>
       <c r="E264" s="0" t="s">
-        <v>1044</v>
+        <v>1035</v>
       </c>
       <c r="F264" s="0"/>
       <c r="G264" s="0" t="s">
         <v>87</v>
       </c>
       <c r="H264" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I264" s="1" t="s">
-        <v>1104</v>
+        <v>1099</v>
       </c>
       <c r="J264" s="0"/>
       <c r="K264" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L264" s="0"/>
     </row>
     <row r="265" spans="1:12" customHeight="1" ht="80">
       <c r="A265" s="0"/>
       <c r="B265" s="0" t="s">
-        <v>1105</v>
+        <v>1100</v>
       </c>
       <c r="C265" s="0" t="s">
-        <v>1106</v>
+        <v>1101</v>
       </c>
       <c r="D265" s="0" t="s">
-        <v>1107</v>
+        <v>1102</v>
       </c>
       <c r="E265" s="0" t="s">
-        <v>1044</v>
-[...1 lines deleted...]
-      <c r="F265" s="0"/>
+        <v>641</v>
+      </c>
+      <c r="F265" s="0" t="s">
+        <v>642</v>
+      </c>
       <c r="G265" s="0" t="s">
-        <v>87</v>
+        <v>351</v>
       </c>
       <c r="H265" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I265" s="1" t="s">
-        <v>1108</v>
+        <v>1103</v>
       </c>
       <c r="J265" s="0"/>
       <c r="K265" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L265" s="0"/>
+      <c r="L265" s="0">
+        <v>3</v>
+      </c>
     </row>
     <row r="266" spans="1:12" customHeight="1" ht="80">
       <c r="A266" s="0"/>
       <c r="B266" s="0" t="s">
-        <v>1109</v>
+        <v>1104</v>
       </c>
       <c r="C266" s="0" t="s">
-        <v>1110</v>
+        <v>1105</v>
       </c>
       <c r="D266" s="0" t="s">
-        <v>1111</v>
+        <v>1106</v>
       </c>
       <c r="E266" s="0" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="F266" s="0" t="s">
-        <v>650</v>
+        <v>642</v>
       </c>
       <c r="G266" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="H266" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I266" s="1" t="s">
-        <v>1112</v>
+        <v>1107</v>
       </c>
       <c r="J266" s="0"/>
       <c r="K266" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L266" s="0">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="267" spans="1:12" customHeight="1" ht="80">
       <c r="A267" s="0"/>
       <c r="B267" s="0" t="s">
-        <v>1113</v>
+        <v>1108</v>
       </c>
       <c r="C267" s="0" t="s">
-        <v>1114</v>
+        <v>1109</v>
       </c>
       <c r="D267" s="0" t="s">
-        <v>1115</v>
+        <v>1110</v>
       </c>
       <c r="E267" s="0" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="F267" s="0" t="s">
-        <v>650</v>
+        <v>642</v>
       </c>
       <c r="G267" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="H267" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I267" s="1" t="s">
-        <v>1116</v>
+        <v>1111</v>
       </c>
       <c r="J267" s="0"/>
       <c r="K267" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L267" s="0">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="268" spans="1:12" customHeight="1" ht="80">
       <c r="A268" s="0"/>
       <c r="B268" s="0" t="s">
-        <v>1117</v>
+        <v>1112</v>
       </c>
       <c r="C268" s="0" t="s">
-        <v>1118</v>
+        <v>1113</v>
       </c>
       <c r="D268" s="0" t="s">
-        <v>1119</v>
+        <v>1114</v>
       </c>
       <c r="E268" s="0" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="F268" s="0" t="s">
-        <v>650</v>
+        <v>880</v>
       </c>
       <c r="G268" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="H268" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I268" s="1" t="s">
-        <v>1120</v>
+        <v>1115</v>
       </c>
       <c r="J268" s="0"/>
       <c r="K268" s="0" t="s">
-        <v>25</v>
+        <v>1013</v>
       </c>
       <c r="L268" s="0">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="269" spans="1:12" customHeight="1" ht="80">
       <c r="A269" s="0"/>
       <c r="B269" s="0" t="s">
-        <v>1121</v>
+        <v>1116</v>
       </c>
       <c r="C269" s="0" t="s">
-        <v>1122</v>
+        <v>1117</v>
       </c>
       <c r="D269" s="0" t="s">
-        <v>1123</v>
+        <v>1118</v>
       </c>
       <c r="E269" s="0" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="F269" s="0" t="s">
-        <v>889</v>
+        <v>880</v>
       </c>
       <c r="G269" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="H269" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I269" s="1" t="s">
-        <v>1124</v>
+        <v>1119</v>
       </c>
       <c r="J269" s="0"/>
       <c r="K269" s="0" t="s">
-        <v>1125</v>
+        <v>1120</v>
       </c>
       <c r="L269" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="270" spans="1:12" customHeight="1" ht="80">
       <c r="A270" s="0"/>
       <c r="B270" s="0" t="s">
-        <v>1126</v>
+        <v>1121</v>
       </c>
       <c r="C270" s="0" t="s">
-        <v>1127</v>
+        <v>1122</v>
       </c>
       <c r="D270" s="0" t="s">
-        <v>1128</v>
+        <v>1123</v>
       </c>
       <c r="E270" s="0" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="F270" s="0" t="s">
-        <v>889</v>
+        <v>880</v>
       </c>
       <c r="G270" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="H270" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I270" s="1" t="s">
-        <v>1129</v>
+        <v>1124</v>
       </c>
       <c r="J270" s="0"/>
       <c r="K270" s="0" t="s">
-        <v>99</v>
+        <v>1125</v>
       </c>
       <c r="L270" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="271" spans="1:12" customHeight="1" ht="80">
       <c r="A271" s="0"/>
       <c r="B271" s="0" t="s">
+        <v>1126</v>
+      </c>
+      <c r="C271" s="0" t="s">
+        <v>1127</v>
+      </c>
+      <c r="D271" s="0" t="s">
+        <v>1128</v>
+      </c>
+      <c r="E271" s="0" t="s">
+        <v>641</v>
+      </c>
+      <c r="F271" s="0" t="s">
+        <v>1129</v>
+      </c>
+      <c r="G271" s="0" t="s">
+        <v>351</v>
+      </c>
+      <c r="H271" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I271" s="1" t="s">
         <v>1130</v>
-      </c>
-[...19 lines deleted...]
-        <v>1133</v>
       </c>
       <c r="J271" s="0"/>
       <c r="K271" s="0" t="s">
-        <v>1134</v>
+        <v>1131</v>
       </c>
       <c r="L271" s="0">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="272" spans="1:12" customHeight="1" ht="80">
       <c r="A272" s="0"/>
       <c r="B272" s="0" t="s">
+        <v>1132</v>
+      </c>
+      <c r="C272" s="0" t="s">
+        <v>1133</v>
+      </c>
+      <c r="D272" s="0" t="s">
+        <v>1134</v>
+      </c>
+      <c r="E272" s="0" t="s">
+        <v>641</v>
+      </c>
+      <c r="F272" s="0" t="s">
         <v>1135</v>
       </c>
-      <c r="C272" s="0" t="s">
+      <c r="G272" s="0" t="s">
+        <v>351</v>
+      </c>
+      <c r="H272" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I272" s="1" t="s">
         <v>1136</v>
-      </c>
-[...16 lines deleted...]
-        <v>1139</v>
       </c>
       <c r="J272" s="0"/>
       <c r="K272" s="0" t="s">
-        <v>178</v>
+        <v>218</v>
       </c>
       <c r="L272" s="0">
-        <v>2</v>
+        <v>6</v>
       </c>
     </row>
     <row r="273" spans="1:12" customHeight="1" ht="80">
       <c r="A273" s="0"/>
       <c r="B273" s="0" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C273" s="0" t="s">
+        <v>1138</v>
+      </c>
+      <c r="D273" s="0" t="s">
+        <v>1139</v>
+      </c>
+      <c r="E273" s="0" t="s">
+        <v>641</v>
+      </c>
+      <c r="F273" s="0" t="s">
+        <v>1135</v>
+      </c>
+      <c r="G273" s="0" t="s">
+        <v>351</v>
+      </c>
+      <c r="H273" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I273" s="1" t="s">
         <v>1140</v>
-      </c>
-[...19 lines deleted...]
-        <v>1144</v>
       </c>
       <c r="J273" s="0"/>
       <c r="K273" s="0" t="s">
-        <v>371</v>
+        <v>25</v>
       </c>
       <c r="L273" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="274" spans="1:12" customHeight="1" ht="80">
       <c r="A274" s="0"/>
       <c r="B274" s="0" t="s">
-        <v>1145</v>
+        <v>1141</v>
       </c>
       <c r="C274" s="0" t="s">
-        <v>1146</v>
+        <v>1142</v>
       </c>
       <c r="D274" s="0" t="s">
-        <v>1147</v>
+        <v>1143</v>
       </c>
       <c r="E274" s="0" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="F274" s="0" t="s">
-        <v>1143</v>
+        <v>1135</v>
       </c>
       <c r="G274" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="H274" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I274" s="1" t="s">
-        <v>1148</v>
+        <v>1144</v>
       </c>
       <c r="J274" s="0"/>
       <c r="K274" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L274" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="275" spans="1:12" customHeight="1" ht="80">
       <c r="A275" s="0"/>
       <c r="B275" s="0" t="s">
-        <v>1149</v>
+        <v>1145</v>
       </c>
       <c r="C275" s="0" t="s">
-        <v>1150</v>
+        <v>1146</v>
       </c>
       <c r="D275" s="0" t="s">
-        <v>1151</v>
+        <v>1147</v>
       </c>
       <c r="E275" s="0" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="F275" s="0" t="s">
-        <v>1143</v>
+        <v>1135</v>
       </c>
       <c r="G275" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="H275" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I275" s="1" t="s">
-        <v>1152</v>
+        <v>1148</v>
       </c>
       <c r="J275" s="0"/>
       <c r="K275" s="0" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="L275" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="276" spans="1:12" customHeight="1" ht="80">
       <c r="A276" s="0"/>
       <c r="B276" s="0" t="s">
-        <v>1153</v>
+        <v>1149</v>
       </c>
       <c r="C276" s="0" t="s">
-        <v>1154</v>
-[...2 lines deleted...]
-        <v>1155</v>
+        <v>1150</v>
+      </c>
+      <c r="D276" s="0">
+        <v>790011</v>
       </c>
       <c r="E276" s="0" t="s">
-        <v>649</v>
-[...3 lines deleted...]
-      </c>
+        <v>1151</v>
+      </c>
+      <c r="F276" s="0"/>
       <c r="G276" s="0" t="s">
-        <v>354</v>
+        <v>199</v>
       </c>
       <c r="H276" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I276" s="1" t="s">
-        <v>1156</v>
+        <v>1152</v>
       </c>
       <c r="J276" s="0"/>
       <c r="K276" s="0" t="s">
-        <v>99</v>
+        <v>25</v>
       </c>
       <c r="L276" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="277" spans="1:12" customHeight="1" ht="80">
       <c r="A277" s="0"/>
       <c r="B277" s="0" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C277" s="0" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D277" s="0" t="s">
+        <v>1155</v>
+      </c>
+      <c r="E277" s="0" t="s">
+        <v>1156</v>
+      </c>
+      <c r="F277" s="0" t="s">
         <v>1157</v>
       </c>
-      <c r="C277" s="0" t="s">
+      <c r="G277" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="H277" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I277" s="1" t="s">
         <v>1158</v>
-      </c>
-[...14 lines deleted...]
-        <v>1160</v>
       </c>
       <c r="J277" s="0"/>
       <c r="K277" s="0" t="s">
-        <v>1161</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="L277" s="0"/>
     </row>
     <row r="278" spans="1:12" customHeight="1" ht="80">
       <c r="A278" s="0"/>
       <c r="B278" s="0" t="s">
+        <v>1159</v>
+      </c>
+      <c r="C278" s="0" t="s">
+        <v>1160</v>
+      </c>
+      <c r="D278" s="0" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E278" s="0" t="s">
+        <v>1156</v>
+      </c>
+      <c r="F278" s="0" t="s">
         <v>1162</v>
       </c>
-      <c r="C278" s="0" t="s">
+      <c r="G278" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="H278" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I278" s="1" t="s">
         <v>1163</v>
-      </c>
-[...16 lines deleted...]
-        <v>1167</v>
       </c>
       <c r="J278" s="0"/>
       <c r="K278" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L278" s="0"/>
     </row>
     <row r="279" spans="1:12" customHeight="1" ht="80">
       <c r="A279" s="0"/>
       <c r="B279" s="0" t="s">
-        <v>1168</v>
+        <v>1164</v>
       </c>
       <c r="C279" s="0" t="s">
-        <v>1169</v>
+        <v>1165</v>
       </c>
       <c r="D279" s="0" t="s">
-        <v>1170</v>
+        <v>1166</v>
       </c>
       <c r="E279" s="0" t="s">
-        <v>1165</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="F279" s="0"/>
       <c r="G279" s="0" t="s">
-        <v>176</v>
+        <v>50</v>
       </c>
       <c r="H279" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I279" s="1" t="s">
-        <v>1172</v>
+        <v>1167</v>
       </c>
       <c r="J279" s="0"/>
       <c r="K279" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L279" s="0"/>
     </row>
     <row r="280" spans="1:12" customHeight="1" ht="80">
       <c r="A280" s="0"/>
       <c r="B280" s="0" t="s">
-        <v>1173</v>
+        <v>1168</v>
       </c>
       <c r="C280" s="0" t="s">
-        <v>1174</v>
+        <v>1169</v>
       </c>
       <c r="D280" s="0" t="s">
-        <v>1175</v>
+        <v>1170</v>
       </c>
       <c r="E280" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F280" s="0"/>
       <c r="G280" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H280" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I280" s="1" t="s">
-        <v>1176</v>
+        <v>1167</v>
       </c>
       <c r="J280" s="0"/>
       <c r="K280" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L280" s="0"/>
     </row>
     <row r="281" spans="1:12" customHeight="1" ht="80">
       <c r="A281" s="0"/>
       <c r="B281" s="0" t="s">
-        <v>1177</v>
+        <v>1171</v>
       </c>
       <c r="C281" s="0" t="s">
-        <v>1178</v>
+        <v>1172</v>
       </c>
       <c r="D281" s="0" t="s">
-        <v>1179</v>
+        <v>1173</v>
       </c>
       <c r="E281" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F281" s="0"/>
       <c r="G281" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H281" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I281" s="1" t="s">
-        <v>1176</v>
+        <v>268</v>
       </c>
       <c r="J281" s="0"/>
       <c r="K281" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L281" s="0"/>
+      <c r="L281" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="282" spans="1:12" customHeight="1" ht="80">
       <c r="A282" s="0"/>
       <c r="B282" s="0" t="s">
-        <v>1180</v>
+        <v>1174</v>
       </c>
       <c r="C282" s="0" t="s">
-        <v>1181</v>
+        <v>1175</v>
       </c>
       <c r="D282" s="0" t="s">
-        <v>1182</v>
+        <v>1176</v>
       </c>
       <c r="E282" s="0" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="F282" s="0"/>
+        <v>641</v>
+      </c>
+      <c r="F282" s="0" t="s">
+        <v>1135</v>
+      </c>
       <c r="G282" s="0" t="s">
-        <v>50</v>
+        <v>351</v>
       </c>
       <c r="H282" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I282" s="1" t="s">
-        <v>269</v>
+        <v>1177</v>
       </c>
       <c r="J282" s="0"/>
       <c r="K282" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L282" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="283" spans="1:12" customHeight="1" ht="80">
       <c r="A283" s="0"/>
       <c r="B283" s="0" t="s">
-        <v>1183</v>
+        <v>1178</v>
       </c>
       <c r="C283" s="0" t="s">
-        <v>1184</v>
+        <v>1179</v>
       </c>
       <c r="D283" s="0" t="s">
-        <v>1185</v>
+        <v>1180</v>
       </c>
       <c r="E283" s="0" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="F283" s="0" t="s">
-        <v>1143</v>
+        <v>1135</v>
       </c>
       <c r="G283" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="H283" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I283" s="1" t="s">
-        <v>1186</v>
+        <v>1181</v>
       </c>
       <c r="J283" s="0"/>
       <c r="K283" s="0" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="L283" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="284" spans="1:12" customHeight="1" ht="80">
       <c r="A284" s="0"/>
       <c r="B284" s="0" t="s">
+        <v>1182</v>
+      </c>
+      <c r="C284" s="0" t="s">
+        <v>1183</v>
+      </c>
+      <c r="D284" s="0" t="s">
+        <v>1184</v>
+      </c>
+      <c r="E284" s="0" t="s">
+        <v>1185</v>
+      </c>
+      <c r="F284" s="0" t="s">
+        <v>1186</v>
+      </c>
+      <c r="G284" s="0" t="s">
+        <v>351</v>
+      </c>
+      <c r="H284" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I284" s="1" t="s">
         <v>1187</v>
-      </c>
-[...19 lines deleted...]
-        <v>1190</v>
       </c>
       <c r="J284" s="0"/>
       <c r="K284" s="0" t="s">
-        <v>1191</v>
+        <v>25</v>
       </c>
       <c r="L284" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="285" spans="1:12" customHeight="1" ht="80">
       <c r="A285" s="0"/>
       <c r="B285" s="0" t="s">
+        <v>1188</v>
+      </c>
+      <c r="C285" s="0" t="s">
+        <v>1189</v>
+      </c>
+      <c r="D285" s="0" t="s">
+        <v>1190</v>
+      </c>
+      <c r="E285" s="0" t="s">
+        <v>1185</v>
+      </c>
+      <c r="F285" s="0" t="s">
+        <v>1191</v>
+      </c>
+      <c r="G285" s="0" t="s">
+        <v>351</v>
+      </c>
+      <c r="H285" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I285" s="1" t="s">
         <v>1192</v>
-      </c>
-[...19 lines deleted...]
-        <v>1197</v>
       </c>
       <c r="J285" s="0"/>
       <c r="K285" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L285" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="286" spans="1:12" customHeight="1" ht="80">
       <c r="A286" s="0"/>
       <c r="B286" s="0" t="s">
-        <v>1198</v>
+        <v>1193</v>
       </c>
       <c r="C286" s="0" t="s">
-        <v>1199</v>
+        <v>1194</v>
       </c>
       <c r="D286" s="0" t="s">
-        <v>1200</v>
+        <v>1195</v>
       </c>
       <c r="E286" s="0" t="s">
-        <v>1195</v>
+        <v>85</v>
       </c>
       <c r="F286" s="0" t="s">
-        <v>1201</v>
+        <v>86</v>
       </c>
       <c r="G286" s="0" t="s">
-        <v>354</v>
+        <v>87</v>
       </c>
       <c r="H286" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I286" s="1" t="s">
-        <v>1202</v>
+        <v>1196</v>
       </c>
       <c r="J286" s="0"/>
       <c r="K286" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L286" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L286" s="0"/>
     </row>
     <row r="287" spans="1:12" customHeight="1" ht="80">
       <c r="A287" s="0"/>
       <c r="B287" s="0" t="s">
-        <v>1203</v>
+        <v>1197</v>
       </c>
       <c r="C287" s="0" t="s">
-        <v>1204</v>
-[...2 lines deleted...]
-        <v>1205</v>
+        <v>1198</v>
+      </c>
+      <c r="D287" s="0">
+        <v>1202</v>
       </c>
       <c r="E287" s="0" t="s">
-        <v>85</v>
+        <v>67</v>
       </c>
       <c r="F287" s="0" t="s">
-        <v>86</v>
+        <v>1199</v>
       </c>
       <c r="G287" s="0" t="s">
-        <v>87</v>
+        <v>69</v>
       </c>
       <c r="H287" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I287" s="1" t="s">
-        <v>1206</v>
+        <v>1200</v>
       </c>
       <c r="J287" s="0"/>
       <c r="K287" s="0" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="L287" s="0"/>
+        <v>20</v>
+      </c>
+      <c r="L287" s="0">
+        <v>36</v>
+      </c>
     </row>
     <row r="288" spans="1:12" customHeight="1" ht="80">
       <c r="A288" s="0"/>
       <c r="B288" s="0" t="s">
-        <v>1207</v>
+        <v>1201</v>
       </c>
       <c r="C288" s="0" t="s">
+        <v>1202</v>
+      </c>
+      <c r="D288" s="0">
         <v>1208</v>
-      </c>
-[...1 lines deleted...]
-        <v>1202</v>
       </c>
       <c r="E288" s="0" t="s">
         <v>67</v>
       </c>
       <c r="F288" s="0" t="s">
-        <v>1209</v>
+        <v>1199</v>
       </c>
       <c r="G288" s="0" t="s">
         <v>69</v>
       </c>
       <c r="H288" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I288" s="1" t="s">
-        <v>1210</v>
+        <v>1203</v>
       </c>
       <c r="J288" s="0"/>
       <c r="K288" s="0" t="s">
-        <v>25</v>
+        <v>113</v>
       </c>
       <c r="L288" s="0">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="289" spans="1:12" customHeight="1" ht="80">
       <c r="A289" s="0"/>
       <c r="B289" s="0" t="s">
-        <v>1211</v>
+        <v>1204</v>
       </c>
       <c r="C289" s="0" t="s">
-        <v>1212</v>
+        <v>1205</v>
       </c>
       <c r="D289" s="0">
-        <v>1208</v>
+        <v>2112</v>
       </c>
       <c r="E289" s="0" t="s">
         <v>67</v>
       </c>
       <c r="F289" s="0" t="s">
-        <v>1209</v>
+        <v>1199</v>
       </c>
       <c r="G289" s="0" t="s">
         <v>69</v>
       </c>
       <c r="H289" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I289" s="1" t="s">
-        <v>1213</v>
+        <v>1206</v>
       </c>
       <c r="J289" s="0"/>
       <c r="K289" s="0" t="s">
-        <v>20</v>
+        <v>134</v>
       </c>
       <c r="L289" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="290" spans="1:12" customHeight="1" ht="80">
       <c r="A290" s="0"/>
       <c r="B290" s="0" t="s">
-        <v>1214</v>
+        <v>1207</v>
       </c>
       <c r="C290" s="0" t="s">
-        <v>1215</v>
+        <v>1208</v>
       </c>
       <c r="D290" s="0">
-        <v>2112</v>
+        <v>5112</v>
       </c>
       <c r="E290" s="0" t="s">
         <v>67</v>
       </c>
       <c r="F290" s="0" t="s">
         <v>1209</v>
       </c>
       <c r="G290" s="0" t="s">
         <v>69</v>
       </c>
       <c r="H290" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I290" s="1" t="s">
-        <v>1216</v>
+        <v>1210</v>
       </c>
       <c r="J290" s="0"/>
       <c r="K290" s="0" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="L290" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="291" spans="1:12" customHeight="1" ht="80">
       <c r="A291" s="0"/>
       <c r="B291" s="0" t="s">
-        <v>1217</v>
+        <v>1211</v>
       </c>
       <c r="C291" s="0" t="s">
-        <v>1218</v>
-[...2 lines deleted...]
-        <v>5112</v>
+        <v>1212</v>
+      </c>
+      <c r="D291" s="0" t="s">
+        <v>1213</v>
       </c>
       <c r="E291" s="0" t="s">
-        <v>67</v>
+        <v>345</v>
       </c>
       <c r="F291" s="0" t="s">
-        <v>1219</v>
+        <v>1214</v>
       </c>
       <c r="G291" s="0" t="s">
-        <v>69</v>
+        <v>351</v>
       </c>
       <c r="H291" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I291" s="1" t="s">
-        <v>1220</v>
+        <v>826</v>
       </c>
       <c r="J291" s="0"/>
       <c r="K291" s="0" t="s">
-        <v>135</v>
+        <v>25</v>
       </c>
       <c r="L291" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="292" spans="1:12" customHeight="1" ht="80">
       <c r="A292" s="0"/>
       <c r="B292" s="0" t="s">
-        <v>1221</v>
+        <v>1215</v>
       </c>
       <c r="C292" s="0" t="s">
-        <v>1222</v>
+        <v>1216</v>
       </c>
       <c r="D292" s="0" t="s">
-        <v>1223</v>
+        <v>1217</v>
       </c>
       <c r="E292" s="0" t="s">
-        <v>348</v>
+        <v>67</v>
       </c>
       <c r="F292" s="0" t="s">
-        <v>1224</v>
+        <v>1218</v>
       </c>
       <c r="G292" s="0" t="s">
-        <v>354</v>
+        <v>69</v>
       </c>
       <c r="H292" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I292" s="1" t="s">
-        <v>834</v>
+        <v>1219</v>
       </c>
       <c r="J292" s="0"/>
       <c r="K292" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L292" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="293" spans="1:12" customHeight="1" ht="80">
       <c r="A293" s="0"/>
       <c r="B293" s="0" t="s">
-        <v>1225</v>
+        <v>1220</v>
       </c>
       <c r="C293" s="0" t="s">
-        <v>1226</v>
-[...2 lines deleted...]
-        <v>1227</v>
+        <v>1221</v>
+      </c>
+      <c r="D293" s="0">
+        <v>7112</v>
       </c>
       <c r="E293" s="0" t="s">
         <v>67</v>
       </c>
       <c r="F293" s="0" t="s">
-        <v>1228</v>
+        <v>1222</v>
       </c>
       <c r="G293" s="0" t="s">
         <v>69</v>
       </c>
       <c r="H293" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I293" s="1" t="s">
-        <v>1229</v>
+        <v>1223</v>
       </c>
       <c r="J293" s="0"/>
       <c r="K293" s="0" t="s">
-        <v>25</v>
+        <v>134</v>
       </c>
       <c r="L293" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="294" spans="1:12" customHeight="1" ht="80">
       <c r="A294" s="0"/>
       <c r="B294" s="0" t="s">
-        <v>1230</v>
+        <v>1224</v>
       </c>
       <c r="C294" s="0" t="s">
-        <v>1231</v>
-[...2 lines deleted...]
-        <v>7112</v>
+        <v>1225</v>
+      </c>
+      <c r="D294" s="0" t="s">
+        <v>1226</v>
       </c>
       <c r="E294" s="0" t="s">
-        <v>67</v>
+        <v>1227</v>
       </c>
       <c r="F294" s="0" t="s">
-        <v>1232</v>
+        <v>1228</v>
       </c>
       <c r="G294" s="0" t="s">
-        <v>69</v>
+        <v>199</v>
       </c>
       <c r="H294" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I294" s="1" t="s">
-        <v>1233</v>
+        <v>1229</v>
       </c>
       <c r="J294" s="0"/>
       <c r="K294" s="0" t="s">
-        <v>1234</v>
+        <v>1120</v>
       </c>
       <c r="L294" s="0">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="295" spans="1:12" customHeight="1" ht="80">
       <c r="A295" s="0"/>
       <c r="B295" s="0" t="s">
-        <v>1235</v>
+        <v>1230</v>
       </c>
       <c r="C295" s="0" t="s">
-        <v>1236</v>
+        <v>1231</v>
       </c>
       <c r="D295" s="0" t="s">
-        <v>1237</v>
+        <v>1232</v>
       </c>
       <c r="E295" s="0" t="s">
-        <v>1238</v>
+        <v>1227</v>
       </c>
       <c r="F295" s="0" t="s">
-        <v>1239</v>
+        <v>1228</v>
       </c>
       <c r="G295" s="0" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="H295" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I295" s="1" t="s">
-        <v>1240</v>
+        <v>1233</v>
       </c>
       <c r="J295" s="0"/>
       <c r="K295" s="0" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="L295" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="296" spans="1:12" customHeight="1" ht="80">
       <c r="A296" s="0"/>
       <c r="B296" s="0" t="s">
-        <v>1241</v>
+        <v>1234</v>
       </c>
       <c r="C296" s="0" t="s">
-        <v>1242</v>
+        <v>1235</v>
       </c>
       <c r="D296" s="0" t="s">
-        <v>1243</v>
+        <v>1236</v>
       </c>
       <c r="E296" s="0" t="s">
-        <v>1238</v>
-[...3 lines deleted...]
-      </c>
+        <v>85</v>
+      </c>
+      <c r="F296" s="0"/>
       <c r="G296" s="0" t="s">
-        <v>201</v>
+        <v>87</v>
       </c>
       <c r="H296" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I296" s="1" t="s">
-        <v>1244</v>
+        <v>1237</v>
       </c>
       <c r="J296" s="0"/>
       <c r="K296" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L296" s="0">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="297" spans="1:12" customHeight="1" ht="80">
       <c r="A297" s="0"/>
       <c r="B297" s="0" t="s">
-        <v>1245</v>
+        <v>1238</v>
       </c>
       <c r="C297" s="0" t="s">
-        <v>1246</v>
+        <v>1239</v>
       </c>
       <c r="D297" s="0" t="s">
-        <v>1247</v>
+        <v>1240</v>
       </c>
       <c r="E297" s="0" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="F297" s="0"/>
+        <v>230</v>
+      </c>
+      <c r="F297" s="0" t="s">
+        <v>230</v>
+      </c>
       <c r="G297" s="0" t="s">
-        <v>87</v>
+        <v>174</v>
       </c>
       <c r="H297" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I297" s="1" t="s">
-        <v>1248</v>
+        <v>1241</v>
       </c>
       <c r="J297" s="0"/>
       <c r="K297" s="0" t="s">
-        <v>25</v>
+        <v>71</v>
       </c>
       <c r="L297" s="0">
-        <v>1</v>
+        <v>24</v>
       </c>
     </row>
     <row r="298" spans="1:12" customHeight="1" ht="80">
       <c r="A298" s="0"/>
       <c r="B298" s="0" t="s">
-        <v>1249</v>
+        <v>1242</v>
       </c>
       <c r="C298" s="0" t="s">
-        <v>1250</v>
+        <v>1243</v>
       </c>
       <c r="D298" s="0" t="s">
-        <v>1251</v>
+        <v>1244</v>
       </c>
       <c r="E298" s="0" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="F298" s="0" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="G298" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H298" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I298" s="1" t="s">
-        <v>1252</v>
+        <v>1245</v>
       </c>
       <c r="J298" s="0"/>
       <c r="K298" s="0" t="s">
-        <v>71</v>
+        <v>1246</v>
       </c>
       <c r="L298" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="299" spans="1:12" customHeight="1" ht="80">
       <c r="A299" s="0"/>
       <c r="B299" s="0" t="s">
-        <v>1253</v>
+        <v>1247</v>
       </c>
       <c r="C299" s="0" t="s">
-        <v>1254</v>
+        <v>1248</v>
       </c>
       <c r="D299" s="0" t="s">
-        <v>1255</v>
+        <v>1249</v>
       </c>
       <c r="E299" s="0" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="F299" s="0" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="G299" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H299" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I299" s="1" t="s">
-        <v>1256</v>
+        <v>1250</v>
       </c>
       <c r="J299" s="0"/>
       <c r="K299" s="0" t="s">
-        <v>135</v>
+        <v>308</v>
       </c>
       <c r="L299" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="300" spans="1:12" customHeight="1" ht="80">
       <c r="A300" s="0"/>
       <c r="B300" s="0" t="s">
-        <v>1257</v>
+        <v>1251</v>
       </c>
       <c r="C300" s="0" t="s">
-        <v>1258</v>
+        <v>1252</v>
       </c>
       <c r="D300" s="0" t="s">
-        <v>1259</v>
+        <v>1253</v>
       </c>
       <c r="E300" s="0" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="F300" s="0" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="G300" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H300" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I300" s="1" t="s">
-        <v>1260</v>
+        <v>1254</v>
       </c>
       <c r="J300" s="0"/>
       <c r="K300" s="0" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="L300" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="301" spans="1:12" customHeight="1" ht="80">
       <c r="A301" s="0"/>
       <c r="B301" s="0" t="s">
-        <v>1261</v>
+        <v>1255</v>
       </c>
       <c r="C301" s="0" t="s">
-        <v>1262</v>
+        <v>1256</v>
       </c>
       <c r="D301" s="0" t="s">
-        <v>1263</v>
+        <v>1257</v>
       </c>
       <c r="E301" s="0" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="F301" s="0" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="G301" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H301" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I301" s="1" t="s">
-        <v>1264</v>
+        <v>1258</v>
       </c>
       <c r="J301" s="0"/>
       <c r="K301" s="0" t="s">
-        <v>312</v>
+        <v>25</v>
       </c>
       <c r="L301" s="0">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="302" spans="1:12" customHeight="1" ht="80">
       <c r="A302" s="0"/>
       <c r="B302" s="0" t="s">
-        <v>1265</v>
+        <v>1259</v>
       </c>
       <c r="C302" s="0" t="s">
-        <v>1266</v>
+        <v>1260</v>
       </c>
       <c r="D302" s="0" t="s">
-        <v>1267</v>
+        <v>1261</v>
       </c>
       <c r="E302" s="0" t="s">
-        <v>232</v>
+        <v>67</v>
       </c>
       <c r="F302" s="0" t="s">
-        <v>232</v>
+        <v>1218</v>
       </c>
       <c r="G302" s="0" t="s">
-        <v>176</v>
+        <v>69</v>
       </c>
       <c r="H302" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I302" s="1" t="s">
-        <v>1268</v>
+        <v>1262</v>
       </c>
       <c r="J302" s="0"/>
       <c r="K302" s="0" t="s">
-        <v>1269</v>
+        <v>71</v>
       </c>
       <c r="L302" s="0">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="303" spans="1:12" customHeight="1" ht="80">
       <c r="A303" s="0"/>
       <c r="B303" s="0" t="s">
-        <v>1270</v>
+        <v>1263</v>
       </c>
       <c r="C303" s="0" t="s">
-        <v>1271</v>
-[...2 lines deleted...]
-        <v>1272</v>
+        <v>1264</v>
+      </c>
+      <c r="D303" s="0">
+        <v>7304</v>
       </c>
       <c r="E303" s="0" t="s">
         <v>67</v>
       </c>
       <c r="F303" s="0" t="s">
-        <v>1228</v>
+        <v>1265</v>
       </c>
       <c r="G303" s="0" t="s">
         <v>69</v>
       </c>
       <c r="H303" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I303" s="1" t="s">
-        <v>1273</v>
+        <v>1266</v>
       </c>
       <c r="J303" s="0"/>
       <c r="K303" s="0" t="s">
-        <v>71</v>
+        <v>25</v>
       </c>
       <c r="L303" s="0">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="304" spans="1:12" customHeight="1" ht="80">
       <c r="A304" s="0"/>
       <c r="B304" s="0" t="s">
-        <v>1274</v>
+        <v>1267</v>
       </c>
       <c r="C304" s="0" t="s">
-        <v>1275</v>
-[...2 lines deleted...]
-        <v>7304</v>
+        <v>1268</v>
+      </c>
+      <c r="D304" s="0" t="s">
+        <v>1269</v>
       </c>
       <c r="E304" s="0" t="s">
-        <v>67</v>
+        <v>1270</v>
       </c>
       <c r="F304" s="0" t="s">
-        <v>1276</v>
+        <v>1271</v>
       </c>
       <c r="G304" s="0" t="s">
-        <v>69</v>
+        <v>1272</v>
       </c>
       <c r="H304" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I304" s="1" t="s">
-        <v>1277</v>
+        <v>1273</v>
       </c>
       <c r="J304" s="0"/>
       <c r="K304" s="0" t="s">
-        <v>99</v>
+        <v>71</v>
       </c>
       <c r="L304" s="0">
-        <v>36</v>
+        <v>15</v>
       </c>
     </row>
     <row r="305" spans="1:12" customHeight="1" ht="80">
       <c r="A305" s="0"/>
       <c r="B305" s="0" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C305" s="0" t="s">
+        <v>1275</v>
+      </c>
+      <c r="D305" s="0" t="s">
+        <v>1276</v>
+      </c>
+      <c r="E305" s="0" t="s">
+        <v>1270</v>
+      </c>
+      <c r="F305" s="0" t="s">
+        <v>1277</v>
+      </c>
+      <c r="G305" s="0" t="s">
+        <v>1272</v>
+      </c>
+      <c r="H305" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I305" s="1" t="s">
         <v>1278</v>
-      </c>
-[...19 lines deleted...]
-        <v>1284</v>
       </c>
       <c r="J305" s="0"/>
       <c r="K305" s="0" t="s">
-        <v>71</v>
+        <v>113</v>
       </c>
       <c r="L305" s="0">
         <v>15</v>
       </c>
     </row>
     <row r="306" spans="1:12" customHeight="1" ht="80">
       <c r="A306" s="0"/>
       <c r="B306" s="0" t="s">
-        <v>1285</v>
+        <v>1279</v>
       </c>
       <c r="C306" s="0" t="s">
-        <v>1286</v>
+        <v>1280</v>
       </c>
       <c r="D306" s="0" t="s">
-        <v>1287</v>
+        <v>1281</v>
       </c>
       <c r="E306" s="0" t="s">
-        <v>1281</v>
-[...3 lines deleted...]
-      </c>
+        <v>1270</v>
+      </c>
+      <c r="F306" s="0"/>
       <c r="G306" s="0" t="s">
-        <v>1283</v>
+        <v>1272</v>
       </c>
       <c r="H306" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I306" s="1" t="s">
-        <v>1289</v>
+        <v>1282</v>
       </c>
       <c r="J306" s="0"/>
       <c r="K306" s="0" t="s">
         <v>113</v>
       </c>
       <c r="L306" s="0">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="307" spans="1:12" customHeight="1" ht="80">
       <c r="A307" s="0"/>
       <c r="B307" s="0" t="s">
-        <v>1290</v>
+        <v>1283</v>
       </c>
       <c r="C307" s="0" t="s">
-        <v>1291</v>
+        <v>1284</v>
       </c>
       <c r="D307" s="0" t="s">
-        <v>1292</v>
+        <v>1285</v>
       </c>
       <c r="E307" s="0" t="s">
-        <v>1281</v>
+        <v>1270</v>
       </c>
       <c r="F307" s="0"/>
       <c r="G307" s="0" t="s">
-        <v>1283</v>
+        <v>1272</v>
       </c>
       <c r="H307" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I307" s="1" t="s">
-        <v>1293</v>
+        <v>1286</v>
       </c>
       <c r="J307" s="0"/>
       <c r="K307" s="0" t="s">
-        <v>1294</v>
+        <v>20</v>
       </c>
       <c r="L307" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="308" spans="1:12" customHeight="1" ht="80">
       <c r="A308" s="0"/>
       <c r="B308" s="0" t="s">
-        <v>1295</v>
+        <v>1287</v>
       </c>
       <c r="C308" s="0" t="s">
-        <v>1296</v>
+        <v>1288</v>
       </c>
       <c r="D308" s="0" t="s">
-        <v>1297</v>
+        <v>1289</v>
       </c>
       <c r="E308" s="0" t="s">
-        <v>1281</v>
+        <v>74</v>
       </c>
       <c r="F308" s="0"/>
       <c r="G308" s="0" t="s">
-        <v>1283</v>
+        <v>76</v>
       </c>
       <c r="H308" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I308" s="1" t="s">
-        <v>1298</v>
+        <v>1290</v>
       </c>
       <c r="J308" s="0"/>
       <c r="K308" s="0" t="s">
-        <v>1294</v>
+        <v>25</v>
       </c>
       <c r="L308" s="0">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="309" spans="1:12" customHeight="1" ht="80">
       <c r="A309" s="0"/>
       <c r="B309" s="0" t="s">
-        <v>1299</v>
+        <v>1291</v>
       </c>
       <c r="C309" s="0" t="s">
-        <v>1300</v>
+        <v>1292</v>
       </c>
       <c r="D309" s="0" t="s">
-        <v>1301</v>
+        <v>1293</v>
       </c>
       <c r="E309" s="0" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="F309" s="0"/>
+        <v>641</v>
+      </c>
+      <c r="F309" s="0" t="s">
+        <v>880</v>
+      </c>
       <c r="G309" s="0" t="s">
-        <v>76</v>
+        <v>351</v>
       </c>
       <c r="H309" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I309" s="1" t="s">
-        <v>1302</v>
+        <v>1294</v>
       </c>
       <c r="J309" s="0"/>
       <c r="K309" s="0" t="s">
-        <v>25</v>
+        <v>1295</v>
       </c>
       <c r="L309" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="310" spans="1:12" customHeight="1" ht="80">
       <c r="A310" s="0"/>
       <c r="B310" s="0" t="s">
-        <v>1303</v>
+        <v>1296</v>
       </c>
       <c r="C310" s="0" t="s">
-        <v>1304</v>
+        <v>1297</v>
       </c>
       <c r="D310" s="0" t="s">
-        <v>1305</v>
+        <v>1298</v>
       </c>
       <c r="E310" s="0" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="F310" s="0" t="s">
-        <v>889</v>
+        <v>880</v>
       </c>
       <c r="G310" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="H310" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I310" s="1" t="s">
-        <v>1306</v>
+        <v>1299</v>
       </c>
       <c r="J310" s="0"/>
       <c r="K310" s="0" t="s">
-        <v>1269</v>
+        <v>180</v>
       </c>
       <c r="L310" s="0">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="311" spans="1:12" customHeight="1" ht="80">
       <c r="A311" s="0"/>
       <c r="B311" s="0" t="s">
-        <v>1307</v>
+        <v>1300</v>
       </c>
       <c r="C311" s="0" t="s">
-        <v>1308</v>
+        <v>1301</v>
       </c>
       <c r="D311" s="0" t="s">
-        <v>1309</v>
+        <v>1302</v>
       </c>
       <c r="E311" s="0" t="s">
-        <v>649</v>
-[...3 lines deleted...]
-      </c>
+        <v>230</v>
+      </c>
+      <c r="F311" s="0"/>
       <c r="G311" s="0" t="s">
-        <v>354</v>
+        <v>174</v>
       </c>
       <c r="H311" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I311" s="1" t="s">
-        <v>1310</v>
+        <v>1303</v>
       </c>
       <c r="J311" s="0"/>
       <c r="K311" s="0" t="s">
-        <v>182</v>
+        <v>25</v>
       </c>
       <c r="L311" s="0">
-        <v>2</v>
+        <v>8</v>
       </c>
     </row>
     <row r="312" spans="1:12" customHeight="1" ht="80">
       <c r="A312" s="0"/>
       <c r="B312" s="0" t="s">
-        <v>1311</v>
+        <v>1304</v>
       </c>
       <c r="C312" s="0" t="s">
-        <v>1312</v>
+        <v>1305</v>
       </c>
       <c r="D312" s="0" t="s">
-        <v>1313</v>
+        <v>1306</v>
       </c>
       <c r="E312" s="0" t="s">
-        <v>232</v>
-[...1 lines deleted...]
-      <c r="F312" s="0"/>
+        <v>85</v>
+      </c>
+      <c r="F312" s="0" t="s">
+        <v>1307</v>
+      </c>
       <c r="G312" s="0" t="s">
-        <v>176</v>
+        <v>87</v>
       </c>
       <c r="H312" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I312" s="1" t="s">
-        <v>1314</v>
+        <v>1308</v>
       </c>
       <c r="J312" s="0"/>
       <c r="K312" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L312" s="0">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="313" spans="1:12" customHeight="1" ht="80">
       <c r="A313" s="0"/>
       <c r="B313" s="0" t="s">
-        <v>1315</v>
+        <v>1309</v>
       </c>
       <c r="C313" s="0" t="s">
-        <v>1316</v>
-[...9 lines deleted...]
-      </c>
+        <v>1310</v>
+      </c>
+      <c r="D313" s="0">
+        <v>947407</v>
+      </c>
+      <c r="E313" s="0"/>
+      <c r="F313" s="0"/>
       <c r="G313" s="0" t="s">
-        <v>87</v>
+        <v>76</v>
       </c>
       <c r="H313" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I313" s="1" t="s">
-        <v>1319</v>
+        <v>1311</v>
       </c>
       <c r="J313" s="0"/>
       <c r="K313" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L313" s="0">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="314" spans="1:12" customHeight="1" ht="80">
       <c r="A314" s="0"/>
       <c r="B314" s="0" t="s">
-        <v>1320</v>
+        <v>1312</v>
       </c>
       <c r="C314" s="0" t="s">
-        <v>1321</v>
-[...4 lines deleted...]
-      <c r="E314" s="0"/>
+        <v>1313</v>
+      </c>
+      <c r="D314" s="0" t="s">
+        <v>1314</v>
+      </c>
+      <c r="E314" s="0" t="s">
+        <v>173</v>
+      </c>
       <c r="F314" s="0"/>
       <c r="G314" s="0" t="s">
-        <v>76</v>
+        <v>174</v>
       </c>
       <c r="H314" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I314" s="1" t="s">
-        <v>1322</v>
+        <v>1059</v>
       </c>
       <c r="J314" s="0"/>
       <c r="K314" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L314" s="0">
-        <v>4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="315" spans="1:12" customHeight="1" ht="80">
       <c r="A315" s="0"/>
       <c r="B315" s="0" t="s">
-        <v>1323</v>
+        <v>1315</v>
       </c>
       <c r="C315" s="0" t="s">
-        <v>1324</v>
-[...2 lines deleted...]
-        <v>1325</v>
+        <v>1316</v>
+      </c>
+      <c r="D315" s="0">
+        <v>13362</v>
       </c>
       <c r="E315" s="0" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F315" s="0"/>
       <c r="G315" s="0" t="s">
-        <v>176</v>
+        <v>76</v>
       </c>
       <c r="H315" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I315" s="1" t="s">
-        <v>1068</v>
+        <v>1317</v>
       </c>
       <c r="J315" s="0"/>
       <c r="K315" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L315" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="316" spans="1:12" customHeight="1" ht="80">
       <c r="A316" s="0"/>
       <c r="B316" s="0" t="s">
-        <v>1326</v>
+        <v>1318</v>
       </c>
       <c r="C316" s="0" t="s">
-        <v>1327</v>
+        <v>1319</v>
       </c>
       <c r="D316" s="0">
-        <v>13362</v>
+        <v>13363</v>
       </c>
       <c r="E316" s="0" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F316" s="0"/>
       <c r="G316" s="0" t="s">
-        <v>76</v>
+        <v>204</v>
       </c>
       <c r="H316" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I316" s="1" t="s">
-        <v>1328</v>
+        <v>1320</v>
       </c>
       <c r="J316" s="0"/>
       <c r="K316" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L316" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="317" spans="1:12" customHeight="1" ht="80">
       <c r="A317" s="0"/>
       <c r="B317" s="0" t="s">
-        <v>1329</v>
+        <v>1321</v>
       </c>
       <c r="C317" s="0" t="s">
-        <v>1330</v>
+        <v>1322</v>
       </c>
       <c r="D317" s="0">
-        <v>13363</v>
+        <v>84193</v>
       </c>
       <c r="E317" s="0" t="s">
-        <v>175</v>
-[...1 lines deleted...]
-      <c r="F317" s="0"/>
+        <v>173</v>
+      </c>
+      <c r="F317" s="0" t="s">
+        <v>1323</v>
+      </c>
       <c r="G317" s="0" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="H317" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I317" s="1" t="s">
-        <v>1331</v>
+        <v>1324</v>
       </c>
       <c r="J317" s="0"/>
       <c r="K317" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L317" s="0">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="318" spans="1:12" customHeight="1" ht="80">
       <c r="A318" s="0"/>
       <c r="B318" s="0" t="s">
-        <v>1332</v>
+        <v>1325</v>
       </c>
       <c r="C318" s="0" t="s">
-        <v>1333</v>
+        <v>1326</v>
       </c>
       <c r="D318" s="0">
-        <v>84193</v>
+        <v>84192</v>
       </c>
       <c r="E318" s="0" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F318" s="0" t="s">
-        <v>1334</v>
+        <v>1323</v>
       </c>
       <c r="G318" s="0" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="H318" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I318" s="1" t="s">
-        <v>1335</v>
+        <v>1327</v>
       </c>
       <c r="J318" s="0"/>
       <c r="K318" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L318" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="319" spans="1:12" customHeight="1" ht="80">
       <c r="A319" s="0"/>
       <c r="B319" s="0" t="s">
-        <v>1336</v>
+        <v>1328</v>
       </c>
       <c r="C319" s="0" t="s">
-        <v>1337</v>
-[...2 lines deleted...]
-        <v>84192</v>
+        <v>1329</v>
+      </c>
+      <c r="D319" s="0" t="s">
+        <v>1330</v>
       </c>
       <c r="E319" s="0" t="s">
-        <v>175</v>
-[...3 lines deleted...]
-      </c>
+        <v>339</v>
+      </c>
+      <c r="F319" s="0"/>
       <c r="G319" s="0" t="s">
-        <v>206</v>
+        <v>340</v>
       </c>
       <c r="H319" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I319" s="1" t="s">
-        <v>1338</v>
+        <v>1331</v>
       </c>
       <c r="J319" s="0"/>
       <c r="K319" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L319" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L319" s="0"/>
     </row>
     <row r="320" spans="1:12" customHeight="1" ht="80">
-      <c r="A320" s="0"/>
       <c r="B320" s="0" t="s">
-        <v>1339</v>
+        <v>1332</v>
       </c>
       <c r="C320" s="0" t="s">
-        <v>1340</v>
+        <v>1333</v>
       </c>
       <c r="D320" s="0" t="s">
-        <v>1341</v>
+        <v>1334</v>
       </c>
       <c r="E320" s="0" t="s">
-        <v>342</v>
+        <v>49</v>
       </c>
       <c r="F320" s="0"/>
       <c r="G320" s="0" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="H320" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I320" s="1" t="s">
-        <v>1342</v>
+        <v>1335</v>
       </c>
       <c r="J320" s="0"/>
       <c r="K320" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L320" s="0"/>
+      <c r="L320" s="0">
+        <v>10</v>
+      </c>
     </row>
     <row r="321" spans="1:12" customHeight="1" ht="80">
+      <c r="A321" s="0"/>
       <c r="B321" s="0" t="s">
-        <v>1343</v>
+        <v>1336</v>
       </c>
       <c r="C321" s="0" t="s">
-        <v>1344</v>
+        <v>1337</v>
       </c>
       <c r="D321" s="0" t="s">
-        <v>1345</v>
+        <v>1338</v>
       </c>
       <c r="E321" s="0" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="F321" s="0"/>
+        <v>85</v>
+      </c>
+      <c r="F321" s="0" t="s">
+        <v>1339</v>
+      </c>
       <c r="G321" s="0" t="s">
-        <v>50</v>
+        <v>87</v>
       </c>
       <c r="H321" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I321" s="1" t="s">
-        <v>1346</v>
+        <v>1340</v>
       </c>
       <c r="J321" s="0"/>
       <c r="K321" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L321" s="0">
-        <v>10</v>
+        <v>3</v>
       </c>
     </row>
     <row r="322" spans="1:12" customHeight="1" ht="80">
       <c r="A322" s="0"/>
       <c r="B322" s="0" t="s">
-        <v>1347</v>
+        <v>1341</v>
       </c>
       <c r="C322" s="0" t="s">
-        <v>1348</v>
+        <v>1342</v>
       </c>
       <c r="D322" s="0" t="s">
-        <v>1349</v>
+        <v>1343</v>
       </c>
       <c r="E322" s="0" t="s">
-        <v>85</v>
-[...3 lines deleted...]
-      </c>
+        <v>183</v>
+      </c>
+      <c r="F322" s="0"/>
       <c r="G322" s="0" t="s">
-        <v>87</v>
+        <v>174</v>
       </c>
       <c r="H322" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I322" s="1" t="s">
-        <v>1351</v>
+        <v>1344</v>
       </c>
       <c r="J322" s="0"/>
       <c r="K322" s="0" t="s">
-        <v>25</v>
+        <v>425</v>
       </c>
       <c r="L322" s="0">
-        <v>3</v>
+        <v>10</v>
       </c>
     </row>
     <row r="323" spans="1:12" customHeight="1" ht="80">
       <c r="A323" s="0"/>
       <c r="B323" s="0" t="s">
-        <v>1352</v>
+        <v>1345</v>
       </c>
       <c r="C323" s="0" t="s">
-        <v>1353</v>
+        <v>1346</v>
       </c>
       <c r="D323" s="0" t="s">
-        <v>1354</v>
+        <v>1347</v>
       </c>
       <c r="E323" s="0" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="F323" s="0"/>
       <c r="G323" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H323" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I323" s="1" t="s">
-        <v>1355</v>
+        <v>1348</v>
       </c>
       <c r="J323" s="0"/>
       <c r="K323" s="0" t="s">
-        <v>430</v>
+        <v>71</v>
       </c>
       <c r="L323" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="324" spans="1:12" customHeight="1" ht="80">
       <c r="A324" s="0"/>
       <c r="B324" s="0" t="s">
-        <v>1356</v>
+        <v>1349</v>
       </c>
       <c r="C324" s="0" t="s">
-        <v>1357</v>
+        <v>1350</v>
       </c>
       <c r="D324" s="0" t="s">
-        <v>1358</v>
+        <v>1351</v>
       </c>
       <c r="E324" s="0" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="F324" s="0"/>
       <c r="G324" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H324" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I324" s="1" t="s">
-        <v>1359</v>
+        <v>1352</v>
       </c>
       <c r="J324" s="0"/>
       <c r="K324" s="0" t="s">
-        <v>430</v>
+        <v>1131</v>
       </c>
       <c r="L324" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="325" spans="1:12" customHeight="1" ht="80">
       <c r="A325" s="0"/>
       <c r="B325" s="0" t="s">
-        <v>1360</v>
+        <v>1353</v>
       </c>
       <c r="C325" s="0" t="s">
-        <v>1361</v>
+        <v>1354</v>
       </c>
       <c r="D325" s="0" t="s">
-        <v>1362</v>
+        <v>1355</v>
       </c>
       <c r="E325" s="0" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="F325" s="0"/>
       <c r="G325" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H325" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I325" s="1" t="s">
-        <v>1363</v>
+        <v>1356</v>
       </c>
       <c r="J325" s="0"/>
       <c r="K325" s="0" t="s">
-        <v>135</v>
+        <v>71</v>
       </c>
       <c r="L325" s="0">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="326" spans="1:12" customHeight="1" ht="80">
       <c r="A326" s="0"/>
       <c r="B326" s="0" t="s">
-        <v>1364</v>
+        <v>1357</v>
       </c>
       <c r="C326" s="0" t="s">
-        <v>1365</v>
+        <v>1358</v>
       </c>
       <c r="D326" s="0" t="s">
-        <v>1366</v>
+        <v>1359</v>
       </c>
       <c r="E326" s="0" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="F326" s="0"/>
       <c r="G326" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H326" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I326" s="1" t="s">
-        <v>1367</v>
+        <v>1360</v>
       </c>
       <c r="J326" s="0"/>
       <c r="K326" s="0" t="s">
-        <v>71</v>
+        <v>425</v>
       </c>
       <c r="L326" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="327" spans="1:12" customHeight="1" ht="80">
       <c r="A327" s="0"/>
       <c r="B327" s="0" t="s">
-        <v>1368</v>
+        <v>1361</v>
       </c>
       <c r="C327" s="0" t="s">
-        <v>1369</v>
+        <v>1362</v>
       </c>
       <c r="D327" s="0" t="s">
-        <v>1370</v>
+        <v>1363</v>
       </c>
       <c r="E327" s="0" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="F327" s="0"/>
       <c r="G327" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H327" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I327" s="1" t="s">
-        <v>1371</v>
+        <v>1364</v>
       </c>
       <c r="J327" s="0"/>
       <c r="K327" s="0" t="s">
-        <v>430</v>
+        <v>71</v>
       </c>
       <c r="L327" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="328" spans="1:12" customHeight="1" ht="80">
       <c r="A328" s="0"/>
       <c r="B328" s="0" t="s">
-        <v>1372</v>
+        <v>1365</v>
       </c>
       <c r="C328" s="0" t="s">
-        <v>1373</v>
+        <v>1366</v>
       </c>
       <c r="D328" s="0" t="s">
-        <v>1374</v>
+        <v>1367</v>
       </c>
       <c r="E328" s="0" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="F328" s="0"/>
       <c r="G328" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H328" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I328" s="1" t="s">
-        <v>1375</v>
+        <v>1368</v>
       </c>
       <c r="J328" s="0"/>
       <c r="K328" s="0" t="s">
-        <v>71</v>
+        <v>425</v>
       </c>
       <c r="L328" s="0">
-        <v>5</v>
+        <v>16</v>
       </c>
     </row>
     <row r="329" spans="1:12" customHeight="1" ht="80">
       <c r="A329" s="0"/>
       <c r="B329" s="0" t="s">
-        <v>1376</v>
+        <v>1369</v>
       </c>
       <c r="C329" s="0" t="s">
-        <v>1377</v>
+        <v>1370</v>
       </c>
       <c r="D329" s="0" t="s">
-        <v>1378</v>
+        <v>1371</v>
       </c>
       <c r="E329" s="0" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="F329" s="0"/>
       <c r="G329" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H329" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I329" s="1" t="s">
-        <v>1379</v>
+        <v>1372</v>
       </c>
       <c r="J329" s="0"/>
       <c r="K329" s="0" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
       <c r="L329" s="0">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="330" spans="1:12" customHeight="1" ht="80">
       <c r="A330" s="0"/>
       <c r="B330" s="0" t="s">
-        <v>1380</v>
+        <v>1373</v>
       </c>
       <c r="C330" s="0" t="s">
-        <v>1381</v>
+        <v>1374</v>
       </c>
       <c r="D330" s="0" t="s">
-        <v>1382</v>
+        <v>1375</v>
       </c>
       <c r="E330" s="0" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="F330" s="0"/>
       <c r="G330" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H330" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I330" s="1" t="s">
-        <v>1383</v>
+        <v>1376</v>
       </c>
       <c r="J330" s="0"/>
       <c r="K330" s="0" t="s">
-        <v>430</v>
+        <v>71</v>
       </c>
       <c r="L330" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="331" spans="1:12" customHeight="1" ht="80">
       <c r="A331" s="0"/>
       <c r="B331" s="0" t="s">
-        <v>1384</v>
+        <v>1377</v>
       </c>
       <c r="C331" s="0" t="s">
-        <v>1385</v>
+        <v>1378</v>
       </c>
       <c r="D331" s="0" t="s">
-        <v>1386</v>
+        <v>1379</v>
       </c>
       <c r="E331" s="0" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="F331" s="0"/>
       <c r="G331" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H331" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I331" s="1" t="s">
-        <v>1387</v>
+        <v>1380</v>
       </c>
       <c r="J331" s="0"/>
       <c r="K331" s="0" t="s">
-        <v>71</v>
+        <v>20</v>
       </c>
       <c r="L331" s="0">
-        <v>24</v>
+        <v>5</v>
       </c>
     </row>
     <row r="332" spans="1:12" customHeight="1" ht="80">
       <c r="A332" s="0"/>
       <c r="B332" s="0" t="s">
-        <v>1388</v>
+        <v>1381</v>
       </c>
       <c r="C332" s="0" t="s">
-        <v>1389</v>
+        <v>1382</v>
       </c>
       <c r="D332" s="0" t="s">
-        <v>1390</v>
+        <v>1383</v>
       </c>
       <c r="E332" s="0" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="F332" s="0"/>
       <c r="G332" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H332" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I332" s="1" t="s">
-        <v>1391</v>
+        <v>1384</v>
       </c>
       <c r="J332" s="0"/>
       <c r="K332" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="L332" s="0">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="333" spans="1:12" customHeight="1" ht="80">
       <c r="A333" s="0"/>
       <c r="B333" s="0" t="s">
-        <v>1392</v>
+        <v>1385</v>
       </c>
       <c r="C333" s="0" t="s">
-        <v>1393</v>
+        <v>1386</v>
       </c>
       <c r="D333" s="0" t="s">
-        <v>1394</v>
+        <v>1387</v>
       </c>
       <c r="E333" s="0" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="F333" s="0"/>
       <c r="G333" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H333" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I333" s="1" t="s">
-        <v>1395</v>
+        <v>1388</v>
       </c>
       <c r="J333" s="0"/>
       <c r="K333" s="0" t="s">
-        <v>71</v>
+        <v>490</v>
       </c>
       <c r="L333" s="0">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="334" spans="1:12" customHeight="1" ht="80">
       <c r="A334" s="0"/>
       <c r="B334" s="0" t="s">
-        <v>1396</v>
+        <v>1389</v>
       </c>
       <c r="C334" s="0" t="s">
-        <v>1397</v>
+        <v>1390</v>
       </c>
       <c r="D334" s="0" t="s">
-        <v>1398</v>
+        <v>1391</v>
       </c>
       <c r="E334" s="0" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="F334" s="0"/>
       <c r="G334" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H334" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I334" s="1" t="s">
-        <v>1399</v>
+        <v>1392</v>
       </c>
       <c r="J334" s="0"/>
       <c r="K334" s="0" t="s">
-        <v>1400</v>
+        <v>127</v>
       </c>
       <c r="L334" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="335" spans="1:12" customHeight="1" ht="80">
       <c r="A335" s="0"/>
       <c r="B335" s="0" t="s">
-        <v>1401</v>
+        <v>1393</v>
       </c>
       <c r="C335" s="0" t="s">
-        <v>1402</v>
+        <v>1394</v>
       </c>
       <c r="D335" s="0" t="s">
-        <v>1403</v>
+        <v>1395</v>
       </c>
       <c r="E335" s="0" t="s">
-        <v>185</v>
-[...1 lines deleted...]
-      <c r="F335" s="0"/>
+        <v>173</v>
+      </c>
+      <c r="F335" s="0" t="s">
+        <v>1339</v>
+      </c>
       <c r="G335" s="0" t="s">
-        <v>176</v>
+        <v>204</v>
       </c>
       <c r="H335" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I335" s="1" t="s">
-        <v>1404</v>
+        <v>1396</v>
       </c>
       <c r="J335" s="0"/>
       <c r="K335" s="0" t="s">
-        <v>1405</v>
+        <v>25</v>
       </c>
       <c r="L335" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="336" spans="1:12" customHeight="1" ht="80">
       <c r="A336" s="0"/>
       <c r="B336" s="0" t="s">
-        <v>1406</v>
+        <v>1397</v>
       </c>
       <c r="C336" s="0" t="s">
-        <v>1407</v>
+        <v>1398</v>
       </c>
       <c r="D336" s="0" t="s">
-        <v>1408</v>
+        <v>1399</v>
       </c>
       <c r="E336" s="0" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F336" s="0" t="s">
-        <v>1350</v>
+        <v>1339</v>
       </c>
       <c r="G336" s="0" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="H336" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I336" s="1" t="s">
-        <v>1409</v>
+        <v>1400</v>
       </c>
       <c r="J336" s="0"/>
       <c r="K336" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L336" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="337" spans="1:12" customHeight="1" ht="80">
       <c r="A337" s="0"/>
       <c r="B337" s="0" t="s">
-        <v>1410</v>
+        <v>1401</v>
       </c>
       <c r="C337" s="0" t="s">
-        <v>1411</v>
+        <v>1402</v>
       </c>
       <c r="D337" s="0" t="s">
-        <v>1412</v>
+        <v>1403</v>
       </c>
       <c r="E337" s="0" t="s">
-        <v>175</v>
+        <v>1021</v>
       </c>
       <c r="F337" s="0" t="s">
-        <v>1350</v>
+        <v>1404</v>
       </c>
       <c r="G337" s="0" t="s">
-        <v>206</v>
+        <v>712</v>
       </c>
       <c r="H337" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I337" s="1" t="s">
-        <v>1413</v>
+        <v>1405</v>
       </c>
       <c r="J337" s="0"/>
       <c r="K337" s="0" t="s">
-        <v>25</v>
+        <v>218</v>
       </c>
       <c r="L337" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="338" spans="1:12" customHeight="1" ht="80">
       <c r="A338" s="0"/>
       <c r="B338" s="0" t="s">
-        <v>1414</v>
+        <v>1406</v>
       </c>
       <c r="C338" s="0" t="s">
-        <v>1415</v>
+        <v>1407</v>
       </c>
       <c r="D338" s="0" t="s">
-        <v>1416</v>
+        <v>1408</v>
       </c>
       <c r="E338" s="0" t="s">
-        <v>1029</v>
+        <v>1409</v>
       </c>
       <c r="F338" s="0" t="s">
-        <v>1417</v>
+        <v>38</v>
       </c>
       <c r="G338" s="0" t="s">
-        <v>720</v>
+        <v>174</v>
       </c>
       <c r="H338" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I338" s="1" t="s">
-        <v>1418</v>
+        <v>1410</v>
       </c>
       <c r="J338" s="0"/>
       <c r="K338" s="0" t="s">
-        <v>1134</v>
+        <v>71</v>
       </c>
       <c r="L338" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="339" spans="1:12" customHeight="1" ht="80">
       <c r="A339" s="0"/>
       <c r="B339" s="0" t="s">
-        <v>1419</v>
+        <v>1411</v>
       </c>
       <c r="C339" s="0" t="s">
-        <v>1420</v>
+        <v>1412</v>
       </c>
       <c r="D339" s="0" t="s">
-        <v>1421</v>
+        <v>1413</v>
       </c>
       <c r="E339" s="0" t="s">
-        <v>1422</v>
+        <v>230</v>
       </c>
       <c r="F339" s="0" t="s">
-        <v>38</v>
+        <v>1414</v>
       </c>
       <c r="G339" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H339" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I339" s="1" t="s">
-        <v>1423</v>
+        <v>1415</v>
       </c>
       <c r="J339" s="0"/>
       <c r="K339" s="0" t="s">
-        <v>71</v>
+        <v>134</v>
       </c>
       <c r="L339" s="0">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="340" spans="1:12" customHeight="1" ht="80">
       <c r="A340" s="0"/>
       <c r="B340" s="0" t="s">
-        <v>1424</v>
+        <v>1416</v>
       </c>
       <c r="C340" s="0" t="s">
-        <v>1425</v>
+        <v>1417</v>
       </c>
       <c r="D340" s="0" t="s">
-        <v>1426</v>
+        <v>1418</v>
       </c>
       <c r="E340" s="0" t="s">
-        <v>232</v>
+        <v>1409</v>
       </c>
       <c r="F340" s="0" t="s">
-        <v>1427</v>
+        <v>1419</v>
       </c>
       <c r="G340" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H340" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I340" s="1" t="s">
-        <v>1428</v>
+        <v>1420</v>
       </c>
       <c r="J340" s="0"/>
       <c r="K340" s="0" t="s">
-        <v>25</v>
+        <v>71</v>
       </c>
       <c r="L340" s="0">
-        <v>2</v>
+        <v>36</v>
       </c>
     </row>
     <row r="341" spans="1:12" customHeight="1" ht="80">
       <c r="A341" s="0"/>
       <c r="B341" s="0" t="s">
-        <v>1429</v>
+        <v>1421</v>
       </c>
       <c r="C341" s="0" t="s">
-        <v>1430</v>
+        <v>1422</v>
       </c>
       <c r="D341" s="0" t="s">
-        <v>1431</v>
+        <v>1423</v>
       </c>
       <c r="E341" s="0" t="s">
-        <v>1422</v>
+        <v>1409</v>
       </c>
       <c r="F341" s="0" t="s">
-        <v>1432</v>
+        <v>38</v>
       </c>
       <c r="G341" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H341" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I341" s="1" t="s">
-        <v>1433</v>
+        <v>1424</v>
       </c>
       <c r="J341" s="0"/>
       <c r="K341" s="0" t="s">
-        <v>71</v>
+        <v>134</v>
       </c>
       <c r="L341" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="342" spans="1:12" customHeight="1" ht="80">
       <c r="A342" s="0"/>
       <c r="B342" s="0" t="s">
-        <v>1434</v>
+        <v>1425</v>
       </c>
       <c r="C342" s="0" t="s">
-        <v>1435</v>
+        <v>1426</v>
       </c>
       <c r="D342" s="0" t="s">
-        <v>1436</v>
+        <v>1427</v>
       </c>
       <c r="E342" s="0" t="s">
-        <v>1422</v>
+        <v>1409</v>
       </c>
       <c r="F342" s="0" t="s">
         <v>38</v>
       </c>
       <c r="G342" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H342" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I342" s="1" t="s">
-        <v>1437</v>
+        <v>1428</v>
       </c>
       <c r="J342" s="0"/>
       <c r="K342" s="0" t="s">
-        <v>135</v>
+        <v>71</v>
       </c>
       <c r="L342" s="0">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="343" spans="1:12" customHeight="1" ht="80">
       <c r="A343" s="0"/>
       <c r="B343" s="0" t="s">
-        <v>1438</v>
+        <v>1429</v>
       </c>
       <c r="C343" s="0" t="s">
-        <v>1439</v>
+        <v>1430</v>
       </c>
       <c r="D343" s="0" t="s">
-        <v>1440</v>
+        <v>1431</v>
       </c>
       <c r="E343" s="0" t="s">
-        <v>1422</v>
+        <v>230</v>
       </c>
       <c r="F343" s="0" t="s">
-        <v>38</v>
+        <v>1414</v>
       </c>
       <c r="G343" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H343" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I343" s="1" t="s">
-        <v>1441</v>
+        <v>1432</v>
       </c>
       <c r="J343" s="0"/>
       <c r="K343" s="0" t="s">
-        <v>71</v>
+        <v>20</v>
       </c>
       <c r="L343" s="0">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="344" spans="1:12" customHeight="1" ht="80">
       <c r="A344" s="0"/>
       <c r="B344" s="0" t="s">
-        <v>1442</v>
+        <v>1433</v>
       </c>
       <c r="C344" s="0" t="s">
-        <v>1443</v>
+        <v>1434</v>
       </c>
       <c r="D344" s="0" t="s">
-        <v>1444</v>
+        <v>1435</v>
       </c>
       <c r="E344" s="0" t="s">
-        <v>232</v>
+        <v>1409</v>
       </c>
       <c r="F344" s="0" t="s">
-        <v>1427</v>
+        <v>38</v>
       </c>
       <c r="G344" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H344" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I344" s="1" t="s">
-        <v>1445</v>
+        <v>1428</v>
       </c>
       <c r="J344" s="0"/>
       <c r="K344" s="0" t="s">
         <v>71</v>
       </c>
       <c r="L344" s="0">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="345" spans="1:12" customHeight="1" ht="80">
       <c r="A345" s="0"/>
       <c r="B345" s="0" t="s">
-        <v>1446</v>
+        <v>1436</v>
       </c>
       <c r="C345" s="0" t="s">
-        <v>1447</v>
+        <v>1437</v>
       </c>
       <c r="D345" s="0" t="s">
-        <v>1448</v>
+        <v>1438</v>
       </c>
       <c r="E345" s="0" t="s">
-        <v>1422</v>
+        <v>1409</v>
       </c>
       <c r="F345" s="0" t="s">
         <v>38</v>
       </c>
       <c r="G345" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H345" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I345" s="1" t="s">
-        <v>1441</v>
+        <v>1439</v>
       </c>
       <c r="J345" s="0"/>
       <c r="K345" s="0" t="s">
-        <v>71</v>
+        <v>134</v>
       </c>
       <c r="L345" s="0">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="346" spans="1:12" customHeight="1" ht="80">
       <c r="A346" s="0"/>
       <c r="B346" s="0" t="s">
-        <v>1449</v>
+        <v>1440</v>
       </c>
       <c r="C346" s="0" t="s">
-        <v>1450</v>
+        <v>1441</v>
       </c>
       <c r="D346" s="0" t="s">
-        <v>1451</v>
+        <v>1442</v>
       </c>
       <c r="E346" s="0" t="s">
-        <v>1422</v>
+        <v>1409</v>
       </c>
       <c r="F346" s="0" t="s">
         <v>38</v>
       </c>
       <c r="G346" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H346" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I346" s="1" t="s">
-        <v>1452</v>
+        <v>1443</v>
       </c>
       <c r="J346" s="0"/>
       <c r="K346" s="0" t="s">
-        <v>135</v>
+        <v>20</v>
       </c>
       <c r="L346" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="347" spans="1:12" customHeight="1" ht="80">
       <c r="A347" s="0"/>
       <c r="B347" s="0" t="s">
-        <v>1453</v>
+        <v>1444</v>
       </c>
       <c r="C347" s="0" t="s">
-        <v>1454</v>
+        <v>1445</v>
       </c>
       <c r="D347" s="0" t="s">
-        <v>1455</v>
+        <v>1446</v>
       </c>
       <c r="E347" s="0" t="s">
-        <v>1422</v>
+        <v>1409</v>
       </c>
       <c r="F347" s="0" t="s">
         <v>38</v>
       </c>
       <c r="G347" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H347" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I347" s="1" t="s">
-        <v>1456</v>
+        <v>1428</v>
       </c>
       <c r="J347" s="0"/>
       <c r="K347" s="0" t="s">
-        <v>25</v>
+        <v>71</v>
       </c>
       <c r="L347" s="0">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="348" spans="1:12" customHeight="1" ht="80">
       <c r="A348" s="0"/>
       <c r="B348" s="0" t="s">
-        <v>1457</v>
+        <v>1447</v>
       </c>
       <c r="C348" s="0" t="s">
-        <v>1458</v>
+        <v>1448</v>
       </c>
       <c r="D348" s="0" t="s">
-        <v>1459</v>
+        <v>1449</v>
       </c>
       <c r="E348" s="0" t="s">
-        <v>1422</v>
+        <v>1409</v>
       </c>
       <c r="F348" s="0" t="s">
         <v>38</v>
       </c>
       <c r="G348" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H348" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I348" s="1" t="s">
-        <v>1441</v>
+        <v>1450</v>
       </c>
       <c r="J348" s="0"/>
       <c r="K348" s="0" t="s">
-        <v>71</v>
+        <v>134</v>
       </c>
       <c r="L348" s="0">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="349" spans="1:12" customHeight="1" ht="80">
       <c r="A349" s="0"/>
       <c r="B349" s="0" t="s">
-        <v>1460</v>
+        <v>1451</v>
       </c>
       <c r="C349" s="0" t="s">
-        <v>1461</v>
+        <v>1452</v>
       </c>
       <c r="D349" s="0" t="s">
-        <v>1462</v>
+        <v>1453</v>
       </c>
       <c r="E349" s="0" t="s">
-        <v>1422</v>
+        <v>230</v>
       </c>
       <c r="F349" s="0" t="s">
-        <v>38</v>
+        <v>1454</v>
       </c>
       <c r="G349" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H349" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I349" s="1" t="s">
-        <v>1463</v>
+        <v>1455</v>
       </c>
       <c r="J349" s="0"/>
       <c r="K349" s="0" t="s">
-        <v>135</v>
+        <v>71</v>
       </c>
       <c r="L349" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="350" spans="1:12" customHeight="1" ht="80">
       <c r="A350" s="0"/>
       <c r="B350" s="0" t="s">
-        <v>1464</v>
+        <v>1456</v>
       </c>
       <c r="C350" s="0" t="s">
-        <v>1465</v>
+        <v>1457</v>
       </c>
       <c r="D350" s="0" t="s">
-        <v>1466</v>
+        <v>1458</v>
       </c>
       <c r="E350" s="0" t="s">
-        <v>232</v>
+        <v>1409</v>
       </c>
       <c r="F350" s="0" t="s">
-        <v>1467</v>
+        <v>38</v>
       </c>
       <c r="G350" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H350" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I350" s="1" t="s">
-        <v>1468</v>
+        <v>1443</v>
       </c>
       <c r="J350" s="0"/>
       <c r="K350" s="0" t="s">
-        <v>71</v>
+        <v>1295</v>
       </c>
       <c r="L350" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="351" spans="1:12" customHeight="1" ht="80">
       <c r="A351" s="0"/>
       <c r="B351" s="0" t="s">
-        <v>1469</v>
+        <v>1459</v>
       </c>
       <c r="C351" s="0" t="s">
-        <v>1470</v>
+        <v>1460</v>
       </c>
       <c r="D351" s="0" t="s">
-        <v>1471</v>
+        <v>1461</v>
       </c>
       <c r="E351" s="0" t="s">
-        <v>1422</v>
+        <v>230</v>
       </c>
       <c r="F351" s="0" t="s">
-        <v>38</v>
+        <v>1454</v>
       </c>
       <c r="G351" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H351" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I351" s="1" t="s">
-        <v>1456</v>
+        <v>1462</v>
       </c>
       <c r="J351" s="0"/>
       <c r="K351" s="0" t="s">
-        <v>504</v>
+        <v>71</v>
       </c>
       <c r="L351" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="352" spans="1:12" customHeight="1" ht="80">
       <c r="A352" s="0"/>
       <c r="B352" s="0" t="s">
-        <v>1472</v>
+        <v>1463</v>
       </c>
       <c r="C352" s="0" t="s">
-        <v>1473</v>
+        <v>1464</v>
       </c>
       <c r="D352" s="0" t="s">
-        <v>1474</v>
+        <v>1465</v>
       </c>
       <c r="E352" s="0" t="s">
-        <v>232</v>
+        <v>1409</v>
       </c>
       <c r="F352" s="0" t="s">
-        <v>1467</v>
+        <v>38</v>
       </c>
       <c r="G352" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H352" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I352" s="1" t="s">
-        <v>1475</v>
+        <v>1443</v>
       </c>
       <c r="J352" s="0"/>
       <c r="K352" s="0" t="s">
-        <v>71</v>
+        <v>1120</v>
       </c>
       <c r="L352" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="353" spans="1:12" customHeight="1" ht="80">
       <c r="A353" s="0"/>
       <c r="B353" s="0" t="s">
-        <v>1476</v>
+        <v>1466</v>
       </c>
       <c r="C353" s="0" t="s">
-        <v>1477</v>
+        <v>1467</v>
       </c>
       <c r="D353" s="0" t="s">
-        <v>1478</v>
+        <v>1468</v>
       </c>
       <c r="E353" s="0" t="s">
-        <v>1422</v>
+        <v>1409</v>
       </c>
       <c r="F353" s="0" t="s">
         <v>38</v>
       </c>
       <c r="G353" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H353" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I353" s="1" t="s">
-        <v>1456</v>
+        <v>1469</v>
       </c>
       <c r="J353" s="0"/>
       <c r="K353" s="0" t="s">
-        <v>99</v>
+        <v>134</v>
       </c>
       <c r="L353" s="0">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="354" spans="1:12" customHeight="1" ht="80">
       <c r="A354" s="0"/>
       <c r="B354" s="0" t="s">
-        <v>1479</v>
+        <v>1470</v>
       </c>
       <c r="C354" s="0" t="s">
-        <v>1480</v>
+        <v>1471</v>
       </c>
       <c r="D354" s="0" t="s">
-        <v>1481</v>
+        <v>1472</v>
       </c>
       <c r="E354" s="0" t="s">
-        <v>1422</v>
+        <v>1409</v>
       </c>
       <c r="F354" s="0" t="s">
         <v>38</v>
       </c>
       <c r="G354" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H354" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I354" s="1" t="s">
-        <v>1482</v>
+        <v>1473</v>
       </c>
       <c r="J354" s="0"/>
       <c r="K354" s="0" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="L354" s="0">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="355" spans="1:12" customHeight="1" ht="80">
       <c r="A355" s="0"/>
       <c r="B355" s="0" t="s">
-        <v>1483</v>
+        <v>1474</v>
       </c>
       <c r="C355" s="0" t="s">
-        <v>1484</v>
+        <v>1475</v>
       </c>
       <c r="D355" s="0" t="s">
-        <v>1485</v>
+        <v>1476</v>
       </c>
       <c r="E355" s="0" t="s">
-        <v>1422</v>
+        <v>1409</v>
       </c>
       <c r="F355" s="0" t="s">
         <v>38</v>
       </c>
       <c r="G355" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H355" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I355" s="1" t="s">
-        <v>1486</v>
+        <v>1477</v>
       </c>
       <c r="J355" s="0"/>
       <c r="K355" s="0" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="L355" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="356" spans="1:12" customHeight="1" ht="80">
       <c r="A356" s="0"/>
       <c r="B356" s="0" t="s">
-        <v>1487</v>
+        <v>1478</v>
       </c>
       <c r="C356" s="0" t="s">
-        <v>1488</v>
+        <v>1479</v>
       </c>
       <c r="D356" s="0" t="s">
-        <v>1489</v>
+        <v>1480</v>
       </c>
       <c r="E356" s="0" t="s">
-        <v>1422</v>
+        <v>230</v>
       </c>
       <c r="F356" s="0" t="s">
-        <v>38</v>
+        <v>1454</v>
       </c>
       <c r="G356" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H356" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I356" s="1" t="s">
-        <v>1490</v>
+        <v>1481</v>
       </c>
       <c r="J356" s="0"/>
       <c r="K356" s="0" t="s">
-        <v>135</v>
+        <v>20</v>
       </c>
       <c r="L356" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="357" spans="1:12" customHeight="1" ht="80">
       <c r="A357" s="0"/>
       <c r="B357" s="0" t="s">
-        <v>1491</v>
+        <v>1482</v>
       </c>
       <c r="C357" s="0" t="s">
-        <v>1492</v>
+        <v>1483</v>
       </c>
       <c r="D357" s="0" t="s">
-        <v>1493</v>
+        <v>1484</v>
       </c>
       <c r="E357" s="0" t="s">
-        <v>232</v>
+        <v>1409</v>
       </c>
       <c r="F357" s="0" t="s">
-        <v>1467</v>
+        <v>38</v>
       </c>
       <c r="G357" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H357" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I357" s="1" t="s">
-        <v>1494</v>
+        <v>1485</v>
       </c>
       <c r="J357" s="0"/>
       <c r="K357" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L357" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="358" spans="1:12" customHeight="1" ht="80">
       <c r="A358" s="0"/>
       <c r="B358" s="0" t="s">
-        <v>1495</v>
+        <v>1486</v>
       </c>
       <c r="C358" s="0" t="s">
-        <v>1496</v>
+        <v>1487</v>
       </c>
       <c r="D358" s="0" t="s">
-        <v>1497</v>
+        <v>1488</v>
       </c>
       <c r="E358" s="0" t="s">
-        <v>1422</v>
+        <v>1409</v>
       </c>
       <c r="F358" s="0" t="s">
         <v>38</v>
       </c>
       <c r="G358" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H358" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I358" s="1" t="s">
-        <v>1498</v>
+        <v>1489</v>
       </c>
       <c r="J358" s="0"/>
       <c r="K358" s="0" t="s">
-        <v>1031</v>
+        <v>1125</v>
       </c>
       <c r="L358" s="0">
-        <v>24</v>
+        <v>3</v>
       </c>
     </row>
     <row r="359" spans="1:12" customHeight="1" ht="80">
       <c r="A359" s="0"/>
       <c r="B359" s="0" t="s">
-        <v>1499</v>
+        <v>1490</v>
       </c>
       <c r="C359" s="0" t="s">
-        <v>1500</v>
+        <v>1491</v>
       </c>
       <c r="D359" s="0" t="s">
-        <v>1501</v>
+        <v>1492</v>
       </c>
       <c r="E359" s="0" t="s">
-        <v>1422</v>
+        <v>1409</v>
       </c>
       <c r="F359" s="0" t="s">
         <v>38</v>
       </c>
       <c r="G359" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H359" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I359" s="1" t="s">
-        <v>1502</v>
+        <v>1254</v>
       </c>
       <c r="J359" s="0"/>
       <c r="K359" s="0" t="s">
-        <v>278</v>
+        <v>1131</v>
       </c>
       <c r="L359" s="0">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="360" spans="1:12" customHeight="1" ht="80">
       <c r="A360" s="0"/>
       <c r="B360" s="0" t="s">
-        <v>1503</v>
+        <v>1493</v>
       </c>
       <c r="C360" s="0" t="s">
-        <v>1504</v>
+        <v>1494</v>
       </c>
       <c r="D360" s="0" t="s">
-        <v>1505</v>
+        <v>1495</v>
       </c>
       <c r="E360" s="0" t="s">
-        <v>1422</v>
+        <v>1409</v>
       </c>
       <c r="F360" s="0" t="s">
         <v>38</v>
       </c>
       <c r="G360" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H360" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I360" s="1" t="s">
-        <v>1264</v>
+        <v>1410</v>
       </c>
       <c r="J360" s="0"/>
       <c r="K360" s="0" t="s">
-        <v>1134</v>
+        <v>71</v>
       </c>
       <c r="L360" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="361" spans="1:12" customHeight="1" ht="80">
       <c r="A361" s="0"/>
       <c r="B361" s="0" t="s">
-        <v>1506</v>
+        <v>1496</v>
       </c>
       <c r="C361" s="0" t="s">
-        <v>1507</v>
+        <v>1497</v>
       </c>
       <c r="D361" s="0" t="s">
-        <v>1508</v>
+        <v>1498</v>
       </c>
       <c r="E361" s="0" t="s">
-        <v>1422</v>
+        <v>1409</v>
       </c>
       <c r="F361" s="0" t="s">
         <v>38</v>
       </c>
       <c r="G361" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H361" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I361" s="1" t="s">
-        <v>1423</v>
+        <v>1410</v>
       </c>
       <c r="J361" s="0"/>
       <c r="K361" s="0" t="s">
         <v>71</v>
       </c>
       <c r="L361" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="362" spans="1:12" customHeight="1" ht="80">
       <c r="A362" s="0"/>
       <c r="B362" s="0" t="s">
-        <v>1509</v>
+        <v>1499</v>
       </c>
       <c r="C362" s="0" t="s">
-        <v>1510</v>
+        <v>1500</v>
       </c>
       <c r="D362" s="0" t="s">
-        <v>1511</v>
+        <v>1501</v>
       </c>
       <c r="E362" s="0" t="s">
-        <v>1422</v>
+        <v>1409</v>
       </c>
       <c r="F362" s="0" t="s">
         <v>38</v>
       </c>
       <c r="G362" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H362" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I362" s="1" t="s">
-        <v>1423</v>
+        <v>1485</v>
       </c>
       <c r="J362" s="0"/>
       <c r="K362" s="0" t="s">
-        <v>71</v>
+        <v>20</v>
       </c>
       <c r="L362" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="363" spans="1:12" customHeight="1" ht="80">
       <c r="A363" s="0"/>
       <c r="B363" s="0" t="s">
-        <v>1512</v>
+        <v>1502</v>
       </c>
       <c r="C363" s="0" t="s">
-        <v>1513</v>
+        <v>1503</v>
       </c>
       <c r="D363" s="0" t="s">
-        <v>1514</v>
+        <v>1504</v>
       </c>
       <c r="E363" s="0" t="s">
-        <v>1422</v>
+        <v>1505</v>
       </c>
       <c r="F363" s="0" t="s">
-        <v>38</v>
+        <v>1506</v>
       </c>
       <c r="G363" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H363" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I363" s="1" t="s">
-        <v>1498</v>
+        <v>1507</v>
       </c>
       <c r="J363" s="0"/>
       <c r="K363" s="0" t="s">
-        <v>20</v>
+        <v>113</v>
       </c>
       <c r="L363" s="0">
-        <v>24</v>
+        <v>4</v>
       </c>
     </row>
     <row r="364" spans="1:12" customHeight="1" ht="80">
-      <c r="A364" s="0"/>
       <c r="B364" s="0" t="s">
-        <v>1515</v>
+        <v>1508</v>
       </c>
       <c r="C364" s="0" t="s">
-        <v>1516</v>
+        <v>1509</v>
       </c>
       <c r="D364" s="0" t="s">
-        <v>1517</v>
+        <v>1510</v>
       </c>
       <c r="E364" s="0" t="s">
-        <v>1518</v>
-[...3 lines deleted...]
-      </c>
+        <v>230</v>
+      </c>
+      <c r="F364" s="0"/>
       <c r="G364" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H364" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I364" s="1" t="s">
-        <v>1520</v>
+        <v>1511</v>
       </c>
       <c r="J364" s="0"/>
       <c r="K364" s="0" t="s">
-        <v>1294</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="L364" s="0"/>
     </row>
     <row r="365" spans="1:12" customHeight="1" ht="80">
       <c r="B365" s="0" t="s">
-        <v>1521</v>
+        <v>1512</v>
       </c>
       <c r="C365" s="0" t="s">
-        <v>1522</v>
+        <v>1513</v>
       </c>
       <c r="D365" s="0" t="s">
-        <v>1523</v>
+        <v>1514</v>
       </c>
       <c r="E365" s="0" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="F365" s="0"/>
       <c r="G365" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H365" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I365" s="1" t="s">
-        <v>1524</v>
+        <v>1515</v>
       </c>
       <c r="J365" s="0"/>
       <c r="K365" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L365" s="0"/>
     </row>
     <row r="366" spans="1:12" customHeight="1" ht="80">
       <c r="B366" s="0" t="s">
-        <v>1525</v>
+        <v>1516</v>
       </c>
       <c r="C366" s="0" t="s">
-        <v>1526</v>
+        <v>1517</v>
       </c>
       <c r="D366" s="0" t="s">
-        <v>1527</v>
+        <v>1518</v>
       </c>
       <c r="E366" s="0" t="s">
-        <v>232</v>
-[...1 lines deleted...]
-      <c r="F366" s="0"/>
+        <v>230</v>
+      </c>
+      <c r="F366" s="0" t="s">
+        <v>1414</v>
+      </c>
       <c r="G366" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H366" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I366" s="1" t="s">
-        <v>1528</v>
+        <v>1519</v>
       </c>
       <c r="J366" s="0"/>
       <c r="K366" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L366" s="0"/>
     </row>
     <row r="367" spans="1:12" customHeight="1" ht="80">
       <c r="B367" s="0" t="s">
-        <v>1529</v>
+        <v>1520</v>
       </c>
       <c r="C367" s="0" t="s">
-        <v>1530</v>
+        <v>1521</v>
       </c>
       <c r="D367" s="0" t="s">
-        <v>1531</v>
+        <v>1522</v>
       </c>
       <c r="E367" s="0" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="F367" s="0" t="s">
-        <v>1427</v>
+        <v>1414</v>
       </c>
       <c r="G367" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H367" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I367" s="1" t="s">
-        <v>1532</v>
+        <v>1519</v>
       </c>
       <c r="J367" s="0"/>
       <c r="K367" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L367" s="0"/>
     </row>
     <row r="368" spans="1:12" customHeight="1" ht="80">
       <c r="B368" s="0" t="s">
-        <v>1533</v>
+        <v>1523</v>
       </c>
       <c r="C368" s="0" t="s">
-        <v>1534</v>
+        <v>1524</v>
       </c>
       <c r="D368" s="0" t="s">
-        <v>1535</v>
+        <v>1525</v>
       </c>
       <c r="E368" s="0" t="s">
-        <v>232</v>
-[...3 lines deleted...]
-      </c>
+        <v>230</v>
+      </c>
+      <c r="F368" s="0"/>
       <c r="G368" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H368" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I368" s="1" t="s">
-        <v>1532</v>
+        <v>1526</v>
       </c>
       <c r="J368" s="0"/>
       <c r="K368" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L368" s="0"/>
     </row>
     <row r="369" spans="1:12" customHeight="1" ht="80">
+      <c r="A369" s="0"/>
       <c r="B369" s="0" t="s">
-        <v>1536</v>
+        <v>1527</v>
       </c>
       <c r="C369" s="0" t="s">
-        <v>1537</v>
-[...2 lines deleted...]
-        <v>1538</v>
+        <v>1528</v>
+      </c>
+      <c r="D369" s="0">
+        <v>85281</v>
       </c>
       <c r="E369" s="0" t="s">
-        <v>232</v>
-[...1 lines deleted...]
-      <c r="F369" s="0"/>
+        <v>173</v>
+      </c>
+      <c r="F369" s="0" t="s">
+        <v>1529</v>
+      </c>
       <c r="G369" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H369" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I369" s="1" t="s">
-        <v>1539</v>
+        <v>1530</v>
       </c>
       <c r="J369" s="0"/>
       <c r="K369" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L369" s="0"/>
+      <c r="L369" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="370" spans="1:12" customHeight="1" ht="80">
       <c r="A370" s="0"/>
       <c r="B370" s="0" t="s">
-        <v>1540</v>
+        <v>1531</v>
       </c>
       <c r="C370" s="0" t="s">
-        <v>1541</v>
-[...2 lines deleted...]
-        <v>85281</v>
+        <v>1532</v>
+      </c>
+      <c r="D370" s="0" t="s">
+        <v>1533</v>
       </c>
       <c r="E370" s="0" t="s">
-        <v>175</v>
-[...3 lines deleted...]
-      </c>
+        <v>173</v>
+      </c>
+      <c r="F370" s="0"/>
       <c r="G370" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H370" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I370" s="1" t="s">
-        <v>1543</v>
+        <v>1245</v>
       </c>
       <c r="J370" s="0"/>
       <c r="K370" s="0" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="L370" s="0"/>
+    </row>
+    <row r="371" spans="1:12" customHeight="1" ht="80">
+      <c r="B371" s="0" t="s">
+        <v>1534</v>
+      </c>
+      <c r="C371" s="0" t="s">
+        <v>1535</v>
+      </c>
+      <c r="D371" s="0" t="s">
+        <v>1536</v>
+      </c>
+      <c r="E371" s="0" t="s">
+        <v>345</v>
+      </c>
+      <c r="F371" s="0" t="s">
+        <v>1537</v>
+      </c>
+      <c r="G371" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="H371" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I371" s="1" t="s">
+        <v>1538</v>
+      </c>
+      <c r="J371" s="0"/>
+      <c r="K371" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="L371" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -28448,50 +28462,51 @@
     <hyperlink ref="B346" r:id="rId_hyperlink_345"/>
     <hyperlink ref="B347" r:id="rId_hyperlink_346"/>
     <hyperlink ref="B348" r:id="rId_hyperlink_347"/>
     <hyperlink ref="B349" r:id="rId_hyperlink_348"/>
     <hyperlink ref="B350" r:id="rId_hyperlink_349"/>
     <hyperlink ref="B351" r:id="rId_hyperlink_350"/>
     <hyperlink ref="B352" r:id="rId_hyperlink_351"/>
     <hyperlink ref="B353" r:id="rId_hyperlink_352"/>
     <hyperlink ref="B354" r:id="rId_hyperlink_353"/>
     <hyperlink ref="B355" r:id="rId_hyperlink_354"/>
     <hyperlink ref="B356" r:id="rId_hyperlink_355"/>
     <hyperlink ref="B357" r:id="rId_hyperlink_356"/>
     <hyperlink ref="B358" r:id="rId_hyperlink_357"/>
     <hyperlink ref="B359" r:id="rId_hyperlink_358"/>
     <hyperlink ref="B360" r:id="rId_hyperlink_359"/>
     <hyperlink ref="B361" r:id="rId_hyperlink_360"/>
     <hyperlink ref="B362" r:id="rId_hyperlink_361"/>
     <hyperlink ref="B363" r:id="rId_hyperlink_362"/>
     <hyperlink ref="B364" r:id="rId_hyperlink_363"/>
     <hyperlink ref="B365" r:id="rId_hyperlink_364"/>
     <hyperlink ref="B366" r:id="rId_hyperlink_365"/>
     <hyperlink ref="B367" r:id="rId_hyperlink_366"/>
     <hyperlink ref="B368" r:id="rId_hyperlink_367"/>
     <hyperlink ref="B369" r:id="rId_hyperlink_368"/>
     <hyperlink ref="B370" r:id="rId_hyperlink_369"/>
+    <hyperlink ref="B371" r:id="rId_hyperlink_370"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>