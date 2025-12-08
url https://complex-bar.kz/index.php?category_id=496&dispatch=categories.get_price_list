--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="412">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="429">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -92,98 +92,101 @@
   <si>
     <t>Блюда для суши</t>
   </si>
   <si>
     <t>980.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Блюдо для суши «Кунстверк»;фарфор;,H=16,L=145,B=100мм;белый</t>
   </si>
   <si>
     <t>03010159</t>
   </si>
   <si>
     <t>A2530</t>
   </si>
   <si>
     <t>Kunstwerk</t>
   </si>
   <si>
     <t>1687.00₸</t>
   </si>
   <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Блюдо для суши;пластик;,H=3,L=22,B=12см;черный</t>
+  </si>
+  <si>
+    <t>03010755</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>5352.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для суши «Пати»;фарфор;,H=25,L=210,B=145мм;белый</t>
+  </si>
+  <si>
+    <t>03011108</t>
+  </si>
+  <si>
+    <t>PY0AH150000</t>
+  </si>
+  <si>
+    <t>Tognana</t>
+  </si>
+  <si>
+    <t>Party</t>
+  </si>
+  <si>
+    <t>5642.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для суши «Кунстверк»;фарфор;,H=20,L=210,B=95мм;черный</t>
+  </si>
+  <si>
+    <t>03011159</t>
+  </si>
+  <si>
+    <t>A2525W13</t>
+  </si>
+  <si>
+    <t>2310.00₸</t>
+  </si>
+  <si>
     <t>более 500 шт.</t>
   </si>
   <si>
-    <t>Блюдо для суши;пластик;,H=3,L=22,B=12см;черный</t>
-[...43 lines deleted...]
-  <si>
     <t>Блюдо для суши «Кунстверк»;фарфор;,H=18,L=240,B=110мм;белый</t>
   </si>
   <si>
     <t>03011561</t>
   </si>
   <si>
     <t>A2526</t>
   </si>
   <si>
     <t>2863.00₸</t>
   </si>
   <si>
     <t>более 1 000 шт.</t>
   </si>
   <si>
     <t>Блюдо для суши «Кунстверк»;фарфор;,H=18,L=240,B=110мм;черный</t>
   </si>
   <si>
     <t>03011562</t>
   </si>
   <si>
     <t>A2526W13</t>
   </si>
   <si>
     <t>3304.00₸</t>
@@ -191,53 +194,50 @@
   <si>
     <t>Блюдо для суши «Пати»;фарфор;,H=2,L=31,B=15см;белый</t>
   </si>
   <si>
     <t>03011629</t>
   </si>
   <si>
     <t>PY0AH140000</t>
   </si>
   <si>
     <t>28210.00₸</t>
   </si>
   <si>
     <t>Блюдо для суши «Кунстверк»;фарфор;,H=17,L=270,B=115мм;белый</t>
   </si>
   <si>
     <t>03011753</t>
   </si>
   <si>
     <t>A2591</t>
   </si>
   <si>
     <t>4214.00₸</t>
   </si>
   <si>
-    <t>более 100 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Блюдо для суши «Кунстверк»;фарфор;,H=17,L=270,B=115мм;черный</t>
   </si>
   <si>
     <t>03011757</t>
   </si>
   <si>
     <t>A2591W13</t>
   </si>
   <si>
     <t>4641.00₸</t>
   </si>
   <si>
     <t>Блюдо для суши «Кунстверк»;фарфор;,H=3,L=32,B=14см;белый</t>
   </si>
   <si>
     <t>03011842</t>
   </si>
   <si>
     <t>A2592</t>
   </si>
   <si>
     <t>6125.00₸</t>
   </si>
   <si>
     <t>Блюдо для суши «Кунстверк»;фарфор;,H=28,L=320,B=140мм;черный</t>
@@ -323,54 +323,54 @@
   <si>
     <t>Блюдо для суши;пластик;,H=75,L=325,B=325мм;коричнев.,золотой</t>
   </si>
   <si>
     <t>03021004</t>
   </si>
   <si>
     <t>22-0141-4</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>14203.00₸</t>
   </si>
   <si>
     <t>Блюдо для суши «Кунстверк»;фарфор;,L=39,B=26,1см;белый</t>
   </si>
   <si>
     <t>03021210</t>
   </si>
   <si>
     <t>A2529</t>
   </si>
   <si>
-    <t>9786.00₸</t>
-[...2 lines deleted...]
-    <t>50 шт.</t>
+    <t>10087.00₸</t>
+  </si>
+  <si>
+    <t>43 шт.</t>
   </si>
   <si>
     <t>Блюдо для суши «Пати»;фарфор;,L=41,B=20см;белый</t>
   </si>
   <si>
     <t>03021318</t>
   </si>
   <si>
     <t>PY0AH130000</t>
   </si>
   <si>
     <t>16170.00₸</t>
   </si>
   <si>
     <t>Блюдо для суши;пластик;,H=12,L=160,B=115мм;черный,золотой</t>
   </si>
   <si>
     <t>03021332</t>
   </si>
   <si>
     <t>19-0431</t>
   </si>
   <si>
     <t>4928.00₸</t>
   </si>
@@ -389,51 +389,51 @@
   <si>
     <t>Блюдо для суши;сосна;,H=50,L=275,B=165мм;св. дерево</t>
   </si>
   <si>
     <t>03021426</t>
   </si>
   <si>
     <t>20-0067-2</t>
   </si>
   <si>
     <t>8141.00₸</t>
   </si>
   <si>
     <t>Блюдо для суши;сосна;,H=5,L=33,B=19см;св. дерево</t>
   </si>
   <si>
     <t>03021427</t>
   </si>
   <si>
     <t>20-0067-3</t>
   </si>
   <si>
     <t>7910.00₸</t>
   </si>
   <si>
-    <t>32 шт.</t>
+    <t>33 шт.</t>
   </si>
   <si>
     <t>Блюдо для суши;сосна;,H=3,L=21,B=12см;св. дерево</t>
   </si>
   <si>
     <t>03021428</t>
   </si>
   <si>
     <t>D01-033S/20-0017-1</t>
   </si>
   <si>
     <t>4291.00₸</t>
   </si>
   <si>
     <t>Блюдо для суши;сосна;,H=3,L=25,B=15см;св. дерево</t>
   </si>
   <si>
     <t>03021429</t>
   </si>
   <si>
     <t>D01-033M</t>
   </si>
   <si>
     <t>4963.00₸</t>
   </si>
@@ -542,51 +542,51 @@
   <si>
     <t>Блюдо для суши;сосна;,H=33,L=290,B=170мм;древесн.</t>
   </si>
   <si>
     <t>03021438</t>
   </si>
   <si>
     <t>D01-038L</t>
   </si>
   <si>
     <t>5173.00₸</t>
   </si>
   <si>
     <t>Блюдо для суши;сосна;,H=3,L=24,B=15см;черный,красный</t>
   </si>
   <si>
     <t>03021439</t>
   </si>
   <si>
     <t>D01-033S/20-0071-1</t>
   </si>
   <si>
     <t>9646.00₸</t>
   </si>
   <si>
-    <t>41 шт.</t>
+    <t>40 шт.</t>
   </si>
   <si>
     <t>Блюдо для суши;сосна;,H=3,L=27,B=16см;черный,красный</t>
   </si>
   <si>
     <t>03021440</t>
   </si>
   <si>
     <t>20-0071-2</t>
   </si>
   <si>
     <t>10626.00₸</t>
   </si>
   <si>
     <t>Блюдо для суши;сосна;,H=3,L=30,B=21см;черный,красный</t>
   </si>
   <si>
     <t>03021441</t>
   </si>
   <si>
     <t>20-0071-3</t>
   </si>
   <si>
     <t>11690.00₸</t>
   </si>
@@ -629,66 +629,66 @@
   <si>
     <t>Блюдо для суши;сосна;,H=60,L=300,B=205мм;черный,красный</t>
   </si>
   <si>
     <t>03021445</t>
   </si>
   <si>
     <t>20-0007-4</t>
   </si>
   <si>
     <t>11508.00₸</t>
   </si>
   <si>
     <t>Блюдо для суши;сосна;,H=35,L=18,B=12см;черный</t>
   </si>
   <si>
     <t>03021446</t>
   </si>
   <si>
     <t>20-0001B-1</t>
   </si>
   <si>
     <t>6013.00₸</t>
   </si>
   <si>
-    <t>36 шт.</t>
+    <t>35 шт.</t>
   </si>
   <si>
     <t>Блюдо для суши;сосна;,H=35,L=210,B=120мм;черный</t>
   </si>
   <si>
     <t>03021447</t>
   </si>
   <si>
     <t>20-0001B-2</t>
   </si>
   <si>
     <t>6160.00₸</t>
   </si>
   <si>
-    <t>8 шт.</t>
+    <t>7 шт.</t>
   </si>
   <si>
     <t>Блюдо для суши;сосна;,H=35,L=240,B=150мм;черный</t>
   </si>
   <si>
     <t>03021448</t>
   </si>
   <si>
     <t>20-0001B-3</t>
   </si>
   <si>
     <t>7350.00₸</t>
   </si>
   <si>
     <t>Блюдо для суши;сосна;,H=35,L=270,B=180мм;черный</t>
   </si>
   <si>
     <t>03021449</t>
   </si>
   <si>
     <t>D01-97/20-0001B-4</t>
   </si>
   <si>
     <t>8281.00₸</t>
   </si>
@@ -917,51 +917,51 @@
   <si>
     <t>03021512</t>
   </si>
   <si>
     <t>BD01-001/30-60R-</t>
   </si>
   <si>
     <t>56903.00₸</t>
   </si>
   <si>
     <t>21 шт.</t>
   </si>
   <si>
     <t>Блюдо для суши «Корабль»;сосна;,H=33,5,L=55,B=21см;бежев.,золотой</t>
   </si>
   <si>
     <t>03021513</t>
   </si>
   <si>
     <t>D01-001-55/30-55</t>
   </si>
   <si>
     <t>42679.00₸</t>
   </si>
   <si>
-    <t>7 шт.</t>
+    <t>6 шт.</t>
   </si>
   <si>
     <t>Блюдо для суши «Корабль»;сосна,сталь;,H=48,5,L=75,B=26,5см;бежев.</t>
   </si>
   <si>
     <t>03021514</t>
   </si>
   <si>
     <t>D01-001-75/30-75</t>
   </si>
   <si>
     <t>48699.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
     <t>Блюдо для суши «Корабль»;сосна,сталь;,H=36,5,L=60,B=18см;св. дерево,черный</t>
   </si>
   <si>
     <t>03021515</t>
   </si>
   <si>
     <t>30-60-4B</t>
   </si>
@@ -1160,141 +1160,192 @@
   <si>
     <t>ФРФ88807673</t>
   </si>
   <si>
     <t>Marrone Reattivo</t>
   </si>
   <si>
     <t>9895.00₸</t>
   </si>
   <si>
     <t>47 шт.</t>
   </si>
   <si>
     <t>Блюдо для суши «Эрбосо Реативо»;фарфор;,L=27,B=14см;бирюз.,бежев.</t>
   </si>
   <si>
     <t>03024643</t>
   </si>
   <si>
     <t>ФРФ88807675</t>
   </si>
   <si>
     <t>Erboso Reattivo</t>
   </si>
   <si>
-    <t>16 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Блюдо для суши «Эрбосо Реативо»;фарфор;0,9л;,L=31,B=23см;бирюз.,бежев.</t>
   </si>
   <si>
     <t>03024644</t>
   </si>
   <si>
     <t>ФРФ88807775</t>
   </si>
   <si>
     <t>16063.00₸</t>
   </si>
   <si>
-    <t>40 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Блюдо для суши «Пати»;фарфор;,L=27,B=14см;серый,синий</t>
   </si>
   <si>
     <t>03024649</t>
   </si>
   <si>
     <t>ФРФ88807693</t>
   </si>
   <si>
     <t>8201.00₸</t>
   </si>
   <si>
     <t>Блюдо для суши «Пунто Бьянка»;фарфор;,L=27,B=14см;белый,черный</t>
   </si>
   <si>
     <t>03024652</t>
   </si>
   <si>
     <t>ФРФ88807651</t>
   </si>
   <si>
     <t>Punto Bianca</t>
   </si>
   <si>
     <t>8470.00₸</t>
   </si>
   <si>
     <t>Контейнер для бенто «Азия  Плюс»;пластик;150мл;,H=30,L=155,B=95мм;белый</t>
   </si>
   <si>
     <t>04011536</t>
   </si>
   <si>
     <t>Asia Plus</t>
   </si>
   <si>
     <t>3296.00₸</t>
   </si>
   <si>
     <t>Контейнер для бенто «Азия  Плюс»;пластик;190мл;,H=30,L=155,B=155мм;белый</t>
   </si>
   <si>
     <t>04011537</t>
   </si>
   <si>
     <t>6045.00₸</t>
   </si>
   <si>
-    <t>34 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Блюдо для суши «Аура»;фарфор;,L=31,B=6см;белый</t>
   </si>
   <si>
     <t>09100430</t>
   </si>
   <si>
     <t>6300 P251</t>
   </si>
   <si>
     <t>Rene Ozorio</t>
   </si>
   <si>
     <t>Aura</t>
   </si>
   <si>
     <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
   </si>
   <si>
     <t>25988.00₸</t>
   </si>
   <si>
-    <t>13 шт.</t>
+    <t>Блюдо для суши «Джап Нью Браун»;керамика;,L=22,B=8см;бежев.</t>
+  </si>
+  <si>
+    <t>03024047</t>
+  </si>
+  <si>
+    <t>JP100220767</t>
+  </si>
+  <si>
+    <t>Jap New Brown</t>
+  </si>
+  <si>
+    <t>5726.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для суши «Джап Блэк»;керамика;,L=22,B=8см;черный</t>
+  </si>
+  <si>
+    <t>03024055</t>
+  </si>
+  <si>
+    <t>JP100220779</t>
+  </si>
+  <si>
+    <t>Jap Black</t>
+  </si>
+  <si>
+    <t>5208.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для суши «Джап Нью Браун»;керамика;,L=28,B=13,5см;бежев.</t>
+  </si>
+  <si>
+    <t>03024048</t>
+  </si>
+  <si>
+    <t>JP100260767</t>
+  </si>
+  <si>
+    <t>10283.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для суши «Джап Блю»;керамика;,L=22,B=8см;синий</t>
+  </si>
+  <si>
+    <t>03024051</t>
+  </si>
+  <si>
+    <t>JP100220775</t>
+  </si>
+  <si>
+    <t>Jap Blu</t>
+  </si>
+  <si>
+    <t>Блюдо для суши «Джап Блю»;керамика;,L=28,B=13,5см;синий</t>
+  </si>
+  <si>
+    <t>03024052</t>
+  </si>
+  <si>
+    <t>JP100260775</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -4183,62 +4234,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-sushi-03010138/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-kunstwerk-03010159/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-aps-03010755/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-tognana-03011108/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-kunstwerk-03011159/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-kunstwerk-03011561/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-kunstwerk-03011562/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-tognana-03011629/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-kunstwerk-03011753/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-kunstwerk-03011757/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-kunstwerk-03011842/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-kunstwerk-03012123/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-kyoto-03020290/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-kunstwerk-03020747/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-kunstwerk-03020748/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-kunstwerk-03020770/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-kunstwerk-03020771/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021004/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-kunstwerk-03021210/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-tognana-03021318/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021332/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021425/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021426/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021427/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021428/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021429/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021430/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021431/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021432/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021433/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021434/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021435/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021436/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021437/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021438/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021439/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021440/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021441/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021442/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021443/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021444/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021445/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021446/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021447/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021448/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021449/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021450/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021451/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021452/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021453/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021455/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021458/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021459/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021460/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021461/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021462/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-aps-03021495/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021505/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021506/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021507/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021508/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021509/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021510/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021511/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021512/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021513/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021514/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021515/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021516/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021517/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021518/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021888/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-tognana-03021917/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-ppwood-03022578/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-borisovskaya-keramika-03022799/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-ppwood-03022863/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-ppwood-03022864/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-borisovskaya-keramika-03022883/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-borisovskaya-keramika-03022884/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-borisovskaya-keramika-03022887/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-borisovskaya-keramika-03022888/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-borisovskaya-keramika-03023781/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-borisovskaya-keramika-03024637/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-borisovskaya-keramika-03024643/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-borisovskaya-keramika-03024644/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-borisovskaya-keramika-03024649/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-borisovskaya-keramika-03024652/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bento-boks-aps-04011536/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bento-boks-aps-04011537/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-rene-ozorio-09100430/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-sushi-03010138/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-kunstwerk-03010159/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-aps-03010755/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-tognana-03011108/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-kunstwerk-03011159/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-kunstwerk-03011561/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-kunstwerk-03011562/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-tognana-03011629/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-kunstwerk-03011753/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-kunstwerk-03011757/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-kunstwerk-03011842/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-kunstwerk-03012123/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-kyoto-03020290/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-kunstwerk-03020747/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-kunstwerk-03020748/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-kunstwerk-03020770/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-kunstwerk-03020771/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021004/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-kunstwerk-03021210/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-tognana-03021318/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021332/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021425/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021426/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021427/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021428/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021429/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021430/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021431/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021432/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021433/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021434/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021435/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021436/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021437/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021438/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021439/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021440/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021441/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021442/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021443/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021444/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021445/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021446/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021447/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021448/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021449/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021450/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021451/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021452/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021453/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021455/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021458/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021459/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021460/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021461/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021462/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-aps-03021495/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021505/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021506/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021507/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021508/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021509/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021510/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021511/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021512/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021513/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021514/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021515/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021516/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021517/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021518/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-prohotel-03021888/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-tognana-03021917/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-ppwood-03022578/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-borisovskaya-keramika-03022799/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-ppwood-03022863/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-ppwood-03022864/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-borisovskaya-keramika-03022883/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-borisovskaya-keramika-03022884/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-borisovskaya-keramika-03022887/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-borisovskaya-keramika-03022888/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-borisovskaya-keramika-03023781/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-borisovskaya-keramika-03024637/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-borisovskaya-keramika-03024643/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-borisovskaya-keramika-03024644/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-borisovskaya-keramika-03024649/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-borisovskaya-keramika-03024652/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bento-boks-aps-04011536/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bento-boks-aps-04011537/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-rene-ozorio-09100430/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-tognana-03024047/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-tognana-03024055/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-tognana-03024048/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-tognana-03024051/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-sushi-tognana-03024052/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L91"/>
+  <dimension ref="A1:L96"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I91" sqref="I91"/>
+      <selection activeCell="I96" sqref="I96"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -4411,255 +4462,255 @@
         <v>37</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>38</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>39</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F6" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>40</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
       <c r="L6" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="L7" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F9" s="0" t="s">
         <v>35</v>
       </c>
       <c r="G9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="L10" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
         <v>59</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>60</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>61</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>62</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="L11" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>64</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>65</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>66</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="L12" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
         <v>67</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>68</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>69</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F13" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>16</v>
       </c>
@@ -4717,153 +4768,153 @@
         <v>78</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>79</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>80</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F15" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>81</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="L15" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
         <v>82</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>83</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>84</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>85</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="L16" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
         <v>86</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>87</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>88</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F17" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>89</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="L17" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
         <v>90</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>91</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>92</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F18" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>93</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="L18" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
         <v>94</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>95</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>96</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F19" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>16</v>
       </c>
@@ -4955,119 +5006,119 @@
         <v>108</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>109</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>110</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F22" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
         <v>111</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="L22" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
         <v>112</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>113</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>114</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F23" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>115</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="L23" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
         <v>116</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>117</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>118</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F24" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>119</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="L24" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
         <v>120</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>121</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>122</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F25" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>16</v>
       </c>
@@ -5091,85 +5142,85 @@
         <v>125</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>126</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>127</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F26" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>128</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
       <c r="L26" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
         <v>129</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>130</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>131</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F27" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>132</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
       <c r="L27" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
         <v>133</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>134</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>135</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F28" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>16</v>
       </c>
@@ -5193,187 +5244,187 @@
         <v>138</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>139</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>140</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F29" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>141</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="L29" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
         <v>142</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>143</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>144</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F30" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
         <v>145</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
       <c r="L30" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
         <v>146</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>147</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>148</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F31" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="1" t="s">
         <v>149</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>137</v>
+        <v>25</v>
       </c>
       <c r="L31" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
         <v>150</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>151</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>152</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F32" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
         <v>153</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="L32" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
         <v>154</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>155</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>156</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F33" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="1" t="s">
         <v>157</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="L33" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
         <v>158</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>159</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>160</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F34" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>16</v>
       </c>
@@ -5431,51 +5482,51 @@
         <v>167</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>168</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>169</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F36" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="1" t="s">
         <v>170</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="L36" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
         <v>171</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>172</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>173</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F37" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G37" s="0" t="s">
         <v>16</v>
       </c>
@@ -5499,51 +5550,51 @@
         <v>176</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>177</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>178</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F38" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="1" t="s">
         <v>179</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="L38" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
         <v>180</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>181</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>182</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F39" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>16</v>
       </c>
@@ -5635,85 +5686,85 @@
         <v>192</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>193</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>194</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F42" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="1" t="s">
         <v>195</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="L42" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
         <v>196</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>197</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>198</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F43" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I43" s="1" t="s">
         <v>199</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="L43" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
         <v>200</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>201</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>202</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F44" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G44" s="0" t="s">
         <v>16</v>
       </c>
@@ -5907,51 +5958,51 @@
         <v>226</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>227</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>228</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F50" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="1" t="s">
         <v>229</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="L50" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
         <v>230</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>231</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>232</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F51" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>16</v>
       </c>
@@ -5975,51 +6026,51 @@
         <v>234</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>235</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>236</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F52" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G52" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="1" t="s">
         <v>237</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="L52" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
         <v>238</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>239</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>240</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F53" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>16</v>
       </c>
@@ -6043,51 +6094,51 @@
         <v>242</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>243</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>244</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F54" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G54" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I54" s="1" t="s">
         <v>245</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="L54" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
         <v>246</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>247</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>248</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F55" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>16</v>
       </c>
@@ -6111,51 +6162,51 @@
         <v>250</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>251</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>252</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F56" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I56" s="1" t="s">
         <v>253</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="L56" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
         <v>254</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>255</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>256</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F57" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>16</v>
       </c>
@@ -6349,51 +6400,51 @@
         <v>279</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>280</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>281</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F63" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I63" s="1" t="s">
         <v>282</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="L63" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
         <v>283</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>284</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>285</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F64" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G64" s="0" t="s">
         <v>16</v>
       </c>
@@ -6621,119 +6672,119 @@
         <v>314</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>315</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>316</v>
       </c>
       <c r="E71" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F71" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G71" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I71" s="1" t="s">
         <v>317</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="L71" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
         <v>318</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>319</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>320</v>
       </c>
       <c r="E72" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F72" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G72" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I72" s="1" t="s">
         <v>321</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="L72" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
         <v>322</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>323</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>324</v>
       </c>
       <c r="E73" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F73" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G73" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I73" s="1" t="s">
         <v>325</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="L73" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
         <v>326</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>327</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>328</v>
       </c>
       <c r="E74" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F74" s="0" t="s">
         <v>35</v>
       </c>
       <c r="G74" s="0" t="s">
         <v>16</v>
       </c>
@@ -6787,51 +6838,51 @@
         <v>336</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>337</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>338</v>
       </c>
       <c r="E76" s="0" t="s">
         <v>339</v>
       </c>
       <c r="F76" s="0" t="s">
         <v>340</v>
       </c>
       <c r="G76" s="0" t="s">
         <v>334</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I76" s="1" t="s">
         <v>341</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>58</v>
+        <v>137</v>
       </c>
       <c r="L76" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
         <v>342</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>343</v>
       </c>
       <c r="D77" s="0"/>
       <c r="E77" s="0" t="s">
         <v>333</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
         <v>334</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I77" s="1" t="s">
@@ -7069,257 +7120,412 @@
         <v>377</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>378</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>379</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>339</v>
       </c>
       <c r="F85" s="0" t="s">
         <v>380</v>
       </c>
       <c r="G85" s="0" t="s">
         <v>334</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I85" s="1" t="s">
         <v>375</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>381</v>
+        <v>305</v>
       </c>
       <c r="L85" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
+        <v>381</v>
+      </c>
+      <c r="C86" s="0" t="s">
         <v>382</v>
       </c>
-      <c r="C86" s="0" t="s">
+      <c r="D86" s="0" t="s">
         <v>383</v>
-      </c>
-[...1 lines deleted...]
-        <v>384</v>
       </c>
       <c r="E86" s="0" t="s">
         <v>339</v>
       </c>
       <c r="F86" s="0" t="s">
         <v>380</v>
       </c>
       <c r="G86" s="0" t="s">
         <v>334</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
-        <v>386</v>
+        <v>204</v>
       </c>
       <c r="L86" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
+        <v>385</v>
+      </c>
+      <c r="C87" s="0" t="s">
+        <v>386</v>
+      </c>
+      <c r="D87" s="0" t="s">
         <v>387</v>
-      </c>
-[...4 lines deleted...]
-        <v>389</v>
       </c>
       <c r="E87" s="0" t="s">
         <v>339</v>
       </c>
       <c r="F87" s="0" t="s">
         <v>35</v>
       </c>
       <c r="G87" s="0" t="s">
         <v>334</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>305</v>
       </c>
       <c r="L87" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="C88" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="D88" s="0" t="s">
         <v>391</v>
-      </c>
-[...4 lines deleted...]
-        <v>393</v>
       </c>
       <c r="E88" s="0" t="s">
         <v>339</v>
       </c>
       <c r="F88" s="0" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="G88" s="0" t="s">
         <v>334</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
-        <v>137</v>
+        <v>19</v>
       </c>
       <c r="L88" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="D89" s="0">
         <v>15477</v>
       </c>
       <c r="E89" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F89" s="0" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="G89" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L89" s="0"/>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D90" s="0">
         <v>15479</v>
       </c>
       <c r="E90" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F90" s="0" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="G90" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>403</v>
+        <v>19</v>
       </c>
       <c r="L90" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
+        <v>401</v>
+      </c>
+      <c r="C91" s="0" t="s">
+        <v>402</v>
+      </c>
+      <c r="D91" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="E91" s="0" t="s">
         <v>404</v>
       </c>
-      <c r="C91" s="0" t="s">
+      <c r="F91" s="0" t="s">
         <v>405</v>
       </c>
-      <c r="D91" s="0" t="s">
+      <c r="G91" s="0" t="s">
         <v>406</v>
       </c>
-      <c r="E91" s="0" t="s">
+      <c r="H91" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I91" s="1" t="s">
         <v>407</v>
-      </c>
-[...10 lines deleted...]
-        <v>410</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>411</v>
+        <v>19</v>
       </c>
       <c r="L91" s="0">
         <v>12</v>
       </c>
+    </row>
+    <row r="92" spans="1:12" customHeight="1" ht="80">
+      <c r="B92" s="0" t="s">
+        <v>408</v>
+      </c>
+      <c r="C92" s="0" t="s">
+        <v>409</v>
+      </c>
+      <c r="D92" s="0" t="s">
+        <v>410</v>
+      </c>
+      <c r="E92" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="F92" s="0" t="s">
+        <v>411</v>
+      </c>
+      <c r="G92" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H92" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I92" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="J92" s="0"/>
+      <c r="K92" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L92" s="0"/>
+    </row>
+    <row r="93" spans="1:12" customHeight="1" ht="80">
+      <c r="B93" s="0" t="s">
+        <v>413</v>
+      </c>
+      <c r="C93" s="0" t="s">
+        <v>414</v>
+      </c>
+      <c r="D93" s="0" t="s">
+        <v>415</v>
+      </c>
+      <c r="E93" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="F93" s="0" t="s">
+        <v>416</v>
+      </c>
+      <c r="G93" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H93" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I93" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="J93" s="0"/>
+      <c r="K93" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L93" s="0"/>
+    </row>
+    <row r="94" spans="1:12" customHeight="1" ht="80">
+      <c r="B94" s="0" t="s">
+        <v>418</v>
+      </c>
+      <c r="C94" s="0" t="s">
+        <v>419</v>
+      </c>
+      <c r="D94" s="0" t="s">
+        <v>420</v>
+      </c>
+      <c r="E94" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="F94" s="0" t="s">
+        <v>411</v>
+      </c>
+      <c r="G94" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H94" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I94" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="J94" s="0"/>
+      <c r="K94" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L94" s="0"/>
+    </row>
+    <row r="95" spans="1:12" customHeight="1" ht="80">
+      <c r="B95" s="0" t="s">
+        <v>422</v>
+      </c>
+      <c r="C95" s="0" t="s">
+        <v>423</v>
+      </c>
+      <c r="D95" s="0" t="s">
+        <v>424</v>
+      </c>
+      <c r="E95" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="F95" s="0" t="s">
+        <v>425</v>
+      </c>
+      <c r="G95" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H95" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I95" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="J95" s="0"/>
+      <c r="K95" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L95" s="0"/>
+    </row>
+    <row r="96" spans="1:12" customHeight="1" ht="80">
+      <c r="B96" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="C96" s="0" t="s">
+        <v>427</v>
+      </c>
+      <c r="D96" s="0" t="s">
+        <v>428</v>
+      </c>
+      <c r="E96" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="F96" s="0" t="s">
+        <v>425</v>
+      </c>
+      <c r="G96" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H96" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I96" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="J96" s="0"/>
+      <c r="K96" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L96" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -7370,50 +7576,55 @@
     <hyperlink ref="B67" r:id="rId_hyperlink_66"/>
     <hyperlink ref="B68" r:id="rId_hyperlink_67"/>
     <hyperlink ref="B69" r:id="rId_hyperlink_68"/>
     <hyperlink ref="B70" r:id="rId_hyperlink_69"/>
     <hyperlink ref="B71" r:id="rId_hyperlink_70"/>
     <hyperlink ref="B72" r:id="rId_hyperlink_71"/>
     <hyperlink ref="B73" r:id="rId_hyperlink_72"/>
     <hyperlink ref="B74" r:id="rId_hyperlink_73"/>
     <hyperlink ref="B75" r:id="rId_hyperlink_74"/>
     <hyperlink ref="B76" r:id="rId_hyperlink_75"/>
     <hyperlink ref="B77" r:id="rId_hyperlink_76"/>
     <hyperlink ref="B78" r:id="rId_hyperlink_77"/>
     <hyperlink ref="B79" r:id="rId_hyperlink_78"/>
     <hyperlink ref="B80" r:id="rId_hyperlink_79"/>
     <hyperlink ref="B81" r:id="rId_hyperlink_80"/>
     <hyperlink ref="B82" r:id="rId_hyperlink_81"/>
     <hyperlink ref="B83" r:id="rId_hyperlink_82"/>
     <hyperlink ref="B84" r:id="rId_hyperlink_83"/>
     <hyperlink ref="B85" r:id="rId_hyperlink_84"/>
     <hyperlink ref="B86" r:id="rId_hyperlink_85"/>
     <hyperlink ref="B87" r:id="rId_hyperlink_86"/>
     <hyperlink ref="B88" r:id="rId_hyperlink_87"/>
     <hyperlink ref="B89" r:id="rId_hyperlink_88"/>
     <hyperlink ref="B90" r:id="rId_hyperlink_89"/>
     <hyperlink ref="B91" r:id="rId_hyperlink_90"/>
+    <hyperlink ref="B92" r:id="rId_hyperlink_91"/>
+    <hyperlink ref="B93" r:id="rId_hyperlink_92"/>
+    <hyperlink ref="B94" r:id="rId_hyperlink_93"/>
+    <hyperlink ref="B95" r:id="rId_hyperlink_94"/>
+    <hyperlink ref="B96" r:id="rId_hyperlink_95"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>