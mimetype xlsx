--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="642">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="643">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -389,50 +389,53 @@
   <si>
     <t>6506 G353</t>
   </si>
   <si>
     <t>15524.00₸</t>
   </si>
   <si>
     <t>Блюдо сервировочное «Кунстверк» глубокое прямоугольное;фарфор;3,3л;,H=96,L=460,B=140мм;белый</t>
   </si>
   <si>
     <t>03021207</t>
   </si>
   <si>
     <t>A2972</t>
   </si>
   <si>
     <t>Kunstwerk</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>8603.00₸</t>
   </si>
   <si>
+    <t>21 шт.</t>
+  </si>
+  <si>
     <t>Блюдо сервировочное;стекло;,L=31,B=17см;зелен.,прозр.</t>
   </si>
   <si>
     <t>03021257</t>
   </si>
   <si>
     <t>B0816751</t>
   </si>
   <si>
     <t>Serax</t>
   </si>
   <si>
     <t>Fish&amp;Fish</t>
   </si>
   <si>
     <t>БЕЛЬГИЯ</t>
   </si>
   <si>
     <t>17025.00₸</t>
   </si>
   <si>
     <t>Блюдо сервировочное;стекло;,L=26,B=14см;зелен.,прозр.</t>
   </si>
   <si>
     <t>03021258</t>
@@ -518,51 +521,51 @@
   <si>
     <t>MM1AM35</t>
   </si>
   <si>
     <t>Magnum</t>
   </si>
   <si>
     <t>54978.00₸</t>
   </si>
   <si>
     <t>Блюдо сервировочное «Элит» для презентаций круглое;сталь нерж.;D=33/20,5см;серебрист.</t>
   </si>
   <si>
     <t>03021346</t>
   </si>
   <si>
     <t>56032-33</t>
   </si>
   <si>
     <t>Sambonet</t>
   </si>
   <si>
     <t>Elite</t>
   </si>
   <si>
-    <t>34643.00₸</t>
+    <t>67275.00₸</t>
   </si>
   <si>
     <t>Блюдо сервировочное «Проотель» овальное;сталь нерж.;,L=55,B=38см;серебрист.</t>
   </si>
   <si>
     <t>03021471</t>
   </si>
   <si>
     <t>OP55</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>ИНДИЯ</t>
   </si>
   <si>
     <t>11816.00₸</t>
   </si>
   <si>
     <t>Блюдо сервировочное «Криэйшнз Сплэш»;стекло;,L=50,B=35см;прозр.</t>
   </si>
   <si>
     <t>03021604</t>
   </si>
@@ -617,938 +620,938 @@
   <si>
     <t>03021747</t>
   </si>
   <si>
     <t>10256/b</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>602.00₸</t>
   </si>
   <si>
     <t>Блюдо сервировочное «Патиссери»;стекло;D=280,H=16мм;прозр.</t>
   </si>
   <si>
     <t>03021748</t>
   </si>
   <si>
     <t>10352/b</t>
   </si>
   <si>
     <t>Patisserie</t>
   </si>
   <si>
+    <t>1078.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Барена»;стекло;D=28,H=3см;прозр.</t>
+  </si>
+  <si>
+    <t>03021797</t>
+  </si>
+  <si>
+    <t>Barena</t>
+  </si>
+  <si>
+    <t>5198.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Ненду» для презентаций круглое;сталь нерж.;D=33см;серебрист.</t>
+  </si>
+  <si>
+    <t>03021930</t>
+  </si>
+  <si>
+    <t>56987-33</t>
+  </si>
+  <si>
+    <t>Nendoo</t>
+  </si>
+  <si>
+    <t>33873.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Луки» для презентаций квадратное;сталь нерж.;,L=30,B=30см;серебрист.</t>
+  </si>
+  <si>
+    <t>03021931</t>
+  </si>
+  <si>
+    <t>56932-30</t>
+  </si>
+  <si>
+    <t>Lucy</t>
+  </si>
+  <si>
+    <t>47956.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Линеа К» для презентаций квадратное;сталь нерж.;,L=30,B=30см;серебрист.</t>
+  </si>
+  <si>
+    <t>03021932</t>
+  </si>
+  <si>
+    <t>56521-30</t>
+  </si>
+  <si>
+    <t>Linea Q</t>
+  </si>
+  <si>
+    <t>38647.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное ручная работа;фарфор;D=29,H=3см;белый</t>
+  </si>
+  <si>
+    <t>03022352</t>
+  </si>
+  <si>
+    <t>Diva.04</t>
+  </si>
+  <si>
+    <t>Sumisura</t>
+  </si>
+  <si>
+    <t>76623.00₸</t>
+  </si>
+  <si>
+    <t>25 шт.</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное;стекло;,H=15,L=350,B=150мм;золотой,коричнев.</t>
+  </si>
+  <si>
+    <t>03022451</t>
+  </si>
+  <si>
+    <t>162-192-08-230-756</t>
+  </si>
+  <si>
+    <t>Tiger</t>
+  </si>
+  <si>
+    <t>БОЛГАРИЯ</t>
+  </si>
+  <si>
+    <t>8209.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное;стекло;D=27,H=3см;белый</t>
+  </si>
+  <si>
+    <t>03022454</t>
+  </si>
+  <si>
+    <t>162-033-02-185-731</t>
+  </si>
+  <si>
+    <t>6468.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное;стекло;D=330,H=55мм;белый</t>
+  </si>
+  <si>
+    <t>03022455</t>
+  </si>
+  <si>
+    <t>022-033-02-185-731</t>
+  </si>
+  <si>
+    <t>10804.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное;стекло;D=330,H=55мм;зелен.</t>
+  </si>
+  <si>
+    <t>03022457</t>
+  </si>
+  <si>
+    <t>022-033-02-230-749</t>
+  </si>
+  <si>
+    <t>17279.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Проотель» овальное;сталь нерж.;,L=35,B=23,5см;серебрист.</t>
+  </si>
+  <si>
+    <t>03022501</t>
+  </si>
+  <si>
+    <t>OP35</t>
+  </si>
+  <si>
+    <t>5600.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Проотель» овальное;сталь нерж.;,L=40,B=26см;серебрист.</t>
+  </si>
+  <si>
+    <t>03022502</t>
+  </si>
+  <si>
+    <t>OP40</t>
+  </si>
+  <si>
+    <t>7175.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Проотель» овальное;сталь нерж.;,L=45,B=30см;серебрист.</t>
+  </si>
+  <si>
+    <t>03022503</t>
+  </si>
+  <si>
+    <t>OP45</t>
+  </si>
+  <si>
+    <t>9135.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Карактэр»;керамика;,H=25,L=355,B=218мм;камен.-серый.</t>
+  </si>
+  <si>
+    <t>03022560</t>
+  </si>
+  <si>
+    <t>Revol</t>
+  </si>
+  <si>
+    <t>Caractere</t>
+  </si>
+  <si>
+    <t>54540.00₸</t>
+  </si>
+  <si>
+    <t>43 шт.</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Органика Бронз»;фарфор;,L=34,B=25см;коричнев.</t>
+  </si>
+  <si>
+    <t>03022783</t>
+  </si>
+  <si>
+    <t>OC034335577</t>
+  </si>
+  <si>
+    <t>Organica Meterial</t>
+  </si>
+  <si>
+    <t>18970.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Органика Грин»;фарфор;,L=34,B=25см;зелен.</t>
+  </si>
+  <si>
+    <t>03022849</t>
+  </si>
+  <si>
+    <t>OC034335578</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Карбон»;фарфор;,L=28,B=11,5см;черный,матовый</t>
+  </si>
+  <si>
+    <t>03022875</t>
+  </si>
+  <si>
+    <t>ФРФ88801611</t>
+  </si>
+  <si>
+    <t>Борисовская Керамика</t>
+  </si>
+  <si>
+    <t>Carbone</t>
+  </si>
+  <si>
+    <t>1841.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Карактэр»;керамика;D=275,H=40,L=203мм;камен.-серый.</t>
+  </si>
+  <si>
+    <t>03023025</t>
+  </si>
+  <si>
+    <t>80858.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Корабль»;сосна;,L=1,2 м;св. дерево</t>
+  </si>
+  <si>
+    <t>03023125</t>
+  </si>
+  <si>
+    <t>D01-001-120</t>
+  </si>
+  <si>
+    <t>100863.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Мундо Андалузи»;фарфор;,L=31,B=25,5см;серый</t>
+  </si>
+  <si>
+    <t>03023143</t>
+  </si>
+  <si>
+    <t>0012302166610</t>
+  </si>
+  <si>
+    <t>Porvasal</t>
+  </si>
+  <si>
+    <t>Mundo Andalusi</t>
+  </si>
+  <si>
+    <t>ИСПАНИЯ</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Мундо Андалузи»;фарфор;,L=31,B=12см;серый</t>
+  </si>
+  <si>
+    <t>03023144</t>
+  </si>
+  <si>
+    <t>0012205316610</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Революшн Гранит»;фарфор;,H=15,L=330,B=270мм;серый,коричнев.</t>
+  </si>
+  <si>
+    <t>03023236</t>
+  </si>
+  <si>
+    <t>1775 0551</t>
+  </si>
+  <si>
+    <t>Revolution Granite</t>
+  </si>
+  <si>
+    <t>30277.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Революшн Сэндстоун»;фарфор;,H=15,L=330,B=270мм;бежев.</t>
+  </si>
+  <si>
+    <t>03023237</t>
+  </si>
+  <si>
+    <t>1776 0551</t>
+  </si>
+  <si>
+    <t>Revolution Sandstone</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Революшн Гранит»;фарфор;,H=24,L=270,B=168мм;серый,коричнев.</t>
+  </si>
+  <si>
+    <t>03023239</t>
+  </si>
+  <si>
+    <t>1775 0550</t>
+  </si>
+  <si>
+    <t>23840.00₸</t>
+  </si>
+  <si>
+    <t>03023304</t>
+  </si>
+  <si>
+    <t>10257/b</t>
+  </si>
+  <si>
+    <t>756.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Бернадотт» овальное;фарфор;,H=4,L=39,B=24см;белый</t>
+  </si>
+  <si>
+    <t>03023546</t>
+  </si>
+  <si>
+    <t>P1750918JQZ0011000</t>
+  </si>
+  <si>
+    <t>Thun</t>
+  </si>
+  <si>
+    <t>Bernadotte</t>
+  </si>
+  <si>
+    <t>20552.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Рока»;фарфор;,L=30,B=16см;белый,матовый</t>
+  </si>
+  <si>
+    <t>03023701</t>
+  </si>
+  <si>
+    <t>V0122-0628</t>
+  </si>
+  <si>
+    <t>Pordamsa</t>
+  </si>
+  <si>
+    <t>Roca</t>
+  </si>
+  <si>
+    <t>44175.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Рока»;фарфор;,L=22,B=10см;белый,матовый</t>
+  </si>
+  <si>
+    <t>03023702</t>
+  </si>
+  <si>
+    <t>V0122-0625</t>
+  </si>
+  <si>
+    <t>31132.00₸</t>
+  </si>
+  <si>
+    <t>34 шт.</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Рока»;фарфор;,L=38,B=9см;белый,матовый</t>
+  </si>
+  <si>
+    <t>03023703</t>
+  </si>
+  <si>
+    <t>V0122-0626</t>
+  </si>
+  <si>
+    <t>45461.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Море»;стекло;,L=28,B=15см;зелен.</t>
+  </si>
+  <si>
+    <t>03023704</t>
+  </si>
+  <si>
+    <t>XGLAS-2815V</t>
+  </si>
+  <si>
+    <t>Mar</t>
+  </si>
+  <si>
+    <t>41226.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Море»;стекло;,L=15,B=14см;зелен.</t>
+  </si>
+  <si>
+    <t>03023705</t>
+  </si>
+  <si>
+    <t>XGLAS-1512V</t>
+  </si>
+  <si>
+    <t>25357.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Море»;стекло;,L=28,B=15см;синий</t>
+  </si>
+  <si>
+    <t>03023706</t>
+  </si>
+  <si>
+    <t>XGLAS-2815B</t>
+  </si>
+  <si>
+    <t>42427.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Фрост»;стекло;,L=25,B=11см;прозр.</t>
+  </si>
+  <si>
+    <t>03023708</t>
+  </si>
+  <si>
+    <t>XGLAS-260</t>
+  </si>
+  <si>
+    <t>Frost</t>
+  </si>
+  <si>
+    <t>49273.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Фрост»;стекло;,L=34,B=11см;прозр.</t>
+  </si>
+  <si>
+    <t>03023709</t>
+  </si>
+  <si>
+    <t>XGLAS-340</t>
+  </si>
+  <si>
+    <t>58505.00₸</t>
+  </si>
+  <si>
+    <t>28 шт.</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Ботаника»;фарфор;,H=9,L=18,B=8см;белый,матовый</t>
+  </si>
+  <si>
+    <t>03023710</t>
+  </si>
+  <si>
+    <t>V0129-01</t>
+  </si>
+  <si>
+    <t>Botanique</t>
+  </si>
+  <si>
+    <t>66051.00₸</t>
+  </si>
+  <si>
+    <t>27 шт.</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Арбре»;фарфор;,L=35,B=20см;белый,матовый</t>
+  </si>
+  <si>
+    <t>03023711</t>
+  </si>
+  <si>
+    <t>M0128-0395</t>
+  </si>
+  <si>
+    <t>Arbre</t>
+  </si>
+  <si>
+    <t>67799.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Кратер»;стекло;,L=29,B=18см;черный,матовый</t>
+  </si>
+  <si>
+    <t>03023712</t>
+  </si>
+  <si>
+    <t>XGLAS-402</t>
+  </si>
+  <si>
+    <t>Crater</t>
+  </si>
+  <si>
+    <t>67637.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Малахит»;фарфор;,H=30,L=280,B=115мм;черный,зелен.</t>
+  </si>
+  <si>
+    <t>03023719</t>
+  </si>
+  <si>
+    <t>ФРФ88801638</t>
+  </si>
+  <si>
+    <t>Малахит</t>
+  </si>
+  <si>
+    <t>1771.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Скандинавия»;керамика;,H=25,L=310,B=220мм;голуб.</t>
+  </si>
+  <si>
+    <t>03023761</t>
+  </si>
+  <si>
+    <t>СНД00013080</t>
+  </si>
+  <si>
+    <t>Скандинавия</t>
+  </si>
+  <si>
+    <t>8586.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Революшн Сэндстоун»;фарфор;445мл;D=305,H=35мм;бежев.</t>
+  </si>
+  <si>
+    <t>03023869</t>
+  </si>
+  <si>
+    <t>1776 C600</t>
+  </si>
+  <si>
+    <t>30161.00₸</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Революшн Гранит»;фарфор;445мл;D=305,H=35мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03023870</t>
+  </si>
+  <si>
+    <t>1775 C600</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное;кост.фарф.;D=32см;белый</t>
+  </si>
+  <si>
+    <t>03023871</t>
+  </si>
+  <si>
+    <t>10530-405101-10262</t>
+  </si>
+  <si>
+    <t>Rosenthal</t>
+  </si>
+  <si>
+    <t>Brillance Fleurs Sauvages</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>84931.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Млечный путь изумрудный»;фарфор;450мл;D=250,H=25мм;изумруд.,черный</t>
+  </si>
+  <si>
+    <t>03023991</t>
+  </si>
+  <si>
+    <t>ФРФ88804165</t>
+  </si>
+  <si>
+    <t>Млечный путь изумрудный</t>
+  </si>
+  <si>
+    <t>14361.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Революшн Блюстоун»;фарфор;,L=27,B=16,5см;синий</t>
+  </si>
+  <si>
+    <t>03023992</t>
+  </si>
+  <si>
+    <t>1777 0550</t>
+  </si>
+  <si>
+    <t>Revolution Bluestone</t>
+  </si>
+  <si>
+    <t>19851.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Революшн Джейд»;фарфор;,L=27,B=16,5см;зелен.</t>
+  </si>
+  <si>
+    <t>03023993</t>
+  </si>
+  <si>
+    <t>1778 0550</t>
+  </si>
+  <si>
+    <t>Revolution Jade</t>
+  </si>
+  <si>
+    <t>30292.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Мундо Амазония»;фарфор;,L=34см;тем.зелен.</t>
+  </si>
+  <si>
+    <t>03024527</t>
+  </si>
+  <si>
+    <t>0013001350560</t>
+  </si>
+  <si>
+    <t>Mundo Amazonia</t>
+  </si>
+  <si>
+    <t>23216.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Мундо Амазония»;фарфор;,L=31см;тем.зелен.</t>
+  </si>
+  <si>
+    <t>03024528</t>
+  </si>
+  <si>
+    <t>0013000060560</t>
+  </si>
+  <si>
+    <t>17526.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Мундо Артико»;фарфор;,L=34см;тем.сер.</t>
+  </si>
+  <si>
+    <t>03024530</t>
+  </si>
+  <si>
+    <t>0013001356290</t>
+  </si>
+  <si>
+    <t>Mundo Artico</t>
+  </si>
+  <si>
+    <t>22123.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Мундо Артико»;фарфор;,L=31см;тем.сер.</t>
+  </si>
+  <si>
+    <t>03024531</t>
+  </si>
+  <si>
+    <t>0013000066290</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Мундо Сахара»;фарфор;D=34см;бежев.</t>
+  </si>
+  <si>
+    <t>03024534</t>
+  </si>
+  <si>
+    <t>0013001350640</t>
+  </si>
+  <si>
+    <t>Mundo Sahara</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Мундо Сахара»;фарфор;D=31см;бежев.</t>
+  </si>
+  <si>
+    <t>03024535</t>
+  </si>
+  <si>
+    <t>0013000060640</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Мундо Андалузи»;фарфор;D=31см;серый</t>
+  </si>
+  <si>
+    <t>03024538</t>
+  </si>
+  <si>
+    <t>0013000066610</t>
+  </si>
+  <si>
+    <t>16532.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное;медь,олово;D=280,H=75мм;медный</t>
+  </si>
+  <si>
+    <t>03024542</t>
+  </si>
+  <si>
+    <t>Cu Artigiana maestri ramai</t>
+  </si>
+  <si>
+    <t>206699.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Моцарт» овальное с декором;фарфор;,L=31,6,B=21см;белый,красный</t>
+  </si>
+  <si>
+    <t>03024778</t>
+  </si>
+  <si>
+    <t>57 2032 322540</t>
+  </si>
+  <si>
+    <t>Bauscher</t>
+  </si>
+  <si>
+    <t>Mozart</t>
+  </si>
+  <si>
+    <t>43344.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Моцарт» овальное с декором;фарфор;,L=31,6,B=21см;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03024779</t>
+  </si>
+  <si>
+    <t>57 2032 322240</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Моцарт» овальное с декором;фарфор;,L=36,B=24,1см;белый,синий</t>
+  </si>
+  <si>
+    <t>03024780</t>
+  </si>
+  <si>
+    <t>57 2036 410790</t>
+  </si>
+  <si>
+    <t>60399.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Кассиопея»;фарфор;,L=20,5,B=12,5см;белый</t>
+  </si>
+  <si>
+    <t>03025001</t>
+  </si>
+  <si>
+    <t>LCAS000AV363205</t>
+  </si>
+  <si>
+    <t>Le CoQ</t>
+  </si>
+  <si>
+    <t>Cassiopea</t>
+  </si>
+  <si>
+    <t>10126.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Кассиопея» прямоугольное;фарфор;,L=30,B=18,5см;белый</t>
+  </si>
+  <si>
+    <t>03025003</t>
+  </si>
+  <si>
+    <t>LCAS000AV363300</t>
+  </si>
+  <si>
+    <t>13845.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Кассиопея» прямоугольное;фарфор;,L=35,B=22см;белый</t>
+  </si>
+  <si>
+    <t>03025004</t>
+  </si>
+  <si>
+    <t>LCAS000AV363355</t>
+  </si>
+  <si>
+    <t>13745.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Кассиопея» прямоугольное;фарфор;,L=40,5,B=25см;белый</t>
+  </si>
+  <si>
+    <t>03025005</t>
+  </si>
+  <si>
+    <t>LCAS000AV363405</t>
+  </si>
+  <si>
+    <t>24440.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Кассиопея» прямоугольное узкое;фарфор;,L=205,B=75мм;белый</t>
+  </si>
+  <si>
+    <t>03025006</t>
+  </si>
+  <si>
+    <t>LCAS000AV364205</t>
+  </si>
+  <si>
+    <t>4574.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Кассиопея» прямоугольное узкое;фарфор;,L=30,5,B=11,5см;белый</t>
+  </si>
+  <si>
+    <t>03025007</t>
+  </si>
+  <si>
+    <t>LCAS000AV364310</t>
+  </si>
+  <si>
+    <t>7878.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Кассиопея» прямоугольное узкое;фарфор;,L=410,B=14,5мм;белый</t>
+  </si>
+  <si>
+    <t>03025008</t>
+  </si>
+  <si>
+    <t>LCAS000AV364410</t>
+  </si>
+  <si>
+    <t>12305.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное для канапе квадратное;стекло;,L=10,B=10см;прозр.</t>
+  </si>
+  <si>
+    <t>03025014</t>
+  </si>
+  <si>
+    <t>1925.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное для канапе;стекло;,L=8,B=6см;прозр.</t>
+  </si>
+  <si>
+    <t>03025015</t>
+  </si>
+  <si>
+    <t>1487.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо сервировочное «Патиссери»;стекло;D=240,H=16мм;прозр.</t>
+  </si>
+  <si>
+    <t>03025021</t>
+  </si>
+  <si>
+    <t>10351/b</t>
+  </si>
+  <si>
     <t>1099.00₸</t>
   </si>
   <si>
-    <t>9 шт.</t>
-[...883 lines deleted...]
-  <si>
     <t>Блюдо сервировочное для канапе;стекло;,L=7,B=7см;прозр.</t>
   </si>
   <si>
     <t>03031470</t>
   </si>
   <si>
     <t>5011220/5013220</t>
   </si>
   <si>
     <t>1348.00₸</t>
   </si>
   <si>
     <t>Блюдо сервировочное «Банкет»;стекло,сталь нерж.;D=21,H=13см</t>
   </si>
   <si>
     <t>03080908</t>
   </si>
   <si>
     <t>Banguet</t>
   </si>
   <si>
     <t>8517.00₸</t>
   </si>
   <si>
     <t>Блюдо сервировочное «Банкет»;стекло,сталь нерж.;D=33,H=20см</t>
@@ -1646,50 +1649,53 @@
   <si>
     <t>Блюдо сервировочное «Проотель» круглое;сталь нерж.;D=30/25,5,H=41,L=35,B=33см;серебрист.</t>
   </si>
   <si>
     <t>04080680</t>
   </si>
   <si>
     <t>STR12</t>
   </si>
   <si>
     <t>7028.00₸</t>
   </si>
   <si>
     <t>Блюдо сервировочное «Проотель» круглое;сталь нерж.;D=35/30см;серебрист.</t>
   </si>
   <si>
     <t>04080681</t>
   </si>
   <si>
     <t>STR14</t>
   </si>
   <si>
     <t>8491.00₸</t>
   </si>
   <si>
+    <t>17 шт.</t>
+  </si>
+  <si>
     <t>Блюдо сервировочное «Фрэймс» прямоугольное;пластик;,L=53,B=32,5см;белый</t>
   </si>
   <si>
     <t>04080735</t>
   </si>
   <si>
     <t>Frames</t>
   </si>
   <si>
     <t>38762.00₸</t>
   </si>
   <si>
     <t>Блюдо сервировочное «Фрэймс» прямоугольное;пластик;,L=32,5,B=17,6см;белый</t>
   </si>
   <si>
     <t>04080745</t>
   </si>
   <si>
     <t>12097.00₸</t>
   </si>
   <si>
     <t>Блюдо сервировочное «Фрэймс» прямоугольное;пластик;,L=32,5,B=26,5см;белый</t>
   </si>
   <si>
     <t>04080746</t>
@@ -1739,135 +1745,132 @@
   <si>
     <t>04080954</t>
   </si>
   <si>
     <t>14453.00₸</t>
   </si>
   <si>
     <t>Блюдо сервировочное «Апарт» прямоугольное;пластик;,L=32,5,B=26,5см;белый</t>
   </si>
   <si>
     <t>04080999</t>
   </si>
   <si>
     <t>Apart</t>
   </si>
   <si>
     <t>27374.00₸</t>
   </si>
   <si>
     <t>Блюдо сервировочное «Азия  Плюс» прямоугольное;пластик;,L=53,B=32,5см;белый</t>
   </si>
   <si>
     <t>04081176</t>
   </si>
   <si>
-    <t>51852.00₸</t>
+    <t>53977.00₸</t>
   </si>
   <si>
     <t>Блюдо сервировочное «Искусственый камень» прямоугольное;пластик;,L=32,5,B=26,5см;белый,коричнев.</t>
   </si>
   <si>
     <t>04081184</t>
   </si>
   <si>
     <t>Stone Art</t>
   </si>
   <si>
     <t>21491.00₸</t>
   </si>
   <si>
     <t>Блюдо сервировочное «Искусственый камень» прямоугольное;пластик;,L=53,B=16,2см;белый,коричнев.</t>
   </si>
   <si>
     <t>04081186</t>
   </si>
   <si>
     <t>22431.00₸</t>
   </si>
   <si>
     <t>Блюдо сервировочное «Зеро» прямоугольное;пластик;,L=26,5,B=16,2см;белый</t>
   </si>
   <si>
     <t>04082301</t>
   </si>
   <si>
     <t>Zero</t>
   </si>
   <si>
-    <t>9726.00₸</t>
+    <t>15816.00₸</t>
   </si>
   <si>
     <t>Блюдо сервировочное «ФЛОАТ» прямоугольное;пластик;,L=32,5,B=26,5см;белый</t>
   </si>
   <si>
     <t>04082350</t>
   </si>
   <si>
     <t>Float</t>
   </si>
   <si>
     <t>23147.00₸</t>
   </si>
   <si>
     <t>Блюдо сервировочное «Бамбук» прямоугольное;пластик;,H=3,L=21,B=13см;бежев.,белый</t>
   </si>
   <si>
     <t>04082374</t>
   </si>
   <si>
     <t>Bamboo</t>
   </si>
   <si>
     <t>5814.00₸</t>
   </si>
   <si>
     <t>Блюдо сервировочное для рыбы;сталь нерж.;,L=100,B=34см;серебрист.</t>
   </si>
   <si>
     <t>04082508</t>
   </si>
   <si>
     <t>Pintinox</t>
   </si>
   <si>
     <t>142912.00₸</t>
   </si>
   <si>
     <t>Блюдо сервировочное «Бамвоо»;пластик;,H=15,L=508,B=254мм;св.корич.</t>
   </si>
   <si>
     <t>04090363</t>
   </si>
   <si>
     <t>68 A350 EL454</t>
   </si>
   <si>
     <t>68915.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>27 шт.</t>
   </si>
   <si>
     <t>Блюдо сервировочное «Дрифтвууд»;пластик;,H=15,L=508,B=254мм;деревян.</t>
   </si>
   <si>
     <t>04090364</t>
   </si>
   <si>
     <t>68 A351 EL454</t>
   </si>
   <si>
     <t>Driftwood</t>
   </si>
   <si>
     <t>70910.00₸</t>
   </si>
   <si>
     <t>Блюдо сервировочное «Дрифтвууд»;пластик;,H=15,L=254,B=254мм;древесн.</t>
   </si>
   <si>
     <t>04090369</t>
   </si>
   <si>
     <t>68 A351 EL453</t>
   </si>
@@ -6943,51 +6946,51 @@
         <v>81</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>82</v>
       </c>
       <c r="D16" s="0">
         <v>518012</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>83</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>84</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
         <v>85</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>86</v>
       </c>
       <c r="D17" s="0">
         <v>514121</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F17" s="0" t="s">
         <v>87</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>29</v>
       </c>
@@ -7043,51 +7046,51 @@
         <v>93</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>94</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>95</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>96</v>
       </c>
       <c r="F19" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>98</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>99</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>73</v>
+        <v>20</v>
       </c>
       <c r="L19" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
         <v>100</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>101</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>102</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>96</v>
       </c>
       <c r="F20" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>103</v>
       </c>
@@ -7213,725 +7216,725 @@
         <v>118</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>119</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>120</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>121</v>
       </c>
       <c r="F24" s="0" t="s">
         <v>121</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>122</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>123</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>73</v>
+        <v>124</v>
       </c>
       <c r="L24" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="G25" s="0" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L25" s="0"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="G26" s="0" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L26" s="0"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="G27" s="0" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L27" s="0"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="F28" s="0" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="G28" s="0" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L28" s="0"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="G29" s="0" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L29" s="0"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="D30" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="E30" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="F30" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="G30" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="H30" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I30" s="1" t="s">
         <v>147</v>
-      </c>
-[...19 lines deleted...]
-        <v>146</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L30" s="0"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L31" s="0"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="G32" s="0" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L32" s="0"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>62</v>
       </c>
       <c r="F33" s="0" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L33" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L34" s="0"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>45</v>
       </c>
       <c r="L35" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>96</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>103</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L36" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>96</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="G37" s="0" t="s">
         <v>103</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L37" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D38" s="0">
         <v>1209</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L38" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D39" s="0">
         <v>60156</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L39" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G40" s="0" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L40" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>201</v>
+        <v>31</v>
       </c>
       <c r="L41" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
         <v>202</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>203</v>
       </c>
       <c r="D42" s="0">
         <v>67411</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F42" s="0" t="s">
         <v>204</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I42" s="1" t="s">
         <v>205</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L42" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
         <v>206</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>207</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>208</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="F43" s="0" t="s">
         <v>209</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I43" s="1" t="s">
         <v>210</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L43" s="0"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
         <v>211</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>212</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>213</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="F44" s="0" t="s">
         <v>214</v>
       </c>
       <c r="G44" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I44" s="1" t="s">
         <v>215</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L44" s="0"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
         <v>216</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>217</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>218</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="F45" s="0" t="s">
         <v>219</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I45" s="1" t="s">
         <v>220</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L45" s="0"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
         <v>221</v>
       </c>
       <c r="C46" s="0" t="s">
@@ -8079,119 +8082,119 @@
         <v>18</v>
       </c>
       <c r="I50" s="1" t="s">
         <v>244</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>226</v>
       </c>
       <c r="L50" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
         <v>245</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>246</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>247</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I51" s="1" t="s">
         <v>248</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>249</v>
       </c>
       <c r="L51" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
         <v>250</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>251</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>252</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I52" s="1" t="s">
         <v>253</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="L52" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
         <v>254</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>255</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>256</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I53" s="1" t="s">
         <v>257</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>45</v>
       </c>
       <c r="L53" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
         <v>258</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>259</v>
       </c>
       <c r="D54" s="0">
         <v>652759</v>
@@ -8282,51 +8285,51 @@
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L56" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="B57" s="0" t="s">
         <v>272</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>273</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>274</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>275</v>
       </c>
       <c r="F57" s="0" t="s">
         <v>276</v>
       </c>
       <c r="G57" s="0" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I57" s="1" t="s">
         <v>277</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L57" s="0"/>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
         <v>278</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>279</v>
       </c>
       <c r="D58" s="0">
         <v>652811</v>
       </c>
       <c r="E58" s="0" t="s">
@@ -8342,51 +8345,51 @@
         <v>18</v>
       </c>
       <c r="I58" s="1" t="s">
         <v>280</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L58" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
         <v>281</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>282</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>283</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
         <v>122</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I59" s="1" t="s">
         <v>284</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L59" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
         <v>285</v>
       </c>
       <c r="C60" s="0" t="s">
@@ -8524,75 +8527,75 @@
         <v>303</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>304</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>305</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>96</v>
       </c>
       <c r="F64" s="0" t="s">
         <v>297</v>
       </c>
       <c r="G64" s="0" t="s">
         <v>103</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I64" s="1" t="s">
         <v>306</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="L64" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>307</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>308</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F65" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G65" s="0" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I65" s="1" t="s">
         <v>309</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>45</v>
       </c>
       <c r="L65" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
         <v>310</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>311</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>312</v>
@@ -8694,51 +8697,51 @@
         <v>327</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>328</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>329</v>
       </c>
       <c r="E69" s="0" t="s">
         <v>319</v>
       </c>
       <c r="F69" s="0" t="s">
         <v>320</v>
       </c>
       <c r="G69" s="0" t="s">
         <v>290</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I69" s="1" t="s">
         <v>330</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>73</v>
+        <v>326</v>
       </c>
       <c r="L69" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
         <v>331</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>332</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>333</v>
       </c>
       <c r="E70" s="0" t="s">
         <v>319</v>
       </c>
       <c r="F70" s="0" t="s">
         <v>334</v>
       </c>
       <c r="G70" s="0" t="s">
         <v>290</v>
       </c>
@@ -8898,85 +8901,85 @@
         <v>356</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>357</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>358</v>
       </c>
       <c r="E75" s="0" t="s">
         <v>319</v>
       </c>
       <c r="F75" s="0" t="s">
         <v>359</v>
       </c>
       <c r="G75" s="0" t="s">
         <v>290</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I75" s="1" t="s">
         <v>360</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
-        <v>355</v>
+        <v>361</v>
       </c>
       <c r="L75" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="E76" s="0" t="s">
         <v>319</v>
       </c>
       <c r="F76" s="0" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="G76" s="0" t="s">
         <v>290</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>366</v>
+        <v>124</v>
       </c>
       <c r="L76" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
         <v>367</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>368</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>369</v>
       </c>
       <c r="E77" s="0" t="s">
         <v>319</v>
       </c>
       <c r="F77" s="0" t="s">
         <v>370</v>
       </c>
       <c r="G77" s="0" t="s">
         <v>290</v>
       </c>
@@ -8989,83 +8992,83 @@
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>226</v>
       </c>
       <c r="L77" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="B78" s="0" t="s">
         <v>372</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>373</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>374</v>
       </c>
       <c r="E78" s="0" t="s">
         <v>275</v>
       </c>
       <c r="F78" s="0" t="s">
         <v>375</v>
       </c>
       <c r="G78" s="0" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I78" s="1" t="s">
         <v>376</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L78" s="0"/>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
         <v>377</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>378</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>379</v>
       </c>
       <c r="E79" s="0" t="s">
         <v>275</v>
       </c>
       <c r="F79" s="0" t="s">
         <v>380</v>
       </c>
       <c r="G79" s="0" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I79" s="1" t="s">
         <v>381</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L79" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
         <v>382</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>383</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>384</v>
@@ -9155,51 +9158,51 @@
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L82" s="0"/>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
         <v>397</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>398</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>399</v>
       </c>
       <c r="E83" s="0" t="s">
         <v>275</v>
       </c>
       <c r="F83" s="0" t="s">
         <v>400</v>
       </c>
       <c r="G83" s="0" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I83" s="1" t="s">
         <v>401</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L83" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
         <v>402</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>403</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>404</v>
@@ -9917,1289 +9920,1289 @@
         <v>492</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L105" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
         <v>493</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>494</v>
       </c>
       <c r="D106" s="0" t="s">
         <v>495</v>
       </c>
       <c r="E106" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F106" s="0" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="G106" s="0" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>200</v>
+        <v>496</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L106" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="E107" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F107" s="0"/>
       <c r="G107" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L107" s="0">
         <v>150</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="D108" s="0">
         <v>63824</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F108" s="0" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="G108" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L108" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="D109" s="0">
         <v>63825</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F109" s="0" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="G109" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L109" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="D110" s="0">
         <v>140</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="F110" s="0">
         <v>-2</v>
       </c>
       <c r="G110" s="0" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L110" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="D111" s="0">
         <v>145</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="F111" s="0">
         <v>-2</v>
       </c>
       <c r="G111" s="0" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L111" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="E112" s="0" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="F112" s="0"/>
       <c r="G112" s="0" t="s">
         <v>395</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L112" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="D113" s="0">
         <v>11111</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="F113" s="0" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="G113" s="0" t="s">
         <v>395</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L113" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="E114" s="0" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="F114" s="0"/>
       <c r="G114" s="0" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
         <v>73</v>
       </c>
       <c r="L114" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="F115" s="0"/>
       <c r="G115" s="0" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
         <v>45</v>
       </c>
       <c r="L115" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="E116" s="0" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="F116" s="0"/>
       <c r="G116" s="0" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="L116" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="F117" s="0"/>
       <c r="G117" s="0" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
-        <v>45</v>
+        <v>249</v>
       </c>
       <c r="L117" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="E118" s="0" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="F118" s="0"/>
       <c r="G118" s="0" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
-        <v>45</v>
+        <v>544</v>
       </c>
       <c r="L118" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="D119" s="0">
         <v>84046</v>
       </c>
       <c r="E119" s="0" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="F119" s="0" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="G119" s="0" t="s">
         <v>395</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L119" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="D120" s="0">
         <v>84048</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="F120" s="0" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="G120" s="0" t="s">
         <v>395</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L120" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="D121" s="0">
         <v>84047</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="F121" s="0" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="G121" s="0" t="s">
         <v>395</v>
       </c>
       <c r="H121" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="L121" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="D122" s="0">
         <v>15450</v>
       </c>
       <c r="E122" s="0" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="F122" s="0" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="G122" s="0" t="s">
         <v>395</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L122" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="D123" s="0">
         <v>15452</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="F123" s="0" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="G123" s="0" t="s">
         <v>395</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L123" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="D124" s="0">
         <v>30102</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="F124" s="0" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="G124" s="0" t="s">
         <v>122</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L124" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="D125" s="0">
         <v>15458</v>
       </c>
       <c r="E125" s="0" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="F125" s="0" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="G125" s="0" t="s">
         <v>395</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L125" s="0"/>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="D126" s="0">
         <v>83830</v>
       </c>
       <c r="E126" s="0" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="F126" s="0" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="G126" s="0" t="s">
         <v>395</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L126" s="0"/>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="D127" s="0">
         <v>15449</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="F127" s="0" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="G127" s="0" t="s">
         <v>395</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L127" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="D128" s="0">
         <v>84520</v>
       </c>
       <c r="E128" s="0" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="F128" s="0" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="G128" s="0" t="s">
         <v>395</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L128" s="0"/>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="D129" s="0">
         <v>84522</v>
       </c>
       <c r="E129" s="0" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="F129" s="0" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="G129" s="0" t="s">
         <v>395</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L129" s="0"/>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="D130" s="0">
         <v>84188</v>
       </c>
       <c r="E130" s="0" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="F130" s="0" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="G130" s="0" t="s">
         <v>395</v>
       </c>
       <c r="H130" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L130" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="D131" s="0">
         <v>83925</v>
       </c>
       <c r="E131" s="0" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="F131" s="0" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="G131" s="0" t="s">
         <v>395</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L131" s="0"/>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="D132" s="0">
         <v>84806</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="F132" s="0" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="G132" s="0" t="s">
         <v>395</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L132" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="B133" s="0" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="D133" s="0">
         <v>50933699</v>
       </c>
       <c r="E133" s="0" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="F133" s="0"/>
       <c r="G133" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L133" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="D134" s="0" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="E134" s="0" t="s">
         <v>96</v>
       </c>
       <c r="F134" s="0" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="G134" s="0" t="s">
         <v>103</v>
       </c>
       <c r="H134" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
-        <v>602</v>
+        <v>355</v>
       </c>
       <c r="L134" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="D135" s="0" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="E135" s="0" t="s">
         <v>96</v>
       </c>
       <c r="F135" s="0" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="G135" s="0" t="s">
         <v>103</v>
       </c>
       <c r="H135" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L135" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="D136" s="0" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="E136" s="0" t="s">
         <v>96</v>
       </c>
       <c r="F136" s="0" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="G136" s="0" t="s">
         <v>103</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L136" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="D137" s="0" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="E137" s="0" t="s">
         <v>96</v>
       </c>
       <c r="F137" s="0" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="G137" s="0" t="s">
         <v>103</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="L137" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="E138" s="0" t="s">
         <v>96</v>
       </c>
       <c r="F138" s="0" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="G138" s="0" t="s">
         <v>103</v>
       </c>
       <c r="H138" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="L138" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="D139" s="0" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="E139" s="0" t="s">
         <v>96</v>
       </c>
       <c r="F139" s="0" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="G139" s="0" t="s">
         <v>103</v>
       </c>
       <c r="H139" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L139" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="D140" s="0" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="E140" s="0" t="s">
         <v>96</v>
       </c>
       <c r="F140" s="0" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="G140" s="0" t="s">
         <v>122</v>
       </c>
       <c r="H140" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L140" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="E141" s="0" t="s">
         <v>96</v>
       </c>
       <c r="F141" s="0" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="G141" s="0" t="s">
         <v>103</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
-        <v>602</v>
+        <v>361</v>
       </c>
       <c r="L141" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="E142" s="0" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="F142" s="0" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="G142" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L142" s="0"/>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="E143" s="0" t="s">
         <v>460</v>
       </c>
       <c r="F143" s="0" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="G143" s="0" t="s">
         <v>98</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L143" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>