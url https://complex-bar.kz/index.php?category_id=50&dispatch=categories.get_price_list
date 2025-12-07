--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -98,201 +98,204 @@
   <si>
     <t>5953.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Контейнер для продуктов «Текс-Бокс» с крышкой;полипроп.;4,5л;,H=14,L=28,B=18,3см;прозр.</t>
   </si>
   <si>
     <t>02050518</t>
   </si>
   <si>
     <t>Restola</t>
   </si>
   <si>
     <t>Tex-Box</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>1925.00₸</t>
   </si>
   <si>
-    <t>29 шт.</t>
+    <t>42 шт.</t>
   </si>
   <si>
     <t>Контейнер для продуктов «Текс-Бокс» с крышкой;полипроп.;10л;,H=14,L=38,B=28см;прозр.</t>
   </si>
   <si>
     <t>02050519</t>
   </si>
   <si>
     <t>3042.00₸</t>
   </si>
   <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Текс-Бокс» с крышкой;полипроп.;21л;,H=27,2,L=38,B=28см;прозр.</t>
+  </si>
+  <si>
+    <t>02050520</t>
+  </si>
+  <si>
+    <t>4197.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Текс-Бокс» с крышкой;полипроп.;28л;,H=17,L=57,B=38см;прозр.</t>
+  </si>
+  <si>
+    <t>02050521</t>
+  </si>
+  <si>
+    <t>6083.00₸</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов для фруктов 4 отделения;пластик;,H=90,L=495,B=156мм;черный</t>
+  </si>
+  <si>
+    <t>02120904</t>
+  </si>
+  <si>
+    <t>CHD015</t>
+  </si>
+  <si>
+    <t>Co-rect</t>
+  </si>
+  <si>
+    <t>27279.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой 5 отделений;поликарбонат;,H=11,5,L=42,B=15,5см;прозр.</t>
+  </si>
+  <si>
+    <t>02120917</t>
+  </si>
+  <si>
+    <t>44947-03</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>29830.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;пластик;34л;,H=17,L=60,B=40см;серый</t>
+  </si>
+  <si>
+    <t>04011050</t>
+  </si>
+  <si>
+    <t>44511-34</t>
+  </si>
+  <si>
+    <t>40510.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой[2шт];пластик;1л;D=11,H=14,5см;прозр.</t>
+  </si>
+  <si>
+    <t>04011249</t>
+  </si>
+  <si>
+    <t>A0011320</t>
+  </si>
+  <si>
+    <t>Ilsa</t>
+  </si>
+  <si>
+    <t>3391.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;поликарбонат;33,1л;,H=15,L=66,B=46см;прозр.</t>
+  </si>
+  <si>
+    <t>04011262</t>
+  </si>
+  <si>
+    <t>18266CW135</t>
+  </si>
+  <si>
+    <t>52461.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов</t>
+  </si>
+  <si>
+    <t>04011311</t>
+  </si>
+  <si>
+    <t>0116</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>877.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Проотель»;полипроп.;12л;,H=21,L=28,5,B=28,5см;белый</t>
+  </si>
+  <si>
+    <t>04011370</t>
+  </si>
+  <si>
+    <t>P-064P</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>17164.00₸</t>
+  </si>
+  <si>
     <t>более 100 шт.</t>
   </si>
   <si>
-    <t>Контейнер для продуктов «Текс-Бокс» с крышкой;полипроп.;21л;,H=27,2,L=38,B=28см;прозр.</t>
-[...124 lines deleted...]
-  <si>
     <t>Контейнер для продуктов «Проотель»;полипроп.;2л;,H=10,L=17,8,B=17,8см;белый</t>
   </si>
   <si>
     <t>04011380</t>
   </si>
   <si>
     <t>P-060P</t>
   </si>
   <si>
-    <t>1946.00₸</t>
+    <t>2240.00₸</t>
   </si>
   <si>
     <t>более 500 шт.</t>
   </si>
   <si>
     <t>Контейнер для продуктов «Проотель»;полипроп.;4л;,H=19,L=17,8,B=17,8см;белый</t>
   </si>
   <si>
     <t>04011381</t>
   </si>
   <si>
     <t>P-061P</t>
   </si>
   <si>
     <t>4291.00₸</t>
   </si>
   <si>
     <t>Контейнер для продуктов «Проотель»;полипроп.;6л;,H=19,L=22,5,B=22,5см;прозр.</t>
   </si>
   <si>
     <t>04011382</t>
   </si>
   <si>
     <t>P-062P</t>
   </si>
@@ -344,491 +347,494 @@
   <si>
     <t>04011387</t>
   </si>
   <si>
     <t>К-10</t>
   </si>
   <si>
     <t>NS</t>
   </si>
   <si>
     <t>3273.00₸</t>
   </si>
   <si>
     <t>Контейнер для продуктов с крышкой  ;полипроп.;6л;,H=14,L=30,B=22см;прозр.</t>
   </si>
   <si>
     <t>04011388</t>
   </si>
   <si>
     <t>К-6</t>
   </si>
   <si>
     <t>2464.00₸</t>
   </si>
   <si>
+    <t>Контейнер для продуктов с крышкой  ;полипроп.;8л;,H=17,L=30,B=22см;прозр.</t>
+  </si>
+  <si>
+    <t>04011389</t>
+  </si>
+  <si>
+    <t>К-8</t>
+  </si>
+  <si>
+    <t>2873.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов градуированный;полиэтилен;0,9л;D=15,4,H=12,7см;белый</t>
+  </si>
+  <si>
+    <t>04011469</t>
+  </si>
+  <si>
+    <t>RFS1148</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов градуированный;пластик;3,8л;,H=18,7,L=18,5,B=18,5см;прозр.</t>
+  </si>
+  <si>
+    <t>04011472</t>
+  </si>
+  <si>
+    <t>4SFSCW135</t>
+  </si>
+  <si>
+    <t>Camsquare</t>
+  </si>
+  <si>
+    <t>10927.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов градуированный;полиэтилен;5,7л;,H=18,5,L=21,5,B=21,5см;белый</t>
+  </si>
+  <si>
+    <t>04011473</t>
+  </si>
+  <si>
+    <t>6SFSP148</t>
+  </si>
+  <si>
+    <t>6769.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;полипроп.;44,2л;,H=22,L=60,B=40см;белый</t>
+  </si>
+  <si>
+    <t>04011477</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>40749.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;полипроп.;64,5л;,H=32,L=60,B=40см;белый</t>
+  </si>
+  <si>
+    <t>04011478</t>
+  </si>
+  <si>
+    <t>47078.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой  ;пластик;50л;,H=30,L=60,B=40см;серый</t>
+  </si>
+  <si>
+    <t>04011489</t>
+  </si>
+  <si>
+    <t>43005.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;пластик;35,6л;,H=17,L=60,B=40см;серый</t>
+  </si>
+  <si>
+    <t>04011496</t>
+  </si>
+  <si>
+    <t>27774.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;полиэтилен;40л;,H=30,L=50,B=34см;белый</t>
+  </si>
+  <si>
+    <t>04011810</t>
+  </si>
+  <si>
+    <t>41881.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;полиэтилен;100л;,H=40,L=80,B=52см;белый</t>
+  </si>
+  <si>
+    <t>04011812</t>
+  </si>
+  <si>
+    <t>71018.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;полиэтилен;60л;,H=30,L=62,B=42см;белый</t>
+  </si>
+  <si>
+    <t>04011813</t>
+  </si>
+  <si>
+    <t>52476.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой и тележкой;полиэтилен;75,7л;D=49,5,H=58см;белый</t>
+  </si>
+  <si>
+    <t>04011824</t>
+  </si>
+  <si>
+    <t>236460.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;полипроп.;23,9л;,H=12,L=60,B=40см;белый</t>
+  </si>
+  <si>
+    <t>04011832</t>
+  </si>
+  <si>
+    <t>32718.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «БРЮТ»;полиэтилен;75,7л;D=49,5,H=58см;белый</t>
+  </si>
+  <si>
+    <t>04011856</t>
+  </si>
+  <si>
+    <t>107569.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;поликарбонат;64,4л;,H=30,L=66,B=46см;прозр.</t>
+  </si>
+  <si>
+    <t>04012403</t>
+  </si>
+  <si>
+    <t>182612CW135</t>
+  </si>
+  <si>
+    <t>НИДЕРЛАНДЫ</t>
+  </si>
+  <si>
+    <t>87996.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;полипроп.;64,5л;,H=32,L=60,B=40см;серый</t>
+  </si>
+  <si>
+    <t>04012406</t>
+  </si>
+  <si>
+    <t>34373.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Кристалл» с крышкой  ;полипроп.;5л;,H=12,L=33,B=19см;прозр.</t>
+  </si>
+  <si>
+    <t>04012417</t>
+  </si>
+  <si>
+    <t>Кристалл</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой  ;полипроп.;9л;,H=85,L=400,B=335мм;прозр.</t>
+  </si>
+  <si>
+    <t>04012418</t>
+  </si>
+  <si>
+    <t>3311.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой  ;полипроп.;18л;,H=17,L=40,B=33,5см;прозр.</t>
+  </si>
+  <si>
+    <t>04012419</t>
+  </si>
+  <si>
+    <t>4004.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой  ;полипроп.;46л;,H=29,L=56,B=39,5см;прозр.</t>
+  </si>
+  <si>
+    <t>04012420</t>
+  </si>
+  <si>
+    <t>8701.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой  ;полипроп.;31л;,H=19,5,L=56,B=39,5см;прозр.</t>
+  </si>
+  <si>
+    <t>04012421</t>
+  </si>
+  <si>
+    <t>7431.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;поликарбонат;6,6л;,H=90,L=460,B=305мм;прозр.</t>
+  </si>
+  <si>
+    <t>04012458</t>
+  </si>
+  <si>
+    <t>12183CW135</t>
+  </si>
+  <si>
+    <t>15770.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Дуобокс» перфорированный;полипроп.;0,6л;,H=29,5,L=23,8,B=15,4см;прозр.,желт</t>
+  </si>
+  <si>
+    <t>04012478</t>
+  </si>
+  <si>
+    <t>DUOBOX</t>
+  </si>
+  <si>
+    <t>61331.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов градуированный;поликарбонат;0,9л;D=15,4,H=12,7см;прозр.</t>
+  </si>
+  <si>
+    <t>04012508</t>
+  </si>
+  <si>
+    <t>RFSCW1135</t>
+  </si>
+  <si>
+    <t>4466.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;полиэтилен;10л;,H=10,L=40,B=30см;белый</t>
+  </si>
+  <si>
+    <t>04012529</t>
+  </si>
+  <si>
+    <t>14731.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;полиэтилен;90л;D=51,H=70см;белый</t>
+  </si>
+  <si>
+    <t>04012531</t>
+  </si>
+  <si>
+    <t>92246.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов градуированный;пластик;11,4л;,H=21,L=31,B=25,6см;белый</t>
+  </si>
+  <si>
+    <t>04012573</t>
+  </si>
+  <si>
+    <t>12SFSP148</t>
+  </si>
+  <si>
+    <t>12336.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов градуированный;полиэтилен;11,4л;D=37,8,H=21,3см;белый</t>
+  </si>
+  <si>
+    <t>04012576</t>
+  </si>
+  <si>
+    <t>RFS12148</t>
+  </si>
+  <si>
+    <t>14553.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов градуированный;полиэтилен;5,7л;D=25,2,H=20,2см;белый</t>
+  </si>
+  <si>
+    <t>04012578</t>
+  </si>
+  <si>
+    <t>RFS6148</t>
+  </si>
+  <si>
+    <t>6199.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;полиэтилен;33,1л;,H=15,L=66,B=46см;белый</t>
+  </si>
+  <si>
+    <t>04012580</t>
+  </si>
+  <si>
+    <t>18266P148</t>
+  </si>
+  <si>
+    <t>39686.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;пластик;0,76л;D=13,3,H=13,7см;прозр.</t>
+  </si>
+  <si>
+    <t>04012581</t>
+  </si>
+  <si>
+    <t>CCP12152</t>
+  </si>
+  <si>
+    <t>6561.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;полиэтилен;45л;D=42,H=42,L=48,B=42см;белый</t>
+  </si>
+  <si>
+    <t>04012586</t>
+  </si>
+  <si>
+    <t>54555.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов для яиц на 120 штук с крышкой + 4 лотка;полипроп.;,H=20,L=35,4,B=32,5см;проз</t>
+  </si>
+  <si>
+    <t>04012587</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
+    <t>ИСПАНИЯ</t>
+  </si>
+  <si>
+    <t>55417.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Кристалл» с крышкой  ;полипроп.;2л;,H=90,L=190,B=157мм;прозр.</t>
+  </si>
+  <si>
+    <t>04012594</t>
+  </si>
+  <si>
+    <t>1271.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой для СВЧ;полипроп.;1,25л;,H=75,L=210,B=160мм;прозр.,бордо</t>
+  </si>
+  <si>
+    <t>04012595</t>
+  </si>
+  <si>
+    <t>847.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой для СВЧ;полипроп.;2,1л;,H=90,L=190,B=185мм;прозр.,бордо</t>
+  </si>
+  <si>
+    <t>04012596</t>
+  </si>
+  <si>
+    <t>1155.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой для СВЧ;полипроп.;450мл;,H=40,L=155,B=100мм;прозр.,бордо</t>
+  </si>
+  <si>
+    <t>04012597</t>
+  </si>
+  <si>
+    <t>362.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой для СВЧ;полипроп.;3,4л;,H=85,L=290,B=190мм;прозр.,бордо</t>
+  </si>
+  <si>
+    <t>04012598</t>
+  </si>
+  <si>
+    <t>1502.00₸</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов градуированный;полиэтилен;20,8л;,H=40,L=31,B=25,6см;белый</t>
+  </si>
+  <si>
+    <t>04012809</t>
+  </si>
+  <si>
+    <t>22SFSP148</t>
+  </si>
+  <si>
+    <t>27235.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;пластик;42л;,H=22,L=60,B=40см;серый</t>
+  </si>
+  <si>
+    <t>04012810</t>
+  </si>
+  <si>
+    <t>44511-42</t>
+  </si>
+  <si>
+    <t>37746.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;поликарбонат;18,9л;,H=9,L=66,B=46см;прозр.</t>
+  </si>
+  <si>
+    <t>04012833</t>
+  </si>
+  <si>
+    <t>18263CW135</t>
+  </si>
+  <si>
+    <t>28644.00₸</t>
+  </si>
+  <si>
     <t>15 шт.</t>
   </si>
   <si>
-    <t>Контейнер для продуктов с крышкой  ;полипроп.;8л;,H=17,L=30,B=22см;прозр.</t>
-[...436 lines deleted...]
-  <si>
     <t>Контейнер для продуктов;пластик;21л;,H=22,L=40,B=30см;серый</t>
   </si>
   <si>
     <t>04012868</t>
   </si>
   <si>
     <t>44521-21</t>
   </si>
   <si>
     <t>18326.00₸</t>
   </si>
   <si>
     <t>Контейнер для продуктов;пластик;31л;,H=32,L=40,B=30см;серый</t>
   </si>
   <si>
     <t>04012869</t>
   </si>
   <si>
     <t>44521-31</t>
   </si>
   <si>
     <t>19343.00₸</t>
   </si>
   <si>
     <t>Контейнер для продуктов с крышкой  ;полипроп.;62л;,H=38,L=67,B=46см;серый</t>
@@ -971,407 +977,404 @@
   <si>
     <t>801.00₸</t>
   </si>
   <si>
     <t>Контейнер для продуктов с крышкой  ;полипроп.;0,6л;,H=7,L=13,B=13см;прозр.,голуб.</t>
   </si>
   <si>
     <t>04013821</t>
   </si>
   <si>
     <t>Safe-Food</t>
   </si>
   <si>
     <t>894.00₸</t>
   </si>
   <si>
     <t>Контейнер для продуктов с крышкой  ;полипроп.;16л;,H=21,5,L=38,9,B=27,5см;прозр.</t>
   </si>
   <si>
     <t>04013846</t>
   </si>
   <si>
     <t>3735.00₸</t>
   </si>
   <si>
+    <t>30 шт.</t>
+  </si>
+  <si>
     <t>Контейнер для продуктов с крышкой  ;полипроп.;5,5л;,H=17,L=27,3,B=19см;прозр.</t>
   </si>
   <si>
     <t>04013848</t>
   </si>
   <si>
     <t>1887.00₸</t>
   </si>
   <si>
     <t>Контейнер для продуктов с крышкой  ;полипроп.;22л;,H=28,6,L=38,9,B=27,5см;прозр.</t>
   </si>
   <si>
     <t>04013849</t>
   </si>
   <si>
     <t>43127520121/20116</t>
   </si>
   <si>
     <t>3581.00₸</t>
   </si>
   <si>
     <t>Контейнер для продуктов с крышкой  ;полипроп.;70л;,H=43,5,L=55,5,B=39см;прозр.</t>
   </si>
   <si>
     <t>04013850</t>
   </si>
   <si>
     <t>11550.00₸</t>
   </si>
   <si>
     <t>Контейнер для продуктов с крышкой  ;полипроп.;4,2л;,H=12,4,L=29,B=19см;прозр.</t>
   </si>
   <si>
     <t>04013851</t>
   </si>
   <si>
     <t>2734.00₸</t>
   </si>
   <si>
     <t>Контейнер для продуктов с крышкой  ;полипроп.;6,65л;,H=18,L=29,B=19см;прозр.</t>
   </si>
   <si>
     <t>04013852</t>
   </si>
   <si>
-    <t>26 шт.</t>
+    <t>40 шт.</t>
   </si>
   <si>
     <t>Контейнер для продуктов с крышкой  ;полипроп.;10л;,H=12,4,L=39,B=29см;прозр.</t>
   </si>
   <si>
     <t>04013853</t>
   </si>
   <si>
     <t>3889.00₸</t>
   </si>
   <si>
     <t>Контейнер для продуктов с крышкой  ;полипроп.;15,3л;,H=18,L=39,B=29см;прозр.</t>
   </si>
   <si>
     <t>04013854</t>
   </si>
   <si>
     <t>5467.00₸</t>
   </si>
   <si>
+    <t>44 шт.</t>
+  </si>
+  <si>
     <t>Контейнер для продуктов с крышкой  ;полипроп.;5л;,H=15,L=33,B=19см;прозр.</t>
   </si>
   <si>
     <t>04013856</t>
   </si>
   <si>
     <t>К-5</t>
   </si>
   <si>
     <t>Контейнер для продуктов с крышкой  ;полипроп.;9л;,H=21,L=36,B=18см;прозр.</t>
   </si>
   <si>
     <t>04013857</t>
   </si>
   <si>
     <t>К-9</t>
   </si>
   <si>
     <t>2426.00₸</t>
   </si>
   <si>
     <t>Контейнер для продуктов с крышкой  ;полипроп.;14л;,H=22,L=42,5,B=26,5см;прозр.</t>
   </si>
   <si>
     <t>04013858</t>
   </si>
   <si>
     <t>К-14</t>
   </si>
   <si>
     <t>3727.00₸</t>
   </si>
   <si>
-    <t>13 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Контейнер для продуктов с крышкой  ;полипроп.;19л;,H=23,L=47,B=29см;прозр.</t>
   </si>
   <si>
     <t>04013859</t>
   </si>
   <si>
     <t>К-19</t>
   </si>
   <si>
     <t>4351.00₸</t>
   </si>
   <si>
+    <t>Контейнер для продуктов «Кристалл» с крышкой  ;полипроп.;10л;,H=14,5,L=38,9,B=27,5см;прозр.</t>
+  </si>
+  <si>
+    <t>04013862</t>
+  </si>
+  <si>
+    <t>2719.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Кристалл» с крышкой  ;полипроп.;9л;,H=85,L=400,B=335мм;прозр.</t>
+  </si>
+  <si>
+    <t>04013863</t>
+  </si>
+  <si>
+    <t>2942.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Кристалл» с крышкой  ;полипроп.;18л;,H=17,L=40,B=33,5см;прозр.</t>
+  </si>
+  <si>
+    <t>04013864</t>
+  </si>
+  <si>
+    <t>3542.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Кристалл» с крышкой  ;полипроп.;46л;,H=29,L=55,5,B=39см;прозр.</t>
+  </si>
+  <si>
+    <t>04013867</t>
+  </si>
+  <si>
+    <t>7739.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Кристалл» с крышкой  ;полипроп.;31л;,H=19,L=55,5,B=39см;прозр.</t>
+  </si>
+  <si>
+    <t>04013868</t>
+  </si>
+  <si>
+    <t>6607.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Смарт Лок» с крышкой для СВЧ;полипроп.;0,5л;,H=70,L=135,B=105мм;прозр.,мятн</t>
+  </si>
+  <si>
+    <t>04013869</t>
+  </si>
+  <si>
+    <t>1001.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Смарт Лок» с крышкой для СВЧ;полипроп.;0,9л;,H=11,4,L=13,5,B=10,5см;прозр.,</t>
+  </si>
+  <si>
+    <t>04013870</t>
+  </si>
+  <si>
+    <t>1086.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Смарт Лок» с крышкой для СВЧ;полипроп.;1,4л;,H=17,8,L=13,5,B=10,5см;прозр.,</t>
+  </si>
+  <si>
+    <t>04013871</t>
+  </si>
+  <si>
+    <t>1456.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Смарт Лок» с крышкой для СВЧ;полипроп.;1,1л;,H=7,L=20,B=13см;прозр.,мятный</t>
+  </si>
+  <si>
+    <t>04013872</t>
+  </si>
+  <si>
+    <t>1379.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Смарт Лок» с крышкой для СВЧ;полипроп.;1,6л;,H=98,L=130,B=200мм;прозр.,мятн</t>
+  </si>
+  <si>
+    <t>04013873</t>
+  </si>
+  <si>
+    <t>1510.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Смарт Лок» с крышкой для СВЧ;полипроп.;1л;,H=7,L=16,B=16см;прозр.,мятный</t>
+  </si>
+  <si>
+    <t>04013874</t>
+  </si>
+  <si>
+    <t>1348.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Смарт Лок» с крышкой для СВЧ;полипроп.;1,6л;,H=10,4,L=16,B=16см;прозр.,мятн</t>
+  </si>
+  <si>
+    <t>04013875</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Смарт Лок» с крышкой для СВЧ;полипроп.;1,5л;,H=72,L=235,B=168мм;прозр.,голу</t>
+  </si>
+  <si>
+    <t>04013876</t>
+  </si>
+  <si>
+    <t>1810.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой;полипроп.;0,6л;,H=7,L=13,B=13см;прозр.,сиренев.</t>
+  </si>
+  <si>
+    <t>04013878</t>
+  </si>
+  <si>
+    <t>955.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой;полипроп.;1л;,H=8,L=16/16см;прозр.,зелен.</t>
+  </si>
+  <si>
+    <t>04013879</t>
+  </si>
+  <si>
+    <t>1125.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;полипроп.;0,5л;,H=45,L=157,B=106мм;прозр.,сиренев.</t>
+  </si>
+  <si>
+    <t>04013880</t>
+  </si>
+  <si>
+    <t>Фриз</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;полипроп.;0,9л;D=149,H=73мм;прозр.,в ассорт.</t>
+  </si>
+  <si>
+    <t>04013882</t>
+  </si>
+  <si>
+    <t>SOFT TOP</t>
+  </si>
+  <si>
+    <t>686.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с завинчивающейся крышкой;полипроп.;1,8л;D=15,3,H=13,3см;прозр.,красный</t>
+  </si>
+  <si>
+    <t>04013884</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с завинчивающейся крышкой;полипроп.;3,2л;D=17,5,H=18см;прозр.,красный</t>
+  </si>
+  <si>
+    <t>04013885</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;полипроп.;44,2л;,H=22,L=60,B=40см;серый</t>
+  </si>
+  <si>
+    <t>04013900</t>
+  </si>
+  <si>
+    <t>24841.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов градуированный;полипроп.;20,8л;,H=40,L=31,B=25,6см;прозр.</t>
+  </si>
+  <si>
+    <t>04013927</t>
+  </si>
+  <si>
+    <t>22SFSPP190</t>
+  </si>
+  <si>
+    <t>21868.00₸</t>
+  </si>
+  <si>
+    <t>Бочка с крышкой;полиэтилен;35л;D=38,H=40,5см;белый</t>
+  </si>
+  <si>
+    <t>04014237</t>
+  </si>
+  <si>
+    <t>БП 35</t>
+  </si>
+  <si>
+    <t>Tara</t>
+  </si>
+  <si>
+    <t>БЕЛАРУСЬ</t>
+  </si>
+  <si>
+    <t>10472.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Винтаж» с крышкой  ;полипроп.;1,5л;D=12,5,H=18см;прозр.,голуб.</t>
+  </si>
+  <si>
+    <t>04014299</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;полипроп.;6л;,H=19,L=22,5,B=22,5см;прозр.</t>
+  </si>
+  <si>
+    <t>04014308</t>
+  </si>
+  <si>
+    <t>13537.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Смарт Лок» с крышкой для СВЧ;полипроп.;0,55л;D=136,H=70мм;прозр.,мятный</t>
+  </si>
+  <si>
+    <t>04014322</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Смарт Лок» с крышкой для СВЧ;полипроп.;1,15л;D=13,6,H=13,7см;прозр.,мятный</t>
+  </si>
+  <si>
+    <t>04014323</t>
+  </si>
+  <si>
+    <t>1540.00₸</t>
+  </si>
+  <si>
     <t>34 шт.</t>
   </si>
   <si>
-    <t>Контейнер для продуктов «Кристалл» с крышкой  ;полипроп.;10л;,H=14,5,L=38,9,B=27,5см;прозр.</t>
-[...238 lines deleted...]
-  <si>
     <t>Контейнер для продуктов с крышкой  ;полипроп.;1,3л;,H=80,L=180,B=125мм;прозр.,голуб.</t>
   </si>
   <si>
     <t>04014324</t>
   </si>
   <si>
     <t>Контейнер для продуктов с крышкой;полипроп.;1,7л;,H=11,L=18,B=12,5см;прозр.,голуб.</t>
   </si>
   <si>
     <t>04014325</t>
   </si>
   <si>
     <t>901.00₸</t>
   </si>
   <si>
     <t>Контейнер для продуктов «Винтаж» с крышкой  ;полипроп.;0,75л;D=125,H=90мм;прозр.</t>
   </si>
   <si>
     <t>04014328</t>
   </si>
   <si>
     <t>963.00₸</t>
   </si>
   <si>
     <t>Контейнер для продуктов «Винтаж» с крышкой  ;полипроп.;0,5л;D=9,H=12см;прозр.</t>
@@ -1388,53 +1391,50 @@
   <si>
     <t>04014330</t>
   </si>
   <si>
     <t>1040.00₸</t>
   </si>
   <si>
     <t>Контейнер для продуктов с крышкой  ;полипроп.;1л;,H=8,L=16,B=16см;прозр.</t>
   </si>
   <si>
     <t>04014331</t>
   </si>
   <si>
     <t>1733.00₸</t>
   </si>
   <si>
     <t>Контейнер для продуктов «Винтаж» с крышкой  ;полипроп.;1,2л;D=14,H=11см;прозр.</t>
   </si>
   <si>
     <t>04014333</t>
   </si>
   <si>
     <t>1225.00₸</t>
   </si>
   <si>
-    <t>50 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Контейнер для продуктов «Винтаж» с крышкой  ;полипроп.;250мл;D=90,H=62мм;прозр.</t>
   </si>
   <si>
     <t>04014334</t>
   </si>
   <si>
     <t>817.00₸</t>
   </si>
   <si>
     <t>Контейнер для продуктов с крышкой  ;полипроп.;0,6л;,H=7,L=13,B=13см;голуб.,прозр.</t>
   </si>
   <si>
     <t>04014335</t>
   </si>
   <si>
     <t>1463.00₸</t>
   </si>
   <si>
     <t>Контейнер для продуктов градуированный;пластик;1,9л;,H=7,L=21/22,B=21см;прозр.</t>
   </si>
   <si>
     <t>04014520</t>
   </si>
   <si>
     <t>44620-01</t>
@@ -1463,672 +1463,672 @@
   <si>
     <t>786.00₸</t>
   </si>
   <si>
     <t>Контейнер для продуктов «Смарт Лок» с крышкой для СВЧ;полипроп.;1л;,H=7,L=16,B=16см;прозр.,в ассорт.</t>
   </si>
   <si>
     <t>04014705</t>
   </si>
   <si>
     <t>1094.00₸</t>
   </si>
   <si>
     <t>Контейнер для продуктов крышка герметичная с клапаном;тритан;450мл;,H=66,L=140,B=110мм;прозр.,черный</t>
   </si>
   <si>
     <t>04014706</t>
   </si>
   <si>
     <t>Brilliant</t>
   </si>
   <si>
     <t>2695.00₸</t>
   </si>
   <si>
-    <t>47 шт.</t>
+    <t>9 шт.</t>
   </si>
   <si>
     <t>Контейнер для продуктов крышка герметичная с клапаном;тритан;0,7л;,H=9,L=14,B=11см;прозр.,черный</t>
   </si>
   <si>
     <t>04014707</t>
   </si>
   <si>
     <t>2965.00₸</t>
   </si>
   <si>
     <t>Контейнер для продуктов крышка герметичная с клапаном;тритан;1л;,H=65,L=225,B=135мм;прозр.,черный</t>
   </si>
   <si>
     <t>04014708</t>
   </si>
   <si>
     <t>3850.00₸</t>
   </si>
   <si>
-    <t>22 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Контейнер для продуктов крышка герметичная с клапаном;тритан;1,35л;,H=82,L=225,B=135мм;прозр.,черный</t>
   </si>
   <si>
     <t>04014709</t>
   </si>
   <si>
     <t>4081.00₸</t>
   </si>
   <si>
+    <t>20 шт.</t>
+  </si>
+  <si>
     <t>Контейнер для продуктов крышка герметичная с клапаном;тритан;0,6л;D=140,H=77мм;прозр.,черный</t>
   </si>
   <si>
     <t>04014710</t>
   </si>
   <si>
     <t>Контейнер для продуктов крышка герметичная с клапаном;тритан;1,15л;D=14,H=13см;прозр.,черный</t>
   </si>
   <si>
     <t>04014711</t>
   </si>
   <si>
     <t>Контейнер для продуктов крышка герметичная с клапаном;тритан;1,15л;,H=8,L=16,B=16см;прозр.,черный</t>
   </si>
   <si>
     <t>04014712</t>
   </si>
   <si>
-    <t>6 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Контейнер для продуктов крышка герметичная с клапаном;тритан;1,7л;,H=11,1,L=16,B=16см;прозр.,черный</t>
   </si>
   <si>
     <t>04014713</t>
   </si>
   <si>
+    <t>Контейнер для продуктов «Смарт Лок» с крышкой для СВЧ;полипроп.;3,7л;,H=82,L=292,B=228мм;прозр.,мятн</t>
+  </si>
+  <si>
+    <t>04014717</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Смарт Лок» с крышкой для СВЧ;полипроп.;5,4л;,H=11,L=29,2,B=22,8см;прозр.,мя</t>
+  </si>
+  <si>
+    <t>04014718</t>
+  </si>
+  <si>
+    <t>4328.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой для СВЧ;полипроп.;5л;,H=85,L=352,B=256мм;прозр.,бордо</t>
+  </si>
+  <si>
+    <t>04014719</t>
+  </si>
+  <si>
+    <t>АРТ-ДЕКОР</t>
+  </si>
+  <si>
+    <t>2118.00₸</t>
+  </si>
+  <si>
+    <t>35 шт.</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;пластик;16л;,H=17,L=40,B=30см;серый</t>
+  </si>
+  <si>
+    <t>04014720</t>
+  </si>
+  <si>
+    <t>44521-16</t>
+  </si>
+  <si>
+    <t>15816.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;пластик;21л;,H=10,L=60,B=40см;белый</t>
+  </si>
+  <si>
+    <t>04014723</t>
+  </si>
+  <si>
+    <t>44511E21</t>
+  </si>
+  <si>
+    <t>30770.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Бриллиант» с герметичной крышкой;тритан;450мл;,H=66,L=140,B=110мм;прозр.,си</t>
+  </si>
+  <si>
+    <t>04019010</t>
+  </si>
+  <si>
+    <t>1895.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Бриллиант» с герметичной крышкой;тритан;0,7л;,H=9,L=14,B=11см;прозр.,синий</t>
+  </si>
+  <si>
+    <t>04019011</t>
+  </si>
+  <si>
+    <t>2387.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Бриллиант» с герметичной крышкой;тритан;1л;,H=65,L=225,B=135мм;прозр.,синий</t>
+  </si>
+  <si>
+    <t>04019012</t>
+  </si>
+  <si>
+    <t>2903.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Бриллиант» с герметичной крышкой;тритан;1,35л;,H=82,L=225,B=135мм;прозр.,си</t>
+  </si>
+  <si>
+    <t>04019013</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Бриллиант» с герметичной крышкой;тритан;0,6л;D=140,H=77мм;прозр.,синий</t>
+  </si>
+  <si>
+    <t>04019014</t>
+  </si>
+  <si>
+    <t>2064.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Бриллиант» с герметичной крышкой;тритан;1,15л;D=14,H=13см;прозр.,синий</t>
+  </si>
+  <si>
+    <t>04019015</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Бриллиант» с герметичной крышкой;тритан;1,15л;,H=8,L=16,B=16см;прозр.,синий</t>
+  </si>
+  <si>
+    <t>04019016</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Бриллиант» с герметичной крышкой;тритан;1,7л;,H=11,1,L=16,B=16см;прозр.,син</t>
+  </si>
+  <si>
+    <t>04019017</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Проотель»;полипроп.;22л;,H=40,L=28,5,B=28,5см;белый</t>
+  </si>
+  <si>
+    <t>04019061</t>
+  </si>
+  <si>
+    <t>P-066P/white</t>
+  </si>
+  <si>
+    <t>18256.00₸</t>
+  </si>
+  <si>
+    <t>19 шт.</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Смарт Лок» с крышкой для СВЧ;полипроп.;1,1л;,H=7,L=20,B=13см;прозр.,в ассор</t>
+  </si>
+  <si>
+    <t>04019067</t>
+  </si>
+  <si>
+    <t>431129230/431129209</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Смарт Лок» с крышкой для СВЧ;полипроп.;1,6л;,H=98,L=200,B=130мм;прозр.,в ас</t>
+  </si>
+  <si>
+    <t>04019068</t>
+  </si>
+  <si>
+    <t>431129330/431129309</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Смарт Лок» с крышкой для СВЧ;полипроп.;2,5л;,H=10,5,L=23,5,B=16,8см;в ассор</t>
+  </si>
+  <si>
+    <t>04019071</t>
+  </si>
+  <si>
+    <t>431181909/431181930</t>
+  </si>
+  <si>
+    <t>2618.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Смарт Лок» с крышкой для СВЧ;полипроп.;0,5л;,H=70,L=135,B=105мм;прозр.,в ас</t>
+  </si>
+  <si>
+    <t>04019073</t>
+  </si>
+  <si>
+    <t>431129030/431129009</t>
+  </si>
+  <si>
+    <t>04019074</t>
+  </si>
+  <si>
+    <t>1386.00₸</t>
+  </si>
+  <si>
     <t>37 шт.</t>
   </si>
   <si>
-    <t>Контейнер для продуктов «Смарт Лок» с крышкой для СВЧ;полипроп.;3,7л;,H=82,L=292,B=228мм;прозр.,мятн</t>
-[...119 lines deleted...]
-    <t>18256.00₸</t>
+    <t>Контейнер для продуктов «Смарт Лок» с крышкой для СВЧ;полипроп.;0,55л;D=136,H=70мм;прозр.,олив.</t>
+  </si>
+  <si>
+    <t>04019075</t>
+  </si>
+  <si>
+    <t>1309.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Смарт Лок» с крышкой для СВЧ;полипроп.;1,5л;,H=72,L=235,B=168мм;прозр.,олив</t>
+  </si>
+  <si>
+    <t>04019076</t>
+  </si>
+  <si>
+    <t>2087.00₸</t>
+  </si>
+  <si>
+    <t>04019079</t>
+  </si>
+  <si>
+    <t>431160130/431160109</t>
+  </si>
+  <si>
+    <t>1964.00₸</t>
+  </si>
+  <si>
+    <t>48 шт.</t>
+  </si>
+  <si>
+    <t>04019086</t>
+  </si>
+  <si>
+    <t>1479.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Смарт Лок» с крышкой для СВЧ;полипроп.;1,6л;,H=10,4,L=16,B=16см;прозр.,олив</t>
+  </si>
+  <si>
+    <t>04019113</t>
+  </si>
+  <si>
+    <t>2272.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Смарт Лок» с крышкой для СВЧ;полипроп.;5,4л;,H=11,L=29,2,B=22,8см;в ассорт.</t>
+  </si>
+  <si>
+    <t>04019114</t>
+  </si>
+  <si>
+    <t>433116709/433116730</t>
+  </si>
+  <si>
+    <t>5521.00₸</t>
+  </si>
+  <si>
+    <t>27 шт.</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Смарт Лок» с крышкой для СВЧ;полипроп.;3,7л;,H=82,L=292,B=228мм;прозр.,в ас</t>
+  </si>
+  <si>
+    <t>04019115</t>
+  </si>
+  <si>
+    <t>433116630/433116609</t>
+  </si>
+  <si>
+    <t>4990.00₸</t>
+  </si>
+  <si>
+    <t>16 шт.</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с клапаном;полипроп.;0,6л;,H=60,L=160,B=115мм;в ассорт.</t>
+  </si>
+  <si>
+    <t>04019116</t>
+  </si>
+  <si>
+    <t>431147909/431147908</t>
+  </si>
+  <si>
+    <t>616.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Дракон» ланч-бокс;полипроп.;0,98л;,H=55,L=180,B=130мм;зелен.,разноцветн.</t>
+  </si>
+  <si>
+    <t>04019138</t>
+  </si>
+  <si>
+    <t>Дракон</t>
+  </si>
+  <si>
+    <t>1048.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов перфорированный;полипроп.;35л;,H=18,7,L=60,B=40см;коричнев.,бежев.</t>
+  </si>
+  <si>
+    <t>09100286</t>
+  </si>
+  <si>
+    <t>40025.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;полипроп.;11,2л;,H=12,L=40,B=30см;белый</t>
+  </si>
+  <si>
+    <t>09100288</t>
+  </si>
+  <si>
+    <t>21183.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;пластик;27л;,H=15,L=60,B=40см;серый</t>
+  </si>
+  <si>
+    <t>09100460</t>
+  </si>
+  <si>
+    <t>44511-27</t>
+  </si>
+  <si>
+    <t>31239.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов градуированный;полипроп.;17,2л;D=31,5,H=30,5см;прозр.</t>
+  </si>
+  <si>
+    <t>09100584</t>
+  </si>
+  <si>
+    <t>RFS18PP190</t>
+  </si>
+  <si>
+    <t>17449.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов градуированный;полипроп.;0,9л;D=15,4,H=12,7см;прозр.</t>
+  </si>
+  <si>
+    <t>09100586</t>
+  </si>
+  <si>
+    <t>RFS1PP190</t>
+  </si>
+  <si>
+    <t>2488.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов градуированный;пластик;11,4л;,H=19,L=27/29,B=27см;прозр.</t>
+  </si>
+  <si>
+    <t>09100603</t>
+  </si>
+  <si>
+    <t>44620-05</t>
+  </si>
+  <si>
+    <t>54285.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов градуированный;пластик;20,8л;,H=36,5,L=27/29,B=27см;прозр.</t>
+  </si>
+  <si>
+    <t>09100604</t>
+  </si>
+  <si>
+    <t>44620-07</t>
+  </si>
+  <si>
+    <t>100516.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;поликарбонат;11,4л;,H=15,L=46,B=30см;прозр.</t>
+  </si>
+  <si>
+    <t>09100697</t>
+  </si>
+  <si>
+    <t>12186CW135</t>
+  </si>
+  <si>
+    <t>26596.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов градуированный;поликарбонат;1,9л;,H=10,L=18,5,B=18,5см;прозр.</t>
+  </si>
+  <si>
+    <t>09100708</t>
+  </si>
+  <si>
+    <t>2SFSCW135</t>
+  </si>
+  <si>
+    <t>5537.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов градуированный;поликарбонат;5,7л;,H=18,5,L=21,5,B=21,5см;прозр.</t>
+  </si>
+  <si>
+    <t>09100709</t>
+  </si>
+  <si>
+    <t>6SFSCW135</t>
+  </si>
+  <si>
+    <t>14546.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов градуированный;поликарбонат;3,8л;D=20,8,H=21,8см;прозр.</t>
+  </si>
+  <si>
+    <t>09100713</t>
+  </si>
+  <si>
+    <t>RFSCW4135</t>
+  </si>
+  <si>
+    <t>23532.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;поликарбонат;49,2л;,H=23,L=66,B=46см;прозр.</t>
+  </si>
+  <si>
+    <t>09100715</t>
+  </si>
+  <si>
+    <t>18269CW135</t>
+  </si>
+  <si>
+    <t>57935.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;поликарбонат;83,3л;,H=38,L=66,B=46см;прозр.</t>
+  </si>
+  <si>
+    <t>09100716</t>
+  </si>
+  <si>
+    <t>182615CW135</t>
+  </si>
+  <si>
+    <t>91145.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;полиэтилен;18л;,H=23,L=30,5,B=46см;белый</t>
+  </si>
+  <si>
+    <t>09100850</t>
+  </si>
+  <si>
+    <t>12189P148</t>
+  </si>
+  <si>
+    <t>25172.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;полиэтилен;83л;,H=38,L=66,B=46см;белый</t>
+  </si>
+  <si>
+    <t>09100853</t>
+  </si>
+  <si>
+    <t>182615P148</t>
+  </si>
+  <si>
+    <t>64704.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;полиэтилен;49,2л;,H=23,L=66,B=46см;белый</t>
+  </si>
+  <si>
+    <t>09100854</t>
+  </si>
+  <si>
+    <t>18269P148</t>
+  </si>
+  <si>
+    <t>63710.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;полиэтилен;18,9л;,H=9,L=66,B=46см;белый</t>
+  </si>
+  <si>
+    <t>09100856</t>
+  </si>
+  <si>
+    <t>18263P148</t>
+  </si>
+  <si>
+    <t>18581.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;пластик;90л;,H=45,L=60,B=40см;серый</t>
+  </si>
+  <si>
+    <t>09100946</t>
+  </si>
+  <si>
+    <t>44511-90</t>
+  </si>
+  <si>
+    <t>83353.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов градуированный;поликарбонат;18л;,H=32,L=28,5,B=28,5см;прозр.</t>
+  </si>
+  <si>
+    <t>07020184</t>
+  </si>
+  <si>
+    <t>JD-2273C</t>
+  </si>
+  <si>
+    <t>Plastic products</t>
+  </si>
+  <si>
+    <t>22988.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Зайки» с крышкой;полипроп.;1,1л;прозр.,зелен.</t>
+  </si>
+  <si>
+    <t>04019171</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Зайки» с крышкой;полипроп.;1,5л;,H=10,5,L=18,6,B=12,2см;прозр.,зелен.</t>
+  </si>
+  <si>
+    <t>04019170</t>
+  </si>
+  <si>
+    <t>1232.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Твист»;полипроп.;0,5л;D=107,H=80мм;прозр.</t>
+  </si>
+  <si>
+    <t>04019178</t>
+  </si>
+  <si>
+    <t>770.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов для хранения (до 3000 кг);полиэтилен;470л;,H=80,L=120,B=80см;серый</t>
+  </si>
+  <si>
+    <t>04019196</t>
+  </si>
+  <si>
+    <t>SDBOX 1208 SS</t>
+  </si>
+  <si>
+    <t>319165.00₸</t>
+  </si>
+  <si>
+    <t>Бочка с винтовой крышкой, с вкладышем внутри, с усиленными ручками;полиэтилен,металл;50л;D=38,H=59,5</t>
+  </si>
+  <si>
+    <t>04019195</t>
+  </si>
+  <si>
+    <t>БПЗ 50</t>
+  </si>
+  <si>
+    <t>12821.00₸</t>
+  </si>
+  <si>
+    <t>Бочка с крышкой на обруче с ручками;полиэтилен,металл;20л;D=31,6,H=36,5см;синий,металлич.</t>
+  </si>
+  <si>
+    <t>04019193</t>
+  </si>
+  <si>
+    <t>БП 20</t>
+  </si>
+  <si>
+    <t>11319.00₸</t>
   </si>
   <si>
     <t>23 шт.</t>
-  </si>
-[...433 lines deleted...]
-    <t>11319.00₸</t>
   </si>
   <si>
     <t>Бочка с крышкой на обруче с ручками;полиэтилен,металл;48л;D=40,2,H=49,2см;синий,черный</t>
   </si>
   <si>
     <t>04019194</t>
   </si>
   <si>
     <t>БП 48р</t>
   </si>
   <si>
     <t>18057.00₸</t>
   </si>
   <si>
     <t>Контейнер для продуктов «Фриговерре» круглый с крышкой;стекло,полиэтилен;159мл;D=180,H=78мм;прозр.,г</t>
   </si>
   <si>
     <t>04019205</t>
   </si>
   <si>
     <t>388450MEV121990</t>
   </si>
   <si>
     <t>Bormioli Rocco</t>
   </si>
@@ -7678,351 +7678,351 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="182" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId182"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
+      <xdr:row>185</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="183" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId183"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>186</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="183" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId183"/>
+        <xdr:cNvPr id="184" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId184"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>187</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="184" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId184"/>
+        <xdr:cNvPr id="185" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId185"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>188</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="185" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId185"/>
+        <xdr:cNvPr id="186" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId186"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>189</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="186" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId186"/>
+        <xdr:cNvPr id="187" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId187"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>190</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="187" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId187"/>
+        <xdr:cNvPr id="188" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId188"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>191</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="188" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId188"/>
+        <xdr:cNvPr id="189" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId189"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>192</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="189" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId189"/>
+        <xdr:cNvPr id="190" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId190"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>193</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="190" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId190"/>
+        <xdr:cNvPr id="191" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId191"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>194</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="191" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId191"/>
+        <xdr:cNvPr id="192" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId192"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>195</xdr:row>
-      <xdr:rowOff>0</xdr:rowOff>
-[...28 lines deleted...]
-      <xdr:row>196</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="193" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId193"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -8293,62 +8293,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-02040242/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-02050518/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-02050519/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-02050520/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-02050521/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-co-rect-02120904/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-fruktov-i-priprav-s-kryshkoy-paderno-02120917/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-04011050/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-ilsa-04011249/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04011262/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-04011311/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-prohotel-04011370/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-prohotel-04011380/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-prohotel-04011381/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-prohotel-04011382/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-prohotel-04011383/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-prohotel-04011384/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-prohotel-04011385/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-ns-04011387/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-ns-04011388/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-ns-04011389/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04011469/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04011472/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04011473/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04011477/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04011478/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04011489/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04011496/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04011810/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04011812/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04011813/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04011824/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04011832/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04011856/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04012403/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04012406/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04012417/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-s-kryshkoy-restola-04012418/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04012419/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04012420/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04012421/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04012458/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-zeleni-i-konservirovannyh-fruktov-matfer-04012478/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04012508/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04012529/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04012531/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04012573/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04012576/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04012578/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04012580/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-i-vykladki-produktov-cambro-04012581/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04012586/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-yaic-na-120-shtuk-s-kryshkoy-aps-04012587/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04012594/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04012595/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04012596/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04012597/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04012598/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04012809/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-04012810/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04012833/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-04012868/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-04012869/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-04013637/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04013638/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04013726/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04013727/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04013728/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-pischevyh-produktov-restola-04013729/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04013730/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04013731/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013734/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04013735/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04013774/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013779/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013812/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04013820/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013821/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013846/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013848/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013849/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013850/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013851/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013852/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013853/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013854/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-pischevyh-produktov-ns-04013856/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-pischevyh-produktov-ns-04013857/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-pischevyh-produktov-ns-04013858/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-pischevyh-produktov-ns-04013859/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013862/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013863/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013864/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013867/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013868/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04013869/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04013870/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04013871/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04013872/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04013873/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04013874/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04013875/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04013876/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04013878/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04013879/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04013880/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04013882/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013884/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013885/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04013900/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04013927/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bochka-tara-04014237/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014299/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04014308/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04014322/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04014323/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-i-zamorazhivaniya-produktov-restola-04014324/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04014325/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014328/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014329/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014330/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014331/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014333/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014334/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014335/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-04014520/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-04014522/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04014702/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04014705/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014706/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014707/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014708/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014709/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014710/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014711/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014712/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014713/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04014717/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04014718/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014719/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-04014720/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-04014723/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019010/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019011/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019012/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019013/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019014/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019015/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019016/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019017/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-prohotel-04019061/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019067/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019068/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019071/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019073/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019074/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019075/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019076/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019079/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019086/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019113/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019114/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019115/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019116/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019138/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-09100286/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-09100288/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-09100460/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100584/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100586/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-09100603/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-09100604/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100697/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100708/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100709/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100713/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100715/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100716/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100850/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100853/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100854/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100856/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-09100946/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-plastic-products-07020184/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-tara-04019139/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019171/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019170/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019178/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-tara-04019196/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bochka-tara-04019195/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bochka-tara-04019193/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bochka-tara-04019194/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-bormioli-rocco-04019205/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-bormioli-rocco-04019206/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-bormioli-rocco-04019203/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-bormioli-rocco-04019204/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-02040242/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-02050518/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-02050519/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-02050520/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-02050521/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-co-rect-02120904/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-fruktov-i-priprav-s-kryshkoy-paderno-02120917/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-04011050/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-ilsa-04011249/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04011262/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-04011311/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-prohotel-04011370/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-prohotel-04011380/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-prohotel-04011381/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-prohotel-04011382/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-prohotel-04011383/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-prohotel-04011384/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-prohotel-04011385/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-ns-04011387/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-ns-04011388/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-ns-04011389/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04011469/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04011472/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04011473/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04011477/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04011478/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04011489/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04011496/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04011810/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04011812/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04011813/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04011824/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04011832/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04011856/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04012403/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04012406/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04012417/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-s-kryshkoy-restola-04012418/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04012419/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04012420/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04012421/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04012458/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-zeleni-i-konservirovannyh-fruktov-matfer-04012478/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04012508/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04012529/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04012531/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04012573/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04012576/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04012578/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04012580/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-i-vykladki-produktov-cambro-04012581/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04012586/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-yaic-na-120-shtuk-s-kryshkoy-aps-04012587/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04012594/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04012595/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04012596/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04012597/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04012598/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04012809/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-04012810/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04012833/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-04012868/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-04012869/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-04013637/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04013638/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04013726/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04013727/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04013728/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-pischevyh-produktov-restola-04013729/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04013730/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04013731/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013734/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04013735/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04013774/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013779/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013812/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04013820/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013821/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013846/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013848/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013849/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013850/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013851/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013852/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013853/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013854/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-pischevyh-produktov-ns-04013856/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-pischevyh-produktov-ns-04013857/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-pischevyh-produktov-ns-04013858/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-pischevyh-produktov-ns-04013859/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013862/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013863/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013864/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013867/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013868/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04013869/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04013870/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04013871/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04013872/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04013873/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04013874/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04013875/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04013876/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04013878/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04013879/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04013880/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04013882/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013884/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013885/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04013900/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04013927/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bochka-tara-04014237/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014299/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04014308/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04014322/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04014323/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-i-zamorazhivaniya-produktov-restola-04014324/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04014325/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014328/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014329/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014330/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014331/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014333/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014334/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014335/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-04014520/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-04014522/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04014702/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04014705/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014706/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014707/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014708/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014709/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014710/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014711/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014712/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014713/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04014717/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04014718/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014719/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-04014720/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-04014723/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019010/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019011/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019012/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019013/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019014/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019015/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019016/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019017/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-prohotel-04019061/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019067/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019068/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019071/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019073/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019074/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019075/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019076/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019079/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019086/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019113/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019114/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019115/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019116/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019138/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-09100286/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-09100288/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-09100460/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100584/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100586/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-09100603/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-09100604/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100697/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100708/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100709/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100713/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100715/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100716/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100850/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100853/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100854/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100856/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-09100946/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-plastic-products-07020184/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019171/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019170/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-restola-04019178/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-tara-04019196/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bochka-tara-04019195/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bochka-tara-04019193/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bochka-tara-04019194/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-bormioli-rocco-04019205/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-bormioli-rocco-04019206/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-bormioli-rocco-04019203/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-bormioli-rocco-04019204/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L197"/>
+  <dimension ref="A1:L196"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I197" sqref="I197"/>
+      <selection activeCell="I196" sqref="I196"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -8491,202 +8491,202 @@
         <v>32</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>33</v>
       </c>
       <c r="D5" s="0">
         <v>434207101</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F5" s="0" t="s">
         <v>24</v>
       </c>
       <c r="G5" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>34</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="L5" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D6" s="0">
         <v>434207201</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F6" s="0" t="s">
         <v>24</v>
       </c>
       <c r="G6" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="L6" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L7" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L8" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="B10" s="0" t="s">
         <v>55</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>56</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>57</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>59</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L10" s="0"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>61</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>62</v>
       </c>
       <c r="E11" s="0" t="s">
@@ -8743,339 +8743,339 @@
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
         <v>69</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>70</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>71</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>72</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>67</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>73</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>31</v>
+        <v>74</v>
       </c>
       <c r="L13" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>72</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>67</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="L14" s="0">
         <v>60</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>72</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>67</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="L15" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>72</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>67</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="L16" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>72</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>67</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>31</v>
+        <v>74</v>
       </c>
       <c r="L17" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>72</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>67</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>31</v>
+        <v>74</v>
       </c>
       <c r="L18" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>72</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>67</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>31</v>
+        <v>74</v>
       </c>
       <c r="L19" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>54</v>
+        <v>74</v>
       </c>
       <c r="L20" s="0">
         <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>109</v>
+        <v>74</v>
       </c>
       <c r="L21" s="0">
         <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
         <v>110</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>111</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>112</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="1" t="s">
         <v>113</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="L22" s="0">
         <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
         <v>114</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>115</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>116</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>18</v>
@@ -9283,51 +9283,51 @@
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
         <v>140</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>141</v>
       </c>
       <c r="D30" s="0">
         <v>140433</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>128</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>129</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I30" s="1" t="s">
         <v>142</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
         <v>143</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>144</v>
       </c>
       <c r="D31" s="0">
         <v>140439</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>128</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>129</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>18</v>
@@ -9443,51 +9443,51 @@
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
         <v>156</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>157</v>
       </c>
       <c r="D35" s="0">
         <v>510516</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>128</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
         <v>129</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>158</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>54</v>
+        <v>20</v>
       </c>
       <c r="L35" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
         <v>159</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>160</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>161</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>162</v>
       </c>
@@ -9543,179 +9543,179 @@
         <v>167</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>168</v>
       </c>
       <c r="D38" s="0">
         <v>431249201</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F38" s="0" t="s">
         <v>169</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I38" s="1" t="s">
         <v>26</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>31</v>
+        <v>74</v>
       </c>
       <c r="L38" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
         <v>170</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>171</v>
       </c>
       <c r="D39" s="0">
         <v>431249401</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I39" s="1" t="s">
         <v>172</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>31</v>
+        <v>79</v>
       </c>
       <c r="L39" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
         <v>173</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>174</v>
       </c>
       <c r="D40" s="0">
         <v>431249301</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I40" s="1" t="s">
         <v>175</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>31</v>
+        <v>74</v>
       </c>
       <c r="L40" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
         <v>176</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>177</v>
       </c>
       <c r="D41" s="0">
         <v>431265801</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I41" s="1" t="s">
         <v>178</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="L41" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
         <v>179</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>180</v>
       </c>
       <c r="D42" s="0">
         <v>431265901</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I42" s="1" t="s">
         <v>181</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="L42" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
         <v>182</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>183</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>184</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>162</v>
       </c>
@@ -10021,181 +10021,181 @@
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
         <v>220</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>221</v>
       </c>
       <c r="D53" s="0">
         <v>140485</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>128</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
         <v>129</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I53" s="1" t="s">
         <v>222</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>155</v>
+        <v>223</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D54" s="0">
         <v>82419</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D55" s="0">
         <v>431249101</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F55" s="0" t="s">
         <v>169</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>31</v>
+        <v>79</v>
       </c>
       <c r="L55" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D56" s="0">
         <v>432104521</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>234</v>
+        <v>74</v>
       </c>
       <c r="L56" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
         <v>235</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>236</v>
       </c>
       <c r="D57" s="0">
         <v>432104721</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I57" s="1" t="s">
         <v>237</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="L57" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
         <v>238</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>239</v>
       </c>
       <c r="D58" s="0">
         <v>432106321</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>18</v>
@@ -10215,1731 +10215,1731 @@
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
         <v>241</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>242</v>
       </c>
       <c r="D59" s="0">
         <v>432106521</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I59" s="1" t="s">
         <v>243</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>31</v>
+        <v>244</v>
       </c>
       <c r="L59" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L60" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L61" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F62" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>109</v>
+        <v>257</v>
       </c>
       <c r="L62" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L63" s="0"/>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L64" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L65" s="0"/>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F66" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G66" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L66" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="D67" s="0">
         <v>431148618</v>
       </c>
       <c r="E67" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F67" s="0" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="G67" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L67" s="0">
         <v>32</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="D68" s="0">
         <v>431148518</v>
       </c>
       <c r="E68" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="G68" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L68" s="0">
         <v>33</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="D69" s="0">
         <v>431148418</v>
       </c>
       <c r="E69" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F69" s="0" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="G69" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L69" s="0">
         <v>28</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="D70" s="0">
         <v>431148931</v>
       </c>
       <c r="E70" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F70" s="0" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="G70" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L70" s="0">
         <v>22</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D71" s="0">
         <v>431148818</v>
       </c>
       <c r="E71" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F71" s="0" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="G71" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L71" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="D72" s="0">
         <v>431148718</v>
       </c>
       <c r="E72" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F72" s="0" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="G72" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L72" s="0">
         <v>28</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="D73" s="0">
         <v>431174802</v>
       </c>
       <c r="E73" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F73" s="0" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="G73" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L73" s="0">
         <v>28</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="D74" s="0">
         <v>431175702</v>
       </c>
       <c r="E74" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F74" s="0" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="G74" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L74" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="E75" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L75" s="0"/>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="D76" s="0">
         <v>431275101</v>
       </c>
       <c r="E76" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>31</v>
+        <v>74</v>
       </c>
       <c r="L76" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="D77" s="0">
         <v>43127490116</v>
       </c>
       <c r="E77" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="L77" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="D78" s="0">
         <v>431129018</v>
       </c>
       <c r="E78" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F78" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="G78" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L78" s="0"/>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="D79" s="0">
         <v>431157208</v>
       </c>
       <c r="E79" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F79" s="0" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="G79" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L79" s="0"/>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="D80" s="0">
         <v>433218501</v>
       </c>
       <c r="E80" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
-        <v>38</v>
+        <v>320</v>
       </c>
       <c r="L80" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="D81" s="0">
         <v>43127500116</v>
       </c>
       <c r="E81" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="L81" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="E82" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>31</v>
+        <v>74</v>
       </c>
       <c r="L82" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="D83" s="0">
         <v>433204601</v>
       </c>
       <c r="E83" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="L83" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="D84" s="0">
         <v>43323411421</v>
       </c>
       <c r="E84" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>31</v>
+        <v>155</v>
       </c>
       <c r="L84" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="D85" s="0">
         <v>43323421421</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="L85" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="D86" s="0">
         <v>43323431421</v>
       </c>
       <c r="E86" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L86" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="D87" s="0">
         <v>43323441421</v>
       </c>
       <c r="E87" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
-        <v>38</v>
+        <v>343</v>
       </c>
       <c r="L87" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F88" s="0"/>
       <c r="G88" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="L88" s="0">
         <v>25</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>109</v>
+        <v>35</v>
       </c>
       <c r="L89" s="0">
         <v>25</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>351</v>
+        <v>35</v>
       </c>
       <c r="L90" s="0">
         <v>25</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>356</v>
+        <v>35</v>
       </c>
       <c r="L91" s="0">
         <v>25</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="D92" s="0">
         <v>43324740121</v>
       </c>
       <c r="E92" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F92" s="0" t="s">
         <v>169</v>
       </c>
       <c r="G92" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L92" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="D93" s="0">
         <v>43324730121</v>
       </c>
       <c r="E93" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F93" s="0" t="s">
         <v>169</v>
       </c>
       <c r="G93" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L93" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="D94" s="0">
         <v>43324720121</v>
       </c>
       <c r="E94" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F94" s="0" t="s">
         <v>169</v>
       </c>
       <c r="G94" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L94" s="0">
         <v>9</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="D95" s="0">
         <v>43324700121</v>
       </c>
       <c r="E95" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F95" s="0" t="s">
         <v>169</v>
       </c>
       <c r="G95" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L95" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="D96" s="0">
         <v>43324710121</v>
       </c>
       <c r="E96" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F96" s="0" t="s">
         <v>169</v>
       </c>
       <c r="G96" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L96" s="0">
         <v>7</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="D97" s="0">
         <v>431129031</v>
       </c>
       <c r="E97" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F97" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="G97" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L97" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="D98" s="0">
         <v>431129131</v>
       </c>
       <c r="E98" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F98" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="G98" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="L98" s="0">
         <v>32</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="D99" s="0">
         <v>431129431</v>
       </c>
       <c r="E99" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F99" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="G99" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L99" s="0">
         <v>26</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="D100" s="0">
         <v>431129231</v>
       </c>
       <c r="E100" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F100" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="G100" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L100" s="0">
         <v>28</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="D101" s="0">
         <v>431129331</v>
       </c>
       <c r="E101" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F101" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="G101" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L101" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="D102" s="0">
         <v>431160131</v>
       </c>
       <c r="E102" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F102" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="G102" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L102" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="D103" s="0">
         <v>431160431</v>
       </c>
       <c r="E103" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F103" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="G103" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L103" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="D104" s="0">
         <v>431181631</v>
       </c>
       <c r="E104" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F104" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="G104" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L104" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="D105" s="0">
         <v>431157203</v>
       </c>
       <c r="E105" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F105" s="0" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="G105" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L105" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="D106" s="0">
         <v>431157309</v>
       </c>
       <c r="E106" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F106" s="0" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="G106" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L106" s="0">
         <v>28</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="D107" s="0">
         <v>431173403</v>
       </c>
       <c r="E107" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F107" s="0" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="G107" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L107" s="0">
         <v>40</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="D108" s="0">
         <v>431101827</v>
       </c>
       <c r="E108" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F108" s="0" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="G108" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L108" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="D109" s="0">
         <v>432107621</v>
       </c>
       <c r="E109" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F109" s="0"/>
       <c r="G109" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I109" s="1" t="s">
         <v>237</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
-        <v>410</v>
+        <v>20</v>
       </c>
       <c r="L109" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D110" s="0">
         <v>432107721</v>
       </c>
       <c r="E110" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F110" s="0"/>
       <c r="G110" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I110" s="1" t="s">
         <v>243</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
-        <v>413</v>
+        <v>336</v>
       </c>
       <c r="L110" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
         <v>414</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>415</v>
       </c>
       <c r="D111" s="0">
         <v>149104</v>
       </c>
       <c r="E111" s="0" t="s">
         <v>128</v>
       </c>
       <c r="F111" s="0"/>
       <c r="G111" s="0" t="s">
         <v>129</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>18</v>
@@ -12008,64 +12008,64 @@
         <v>426</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L113" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
         <v>427</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>428</v>
       </c>
       <c r="D114" s="0">
         <v>431148431</v>
       </c>
       <c r="E114" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F114" s="0" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="G114" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
-        <v>31</v>
+        <v>155</v>
       </c>
       <c r="L114" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
         <v>429</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>430</v>
       </c>
       <c r="D115" s="0">
         <v>551106</v>
       </c>
       <c r="E115" s="0" t="s">
         <v>128</v>
       </c>
       <c r="F115" s="0"/>
       <c r="G115" s="0" t="s">
         <v>129</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>18</v>
@@ -12074,511 +12074,511 @@
         <v>431</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L115" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
         <v>432</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>433</v>
       </c>
       <c r="D116" s="0">
         <v>43116073195</v>
       </c>
       <c r="E116" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F116" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="G116" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="L116" s="0">
         <v>42</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
         <v>434</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>435</v>
       </c>
       <c r="D117" s="0">
         <v>431160809</v>
       </c>
       <c r="E117" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F117" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="G117" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I117" s="1" t="s">
         <v>436</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
-        <v>38</v>
+        <v>437</v>
       </c>
       <c r="L117" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="D118" s="0">
         <v>431130031</v>
       </c>
       <c r="E118" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F118" s="0" t="s">
         <v>169</v>
       </c>
       <c r="G118" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L118" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="D119" s="0">
         <v>431130131</v>
       </c>
       <c r="E119" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F119" s="0" t="s">
         <v>169</v>
       </c>
       <c r="G119" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L119" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="D120" s="0">
         <v>431148831</v>
       </c>
       <c r="E120" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F120" s="0"/>
       <c r="G120" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
-        <v>31</v>
+        <v>74</v>
       </c>
       <c r="L120" s="0">
         <v>21</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="D121" s="0">
         <v>431148631</v>
       </c>
       <c r="E121" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F121" s="0"/>
       <c r="G121" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H121" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="L121" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="D122" s="0">
         <v>431148531</v>
       </c>
       <c r="E122" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F122" s="0"/>
       <c r="G122" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="L122" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="D123" s="0">
         <v>431157331</v>
       </c>
       <c r="E123" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F123" s="0"/>
       <c r="G123" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="L123" s="0">
         <v>28</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="D124" s="0">
         <v>431148731</v>
       </c>
       <c r="E124" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F124" s="0"/>
       <c r="G124" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
-        <v>457</v>
+        <v>74</v>
       </c>
       <c r="L124" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
         <v>458</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>459</v>
       </c>
       <c r="D125" s="0">
         <v>431149031</v>
       </c>
       <c r="E125" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F125" s="0"/>
       <c r="G125" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I125" s="1" t="s">
         <v>460</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
-        <v>31</v>
+        <v>74</v>
       </c>
       <c r="L125" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
         <v>461</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>462</v>
       </c>
       <c r="D126" s="0">
         <v>431157231</v>
       </c>
       <c r="E126" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F126" s="0" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="G126" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I126" s="1" t="s">
         <v>463</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L126" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
         <v>464</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>465</v>
       </c>
       <c r="D127" s="0" t="s">
         <v>466</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F127" s="0"/>
       <c r="G127" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I127" s="1" t="s">
         <v>467</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L127" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
         <v>468</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>469</v>
       </c>
       <c r="D128" s="0" t="s">
         <v>470</v>
       </c>
       <c r="E128" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F128" s="0"/>
       <c r="G128" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I128" s="1" t="s">
         <v>471</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L128" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
         <v>472</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>473</v>
       </c>
       <c r="D129" s="0">
         <v>431101809</v>
       </c>
       <c r="E129" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F129" s="0" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="G129" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I129" s="1" t="s">
         <v>474</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L129" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
         <v>475</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>476</v>
       </c>
       <c r="D130" s="0">
         <v>431160118</v>
       </c>
       <c r="E130" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F130" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="G130" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H130" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I130" s="1" t="s">
         <v>477</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L130" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
         <v>478</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>479</v>
@@ -12649,85 +12649,85 @@
         <v>486</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>487</v>
       </c>
       <c r="D133" s="0">
         <v>431179413</v>
       </c>
       <c r="E133" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F133" s="0" t="s">
         <v>480</v>
       </c>
       <c r="G133" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I133" s="1" t="s">
         <v>488</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
-        <v>489</v>
+        <v>244</v>
       </c>
       <c r="L133" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
+        <v>489</v>
+      </c>
+      <c r="C134" s="0" t="s">
         <v>490</v>
-      </c>
-[...1 lines deleted...]
-        <v>491</v>
       </c>
       <c r="D134" s="0">
         <v>431179513</v>
       </c>
       <c r="E134" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F134" s="0" t="s">
         <v>480</v>
       </c>
       <c r="G134" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H134" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
-        <v>38</v>
+        <v>492</v>
       </c>
       <c r="L134" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
         <v>493</v>
       </c>
       <c r="C135" s="0" t="s">
         <v>494</v>
       </c>
       <c r="D135" s="0">
         <v>431179613</v>
       </c>
       <c r="E135" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F135" s="0" t="s">
         <v>480</v>
       </c>
       <c r="G135" s="0" t="s">
         <v>25</v>
       </c>
@@ -12751,2062 +12751,2033 @@
         <v>495</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>496</v>
       </c>
       <c r="D136" s="0">
         <v>431179713</v>
       </c>
       <c r="E136" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F136" s="0" t="s">
         <v>480</v>
       </c>
       <c r="G136" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I136" s="1" t="s">
         <v>488</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
-        <v>410</v>
+        <v>223</v>
       </c>
       <c r="L136" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
         <v>497</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>498</v>
       </c>
       <c r="D137" s="0">
         <v>431179813</v>
       </c>
       <c r="E137" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F137" s="0" t="s">
         <v>480</v>
       </c>
       <c r="G137" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I137" s="1" t="s">
         <v>488</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
-        <v>499</v>
+        <v>39</v>
       </c>
       <c r="L137" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
+        <v>499</v>
+      </c>
+      <c r="C138" s="0" t="s">
         <v>500</v>
-      </c>
-[...1 lines deleted...]
-        <v>501</v>
       </c>
       <c r="D138" s="0">
         <v>431179913</v>
       </c>
       <c r="E138" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F138" s="0" t="s">
         <v>480</v>
       </c>
       <c r="G138" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H138" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
-        <v>502</v>
+        <v>244</v>
       </c>
       <c r="L138" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="D139" s="0">
         <v>433116631</v>
       </c>
       <c r="E139" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F139" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="G139" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H139" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L139" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
-        <v>505</v>
+        <v>503</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>506</v>
+        <v>504</v>
       </c>
       <c r="D140" s="0">
         <v>433116731</v>
       </c>
       <c r="E140" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F140" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="G140" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H140" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L140" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="D141" s="0">
         <v>432111921</v>
       </c>
       <c r="E141" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F141" s="0" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="G141" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
-        <v>31</v>
+        <v>510</v>
       </c>
       <c r="L141" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
+        <v>511</v>
+      </c>
+      <c r="C142" s="0" t="s">
         <v>512</v>
       </c>
-      <c r="C142" s="0" t="s">
+      <c r="D142" s="0" t="s">
         <v>513</v>
       </c>
-      <c r="D142" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E142" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F142" s="0"/>
       <c r="G142" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>515</v>
+        <v>514</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L142" s="0"/>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
+        <v>515</v>
+      </c>
+      <c r="C143" s="0" t="s">
         <v>516</v>
       </c>
-      <c r="C143" s="0" t="s">
+      <c r="D143" s="0" t="s">
         <v>517</v>
       </c>
-      <c r="D143" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E143" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F143" s="0"/>
       <c r="G143" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>519</v>
+        <v>518</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L143" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
+        <v>519</v>
+      </c>
+      <c r="C144" s="0" t="s">
         <v>520</v>
-      </c>
-[...1 lines deleted...]
-        <v>521</v>
       </c>
       <c r="D144" s="0">
         <v>431199117</v>
       </c>
       <c r="E144" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F144" s="0" t="s">
         <v>480</v>
       </c>
       <c r="G144" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>522</v>
+        <v>521</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L144" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
+        <v>522</v>
+      </c>
+      <c r="C145" s="0" t="s">
         <v>523</v>
-      </c>
-[...1 lines deleted...]
-        <v>524</v>
       </c>
       <c r="D145" s="0">
         <v>431199217</v>
       </c>
       <c r="E145" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F145" s="0" t="s">
         <v>480</v>
       </c>
       <c r="G145" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H145" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>525</v>
+        <v>524</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L145" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
+        <v>525</v>
+      </c>
+      <c r="C146" s="0" t="s">
         <v>526</v>
-      </c>
-[...1 lines deleted...]
-        <v>527</v>
       </c>
       <c r="D146" s="0">
         <v>431199317</v>
       </c>
       <c r="E146" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F146" s="0" t="s">
         <v>480</v>
       </c>
       <c r="G146" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H146" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>528</v>
+        <v>527</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L146" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
+        <v>528</v>
+      </c>
+      <c r="C147" s="0" t="s">
         <v>529</v>
-      </c>
-[...1 lines deleted...]
-        <v>530</v>
       </c>
       <c r="D147" s="0">
         <v>431199417</v>
       </c>
       <c r="E147" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F147" s="0" t="s">
         <v>480</v>
       </c>
       <c r="G147" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H147" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="L147" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
+        <v>530</v>
+      </c>
+      <c r="C148" s="0" t="s">
         <v>531</v>
-      </c>
-[...1 lines deleted...]
-        <v>532</v>
       </c>
       <c r="D148" s="0">
         <v>431199517</v>
       </c>
       <c r="E148" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F148" s="0" t="s">
         <v>480</v>
       </c>
       <c r="G148" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H148" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L148" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
+        <v>533</v>
+      </c>
+      <c r="C149" s="0" t="s">
         <v>534</v>
-      </c>
-[...1 lines deleted...]
-        <v>535</v>
       </c>
       <c r="D149" s="0">
         <v>431199617</v>
       </c>
       <c r="E149" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F149" s="0" t="s">
         <v>480</v>
       </c>
       <c r="G149" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H149" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L149" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
+        <v>535</v>
+      </c>
+      <c r="C150" s="0" t="s">
         <v>536</v>
-      </c>
-[...1 lines deleted...]
-        <v>537</v>
       </c>
       <c r="D150" s="0">
         <v>431199717</v>
       </c>
       <c r="E150" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F150" s="0" t="s">
         <v>480</v>
       </c>
       <c r="G150" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H150" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L150" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
+        <v>537</v>
+      </c>
+      <c r="C151" s="0" t="s">
         <v>538</v>
-      </c>
-[...1 lines deleted...]
-        <v>539</v>
       </c>
       <c r="D151" s="0">
         <v>431199817</v>
       </c>
       <c r="E151" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F151" s="0" t="s">
         <v>480</v>
       </c>
       <c r="G151" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H151" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L151" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
+        <v>539</v>
+      </c>
+      <c r="C152" s="0" t="s">
         <v>540</v>
       </c>
-      <c r="C152" s="0" t="s">
+      <c r="D152" s="0" t="s">
         <v>541</v>
-      </c>
-[...1 lines deleted...]
-        <v>542</v>
       </c>
       <c r="E152" s="0" t="s">
         <v>72</v>
       </c>
       <c r="F152" s="0"/>
       <c r="G152" s="0" t="s">
         <v>67</v>
       </c>
       <c r="H152" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
-        <v>544</v>
+        <v>543</v>
       </c>
       <c r="L152" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
+        <v>544</v>
+      </c>
+      <c r="C153" s="0" t="s">
         <v>545</v>
       </c>
-      <c r="C153" s="0" t="s">
+      <c r="D153" s="0" t="s">
         <v>546</v>
-      </c>
-[...1 lines deleted...]
-        <v>547</v>
       </c>
       <c r="E153" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F153" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="G153" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H153" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
-        <v>38</v>
+        <v>547</v>
       </c>
       <c r="L153" s="0">
         <v>28</v>
       </c>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
         <v>548</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>549</v>
       </c>
       <c r="D154" s="0" t="s">
         <v>550</v>
       </c>
       <c r="E154" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F154" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="G154" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H154" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I154" s="1" t="s">
         <v>26</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="L154" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="A155" s="0"/>
       <c r="B155" s="0" t="s">
         <v>551</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>552</v>
       </c>
-      <c r="D155" s="0">
-        <v>431181909</v>
+      <c r="D155" s="0" t="s">
+        <v>553</v>
       </c>
       <c r="E155" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F155" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="G155" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H155" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="L155" s="0">
         <v>11</v>
       </c>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="D156" s="0" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="E156" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F156" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="G156" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H156" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="L156" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="D157" s="0">
         <v>431129109</v>
       </c>
       <c r="E157" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F157" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="G157" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H157" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
-        <v>457</v>
+        <v>560</v>
       </c>
       <c r="L157" s="0">
         <v>32</v>
       </c>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="D158" s="0">
         <v>431160709</v>
       </c>
       <c r="E158" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F158" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="G158" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H158" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L158" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="D159" s="0">
         <v>431181609</v>
       </c>
       <c r="E159" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F159" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="G159" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H159" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L159" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
         <v>475</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="D160" s="0" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="E160" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F160" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="G160" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H160" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
-        <v>38</v>
+        <v>570</v>
       </c>
       <c r="L160" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
       <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="D161" s="0">
         <v>431129409</v>
       </c>
       <c r="E161" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F161" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="G161" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H161" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="L161" s="0">
         <v>26</v>
       </c>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
       <c r="A162" s="0"/>
       <c r="B162" s="0" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="D162" s="0">
         <v>431160409</v>
       </c>
       <c r="E162" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F162" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="G162" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H162" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
-        <v>573</v>
+        <v>88</v>
       </c>
       <c r="L162" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
       <c r="A163" s="0"/>
       <c r="B163" s="0" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="C163" s="0" t="s">
-        <v>575</v>
-[...2 lines deleted...]
-        <v>433116709</v>
+        <v>577</v>
+      </c>
+      <c r="D163" s="0" t="s">
+        <v>578</v>
       </c>
       <c r="E163" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F163" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="G163" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H163" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="L163" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="80">
       <c r="A164" s="0"/>
       <c r="B164" s="0" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="C164" s="0" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
       <c r="D164" s="0" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="E164" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F164" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="G164" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H164" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="s">
-        <v>582</v>
+        <v>585</v>
       </c>
       <c r="L164" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="80">
       <c r="A165" s="0"/>
       <c r="B165" s="0" t="s">
-        <v>583</v>
+        <v>586</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>584</v>
-[...2 lines deleted...]
-        <v>431147909</v>
+        <v>587</v>
+      </c>
+      <c r="D165" s="0" t="s">
+        <v>588</v>
       </c>
       <c r="E165" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F165" s="0"/>
       <c r="G165" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H165" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>585</v>
+        <v>589</v>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="s">
-        <v>31</v>
+        <v>74</v>
       </c>
       <c r="L165" s="0">
         <v>32</v>
       </c>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="80">
       <c r="A166" s="0"/>
       <c r="B166" s="0" t="s">
-        <v>586</v>
+        <v>590</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>587</v>
+        <v>591</v>
       </c>
       <c r="D166" s="0">
         <v>435217336</v>
       </c>
       <c r="E166" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F166" s="0" t="s">
-        <v>588</v>
+        <v>592</v>
       </c>
       <c r="G166" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H166" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>589</v>
+        <v>593</v>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L166" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="80">
       <c r="A167" s="0"/>
       <c r="B167" s="0" t="s">
-        <v>590</v>
+        <v>594</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>591</v>
+        <v>595</v>
       </c>
       <c r="D167" s="0">
         <v>510203</v>
       </c>
       <c r="E167" s="0" t="s">
         <v>128</v>
       </c>
       <c r="F167" s="0"/>
       <c r="G167" s="0" t="s">
         <v>129</v>
       </c>
       <c r="H167" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>592</v>
+        <v>596</v>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L167" s="0"/>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="80">
       <c r="A168" s="0"/>
       <c r="B168" s="0" t="s">
-        <v>593</v>
+        <v>597</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>594</v>
+        <v>598</v>
       </c>
       <c r="D168" s="0">
         <v>510315</v>
       </c>
       <c r="E168" s="0" t="s">
         <v>128</v>
       </c>
       <c r="F168" s="0"/>
       <c r="G168" s="0" t="s">
         <v>129</v>
       </c>
       <c r="H168" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I168" s="1" t="s">
-        <v>595</v>
+        <v>599</v>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L168" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="80">
       <c r="A169" s="0"/>
       <c r="B169" s="0" t="s">
-        <v>596</v>
+        <v>600</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>597</v>
+        <v>601</v>
       </c>
       <c r="D169" s="0" t="s">
-        <v>598</v>
+        <v>602</v>
       </c>
       <c r="E169" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F169" s="0"/>
       <c r="G169" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H169" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L169" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="80">
       <c r="A170" s="0"/>
       <c r="B170" s="0" t="s">
-        <v>600</v>
+        <v>604</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="D170" s="0" t="s">
-        <v>602</v>
+        <v>606</v>
       </c>
       <c r="E170" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F170" s="0"/>
       <c r="G170" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H170" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>603</v>
+        <v>607</v>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L170" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="80">
       <c r="A171" s="0"/>
       <c r="B171" s="0" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
       <c r="C171" s="0" t="s">
-        <v>605</v>
+        <v>609</v>
       </c>
       <c r="D171" s="0" t="s">
-        <v>606</v>
+        <v>610</v>
       </c>
       <c r="E171" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F171" s="0"/>
       <c r="G171" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H171" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L171" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="80">
       <c r="A172" s="0"/>
       <c r="B172" s="0" t="s">
-        <v>608</v>
+        <v>612</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>609</v>
+        <v>613</v>
       </c>
       <c r="D172" s="0" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="E172" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F172" s="0"/>
       <c r="G172" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H172" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I172" s="1" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="J172" s="0"/>
       <c r="K172" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L172" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="80">
       <c r="A173" s="0"/>
       <c r="B173" s="0" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="C173" s="0" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="D173" s="0" t="s">
-        <v>614</v>
+        <v>618</v>
       </c>
       <c r="E173" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F173" s="0"/>
       <c r="G173" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H173" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>615</v>
+        <v>619</v>
       </c>
       <c r="J173" s="0"/>
       <c r="K173" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L173" s="0"/>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="80">
       <c r="A174" s="0"/>
       <c r="B174" s="0" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="C174" s="0" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="D174" s="0" t="s">
-        <v>618</v>
+        <v>622</v>
       </c>
       <c r="E174" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F174" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G174" s="0" t="s">
         <v>162</v>
       </c>
       <c r="H174" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="J174" s="0"/>
       <c r="K174" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L174" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="80">
       <c r="A175" s="0"/>
       <c r="B175" s="0" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="C175" s="0" t="s">
-        <v>621</v>
+        <v>625</v>
       </c>
       <c r="D175" s="0" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
       <c r="E175" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F175" s="0" t="s">
         <v>120</v>
       </c>
       <c r="G175" s="0" t="s">
         <v>162</v>
       </c>
       <c r="H175" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="J175" s="0"/>
       <c r="K175" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L175" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="80">
       <c r="A176" s="0"/>
       <c r="B176" s="0" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
       <c r="C176" s="0" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
       <c r="D176" s="0" t="s">
-        <v>626</v>
+        <v>630</v>
       </c>
       <c r="E176" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F176" s="0" t="s">
         <v>120</v>
       </c>
       <c r="G176" s="0" t="s">
         <v>162</v>
       </c>
       <c r="H176" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>627</v>
+        <v>631</v>
       </c>
       <c r="J176" s="0"/>
       <c r="K176" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L176" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="80">
       <c r="A177" s="0"/>
       <c r="B177" s="0" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="C177" s="0" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
       <c r="D177" s="0" t="s">
-        <v>630</v>
+        <v>634</v>
       </c>
       <c r="E177" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F177" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G177" s="0" t="s">
         <v>162</v>
       </c>
       <c r="H177" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I177" s="1" t="s">
-        <v>631</v>
+        <v>635</v>
       </c>
       <c r="J177" s="0"/>
       <c r="K177" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L177" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="80">
       <c r="A178" s="0"/>
       <c r="B178" s="0" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="C178" s="0" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="D178" s="0" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="E178" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F178" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G178" s="0" t="s">
         <v>162</v>
       </c>
       <c r="H178" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I178" s="1" t="s">
-        <v>635</v>
+        <v>639</v>
       </c>
       <c r="J178" s="0"/>
       <c r="K178" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L178" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="80">
       <c r="A179" s="0"/>
       <c r="B179" s="0" t="s">
-        <v>636</v>
+        <v>640</v>
       </c>
       <c r="C179" s="0" t="s">
-        <v>637</v>
+        <v>641</v>
       </c>
       <c r="D179" s="0" t="s">
-        <v>638</v>
+        <v>642</v>
       </c>
       <c r="E179" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F179" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G179" s="0" t="s">
         <v>162</v>
       </c>
       <c r="H179" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I179" s="1" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
       <c r="J179" s="0"/>
       <c r="K179" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L179" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="80">
       <c r="A180" s="0"/>
       <c r="B180" s="0" t="s">
-        <v>640</v>
+        <v>644</v>
       </c>
       <c r="C180" s="0" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="D180" s="0" t="s">
-        <v>642</v>
+        <v>646</v>
       </c>
       <c r="E180" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F180" s="0"/>
       <c r="G180" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H180" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I180" s="1" t="s">
-        <v>643</v>
+        <v>647</v>
       </c>
       <c r="J180" s="0"/>
       <c r="K180" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L180" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="80">
       <c r="A181" s="0"/>
       <c r="B181" s="0" t="s">
-        <v>644</v>
+        <v>648</v>
       </c>
       <c r="C181" s="0" t="s">
-        <v>645</v>
+        <v>649</v>
       </c>
       <c r="D181" s="0" t="s">
-        <v>646</v>
+        <v>650</v>
       </c>
       <c r="E181" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F181" s="0"/>
       <c r="G181" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H181" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I181" s="1" t="s">
-        <v>647</v>
+        <v>651</v>
       </c>
       <c r="J181" s="0"/>
       <c r="K181" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L181" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="80">
       <c r="A182" s="0"/>
       <c r="B182" s="0" t="s">
-        <v>648</v>
+        <v>652</v>
       </c>
       <c r="C182" s="0" t="s">
-        <v>649</v>
+        <v>653</v>
       </c>
       <c r="D182" s="0" t="s">
-        <v>650</v>
+        <v>654</v>
       </c>
       <c r="E182" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F182" s="0"/>
       <c r="G182" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H182" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I182" s="1" t="s">
-        <v>651</v>
+        <v>655</v>
       </c>
       <c r="J182" s="0"/>
       <c r="K182" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L182" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="80">
       <c r="A183" s="0"/>
       <c r="B183" s="0" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="C183" s="0" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="D183" s="0" t="s">
-        <v>654</v>
+        <v>658</v>
       </c>
       <c r="E183" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F183" s="0"/>
       <c r="G183" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H183" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>655</v>
+        <v>659</v>
       </c>
       <c r="J183" s="0"/>
       <c r="K183" s="0" t="s">
-        <v>31</v>
+        <v>74</v>
       </c>
       <c r="L183" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="80">
       <c r="A184" s="0"/>
       <c r="B184" s="0" t="s">
-        <v>656</v>
+        <v>660</v>
       </c>
       <c r="C184" s="0" t="s">
-        <v>657</v>
+        <v>661</v>
       </c>
       <c r="D184" s="0" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
       <c r="E184" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F184" s="0"/>
       <c r="G184" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H184" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I184" s="1" t="s">
-        <v>659</v>
+        <v>663</v>
       </c>
       <c r="J184" s="0"/>
       <c r="K184" s="0" t="s">
         <v>155</v>
       </c>
       <c r="L184" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="80">
       <c r="A185" s="0"/>
       <c r="B185" s="0" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
       <c r="C185" s="0" t="s">
-        <v>661</v>
+        <v>665</v>
       </c>
       <c r="D185" s="0" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="E185" s="0" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="F185" s="0"/>
       <c r="G185" s="0" t="s">
         <v>67</v>
       </c>
       <c r="H185" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I185" s="1" t="s">
-        <v>664</v>
+        <v>668</v>
       </c>
       <c r="J185" s="0"/>
       <c r="K185" s="0" t="s">
-        <v>31</v>
+        <v>74</v>
       </c>
       <c r="L185" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="80">
+      <c r="A186" s="0"/>
       <c r="B186" s="0" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="C186" s="0" t="s">
-        <v>666</v>
-[...2 lines deleted...]
-        <v>667</v>
+        <v>670</v>
+      </c>
+      <c r="D186" s="0">
+        <v>43316660903</v>
       </c>
       <c r="E186" s="0" t="s">
-        <v>424</v>
+        <v>23</v>
       </c>
       <c r="F186" s="0"/>
       <c r="G186" s="0" t="s">
-        <v>668</v>
+        <v>25</v>
       </c>
       <c r="H186" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I186" s="1" t="s">
-        <v>669</v>
+        <v>451</v>
       </c>
       <c r="J186" s="0"/>
       <c r="K186" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L186" s="0"/>
+      <c r="L186" s="0">
+        <v>16</v>
+      </c>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="80">
       <c r="A187" s="0"/>
       <c r="B187" s="0" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="C187" s="0" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="D187" s="0">
-        <v>43316660903</v>
+        <v>43316670903</v>
       </c>
       <c r="E187" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F187" s="0"/>
       <c r="G187" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H187" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>450</v>
+        <v>673</v>
       </c>
       <c r="J187" s="0"/>
       <c r="K187" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L187" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="80">
       <c r="A188" s="0"/>
       <c r="B188" s="0" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="C188" s="0" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="D188" s="0">
-        <v>43316670903</v>
+        <v>431139201</v>
       </c>
       <c r="E188" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F188" s="0"/>
       <c r="G188" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H188" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="J188" s="0"/>
       <c r="K188" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L188" s="0">
-        <v>16</v>
+        <v>34</v>
       </c>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="80">
       <c r="A189" s="0"/>
       <c r="B189" s="0" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="C189" s="0" t="s">
-        <v>676</v>
-[...2 lines deleted...]
-        <v>431139201</v>
+        <v>678</v>
+      </c>
+      <c r="D189" s="0" t="s">
+        <v>679</v>
       </c>
       <c r="E189" s="0" t="s">
-        <v>23</v>
+        <v>424</v>
       </c>
       <c r="F189" s="0"/>
       <c r="G189" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H189" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I189" s="1" t="s">
-        <v>677</v>
+        <v>680</v>
       </c>
       <c r="J189" s="0"/>
       <c r="K189" s="0" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="L189" s="0">
-        <v>34</v>
+        <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="80">
       <c r="A190" s="0"/>
       <c r="B190" s="0" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
       <c r="C190" s="0" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="D190" s="0" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="E190" s="0" t="s">
         <v>424</v>
       </c>
       <c r="F190" s="0"/>
       <c r="G190" s="0" t="s">
-        <v>25</v>
+        <v>425</v>
       </c>
       <c r="H190" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I190" s="1" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="J190" s="0"/>
       <c r="K190" s="0" t="s">
-        <v>54</v>
+        <v>20</v>
       </c>
       <c r="L190" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="191" spans="1:12" customHeight="1" ht="80">
       <c r="A191" s="0"/>
       <c r="B191" s="0" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
       <c r="C191" s="0" t="s">
-        <v>683</v>
+        <v>686</v>
       </c>
       <c r="D191" s="0" t="s">
-        <v>684</v>
+        <v>687</v>
       </c>
       <c r="E191" s="0" t="s">
         <v>424</v>
       </c>
       <c r="F191" s="0"/>
       <c r="G191" s="0" t="s">
         <v>425</v>
       </c>
       <c r="H191" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I191" s="1" t="s">
-        <v>685</v>
+        <v>688</v>
       </c>
       <c r="J191" s="0"/>
       <c r="K191" s="0" t="s">
-        <v>20</v>
+        <v>689</v>
       </c>
       <c r="L191" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="80">
       <c r="A192" s="0"/>
       <c r="B192" s="0" t="s">
-        <v>686</v>
+        <v>690</v>
       </c>
       <c r="C192" s="0" t="s">
-        <v>687</v>
+        <v>691</v>
       </c>
       <c r="D192" s="0" t="s">
-        <v>688</v>
+        <v>692</v>
       </c>
       <c r="E192" s="0" t="s">
         <v>424</v>
       </c>
       <c r="F192" s="0"/>
       <c r="G192" s="0" t="s">
-        <v>425</v>
+        <v>25</v>
       </c>
       <c r="H192" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I192" s="1" t="s">
-        <v>689</v>
+        <v>693</v>
       </c>
       <c r="J192" s="0"/>
       <c r="K192" s="0" t="s">
-        <v>544</v>
+        <v>560</v>
       </c>
       <c r="L192" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="80">
       <c r="A193" s="0"/>
       <c r="B193" s="0" t="s">
-        <v>690</v>
+        <v>694</v>
       </c>
       <c r="C193" s="0" t="s">
-        <v>691</v>
+        <v>695</v>
       </c>
       <c r="D193" s="0" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="E193" s="0" t="s">
-        <v>424</v>
-[...1 lines deleted...]
-      <c r="F193" s="0"/>
+        <v>697</v>
+      </c>
+      <c r="F193" s="0" t="s">
+        <v>698</v>
+      </c>
       <c r="G193" s="0" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="H193" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I193" s="1" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="J193" s="0"/>
       <c r="K193" s="0" t="s">
-        <v>502</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L193" s="0"/>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="80">
       <c r="A194" s="0"/>
       <c r="B194" s="0" t="s">
-        <v>694</v>
+        <v>700</v>
       </c>
       <c r="C194" s="0" t="s">
-        <v>695</v>
+        <v>701</v>
       </c>
       <c r="D194" s="0" t="s">
-        <v>696</v>
+        <v>702</v>
       </c>
       <c r="E194" s="0" t="s">
         <v>697</v>
       </c>
       <c r="F194" s="0" t="s">
         <v>698</v>
       </c>
       <c r="G194" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H194" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I194" s="1" t="s">
-        <v>699</v>
+        <v>703</v>
       </c>
       <c r="J194" s="0"/>
       <c r="K194" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L194" s="0"/>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="80">
       <c r="A195" s="0"/>
       <c r="B195" s="0" t="s">
-        <v>700</v>
+        <v>704</v>
       </c>
       <c r="C195" s="0" t="s">
-        <v>701</v>
+        <v>705</v>
       </c>
       <c r="D195" s="0" t="s">
-        <v>702</v>
+        <v>706</v>
       </c>
       <c r="E195" s="0" t="s">
         <v>697</v>
       </c>
       <c r="F195" s="0" t="s">
         <v>698</v>
       </c>
       <c r="G195" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H195" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I195" s="1" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="J195" s="0"/>
       <c r="K195" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L195" s="0"/>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="80">
       <c r="A196" s="0"/>
       <c r="B196" s="0" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="C196" s="0" t="s">
-        <v>705</v>
+        <v>709</v>
       </c>
       <c r="D196" s="0" t="s">
-        <v>706</v>
+        <v>710</v>
       </c>
       <c r="E196" s="0" t="s">
         <v>697</v>
       </c>
       <c r="F196" s="0" t="s">
         <v>698</v>
       </c>
       <c r="G196" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H196" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I196" s="1" t="s">
-        <v>707</v>
+        <v>711</v>
       </c>
       <c r="J196" s="0"/>
       <c r="K196" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L196" s="0"/>
-    </row>
-[...30 lines deleted...]
-      <c r="L197" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -14962,51 +14933,50 @@
     <hyperlink ref="B172" r:id="rId_hyperlink_171"/>
     <hyperlink ref="B173" r:id="rId_hyperlink_172"/>
     <hyperlink ref="B174" r:id="rId_hyperlink_173"/>
     <hyperlink ref="B175" r:id="rId_hyperlink_174"/>
     <hyperlink ref="B176" r:id="rId_hyperlink_175"/>
     <hyperlink ref="B177" r:id="rId_hyperlink_176"/>
     <hyperlink ref="B178" r:id="rId_hyperlink_177"/>
     <hyperlink ref="B179" r:id="rId_hyperlink_178"/>
     <hyperlink ref="B180" r:id="rId_hyperlink_179"/>
     <hyperlink ref="B181" r:id="rId_hyperlink_180"/>
     <hyperlink ref="B182" r:id="rId_hyperlink_181"/>
     <hyperlink ref="B183" r:id="rId_hyperlink_182"/>
     <hyperlink ref="B184" r:id="rId_hyperlink_183"/>
     <hyperlink ref="B185" r:id="rId_hyperlink_184"/>
     <hyperlink ref="B186" r:id="rId_hyperlink_185"/>
     <hyperlink ref="B187" r:id="rId_hyperlink_186"/>
     <hyperlink ref="B188" r:id="rId_hyperlink_187"/>
     <hyperlink ref="B189" r:id="rId_hyperlink_188"/>
     <hyperlink ref="B190" r:id="rId_hyperlink_189"/>
     <hyperlink ref="B191" r:id="rId_hyperlink_190"/>
     <hyperlink ref="B192" r:id="rId_hyperlink_191"/>
     <hyperlink ref="B193" r:id="rId_hyperlink_192"/>
     <hyperlink ref="B194" r:id="rId_hyperlink_193"/>
     <hyperlink ref="B195" r:id="rId_hyperlink_194"/>
     <hyperlink ref="B196" r:id="rId_hyperlink_195"/>
-    <hyperlink ref="B197" r:id="rId_hyperlink_196"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>