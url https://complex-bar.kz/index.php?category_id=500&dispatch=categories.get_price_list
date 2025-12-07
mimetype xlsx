--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2683">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2719">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -110,7256 +110,7235 @@
   <si>
     <t>p</t>
   </si>
   <si>
     <t>2733.00₸</t>
   </si>
   <si>
     <t>Блюдце «Бэйс» для масла;фарфор;D=120,H=15мм;белый</t>
   </si>
   <si>
     <t>03010486</t>
   </si>
   <si>
     <t>B9214702</t>
   </si>
   <si>
     <t>Serax</t>
   </si>
   <si>
     <t>БЕЛЬГИЯ</t>
   </si>
   <si>
     <t>10049.00₸</t>
   </si>
   <si>
+    <t>Блюдце «С-Класс»;фарфор;D=170/53,H=20мм;белый</t>
+  </si>
+  <si>
+    <t>03012150</t>
+  </si>
+  <si>
+    <t>ESS1717</t>
+  </si>
+  <si>
+    <t>G. Benedikt Karlovy Vary</t>
+  </si>
+  <si>
+    <t>Ess Klasse</t>
+  </si>
+  <si>
+    <t>ЧЕХИЯ</t>
+  </si>
+  <si>
+    <t>3173.00₸</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце «Сахара»;D=160,H=16мм;бежев.,песочн.</t>
+  </si>
+  <si>
+    <t>03020103</t>
+  </si>
+  <si>
+    <t>Sahara</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>1348.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце «Сахара»;стекло;D=14см;бежев.,песочн.</t>
+  </si>
+  <si>
+    <t>03020104</t>
+  </si>
+  <si>
+    <t>Arcoroc</t>
+  </si>
+  <si>
+    <t>1476.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Рисепшн»;стекло;D=160,H=18мм;слон.кость,серый</t>
+  </si>
+  <si>
+    <t>03020107</t>
+  </si>
+  <si>
+    <t>Reception</t>
+  </si>
+  <si>
+    <t>1764.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце «Рисепшн»;стекло;D=115,H=13мм;слон.кость,серый</t>
+  </si>
+  <si>
+    <t>03020108</t>
+  </si>
+  <si>
+    <t>09900</t>
+  </si>
+  <si>
+    <t>1120.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Рисепшн»;стекло;D=140,H=15мм;слон.кость,серый</t>
+  </si>
+  <si>
+    <t>03020109</t>
+  </si>
+  <si>
+    <t>1428.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце «Ресторан»;стекло;D=110/35,H=15мм;белый</t>
+  </si>
+  <si>
+    <t>03020110</t>
+  </si>
+  <si>
+    <t>Restaurant</t>
+  </si>
+  <si>
+    <t>770.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце «Ресторан»;стекло;D=150/53,H=18мм;белый</t>
+  </si>
+  <si>
+    <t>03020111</t>
+  </si>
+  <si>
+    <t>Блюдце «Ресторан»;стекло;D=140/48,H=15мм;белый</t>
+  </si>
+  <si>
+    <t>03020112</t>
+  </si>
+  <si>
+    <t>1596.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Симплисити»;фарфор;D=155/49,H=20мм;белый</t>
+  </si>
+  <si>
+    <t>03020113</t>
+  </si>
+  <si>
+    <t>1101 0218</t>
+  </si>
+  <si>
+    <t>Simpl White</t>
+  </si>
+  <si>
+    <t>3204.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Симплисити»;фарфор;D=115/40,H=14мм;белый</t>
+  </si>
+  <si>
+    <t>03020116</t>
+  </si>
+  <si>
+    <t>1101 0165</t>
+  </si>
+  <si>
+    <t>2772.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Прага»;фарфор;D=120,H=18мм;белый</t>
+  </si>
+  <si>
+    <t>03020120</t>
+  </si>
+  <si>
+    <t>PRA1712</t>
+  </si>
+  <si>
+    <t>Praha</t>
+  </si>
+  <si>
+    <t>1525.00₸</t>
+  </si>
+  <si>
     <t>1 шт.</t>
   </si>
   <si>
-    <t>Блюдце «С-Класс»;фарфор;D=170/53,H=20мм;белый</t>
-[...122 lines deleted...]
-    <t>03020112</t>
+    <t>Блюдце «Каррарэ»;D=115,H=15мм;бежев.,песочн.</t>
+  </si>
+  <si>
+    <t>03020123</t>
+  </si>
+  <si>
+    <t>Carrare</t>
+  </si>
+  <si>
+    <t>1155.00₸</t>
+  </si>
+  <si>
+    <t>32 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце «Монако Вайт»;фарфор;D=153,H=36мм;белый</t>
+  </si>
+  <si>
+    <t>03020124</t>
+  </si>
+  <si>
+    <t>9001 C636</t>
+  </si>
+  <si>
+    <t>Monaco White</t>
+  </si>
+  <si>
+    <t>6245.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Прага»;фарфор;D=145/58,H=20мм;белый</t>
+  </si>
+  <si>
+    <t>03020125</t>
+  </si>
+  <si>
+    <t>PRA1714</t>
+  </si>
+  <si>
+    <t>1910.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Принцип»;фарфор;D=165/75,H=25мм;белый</t>
+  </si>
+  <si>
+    <t>03020126</t>
+  </si>
+  <si>
+    <t>PRI1716</t>
+  </si>
+  <si>
+    <t>Princip</t>
+  </si>
+  <si>
+    <t>2272.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Перформа»;стекло;D=11см;белый</t>
+  </si>
+  <si>
+    <t>03020127</t>
+  </si>
+  <si>
+    <t>Bormioli Rocco</t>
+  </si>
+  <si>
+    <t>Performa</t>
+  </si>
+  <si>
+    <t>ИСПАНИЯ</t>
+  </si>
+  <si>
+    <t>416.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Перформа»;стекло;D=120,H=13мм;белый</t>
+  </si>
+  <si>
+    <t>03020128</t>
+  </si>
+  <si>
+    <t>609.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Перформа»;стекло;D=150,H=18мм;белый</t>
+  </si>
+  <si>
+    <t>03020129</t>
+  </si>
+  <si>
+    <t>1048.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Кашуб-хел»;фарфор;D=120/58,H=15мм;белый</t>
+  </si>
+  <si>
+    <t>03020131</t>
+  </si>
+  <si>
+    <t>0613</t>
+  </si>
+  <si>
+    <t>Lubiana</t>
+  </si>
+  <si>
+    <t>Kaszub-Hel</t>
+  </si>
+  <si>
+    <t>ПОЛЬША</t>
+  </si>
+  <si>
+    <t>1148.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце «Кашуб-хел»;фарфор;D=135/65,H=15мм;белый</t>
+  </si>
+  <si>
+    <t>03020132</t>
+  </si>
+  <si>
+    <t>0604</t>
+  </si>
+  <si>
+    <t>1248.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Кашуб-хел»;фарфор;D=150/78,H=15мм;белый</t>
+  </si>
+  <si>
+    <t>03020133</t>
+  </si>
+  <si>
+    <t>0605</t>
+  </si>
+  <si>
+    <t>1479.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Кашуб-хел»;фарфор;D=160/78,H=15мм;белый</t>
+  </si>
+  <si>
+    <t>03020134</t>
+  </si>
+  <si>
+    <t>0615</t>
+  </si>
+  <si>
+    <t>1517.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Америка»;фарфор;D=150/65,H=20мм;белый</t>
+  </si>
+  <si>
+    <t>03020135</t>
+  </si>
+  <si>
+    <t>0115</t>
+  </si>
+  <si>
+    <t>Ameryka</t>
+  </si>
+  <si>
+    <t>1440.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Паула»;фарфор;D=120/38,H=10мм;белый</t>
+  </si>
+  <si>
+    <t>03020136</t>
+  </si>
+  <si>
+    <t>Paula</t>
+  </si>
+  <si>
+    <t>1240.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Паула»;фарфор;D=130/47,H=10мм;белый</t>
+  </si>
+  <si>
+    <t>03020137</t>
+  </si>
+  <si>
+    <t>1510.00₸</t>
+  </si>
+  <si>
+    <t>47 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце «Паула»;фарфор;D=14/5,H=2см;белый</t>
+  </si>
+  <si>
+    <t>03020138</t>
+  </si>
+  <si>
+    <t>Блюдце «Кипр»;стекло;D=11,5см;слон.кость</t>
+  </si>
+  <si>
+    <t>03020139</t>
+  </si>
+  <si>
+    <t>07448</t>
+  </si>
+  <si>
+    <t>Cypress</t>
+  </si>
+  <si>
+    <t>749.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Аркадия»;фарфор;D=145/54,H=20мм;белый</t>
+  </si>
+  <si>
+    <t>03020141</t>
+  </si>
+  <si>
+    <t>0512</t>
+  </si>
+  <si>
+    <t>Arcadia</t>
+  </si>
+  <si>
+    <t>1864.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Аркадия»;фарфор;D=165/64,H=16мм;белый</t>
+  </si>
+  <si>
+    <t>03020142</t>
+  </si>
+  <si>
+    <t>0515</t>
+  </si>
+  <si>
+    <t>1972.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Аркадия»;фарфор;D=130/48,H=18мм;белый</t>
+  </si>
+  <si>
+    <t>03020143</t>
+  </si>
+  <si>
+    <t>0572</t>
+  </si>
+  <si>
+    <t>Блюдце «Аркадия»;фарфор;D=120,H=12мм;белый</t>
+  </si>
+  <si>
+    <t>03020144</t>
+  </si>
+  <si>
+    <t>0571</t>
+  </si>
+  <si>
+    <t>948.00₸</t>
+  </si>
+  <si>
+    <t>50 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце «Америка»;фарфор;D=145/55,H=20мм;белый</t>
+  </si>
+  <si>
+    <t>03020145</t>
+  </si>
+  <si>
+    <t>0112</t>
+  </si>
+  <si>
+    <t>1333.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Америка»;фарфор;D=110/37,H=15мм;белый</t>
+  </si>
+  <si>
+    <t>03020146</t>
+  </si>
+  <si>
+    <t>0171</t>
+  </si>
+  <si>
+    <t>1109.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Спайро»;фарфор;D=155/47,H=22мм;белый</t>
+  </si>
+  <si>
+    <t>03020149</t>
+  </si>
+  <si>
+    <t>9032 C985</t>
+  </si>
+  <si>
+    <t>Spyro</t>
+  </si>
+  <si>
+    <t>5475.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Ресторан»;стекло;D=130,H=15мм;белый</t>
+  </si>
+  <si>
+    <t>03020157</t>
+  </si>
+  <si>
+    <t>1687.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Фиренза Рэд Шиир»;фарфор;D=118,H=34мм;красный,белый</t>
+  </si>
+  <si>
+    <t>03020159</t>
+  </si>
+  <si>
+    <t>9023 C635</t>
+  </si>
+  <si>
+    <t>Firenza Red</t>
+  </si>
+  <si>
+    <t>5883.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Монако Вайт»;фарфор;D=118,H=24мм;белый</t>
+  </si>
+  <si>
+    <t>03020160</t>
+  </si>
+  <si>
+    <t>9001 C635</t>
+  </si>
+  <si>
+    <t>4574.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Портофино»;фарфор;D=13,H=2см;белый</t>
+  </si>
+  <si>
+    <t>03020161</t>
+  </si>
+  <si>
+    <t>PF005130000</t>
+  </si>
+  <si>
+    <t>Tognana</t>
+  </si>
+  <si>
+    <t>Portofino</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>2737.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Портофино»;фарфор;D=16,H=2см;белый</t>
+  </si>
+  <si>
+    <t>03020162</t>
+  </si>
+  <si>
+    <t>PF00616</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>2634.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Портофино»;фарфор;D=17,H=2см;белый</t>
+  </si>
+  <si>
+    <t>03020163</t>
+  </si>
+  <si>
+    <t>PF00717</t>
+  </si>
+  <si>
+    <t>3612.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «В.Виена»;фарфор;D=120,H=16мм;белый</t>
+  </si>
+  <si>
+    <t>03020164</t>
+  </si>
+  <si>
+    <t>VW005130000</t>
+  </si>
+  <si>
+    <t>Wienna</t>
+  </si>
+  <si>
+    <t>3550.00₸</t>
+  </si>
+  <si>
+    <t>24 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце «В.Виена»;фарфор;D=160,H=22мм;белый</t>
+  </si>
+  <si>
+    <t>03020165</t>
+  </si>
+  <si>
+    <t>VW006160000</t>
+  </si>
+  <si>
+    <t>6160.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «В.Виена»;фарфор;D=170,H=22мм;белый</t>
+  </si>
+  <si>
+    <t>03020166</t>
+  </si>
+  <si>
+    <t>VW007170000</t>
+  </si>
+  <si>
+    <t>5425.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Виктория»;фарфор;,H=15,L=149,B=149мм;белый</t>
+  </si>
+  <si>
+    <t>03020168</t>
+  </si>
+  <si>
+    <t>Victoria</t>
+  </si>
+  <si>
+    <t>2880.00₸</t>
+  </si>
+  <si>
+    <t>33 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце «Алберго»;фарфор;D=145,H=18мм;белый</t>
+  </si>
+  <si>
+    <t>03020171</t>
+  </si>
+  <si>
+    <t>AL006140000</t>
+  </si>
+  <si>
+    <t>Albergo</t>
+  </si>
+  <si>
+    <t>3822.00₸</t>
+  </si>
+  <si>
+    <t>30 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце «Виктория»;фарфор;,H=15,L=115,B=115мм;белый</t>
+  </si>
+  <si>
+    <t>03020172</t>
+  </si>
+  <si>
+    <t>1487.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Виктория-отель» квадратное;фарфор;,H=20,L=125,B=125мм;белый</t>
+  </si>
+  <si>
+    <t>03020175</t>
+  </si>
+  <si>
+    <t>Victoria-hot</t>
+  </si>
+  <si>
+    <t>Блюдце «Виктория-отель» квадратное;фарфор;,H=20,L=155,B=155мм;белый</t>
+  </si>
+  <si>
+    <t>03020176</t>
+  </si>
+  <si>
+    <t>2765.00₸</t>
+  </si>
+  <si>
+    <t>31 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце «Сквэа»;фарфор;D=12,6см;белый</t>
+  </si>
+  <si>
+    <t>03020177</t>
+  </si>
+  <si>
+    <t>SQ005120000</t>
+  </si>
+  <si>
+    <t>Sguare</t>
+  </si>
+  <si>
+    <t>847.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Спайро»;фарфор;D=115,H=17мм;белый</t>
+  </si>
+  <si>
+    <t>03020181</t>
+  </si>
+  <si>
+    <t>9032 C991</t>
+  </si>
+  <si>
+    <t>Блюдце «Виктория-отель» квадратное;фарфор;,H=2,L=17,B=17см;белый</t>
+  </si>
+  <si>
+    <t>03020182</t>
+  </si>
+  <si>
+    <t>3296.00₸</t>
+  </si>
+  <si>
+    <t>48 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце «Алберго»;фарфор;D=120,H=18мм;белый</t>
+  </si>
+  <si>
+    <t>03020183</t>
+  </si>
+  <si>
+    <t>AL005140000</t>
+  </si>
+  <si>
+    <t>2865.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Мелодия»;фарфор;D=160,H=17мм;белый</t>
+  </si>
+  <si>
+    <t>03020184</t>
+  </si>
+  <si>
+    <t>MEL1716</t>
+  </si>
+  <si>
+    <t>Melodie</t>
+  </si>
+  <si>
+    <t>2665.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Мелодия»;фарфор;D=120/45,H=17мм;белый</t>
+  </si>
+  <si>
+    <t>03020185</t>
+  </si>
+  <si>
+    <t>MEL1712</t>
+  </si>
+  <si>
+    <t>1941.00₸</t>
+  </si>
+  <si>
+    <t>17 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце «Мелодия»;фарфор;D=140/53,H=17мм;белый</t>
+  </si>
+  <si>
+    <t>03020186</t>
+  </si>
+  <si>
+    <t>MEL1714</t>
+  </si>
+  <si>
+    <t>2241.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце «Чино»;фарфор;D=145,H=17мм;белый,бежев.</t>
+  </si>
+  <si>
+    <t>03020193</t>
+  </si>
+  <si>
+    <t>1106 0158</t>
+  </si>
+  <si>
+    <t>3812.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Чино»;фарфор;D=115,H=17мм;белый,бежев.</t>
+  </si>
+  <si>
+    <t>03020194</t>
+  </si>
+  <si>
+    <t>1106 0165</t>
+  </si>
+  <si>
+    <t>2257.00₸</t>
+  </si>
+  <si>
+    <t>16 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце «Даск шиир»;фарфор;D=153,H=36мм;черный,белый</t>
+  </si>
+  <si>
+    <t>03020198</t>
+  </si>
+  <si>
+    <t>9021 C636</t>
+  </si>
+  <si>
+    <t>Dusk</t>
+  </si>
+  <si>
+    <t>5175.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Даск Шиир»;фарфор;D=118,H=34мм;черный,белый</t>
+  </si>
+  <si>
+    <t>03020199</t>
+  </si>
+  <si>
+    <t>9021 C635</t>
+  </si>
+  <si>
+    <t>4443.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Фиренза ред»;фарфор;D=153,H=36мм;красный,белый</t>
+  </si>
+  <si>
+    <t>03020200</t>
+  </si>
+  <si>
+    <t>9023 C636</t>
+  </si>
+  <si>
+    <t>6797.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Зен Шиир»;фарфор;D=110,H=24мм;белый,оранжев.</t>
+  </si>
+  <si>
+    <t>03020260</t>
+  </si>
+  <si>
+    <t>9401 C635</t>
+  </si>
+  <si>
+    <t>Zen</t>
+  </si>
+  <si>
+    <t>5098.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Акапулько»;фарфор;D=116,H=15мм;белый</t>
+  </si>
+  <si>
+    <t>03020273</t>
+  </si>
+  <si>
+    <t>AC005120000</t>
+  </si>
+  <si>
+    <t>Acapulco</t>
+  </si>
+  <si>
+    <t>2357.00₸</t>
+  </si>
+  <si>
+    <t>19 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце «Акапулько»;фарфор;D=165,H=20мм;белый</t>
+  </si>
+  <si>
+    <t>03020274</t>
+  </si>
+  <si>
+    <t>AC007160000</t>
+  </si>
+  <si>
+    <t>5190.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Джино»;фарфор;D=15см;белый</t>
+  </si>
+  <si>
+    <t>03022004</t>
+  </si>
+  <si>
+    <t>AMB1714</t>
+  </si>
+  <si>
+    <t>Gin</t>
+  </si>
+  <si>
+    <t>2264.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Кашуб-хел-комби»;фарфор;D=140/55,H=15мм;белый</t>
+  </si>
+  <si>
+    <t>03022005</t>
+  </si>
+  <si>
+    <t>0671</t>
+  </si>
+  <si>
+    <t>1425.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Фруассэ»;фарфор;,H=2,L=13,B=10см;белый</t>
+  </si>
+  <si>
+    <t>03022006</t>
+  </si>
+  <si>
+    <t>002485</t>
+  </si>
+  <si>
+    <t>Revol</t>
+  </si>
+  <si>
+    <t>Froisses</t>
+  </si>
+  <si>
+    <t>7277.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Граффити»;фарфор;D=113/40мм;белый</t>
+  </si>
+  <si>
+    <t>03022007</t>
+  </si>
+  <si>
+    <t>GR005110000</t>
+  </si>
+  <si>
+    <t>Graffiti</t>
+  </si>
+  <si>
+    <t>955.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Граффити»;фарфор;D=15,7см;белый</t>
+  </si>
+  <si>
+    <t>03022008</t>
+  </si>
+  <si>
+    <t>GR006160000</t>
+  </si>
+  <si>
+    <t>1225.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Классик» квадратное;фарфор;,L=14,B=14см;белый</t>
+  </si>
+  <si>
+    <t>03022009</t>
+  </si>
+  <si>
+    <t>Classic</t>
+  </si>
+  <si>
+    <t>2411.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Дуня»;фарфор;D=18см;белый</t>
+  </si>
+  <si>
+    <t>03022010</t>
+  </si>
+  <si>
+    <t>DN18KT</t>
+  </si>
+  <si>
+    <t>Kutahya</t>
+  </si>
+  <si>
+    <t>Dunya</t>
+  </si>
+  <si>
+    <t>ТУРЦИЯ</t>
+  </si>
+  <si>
+    <t>740.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Дуня»;фарфор;D=15см</t>
+  </si>
+  <si>
+    <t>03022012</t>
+  </si>
+  <si>
+    <t>DN01CT</t>
+  </si>
+  <si>
+    <t>786.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Нестор»;фарфор;D=120,H=15мм;белый</t>
+  </si>
+  <si>
+    <t>03022014</t>
+  </si>
+  <si>
+    <t>Nestor</t>
+  </si>
+  <si>
+    <t>693.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Нестор»;фарфор;D=160,H=18мм;белый</t>
+  </si>
+  <si>
+    <t>03022015</t>
+  </si>
+  <si>
+    <t>871.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Классик» квадратное;фарфор;,L=11,B=11см;белый</t>
+  </si>
+  <si>
+    <t>03022016</t>
+  </si>
+  <si>
+    <t>3373.00₸</t>
+  </si>
+  <si>
+    <t>44 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце «Акапулько»;фарфор;D=145,H=18мм;белый</t>
+  </si>
+  <si>
+    <t>03022017</t>
+  </si>
+  <si>
+    <t>AC006150000</t>
+  </si>
+  <si>
+    <t>2110.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Элегант» чайное;фарфор;D=155,H=17мм;белый</t>
+  </si>
+  <si>
+    <t>03022019</t>
+  </si>
+  <si>
+    <t>ET006140000</t>
+  </si>
+  <si>
+    <t>Elegant</t>
+  </si>
+  <si>
+    <t>1564.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Паула»;фарфор;D=170/55,H=20мм;белый</t>
+  </si>
+  <si>
+    <t>03022021</t>
+  </si>
+  <si>
+    <t>2495.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Алберго»;фарфор;D=162,H=18мм;белый</t>
+  </si>
+  <si>
+    <t>03022026</t>
+  </si>
+  <si>
+    <t>AL007170000</t>
+  </si>
+  <si>
+    <t>4340.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Монако Вайт»;фарфор;D=112,H=17мм;белый</t>
+  </si>
+  <si>
+    <t>03022027</t>
+  </si>
+  <si>
+    <t>9001 C317</t>
+  </si>
+  <si>
+    <t>3904.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Монако Вайт»;фарфор;D=15/5,H=2см;белый</t>
+  </si>
+  <si>
+    <t>03022028</t>
+  </si>
+  <si>
+    <t>9001 C318</t>
+  </si>
+  <si>
+    <t>4151.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Органикс»;фарфор;D=150,H=25мм;белый</t>
+  </si>
+  <si>
+    <t>03022036</t>
+  </si>
+  <si>
+    <t>9002 C651</t>
+  </si>
+  <si>
+    <t>Organics</t>
+  </si>
+  <si>
+    <t>3951.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Конвивио»;стекло;D=15см;бежев.</t>
+  </si>
+  <si>
+    <t>03022041</t>
+  </si>
+  <si>
+    <t>Convivio</t>
+  </si>
+  <si>
+    <t>756.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Атлантис»;фарфор;D=13,H=2см;белый</t>
+  </si>
+  <si>
+    <t>03022042</t>
+  </si>
+  <si>
+    <t>ATL1713</t>
+  </si>
+  <si>
+    <t>Lilien Austria</t>
+  </si>
+  <si>
+    <t>Atlantis</t>
+  </si>
+  <si>
+    <t>АВСТРИЯ</t>
+  </si>
+  <si>
+    <t>2326.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Атлантис»;фарфор;D=16,H=2см;белый</t>
+  </si>
+  <si>
+    <t>03022043</t>
+  </si>
+  <si>
+    <t>ATL1716</t>
+  </si>
+  <si>
+    <t>3673.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Атлантис»;фарфор;D=20,H=2см;белый</t>
+  </si>
+  <si>
+    <t>03022044</t>
+  </si>
+  <si>
+    <t>ATL1720</t>
+  </si>
+  <si>
+    <t>2757.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Эвита»;фарфор;D=125,H=15мм;белый</t>
+  </si>
+  <si>
+    <t>03022047</t>
+  </si>
+  <si>
+    <t>EVI1713</t>
+  </si>
+  <si>
+    <t>Evita</t>
+  </si>
+  <si>
+    <t>1009.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Визувио»;фарфор;D=140,H=19мм;белый</t>
+  </si>
+  <si>
+    <t>03022049</t>
+  </si>
+  <si>
+    <t>VS006150000</t>
+  </si>
+  <si>
+    <t>Vesuvio</t>
+  </si>
+  <si>
+    <t>2205.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Трианон»;стекло;D=160/57,H=15мм;белый</t>
+  </si>
+  <si>
+    <t>03022050</t>
+  </si>
+  <si>
+    <t>D6926</t>
+  </si>
+  <si>
+    <t>Trianon</t>
+  </si>
+  <si>
+    <t>1540.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Отельер Айвори»;стекло;D=15,5см;слон.кость</t>
+  </si>
+  <si>
+    <t>03022051</t>
+  </si>
+  <si>
+    <t>Hoteliere Ivory</t>
+  </si>
+  <si>
+    <t>1043.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Трианон»;стекло;D=12,H=1см;белый</t>
+  </si>
+  <si>
+    <t>03022055</t>
+  </si>
+  <si>
+    <t>D6923</t>
+  </si>
+  <si>
+    <t>567.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Трианон»;стекло;D=140/50,H=14мм;белый</t>
+  </si>
+  <si>
+    <t>03022056</t>
+  </si>
+  <si>
+    <t>D6925</t>
+  </si>
+  <si>
+    <t>1190.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Трианон»;стекло;D=13см;белый</t>
+  </si>
+  <si>
+    <t>03022057</t>
+  </si>
+  <si>
+    <t>D6924</t>
+  </si>
+  <si>
+    <t>553.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Афродита»;фарфор;D=130,H=15мм;белый,золотой</t>
+  </si>
+  <si>
+    <t>03022058</t>
+  </si>
+  <si>
+    <t>2672-gold</t>
+  </si>
+  <si>
+    <t>Afrodyta</t>
+  </si>
+  <si>
+    <t>2095.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Афродита»;фарфор;D=170,H=18мм;белый,золотой</t>
+  </si>
+  <si>
+    <t>03022059</t>
+  </si>
+  <si>
+    <t>2615-gold</t>
+  </si>
+  <si>
+    <t>3104.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Афродита»;фарфор;D=16см;белый,золотой</t>
+  </si>
+  <si>
+    <t>03022060</t>
+  </si>
+  <si>
+    <t>2613-gold</t>
+  </si>
+  <si>
+    <t>2480.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Симплисити»;фарфор;D=145/60,H=17мм;белый</t>
+  </si>
+  <si>
+    <t>03022061</t>
+  </si>
+  <si>
+    <t>1101 0158</t>
+  </si>
+  <si>
+    <t>3157.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Джапоника»;фарфор;D=148,H=20мм;белый,черный</t>
+  </si>
+  <si>
+    <t>03022062</t>
+  </si>
+  <si>
+    <t>9035 C318</t>
+  </si>
+  <si>
+    <t>Japonika</t>
+  </si>
+  <si>
+    <t>4128.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Афродита»;фарфор;D=170,H=18мм;белый</t>
+  </si>
+  <si>
+    <t>03022063</t>
+  </si>
+  <si>
+    <t>2615-white</t>
+  </si>
+  <si>
+    <t>2026.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Меркури»;фарфор;D=11,H=2см;белый</t>
+  </si>
+  <si>
+    <t>03022065</t>
+  </si>
+  <si>
+    <t>0771</t>
+  </si>
+  <si>
+    <t>Merkury</t>
+  </si>
+  <si>
+    <t>794.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Визувио»;фарфор;D=122,H=13мм;белый</t>
+  </si>
+  <si>
+    <t>03022066</t>
+  </si>
+  <si>
+    <t>VS005120000</t>
+  </si>
+  <si>
+    <t>1967.00₸</t>
+  </si>
+  <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце «Чино»;фарфор;D=150,H=17мм;белый,бежев.</t>
+  </si>
+  <si>
+    <t>03022067</t>
+  </si>
+  <si>
+    <t>1106 0218</t>
+  </si>
+  <si>
+    <t>2842.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Кларет»;фарфор;D=145,H=20мм;бежев.,бордо</t>
+  </si>
+  <si>
+    <t>03022068</t>
+  </si>
+  <si>
+    <t>1503 A218</t>
+  </si>
+  <si>
+    <t>Ivory Claret</t>
+  </si>
+  <si>
+    <t>2611.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Кларет»;фарфор;D=110,H=14мм;бежев.,бордо</t>
+  </si>
+  <si>
+    <t>03022069</t>
+  </si>
+  <si>
+    <t>1503 A165</t>
+  </si>
+  <si>
+    <t>Блюдце «Проотель» квадратное;фарфор;,L=11,5,B=11,5см;белый</t>
+  </si>
+  <si>
+    <t>03022072</t>
+  </si>
+  <si>
+    <t>sn144c</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>217.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Софтен»;фарфор;D=13,4см;белый</t>
+  </si>
+  <si>
+    <t>03022077</t>
+  </si>
+  <si>
+    <t>R0632</t>
+  </si>
+  <si>
+    <t>Soften</t>
+  </si>
+  <si>
+    <t>812.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Проотель»;фарфор;D=150,H=19мм;белый</t>
+  </si>
+  <si>
+    <t>03022080</t>
+  </si>
+  <si>
+    <t>sn63</t>
+  </si>
+  <si>
+    <t>259.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Проотель»;фарфор;D=14см</t>
+  </si>
+  <si>
+    <t>03022081</t>
+  </si>
+  <si>
+    <t>sn31 saucer</t>
+  </si>
+  <si>
+    <t>412.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Нестор»;фарфор;D=170,H=16мм;белый</t>
+  </si>
+  <si>
+    <t>03022082</t>
+  </si>
+  <si>
+    <t>1063.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Проотель»;фарфор;D=13,5см</t>
+  </si>
+  <si>
+    <t>03022083</t>
+  </si>
+  <si>
+    <t>x115</t>
+  </si>
+  <si>
+    <t>373.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Проотель»;фарфор;D=11,5см</t>
+  </si>
+  <si>
+    <t>03022085</t>
+  </si>
+  <si>
+    <t>sn47</t>
+  </si>
+  <si>
+    <t>339.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Проотель»;фарфор;D=145,H=23мм;белый</t>
+  </si>
+  <si>
+    <t>03022087</t>
+  </si>
+  <si>
+    <t>sn38(250)</t>
+  </si>
+  <si>
+    <t>315.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Проотель» квадратное;фарфор;,L=11,5,B=11,5см</t>
+  </si>
+  <si>
+    <t>03022089</t>
+  </si>
+  <si>
+    <t>sn144a</t>
+  </si>
+  <si>
+    <t>304.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Проотель» квадратное;фарфор;,L=14,B=14см;белый</t>
+  </si>
+  <si>
+    <t>03022090</t>
+  </si>
+  <si>
+    <t>sn144b</t>
+  </si>
+  <si>
+    <t>266.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Кунстверк»;фарфор;D=115/40,H=16мм;белый</t>
+  </si>
+  <si>
+    <t>03022094</t>
+  </si>
+  <si>
+    <t>A7746</t>
+  </si>
+  <si>
+    <t>Kunstwerk</t>
+  </si>
+  <si>
+    <t>735.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Кунстверк»;фарфор;D=140/63,H=22мм;белый</t>
+  </si>
+  <si>
+    <t>03022095</t>
+  </si>
+  <si>
+    <t>A4185</t>
+  </si>
+  <si>
+    <t>791.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Кунстверк»;фарфор;D=145/55,H=23мм;белый</t>
+  </si>
+  <si>
+    <t>03022096</t>
+  </si>
+  <si>
+    <t>A0491</t>
+  </si>
+  <si>
+    <t>966.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Кунстверк»;фарфор;D=150/54,H=20мм;белый</t>
+  </si>
+  <si>
+    <t>03022097</t>
+  </si>
+  <si>
+    <t>A4178</t>
+  </si>
+  <si>
+    <t>931.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Кунстверк»;фарфор;D=105/40,H=13мм;белый</t>
+  </si>
+  <si>
+    <t>03022098</t>
+  </si>
+  <si>
+    <t>A7208</t>
+  </si>
+  <si>
+    <t>490.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Кунстверк»;фарфор;D=135,H=18мм;белый</t>
+  </si>
+  <si>
+    <t>03022099</t>
+  </si>
+  <si>
+    <t>A0493</t>
+  </si>
+  <si>
+    <t>Блюдце «Фачетта Блю»;фарфор;D=129,H=18мм;белый,синий</t>
+  </si>
+  <si>
+    <t>03022100</t>
+  </si>
+  <si>
+    <t>AZ005127420</t>
+  </si>
+  <si>
+    <t>Fascetta Blu</t>
+  </si>
+  <si>
+    <t>481.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Кунстверк»;фарфор;D=150/56,H=20мм;белый</t>
+  </si>
+  <si>
+    <t>03022101</t>
+  </si>
+  <si>
+    <t>A2349</t>
+  </si>
+  <si>
+    <t>868.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Меркури»;фарфор;D=14см;белый</t>
+  </si>
+  <si>
+    <t>03022102</t>
+  </si>
+  <si>
+    <t>0712</t>
+  </si>
+  <si>
+    <t>724.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Кунстверк»;фарфор;D=150/70,H=23мм;белый</t>
+  </si>
+  <si>
+    <t>03022107</t>
+  </si>
+  <si>
+    <t>A8666</t>
+  </si>
+  <si>
+    <t>1057.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Кунстверк»;фарфор;D=120/40,H=14мм;белый</t>
+  </si>
+  <si>
+    <t>03022108</t>
+  </si>
+  <si>
+    <t>A1855</t>
+  </si>
+  <si>
+    <t>679.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Кунстверк» квадратное;фарфор;,L=13,2,B=13,2см;белый</t>
+  </si>
+  <si>
+    <t>03022109</t>
+  </si>
+  <si>
+    <t>A5513</t>
+  </si>
+  <si>
+    <t>1330.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Кунстверк» квадратное;фарфор;,L=10,2,B=10,2см;белый</t>
+  </si>
+  <si>
+    <t>03022110</t>
+  </si>
+  <si>
+    <t>A7550</t>
+  </si>
+  <si>
+    <t>924.00₸</t>
+  </si>
+  <si>
+    <t>03022111</t>
+  </si>
+  <si>
+    <t>A6712</t>
+  </si>
+  <si>
+    <t>1372.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Кунстверк»;фарфор;D=132,H=18мм;белый</t>
+  </si>
+  <si>
+    <t>03022112</t>
+  </si>
+  <si>
+    <t>A6477</t>
+  </si>
+  <si>
+    <t>602.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Кунстверк» квадратное;фарфор;,L=95,B=95мм;белый</t>
+  </si>
+  <si>
+    <t>03022113</t>
+  </si>
+  <si>
+    <t>A7720</t>
+  </si>
+  <si>
+    <t>973.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Кунстверк»;фарфор;D=150/58,H=20мм;белый</t>
+  </si>
+  <si>
+    <t>03022114</t>
+  </si>
+  <si>
+    <t>A1031</t>
+  </si>
+  <si>
+    <t>784.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Кунстверк»;фарфор;D=136/51,H=20мм;белый</t>
+  </si>
+  <si>
+    <t>03022115</t>
+  </si>
+  <si>
+    <t>A1956</t>
+  </si>
+  <si>
+    <t>665.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Это»;фарфор;D=120,H=35мм;белый</t>
+  </si>
+  <si>
+    <t>03022117</t>
+  </si>
+  <si>
+    <t>Eto</t>
+  </si>
+  <si>
+    <t>1825.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Джейд»;кост.фарф.;D=12см</t>
+  </si>
+  <si>
+    <t>03022118</t>
+  </si>
+  <si>
+    <t>61040-800001-14716</t>
+  </si>
+  <si>
+    <t>Rosenthal</t>
+  </si>
+  <si>
+    <t>Jade</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>5498.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Виктория»;фарфор;,H=15,L=170,B=170мм;белый</t>
+  </si>
+  <si>
+    <t>03022121</t>
+  </si>
+  <si>
+    <t>3288.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце с крышкой для лимона;D=95мм</t>
+  </si>
+  <si>
+    <t>03022122</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>831.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Террамеса мастед»;фарфор;D=115/40,H=15мм;св.корич.</t>
+  </si>
+  <si>
+    <t>03022123</t>
+  </si>
+  <si>
+    <t>1121 0165</t>
+  </si>
+  <si>
+    <t>Terramesa</t>
+  </si>
+  <si>
+    <t>4690.00₸</t>
+  </si>
+  <si>
+    <t>34 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце «Террамеса мастед»;фарфор;D=145/52,H=17мм;св.корич.</t>
+  </si>
+  <si>
+    <t>03022124</t>
+  </si>
+  <si>
+    <t>1121 0158</t>
+  </si>
+  <si>
+    <t>5260.00₸</t>
+  </si>
+  <si>
+    <t>20 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце «Террамеса мастед»;фарфор;D=165/50,H=18мм;св.корич.</t>
+  </si>
+  <si>
+    <t>03022125</t>
+  </si>
+  <si>
+    <t>1121 0225</t>
+  </si>
+  <si>
+    <t>4336.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Изи кофе»;фарфор;D=14см;белый</t>
+  </si>
+  <si>
+    <t>03022130</t>
+  </si>
+  <si>
+    <t>ECO0614</t>
+  </si>
+  <si>
+    <t>Easy cof</t>
+  </si>
+  <si>
+    <t>1186.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Афродита»;фарфор;D=16см;белый</t>
+  </si>
+  <si>
+    <t>03022131</t>
+  </si>
+  <si>
+    <t>2613-white</t>
+  </si>
+  <si>
+    <t>1802.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Афродита»;фарфор;D=130,H=15мм;белый</t>
+  </si>
+  <si>
+    <t>03022132</t>
+  </si>
+  <si>
+    <t>2672-white</t>
   </si>
   <si>
     <t>1617.00₸</t>
   </si>
   <si>
-    <t>Блюдце «Симплисити»;фарфор;D=155/49,H=20мм;белый</t>
-[...575 lines deleted...]
-    <t>AL005140000</t>
+    <t>Блюдце «Дайринг»;фарфор;D=115,H=15мм;белый</t>
+  </si>
+  <si>
+    <t>03022133</t>
+  </si>
+  <si>
+    <t>G3749</t>
+  </si>
+  <si>
+    <t>Z-Daring</t>
+  </si>
+  <si>
+    <t>1022.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Дайринг»;фарфор;D=155,H=18мм;белый</t>
+  </si>
+  <si>
+    <t>03022134</t>
+  </si>
+  <si>
+    <t>G3751</t>
+  </si>
+  <si>
+    <t>1169.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Кунстверк»;фарфор;D=115,H=16мм;белый</t>
+  </si>
+  <si>
+    <t>03022135</t>
+  </si>
+  <si>
+    <t>A0495</t>
+  </si>
+  <si>
+    <t>Блюдце «Монако Вайт»;фарфор;D=112/40,H=18мм;белый</t>
+  </si>
+  <si>
+    <t>03022136</t>
+  </si>
+  <si>
+    <t>9001 C167</t>
+  </si>
+  <si>
+    <t>4559.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Монако Вайт»;фарфор;D=16/5,H=2см;белый</t>
+  </si>
+  <si>
+    <t>03022137</t>
+  </si>
+  <si>
+    <t>9001 C168</t>
+  </si>
+  <si>
+    <t>4975.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Симплисити»;фарфор;D=160,H=17мм;белый</t>
+  </si>
+  <si>
+    <t>03022138</t>
+  </si>
+  <si>
+    <t>1101 0225</t>
+  </si>
+  <si>
+    <t>3989.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Айвори»;фарфор;D=11см;слон.кость</t>
+  </si>
+  <si>
+    <t>03022139</t>
+  </si>
+  <si>
+    <t>1500 A165</t>
+  </si>
+  <si>
+    <t>Ivory</t>
+  </si>
+  <si>
+    <t>1741.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Кларет»;фарфор;D=160,H=18мм;бежев.,бордо</t>
+  </si>
+  <si>
+    <t>03022140</t>
+  </si>
+  <si>
+    <t>1503 A225</t>
+  </si>
+  <si>
+    <t>3165.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Айвори»;фарфор;D=160,H=17мм;слон.кость</t>
+  </si>
+  <si>
+    <t>03022141</t>
+  </si>
+  <si>
+    <t>1500 A225</t>
+  </si>
+  <si>
+    <t>2826.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Максим»;фарфор;D=150,H=25мм;белый</t>
+  </si>
+  <si>
+    <t>03022142</t>
+  </si>
+  <si>
+    <t>MAX1715</t>
+  </si>
+  <si>
+    <t>Maxim</t>
+  </si>
+  <si>
+    <t>2287.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Максим»;фарфор;D=17,H=3см;белый</t>
+  </si>
+  <si>
+    <t>03022143</t>
+  </si>
+  <si>
+    <t>MAX1717</t>
+  </si>
+  <si>
+    <t>2649.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Антуанетт»;фарфор;D=110,H=18мм;белый,олив.</t>
+  </si>
+  <si>
+    <t>03022144</t>
+  </si>
+  <si>
+    <t>9019 C317</t>
+  </si>
+  <si>
+    <t>Antoinette</t>
+  </si>
+  <si>
+    <t>7408.00₸</t>
+  </si>
+  <si>
+    <t>35 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце «Антуанетт»;фарфор;D=15/5,H=2см;белый,олив.</t>
+  </si>
+  <si>
+    <t>03022145</t>
+  </si>
+  <si>
+    <t>9019 C318</t>
+  </si>
+  <si>
+    <t>8486.00₸</t>
+  </si>
+  <si>
+    <t>42 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце «Хани»;фарфор;D=160,H=18мм;бежев.</t>
+  </si>
+  <si>
+    <t>03022146</t>
+  </si>
+  <si>
+    <t>1543 A225</t>
+  </si>
+  <si>
+    <t>Honey Nat</t>
+  </si>
+  <si>
+    <t>3547.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Хани»;фарфор;D=112,H=15мм;бежев.</t>
+  </si>
+  <si>
+    <t>03022147</t>
+  </si>
+  <si>
+    <t>1543 A165</t>
+  </si>
+  <si>
+    <t>2203.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Это»;фарфор;D=145,H=15мм;белый</t>
+  </si>
+  <si>
+    <t>03022148</t>
+  </si>
+  <si>
+    <t>1918.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Сатиник»;фарфор;D=127,H=18мм;белый</t>
+  </si>
+  <si>
+    <t>03022150</t>
+  </si>
+  <si>
+    <t>S0431</t>
+  </si>
+  <si>
+    <t>Chef&amp;Sommelier</t>
+  </si>
+  <si>
+    <t>Satinique</t>
+  </si>
+  <si>
+    <t>3024.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Сатиник»;фарфор;D=142,H=20мм;белый</t>
+  </si>
+  <si>
+    <t>03022151</t>
+  </si>
+  <si>
+    <t>S0432</t>
+  </si>
+  <si>
+    <t>5971.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Олеа»;фарфор;D=125,H=15мм;белый</t>
+  </si>
+  <si>
+    <t>03022152</t>
+  </si>
+  <si>
+    <t>S2531</t>
+  </si>
+  <si>
+    <t>Olea</t>
+  </si>
+  <si>
+    <t>2583.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Олеа»;фарфор;D=163/55,H=20мм;белый</t>
+  </si>
+  <si>
+    <t>03022153</t>
+  </si>
+  <si>
+    <t>S2533</t>
+  </si>
+  <si>
+    <t>2597.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Сатиник»;фарфор;D=165,H=18мм;белый</t>
+  </si>
+  <si>
+    <t>03022154</t>
+  </si>
+  <si>
+    <t>S0433</t>
+  </si>
+  <si>
+    <t>4382.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Сатиник» квадратное;фарфор;,L=15,B=15см;белый</t>
+  </si>
+  <si>
+    <t>03022155</t>
+  </si>
+  <si>
+    <t>S0441</t>
+  </si>
+  <si>
+    <t>4984.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Жансан»;фарфор;D=158,H=17мм;белый</t>
+  </si>
+  <si>
+    <t>03022157</t>
+  </si>
+  <si>
+    <t>S0533</t>
+  </si>
+  <si>
+    <t>Ginseng</t>
+  </si>
+  <si>
+    <t>4536.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Фруассэ»;фарфор;,H=25,L=175,B=135мм;белый</t>
+  </si>
+  <si>
+    <t>03022162</t>
+  </si>
+  <si>
+    <t>6576.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Аида»;фарфор;D=12,H=1см;белый</t>
+  </si>
+  <si>
+    <t>03022164</t>
+  </si>
+  <si>
+    <t>0491</t>
+  </si>
+  <si>
+    <t>Aida</t>
+  </si>
+  <si>
+    <t>Блюдце «Хани»;фарфор;D=146,H=16мм;бежев.</t>
+  </si>
+  <si>
+    <t>03022166</t>
+  </si>
+  <si>
+    <t>1543 A158</t>
+  </si>
+  <si>
+    <t>3581.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Кунстверк»;фарфор;D=110,H=15мм;белый</t>
+  </si>
+  <si>
+    <t>03022167</t>
+  </si>
+  <si>
+    <t>A15809</t>
+  </si>
+  <si>
+    <t>574.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Кунстверк»;фарфор;D=140/45,H=20мм;белый</t>
+  </si>
+  <si>
+    <t>03022168</t>
+  </si>
+  <si>
+    <t>A15811</t>
+  </si>
+  <si>
+    <t>Блюдце «Кунстверк»;фарфор;D=150/59,H=20мм;белый</t>
+  </si>
+  <si>
+    <t>03022169</t>
+  </si>
+  <si>
+    <t>A15813</t>
+  </si>
+  <si>
+    <t>Блюдце «Кашуб-хел»;фарфор;D=170,H=15мм;белый</t>
+  </si>
+  <si>
+    <t>03022170</t>
+  </si>
+  <si>
+    <t>0612</t>
+  </si>
+  <si>
+    <t>1433.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Крафт Браун»;фарфор;D=145/70,H=17мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03022171</t>
+  </si>
+  <si>
+    <t>1132 0158</t>
+  </si>
+  <si>
+    <t>Craft Brown</t>
+  </si>
+  <si>
+    <t>5398.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Крафт Браун»;фарфор;D=110/40,H=13мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03022172</t>
+  </si>
+  <si>
+    <t>1132 0165</t>
+  </si>
+  <si>
+    <t>4466.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Крафт»;фарфор;D=165,H=15мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03022173</t>
+  </si>
+  <si>
+    <t>1132 0225</t>
+  </si>
+  <si>
+    <t>3245.00₸</t>
+  </si>
+  <si>
+    <t>29 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце прямоугольное;фарфор;,L=28,B=14,5см;белый</t>
+  </si>
+  <si>
+    <t>03022174</t>
+  </si>
+  <si>
+    <t>050301</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>9310.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Увертюра»;фарфор;D=150,H=15мм;белый</t>
+  </si>
+  <si>
+    <t>03022176</t>
+  </si>
+  <si>
+    <t>OV006150000</t>
+  </si>
+  <si>
+    <t>Ouvertur</t>
+  </si>
+  <si>
+    <t>4751.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Увертюра»;фарфор;D=120,H=15мм;белый</t>
+  </si>
+  <si>
+    <t>03022177</t>
+  </si>
+  <si>
+    <t>OV005120000</t>
+  </si>
+  <si>
+    <t>3080.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Тэндэнси»;зеникс;D=160/50,H=16мм;белый</t>
+  </si>
+  <si>
+    <t>03022178</t>
+  </si>
+  <si>
+    <t>H3515</t>
+  </si>
+  <si>
+    <t>Tendency</t>
+  </si>
+  <si>
+    <t>1449.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Террамеса Вит»;фарфор;D=165,H=18мм;бежев.</t>
+  </si>
+  <si>
+    <t>03022179</t>
+  </si>
+  <si>
+    <t>1120 0225</t>
+  </si>
+  <si>
+    <t>3573.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Террамеса Вит»;фарфор;D=115,H=15мм;бежев.</t>
+  </si>
+  <si>
+    <t>03022181</t>
+  </si>
+  <si>
+    <t>1120 0165</t>
+  </si>
+  <si>
+    <t>2888.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Это»;фарфор;D=170,H=22мм;белый</t>
+  </si>
+  <si>
+    <t>03022182</t>
+  </si>
+  <si>
+    <t>2449.00₸</t>
+  </si>
+  <si>
+    <t>21 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце «С-Класс Мелодия»;фарфор;D=170/50,H=15мм;белый</t>
+  </si>
+  <si>
+    <t>03022183</t>
+  </si>
+  <si>
+    <t>ESM1717</t>
+  </si>
+  <si>
+    <t>Melodia/Ess</t>
+  </si>
+  <si>
+    <t>2295.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Рио Грин»;фарфор;D=165,H=18мм;белый,зелен.</t>
+  </si>
+  <si>
+    <t>03022184</t>
+  </si>
+  <si>
+    <t>1529 0225</t>
+  </si>
+  <si>
+    <t>Rio Green</t>
+  </si>
+  <si>
+    <t>6492.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Рио Грин»;фарфор;D=145,H=16мм;белый,зелен.</t>
+  </si>
+  <si>
+    <t>03022185</t>
+  </si>
+  <si>
+    <t>1529 0158</t>
+  </si>
+  <si>
+    <t>2164.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Рио Грин»;фарфор;D=118,H=15мм;белый,зелен.</t>
+  </si>
+  <si>
+    <t>03022186</t>
+  </si>
+  <si>
+    <t>1529 0165</t>
+  </si>
+  <si>
+    <t>Блюдце «Рио Блю»;фарфор;D=165,H=18мм;белый,синий</t>
+  </si>
+  <si>
+    <t>03022187</t>
+  </si>
+  <si>
+    <t>1531 0225</t>
+  </si>
+  <si>
+    <t>Rio Blue</t>
+  </si>
+  <si>
+    <t>4944.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Рио Блю»;фарфор;D=145,H=16мм;белый,синий</t>
+  </si>
+  <si>
+    <t>03022188</t>
+  </si>
+  <si>
+    <t>1531 0158</t>
+  </si>
+  <si>
+    <t>Блюдце «Рио Блю»;фарфор;D=118,H=15мм;белый,синий</t>
+  </si>
+  <si>
+    <t>03022189</t>
+  </si>
+  <si>
+    <t>1531 0165</t>
+  </si>
+  <si>
+    <t>Блюдце «Рио Йеллоу»;фарфор;D=165,H=18мм;белый,желт.</t>
+  </si>
+  <si>
+    <t>03022190</t>
+  </si>
+  <si>
+    <t>1530 0225</t>
+  </si>
+  <si>
+    <t>Rio Yellow</t>
+  </si>
+  <si>
+    <t>3658.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Рио Йеллоу»;фарфор;D=145,H=16мм;белый,желт.</t>
+  </si>
+  <si>
+    <t>03022191</t>
+  </si>
+  <si>
+    <t>1530 0158</t>
+  </si>
+  <si>
+    <t>2926.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Рио Йеллоу»;фарфор;D=118,H=15мм;белый,желт.</t>
+  </si>
+  <si>
+    <t>03022192</t>
+  </si>
+  <si>
+    <t>1530 0165</t>
+  </si>
+  <si>
+    <t>Блюдце «Рио Пинк»;фарфор;D=145,H=16мм;белый,розов.</t>
+  </si>
+  <si>
+    <t>03022194</t>
+  </si>
+  <si>
+    <t>1532 0158</t>
+  </si>
+  <si>
+    <t>Rio Pink</t>
+  </si>
+  <si>
+    <t>3088.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Рио Пинк»;фарфор;D=118,H=15мм;белый,розов.</t>
+  </si>
+  <si>
+    <t>03022195</t>
+  </si>
+  <si>
+    <t>1532 0165</t>
+  </si>
+  <si>
+    <t>Блюдце «Эмбасси вайт»;фарфор;D=125,H=15мм;белый</t>
+  </si>
+  <si>
+    <t>03022196</t>
+  </si>
+  <si>
+    <t>S0131</t>
+  </si>
+  <si>
+    <t>Embassy White</t>
+  </si>
+  <si>
+    <t>МЕКСИКА</t>
+  </si>
+  <si>
+    <t>3353.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Эмбасси вайт»;фарфор;D=150,H=18мм;белый</t>
+  </si>
+  <si>
+    <t>03022198</t>
+  </si>
+  <si>
+    <t>S0133</t>
+  </si>
+  <si>
+    <t>3381.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Фачетта Блю»;фарфор;D=176,H=22мм;белый,синий</t>
+  </si>
+  <si>
+    <t>03022200</t>
+  </si>
+  <si>
+    <t>AZ007177420</t>
+  </si>
+  <si>
+    <t>826.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Оптик»;фарфор;D=160,H=16мм;белый</t>
+  </si>
+  <si>
+    <t>03022201</t>
+  </si>
+  <si>
+    <t>9118 C1018</t>
+  </si>
+  <si>
+    <t>Optik</t>
+  </si>
+  <si>
+    <t>2819.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Оптик»;фарфор;D=116/40,H=16мм;белый</t>
+  </si>
+  <si>
+    <t>03022202</t>
+  </si>
+  <si>
+    <t>9118 C1019</t>
+  </si>
+  <si>
+    <t>2488.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Лайк»;фарфор;,L=17,B=12см;белый</t>
+  </si>
+  <si>
+    <t>03022203</t>
+  </si>
+  <si>
+    <t>0657</t>
+  </si>
+  <si>
+    <t>Like</t>
+  </si>
+  <si>
+    <t>1956.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце для 27705;D=115,H=15мм;белый</t>
+  </si>
+  <si>
+    <t>03022209</t>
+  </si>
+  <si>
+    <t>Ancap</t>
+  </si>
+  <si>
+    <t>Edex</t>
+  </si>
+  <si>
+    <t>1171.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце для чашки 30075;D=145/55,H=16мм;белый</t>
+  </si>
+  <si>
+    <t>03022210</t>
+  </si>
+  <si>
+    <t>1594.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Кантри Стайл»;фарфор;D=170/85,H=20мм;зелен.</t>
+  </si>
+  <si>
+    <t>03022211</t>
+  </si>
+  <si>
+    <t>TRY1717</t>
+  </si>
+  <si>
+    <t>Country</t>
+  </si>
+  <si>
+    <t>3473.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Кантри Стайл»;фарфор;D=140/55,H=15мм;зелен.</t>
+  </si>
+  <si>
+    <t>03022212</t>
+  </si>
+  <si>
+    <t>TRY1714</t>
+  </si>
+  <si>
+    <t>Блюдце «Кантри Стайл»;фарфор;D=120/37,H=15мм;зелен.</t>
+  </si>
+  <si>
+    <t>03022213</t>
+  </si>
+  <si>
+    <t>TRY1712</t>
+  </si>
+  <si>
+    <t>2280.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Кантри Стайл»;фарфор;D=165/75,H=15мм;зелен.</t>
+  </si>
+  <si>
+    <t>03022214</t>
+  </si>
+  <si>
+    <t>TRY1716</t>
+  </si>
+  <si>
+    <t>Блюдце «Крафт Грин»;фарфор;D=145/60,H=17мм;зелен.</t>
+  </si>
+  <si>
+    <t>03022215</t>
+  </si>
+  <si>
+    <t>1131 0158</t>
+  </si>
+  <si>
+    <t>Craft Green</t>
+  </si>
+  <si>
+    <t>Блюдце «Крафт Грин»;фарфор;D=110/40,H=13мм;зелен.</t>
+  </si>
+  <si>
+    <t>03022216</t>
+  </si>
+  <si>
+    <t>1131 0165</t>
+  </si>
+  <si>
+    <t>4305.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Крафт Грэй»;фарфор;D=165/50,H=15мм;серый</t>
+  </si>
+  <si>
+    <t>03022218</t>
+  </si>
+  <si>
+    <t>1154 0225</t>
+  </si>
+  <si>
+    <t>Craft Grey</t>
+  </si>
+  <si>
+    <t>3250.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Крафт Грэй»;фарфор;D=145/60,H=17мм;серый</t>
+  </si>
+  <si>
+    <t>03022219</t>
+  </si>
+  <si>
+    <t>1154 0158</t>
+  </si>
+  <si>
+    <t>3327.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Опшенс»;фарфор;D=120/37,H=13мм;белый</t>
+  </si>
+  <si>
+    <t>03022221</t>
+  </si>
+  <si>
+    <t>71 6909</t>
+  </si>
+  <si>
+    <t>Bauscher</t>
+  </si>
+  <si>
+    <t>Options</t>
+  </si>
+  <si>
+    <t>5036.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Опшенс»;фарфор;D=150/49,H=15мм;белый</t>
+  </si>
+  <si>
+    <t>03022222</t>
+  </si>
+  <si>
+    <t>71 6918</t>
+  </si>
+  <si>
+    <t>5575.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Опшенс» квадратное;фарфор;,L=135,B=135мм;белый</t>
+  </si>
+  <si>
+    <t>03022223</t>
+  </si>
+  <si>
+    <t>71 7118</t>
+  </si>
+  <si>
+    <t>6076.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце «Опшенс»;фарфор;D=180/60,H=18мм;белый</t>
+  </si>
+  <si>
+    <t>03022224</t>
+  </si>
+  <si>
+    <t>71 6915</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце «Карат»;фарфор;D=125/37,H=18мм;белый</t>
+  </si>
+  <si>
+    <t>03022225</t>
+  </si>
+  <si>
+    <t>25 6909</t>
+  </si>
+  <si>
+    <t>Carat</t>
+  </si>
+  <si>
+    <t>4551.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Карат»;фарфор;D=160/49,H=18мм;белый</t>
+  </si>
+  <si>
+    <t>03022226</t>
+  </si>
+  <si>
+    <t>25 6918</t>
+  </si>
+  <si>
+    <t>4998.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Карат»;фарфор;D=160/48,H=18мм;белый</t>
+  </si>
+  <si>
+    <t>03022227</t>
+  </si>
+  <si>
+    <t>25 7100</t>
+  </si>
+  <si>
+    <t>3419.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Моцарт»;фарфор;D=110/38,H=17мм;белый</t>
+  </si>
+  <si>
+    <t>03022228</t>
+  </si>
+  <si>
+    <t>57 6909</t>
+  </si>
+  <si>
+    <t>Mozart</t>
+  </si>
+  <si>
+    <t>4721.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Моцарт»;фарфор;D=145/45,H=20мм;белый</t>
+  </si>
+  <si>
+    <t>03022229</t>
+  </si>
+  <si>
+    <t>57 6920</t>
+  </si>
+  <si>
+    <t>5406.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Моцарт»;фарфор;D=155/52,H=20мм;белый</t>
+  </si>
+  <si>
+    <t>03022230</t>
+  </si>
+  <si>
+    <t>57 6918</t>
+  </si>
+  <si>
+    <t>5483.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Штутгарт»;фарфор;D=115,H=16мм;белый</t>
+  </si>
+  <si>
+    <t>03022231</t>
+  </si>
+  <si>
+    <t>55 6909</t>
+  </si>
+  <si>
+    <t>Stuttgart</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце «Штутгарт»;фарфор;D=180,H=17мм;белый</t>
+  </si>
+  <si>
+    <t>03022232</t>
+  </si>
+  <si>
+    <t>55 6918</t>
+  </si>
+  <si>
+    <t>Блюдце «Штутгарт»;фарфор;D=160,H=19мм;белый</t>
+  </si>
+  <si>
+    <t>03022233</t>
+  </si>
+  <si>
+    <t>55 6930</t>
+  </si>
+  <si>
+    <t>Блюдце;фарфор;D=120,H=18мм;белый</t>
+  </si>
+  <si>
+    <t>03022234</t>
+  </si>
+  <si>
+    <t>Verona</t>
+  </si>
+  <si>
+    <t>994.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце;фарфор;D=140,H=22мм;белый</t>
+  </si>
+  <si>
+    <t>03022235</t>
+  </si>
+  <si>
+    <t>Блюдце;фарфор;D=18см;белый</t>
+  </si>
+  <si>
+    <t>03022237</t>
+  </si>
+  <si>
+    <t>2895.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Крафт Терракота»;фарфор;D=145/50,H=17мм;терракот</t>
+  </si>
+  <si>
+    <t>03022239</t>
+  </si>
+  <si>
+    <t>1133 0158</t>
+  </si>
+  <si>
+    <t>Craft Terracotta</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце «Крафт Терракота»;фарфор;D=110/40,H=13мм;терракот</t>
+  </si>
+  <si>
+    <t>03022240</t>
+  </si>
+  <si>
+    <t>1133 0165</t>
+  </si>
+  <si>
+    <t>Блюдце «Рафинез»;фарфор;D=162/44мм;слон.кость</t>
+  </si>
+  <si>
+    <t>03022241</t>
+  </si>
+  <si>
+    <t>20 6918</t>
+  </si>
+  <si>
+    <t>Raffinesse</t>
+  </si>
+  <si>
+    <t>5929.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Эмпайлэбл»;стекло;D=16,H=2см;белый</t>
+  </si>
+  <si>
+    <t>03022242</t>
+  </si>
+  <si>
+    <t>G2722</t>
+  </si>
+  <si>
+    <t>Luminarc</t>
+  </si>
+  <si>
+    <t>Empilable</t>
+  </si>
+  <si>
+    <t>1743.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Эмпайлэбл»;стекло;D=140,H=18мм;белый</t>
+  </si>
+  <si>
+    <t>03022243</t>
+  </si>
+  <si>
+    <t>01526</t>
+  </si>
+  <si>
+    <t>2086.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Крафт Вайт»;фарфор;D=165/50,H=15мм;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03022244</t>
+  </si>
+  <si>
+    <t>1155 0225</t>
+  </si>
+  <si>
+    <t>Craft White</t>
+  </si>
+  <si>
+    <t>7223.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Крафт Вайт»;фарфор;D=145/60,H=17мм;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03022245</t>
+  </si>
+  <si>
+    <t>1155 0158</t>
+  </si>
+  <si>
+    <t>Блюдце «Крафт Вайт»;фарфор;D=110/40,H=13мм;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03022246</t>
+  </si>
+  <si>
+    <t>1155 0165</t>
+  </si>
+  <si>
+    <t>4567.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Перла»;фарфор;D=150,H=18мм;белый</t>
+  </si>
+  <si>
+    <t>03022249</t>
+  </si>
+  <si>
+    <t>PE606140000</t>
+  </si>
+  <si>
+    <t>Perla</t>
+  </si>
+  <si>
+    <t>1271.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Бонн»;фарфор;D=14/5см;белый</t>
+  </si>
+  <si>
+    <t>03022258</t>
+  </si>
+  <si>
+    <t>54 6920</t>
+  </si>
+  <si>
+    <t>Bonn</t>
+  </si>
+  <si>
+    <t>Блюдце «Опера»;фарфор;D=13см;белый</t>
+  </si>
+  <si>
+    <t>03022260</t>
+  </si>
+  <si>
+    <t>OP305120000</t>
+  </si>
+  <si>
+    <t>Opera</t>
+  </si>
+  <si>
+    <t>5375.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Айвори Монте Карло»;фарфор;D=165/73,H=20мм;слон.кость</t>
+  </si>
+  <si>
+    <t>03022268</t>
+  </si>
+  <si>
+    <t>1600 A940</t>
+  </si>
+  <si>
+    <t>Ivory Monte Carlo</t>
+  </si>
+  <si>
+    <t>3974.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Крафт Терракота»;фарфор;D=165/50,H=15мм;терракот</t>
+  </si>
+  <si>
+    <t>03022273</t>
+  </si>
+  <si>
+    <t>1133 0225</t>
+  </si>
+  <si>
+    <t>3504.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Пьюрити»;эко-кост. фарф.;D=135/42,H=18мм;белый</t>
+  </si>
+  <si>
+    <t>03022274</t>
+  </si>
+  <si>
+    <t>69 6909</t>
+  </si>
+  <si>
+    <t>Purity</t>
+  </si>
+  <si>
+    <t>5614.00₸</t>
+  </si>
+  <si>
+    <t>27 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце «Пьюрити»;эко-кост. фарф.;D=160/68,H=20мм;белый</t>
+  </si>
+  <si>
+    <t>03022275</t>
+  </si>
+  <si>
+    <t>69 6919</t>
+  </si>
+  <si>
+    <t>6415.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Крафт Блю»;фарфор;D=110/40,H=13мм;синий</t>
+  </si>
+  <si>
+    <t>03022276</t>
+  </si>
+  <si>
+    <t>1130 0165</t>
+  </si>
+  <si>
+    <t>Craft Blue</t>
+  </si>
+  <si>
+    <t>Блюдце «Пьюрити»;эко-кост. фарф.;D=160/72,H=19мм;белый</t>
+  </si>
+  <si>
+    <t>03022277</t>
+  </si>
+  <si>
+    <t>69 7135</t>
+  </si>
+  <si>
+    <t>6184.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Крафт Блю»;фарфор;D=145/60,H=17мм;синий</t>
+  </si>
+  <si>
+    <t>03022278</t>
+  </si>
+  <si>
+    <t>1130 0158</t>
+  </si>
+  <si>
+    <t>6006.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Нью Граффити»;фарфор;D=110,H=15мм</t>
+  </si>
+  <si>
+    <t>03022279</t>
+  </si>
+  <si>
+    <t>NG00511</t>
+  </si>
+  <si>
+    <t>Graffiti New</t>
+  </si>
+  <si>
+    <t>1869.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Нью Граффити»;фарфор;D=16,H=2см;белый</t>
+  </si>
+  <si>
+    <t>03022280</t>
+  </si>
+  <si>
+    <t>NG006160000</t>
+  </si>
+  <si>
+    <t>2072.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Крафт Блю»;фарфор;D=165/50,H=15мм;синий</t>
+  </si>
+  <si>
+    <t>03022281</t>
+  </si>
+  <si>
+    <t>1130 0225</t>
+  </si>
+  <si>
+    <t>7115.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Крафт Грин»;фарфор;D=165/50,H=15мм;зелен.</t>
+  </si>
+  <si>
+    <t>03022282</t>
+  </si>
+  <si>
+    <t>1131 0225</t>
+  </si>
+  <si>
+    <t>6823.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Лив»;фарфор;D=165,H=18мм;белый</t>
+  </si>
+  <si>
+    <t>03022283</t>
+  </si>
+  <si>
+    <t>1340 X0040</t>
+  </si>
+  <si>
+    <t>Liv</t>
+  </si>
+  <si>
+    <t>2033.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Лив»;фарфор;D=165/60,H=18мм;белый</t>
+  </si>
+  <si>
+    <t>03022284</t>
+  </si>
+  <si>
+    <t>1340 X0041</t>
+  </si>
+  <si>
+    <t>3720.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Лив»;фарфор;D=150/50,H=17мм;белый</t>
+  </si>
+  <si>
+    <t>03022285</t>
+  </si>
+  <si>
+    <t>1340 X0042</t>
+  </si>
+  <si>
+    <t>3519.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце;фарфор;D=16см;белый</t>
+  </si>
+  <si>
+    <t>03022290</t>
+  </si>
+  <si>
+    <t>051701</t>
+  </si>
+  <si>
+    <t>5290.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Энджой» треугольное;фарфор;,L=174,B=149мм;белый</t>
+  </si>
+  <si>
+    <t>03022901</t>
+  </si>
+  <si>
+    <t>92 7135</t>
+  </si>
+  <si>
+    <t>Enjoy</t>
+  </si>
+  <si>
+    <t>7585.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Энджой» треугольное;фарфор;,L=150,B=141мм;белый</t>
+  </si>
+  <si>
+    <t>03022902</t>
+  </si>
+  <si>
+    <t>92 7118</t>
+  </si>
+  <si>
+    <t>Блюдце «Лив»;фарфор;D=125/40,H=15мм;белый</t>
+  </si>
+  <si>
+    <t>03022908</t>
+  </si>
+  <si>
+    <t>1340 X0043</t>
+  </si>
+  <si>
+    <t>Блюдце «Опера»;фарфор;D=17см;белый</t>
+  </si>
+  <si>
+    <t>03022909</t>
+  </si>
+  <si>
+    <t>OP306160000</t>
+  </si>
+  <si>
+    <t>6014.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Гламур»;стекло;D=132/45,H=2мм;прозр.</t>
+  </si>
+  <si>
+    <t>03022910</t>
+  </si>
+  <si>
+    <t>Osz</t>
+  </si>
+  <si>
+    <t>Гламур</t>
+  </si>
+  <si>
+    <t>293.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце для чашки 80 мл;фарфор;белый</t>
+  </si>
+  <si>
+    <t>03022933</t>
+  </si>
+  <si>
+    <t>11770-800001-14716</t>
+  </si>
+  <si>
+    <t>Mesh White</t>
+  </si>
+  <si>
+    <t>2526.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце для чашки 150 мл;фарфор;белый</t>
+  </si>
+  <si>
+    <t>03022934</t>
+  </si>
+  <si>
+    <t>11770-800001-14741</t>
+  </si>
+  <si>
+    <t>3396.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Это Рома»;фарфор;D=155,H=15мм;белый</t>
+  </si>
+  <si>
+    <t>03022937</t>
+  </si>
+  <si>
+    <t>0350</t>
+  </si>
+  <si>
+    <t>Eto Roma</t>
+  </si>
+  <si>
+    <t>1386.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Это Рома»;фарфор;D=140,H=15мм;белый</t>
+  </si>
+  <si>
+    <t>03022938</t>
+  </si>
+  <si>
+    <t>0308</t>
+  </si>
+  <si>
+    <t>1194.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Блю Дэппл»;фарфор;D=115/40,H=15мм;белый,синий</t>
+  </si>
+  <si>
+    <t>03022939</t>
+  </si>
+  <si>
+    <t>1710 0165</t>
+  </si>
+  <si>
+    <t>Blue Dapple</t>
+  </si>
+  <si>
+    <t>4166.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Блю Дэппл»;фарфор;D=155/50,H=20мм;белый,синий</t>
+  </si>
+  <si>
+    <t>03022940</t>
+  </si>
+  <si>
+    <t>1710 0218</t>
+  </si>
+  <si>
+    <t>3319.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Блю Дэппл»;фарфор;D=160/50,H=18мм;белый,синий</t>
+  </si>
+  <si>
+    <t>03022941</t>
+  </si>
+  <si>
+    <t>1710 0225</t>
+  </si>
+  <si>
+    <t>6607.00₸</t>
+  </si>
+  <si>
+    <t>14 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце «Монако Вайт»;фарфор;D=165,H=20мм;белый</t>
+  </si>
+  <si>
+    <t>03022959</t>
+  </si>
+  <si>
+    <t>9001 C1115</t>
+  </si>
+  <si>
+    <t>3489.00₸</t>
+  </si>
+  <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце «Рио Грин»;фарфор;D=150,H=16мм;белый,зелен.</t>
+  </si>
+  <si>
+    <t>03022961</t>
+  </si>
+  <si>
+    <t>1529 0218</t>
+  </si>
+  <si>
+    <t>Блюдце для бульонной чашки;фарфор;кремов.</t>
+  </si>
+  <si>
+    <t>03022962</t>
+  </si>
+  <si>
+    <t>11770-405153-10421</t>
+  </si>
+  <si>
+    <t>Mesh Cream</t>
+  </si>
+  <si>
+    <t>Блюдце;фарфор;коричнев.</t>
+  </si>
+  <si>
+    <t>03022963</t>
+  </si>
+  <si>
+    <t>11770-405151-14741</t>
+  </si>
+  <si>
+    <t>Mesh Walnut</t>
+  </si>
+  <si>
+    <t>4266.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Арома»;стекло;D=120,H=21мм;прозр.</t>
+  </si>
+  <si>
+    <t>03022969</t>
+  </si>
+  <si>
+    <t>J9827</t>
+  </si>
+  <si>
+    <t>Aroma</t>
+  </si>
+  <si>
+    <t>2352.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Арома»;стекло;D=140,H=21мм;прозр.</t>
+  </si>
+  <si>
+    <t>03022970</t>
+  </si>
+  <si>
+    <t>L3697</t>
+  </si>
+  <si>
+    <t>1134.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Лайфстиль»;фарфор;D=150,H=15мм;серо-голуб.</t>
+  </si>
+  <si>
+    <t>03022971</t>
+  </si>
+  <si>
+    <t>LSH1715</t>
+  </si>
+  <si>
+    <t>Lifestyle Highland</t>
+  </si>
+  <si>
+    <t>3527.00₸</t>
+  </si>
+  <si>
+    <t>36 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце «Лайфстиль»;фарфор;D=150,H=15мм;мятно-бирюз.</t>
+  </si>
+  <si>
+    <t>03022972</t>
+  </si>
+  <si>
+    <t>LSR1715</t>
+  </si>
+  <si>
+    <t>Lifestyle Rainforest</t>
+  </si>
+  <si>
+    <t>Блюдце «Лайфстиль»;фарфор;D=150,H=15мм;терракот</t>
+  </si>
+  <si>
+    <t>03022973</t>
+  </si>
+  <si>
+    <t>LST1715</t>
+  </si>
+  <si>
+    <t>Lifestyle Terracotta</t>
+  </si>
+  <si>
+    <t>Блюдце «Лайфстиль» для чашки LSN0215;фарфор;D=130,H=19мм;песочн.</t>
+  </si>
+  <si>
+    <t>03022974</t>
+  </si>
+  <si>
+    <t>LSN1713</t>
+  </si>
+  <si>
+    <t>Lifestyle Natural</t>
+  </si>
+  <si>
+    <t>3342.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Лайфстиль»;фарфор;D=120,H=16мм;песочн.</t>
+  </si>
+  <si>
+    <t>03022975</t>
+  </si>
+  <si>
+    <t>LSN1712</t>
+  </si>
+  <si>
+    <t>Блюдце «Лайфстиль»;фарфор;D=170,H=19мм;песочн.</t>
+  </si>
+  <si>
+    <t>03022976</t>
+  </si>
+  <si>
+    <t>LSN9603</t>
+  </si>
+  <si>
+    <t>3219.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Лайфстиль»;фарфор;D=170,H=19мм;серо-голуб.</t>
+  </si>
+  <si>
+    <t>03022977</t>
+  </si>
+  <si>
+    <t>LSH9603</t>
+  </si>
+  <si>
+    <t>Блюдце «Лайфстиль»;фарфор;D=17см;мятно-бирюз.</t>
+  </si>
+  <si>
+    <t>03022978</t>
+  </si>
+  <si>
+    <t>LSR9603</t>
+  </si>
+  <si>
+    <t>2595.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Лайфстиль»;фарфор;D=170,H=19мм;терракот</t>
+  </si>
+  <si>
+    <t>03022979</t>
+  </si>
+  <si>
+    <t>LST9603</t>
+  </si>
+  <si>
+    <t>Блюдце «В.Виена Шарм»;фарфор;D=160,H=22мм;серый</t>
+  </si>
+  <si>
+    <t>03022980</t>
+  </si>
+  <si>
+    <t>VW006160772</t>
+  </si>
+  <si>
+    <t>Wienna Charm</t>
+  </si>
+  <si>
+    <t>БАНГЛАДЕШ</t>
+  </si>
+  <si>
+    <t>2988.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «В.Виена Шарм»;фарфор;D=160,H=22мм;розов.</t>
+  </si>
+  <si>
+    <t>03022981</t>
+  </si>
+  <si>
+    <t>VW006160792</t>
+  </si>
+  <si>
+    <t>3589.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «В.Виена Шарм»;фарфор;D=160,H=22мм;зелен.</t>
+  </si>
+  <si>
+    <t>03022982</t>
+  </si>
+  <si>
+    <t>VW006160841</t>
+  </si>
+  <si>
+    <t>Блюдце «В.Виена Шарм»;фарфор;D=120,H=16мм;серый</t>
+  </si>
+  <si>
+    <t>03022983</t>
+  </si>
+  <si>
+    <t>VW005130772</t>
+  </si>
+  <si>
+    <t>Блюдце «В.Виена Шарм»;фарфор;D=120,H=16мм;розов.</t>
+  </si>
+  <si>
+    <t>03022984</t>
+  </si>
+  <si>
+    <t>VW005130792</t>
+  </si>
+  <si>
+    <t>2418.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «В.Виена Шарм»;фарфор;D=120,H=16мм;зелен.</t>
+  </si>
+  <si>
+    <t>03022985</t>
+  </si>
+  <si>
+    <t>VW005130841</t>
+  </si>
+  <si>
+    <t>Блюдце «Блю Дэппл»;фарфор;D=125/40,H=15мм;белый,синий</t>
+  </si>
+  <si>
+    <t>03022986</t>
+  </si>
+  <si>
+    <t>1710 X0043</t>
+  </si>
+  <si>
+    <t>4844.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Блю Дэппл»;фарфор;D=15/5,H=2см;белый,синий</t>
+  </si>
+  <si>
+    <t>03022987</t>
+  </si>
+  <si>
+    <t>1710 X0042</t>
+  </si>
+  <si>
+    <t>5745.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце;фарфор;D=16см;синий</t>
+  </si>
+  <si>
+    <t>03022997</t>
+  </si>
+  <si>
+    <t>11770-405152-14741</t>
+  </si>
+  <si>
+    <t>Mesh Agua</t>
+  </si>
+  <si>
+    <t>3897.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Интэнсити»;зеникс;D=140,H=17мм;белый</t>
+  </si>
+  <si>
+    <t>03022998</t>
+  </si>
+  <si>
+    <t>H9984</t>
+  </si>
+  <si>
+    <t>Intensity</t>
+  </si>
+  <si>
+    <t>1365.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Титаник»;фарфор;D=11,5см</t>
+  </si>
+  <si>
+    <t>03022999</t>
+  </si>
+  <si>
+    <t>8110BC140</t>
+  </si>
+  <si>
+    <t>Royal Crown Derby</t>
+  </si>
+  <si>
+    <t>Titanic</t>
+  </si>
+  <si>
+    <t>32470.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Лайфстиль»;фарфор;D=12см;бирюз.</t>
+  </si>
+  <si>
+    <t>03024201</t>
+  </si>
+  <si>
+    <t>LSD1712</t>
+  </si>
+  <si>
+    <t>Lifestyle Deeplagoon</t>
+  </si>
+  <si>
+    <t>3019.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Лайфстиль»;фарфор;D=12см;киноварь</t>
+  </si>
+  <si>
+    <t>03024202</t>
+  </si>
+  <si>
+    <t>LSV1712</t>
+  </si>
+  <si>
+    <t>Lifestyle Volcano</t>
+  </si>
+  <si>
+    <t>3773.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Браун Дэппл»;фарфор;D=15/5,H=2см;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03024203</t>
+  </si>
+  <si>
+    <t>1714 X0042</t>
+  </si>
+  <si>
+    <t>Brown Dapple</t>
+  </si>
+  <si>
+    <t>6145.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Браун Дэппл»;фарфор;D=125/40мм;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03024204</t>
+  </si>
+  <si>
+    <t>1714 X0043</t>
+  </si>
+  <si>
+    <t>5152.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Браун Дэппл»;фарфор;D=155,H=20мм;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03024205</t>
+  </si>
+  <si>
+    <t>1714 0218</t>
+  </si>
+  <si>
+    <t>3935.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Виллоу»;фарфор;D=153/47мм;белый</t>
+  </si>
+  <si>
+    <t>03024209</t>
+  </si>
+  <si>
+    <t>9117 C1192</t>
+  </si>
+  <si>
+    <t>Willow</t>
+  </si>
+  <si>
+    <t>5414.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце;керамика;D=15см;белый,голуб.</t>
+  </si>
+  <si>
+    <t>03024212</t>
+  </si>
+  <si>
+    <t>CT7004</t>
+  </si>
+  <si>
+    <t>Utopia</t>
+  </si>
+  <si>
+    <t>Grace</t>
+  </si>
+  <si>
+    <t>1748.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Нами»;фарфор;D=177/57,H=23мм;белый</t>
+  </si>
+  <si>
+    <t>03024214</t>
+  </si>
+  <si>
+    <t>NAM1718</t>
+  </si>
+  <si>
+    <t>Suisse Langenthal</t>
+  </si>
+  <si>
+    <t>Nami</t>
+  </si>
+  <si>
+    <t>6399.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Нами»;фарфор;D=177/40,H=23мм;белый</t>
+  </si>
+  <si>
+    <t>03024215</t>
+  </si>
+  <si>
+    <t>NAM1717</t>
+  </si>
+  <si>
+    <t>Блюдце «Террес де Ревес»;керамика;D=135/60,H=12мм;голуб.</t>
+  </si>
+  <si>
+    <t>03024216</t>
+  </si>
+  <si>
+    <t>B5117304A</t>
+  </si>
+  <si>
+    <t>Terres de Reves</t>
+  </si>
+  <si>
+    <t>9289.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Террес де Ревес»;керамика;D=135/60,H=12мм;синий</t>
+  </si>
+  <si>
+    <t>03024217</t>
+  </si>
+  <si>
+    <t>B5117304B</t>
+  </si>
+  <si>
+    <t>Блюдце «Террес де Ревес»;керамика;D=135/60,H=12мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03024218</t>
+  </si>
+  <si>
+    <t>B5117304C</t>
+  </si>
+  <si>
+    <t>9205.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Террес де Ревес»;керамика;D=135/80,H=12мм;голуб.</t>
+  </si>
+  <si>
+    <t>03024219</t>
+  </si>
+  <si>
+    <t>B5117305A</t>
+  </si>
+  <si>
+    <t>10220.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Террес де Ревес»;керамика;D=135/80,H=12мм;синий</t>
+  </si>
+  <si>
+    <t>03024220</t>
+  </si>
+  <si>
+    <t>B5117305B</t>
+  </si>
+  <si>
+    <t>Блюдце «Террес де Ревес»;керамика;D=135/80,H=12мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03024221</t>
+  </si>
+  <si>
+    <t>B5117305C</t>
+  </si>
+  <si>
+    <t>Блюдце «Пастораль»;фарфор;D=14/6см;оранжев.</t>
+  </si>
+  <si>
+    <t>03024222</t>
+  </si>
+  <si>
+    <t>P7139609-D-SH113</t>
+  </si>
+  <si>
+    <t>Pastoral</t>
+  </si>
+  <si>
+    <t>2058.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Винтаж» набор[2шт];фарфор;D=16см;кремов.,сизый</t>
+  </si>
+  <si>
+    <t>03024232</t>
+  </si>
+  <si>
+    <t>ISC1816X8753</t>
+  </si>
+  <si>
+    <t>Vintage</t>
+  </si>
+  <si>
+    <t>5945.00₸</t>
+  </si>
+  <si>
+    <t>23 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце «Виллоу»;фарфор;D=117/40мм;белый</t>
+  </si>
+  <si>
+    <t>03024234</t>
+  </si>
+  <si>
+    <t>9117 C1193</t>
+  </si>
+  <si>
+    <t>4905.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Пастораль»;фарфор;D=14/6см;зелен.</t>
+  </si>
+  <si>
+    <t>03024238</t>
+  </si>
+  <si>
+    <t>P7139609-D-SH115</t>
+  </si>
+  <si>
+    <t>1827.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Пастораль»;фарфор;D=14/6см;серый</t>
+  </si>
+  <si>
+    <t>03024239</t>
+  </si>
+  <si>
+    <t>P7139609-D-SH116</t>
+  </si>
+  <si>
+    <t>1750.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце;керамика;D=15см;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03024241</t>
+  </si>
+  <si>
+    <t>9580554M</t>
+  </si>
+  <si>
+    <t>Cosy&amp;Trendy</t>
+  </si>
+  <si>
+    <t>Plato</t>
+  </si>
+  <si>
+    <t>2372.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Браун Дэппл»;фарфор;D=115/40мм;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03024243</t>
+  </si>
+  <si>
+    <t>1714 0165</t>
+  </si>
+  <si>
+    <t>2965.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Далматинцы» детское;фарфор;D=15см;белый</t>
+  </si>
+  <si>
+    <t>03024244</t>
+  </si>
+  <si>
+    <t>7С1205</t>
+  </si>
+  <si>
+    <t>Добрушский фарфоровый завод</t>
+  </si>
+  <si>
+    <t>Далматинцы</t>
+  </si>
+  <si>
+    <t>БЕЛАРУСЬ</t>
+  </si>
+  <si>
+    <t>555.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Арборесценс» для стакана 80 мл;фарфор;D=14см;слон.кость</t>
+  </si>
+  <si>
+    <t>03024249</t>
+  </si>
+  <si>
+    <t>Arborescence</t>
+  </si>
+  <si>
+    <t>12228.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Арборесценс» для стакана 80 мл;керамика;D=14см;</t>
+  </si>
+  <si>
+    <t>03024250</t>
+  </si>
+  <si>
+    <t>Блюдце «Арборесценс» для стакана 80 мл;керамика;D=14см;черный,серый</t>
+  </si>
+  <si>
+    <t>03024251</t>
+  </si>
+  <si>
+    <t>Блюдце «Арборесценс» для стакана 180 мл;керамика;D=16см;</t>
+  </si>
+  <si>
+    <t>03024252</t>
+  </si>
+  <si>
+    <t>13275.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Арборесценс» для стакана 180 мл;керамика;D=16см;черный,серый</t>
+  </si>
+  <si>
+    <t>03024253</t>
+  </si>
+  <si>
+    <t>Блюдце «Крафт Лакрица»;фарфор;D=145/60мм;черный</t>
+  </si>
+  <si>
+    <t>03024257</t>
+  </si>
+  <si>
+    <t>1209 0158</t>
+  </si>
+  <si>
+    <t>Craft Liquorice</t>
+  </si>
+  <si>
+    <t>4990.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Крафт Лакрица»;фарфор;D=11/4см;черный</t>
+  </si>
+  <si>
+    <t>03024258</t>
+  </si>
+  <si>
+    <t>1209 0165</t>
+  </si>
+  <si>
+    <t>Блюдце «Скандинавия»;керамика;D=98мм;голуб.</t>
+  </si>
+  <si>
+    <t>03024265</t>
+  </si>
+  <si>
+    <t>СНД00009821</t>
+  </si>
+  <si>
+    <t>Борисовская Керамика</t>
+  </si>
+  <si>
+    <t>Скандинавия</t>
+  </si>
+  <si>
+    <t>963.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Элегант»;фарфор;D=12см;черный</t>
+  </si>
+  <si>
+    <t>03024266</t>
+  </si>
+  <si>
+    <t>ET005080779</t>
+  </si>
+  <si>
+    <t>1400.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Шоколад»;фарфор;D=155,H=20мм;тем.корич.</t>
+  </si>
+  <si>
+    <t>03024267</t>
+  </si>
+  <si>
+    <t>ФРФ88801437</t>
+  </si>
+  <si>
+    <t>Шоколад</t>
+  </si>
+  <si>
+    <t>Блюдце «Стоун»;фарфор;D=150/62мм;сине-серый</t>
+  </si>
+  <si>
+    <t>03024283</t>
+  </si>
+  <si>
+    <t>A8106W621</t>
+  </si>
+  <si>
+    <t>Stone</t>
+  </si>
+  <si>
+    <t>2170.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Карактэр»;керамика;,H=12,L=135,B=83мм;изумруд.</t>
+  </si>
+  <si>
+    <t>03024284</t>
+  </si>
+  <si>
+    <t>Caractere</t>
+  </si>
+  <si>
+    <t>8247.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Синий крафт»;керамика;D=15,5см;голуб.</t>
+  </si>
+  <si>
+    <t>03024287</t>
+  </si>
+  <si>
+    <t>КРФ00012584</t>
+  </si>
+  <si>
+    <t>Синий Крафт</t>
+  </si>
+  <si>
+    <t>1071.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Скандинавия»;керамика;D=15см;голуб.</t>
+  </si>
+  <si>
+    <t>03024288</t>
+  </si>
+  <si>
+    <t>СНД00011471</t>
+  </si>
+  <si>
+    <t>1463.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Пинки»;керамика;D=15см;серый</t>
+  </si>
+  <si>
+    <t>03024294</t>
+  </si>
+  <si>
+    <t>ПИН00011605</t>
+  </si>
+  <si>
+    <t>Пинки</t>
+  </si>
+  <si>
+    <t>1502.00₸</t>
+  </si>
+  <si>
+    <t>22 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце «Маренго»;керамика;D=15см;черный,серый</t>
+  </si>
+  <si>
+    <t>03024295</t>
+  </si>
+  <si>
+    <t>МАР00011594</t>
+  </si>
+  <si>
+    <t>Маренго</t>
+  </si>
+  <si>
+    <t>1579.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Колорс»;фарфор;D=12см;изумруд.</t>
+  </si>
+  <si>
+    <t>03024312</t>
+  </si>
+  <si>
+    <t>KL105120009</t>
+  </si>
+  <si>
+    <t>Kolors</t>
+  </si>
+  <si>
+    <t>861.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Колорс»;фарфор;D=12см;красный</t>
+  </si>
+  <si>
+    <t>03024314</t>
+  </si>
+  <si>
+    <t>KL105120798</t>
+  </si>
+  <si>
+    <t>Блюдце «Колорс»;фарфор;D=12см;желт.</t>
+  </si>
+  <si>
+    <t>03024315</t>
+  </si>
+  <si>
+    <t>KL105120801</t>
+  </si>
+  <si>
+    <t>Блюдце «Колорс»;фарфор;D=15см;серый</t>
+  </si>
+  <si>
+    <t>03024316</t>
+  </si>
+  <si>
+    <t>KL106150832</t>
+  </si>
+  <si>
+    <t>Блюдце «Колорс»;фарфор;D=15см;голуб.</t>
+  </si>
+  <si>
+    <t>03024319</t>
+  </si>
+  <si>
+    <t>KL106150854</t>
+  </si>
+  <si>
+    <t>Блюдце;фарфор;D=130/38мм;белый</t>
+  </si>
+  <si>
+    <t>03024328</t>
+  </si>
+  <si>
+    <t>92 6909</t>
+  </si>
+  <si>
+    <t>2187.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Млечный путь»;фарфор;D=155/70мм;черный,серый</t>
+  </si>
+  <si>
+    <t>03024331</t>
+  </si>
+  <si>
+    <t>ФРФ88801453</t>
+  </si>
+  <si>
+    <t>Млечный Путь</t>
+  </si>
+  <si>
+    <t>Блюдце «Млечный путь»;фарфор;D=98/50мм;черный,серый</t>
+  </si>
+  <si>
+    <t>03024332</t>
+  </si>
+  <si>
+    <t>ФРФ88806153</t>
+  </si>
+  <si>
+    <t>Блюдце «Везувиус Амбер»;фарфор;D=145/52мм;амбер</t>
+  </si>
+  <si>
+    <t>03024333</t>
+  </si>
+  <si>
+    <t>1202 0158</t>
+  </si>
+  <si>
+    <t>Vesuvius Amber</t>
+  </si>
+  <si>
+    <t>4613.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Везувиус Ляпис»;фарфор;D=145/52мм;синий</t>
+  </si>
+  <si>
+    <t>03024334</t>
+  </si>
+  <si>
+    <t>1201 0158</t>
+  </si>
+  <si>
+    <t>Vesuvius Lapis</t>
+  </si>
+  <si>
+    <t>5206.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Везувиус Амбер»;фарфор;D=165/50мм;амбер</t>
+  </si>
+  <si>
+    <t>03024335</t>
+  </si>
+  <si>
+    <t>1202 0225</t>
+  </si>
+  <si>
+    <t>Блюдце «Везувиус Ляпис»;фарфор;D=117/40мм;синий</t>
+  </si>
+  <si>
+    <t>03024336</t>
+  </si>
+  <si>
+    <t>1201 0165</t>
+  </si>
+  <si>
+    <t>Блюдце «Везувиус Ляпис»;фарфор;D=165/50мм;синий</t>
+  </si>
+  <si>
+    <t>03024337</t>
+  </si>
+  <si>
+    <t>1201 0225</t>
+  </si>
+  <si>
+    <t>4035.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Везувиус Амбер»;фарфор;D=117/40мм;амбер</t>
+  </si>
+  <si>
+    <t>03024338</t>
+  </si>
+  <si>
+    <t>1202 0165</t>
+  </si>
+  <si>
+    <t>3065.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Карбон»;фарфор;D=15,5см;черный,матовый</t>
+  </si>
+  <si>
+    <t>03024339</t>
+  </si>
+  <si>
+    <t>ФРФ88801411</t>
+  </si>
+  <si>
+    <t>Carbone</t>
+  </si>
+  <si>
+    <t>Блюдце «Карбон»;фарфор;D=10,5см;черный,матовый</t>
+  </si>
+  <si>
+    <t>03024340</t>
+  </si>
+  <si>
+    <t>ФРФ88806111</t>
+  </si>
+  <si>
+    <t>701.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Пас-парту»;фарфор;D=135,H=23мм;белый,матовый</t>
+  </si>
+  <si>
+    <t>03024341</t>
+  </si>
+  <si>
+    <t>B6219114S</t>
+  </si>
+  <si>
+    <t>Passe-partout</t>
+  </si>
+  <si>
+    <t>5806.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Малахит»;фарфор;D=15,5см;черный,зелен.</t>
+  </si>
+  <si>
+    <t>03024342</t>
+  </si>
+  <si>
+    <t>ФРФ88801438</t>
+  </si>
+  <si>
+    <t>Малахит</t>
+  </si>
+  <si>
+    <t>709.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Малахит»;фарфор;D=10,5см;черный,зелен.</t>
+  </si>
+  <si>
+    <t>03024343</t>
+  </si>
+  <si>
+    <t>ФРФ88806138</t>
+  </si>
+  <si>
+    <t>678.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Чакоул Дэппл»;фарфор,фарфор;D=15/5,H=2см;белый,черный</t>
+  </si>
+  <si>
+    <t>03024344</t>
+  </si>
+  <si>
+    <t>1756 X0042</t>
+  </si>
+  <si>
+    <t>Charcoal Dapple</t>
+  </si>
+  <si>
+    <t>41 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце «Чакоул Дэппл»;фарфор,фарфор;D=125/40мм;белый,черный</t>
+  </si>
+  <si>
+    <t>03024345</t>
+  </si>
+  <si>
+    <t>1756 X0043</t>
+  </si>
+  <si>
+    <t>4759.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Урбан»;фарфор;D=14,5см;тем.сер.</t>
+  </si>
+  <si>
+    <t>03024346</t>
+  </si>
+  <si>
+    <t>1208 0158</t>
+  </si>
+  <si>
+    <t>Urban</t>
+  </si>
+  <si>
+    <t>Блюдце «Урбан»;фарфор;D=11см;тем.сер.</t>
+  </si>
+  <si>
+    <t>03024347</t>
+  </si>
+  <si>
+    <t>1208 0165</t>
+  </si>
+  <si>
+    <t>Блюдце «Пекое»;керамика;D=140,H=13мм;черный</t>
+  </si>
+  <si>
+    <t>03024348</t>
+  </si>
+  <si>
+    <t>Pekoe</t>
+  </si>
+  <si>
+    <t>20074.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Экспресс» чайное;фарфор;140мл;белый</t>
+  </si>
+  <si>
+    <t>03024356</t>
+  </si>
+  <si>
+    <t>6C0015</t>
+  </si>
+  <si>
+    <t>Экспресс</t>
+  </si>
+  <si>
+    <t>886.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Млечный путь голубой» универсальное;фарфор;D=15,5см;голуб.,черный</t>
+  </si>
+  <si>
+    <t>03024359</t>
+  </si>
+  <si>
+    <t>ФРФ88801464</t>
+  </si>
+  <si>
+    <t>Млечный путь голубой</t>
+  </si>
+  <si>
+    <t>Блюдце «Трамонтано»;фарфор;D=15см;малахит.</t>
+  </si>
+  <si>
+    <t>03024364</t>
+  </si>
+  <si>
+    <t>ФРФ88801433</t>
+  </si>
+  <si>
+    <t>Tramontano</t>
+  </si>
+  <si>
+    <t>663.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Пунто Верде»;фарфор;D=15см;зелен.</t>
+  </si>
+  <si>
+    <t>03024365</t>
+  </si>
+  <si>
+    <t>ФРФ88801452</t>
+  </si>
+  <si>
+    <t>Punto Verde</t>
+  </si>
+  <si>
+    <t>Блюдце;фарфор;D=15см;синий</t>
+  </si>
+  <si>
+    <t>03024366</t>
+  </si>
+  <si>
+    <t>ФРФ88801446</t>
+  </si>
+  <si>
+    <t>Mars</t>
+  </si>
+  <si>
+    <t>894.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Пион»;фарфор;D=135/50,H=20мм;розов.</t>
+  </si>
+  <si>
+    <t>03024367</t>
+  </si>
+  <si>
+    <t>ZA0130-5.25-p</t>
+  </si>
+  <si>
+    <t>Peony</t>
+  </si>
+  <si>
+    <t>2604.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Пион»;фарфор;D=120/38,H=18мм;розов.</t>
+  </si>
+  <si>
+    <t>03024368</t>
+  </si>
+  <si>
+    <t>ZA0128-4.75-p</t>
+  </si>
+  <si>
+    <t>2366.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Ирис» треугольное;фарфор;,H=26,L=200,B=133мм;голуб.</t>
+  </si>
+  <si>
+    <t>03024369</t>
+  </si>
+  <si>
+    <t>ZA0071-8-a</t>
+  </si>
+  <si>
+    <t>Iris</t>
+  </si>
+  <si>
+    <t>5250.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Агава»;фарфор;D=135/50,H=20мм;матовый,зелен.</t>
+  </si>
+  <si>
+    <t>03024378</t>
+  </si>
+  <si>
+    <t>ZA0130-5.25-m</t>
+  </si>
+  <si>
+    <t>Agave</t>
+  </si>
+  <si>
+    <t>Блюдце «Агава»;фарфор;D=120/37,H=18мм;матовый,зелен.</t>
+  </si>
+  <si>
+    <t>03024379</t>
+  </si>
+  <si>
+    <t>ZA0128-4.75-m</t>
+  </si>
+  <si>
+    <t>Блюдце;фарфор;D=150,H=18мм;белый</t>
+  </si>
+  <si>
+    <t>03024383</t>
+  </si>
+  <si>
+    <t>10540-800001-14771</t>
+  </si>
+  <si>
+    <t>Junto White</t>
+  </si>
+  <si>
+    <t>3558.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце (к чашке арт.21540-405252-64742);керамика;D=15см;коричнев.,красный</t>
+  </si>
+  <si>
+    <t>03024384</t>
+  </si>
+  <si>
+    <t>21540-405252-64771</t>
+  </si>
+  <si>
+    <t>Junto Bronze</t>
+  </si>
+  <si>
+    <t>5768.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце (к чашке арт. 10540-405201-14717);фарфор;серый</t>
+  </si>
+  <si>
+    <t>03024385</t>
+  </si>
+  <si>
+    <t>10540-405201-14716</t>
+  </si>
+  <si>
+    <t>Junto Pearl Grey</t>
+  </si>
+  <si>
+    <t>3003.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце (к чашке арт. 10540-405201-14772);фарфор;D=15см;серый</t>
+  </si>
+  <si>
+    <t>03024386</t>
+  </si>
+  <si>
+    <t>10540-405201-14771</t>
+  </si>
+  <si>
+    <t>4351.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце (к чашке арт. 11770-800001-14852);фарфор;D=18см;белый</t>
+  </si>
+  <si>
+    <t>03024387</t>
+  </si>
+  <si>
+    <t>11770-800001-10421</t>
+  </si>
+  <si>
+    <t>4189.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Млечный путь красный» универсальное;фарфор;D=15,5см;красный,черный</t>
+  </si>
+  <si>
+    <t>03024388</t>
+  </si>
+  <si>
+    <t>ФРФ88801460</t>
+  </si>
+  <si>
+    <t>Млечный путь красный</t>
+  </si>
+  <si>
+    <t>1232.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Млечный путь бирюза» универсальное;фарфор;D=15,5см;бирюз.,черный</t>
+  </si>
+  <si>
+    <t>03024389</t>
+  </si>
+  <si>
+    <t>ФРФ88801461</t>
+  </si>
+  <si>
+    <t>Млечный путь бирюза</t>
+  </si>
+  <si>
+    <t>Блюдце «Нектар» для чашки L9603;фарфор;D=12см;айвори</t>
+  </si>
+  <si>
+    <t>03024390</t>
+  </si>
+  <si>
+    <t>L9616</t>
+  </si>
+  <si>
+    <t>Nectar</t>
+  </si>
+  <si>
+    <t>2534.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Эгг»;фарфор;D=15,5см;слон.кость</t>
+  </si>
+  <si>
+    <t>03024392</t>
+  </si>
+  <si>
+    <t>C088-140BIV</t>
+  </si>
+  <si>
+    <t>Loveramics</t>
+  </si>
+  <si>
+    <t>Egg</t>
+  </si>
+  <si>
+    <t>5299.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Эгг»;фарфор;D=14,5см;розов.</t>
+  </si>
+  <si>
+    <t>03024395</t>
+  </si>
+  <si>
+    <t>C088-150BRO</t>
+  </si>
+  <si>
+    <t>4291.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Эгг»;фарфор;D=14,5см;горчич.</t>
+  </si>
+  <si>
+    <t>03024396</t>
+  </si>
+  <si>
+    <t>C088-151BBC</t>
+  </si>
+  <si>
+    <t>Блюдце «Эгг»;фарфор;D=14,5см;зелен.</t>
+  </si>
+  <si>
+    <t>03024397</t>
+  </si>
+  <si>
+    <t>C088-152BBI</t>
+  </si>
+  <si>
+    <t>Блюдце «Эгг»;фарфор;D=14,5см;голуб.</t>
+  </si>
+  <si>
+    <t>03024398</t>
+  </si>
+  <si>
+    <t>C088-153BIB</t>
+  </si>
+  <si>
+    <t>Блюдце «Эгг»;фарфор;D=11,5см;горчич.</t>
+  </si>
+  <si>
+    <t>03024400</t>
+  </si>
+  <si>
+    <t>C088-158BBC</t>
+  </si>
+  <si>
+    <t>4074.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Эгг»;фарфор;D=11,5см;зелен.</t>
+  </si>
+  <si>
+    <t>03024401</t>
+  </si>
+  <si>
+    <t>C088-159BBI</t>
+  </si>
+  <si>
+    <t>3976.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Эгг»;фарфор;D=11,5см;бежев.,голуб.</t>
+  </si>
+  <si>
+    <t>03024402</t>
+  </si>
+  <si>
+    <t>C088-160BIB</t>
+  </si>
+  <si>
+    <t>3787.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Эгг»;фарфор;D=15,5см;коричнев.</t>
+  </si>
+  <si>
+    <t>03024404</t>
+  </si>
+  <si>
+    <t>C088-06BBR</t>
+  </si>
+  <si>
+    <t>Блюдце «Эгг»;фарфор;D=15,5см;синий</t>
+  </si>
+  <si>
+    <t>03024405</t>
+  </si>
+  <si>
+    <t>C088-08BDE</t>
+  </si>
+  <si>
+    <t>Блюдце «Эгг»;фарфор;D=14,5см;бирюз.</t>
+  </si>
+  <si>
+    <t>03024408</t>
+  </si>
+  <si>
+    <t>C088-32BTE</t>
+  </si>
+  <si>
+    <t>3969.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Эгг»;фарфор;D=14,5см;небесн.</t>
+  </si>
+  <si>
+    <t>03024410</t>
+  </si>
+  <si>
+    <t>C088-36BBL</t>
+  </si>
+  <si>
+    <t>Блюдце «Эгг»;фарфор;D=11,5см;голуб.</t>
+  </si>
+  <si>
+    <t>03024414</t>
+  </si>
+  <si>
+    <t>C088-54BBL</t>
+  </si>
+  <si>
+    <t>3710.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Эгг»;фарфор;D=15,5см;терракот</t>
+  </si>
+  <si>
+    <t>03024415</t>
+  </si>
+  <si>
+    <t>C088-67BCA</t>
+  </si>
+  <si>
+    <t>Блюдце «Бонд»;фарфор;D=14см;красный</t>
+  </si>
+  <si>
+    <t>03024418</t>
+  </si>
+  <si>
+    <t>C098-19BRE</t>
+  </si>
+  <si>
+    <t>Bond</t>
+  </si>
+  <si>
+    <t>7357.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Бонд»;фарфор;D=14см;желт.</t>
+  </si>
+  <si>
+    <t>03024419</t>
+  </si>
+  <si>
+    <t>C098-21BYE</t>
+  </si>
+  <si>
+    <t>Блюдце «Бонд»;фарфор;D=14мм;бирюз.</t>
+  </si>
+  <si>
+    <t>03024420</t>
+  </si>
+  <si>
+    <t>C098-23BTE</t>
+  </si>
+  <si>
+    <t>4879.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Бонд»;фарфор;D=11,5см;коричнев.</t>
+  </si>
+  <si>
+    <t>03024421</t>
+  </si>
+  <si>
+    <t>C098-33BBR</t>
+  </si>
+  <si>
+    <t>Блюдце «Бонд»;фарфор;D=11,5см;голуб.</t>
+  </si>
+  <si>
+    <t>03024423</t>
+  </si>
+  <si>
+    <t>C098-45BBL</t>
+  </si>
+  <si>
+    <t>4186.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Тулип»;D=15см;коричнев.</t>
+  </si>
+  <si>
+    <t>03024424</t>
+  </si>
+  <si>
+    <t>C087-06BBR</t>
+  </si>
+  <si>
+    <t>Tulip</t>
+  </si>
+  <si>
+    <t>Блюдце «Тулип»;фарфор;D=15см;синий</t>
+  </si>
+  <si>
+    <t>03024425</t>
+  </si>
+  <si>
+    <t>C087-08BDE</t>
+  </si>
+  <si>
+    <t>Блюдце «Тулип»;фарфор;D=15см;красный</t>
+  </si>
+  <si>
+    <t>03024426</t>
+  </si>
+  <si>
+    <t>C087-10BRE</t>
+  </si>
+  <si>
+    <t>Блюдце «Тулип»;фарфор;D=14см;желт.</t>
+  </si>
+  <si>
+    <t>03024427</t>
+  </si>
+  <si>
+    <t>C087-30BYE</t>
+  </si>
+  <si>
+    <t>Блюдце «Тулип»;фарфор;D=14см;бирюз.</t>
+  </si>
+  <si>
+    <t>03024428</t>
+  </si>
+  <si>
+    <t>C087-32BTE</t>
+  </si>
+  <si>
+    <t>Блюдце «Тулип»;фарфор;D=12,5см;мятный</t>
+  </si>
+  <si>
+    <t>03024429</t>
+  </si>
+  <si>
+    <t>C087-52BMT</t>
+  </si>
+  <si>
+    <t>3479.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Тулип»;фарфор;D=12,5см;голуб.</t>
+  </si>
+  <si>
+    <t>03024430</t>
+  </si>
+  <si>
+    <t>C087-54BBL</t>
+  </si>
+  <si>
+    <t>3801.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце для 604615, 604616;фарфор;,L=20,B=13см;бежев.</t>
+  </si>
+  <si>
+    <t>03024433</t>
+  </si>
+  <si>
+    <t>Fine 2 Dine</t>
+  </si>
+  <si>
+    <t>Black Ceres</t>
+  </si>
+  <si>
+    <t>8663.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Карактэр»;керамика;,H=12,L=135,B=83мм;желт.</t>
+  </si>
+  <si>
+    <t>03024442</t>
+  </si>
+  <si>
+    <t>12682.00₸</t>
+  </si>
+  <si>
+    <t>12 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце «Революшн Сэндстоун»;фарфор;D=150,H=17мм;бежев.</t>
+  </si>
+  <si>
+    <t>03024443</t>
+  </si>
+  <si>
+    <t>1776 X0042</t>
+  </si>
+  <si>
+    <t>Revolution Sandstone</t>
+  </si>
+  <si>
+    <t>5244.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Революшн Гранит»;фарфор;D=150/50,H=17мм;серый,коричнев.</t>
+  </si>
+  <si>
+    <t>03024445</t>
+  </si>
+  <si>
+    <t>1775 X0042</t>
+  </si>
+  <si>
+    <t>Revolution Granite</t>
+  </si>
+  <si>
+    <t>5390.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Млечный путь изумрудный» универсальное;фарфор;D=15,5см;изумруд.,черный</t>
+  </si>
+  <si>
+    <t>03024446</t>
+  </si>
+  <si>
+    <t>ФРФ88801465</t>
+  </si>
+  <si>
+    <t>Млечный путь изумрудный</t>
+  </si>
+  <si>
+    <t>Блюдце «Моцарт» с декором;фарфор;D=150/45мм;белый</t>
+  </si>
+  <si>
+    <t>03024449</t>
+  </si>
+  <si>
+    <t>57 6920 511803</t>
+  </si>
+  <si>
+    <t>9957.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце;фарфор;D=15см;белый</t>
+  </si>
+  <si>
+    <t>03024458</t>
+  </si>
+  <si>
+    <t>3С0505</t>
+  </si>
+  <si>
+    <t>817.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Революшн Блюстоун»;фарфор;D=12,5см;синий</t>
+  </si>
+  <si>
+    <t>03024459</t>
+  </si>
+  <si>
+    <t>1777 X0043</t>
+  </si>
+  <si>
+    <t>Revolution Bluestone</t>
+  </si>
+  <si>
+    <t>3820.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Революшн Джейд»;фарфор;D=15/5см;зелен.</t>
+  </si>
+  <si>
+    <t>03024460</t>
+  </si>
+  <si>
+    <t>1778 X0042</t>
+  </si>
+  <si>
+    <t>Revolution Jade</t>
+  </si>
+  <si>
+    <t>5283.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Революшн Джейд»;фарфор;D=125/40мм;зелен.</t>
+  </si>
+  <si>
+    <t>03024461</t>
+  </si>
+  <si>
+    <t>1778 X0043</t>
+  </si>
+  <si>
+    <t>Блюдце «Революшн Блюстоун»;фарфор;D=15см;синий</t>
+  </si>
+  <si>
+    <t>03024462</t>
+  </si>
+  <si>
+    <t>1777 X0042</t>
+  </si>
+  <si>
+    <t>4105.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Лайфстиль» для чашки LSN0222;фарфор;D=150,H=15мм;песочн.</t>
+  </si>
+  <si>
+    <t>03024463</t>
+  </si>
+  <si>
+    <t>LSN1715</t>
+  </si>
+  <si>
+    <t>Блюдце «Аида» с декором;фарфор;D=16см;бирюз.</t>
+  </si>
+  <si>
+    <t>03024469</t>
+  </si>
+  <si>
+    <t>0451 7353/1</t>
+  </si>
+  <si>
+    <t>5845.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце;кост.фарф.;D=15см;белый</t>
+  </si>
+  <si>
+    <t>03024470</t>
+  </si>
+  <si>
+    <t>10530-405108-14741</t>
+  </si>
+  <si>
+    <t>Brillance Fleurs des Alpes</t>
+  </si>
+  <si>
+    <t>26481.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Эволюшнс Уайт» для N9349;стекло;D=140,H=17мм;белый</t>
+  </si>
+  <si>
+    <t>03024482</t>
+  </si>
+  <si>
+    <t>N9346</t>
+  </si>
+  <si>
+    <t>Evolutions White</t>
+  </si>
+  <si>
+    <t>1344.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце для ТИР00005605;керамика;D=15,5см;черный</t>
+  </si>
+  <si>
+    <t>03024483</t>
+  </si>
+  <si>
+    <t>ОБЧ00000296</t>
+  </si>
+  <si>
+    <t>640.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Джейд»;фарфор;D=16см;белый</t>
+  </si>
+  <si>
+    <t>03024484</t>
+  </si>
+  <si>
+    <t>61040-800001-14641</t>
+  </si>
+  <si>
+    <t>8162.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Джейд»;фарфор;D=18см;белый</t>
+  </si>
+  <si>
+    <t>03024485</t>
+  </si>
+  <si>
+    <t>61040-800001-14851</t>
+  </si>
+  <si>
+    <t>5924.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Меш Аква»;фарфор;D=18см;голуб.</t>
+  </si>
+  <si>
+    <t>03024487</t>
+  </si>
+  <si>
+    <t>11770-405152-10421</t>
+  </si>
+  <si>
+    <t>Mesh Aqua</t>
+  </si>
+  <si>
+    <t>6118.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Меш Аква»;фарфор;D=12см;голуб.</t>
+  </si>
+  <si>
+    <t>03024488</t>
+  </si>
+  <si>
+    <t>11770-405152-14716</t>
+  </si>
+  <si>
+    <t>3757.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Мундо Андалузи»;фарфор;D=9см;серый</t>
+  </si>
+  <si>
+    <t>03024492</t>
+  </si>
+  <si>
+    <t>0012900076610</t>
+  </si>
+  <si>
+    <t>Porvasal</t>
+  </si>
+  <si>
+    <t>Mundo Andalusi</t>
+  </si>
+  <si>
+    <t>4713.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Революшн Сэндстоун»;фарфор;D=12,5см;бежев.</t>
+  </si>
+  <si>
+    <t>03024495</t>
+  </si>
+  <si>
+    <t>1776 X0043</t>
+  </si>
+  <si>
+    <t>Блюдце «Пунто Бьянка» универсальное;фарфор;D=150/70,H=11мм;белый,черный</t>
+  </si>
+  <si>
+    <t>03024496</t>
+  </si>
+  <si>
+    <t>ФРФ88801451</t>
+  </si>
+  <si>
+    <t>Punto Bianca</t>
+  </si>
+  <si>
+    <t>Блюдце «Аида» с декором;фарфор;D=14,5см;белый,синий</t>
+  </si>
+  <si>
+    <t>03024497</t>
+  </si>
+  <si>
+    <t>0461 7354</t>
+  </si>
+  <si>
+    <t>Блюдце «Аида»;фарфор;D=14,5см;синий</t>
+  </si>
+  <si>
+    <t>03024498</t>
+  </si>
+  <si>
+    <t>0461 7355</t>
+  </si>
+  <si>
+    <t>5005.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Аида» с декором;фарфор;D=14,5см;коричнев.</t>
+  </si>
+  <si>
+    <t>03024499</t>
+  </si>
+  <si>
+    <t>0461 7356/1</t>
+  </si>
+  <si>
+    <t>Блюдце «Аида» с декором;фарфор;D=14,5см;бирюз.</t>
+  </si>
+  <si>
+    <t>03024701</t>
+  </si>
+  <si>
+    <t>0461 7353</t>
+  </si>
+  <si>
+    <t>4389.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце;фарфор;D=14,5см;синий</t>
+  </si>
+  <si>
+    <t>03024702</t>
+  </si>
+  <si>
+    <t>фк0837</t>
+  </si>
+  <si>
+    <t>KL</t>
+  </si>
+  <si>
+    <t>Corone Celeste</t>
+  </si>
+  <si>
+    <t>3458.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце;фарфор;D=14,H=2см;белый</t>
+  </si>
+  <si>
+    <t>03024703</t>
+  </si>
+  <si>
+    <t>9С2103</t>
+  </si>
+  <si>
+    <t>UTA</t>
+  </si>
+  <si>
+    <t>940.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце для варенья;фарфор;D=110,H=27мм;белый</t>
+  </si>
+  <si>
+    <t>03024704</t>
+  </si>
+  <si>
+    <t>6С0013</t>
+  </si>
+  <si>
+    <t>632.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце глубокое;фарфор;D=140,H=25мм;белый</t>
+  </si>
+  <si>
+    <t>03024705</t>
+  </si>
+  <si>
+    <t>0С0450</t>
+  </si>
+  <si>
+    <t>Блюдце «Везувиус Амбер»;фарфор;D=152,5/50мм;амбер</t>
+  </si>
+  <si>
+    <t>03024706</t>
+  </si>
+  <si>
+    <t>1202 X0042</t>
+  </si>
+  <si>
+    <t>4020.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Везувиус Бернт Эмералд»;фарфор;D=125/40мм;зелен.</t>
+  </si>
+  <si>
+    <t>03024707</t>
+  </si>
+  <si>
+    <t>1203 X0043</t>
+  </si>
+  <si>
+    <t>Vesuvius Burnt</t>
+  </si>
+  <si>
+    <t>3442.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Везувиус Роуз Кварц»;фарфор;D=152,5/50мм;розов.</t>
+  </si>
+  <si>
+    <t>03024708</t>
+  </si>
+  <si>
+    <t>1204 X0042</t>
+  </si>
+  <si>
+    <t>Vesuvius Rose Quartz</t>
+  </si>
+  <si>
+    <t>5683.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Аида» с декором;фарфор;D=12см;белый,синий</t>
+  </si>
+  <si>
+    <t>03024709</t>
+  </si>
+  <si>
+    <t>0491 7354</t>
+  </si>
+  <si>
+    <t>1979.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Аида» с декором;фарфор;D=16см;белый,синий</t>
+  </si>
+  <si>
+    <t>03024710</t>
+  </si>
+  <si>
+    <t>0451 7354</t>
+  </si>
+  <si>
+    <t>4205.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Аида» с декором;фарфор;D=12см;синий</t>
+  </si>
+  <si>
+    <t>03024711</t>
+  </si>
+  <si>
+    <t>0491 7355</t>
+  </si>
+  <si>
+    <t>2441.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Аида» с декором;фарфор;D=16см;синий</t>
+  </si>
+  <si>
+    <t>03024712</t>
+  </si>
+  <si>
+    <t>0451 7355</t>
+  </si>
+  <si>
+    <t>4089.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Аида» с декором;фарфор;D=12см;коричнев.</t>
+  </si>
+  <si>
+    <t>03024713</t>
+  </si>
+  <si>
+    <t>0491 7356</t>
+  </si>
+  <si>
+    <t>1933.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Аида» с декором;фарфор;D=16см;коричнев.</t>
+  </si>
+  <si>
+    <t>03024714</t>
+  </si>
+  <si>
+    <t>0451 7356</t>
+  </si>
+  <si>
+    <t>3727.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Аида» с декором;фарфор;D=12см;бирюз.</t>
+  </si>
+  <si>
+    <t>03024715</t>
+  </si>
+  <si>
+    <t>0491 7353</t>
+  </si>
+  <si>
+    <t>2118.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Ирис»;фарфор;D=120/35,H=18мм;голуб.</t>
+  </si>
+  <si>
+    <t>03024716</t>
+  </si>
+  <si>
+    <t>ZA0128-4.75-a</t>
+  </si>
+  <si>
+    <t>Блюдце «Ирис»;фарфор;D=135/50,H=20мм;голуб.</t>
+  </si>
+  <si>
+    <t>03024717</t>
+  </si>
+  <si>
+    <t>ZA0130-5.25-a</t>
+  </si>
+  <si>
+    <t>2709.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Пион»;фарфор;D=150/67,H=25мм;розов.</t>
+  </si>
+  <si>
+    <t>03024718</t>
+  </si>
+  <si>
+    <t>ZA0054-6-p</t>
+  </si>
+  <si>
+    <t>2898.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Агава»;фарфор;D=150/67,H=25мм;матовый,зелен.</t>
+  </si>
+  <si>
+    <t>03024719</t>
+  </si>
+  <si>
+    <t>ZA0054-6-m</t>
+  </si>
+  <si>
+    <t>Блюдце «Ирис»;фарфор;D=150/67,H=25мм;голуб.</t>
+  </si>
+  <si>
+    <t>03024720</t>
+  </si>
+  <si>
+    <t>ZA0054-6-a</t>
+  </si>
+  <si>
+    <t>3234.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Крафт Распберри»;фарфор;D=145/50,H=17мм;розов.</t>
+  </si>
+  <si>
+    <t>03024721</t>
+  </si>
+  <si>
+    <t>1210 0158</t>
+  </si>
+  <si>
+    <t>Craft Raspberry</t>
+  </si>
+  <si>
+    <t>Блюдце «Крафт Распберри»;фарфор;D=110/40,H=13мм;розов.</t>
+  </si>
+  <si>
+    <t>03024722</t>
+  </si>
+  <si>
+    <t>1210 0165</t>
+  </si>
+  <si>
+    <t>4197.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Везувиус Роуз Кварц»;фарфор;D=125/40мм;розов.</t>
+  </si>
+  <si>
+    <t>03024723</t>
+  </si>
+  <si>
+    <t>1204 X0043</t>
+  </si>
+  <si>
+    <t>3496.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Аврора Везувиус Бернт Эмералд»;фарфор;D=150,H=17мм;бежев.,зелен.</t>
+  </si>
+  <si>
+    <t>03024724</t>
+  </si>
+  <si>
+    <t>1203 X0042</t>
+  </si>
+  <si>
+    <t>Aurora Vesuvius Burnt Emerald</t>
+  </si>
+  <si>
+    <t>5868.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Везувиус Ляпис»;фарфор;D=15/5,H=2см;синий</t>
+  </si>
+  <si>
+    <t>03024725</t>
+  </si>
+  <si>
+    <t>1201 X0042</t>
+  </si>
+  <si>
+    <t>4420.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Бэйс»;фарфор;D=90,H=15мм;белый</t>
+  </si>
+  <si>
+    <t>03024726</t>
+  </si>
+  <si>
+    <t>B9219728S</t>
+  </si>
+  <si>
+    <t>Base</t>
+  </si>
+  <si>
+    <t>6869.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Везувиус Ляпис»;фарфор;D=125/40мм;синий</t>
+  </si>
+  <si>
+    <t>03024728</t>
+  </si>
+  <si>
+    <t>1201 X0043</t>
+  </si>
+  <si>
+    <t>Блюдце «Везувиус Амбер»;фарфор;D=125/40мм;амбер</t>
+  </si>
+  <si>
+    <t>03024729</t>
+  </si>
+  <si>
+    <t>1202 X0043</t>
+  </si>
+  <si>
+    <t>Блюдце «Бонд»;фарфор;D=11,5см;синий</t>
+  </si>
+  <si>
+    <t>03024735</t>
+  </si>
+  <si>
+    <t>C098-35BDE</t>
+  </si>
+  <si>
+    <t>5187.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Эг»;фарфор;D=15,5см;мятный</t>
+  </si>
+  <si>
+    <t>03024738</t>
+  </si>
+  <si>
+    <t>C088-16BMT</t>
+  </si>
+  <si>
+    <t>Блюдце «Классик Вайт»;кост.фарф.;D=16см;белый</t>
+  </si>
+  <si>
+    <t>03024740</t>
+  </si>
+  <si>
+    <t>82000AND0107</t>
+  </si>
+  <si>
+    <t>William Edwards</t>
+  </si>
+  <si>
+    <t>Classic White</t>
+  </si>
+  <si>
+    <t>7500.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Крафт Эппл»;фарфор;D=145/60,H=17мм;желто-зел.</t>
+  </si>
+  <si>
+    <t>03024742</t>
+  </si>
+  <si>
+    <t>1211 0158</t>
+  </si>
+  <si>
+    <t>Craft Apple</t>
+  </si>
+  <si>
+    <t>Блюдце «Крафт Эппл»;фарфор;D=110/40,H=13мм;желто-зел.</t>
+  </si>
+  <si>
+    <t>03024743</t>
+  </si>
+  <si>
+    <t>1211 0165</t>
+  </si>
+  <si>
+    <t>4967.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце;фарфор;D=150,H=19мм;белый</t>
+  </si>
+  <si>
+    <t>03024746</t>
+  </si>
+  <si>
+    <t>BNILY01CT00</t>
+  </si>
+  <si>
+    <t>1209.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Нанокрем Блю»;фарфор;D=150,H=21мм;голуб.</t>
+  </si>
+  <si>
+    <t>03024747</t>
+  </si>
+  <si>
+    <t>NNLM01CT891005</t>
+  </si>
+  <si>
+    <t>Nanocream Blue</t>
+  </si>
+  <si>
+    <t>Блюдце «Нанокрем Бейж»;фарфор;D=150,H=21мм;бежев.</t>
+  </si>
+  <si>
+    <t>03024748</t>
+  </si>
+  <si>
+    <t>NNLM01CT891232</t>
+  </si>
+  <si>
+    <t>Nanocream Beige</t>
+  </si>
+  <si>
+    <t>Блюдце «Нанокрем Блэк»;фарфор;D=145/47,H=21мм;черный</t>
+  </si>
+  <si>
+    <t>03024749</t>
+  </si>
+  <si>
+    <t>NNLM01CT890220</t>
+  </si>
+  <si>
+    <t>Nanocream Black</t>
+  </si>
+  <si>
+    <t>Блюдце «Стоун»;фарфор;D=15,H=2см;серый</t>
+  </si>
+  <si>
+    <t>03024750</t>
+  </si>
+  <si>
+    <t>3604.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Коперник»;керамика;D=140,H=15мм;медный</t>
+  </si>
+  <si>
+    <t>03024751</t>
+  </si>
+  <si>
+    <t>Copernico</t>
+  </si>
+  <si>
+    <t>3850.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Коперник»;керамика;D=11,H=1см;медный</t>
+  </si>
+  <si>
+    <t>03024752</t>
+  </si>
+  <si>
+    <t>Блюдце «Галлоуэй»;керамика;D=120/34,H=15мм;черный</t>
+  </si>
+  <si>
+    <t>03024754</t>
+  </si>
+  <si>
+    <t>Galloway</t>
+  </si>
+  <si>
+    <t>2056.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Ретро Альтауссе Рот» с декором;фарфор;D=14см;белый,зелен.</t>
+  </si>
+  <si>
+    <t>03024755</t>
+  </si>
+  <si>
+    <t>PRI1714.X9148</t>
+  </si>
+  <si>
+    <t>Retro Valbella</t>
+  </si>
+  <si>
+    <t>7007.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Ретро Роте Пункте» с декором;фарфор;D=14см;белый,красный</t>
+  </si>
+  <si>
+    <t>03024756</t>
+  </si>
+  <si>
+    <t>PRI1714.X9146</t>
+  </si>
+  <si>
+    <t>Retro Rote Punkte</t>
+  </si>
+  <si>
+    <t>Блюдце «Бэйс» для кофейной чашки;фарфор;D=124,H=15мм;белый</t>
+  </si>
+  <si>
+    <t>03024757</t>
+  </si>
+  <si>
+    <t>B9219729S</t>
+  </si>
+  <si>
+    <t>7762.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Даймонд»;кост.фарф.;D=16см;золотой,белый</t>
+  </si>
+  <si>
+    <t>03024760</t>
+  </si>
+  <si>
+    <t>82115AND0211</t>
+  </si>
+  <si>
+    <t>Diamond</t>
+  </si>
+  <si>
+    <t>КОРЕЯ, РЕСПУБЛИКА</t>
+  </si>
+  <si>
+    <t>34774.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Революшн Гранит»;фарфор;D=125/40,H=13мм;серый,коричнев.</t>
+  </si>
+  <si>
+    <t>03024762</t>
+  </si>
+  <si>
+    <t>1775 X0043</t>
+  </si>
+  <si>
+    <t>Блюдце «Сиель блан»;керамика;D=127/46мм;белый,черный</t>
+  </si>
+  <si>
+    <t>03024775</t>
+  </si>
+  <si>
+    <t>Ciel Blanc</t>
+  </si>
+  <si>
+    <t>5021.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Нанокрем Блэк»;фарфор;100мл;D=115,H=19мм;черный</t>
+  </si>
+  <si>
+    <t>03024776</t>
+  </si>
+  <si>
+    <t>NNLM01KT890220</t>
+  </si>
+  <si>
+    <t>1633.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Джаспер»;фарфор;D=130/44,H=6мм;белый,красный</t>
+  </si>
+  <si>
+    <t>03024781</t>
+  </si>
+  <si>
+    <t>T8601577/S</t>
+  </si>
+  <si>
+    <t>Jasper</t>
+  </si>
+  <si>
+    <t>2674.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Джаспер»;фарфор;D=150/50,H=7,1мм;белый,красный</t>
+  </si>
+  <si>
+    <t>03024782</t>
+  </si>
+  <si>
+    <t>T8601546/S</t>
+  </si>
+  <si>
+    <t>3395.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Сейдж»;фарфор;D=120/45мм;зелен.,бронз.</t>
+  </si>
+  <si>
+    <t>03024783</t>
+  </si>
+  <si>
+    <t>HL374570</t>
+  </si>
+  <si>
+    <t>Sage</t>
+  </si>
+  <si>
+    <t>2310.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Опера» чайное;фарфор;белый,разноцветн.</t>
+  </si>
+  <si>
+    <t>03024785</t>
+  </si>
+  <si>
+    <t>OP306168091</t>
+  </si>
+  <si>
+    <t>Opera VillaP</t>
+  </si>
+  <si>
+    <t>5822.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Эгг»;фарфор;D=14,5см;бордо</t>
+  </si>
+  <si>
+    <t>03024802</t>
+  </si>
+  <si>
+    <t>C088-28BRE</t>
+  </si>
+  <si>
+    <t>6755.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Эгг»;фарфор;D=14,5см;красный</t>
+  </si>
+  <si>
+    <t>03024803</t>
+  </si>
+  <si>
+    <t>C088-149BBE</t>
+  </si>
+  <si>
+    <t>7196.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Тулип»;фарфор;D=12,5см;красный</t>
+  </si>
+  <si>
+    <t>03024806</t>
+  </si>
+  <si>
+    <t>C087-46BRE</t>
+  </si>
+  <si>
+    <t>4606.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Фламенко»;фарфор;D=15см;белый</t>
+  </si>
+  <si>
+    <t>03024818</t>
+  </si>
+  <si>
+    <t>FLA1715</t>
+  </si>
+  <si>
+    <t>Flamenco</t>
+  </si>
+  <si>
+    <t>6237.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Жасмин»;фарфор;D=16см;белый</t>
+  </si>
+  <si>
+    <t>03024821</t>
+  </si>
+  <si>
+    <t>JA006160000</t>
+  </si>
+  <si>
+    <t>Jasmin</t>
+  </si>
+  <si>
+    <t>3129.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Жасмин»;фарфор;D=11,5см;белый</t>
+  </si>
+  <si>
+    <t>03024822</t>
+  </si>
+  <si>
+    <t>JA005110000</t>
+  </si>
+  <si>
+    <t>1638.00₸</t>
+  </si>
+  <si>
+    <t>37 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце «Опера Кармен»;фарфор;D=17см;белый,красный</t>
+  </si>
+  <si>
+    <t>03024829</t>
+  </si>
+  <si>
+    <t>OP306168275</t>
+  </si>
+  <si>
+    <t>Opera Carmen</t>
+  </si>
+  <si>
+    <t>7169.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Онирос»;фарфор;,L=10,B=10см;белый</t>
+  </si>
+  <si>
+    <t>03024901</t>
+  </si>
+  <si>
+    <t>LONR014AV170100</t>
+  </si>
+  <si>
+    <t>Le CoQ</t>
+  </si>
+  <si>
+    <t>Oniros</t>
+  </si>
+  <si>
+    <t>Блюдце «Онирос»;фарфор;,L=14,B=14см;белый</t>
+  </si>
+  <si>
+    <t>03024902</t>
+  </si>
+  <si>
+    <t>LONR014AV171140</t>
+  </si>
+  <si>
+    <t>8332.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Маррон Реативо»;фарфор;D=155,H=20мм;коричнев.,бежев.</t>
+  </si>
+  <si>
+    <t>03024903</t>
+  </si>
+  <si>
+    <t>ФРФ88801473</t>
+  </si>
+  <si>
+    <t>Marrone Reattivo</t>
+  </si>
+  <si>
+    <t>1694.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Маррон Реативо»;фарфор;D=98мм;коричнев.,бежев.</t>
+  </si>
+  <si>
+    <t>03024904</t>
+  </si>
+  <si>
+    <t>ФРФ88806173</t>
+  </si>
+  <si>
+    <t>Блюдце «Эрбосо Реативо»;фарфор;D=155,H=20мм;бирюз.,бежев.</t>
+  </si>
+  <si>
+    <t>03024907</t>
+  </si>
+  <si>
+    <t>ФРФ88801475</t>
+  </si>
+  <si>
+    <t>Erboso Reattivo</t>
+  </si>
+  <si>
+    <t>Блюдце «Эрбосо Реативо»;фарфор;D=98мм;бирюз.,бежев.</t>
+  </si>
+  <si>
+    <t>03024908</t>
+  </si>
+  <si>
+    <t>ФРФ88806175</t>
+  </si>
+  <si>
+    <t>Блюдце «Пунто Верде»;фарфор;D=155,H=27мм;зелен.,коричнев.</t>
+  </si>
+  <si>
+    <t>03024909</t>
+  </si>
+  <si>
+    <t>ФРФ88813452</t>
+  </si>
+  <si>
+    <t>1179.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Пунто Верде»;фарфор;D=150,H=25мм;зелен.,коричнев.</t>
+  </si>
+  <si>
+    <t>03024910</t>
+  </si>
+  <si>
+    <t>ФРФ88813552</t>
+  </si>
+  <si>
+    <t>1356.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Пати»;фарфор;D=155,H=20мм;серый,синий</t>
+  </si>
+  <si>
+    <t>03024912</t>
+  </si>
+  <si>
+    <t>ФРФ88801493</t>
+  </si>
+  <si>
+    <t>Party</t>
+  </si>
+  <si>
+    <t>Блюдце «Пати»;фарфор;D=98мм;серый,синий</t>
+  </si>
+  <si>
+    <t>03024913</t>
+  </si>
+  <si>
+    <t>ФРФ88806193</t>
+  </si>
+  <si>
+    <t>Блюдце «Пунто Бьянка»;фарфор;D=150,H=25мм;белый,черный</t>
+  </si>
+  <si>
+    <t>03024914</t>
+  </si>
+  <si>
+    <t>ФРФ88813551</t>
+  </si>
+  <si>
+    <t>Блюдце «Пунто Бьянка»;фарфор;D=98мм;белый,черный</t>
+  </si>
+  <si>
+    <t>03024915</t>
+  </si>
+  <si>
+    <t>ФРФ88806151</t>
+  </si>
+  <si>
+    <t>45 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце «Кейрвейр»;стекло;D=160,H=18мм;белый</t>
+  </si>
+  <si>
+    <t>03025044</t>
+  </si>
+  <si>
+    <t>405838FTP021990</t>
+  </si>
+  <si>
+    <t>Careware</t>
+  </si>
+  <si>
+    <t>2464.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Пур-Амор»;фарфор;D=12/4,H=1см;белый</t>
+  </si>
+  <si>
+    <t>03025073</t>
+  </si>
+  <si>
+    <t>11.31.1/white</t>
+  </si>
+  <si>
+    <t>Doppio</t>
+  </si>
+  <si>
+    <t>Pour Amour</t>
+  </si>
+  <si>
+    <t>2680.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Пур-Амор»;фарфор;D=12/4,H=1см;желт.</t>
+  </si>
+  <si>
+    <t>03025074</t>
+  </si>
+  <si>
+    <t>11.31.1/yellow</t>
+  </si>
+  <si>
+    <t>Блюдце «Пур-Амор»;фарфор;D=12/4,H=1см;кораллов.</t>
+  </si>
+  <si>
+    <t>03025075</t>
+  </si>
+  <si>
+    <t>11.31.1/coral</t>
+  </si>
+  <si>
+    <t>Блюдце «Пур-Амор»;фарфор;D=150/60,H=12мм;белый</t>
+  </si>
+  <si>
+    <t>03025076</t>
+  </si>
+  <si>
+    <t>11.32.1/white</t>
+  </si>
+  <si>
+    <t>3227.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Пур-Амор»;фарфор;D=150/60,H=12мм;желт.</t>
+  </si>
+  <si>
+    <t>03025077</t>
+  </si>
+  <si>
+    <t>11.32.1/yellow</t>
+  </si>
+  <si>
+    <t>Блюдце «Пур-Амор»;фарфор;D=150/60,H=12мм;кораллов.</t>
+  </si>
+  <si>
+    <t>03025078</t>
+  </si>
+  <si>
+    <t>11.32.1/coral</t>
+  </si>
+  <si>
+    <t>Блюдце «Пунто Бьянка»;фарфор;D=155,H=27мм;белый,черный</t>
+  </si>
+  <si>
+    <t>03025081</t>
+  </si>
+  <si>
+    <t>ФРФ88813451</t>
+  </si>
+  <si>
+    <t>Блюдце «Карактэр» овальное;керамика;,H=12,L=135,B=83мм;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03025095</t>
+  </si>
+  <si>
+    <t>13352.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Карактэр» овальное;керамика;,H=12,L=135,B=83мм;бежев.,коричнев.</t>
+  </si>
+  <si>
+    <t>03025097</t>
+  </si>
+  <si>
+    <t>Блюдце «Эстиа» (для арт.LEST019RG151008);фарфор;D=11,5см;коричнев.,белый</t>
+  </si>
+  <si>
+    <t>03025150</t>
+  </si>
+  <si>
+    <t>LEST019RG152115</t>
+  </si>
+  <si>
+    <t>Estia</t>
+  </si>
+  <si>
+    <t>4921.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Эстиа» (для арт.LEST019RG154024);фарфор;D=15,5см;коричнев.,белый</t>
+  </si>
+  <si>
+    <t>03025151</t>
+  </si>
+  <si>
+    <t>LEST019RG155155</t>
+  </si>
+  <si>
+    <t>7346.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Эггшелл» с бортом;фарфор;D=115/35,H=15мм;белый</t>
+  </si>
+  <si>
+    <t>03025162</t>
+  </si>
+  <si>
+    <t>A26972</t>
+  </si>
+  <si>
+    <t>Eggshell</t>
+  </si>
+  <si>
+    <t>1820.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Эггшелл» с бортом;фарфор;D=135/50,H=16мм;белый</t>
+  </si>
+  <si>
+    <t>03025163</t>
+  </si>
+  <si>
+    <t>A26612</t>
+  </si>
+  <si>
+    <t>2009.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Эггшелл» с бортом;фарфор;D=155/60,H=19мм;белый</t>
+  </si>
+  <si>
+    <t>03025164</t>
+  </si>
+  <si>
+    <t>A26974</t>
+  </si>
+  <si>
+    <t>2219.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Полар»;фарфор;D=120/55,H=17мм;белый</t>
+  </si>
+  <si>
+    <t>03025165</t>
+  </si>
+  <si>
+    <t>A22578</t>
+  </si>
+  <si>
+    <t>Polar</t>
+  </si>
+  <si>
+    <t>896.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Полар»;фарфор;D=140/68,H=19мм;белый</t>
+  </si>
+  <si>
+    <t>03025166</t>
+  </si>
+  <si>
+    <t>A21445</t>
+  </si>
+  <si>
+    <t>Блюдце «Полар»;фарфор;D=150/75,H=20мм;белый</t>
+  </si>
+  <si>
+    <t>03025167</t>
+  </si>
+  <si>
+    <t>A26959</t>
+  </si>
+  <si>
+    <t>1421.00₸</t>
+  </si>
+  <si>
+    <t>49 шт.</t>
+  </si>
+  <si>
+    <t>Блюдце «Милк»;фарфор;D=12/4см;белый</t>
+  </si>
+  <si>
+    <t>03025168</t>
+  </si>
+  <si>
+    <t>A26961</t>
+  </si>
+  <si>
+    <t>Milk</t>
+  </si>
+  <si>
+    <t>1701.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Милк»;фарфор;D=15/5см;белый</t>
+  </si>
+  <si>
+    <t>03025169</t>
+  </si>
+  <si>
+    <t>A26199</t>
+  </si>
+  <si>
+    <t>Блюдце «Милк»;фарфор;D=160/58мм;белый</t>
+  </si>
+  <si>
+    <t>03025170</t>
+  </si>
+  <si>
+    <t>A26963</t>
+  </si>
+  <si>
+    <t>Блюдце «Экселенси»;фарфор;белый</t>
+  </si>
+  <si>
+    <t>03025172</t>
+  </si>
+  <si>
+    <t>EXL1716</t>
+  </si>
+  <si>
+    <t>Excellency</t>
+  </si>
+  <si>
+    <t>2572.00₸</t>
+  </si>
+  <si>
+    <t>03025174</t>
+  </si>
+  <si>
+    <t>C9300618</t>
+  </si>
+  <si>
+    <t>2821.00₸</t>
+  </si>
+  <si>
+    <t>03025175</t>
+  </si>
+  <si>
+    <t>C9300620</t>
+  </si>
+  <si>
+    <t>2786.00₸</t>
+  </si>
+  <si>
+    <t>03025176</t>
+  </si>
+  <si>
+    <t>C9300622</t>
+  </si>
+  <si>
+    <t>03025177</t>
+  </si>
+  <si>
+    <t>C9300624</t>
+  </si>
+  <si>
+    <t>03025178</t>
+  </si>
+  <si>
+    <t>C9300626</t>
+  </si>
+  <si>
+    <t>03025179</t>
+  </si>
+  <si>
+    <t>C9300628</t>
+  </si>
+  <si>
+    <t>Блюдце «Валенсия Вега» для чайной чашки;фарфор;D=15см;кремов.,черный</t>
+  </si>
+  <si>
+    <t>03025186</t>
+  </si>
+  <si>
+    <t>VLC15CT-VEGA/VLC15CFT-VEG</t>
+  </si>
+  <si>
+    <t>Rinart</t>
+  </si>
+  <si>
+    <t>Valencia Vega</t>
+  </si>
+  <si>
+    <t>Блюдце «Валенсия Вега» для кофейной чашки;фарфор;D=12см;кремов.,черный</t>
+  </si>
+  <si>
+    <t>03025187</t>
+  </si>
+  <si>
+    <t>VLC12KT-VEGA/VLC12KFT-VEG</t>
   </si>
   <si>
     <t>2249.00₸</t>
   </si>
   <si>
-    <t>Блюдце «Мелодия»;фарфор;D=160,H=17мм;белый</t>
-[...2024 lines deleted...]
-    <t>1154 0165</t>
+    <t>Блюдце «Валенсия Седир» для чайной чашки;фарфор;D=15см;серый,бежев.</t>
+  </si>
+  <si>
+    <t>03025188</t>
+  </si>
+  <si>
+    <t>VLC15CT-SEDI/VLC15CFT-SED</t>
+  </si>
+  <si>
+    <t>Valencia Sedir</t>
+  </si>
+  <si>
+    <t>Блюдце «Валенсия Седир» для кофейной чашки;фарфор;D=12см;серый,бежев.</t>
+  </si>
+  <si>
+    <t>03025189</t>
+  </si>
+  <si>
+    <t>VLC12KT-SEDI/VLC12KFT-SED</t>
+  </si>
+  <si>
+    <t>Блюдце «Крим Пера»;фарфор;D=12см;белый</t>
+  </si>
+  <si>
+    <t>03025196</t>
+  </si>
+  <si>
+    <t>PRA12KT-KR/PRA12KFT</t>
+  </si>
+  <si>
+    <t>Cream Pera</t>
+  </si>
+  <si>
+    <t>1410.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Мезень» Принц Гуси;фарфор;D=145,H=18мм;белый,красный</t>
+  </si>
+  <si>
+    <t>03025198</t>
+  </si>
+  <si>
+    <t>ИБЛ 03.145.Д1302:02</t>
+  </si>
+  <si>
+    <t>Башкирский фарфор</t>
+  </si>
+  <si>
+    <t>Мезень</t>
+  </si>
+  <si>
+    <t>3027.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Кунстверк Блэк»;фарфор;D=160/56мм;черный</t>
+  </si>
+  <si>
+    <t>03025199</t>
+  </si>
+  <si>
+    <t>A27013Y101</t>
+  </si>
+  <si>
+    <t>Kunstwerk Black</t>
+  </si>
+  <si>
+    <t>1911.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Кунстверк Блэк»;фарфор;D=140/52мм;черный</t>
+  </si>
+  <si>
+    <t>03025200</t>
+  </si>
+  <si>
+    <t>A27011Y101</t>
+  </si>
+  <si>
+    <t>1862.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Кунстверк Блэк»;фарфор;D=120/42мм;черный</t>
+  </si>
+  <si>
+    <t>03025201</t>
+  </si>
+  <si>
+    <t>A27007Y101</t>
+  </si>
+  <si>
+    <t>Блюдце «Акварель» Принц;фарфор;D=145,H=18мм;голуб.</t>
+  </si>
+  <si>
+    <t>03025202</t>
+  </si>
+  <si>
+    <t>ИБЛ 03.145.А.С - Г</t>
+  </si>
+  <si>
+    <t>Акварель</t>
+  </si>
+  <si>
+    <t>Блюдце «Белая» Практик;фарфор;D=145/75,H=18мм;белый</t>
+  </si>
+  <si>
+    <t>03025205</t>
+  </si>
+  <si>
+    <t>07.03.145</t>
+  </si>
+  <si>
+    <t>Белая</t>
+  </si>
+  <si>
+    <t>1402.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Белая» Принц;фарфор;D=120,H=17мм;белый</t>
+  </si>
+  <si>
+    <t>03025206</t>
+  </si>
+  <si>
+    <t>ИБЛ 03.120</t>
+  </si>
+  <si>
+    <t>986.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Белая» Принц;фарфор;D=145,H=18мм;белый</t>
+  </si>
+  <si>
+    <t>03025207</t>
+  </si>
+  <si>
+    <t>ИБЛ 03.145</t>
+  </si>
+  <si>
+    <t>03025208</t>
+  </si>
+  <si>
+    <t>9С1435</t>
+  </si>
+  <si>
+    <t>593.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Интэнсити Барил» для чашки Q3634;стекло;D=15,4см;белый</t>
+  </si>
+  <si>
+    <t>03025214</t>
+  </si>
+  <si>
+    <t>Q6147</t>
+  </si>
+  <si>
+    <t>Intensity Baril</t>
+  </si>
+  <si>
+    <t>2275.00₸</t>
+  </si>
+  <si>
+    <t>Розетка «Акварель» Классический для варенья;фарфор;80мл;D=86,H=35мм;св. голуб.</t>
+  </si>
+  <si>
+    <t>03025228</t>
+  </si>
+  <si>
+    <t>ИРЗ 23.80.А.С - Г</t>
+  </si>
+  <si>
+    <t>1548.00₸</t>
+  </si>
+  <si>
+    <t>Розетка «Акварель» Классический для варенья;фарфор;80мл;D=86,H=35мм;голуб.</t>
+  </si>
+  <si>
+    <t>03025229</t>
+  </si>
+  <si>
+    <t>ИРЗ 23.80.А.Г</t>
+  </si>
+  <si>
+    <t>Розетка «Акварель» Классический для варенья;фарфор;80мл;D=86,H=35мм;розов.</t>
+  </si>
+  <si>
+    <t>03025230</t>
+  </si>
+  <si>
+    <t>ИРЗ 23.80.А.Р</t>
+  </si>
+  <si>
+    <t>Блюдце «Беништ Голд» для 82107AND0411A;кост.фарф.;D=14,5см;белый,золотой</t>
+  </si>
+  <si>
+    <t>03025241</t>
+  </si>
+  <si>
+    <t>82107AND0169</t>
+  </si>
+  <si>
+    <t>Burnished Gold</t>
+  </si>
+  <si>
+    <t>30177.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Рид»;кост.фарф.;D=16см;белый,золотой</t>
+  </si>
+  <si>
+    <t>03025243</t>
+  </si>
+  <si>
+    <t>82108AND0107</t>
+  </si>
+  <si>
+    <t>Reed</t>
+  </si>
+  <si>
+    <t>37233.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Рид» для 82108AND0145;кост.фарф.;D=12см;белый,золотой</t>
+  </si>
+  <si>
+    <t>03025244</t>
+  </si>
+  <si>
+    <t>82108AND0146</t>
+  </si>
+  <si>
+    <t>35322.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Флорентиус» для чашки LFLO032AC151010;фарфор;D=12,H=2см;белый,оранжев.</t>
+  </si>
+  <si>
+    <t>03025261</t>
+  </si>
+  <si>
+    <t>LFLO032AC152120</t>
+  </si>
+  <si>
+    <t>Florentius</t>
+  </si>
+  <si>
+    <t>7046.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Флорентиус» для чашки LFLO032AC154020;фарфор;D=15,H=2см;белый,оранжев.</t>
+  </si>
+  <si>
+    <t>03025262</t>
+  </si>
+  <si>
+    <t>LFLO032AC155150</t>
+  </si>
+  <si>
+    <t>8470.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Флорентиус» для чашки LFLO032BL151010;фарфор;D=12,H=2см;белый,синий</t>
+  </si>
+  <si>
+    <t>03025264</t>
+  </si>
+  <si>
+    <t>LFLO032BL152120</t>
+  </si>
+  <si>
+    <t>7315.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Флорентиус» для чашки LFLO032BL154020;фарфор;D=15,H=2см;белый,синий</t>
+  </si>
+  <si>
+    <t>03025265</t>
+  </si>
+  <si>
+    <t>LFLO032BL155150</t>
+  </si>
+  <si>
+    <t>9240.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Алина»;фарфор;D=15,2см;белый</t>
+  </si>
+  <si>
+    <t>03025266</t>
+  </si>
+  <si>
+    <t>9119 C1242</t>
+  </si>
+  <si>
+    <t>Alina</t>
+  </si>
+  <si>
+    <t>Блюдце «Алина»;фарфор;D=11,7см;белый</t>
+  </si>
+  <si>
+    <t>03025267</t>
+  </si>
+  <si>
+    <t>9119 C1243</t>
+  </si>
+  <si>
+    <t>4597.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Бейзик»;стекло;D=137,H=20мм;прозр.</t>
+  </si>
+  <si>
+    <t>03025268</t>
+  </si>
+  <si>
+    <t>Pasabahce</t>
+  </si>
+  <si>
+    <t>Basic</t>
+  </si>
+  <si>
+    <t>755.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Эклипс»;фарфор;,L=13,5,B=11см;черный</t>
+  </si>
+  <si>
+    <t>03143028</t>
+  </si>
+  <si>
+    <t>67376A17</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
+    <t>Eclipse</t>
+  </si>
+  <si>
+    <t>4243.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Принцип» для масла;фарфор;D=85,H=15мм;белый</t>
+  </si>
+  <si>
+    <t>03170802</t>
+  </si>
+  <si>
+    <t>PRI2108</t>
+  </si>
+  <si>
+    <t>1610.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Кашуб-хел» для масла;фарфор;10мл;D=90,H=9мм;белый</t>
+  </si>
+  <si>
+    <t>03170803</t>
+  </si>
+  <si>
+    <t>0670</t>
+  </si>
+  <si>
+    <t>Блюдце «Мелодия» для масла;фарфор;D=90,H=15мм;белый</t>
+  </si>
+  <si>
+    <t>03170816</t>
+  </si>
+  <si>
+    <t>MEL2109</t>
+  </si>
+  <si>
+    <t>1625.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Хани» для масла;фарфор;D=110,H=17мм;бежев.</t>
+  </si>
+  <si>
+    <t>03170818</t>
+  </si>
+  <si>
+    <t>1543 A147</t>
+  </si>
+  <si>
+    <t>2341.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Кларет» для масла;фарфор;D=110,H=17мм;бежев.,бордо</t>
+  </si>
+  <si>
+    <t>03170821</t>
+  </si>
+  <si>
+    <t>1503 A147</t>
+  </si>
+  <si>
+    <t>2087.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Симплисити вайт -Хармони» для масла;фарфор;D=110,H=17мм;белый</t>
+  </si>
+  <si>
+    <t>03170825</t>
+  </si>
+  <si>
+    <t>1101 0147</t>
+  </si>
+  <si>
+    <t>2796.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Рио Грин» для масла;фарфор;D=11,H=2см;белый,зелен.</t>
+  </si>
+  <si>
+    <t>03170830</t>
+  </si>
+  <si>
+    <t>1529 0147</t>
+  </si>
+  <si>
+    <t>Блюдце «Рио Блю» для масла;фарфор;D=11,H=2см;белый,синий</t>
+  </si>
+  <si>
+    <t>03170831</t>
+  </si>
+  <si>
+    <t>1531 0147</t>
+  </si>
+  <si>
+    <t>Блюдце «Рио Еллоу» для масла;фарфор;D=11,H=2см;белый,желт.</t>
+  </si>
+  <si>
+    <t>03170832</t>
+  </si>
+  <si>
+    <t>1530 0147</t>
   </si>
   <si>
     <t>2811.00₸</t>
   </si>
   <si>
-    <t>Блюдце «Опшенс»;фарфор;D=120/37,H=13мм;белый</t>
-[...1220 lines deleted...]
-    <t>B5117305B</t>
+    <t>Блюдце «Рио Пинк» для масла;фарфор;D=11,H=2см;белый,розов.</t>
+  </si>
+  <si>
+    <t>03170833</t>
+  </si>
+  <si>
+    <t>1532 0147</t>
+  </si>
+  <si>
+    <t>Блюдце «Кантри Стайл» для масла;фарфор;D=8,H=1см;зелен.</t>
+  </si>
+  <si>
+    <t>03170835</t>
+  </si>
+  <si>
+    <t>TRY2108</t>
+  </si>
+  <si>
+    <t>2126.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце для масла;фарфор;D=126,H=11мм;белый</t>
+  </si>
+  <si>
+    <t>03170849</t>
+  </si>
+  <si>
+    <t>5C0488</t>
+  </si>
+  <si>
+    <t>578.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Бэйс» для масла;фарфор;D=80,H=15мм;белый,матовый</t>
+  </si>
+  <si>
+    <t>03170850</t>
+  </si>
+  <si>
+    <t>B9214701</t>
+  </si>
+  <si>
+    <t>4359.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Серфис» для масла;керамика;D=9,H=2см;сизый</t>
+  </si>
+  <si>
+    <t>03170851</t>
+  </si>
+  <si>
+    <t>B5116225B</t>
+  </si>
+  <si>
+    <t>Surface</t>
+  </si>
+  <si>
+    <t>7546.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Серфис» для масла;керамика;D=9,H=2см;зелен.</t>
+  </si>
+  <si>
+    <t>03170854</t>
+  </si>
+  <si>
+    <t>B5116225A</t>
+  </si>
+  <si>
+    <t>5355.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Поттерс» для масла;фарфор;57мл;,L=98,B=85мм</t>
+  </si>
+  <si>
+    <t>03170855</t>
+  </si>
+  <si>
+    <t>6121RG011</t>
+  </si>
+  <si>
+    <t>Robert Gordon</t>
+  </si>
+  <si>
+    <t>Potters</t>
+  </si>
+  <si>
+    <t>4620.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Бэйс» для масла;фарфор;D=6см;белый,матовый</t>
+  </si>
+  <si>
+    <t>03170856</t>
+  </si>
+  <si>
+    <t>B9214700</t>
+  </si>
+  <si>
+    <t>Блюдце «Боксис» для масла;фарфор;,L=12,2,B=12см;белый</t>
+  </si>
+  <si>
+    <t>03170864</t>
+  </si>
+  <si>
+    <t>B6218001B</t>
+  </si>
+  <si>
+    <t>Boxy`s</t>
+  </si>
+  <si>
+    <t>3912.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Лука Мозаик» для масла с рисунком;фарфор;D=11см;голуб.</t>
+  </si>
+  <si>
+    <t>03170871</t>
+  </si>
+  <si>
+    <t>S-MT-LUCMZRIT03CBT</t>
+  </si>
+  <si>
+    <t>Bonna</t>
+  </si>
+  <si>
+    <t>Luca Mosaic</t>
+  </si>
+  <si>
+    <t>2911.00₸</t>
+  </si>
+  <si>
+    <t>Розетка;стекло;D=101,H=25мм;прозр.</t>
+  </si>
+  <si>
+    <t>03171004</t>
+  </si>
+  <si>
+    <t>462.00₸</t>
   </si>
   <si>
     <t>25 шт.</t>
   </si>
   <si>
-    <t>Блюдце «Террес де Ревес»;керамика;D=135/80,H=12мм;коричнев.</t>
-[...3232 lines deleted...]
-  <si>
     <t>Розетка «Бейкоз»;хр.стекло;D=11см;прозр.</t>
   </si>
   <si>
     <t>03171005</t>
   </si>
   <si>
     <t>Nude</t>
   </si>
   <si>
     <t>Beykoz</t>
   </si>
   <si>
     <t>Розетка;хрусталь;D=107,H=25мм;прозр.</t>
   </si>
   <si>
     <t>03171006</t>
   </si>
   <si>
     <t>9483/1000/77</t>
   </si>
   <si>
     <t>Neman</t>
   </si>
   <si>
     <t>Розетка «Млечный путь»;фарфор;200мл;D=10см;черный,серый</t>
@@ -7472,77 +7451,50 @@
   <si>
     <t>1102.00₸</t>
   </si>
   <si>
     <t>Блюдце «Айвори»;фарфор;D=146,H=15мм;слон.кость</t>
   </si>
   <si>
     <t>09101231</t>
   </si>
   <si>
     <t>1500 A158</t>
   </si>
   <si>
     <t>Блюдце с логотипом №1</t>
   </si>
   <si>
     <t>09102201</t>
   </si>
   <si>
     <t>фк63/4</t>
   </si>
   <si>
     <t>21.00₸</t>
   </si>
   <si>
-    <t>Розетка «Ракушка» RAMEKINS, KULSAN;пластик;80мл;D=105,H=27мм;белый</t>
-[...25 lines deleted...]
-  <si>
     <t>Блюдце «Млечный путь терракот»;фарфор;D=98мм;терракот,черный</t>
   </si>
   <si>
     <t>03025215</t>
   </si>
   <si>
     <t>ФРФ88806162</t>
   </si>
   <si>
     <t>Млечный путь терракот</t>
   </si>
   <si>
     <t>1025.00₸</t>
   </si>
   <si>
     <t>Блюдце «Спринг» для арт.  68398;фарфор;D=16см;белый,разноцветн.</t>
   </si>
   <si>
     <t>03025359</t>
   </si>
   <si>
     <t>B67240</t>
   </si>
   <si>
     <t>Spring</t>
@@ -8064,50 +8016,206 @@
     <t>Блюдце «Гармония»;фарфор;D=15,H=2см;белый,золотой</t>
   </si>
   <si>
     <t>03024700</t>
   </si>
   <si>
     <t>LHAR007BI155150</t>
   </si>
   <si>
     <t>Harmoniae</t>
   </si>
   <si>
     <t>4705.00₸</t>
   </si>
   <si>
     <t>Блюдце «Гармония»;фарфор;D=12,H=2см;белый</t>
   </si>
   <si>
     <t>03024699</t>
   </si>
   <si>
     <t>LHAR000BI152120</t>
   </si>
   <si>
     <t>3188.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Верона Q0046»;фарфор;D=15см;белый,зелен.</t>
+  </si>
+  <si>
+    <t>03024028</t>
+  </si>
+  <si>
+    <t>VER17151.Q0046</t>
+  </si>
+  <si>
+    <t>Verona Q0046</t>
+  </si>
+  <si>
+    <t>8886.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Акварель» Принц;фарфор;D=145,H=18мм;розов.</t>
+  </si>
+  <si>
+    <t>03024040</t>
+  </si>
+  <si>
+    <t>ИБЛ 03.145.А.Р</t>
+  </si>
+  <si>
+    <t>03024041</t>
+  </si>
+  <si>
+    <t>ИБЛ 03.145.А.Г</t>
+  </si>
+  <si>
+    <t>Блюдце «Млечный путь изумрудный»;фарфор;D=105,H=10мм;изумруд.,черный</t>
+  </si>
+  <si>
+    <t>03024042</t>
+  </si>
+  <si>
+    <t>ФРФ88806165</t>
+  </si>
+  <si>
+    <t>Блюдце «Алберго»;фарфор;D=14,H=2см;красный</t>
+  </si>
+  <si>
+    <t>03024044</t>
+  </si>
+  <si>
+    <t>AL006140798</t>
+  </si>
+  <si>
+    <t>4256.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Алберго» универсальное;фарфор;D=16,H=2см;красный</t>
+  </si>
+  <si>
+    <t>03024045</t>
+  </si>
+  <si>
+    <t>AL007170798</t>
+  </si>
+  <si>
+    <t>5208.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Алберго»;фарфор;D=12,H=2см;красный</t>
+  </si>
+  <si>
+    <t>03024043</t>
+  </si>
+  <si>
+    <t>AL005140798</t>
+  </si>
+  <si>
+    <t>2870.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Алберго»;фарфор;D=12,H=2см;черный</t>
+  </si>
+  <si>
+    <t>03024065</t>
+  </si>
+  <si>
+    <t>AL005148099</t>
+  </si>
+  <si>
+    <t>Блюдце «Алберго»;фарфор;D=14,H=2см;черный</t>
+  </si>
+  <si>
+    <t>03024066</t>
+  </si>
+  <si>
+    <t>AL006148099</t>
+  </si>
+  <si>
+    <t>4053.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Алберго» универсальное;фарфор;D=16,H=2см;черный</t>
+  </si>
+  <si>
+    <t>03024067</t>
+  </si>
+  <si>
+    <t>AL007178099</t>
+  </si>
+  <si>
+    <t>4963.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Силк» для SAB16240000;фарфор;D=16,H=2см;белый</t>
+  </si>
+  <si>
+    <t>03024071</t>
+  </si>
+  <si>
+    <t>SAB06160000</t>
+  </si>
+  <si>
+    <t>Silk</t>
+  </si>
+  <si>
+    <t>4949.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Силк» для SAB15080000;фарфор;D=11,H=2см;белый</t>
+  </si>
+  <si>
+    <t>03024070</t>
+  </si>
+  <si>
+    <t>SAB05110000</t>
+  </si>
+  <si>
+    <t>4116.00₸</t>
+  </si>
+  <si>
+    <t>Блюдце «Эттитьюд» универсальное;фарфор;D=16,H=2см;белый</t>
+  </si>
+  <si>
+    <t>03024075</t>
+  </si>
+  <si>
+    <t>AT006100000</t>
+  </si>
+  <si>
+    <t>Attitude</t>
+  </si>
+  <si>
+    <t>Блюдце «Эттитьюд» для AT015080000;фарфор;D=120,H=15мм;белый</t>
+  </si>
+  <si>
+    <t>03024074</t>
+  </si>
+  <si>
+    <t>AT005080000</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -8122,51 +8230,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59BAD85C-E3DA-11EF-BC4E-00505692C4471.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80ED46C5-424C-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2304FAD-7044-11EA-BBD0-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB3D32C9-424E-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/275FD2F3-424B-11E8-A155-00259035BB675.gif"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/275FD2F4-424B-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBF9E726-E3C7-11EB-BBF2-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEA04664-20D7-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBF9E727-E3C7-11EB-BBF2-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/275FD2FA-424B-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/275FD2FB-424B-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/275FD2FC-424B-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A1D9ED4-424B-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B1A3BFA-E569-11EF-BC53-00505692E2D014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/411ED572-E569-11EF-BC53-00505692E2D015.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/275FD301-424B-11E8-A155-00259035BB6716.gif"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4746B17A-E569-11EF-BC53-00505692E2D017.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/411ED477-E569-11EF-BC53-00505692E2D018.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FBA4C0D-E3DA-11EF-BC4E-00505692C44719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D8539E9-424B-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C248D790-E3C7-11EB-BBF2-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C248D78F-E3C7-11EB-BBF2-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7812E6B5-E3DA-11EF-BC4E-00505692C44723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7812E5CD-E3DA-11EF-BC4E-00505692C44724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7812E4E5-E3DA-11EF-BC4E-00505692C44725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7812E3FD-E3DA-11EF-BC4E-00505692C44726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3B5A7F5-E3DA-11EF-BC4E-00505692C44727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C248D794-E3C7-11EB-BBF2-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C248D793-E3C7-11EB-BBF2-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C248D792-E3C7-11EB-BBF2-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE32624E-424B-11E8-A155-00259035BB6731.gif"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3B5A294-E3DA-11EF-BC4E-00505692C44732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9DA0B28E-E3DA-11EF-BC4E-00505692C44733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3B5A3C5-E3DA-11EF-BC4E-00505692C44734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3B5A4BF-E3DA-11EF-BC4E-00505692C44735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4CA89AA-E3C7-11EB-BBF2-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3B5A8EF-E3DA-11EF-BC4E-00505692C44737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B1A38FA-E569-11EF-BC53-00505692E2D038.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/146B88EE-424C-11E8-A155-00259035BB6739.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FBA41D8-E3DA-11EF-BC4E-00505692C44740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4746B262-E569-11EF-BC53-00505692E2D041.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FBA51E1-E3DA-11EF-BC4E-00505692C44742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2677E68D-424C-11E8-A155-00259035BB6743.gif"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5461CF5-E63A-11EF-BC4E-00505692C44744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9DA0AEDF-E3DA-11EF-BC4E-00505692C44745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9DA0ADE5-E3DA-11EF-BC4E-00505692C44746.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9789714C-E3DA-11EF-BC4E-00505692C44747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97896D1A-E3DA-11EF-BC4E-00505692C44748.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9B9CFFF-E3DA-11EF-BC4E-00505692C44749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97896E02-E3DA-11EF-BC4E-00505692C44750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97896B65-E3DA-11EF-BC4E-00505692C44751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91853798-E3DA-11EF-BC4E-00505692C44752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/326E5734-424C-11E8-A155-00259035BB6753.gif"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B1A39F4-E569-11EF-BC53-00505692E2D054.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97896C44-E3DA-11EF-BC4E-00505692C44755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9B9D0FF-E3DA-11EF-BC4E-00505692C44756.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65B28DDC-E3DA-11EF-BC4E-00505692C44757.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D75C310-E569-11EF-BC53-00505692E2D058.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D75C216-E569-11EF-BC53-00505692E2D059.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5461C1F-E63A-11EF-BC4E-00505692C44760.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FBA40CC-E3DA-11EF-BC4E-00505692C44761.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/918536B0-E3DA-11EF-BC4E-00505692C44762.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65B17AC2-E569-11EF-BC53-00505692E2D063.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7AE9D0B8-424C-11E8-A155-00259035BB6764.gif"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91853592-E3DA-11EF-BC4E-00505692C44765.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9B9D2AB-E3DA-11EF-BC4E-00505692C44766.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9B9D1D5-E3DA-11EF-BC4E-00505692C44767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CECD63ED-E3C7-11EB-BBF2-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A505B3D1-424C-11E8-A155-00259035BB6769.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B1A3824-E569-11EF-BC53-00505692E2D070.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/262BDF7D-0C29-11EE-BC09-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/262BDECB-0C29-11EE-BC09-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5DA6EF4-E3C7-11EB-BBF2-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2F7DFA8-424C-11E8-A155-00259035BB6774.gif"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2F7DFB6-424C-11E8-A155-00259035BB6775.gif"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4746ADD9-E569-11EF-BC53-00505692E2D076.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EAE2-424C-11E8-A155-00259035BB6777.gif"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5DA6EF5-E3C7-11EB-BBF2-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0FE5791-424C-11E8-A155-00259035BB6779.gif"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59BAD72C-E3DA-11EF-BC4E-00505692C44780.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C248D791-E3C7-11EB-BBF2-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4CA89AB-E3C7-11EB-BBF2-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C849CE21-E3C7-11EB-BBF2-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C849CE1F-E3C7-11EB-BBF2-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7AA26AD-00EB-11EF-BC46-00505692C44785.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A92D4448-AECA-11EE-BC40-00505692492F86.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65B17E62-E569-11EF-BC53-00505692E2D087.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65B17D7A-E569-11EF-BC53-00505692E2D088.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65B17C92-E569-11EF-BC53-00505692E2D089.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6005CD63-16CE-11EF-BC3F-0050569297EB90.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97896F22-E3DA-11EF-BC4E-00505692C44791.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F01841C-424D-11E8-A155-00259035BB6792.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C248D795-E3C7-11EB-BBF2-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46FF2E9B-424D-11E8-A155-00259035BB6794.gif"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46FF2E9C-424D-11E8-A155-00259035BB6795.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46FF2E9E-424D-11E8-A155-00259035BB6796.gif"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9DA0B1A6-E3DA-11EF-BC4E-00505692C44797.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65B17B98-E569-11EF-BC53-00505692E2D098.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9DA0B0BE-E3DA-11EF-BC4E-00505692C44799.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B1A3B00-E569-11EF-BC53-00505692E2D0100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDA4FA0B-00EB-11EF-BC46-00505692C447101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9DA0AFC7-E3DA-11EF-BC4E-00505692C447102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4303100F-424E-11E8-A155-00259035BB67103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9789702E-E3DA-11EF-BC4E-00505692C447104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FBA3FF6-E3DA-11EF-BC4E-00505692C447105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71D0B673-E3DA-11EF-BC4E-00505692C447106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/650817A6-424D-11E8-A155-00259035BB67107.gif"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5DA6EF2-E3C7-11EB-BBF2-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D07E51E-424D-11E8-A155-00259035BB67109.gif"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D07E529-424D-11E8-A155-00259035BB67110.gif"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D07E52A-424D-11E8-A155-00259035BB67111.gif"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64986F6C-16CE-11EF-BC3F-0050569297EB112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/830C4539-424D-11E8-A155-00259035BB67113.gif"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C248D78D-E3C7-11EB-BBF2-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/830C4565-424D-11E8-A155-00259035BB67115.gif"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/830C4567-424D-11E8-A155-00259035BB67116.gif"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71D0B45A-E3DA-11EF-BC4E-00505692C447117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D75C6C2-E569-11EF-BC53-00505692E2D0118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6BAAC78B-E3DA-11EF-BC4E-00505692C447119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65B297F6-E3DA-11EF-BC4E-00505692C447120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71D0B567-E3DA-11EF-BC4E-00505692C447121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/538FADDD-E569-11EF-BC53-00505692E2D0122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/782D8AB4-BB9E-11EE-BC41-00505692492F123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65B296E8-E3DA-11EF-BC4E-00505692C447124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F0945C4-424D-11E8-A155-00259035BB67125.gif"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65B29246-E3DA-11EF-BC4E-00505692C447126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6BAAC873-E3DA-11EF-BC4E-00505692C447127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB60FA5D-E63A-11EF-BC4E-00505692C447128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB60FB45-E63A-11EF-BC4E-00505692C447129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB60F975-E63A-11EF-BC4E-00505692C447130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C849CE25-E3C7-11EB-BBF2-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC1FDECA-F94B-11EB-BBF2-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB60F7A4-E63A-11EF-BC4E-00505692C447133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB60F88C-E63A-11EF-BC4E-00505692C447134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB3D32B6-424E-11E8-A155-00259035BB67135.gif"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5BA84C87-F151-11EB-BBF2-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB60FC1B-E63A-11EF-BC4E-00505692C447137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF0A9EE0-424D-11E8-A155-00259035BB67138.gif"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB07C65B-424D-11E8-A155-00259035BB67139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB07C65C-424D-11E8-A155-00259035BB67140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB07C66C-424D-11E8-A155-00259035BB67141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E16061C2-E63A-11EF-BC4E-00505692C447142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E16062AA-E63A-11EF-BC4E-00505692C447143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/671D03D1-424E-11E8-A155-00259035BB67144.gif"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/671D03D2-424E-11E8-A155-00259035BB67145.gif"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/850F56C3-424E-11E8-A155-00259035BB67146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C849CE20-E3C7-11EB-BBF2-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C849CE1E-E3C7-11EB-BBF2-005056921CC4148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/911160B9-424E-11E8-A155-00259035BB67149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9B9D3B9-E3DA-11EF-BC4E-00505692C447150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59ABA99B-E569-11EF-BC53-00505692E2D0151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1287BBF-424E-11E8-A155-00259035BB67152.gif"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D75C4F2-E569-11EF-BC53-00505692E2D0153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65B290AA-E3DA-11EF-BC4E-00505692C447154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3B5A6B3-E3DA-11EF-BC4E-00505692C447155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3B5A5CB-E3DA-11EF-BC4E-00505692C447156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E691C770-20D7-11EE-BC0D-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E691C8B0-20D7-11EE-BC0D-005056921CC4158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59BAD56E-E3DA-11EF-BC4E-00505692C447159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2149B9CB-424F-11E8-A155-00259035BB67160.gif"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2149B9CC-424F-11E8-A155-00259035BB67161.gif"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2149B9D2-424F-11E8-A155-00259035BB67162.gif"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6005E6CD-16CE-11EF-BC3F-0050569297EB163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27484D60-424F-11E8-A155-00259035BB67164.gif"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27484D66-424F-11E8-A155-00259035BB67165.gif"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27484D7F-424F-11E8-A155-00259035BB67166.gif"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341CB76-424F-11E8-A155-00259035BB67167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DAD173D2-E3C7-11EB-BBF2-005056921CC4168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E691C810-20D7-11EE-BC0D-005056921CC4169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/538FAED7-E569-11EF-BC53-00505692E2D0170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/538FACF4-E569-11EF-BC53-00505692E2D0171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D75C5DA-E569-11EF-BC53-00505692E2D0172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CECD63E9-E3C7-11EB-BBF2-005056921CC4173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59ABA7DC-E569-11EF-BC53-00505692E2D0174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59ABA8C5-E569-11EF-BC53-00505692E2D0175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5E3D685-424F-11E8-A155-00259035BB67176.gif"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7F34199-424F-11E8-A155-00259035BB67177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FBA430F-E3DA-11EF-BC4E-00505692C447178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FBA4747-E3DA-11EF-BC4E-00505692C447179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBF9E721-E3C7-11EB-BBF2-005056921CC4180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC91ABCE-20D7-11EE-BC0D-005056921CC4181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F28DB9AC-20D7-11EE-BC0D-005056921CC4182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/351B3664-E569-11EF-BC53-00505692E2D0183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFF716DE-424F-11E8-A155-00259035BB67184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEA048E4-20D7-11EE-BC0D-005056921CC4185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/049CF301-20D8-11EE-BC0D-005056921CC4186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/049CF3A1-20D8-11EE-BC0D-005056921CC4187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/049CF441-20D8-11EE-BC0D-005056921CC4188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/049CF4E1-20D8-11EE-BC0D-005056921CC4189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/049CF581-20D8-11EE-BC0D-005056921CC4190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEA047A4-20D7-11EE-BC0D-005056921CC4191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEA04844-20D7-11EE-BC0D-005056921CC4192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A1BD3AE-4250-11E8-A155-00259035BB67193.gif"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A1BD3BE-4250-11E8-A155-00259035BB67194.gif"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEA04704-20D7-11EE-BC0D-005056921CC4195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42066AE8-4250-11E8-A155-00259035BB67196.gif"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6005CCC3-16CE-11EF-BC3F-0050569297EB197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/782D89CC-BB9E-11EE-BC41-00505692492F198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54086827-4250-11E8-A155-00259035BB67199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65B28888-E3DA-11EF-BC4E-00505692C447200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8076964-4250-11E8-A155-00259035BB67201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0A0-4250-11E8-A155-00259035BB67202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0A1-4250-11E8-A155-00259035BB67203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FAFDC0A-E569-11EF-BC53-00505692E2D0204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FAFDDC8-E569-11EF-BC53-00505692E2D0205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FAFDEA7-E569-11EF-BC53-00505692E2D0206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FAFDCE0-E569-11EF-BC53-00505692E2D0207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EC4C6D3-20D8-11EE-BC0D-005056921CC4208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EC4C785-20D8-11EE-BC0D-005056921CC4209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0817B6C5-4251-11E8-A155-00259035BB67210.gif"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EC4C56F-20D8-11EE-BC0D-005056921CC4211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0817B6C7-4251-11E8-A155-00259035BB67212.gif"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/411ED83C-E569-11EF-BC53-00505692E2D0213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/411ED754-E569-11EF-BC53-00505692E2D0214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/411ED936-E569-11EF-BC53-00505692E2D0215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/411ED65A-E569-11EF-BC53-00505692E2D0216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FAFDAF8-E569-11EF-BC53-00505692E2D0217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FAFD8F2-E569-11EF-BC53-00505692E2D0218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FAFD9C8-E569-11EF-BC53-00505692E2D0219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4746B091-E569-11EF-BC53-00505692E2D0220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4746AFA9-E569-11EF-BC53-00505692E2D0221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4746AEC1-E569-11EF-BC53-00505692E2D0222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/351B3A0C-E569-11EF-BC53-00505692E2D0223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/351B3810-E569-11EF-BC53-00505692E2D0224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/351B38F9-E569-11EF-BC53-00505692E2D0225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/323B3B1C-4251-11E8-A155-00259035BB67226.gif"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/323B3B1D-4251-11E8-A155-00259035BB67227.gif"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/323B3B1F-4251-11E8-A155-00259035BB67228.gif"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/538FAFD1-E569-11EF-BC53-00505692E2D0229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/538FB0D4-E569-11EF-BC53-00505692E2D0230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/108E6B7E-20D8-11EE-BC0D-005056921CC4231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5DA6EFA-E3C7-11EB-BBF2-005056921CC4232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/863AB15A-4251-11E8-A155-00259035BB67233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59ABA500-E569-11EF-BC53-00505692E2D0234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59ABA60C-E569-11EF-BC53-00505692E2D0235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59ABA6F4-E569-11EF-BC53-00505692E2D0236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7AA260D-00EB-11EF-BC46-00505692C447237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF52CAB4-AECA-11EE-BC40-00505692492F238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A28D271-4252-11E8-A155-00259035BB67239.gif"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/595BAC3F-20D8-11EE-BC0D-005056921CC4240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3424345F-4252-11E8-A155-00259035BB67241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/463992A6-4252-11E8-A155-00259035BB67242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/463992A8-4252-11E8-A155-00259035BB67243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34C8F4E2-20D8-11EE-BC0D-005056921CC4244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/463992AC-4252-11E8-A155-00259035BB67245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34C8F430-20D8-11EE-BC0D-005056921CC4246.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C3874B0-4252-11E8-A155-00259035BB67247.gif"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65B28D06-E3DA-11EF-BC4E-00505692C447248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34C8F37E-20D8-11EE-BC0D-005056921CC4249.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EC4C621-20D8-11EE-BC0D-005056921CC4250.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6433D535-4252-11E8-A155-00259035BB67251.gif"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C849CE22-E3C7-11EB-BBF2-005056921CC4252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C849CE23-E3C7-11EB-BBF2-005056921CC4253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E35C6D7-4252-11E8-A155-00259035BB67254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F5669EC-F151-11EB-BBF2-005056921CC4255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B83EBD79-4252-11E8-A155-00259035BB67256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D03D5276-4252-11E8-A155-00259035BB67257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDA4F96B-00EB-11EF-BC46-00505692C447258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/412BEDB2-20D8-11EE-BC0D-005056921CC4259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D477DCD3-20D7-11EE-BC0D-005056921CC4260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/066ACFD7-4253-11E8-A155-00259035BB67261.gif"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/351B373A-E569-11EF-BC53-00505692E2D0262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59BAD644-E3DA-11EF-BC4E-00505692C447263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/534DF538-20D8-11EE-BC0D-005056921CC4264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/534DF498-20D8-11EE-BC0D-005056921CC4265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/534DF3F8-20D8-11EE-BC0D-005056921CC4266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/727AB605-4253-11E8-A155-00259035BB67267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEA04984-20D7-11EE-BC0D-005056921CC4268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A27C73FF-4253-11E8-A155-00259035BB67269.gif"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A27C7420-4253-11E8-A155-00259035BB67270.gif"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CC8-4254-11E8-A155-00259035BB67271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/534DF72A-20D8-11EE-BC0D-005056921CC4272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/228F1AAA-20D8-11EE-BC0D-005056921CC4273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/228F1BFC-20D8-11EE-BC0D-005056921CC4274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/228F1A0A-20D8-11EE-BC0D-005056921CC4275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28AFE30F-20D8-11EE-BC0D-005056921CC4276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28AFE4EF-20D8-11EE-BC0D-005056921CC4277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/228F196A-20D8-11EE-BC0D-005056921CC4278.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/228F18CA-20D8-11EE-BC0D-005056921CC4279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/228F178A-20D8-11EE-BC0D-005056921CC4280.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/228F182A-20D8-11EE-BC0D-005056921CC4281.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D50EA3D-20D8-11EE-BC0D-005056921CC4282.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148BFF90-4254-11E8-A155-00259035BB67283.gif"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D50EAEF-20D8-11EE-BC0D-005056921CC4284.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D50EB8F-20D8-11EE-BC0D-005056921CC4285.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D50EC2F-20D8-11EE-BC0D-005056921CC4286.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D50ECCF-20D8-11EE-BC0D-005056921CC4287.jpg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A8514CC-4254-11E8-A155-00259035BB67288.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/208CD09B-4254-11E8-A155-00259035BB67289.jpg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9FB8940-20D7-11EE-BC0D-005056921CC4290.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A9BBACA-4254-11E8-A155-00259035BB67291.jpg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28AFE44F-20D8-11EE-BC0D-005056921CC4292.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28AFE3AF-20D8-11EE-BC0D-005056921CC4293.jpg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D50ED6F-20D8-11EE-BC0D-005056921CC4294.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD0B2-4254-11E8-A155-00259035BB67295.jpg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/534DF218-20D8-11EE-BC0D-005056921CC4296.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/412BEFA4-20D8-11EE-BC0D-005056921CC4297.jpg"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B627B860-20D7-11EE-BC0D-005056921CC4298.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B627B680-20D7-11EE-BC0D-005056921CC4299.jpg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CEA071A7-4254-11E8-A155-00259035BB67300.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CEA071A8-4254-11E8-A155-00259035BB67301.jpg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC3C0C4D-20D7-11EE-BC0D-005056921CC4302.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC3C0B0D-20D7-11EE-BC0D-005056921CC4303.jpg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC3C0BAD-20D7-11EE-BC0D-005056921CC4304.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC3C0A6D-20D7-11EE-BC0D-005056921CC4305.jpg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC3C092D-20D7-11EE-BC0D-005056921CC4306.jpg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC3C09CD-20D7-11EE-BC0D-005056921CC4307.jpg"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/108E7038-20D8-11EE-BC0D-005056921CC4308.jpg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/412BEF04-20D8-11EE-BC0D-005056921CC4309.jpg"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2AC3440-4254-11E8-A155-00259035BB67310.jpg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/108E70EA-20D8-11EE-BC0D-005056921CC4311.jpg"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/108E6F86-20D8-11EE-BC0D-005056921CC4312.jpg"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B627B7C0-20D7-11EE-BC0D-005056921CC4313.jpg"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/534DF2B8-20D8-11EE-BC0D-005056921CC4314.jpg"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9190BAF0-5268-11EA-BBCE-005056921CC4315.jpg"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE5F1BCA-20D7-11EE-BC0D-005056921CC4316.jpg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE5F1C6A-20D7-11EE-BC0D-005056921CC4317.jpg"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3D1ECE6-814A-11E9-BBBA-005056921CC4318.jpg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D477DD73-20D7-11EE-BC0D-005056921CC4319.jpg"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3D1ECE8-814A-11E9-BBBA-005056921CC4320.jpg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EC4C42F-20D8-11EE-BC0D-005056921CC4321.jpg"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EC4C4CF-20D8-11EE-BC0D-005056921CC4322.jpg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F28DBC3E-20D7-11EE-BC0D-005056921CC4323.jpg"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/556FCA88-F151-11EB-BBF2-005056921CC4324.jpg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E691C61E-20D7-11EE-BC0D-005056921CC4325.jpg"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F28DBA4C-20D7-11EE-BC0D-005056921CC4326.jpg"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D25B93F0-F94B-11EB-BBF2-005056921CC4327.jpg"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F28DBDA2-20D7-11EE-BC0D-005056921CC4328.jpg"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F28DBCF0-20D7-11EE-BC0D-005056921CC4329.jpg"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/108E6ED4-20D8-11EE-BC0D-005056921CC4330.jpg"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C9474E4-20D8-11EE-BC0D-005056921CC4331.jpg"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E694B00C-814C-11E9-BBBA-005056921CC4332.gif"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E694B00E-814C-11E9-BBBA-005056921CC4333.gif"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E694B00F-814C-11E9-BBBA-005056921CC4334.gif"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC96830C-814C-11E9-BBBA-005056921CC4335.gif"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC96830F-814C-11E9-BBBA-005056921CC4336.gif"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B0155EB3-20D7-11EE-BC0D-005056921CC4337.jpg"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C9472F2-20D8-11EE-BC0D-005056921CC4338.jpg"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C947240-20D8-11EE-BC0D-005056921CC4339.jpg"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/474A5B29-20D8-11EE-BC0D-005056921CC4340.jpg"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/474A5721-20D8-11EE-BC0D-005056921CC4341.jpg"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/474A59D7-20D8-11EE-BC0D-005056921CC4342.jpg"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/474A5873-20D8-11EE-BC0D-005056921CC4343.jpg"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/412BF196-20D8-11EE-BC0D-005056921CC4344.jpg"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D50E8EB-20D8-11EE-BC0D-005056921CC4345.jpg"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33A6521E-0D98-11EC-BBF2-005056921CC4346.jpg"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E691C6BE-20D7-11EE-BC0D-005056921CC4347.jpg"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C960478-12C1-11EA-BBC6-005056921CC4348.jpg"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC91A878-20D7-11EE-BC0D-005056921CC4349.jpg"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC91A918-20D7-11EE-BC0D-005056921CC4350.jpg"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C960479-12C1-11EA-BBC6-005056921CC4351.jpg"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6ED134B-EA59-11EB-BBF2-005056921CC4352.jpg"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC3C0ECD-20D7-11EE-BC0D-005056921CC4353.jpg"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/108E6C1E-20D8-11EE-BC0D-005056921CC4354.jpg"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9FB8AA4-20D7-11EE-BC0D-005056921CC4355.jpg"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/108E6D70-20D8-11EE-BC0D-005056921CC4356.jpg"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/108E6E22-20D8-11EE-BC0D-005056921CC4357.jpg"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C250D568-20D7-11EE-BC0D-005056921CC4358.jpg"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/595BAD91-20D8-11EE-BC0D-005056921CC4359.jpg"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/595BAE43-20D8-11EE-BC0D-005056921CC4360.jpg"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B0155A53-20D7-11EE-BC0D-005056921CC4361.jpg"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/595BAF95-20D8-11EE-BC0D-005056921CC4362.jpg"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F53F0B4-20D8-11EE-BC0D-005056921CC4363.jpg"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F53EFF0-20D8-11EE-BC0D-005056921CC4364.jpg"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/595BB059-20D8-11EE-BC0D-005056921CC4365.jpg"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC3C0D8D-20D7-11EE-BC0D-005056921CC4366.jpg"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C250D4C8-20D7-11EE-BC0D-005056921CC4367.jpg"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F5669ED-F151-11EB-BBF2-005056921CC4368.jpg"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F05545E-30CA-11EB-BBDF-005056921CC4369.jpg"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DA9250C7-20D7-11EE-BC0D-005056921CC4370.jpg"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E08B04FC-20D7-11EE-BC0D-005056921CC4371.jpg"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E08B0398-20D7-11EE-BC0D-005056921CC4372.jpg"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB615523-29B7-11EB-BBDD-005056921CC4373.jpg"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E08B0840-20D7-11EE-BC0D-005056921CC4374.jpg"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E08B0700-20D7-11EE-BC0D-005056921CC4375.jpg"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB615524-29B7-11EB-BBDD-005056921CC4376.jpg"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F055466-30CA-11EB-BBDF-005056921CC4377.jpg"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F055467-30CA-11EB-BBDF-005056921CC4378.jpg"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55536CBB-30CA-11EB-BBDF-005056921CC4379.jpg"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55536CBD-30CA-11EB-BBDF-005056921CC4380.jpg"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55536CC1-30CA-11EB-BBDF-005056921CC4381.jpg"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DA924D07-20D7-11EE-BC0D-005056921CC4382.jpg"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C2799AE-34B8-11EB-BBDF-005056921CC4383.jpg"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C2799AF-34B8-11EB-BBDF-005056921CC4384.jpg"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C2799B0-34B8-11EB-BBDF-005056921CC4385.jpg"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C2799B1-34B8-11EB-BBDF-005056921CC4386.jpg"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C2799B3-34B8-11EB-BBDF-005056921CC4387.jpg"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC91AB2E-20D7-11EE-BC0D-005056921CC4388.jpg"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC91A9CA-20D7-11EE-BC0D-005056921CC4389.jpg"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5B507588-30CA-11EB-BBDF-005056921CC4390.jpg"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC91AA8E-20D7-11EE-BC0D-005056921CC4391.jpg"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5B50758A-30CA-11EB-BBDF-005056921CC4392.jpg"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5B50758B-30CA-11EB-BBDF-005056921CC4393.jpg"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5B50758C-30CA-11EB-BBDF-005056921CC4394.jpg"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D76C080E-53FA-11EA-BBCE-005056921CC4395.jpg"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB0E71F4-2341-11EA-BBC7-005056921CC4396.jpg"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A962751-20D8-11EE-BC0D-005056921CC4397.jpg"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A9629E3-20D8-11EE-BC0D-005056921CC4398.jpg"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC3C0E2D-20D7-11EE-BC0D-005056921CC4399.jpg"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Uu-00054419_1400.jpg"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6ED1349-EA59-11EB-BBF2-005056921CC4401.jpg"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A962BD5-20D8-11EE-BC0D-005056921CC4402.jpg"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A9628A3-20D8-11EE-BC0D-005056921CC4403.jpg"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A962943-20D8-11EE-BC0D-005056921CC4404.jpg"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A962B35-20D8-11EE-BC0D-005056921CC4405.jpg"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/228F1B5C-20D8-11EE-BC0D-005056921CC4406.jpg"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C84EE3AA-20D7-11EE-BC0D-005056921CC4407.jpg"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B627B5E0-20D7-11EE-BC0D-005056921CC4408.jpg"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77AE15A9-F448-11EA-BBDB-005056921CC4409.jpg"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53A960D5-50A0-11EC-BBF6-005056921CC4410.jpg"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53A960D4-50A0-11EC-BBF6-005056921CC4411.jpg"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C9473A4-20D8-11EE-BC0D-005056921CC4412.jpg"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C947444-20D8-11EE-BC0D-005056921CC4413.jpg"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CBE6DB74-F13D-11EC-BBFA-005056921CC4414.jpg"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A962803-20D8-11EE-BC0D-005056921CC4415.jpg"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC3C0CED-20D7-11EE-BC0D-005056921CC4416.jpg"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C84EE6DC-20D7-11EE-BC0D-005056921CC4417.jpg"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C84EE4EA-20D7-11EE-BC0D-005056921CC4418.jpg"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C84EE58A-20D7-11EE-BC0D-005056921CC4419.jpg"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C84EE62A-20D7-11EE-BC0D-005056921CC4420.jpg"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B0155D73-20D7-11EE-BC0D-005056921CC4421.jpg"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF39FF16-E3C7-11EB-BBF2-005056921CC4422.jpg"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5DA6EF8-E3C7-11EB-BBF2-005056921CC4423.jpg"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5DA6EF9-E3C7-11EB-BBF2-005056921CC4424.jpg"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/474A5A89-20D8-11EE-BC0D-005056921CC4425.jpg"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/474A5925-20D8-11EE-BC0D-005056921CC4426.jpg"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/412BF056-20D8-11EE-BC0D-005056921CC4427.jpg"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE5F1A8A-20D7-11EE-BC0D-005056921CC4428.jpg"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C84EE44A-20D7-11EE-BC0D-005056921CC4429.jpg"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C84EE77C-20D7-11EE-BC0D-005056921CC4430.jpg"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C250D9EC-20D7-11EE-BC0D-005056921CC4431.jpg"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE5F194A-20D7-11EE-BC0D-005056921CC4432.jpg"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C84EE30A-20D7-11EE-BC0D-005056921CC4433.jpg"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE5F19EA-20D7-11EE-BC0D-005056921CC4434.jpg"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B0D84DB-20D8-11EE-BC0D-005056921CC4435.jpg"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B0D8429-20D8-11EE-BC0D-005056921CC4436.jpg"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/108E6CBE-20D8-11EE-BC0D-005056921CC4437.jpg"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/595BACDF-20D8-11EE-BC0D-005056921CC4438.jpg"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B0D8377-20D8-11EE-BC0D-005056921CC4439.jpg"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28AFE6E1-20D8-11EE-BC0D-005056921CC4440.jpg"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28AFE781-20D8-11EE-BC0D-005056921CC4441.jpg"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/412BF0F6-20D8-11EE-BC0D-005056921CC4442.jpg"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/595BAEF5-20D8-11EE-BC0D-005056921CC4443.jpg"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/474A5681-20D8-11EE-BC0D-005056921CC4444.jpg"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/418B0B21-0D98-11EC-BBF2-005056921CC4445.jpg"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/474A57D3-20D8-11EE-BC0D-005056921CC4446.jpg"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/474A5BDB-20D8-11EE-BC0D-005056921CC4447.jpg"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D84064F-9F22-11EC-BBFA-005056921CC4448.jpg"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E691C4CC-20D7-11EE-BC0D-005056921CC4449.jpg"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A9DB678-D8EE-11EB-BBF2-005056921CC4450.jpg"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28AFE58F-20D8-11EE-BC0D-005056921CC4451.jpg"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28AFE62F-20D8-11EE-BC0D-005056921CC4452.jpg"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B627B400-20D7-11EE-BC0D-005056921CC4453.jpg"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C946F9C-20D8-11EE-BC0D-005056921CC4454.jpg"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C9471A0-20D8-11EE-BC0D-005056921CC4455.jpg"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C94704E-20D8-11EE-BC0D-005056921CC4456.jpg"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F28DBAFE-20D7-11EE-BC0D-005056921CC4457.jpg"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34C8F594-20D8-11EE-BC0D-005056921CC4458.jpg"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34C8F634-20D8-11EE-BC0D-005056921CC4459.jpg"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/412BEE64-20D8-11EE-BC0D-005056921CC4460.jpg"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C250D8AC-20D7-11EE-BC0D-005056921CC4461.jpg"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C250D80C-20D7-11EE-BC0D-005056921CC4462.jpg"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33A6521C-0D98-11EC-BBF2-005056921CC4463.jpg"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B0D86F1-20D8-11EE-BC0D-005056921CC4464.jpg"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A962A95-20D8-11EE-BC0D-005056921CC4465.jpg"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F28DBE42-20D7-11EE-BC0D-005056921CC4466.jpg"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C947100-20D8-11EE-BC0D-005056921CC4467.jpg"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B0D863F-20D8-11EE-BC0D-005056921CC4468.jpg"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B0D858D-20D8-11EE-BC0D-005056921CC4469.jpg"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F89F77D4-20D7-11EE-BC0D-005056921CC4470.jpg"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1FCE2518-21B6-11EE-BC0D-005056921CC4471.jpg"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25CC59BC-21B6-11EE-BC0D-005056921CC4472.jpg"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25CC590A-21B6-11EE-BC0D-005056921CC4473.jpg"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25CC5A5C-21B6-11EE-BC0D-005056921CC4474.jpg"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75791C46-560F-11EC-BBF6-005056921CC4475.jpg"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31E588F9-21B6-11EE-BC0D-005056921CC4476.jpg"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31E58999-21B6-11EE-BC0D-005056921CC4477.jpg"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2BEB7380-21B6-11EE-BC0D-005056921CC4478.jpg"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F224EF6-252C-11ED-BBFC-005056921CC4479.jpg"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6868DABF-252C-11ED-BBFC-005056921CC4480.jpg"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2BEB74C0-21B6-11EE-BC0D-005056921CC4481.jpg"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2BEB7420-21B6-11EE-BC0D-005056921CC4482.jpg"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25CC586A-21B6-11EE-BC0D-005056921CC4483.jpg"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25CC57CA-21B6-11EE-BC0D-005056921CC4484.jpg"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2BEB72E0-21B6-11EE-BC0D-005056921CC4485.jpg"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2BEB7240-21B6-11EE-BC0D-005056921CC4486.jpg"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48D36319-823F-11EE-BC10-005056921CC4487.jpg"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2BEB71A0-21B6-11EE-BC0D-005056921CC4488.jpg"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2BEB7560-21B6-11EE-BC0D-005056921CC4489.jpg"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2BEB70EE-21B6-11EE-BC0D-005056921CC4490.jpg"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2BEB703C-21B6-11EE-BC0D-005056921CC4491.jpg"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25CC5D12-21B6-11EE-BC0D-005056921CC4492.jpg"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25CC5C60-21B6-11EE-BC0D-005056921CC4493.jpg"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25CC5BAE-21B6-11EE-BC0D-005056921CC4494.jpg"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25CC5AFC-21B6-11EE-BC0D-005056921CC4495.jpg"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98AAB9B8-2C93-11EE-BC0D-005056921CC4496.jpg"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EB23A22-DC9C-11ED-BC07-005056921CC4497.jpg"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EB23AE6-DC9C-11ED-BC07-005056921CC4498.jpg"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/355C32C3-053D-11EE-BC09-005056921CC4499.jpg"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/355C3223-053D-11EE-BC09-005056921CC4500.jpg"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C00CF14B-1353-11EE-BC09-005056921CC4501.jpg"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C00CF22D-1353-11EE-BC09-005056921CC4502.jpg"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C00CF075-1353-11EE-BC09-005056921CC4503.jpg"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C00CF468-1353-11EE-BC09-005056921CC4504.jpg"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C00CF3C8-1353-11EE-BC09-005056921CC4505.jpg"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C00CF2CD-1353-11EE-BC09-005056921CC4506.jpg"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C43DC4B3-1353-11EE-BC09-005056921CC4507.jpg"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/255EE011-AFD1-11EE-BC40-00505692492F508.jpg"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/255EDF71-AFD1-11EE-BC40-00505692492F509.jpg"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/356770D8-1432-11EE-BC09-005056921CC4510.jpg"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E830DF41-8825-11EF-BC4E-00505692C447511.jpg"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E830DE47-8825-11EF-BC4E-00505692C447512.jpg"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E830DD5F-8825-11EF-BC4E-00505692C447513.jpg"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E830DC76-8825-11EF-BC4E-00505692C447514.jpg"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E830DA13-8825-11EF-BC4E-00505692C447515.jpg"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E830D92B-8825-11EF-BC4E-00505692C447516.jpg"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/354CC7EE-40E1-11EE-BC0D-005056921CC4517.jpg"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/354CC8FA-40E1-11EE-BC0D-005056921CC4518.jpg"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F3D544A-40E1-11EE-BC0D-005056921CC4519.jpg"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/354CC73C-40E1-11EE-BC0D-005056921CC4520.jpg"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F3D5398-40E1-11EE-BC0D-005056921CC4521.jpg"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F3D52F8-40E1-11EE-BC0D-005056921CC4522.jpg"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D027CE1F-F985-11EE-BC50-00505692E2D0523.jpg"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D027CEBF-F985-11EE-BC50-00505692E2D0524.jpg"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6212341-F985-11EE-BC50-00505692E2D0525.jpg"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4EDFA1AF-823F-11EE-BC10-005056921CC4526.jpg"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/186C8C7C-83CC-11EE-BC11-005056921CC4527.jpg"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/186C8BDC-83CC-11EE-BC11-005056921CC4528.jpg"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/186C8B07-83CC-11EE-BC11-005056921CC4529.jpg"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6036AB4F-4194-11EE-BC0D-005056921CC4530.jpg"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/508E0C39-6850-11EE-BC0F-005056921CC4531.jpg"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38B1E49C-C782-11EE-BC3E-0050569297EB532.jpg"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38B1E601-C782-11EE-BC3E-0050569297EB533.jpg"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38B1E53C-C782-11EE-BC3E-0050569297EB534.jpg"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF52CCAF-AECA-11EE-BC40-00505692492F535.jpg"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/255EDCC9-AFD1-11EE-BC40-00505692492F536.jpg"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/255EDE65-AFD1-11EE-BC40-00505692492F537.jpg"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E82D8AF-4049-11EF-BC47-00505692492F538.jpg"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/287EB415-4049-11EF-BC47-00505692492F539.jpg"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/287EB31B-4049-11EF-BC47-00505692492F540.jpg"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/287EB191-4049-11EF-BC47-00505692492F541.jpg"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8580B8BF-E50C-11EE-BC3E-0050569297EB542.jpg"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B78E4C3-E50C-11EE-BC3E-0050569297EB543.jpg"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27637C0D-D0A7-11EE-BC41-00505692492F544.jpg"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86B80BFC-21BA-11EE-BC0D-005056921CC4545.jpg"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B1A3CE2-E569-11EF-BC53-00505692E2D0546.jpg"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7812E7AC-E3DA-11EF-BC4E-00505692C447547.jpg"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D75C40A-E569-11EF-BC53-00505692E2D0548.jpg"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80ED46B4-424C-11E8-A155-00259035BB67549.gif"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/650817A2-424D-11E8-A155-00259035BB67550.gif"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B0A8F30-424E-11E8-A155-00259035BB67551.jpg"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6769E23-21BB-11EE-BC0D-005056921CC4552.jpg"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6769EC3-21BB-11EE-BC0D-005056921CC4553.jpg"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6769D83-21BB-11EE-BC0D-005056921CC4554.jpg"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6769CE3-21BB-11EE-BC0D-005056921CC4555.jpg"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC9DDFB3-21BB-11EE-BC0D-005056921CC4556.jpg"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F682C88B-4253-11E8-A155-00259035BB67557.jpg"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E8B48B5-4254-11E8-A155-00259035BB67558.gif"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6769BA3-21BB-11EE-BC0D-005056921CC4559.jpg"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6769C43-21BB-11EE-BC0D-005056921CC4560.jpg"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6769F75-21BB-11EE-BC0D-005056921CC4561.jpg"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D65FE127-F160-11EB-BBF2-005056921CC4562.jpg"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5006C2A-1DC1-11EA-BBC7-005056921CC4563.gif"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0707894-21BB-11EE-BC0D-005056921CC4564.jpg"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3B9D-424B-11E8-A155-00259035BB67565.jpg"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4272B662-4253-11E8-A155-00259035BB67566.gif"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A324BA8A-8149-11E9-BBBA-005056921CC4567.jpg"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7F63EA7-21BF-11EE-BC0D-005056921CC4568.jpg"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D1E8EDF6-21BF-11EE-BC0D-005056921CC4569.jpg"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D1E8EFE8-21BF-11EE-BC0D-005056921CC4570.jpg"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7F63F59-21BF-11EE-BC0D-005056921CC4571.jpg"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D1E8EE96-21BF-11EE-BC0D-005056921CC4572.jpg"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D1E8F09A-21BF-11EE-BC0D-005056921CC4573.jpg"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/293B23C4-40E1-11EE-BC0D-005056921CC4574.jpg"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3D3B1FF-77E9-11EE-BC0F-005056921CC4575.jpg"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/521B63F9-8796-11EE-BC13-005056921CC4576.jpg"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66B3FD80-2231-11EE-BC0D-005056921CC4577.jpg"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/757D6F0F-F163-11EB-BBF2-005056921CC4578.jpg"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0302E9CF-3BB8-11F0-BC50-00505692C447579.jpg"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC4E355E-5295-11F0-BC52-00505692C447580.jpg"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A58358F8-8E78-11F0-BC57-00505692E2D0581.jpg"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B3FF869A-E3C0-11EF-BC57-00505692E049582.jpg"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5835794-8E78-11F0-BC57-00505692E2D0583.jpg"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A58356E2-8E78-11F0-BC57-00505692E2D0584.jpg"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0AD95FF-8CCF-11EF-BC4E-00505692C447585.jpg"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5835846-8E78-11F0-BC57-00505692E2D0586.jpg"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0AD9426-8CCF-11EF-BC4E-00505692C447587.jpg"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5835630-8E78-11F0-BC57-00505692E2D0588.jpg"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A583557E-8E78-11F0-BC57-00505692E2D0589.jpg"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC4E36B2-5295-11F0-BC52-00505692C447590.jpg"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40D642A0-6895-11F0-BC54-00505692C447591.jpg"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40D64194-6895-11F0-BC54-00505692C447592.jpg"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40D64076-6895-11F0-BC54-00505692C447593.jpg"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F58A0E8E-FC6E-11EF-BC53-00505692E2D0594.jpg"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F58A11CA-FC6E-11EF-BC53-00505692E2D0595.jpg"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F58A0FD0-FC6E-11EF-BC53-00505692E2D0596.jpg"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB8F9A16-FC6E-11EF-BC53-00505692E2D0597.jpg"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F209C74E-FC6E-11EF-BC53-00505692E2D0598.jpg"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F58A10DC-FC6E-11EF-BC53-00505692E2D0599.jpg"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F58A2854-FC6E-11EF-BC53-00505692E2D0600.jpg"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB8F9AED-FC6E-11EF-BC53-00505692E2D0601.jpg"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2431265-1A18-11F0-BC4F-00505692C447602.jpg"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DCAB4469-7E14-11F0-BC4C-00505692492F603.jpg"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DCAB43A4-7E14-11F0-BC4C-00505692492F604.jpg"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8BB917FF-896B-11F0-BC4B-0050569297EB605.jpg"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF98E9A3-8967-11F0-BC4B-0050569297EB606.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59BAD85C-E3DA-11EF-BC4E-00505692C4471.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80ED46C5-424C-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2304FAD-7044-11EA-BBD0-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB3D32C9-424E-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/275FD2F3-424B-11E8-A155-00259035BB675.gif"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/275FD2F4-424B-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBF9E726-E3C7-11EB-BBF2-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEA04664-20D7-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBF9E727-E3C7-11EB-BBF2-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/275FD2FA-424B-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/275FD2FB-424B-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/275FD2FC-424B-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A1D9ED4-424B-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B1A3BFA-E569-11EF-BC53-00505692E2D014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/411ED572-E569-11EF-BC53-00505692E2D015.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/275FD301-424B-11E8-A155-00259035BB6716.gif"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4746B17A-E569-11EF-BC53-00505692E2D017.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/411ED477-E569-11EF-BC53-00505692E2D018.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FBA4C0D-E3DA-11EF-BC4E-00505692C44719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D8539E9-424B-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C248D790-E3C7-11EB-BBF2-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C248D78F-E3C7-11EB-BBF2-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7812E6B5-E3DA-11EF-BC4E-00505692C44723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7812E5CD-E3DA-11EF-BC4E-00505692C44724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7812E4E5-E3DA-11EF-BC4E-00505692C44725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7812E3FD-E3DA-11EF-BC4E-00505692C44726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3B5A7F5-E3DA-11EF-BC4E-00505692C44727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C248D794-E3C7-11EB-BBF2-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C248D793-E3C7-11EB-BBF2-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C248D792-E3C7-11EB-BBF2-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE32624E-424B-11E8-A155-00259035BB6731.gif"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3B5A294-E3DA-11EF-BC4E-00505692C44732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9DA0B28E-E3DA-11EF-BC4E-00505692C44733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3B5A3C5-E3DA-11EF-BC4E-00505692C44734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3B5A4BF-E3DA-11EF-BC4E-00505692C44735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4CA89AA-E3C7-11EB-BBF2-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3B5A8EF-E3DA-11EF-BC4E-00505692C44737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B1A38FA-E569-11EF-BC53-00505692E2D038.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/146B88EE-424C-11E8-A155-00259035BB6739.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FBA41D8-E3DA-11EF-BC4E-00505692C44740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4746B262-E569-11EF-BC53-00505692E2D041.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FBA51E1-E3DA-11EF-BC4E-00505692C44742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2677E68D-424C-11E8-A155-00259035BB6743.gif"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5461CF5-E63A-11EF-BC4E-00505692C44744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9DA0AEDF-E3DA-11EF-BC4E-00505692C44745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9DA0ADE5-E3DA-11EF-BC4E-00505692C44746.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9789714C-E3DA-11EF-BC4E-00505692C44747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97896D1A-E3DA-11EF-BC4E-00505692C44748.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9B9CFFF-E3DA-11EF-BC4E-00505692C44749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97896E02-E3DA-11EF-BC4E-00505692C44750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97896B65-E3DA-11EF-BC4E-00505692C44751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91853798-E3DA-11EF-BC4E-00505692C44752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/326E5734-424C-11E8-A155-00259035BB6753.gif"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B1A39F4-E569-11EF-BC53-00505692E2D054.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97896C44-E3DA-11EF-BC4E-00505692C44755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9B9D0FF-E3DA-11EF-BC4E-00505692C44756.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65B28DDC-E3DA-11EF-BC4E-00505692C44757.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D75C310-E569-11EF-BC53-00505692E2D058.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D75C216-E569-11EF-BC53-00505692E2D059.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5461C1F-E63A-11EF-BC4E-00505692C44760.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FBA40CC-E3DA-11EF-BC4E-00505692C44761.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/918536B0-E3DA-11EF-BC4E-00505692C44762.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65B17AC2-E569-11EF-BC53-00505692E2D063.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7AE9D0B8-424C-11E8-A155-00259035BB6764.gif"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91853592-E3DA-11EF-BC4E-00505692C44765.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9B9D2AB-E3DA-11EF-BC4E-00505692C44766.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9B9D1D5-E3DA-11EF-BC4E-00505692C44767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CECD63ED-E3C7-11EB-BBF2-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A505B3D1-424C-11E8-A155-00259035BB6769.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B1A3824-E569-11EF-BC53-00505692E2D070.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/262BDF7D-0C29-11EE-BC09-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/262BDECB-0C29-11EE-BC09-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5DA6EF4-E3C7-11EB-BBF2-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2F7DFA8-424C-11E8-A155-00259035BB6774.gif"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2F7DFB6-424C-11E8-A155-00259035BB6775.gif"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4746ADD9-E569-11EF-BC53-00505692E2D076.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EAE2-424C-11E8-A155-00259035BB6777.gif"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5DA6EF5-E3C7-11EB-BBF2-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0FE5791-424C-11E8-A155-00259035BB6779.gif"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59BAD72C-E3DA-11EF-BC4E-00505692C44780.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C248D791-E3C7-11EB-BBF2-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4CA89AB-E3C7-11EB-BBF2-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C849CE21-E3C7-11EB-BBF2-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C849CE1F-E3C7-11EB-BBF2-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7AA26AD-00EB-11EF-BC46-00505692C44785.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A92D4448-AECA-11EE-BC40-00505692492F86.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65B17E62-E569-11EF-BC53-00505692E2D087.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65B17D7A-E569-11EF-BC53-00505692E2D088.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65B17C92-E569-11EF-BC53-00505692E2D089.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6005CD63-16CE-11EF-BC3F-0050569297EB90.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97896F22-E3DA-11EF-BC4E-00505692C44791.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F01841C-424D-11E8-A155-00259035BB6792.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C248D795-E3C7-11EB-BBF2-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46FF2E9B-424D-11E8-A155-00259035BB6794.gif"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46FF2E9C-424D-11E8-A155-00259035BB6795.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46FF2E9E-424D-11E8-A155-00259035BB6796.gif"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9DA0B1A6-E3DA-11EF-BC4E-00505692C44797.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65B17B98-E569-11EF-BC53-00505692E2D098.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9DA0B0BE-E3DA-11EF-BC4E-00505692C44799.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B1A3B00-E569-11EF-BC53-00505692E2D0100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDA4FA0B-00EB-11EF-BC46-00505692C447101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9DA0AFC7-E3DA-11EF-BC4E-00505692C447102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4303100F-424E-11E8-A155-00259035BB67103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9789702E-E3DA-11EF-BC4E-00505692C447104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FBA3FF6-E3DA-11EF-BC4E-00505692C447105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71D0B673-E3DA-11EF-BC4E-00505692C447106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/650817A6-424D-11E8-A155-00259035BB67107.gif"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5DA6EF2-E3C7-11EB-BBF2-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D07E51E-424D-11E8-A155-00259035BB67109.gif"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D07E529-424D-11E8-A155-00259035BB67110.gif"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D07E52A-424D-11E8-A155-00259035BB67111.gif"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64986F6C-16CE-11EF-BC3F-0050569297EB112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/830C4539-424D-11E8-A155-00259035BB67113.gif"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C248D78D-E3C7-11EB-BBF2-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/830C4565-424D-11E8-A155-00259035BB67115.gif"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/830C4567-424D-11E8-A155-00259035BB67116.gif"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71D0B45A-E3DA-11EF-BC4E-00505692C447117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D75C6C2-E569-11EF-BC53-00505692E2D0118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6BAAC78B-E3DA-11EF-BC4E-00505692C447119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65B297F6-E3DA-11EF-BC4E-00505692C447120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71D0B567-E3DA-11EF-BC4E-00505692C447121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/538FADDD-E569-11EF-BC53-00505692E2D0122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/782D8AB4-BB9E-11EE-BC41-00505692492F123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65B296E8-E3DA-11EF-BC4E-00505692C447124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F0945C4-424D-11E8-A155-00259035BB67125.gif"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65B29246-E3DA-11EF-BC4E-00505692C447126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6BAAC873-E3DA-11EF-BC4E-00505692C447127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB60FA5D-E63A-11EF-BC4E-00505692C447128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB60FB45-E63A-11EF-BC4E-00505692C447129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB60F975-E63A-11EF-BC4E-00505692C447130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C849CE25-E3C7-11EB-BBF2-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC1FDECA-F94B-11EB-BBF2-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB60F7A4-E63A-11EF-BC4E-00505692C447133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB60F88C-E63A-11EF-BC4E-00505692C447134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB3D32B6-424E-11E8-A155-00259035BB67135.gif"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5BA84C87-F151-11EB-BBF2-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB60FC1B-E63A-11EF-BC4E-00505692C447137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF0A9EE0-424D-11E8-A155-00259035BB67138.gif"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB07C65B-424D-11E8-A155-00259035BB67139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB07C65C-424D-11E8-A155-00259035BB67140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB07C66C-424D-11E8-A155-00259035BB67141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E16061C2-E63A-11EF-BC4E-00505692C447142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E16062AA-E63A-11EF-BC4E-00505692C447143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/671D03D1-424E-11E8-A155-00259035BB67144.gif"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/671D03D2-424E-11E8-A155-00259035BB67145.gif"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/850F56C3-424E-11E8-A155-00259035BB67146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C849CE20-E3C7-11EB-BBF2-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C849CE1E-E3C7-11EB-BBF2-005056921CC4148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/911160B9-424E-11E8-A155-00259035BB67149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9B9D3B9-E3DA-11EF-BC4E-00505692C447150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59ABA99B-E569-11EF-BC53-00505692E2D0151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1287BBF-424E-11E8-A155-00259035BB67152.gif"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D75C4F2-E569-11EF-BC53-00505692E2D0153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65B290AA-E3DA-11EF-BC4E-00505692C447154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3B5A6B3-E3DA-11EF-BC4E-00505692C447155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3B5A5CB-E3DA-11EF-BC4E-00505692C447156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E691C770-20D7-11EE-BC0D-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E691C8B0-20D7-11EE-BC0D-005056921CC4158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59BAD56E-E3DA-11EF-BC4E-00505692C447159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2149B9CB-424F-11E8-A155-00259035BB67160.gif"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2149B9CC-424F-11E8-A155-00259035BB67161.gif"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2149B9D2-424F-11E8-A155-00259035BB67162.gif"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6005E6CD-16CE-11EF-BC3F-0050569297EB163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27484D60-424F-11E8-A155-00259035BB67164.gif"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27484D66-424F-11E8-A155-00259035BB67165.gif"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27484D7F-424F-11E8-A155-00259035BB67166.gif"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341CB76-424F-11E8-A155-00259035BB67167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DAD173D2-E3C7-11EB-BBF2-005056921CC4168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E691C810-20D7-11EE-BC0D-005056921CC4169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/538FAED7-E569-11EF-BC53-00505692E2D0170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/538FACF4-E569-11EF-BC53-00505692E2D0171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D75C5DA-E569-11EF-BC53-00505692E2D0172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CECD63E9-E3C7-11EB-BBF2-005056921CC4173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59ABA7DC-E569-11EF-BC53-00505692E2D0174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59ABA8C5-E569-11EF-BC53-00505692E2D0175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5E3D685-424F-11E8-A155-00259035BB67176.gif"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7F34199-424F-11E8-A155-00259035BB67177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FBA430F-E3DA-11EF-BC4E-00505692C447178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FBA4747-E3DA-11EF-BC4E-00505692C447179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBF9E721-E3C7-11EB-BBF2-005056921CC4180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC91ABCE-20D7-11EE-BC0D-005056921CC4181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F28DB9AC-20D7-11EE-BC0D-005056921CC4182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/351B3664-E569-11EF-BC53-00505692E2D0183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFF716DE-424F-11E8-A155-00259035BB67184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEA048E4-20D7-11EE-BC0D-005056921CC4185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/049CF301-20D8-11EE-BC0D-005056921CC4186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/049CF3A1-20D8-11EE-BC0D-005056921CC4187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/049CF441-20D8-11EE-BC0D-005056921CC4188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/049CF4E1-20D8-11EE-BC0D-005056921CC4189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/049CF581-20D8-11EE-BC0D-005056921CC4190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEA047A4-20D7-11EE-BC0D-005056921CC4191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEA04844-20D7-11EE-BC0D-005056921CC4192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A1BD3AE-4250-11E8-A155-00259035BB67193.gif"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A1BD3BE-4250-11E8-A155-00259035BB67194.gif"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEA04704-20D7-11EE-BC0D-005056921CC4195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42066AE8-4250-11E8-A155-00259035BB67196.gif"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6005CCC3-16CE-11EF-BC3F-0050569297EB197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/782D89CC-BB9E-11EE-BC41-00505692492F198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54086827-4250-11E8-A155-00259035BB67199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65B28888-E3DA-11EF-BC4E-00505692C447200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8076964-4250-11E8-A155-00259035BB67201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0A0-4250-11E8-A155-00259035BB67202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0A1-4250-11E8-A155-00259035BB67203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FAFDC0A-E569-11EF-BC53-00505692E2D0204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FAFDDC8-E569-11EF-BC53-00505692E2D0205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FAFDEA7-E569-11EF-BC53-00505692E2D0206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FAFDCE0-E569-11EF-BC53-00505692E2D0207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EC4C6D3-20D8-11EE-BC0D-005056921CC4208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EC4C785-20D8-11EE-BC0D-005056921CC4209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0817B6C5-4251-11E8-A155-00259035BB67210.gif"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EC4C56F-20D8-11EE-BC0D-005056921CC4211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/411ED83C-E569-11EF-BC53-00505692E2D0212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/411ED754-E569-11EF-BC53-00505692E2D0213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/411ED936-E569-11EF-BC53-00505692E2D0214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/411ED65A-E569-11EF-BC53-00505692E2D0215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FAFDAF8-E569-11EF-BC53-00505692E2D0216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FAFD8F2-E569-11EF-BC53-00505692E2D0217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FAFD9C8-E569-11EF-BC53-00505692E2D0218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4746B091-E569-11EF-BC53-00505692E2D0219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4746AFA9-E569-11EF-BC53-00505692E2D0220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4746AEC1-E569-11EF-BC53-00505692E2D0221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/351B3A0C-E569-11EF-BC53-00505692E2D0222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/351B3810-E569-11EF-BC53-00505692E2D0223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/351B38F9-E569-11EF-BC53-00505692E2D0224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/323B3B1C-4251-11E8-A155-00259035BB67225.gif"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/323B3B1D-4251-11E8-A155-00259035BB67226.gif"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/323B3B1F-4251-11E8-A155-00259035BB67227.gif"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/538FAFD1-E569-11EF-BC53-00505692E2D0228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/538FB0D4-E569-11EF-BC53-00505692E2D0229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/108E6B7E-20D8-11EE-BC0D-005056921CC4230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5DA6EFA-E3C7-11EB-BBF2-005056921CC4231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/863AB15A-4251-11E8-A155-00259035BB67232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59ABA500-E569-11EF-BC53-00505692E2D0233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59ABA60C-E569-11EF-BC53-00505692E2D0234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59ABA6F4-E569-11EF-BC53-00505692E2D0235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7AA260D-00EB-11EF-BC46-00505692C447236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF52CAB4-AECA-11EE-BC40-00505692492F237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A28D271-4252-11E8-A155-00259035BB67238.gif"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/595BAC3F-20D8-11EE-BC0D-005056921CC4239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3424345F-4252-11E8-A155-00259035BB67240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/463992A6-4252-11E8-A155-00259035BB67241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/463992A8-4252-11E8-A155-00259035BB67242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34C8F4E2-20D8-11EE-BC0D-005056921CC4243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/463992AC-4252-11E8-A155-00259035BB67244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34C8F430-20D8-11EE-BC0D-005056921CC4245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C3874B0-4252-11E8-A155-00259035BB67246.gif"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65B28D06-E3DA-11EF-BC4E-00505692C447247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34C8F37E-20D8-11EE-BC0D-005056921CC4248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EC4C621-20D8-11EE-BC0D-005056921CC4249.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6433D535-4252-11E8-A155-00259035BB67250.gif"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C849CE22-E3C7-11EB-BBF2-005056921CC4251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C849CE23-E3C7-11EB-BBF2-005056921CC4252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E35C6D7-4252-11E8-A155-00259035BB67253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F5669EC-F151-11EB-BBF2-005056921CC4254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B83EBD79-4252-11E8-A155-00259035BB67255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D03D5276-4252-11E8-A155-00259035BB67256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDA4F96B-00EB-11EF-BC46-00505692C447257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/412BEDB2-20D8-11EE-BC0D-005056921CC4258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D477DCD3-20D7-11EE-BC0D-005056921CC4259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/066ACFD7-4253-11E8-A155-00259035BB67260.gif"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/351B373A-E569-11EF-BC53-00505692E2D0261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59BAD644-E3DA-11EF-BC4E-00505692C447262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/534DF538-20D8-11EE-BC0D-005056921CC4263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/534DF498-20D8-11EE-BC0D-005056921CC4264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/534DF3F8-20D8-11EE-BC0D-005056921CC4265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/727AB605-4253-11E8-A155-00259035BB67266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEA04984-20D7-11EE-BC0D-005056921CC4267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A27C73FF-4253-11E8-A155-00259035BB67268.gif"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A27C7420-4253-11E8-A155-00259035BB67269.gif"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CC8-4254-11E8-A155-00259035BB67270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/534DF72A-20D8-11EE-BC0D-005056921CC4271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/228F1AAA-20D8-11EE-BC0D-005056921CC4272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/228F1BFC-20D8-11EE-BC0D-005056921CC4273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/228F1A0A-20D8-11EE-BC0D-005056921CC4274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28AFE30F-20D8-11EE-BC0D-005056921CC4275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28AFE4EF-20D8-11EE-BC0D-005056921CC4276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/228F196A-20D8-11EE-BC0D-005056921CC4277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/228F18CA-20D8-11EE-BC0D-005056921CC4278.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/228F178A-20D8-11EE-BC0D-005056921CC4279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/228F182A-20D8-11EE-BC0D-005056921CC4280.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D50EA3D-20D8-11EE-BC0D-005056921CC4281.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148BFF90-4254-11E8-A155-00259035BB67282.gif"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D50EAEF-20D8-11EE-BC0D-005056921CC4283.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D50EB8F-20D8-11EE-BC0D-005056921CC4284.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D50EC2F-20D8-11EE-BC0D-005056921CC4285.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D50ECCF-20D8-11EE-BC0D-005056921CC4286.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A8514CC-4254-11E8-A155-00259035BB67287.jpg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/208CD09B-4254-11E8-A155-00259035BB67288.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9FB8940-20D7-11EE-BC0D-005056921CC4289.jpg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A9BBACA-4254-11E8-A155-00259035BB67290.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28AFE44F-20D8-11EE-BC0D-005056921CC4291.jpg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28AFE3AF-20D8-11EE-BC0D-005056921CC4292.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D50ED6F-20D8-11EE-BC0D-005056921CC4293.jpg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD0B2-4254-11E8-A155-00259035BB67294.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/534DF218-20D8-11EE-BC0D-005056921CC4295.jpg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/412BEFA4-20D8-11EE-BC0D-005056921CC4296.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B627B860-20D7-11EE-BC0D-005056921CC4297.jpg"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CEA071A7-4254-11E8-A155-00259035BB67298.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CEA071A8-4254-11E8-A155-00259035BB67299.jpg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC3C0C4D-20D7-11EE-BC0D-005056921CC4300.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC3C0B0D-20D7-11EE-BC0D-005056921CC4301.jpg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC3C0BAD-20D7-11EE-BC0D-005056921CC4302.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC3C0A6D-20D7-11EE-BC0D-005056921CC4303.jpg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC3C092D-20D7-11EE-BC0D-005056921CC4304.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC3C09CD-20D7-11EE-BC0D-005056921CC4305.jpg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/108E7038-20D8-11EE-BC0D-005056921CC4306.jpg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/412BEF04-20D8-11EE-BC0D-005056921CC4307.jpg"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2AC3440-4254-11E8-A155-00259035BB67308.jpg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/108E70EA-20D8-11EE-BC0D-005056921CC4309.jpg"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/108E6F86-20D8-11EE-BC0D-005056921CC4310.jpg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B627B7C0-20D7-11EE-BC0D-005056921CC4311.jpg"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/534DF2B8-20D8-11EE-BC0D-005056921CC4312.jpg"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9190BAF0-5268-11EA-BBCE-005056921CC4313.jpg"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE5F1BCA-20D7-11EE-BC0D-005056921CC4314.jpg"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE5F1C6A-20D7-11EE-BC0D-005056921CC4315.jpg"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3D1ECE6-814A-11E9-BBBA-005056921CC4316.jpg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D477DD73-20D7-11EE-BC0D-005056921CC4317.jpg"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3D1ECE8-814A-11E9-BBBA-005056921CC4318.jpg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EC4C42F-20D8-11EE-BC0D-005056921CC4319.jpg"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EC4C4CF-20D8-11EE-BC0D-005056921CC4320.jpg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F28DBC3E-20D7-11EE-BC0D-005056921CC4321.jpg"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/556FCA88-F151-11EB-BBF2-005056921CC4322.jpg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E691C61E-20D7-11EE-BC0D-005056921CC4323.jpg"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F28DBA4C-20D7-11EE-BC0D-005056921CC4324.jpg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D25B93F0-F94B-11EB-BBF2-005056921CC4325.jpg"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F28DBDA2-20D7-11EE-BC0D-005056921CC4326.jpg"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F28DBCF0-20D7-11EE-BC0D-005056921CC4327.jpg"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/108E6ED4-20D8-11EE-BC0D-005056921CC4328.jpg"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C9474E4-20D8-11EE-BC0D-005056921CC4329.jpg"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E694B00C-814C-11E9-BBBA-005056921CC4330.gif"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E694B00E-814C-11E9-BBBA-005056921CC4331.gif"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E694B00F-814C-11E9-BBBA-005056921CC4332.gif"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC96830C-814C-11E9-BBBA-005056921CC4333.gif"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC96830F-814C-11E9-BBBA-005056921CC4334.gif"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B0155EB3-20D7-11EE-BC0D-005056921CC4335.jpg"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C9472F2-20D8-11EE-BC0D-005056921CC4336.jpg"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C947240-20D8-11EE-BC0D-005056921CC4337.jpg"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/474A5B29-20D8-11EE-BC0D-005056921CC4338.jpg"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/474A5721-20D8-11EE-BC0D-005056921CC4339.jpg"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/474A59D7-20D8-11EE-BC0D-005056921CC4340.jpg"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/474A5873-20D8-11EE-BC0D-005056921CC4341.jpg"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/412BF196-20D8-11EE-BC0D-005056921CC4342.jpg"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D50E8EB-20D8-11EE-BC0D-005056921CC4343.jpg"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33A6521E-0D98-11EC-BBF2-005056921CC4344.jpg"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E691C6BE-20D7-11EE-BC0D-005056921CC4345.jpg"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C960478-12C1-11EA-BBC6-005056921CC4346.jpg"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC91A878-20D7-11EE-BC0D-005056921CC4347.jpg"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC91A918-20D7-11EE-BC0D-005056921CC4348.jpg"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C960479-12C1-11EA-BBC6-005056921CC4349.jpg"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6ED134B-EA59-11EB-BBF2-005056921CC4350.jpg"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC3C0ECD-20D7-11EE-BC0D-005056921CC4351.jpg"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/108E6C1E-20D8-11EE-BC0D-005056921CC4352.jpg"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9FB8AA4-20D7-11EE-BC0D-005056921CC4353.jpg"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/108E6D70-20D8-11EE-BC0D-005056921CC4354.jpg"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/108E6E22-20D8-11EE-BC0D-005056921CC4355.jpg"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C250D568-20D7-11EE-BC0D-005056921CC4356.jpg"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/595BAD91-20D8-11EE-BC0D-005056921CC4357.jpg"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/595BAE43-20D8-11EE-BC0D-005056921CC4358.jpg"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B0155A53-20D7-11EE-BC0D-005056921CC4359.jpg"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/595BAF95-20D8-11EE-BC0D-005056921CC4360.jpg"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F53F0B4-20D8-11EE-BC0D-005056921CC4361.jpg"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F53EFF0-20D8-11EE-BC0D-005056921CC4362.jpg"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/595BB059-20D8-11EE-BC0D-005056921CC4363.jpg"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC3C0D8D-20D7-11EE-BC0D-005056921CC4364.jpg"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C250D4C8-20D7-11EE-BC0D-005056921CC4365.jpg"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F5669ED-F151-11EB-BBF2-005056921CC4366.jpg"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F05545E-30CA-11EB-BBDF-005056921CC4367.jpg"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DA9250C7-20D7-11EE-BC0D-005056921CC4368.jpg"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E08B04FC-20D7-11EE-BC0D-005056921CC4369.jpg"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E08B0398-20D7-11EE-BC0D-005056921CC4370.jpg"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB615523-29B7-11EB-BBDD-005056921CC4371.jpg"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E08B0840-20D7-11EE-BC0D-005056921CC4372.jpg"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E08B0700-20D7-11EE-BC0D-005056921CC4373.jpg"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB615524-29B7-11EB-BBDD-005056921CC4374.jpg"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F055466-30CA-11EB-BBDF-005056921CC4375.jpg"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F055467-30CA-11EB-BBDF-005056921CC4376.jpg"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55536CBB-30CA-11EB-BBDF-005056921CC4377.jpg"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55536CBD-30CA-11EB-BBDF-005056921CC4378.jpg"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55536CC1-30CA-11EB-BBDF-005056921CC4379.jpg"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DA924D07-20D7-11EE-BC0D-005056921CC4380.jpg"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C2799AE-34B8-11EB-BBDF-005056921CC4381.jpg"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C2799AF-34B8-11EB-BBDF-005056921CC4382.jpg"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C2799B0-34B8-11EB-BBDF-005056921CC4383.jpg"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C2799B1-34B8-11EB-BBDF-005056921CC4384.jpg"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C2799B3-34B8-11EB-BBDF-005056921CC4385.jpg"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC91AB2E-20D7-11EE-BC0D-005056921CC4386.jpg"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC91A9CA-20D7-11EE-BC0D-005056921CC4387.jpg"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5B507588-30CA-11EB-BBDF-005056921CC4388.jpg"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC91AA8E-20D7-11EE-BC0D-005056921CC4389.jpg"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5B50758A-30CA-11EB-BBDF-005056921CC4390.jpg"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5B50758B-30CA-11EB-BBDF-005056921CC4391.jpg"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5B50758C-30CA-11EB-BBDF-005056921CC4392.jpg"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D76C080E-53FA-11EA-BBCE-005056921CC4393.jpg"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB0E71F4-2341-11EA-BBC7-005056921CC4394.jpg"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A962751-20D8-11EE-BC0D-005056921CC4395.jpg"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A9629E3-20D8-11EE-BC0D-005056921CC4396.jpg"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC3C0E2D-20D7-11EE-BC0D-005056921CC4397.jpg"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Uu-00054419_1398.jpg"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6ED1349-EA59-11EB-BBF2-005056921CC4399.jpg"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A962BD5-20D8-11EE-BC0D-005056921CC4400.jpg"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A9628A3-20D8-11EE-BC0D-005056921CC4401.jpg"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A962943-20D8-11EE-BC0D-005056921CC4402.jpg"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A962B35-20D8-11EE-BC0D-005056921CC4403.jpg"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/228F1B5C-20D8-11EE-BC0D-005056921CC4404.jpg"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C84EE3AA-20D7-11EE-BC0D-005056921CC4405.jpg"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B627B5E0-20D7-11EE-BC0D-005056921CC4406.jpg"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77AE15A9-F448-11EA-BBDB-005056921CC4407.jpg"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53A960D5-50A0-11EC-BBF6-005056921CC4408.jpg"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53A960D4-50A0-11EC-BBF6-005056921CC4409.jpg"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C9473A4-20D8-11EE-BC0D-005056921CC4410.jpg"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C947444-20D8-11EE-BC0D-005056921CC4411.jpg"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CBE6DB74-F13D-11EC-BBFA-005056921CC4412.jpg"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A962803-20D8-11EE-BC0D-005056921CC4413.jpg"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC3C0CED-20D7-11EE-BC0D-005056921CC4414.jpg"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C84EE6DC-20D7-11EE-BC0D-005056921CC4415.jpg"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C84EE4EA-20D7-11EE-BC0D-005056921CC4416.jpg"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C84EE58A-20D7-11EE-BC0D-005056921CC4417.jpg"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C84EE62A-20D7-11EE-BC0D-005056921CC4418.jpg"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B0155D73-20D7-11EE-BC0D-005056921CC4419.jpg"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF39FF16-E3C7-11EB-BBF2-005056921CC4420.jpg"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5DA6EF8-E3C7-11EB-BBF2-005056921CC4421.jpg"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5DA6EF9-E3C7-11EB-BBF2-005056921CC4422.jpg"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/474A5A89-20D8-11EE-BC0D-005056921CC4423.jpg"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/474A5925-20D8-11EE-BC0D-005056921CC4424.jpg"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/412BF056-20D8-11EE-BC0D-005056921CC4425.jpg"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE5F1A8A-20D7-11EE-BC0D-005056921CC4426.jpg"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C84EE44A-20D7-11EE-BC0D-005056921CC4427.jpg"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C84EE77C-20D7-11EE-BC0D-005056921CC4428.jpg"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C250D9EC-20D7-11EE-BC0D-005056921CC4429.jpg"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE5F194A-20D7-11EE-BC0D-005056921CC4430.jpg"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C84EE30A-20D7-11EE-BC0D-005056921CC4431.jpg"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE5F19EA-20D7-11EE-BC0D-005056921CC4432.jpg"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B0D84DB-20D8-11EE-BC0D-005056921CC4433.jpg"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B0D8429-20D8-11EE-BC0D-005056921CC4434.jpg"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/108E6CBE-20D8-11EE-BC0D-005056921CC4435.jpg"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/595BACDF-20D8-11EE-BC0D-005056921CC4436.jpg"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B0D8377-20D8-11EE-BC0D-005056921CC4437.jpg"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28AFE6E1-20D8-11EE-BC0D-005056921CC4438.jpg"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28AFE781-20D8-11EE-BC0D-005056921CC4439.jpg"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/412BF0F6-20D8-11EE-BC0D-005056921CC4440.jpg"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/595BAEF5-20D8-11EE-BC0D-005056921CC4441.jpg"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/474A5681-20D8-11EE-BC0D-005056921CC4442.jpg"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/418B0B21-0D98-11EC-BBF2-005056921CC4443.jpg"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/474A57D3-20D8-11EE-BC0D-005056921CC4444.jpg"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/474A5BDB-20D8-11EE-BC0D-005056921CC4445.jpg"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D84064F-9F22-11EC-BBFA-005056921CC4446.jpg"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E691C4CC-20D7-11EE-BC0D-005056921CC4447.jpg"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A9DB678-D8EE-11EB-BBF2-005056921CC4448.jpg"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28AFE58F-20D8-11EE-BC0D-005056921CC4449.jpg"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28AFE62F-20D8-11EE-BC0D-005056921CC4450.jpg"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B627B400-20D7-11EE-BC0D-005056921CC4451.jpg"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C946F9C-20D8-11EE-BC0D-005056921CC4452.jpg"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C9471A0-20D8-11EE-BC0D-005056921CC4453.jpg"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C94704E-20D8-11EE-BC0D-005056921CC4454.jpg"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F28DBAFE-20D7-11EE-BC0D-005056921CC4455.jpg"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34C8F594-20D8-11EE-BC0D-005056921CC4456.jpg"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34C8F634-20D8-11EE-BC0D-005056921CC4457.jpg"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/412BEE64-20D8-11EE-BC0D-005056921CC4458.jpg"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C250D8AC-20D7-11EE-BC0D-005056921CC4459.jpg"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C250D80C-20D7-11EE-BC0D-005056921CC4460.jpg"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33A6521C-0D98-11EC-BBF2-005056921CC4461.jpg"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B0D86F1-20D8-11EE-BC0D-005056921CC4462.jpg"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A962A95-20D8-11EE-BC0D-005056921CC4463.jpg"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F28DBE42-20D7-11EE-BC0D-005056921CC4464.jpg"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C947100-20D8-11EE-BC0D-005056921CC4465.jpg"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B0D863F-20D8-11EE-BC0D-005056921CC4466.jpg"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B0D858D-20D8-11EE-BC0D-005056921CC4467.jpg"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F89F77D4-20D7-11EE-BC0D-005056921CC4468.jpg"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1FCE2518-21B6-11EE-BC0D-005056921CC4469.jpg"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25CC59BC-21B6-11EE-BC0D-005056921CC4470.jpg"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25CC590A-21B6-11EE-BC0D-005056921CC4471.jpg"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25CC5A5C-21B6-11EE-BC0D-005056921CC4472.jpg"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75791C46-560F-11EC-BBF6-005056921CC4473.jpg"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31E588F9-21B6-11EE-BC0D-005056921CC4474.jpg"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31E58999-21B6-11EE-BC0D-005056921CC4475.jpg"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2BEB7380-21B6-11EE-BC0D-005056921CC4476.jpg"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F224EF6-252C-11ED-BBFC-005056921CC4477.jpg"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6868DABF-252C-11ED-BBFC-005056921CC4478.jpg"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2BEB74C0-21B6-11EE-BC0D-005056921CC4479.jpg"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2BEB7420-21B6-11EE-BC0D-005056921CC4480.jpg"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25CC586A-21B6-11EE-BC0D-005056921CC4481.jpg"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25CC57CA-21B6-11EE-BC0D-005056921CC4482.jpg"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2BEB72E0-21B6-11EE-BC0D-005056921CC4483.jpg"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2BEB7240-21B6-11EE-BC0D-005056921CC4484.jpg"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48D36319-823F-11EE-BC10-005056921CC4485.jpg"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2BEB71A0-21B6-11EE-BC0D-005056921CC4486.jpg"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2BEB7560-21B6-11EE-BC0D-005056921CC4487.jpg"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2BEB70EE-21B6-11EE-BC0D-005056921CC4488.jpg"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2BEB703C-21B6-11EE-BC0D-005056921CC4489.jpg"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25CC5D12-21B6-11EE-BC0D-005056921CC4490.jpg"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25CC5C60-21B6-11EE-BC0D-005056921CC4491.jpg"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25CC5BAE-21B6-11EE-BC0D-005056921CC4492.jpg"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25CC5AFC-21B6-11EE-BC0D-005056921CC4493.jpg"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98AAB9B8-2C93-11EE-BC0D-005056921CC4494.jpg"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EB23A22-DC9C-11ED-BC07-005056921CC4495.jpg"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EB23AE6-DC9C-11ED-BC07-005056921CC4496.jpg"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/355C32C3-053D-11EE-BC09-005056921CC4497.jpg"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/355C3223-053D-11EE-BC09-005056921CC4498.jpg"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C00CF14B-1353-11EE-BC09-005056921CC4499.jpg"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C00CF22D-1353-11EE-BC09-005056921CC4500.jpg"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C00CF075-1353-11EE-BC09-005056921CC4501.jpg"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C00CF468-1353-11EE-BC09-005056921CC4502.jpg"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C00CF3C8-1353-11EE-BC09-005056921CC4503.jpg"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C00CF2CD-1353-11EE-BC09-005056921CC4504.jpg"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C43DC4B3-1353-11EE-BC09-005056921CC4505.jpg"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/255EE011-AFD1-11EE-BC40-00505692492F506.jpg"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/255EDF71-AFD1-11EE-BC40-00505692492F507.jpg"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/356770D8-1432-11EE-BC09-005056921CC4508.jpg"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E830DF41-8825-11EF-BC4E-00505692C447509.jpg"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E830DE47-8825-11EF-BC4E-00505692C447510.jpg"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E830DD5F-8825-11EF-BC4E-00505692C447511.jpg"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E830DC76-8825-11EF-BC4E-00505692C447512.jpg"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E830DA13-8825-11EF-BC4E-00505692C447513.jpg"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E830D92B-8825-11EF-BC4E-00505692C447514.jpg"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/354CC7EE-40E1-11EE-BC0D-005056921CC4515.jpg"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/354CC8FA-40E1-11EE-BC0D-005056921CC4516.jpg"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F3D544A-40E1-11EE-BC0D-005056921CC4517.jpg"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/354CC73C-40E1-11EE-BC0D-005056921CC4518.jpg"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F3D5398-40E1-11EE-BC0D-005056921CC4519.jpg"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F3D52F8-40E1-11EE-BC0D-005056921CC4520.jpg"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D027CE1F-F985-11EE-BC50-00505692E2D0521.jpg"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D027CEBF-F985-11EE-BC50-00505692E2D0522.jpg"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6212341-F985-11EE-BC50-00505692E2D0523.jpg"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4EDFA1AF-823F-11EE-BC10-005056921CC4524.jpg"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/186C8C7C-83CC-11EE-BC11-005056921CC4525.jpg"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/186C8BDC-83CC-11EE-BC11-005056921CC4526.jpg"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/186C8B07-83CC-11EE-BC11-005056921CC4527.jpg"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6036AB4F-4194-11EE-BC0D-005056921CC4528.jpg"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/508E0C39-6850-11EE-BC0F-005056921CC4529.jpg"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38B1E49C-C782-11EE-BC3E-0050569297EB530.jpg"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38B1E601-C782-11EE-BC3E-0050569297EB531.jpg"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38B1E53C-C782-11EE-BC3E-0050569297EB532.jpg"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF52CCAF-AECA-11EE-BC40-00505692492F533.jpg"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/255EDCC9-AFD1-11EE-BC40-00505692492F534.jpg"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/255EDE65-AFD1-11EE-BC40-00505692492F535.jpg"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E82D8AF-4049-11EF-BC47-00505692492F536.jpg"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/287EB415-4049-11EF-BC47-00505692492F537.jpg"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/287EB31B-4049-11EF-BC47-00505692492F538.jpg"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/287EB191-4049-11EF-BC47-00505692492F539.jpg"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8580B8BF-E50C-11EE-BC3E-0050569297EB540.jpg"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B78E4C3-E50C-11EE-BC3E-0050569297EB541.jpg"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27637C0D-D0A7-11EE-BC41-00505692492F542.jpg"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86B80BFC-21BA-11EE-BC0D-005056921CC4543.jpg"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B1A3CE2-E569-11EF-BC53-00505692E2D0544.jpg"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7812E7AC-E3DA-11EF-BC4E-00505692C447545.jpg"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D75C40A-E569-11EF-BC53-00505692E2D0546.jpg"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80ED46B4-424C-11E8-A155-00259035BB67547.gif"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/650817A2-424D-11E8-A155-00259035BB67548.gif"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B0A8F30-424E-11E8-A155-00259035BB67549.jpg"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6769E23-21BB-11EE-BC0D-005056921CC4550.jpg"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6769EC3-21BB-11EE-BC0D-005056921CC4551.jpg"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6769D83-21BB-11EE-BC0D-005056921CC4552.jpg"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6769CE3-21BB-11EE-BC0D-005056921CC4553.jpg"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC9DDFB3-21BB-11EE-BC0D-005056921CC4554.jpg"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F682C88B-4253-11E8-A155-00259035BB67555.jpg"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E8B48B5-4254-11E8-A155-00259035BB67556.gif"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6769BA3-21BB-11EE-BC0D-005056921CC4557.jpg"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6769C43-21BB-11EE-BC0D-005056921CC4558.jpg"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6769F75-21BB-11EE-BC0D-005056921CC4559.jpg"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D65FE127-F160-11EB-BBF2-005056921CC4560.jpg"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5006C2A-1DC1-11EA-BBC7-005056921CC4561.gif"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0707894-21BB-11EE-BC0D-005056921CC4562.jpg"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3B9D-424B-11E8-A155-00259035BB67563.jpg"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4272B662-4253-11E8-A155-00259035BB67564.gif"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A324BA8A-8149-11E9-BBBA-005056921CC4565.jpg"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7F63EA7-21BF-11EE-BC0D-005056921CC4566.jpg"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D1E8EDF6-21BF-11EE-BC0D-005056921CC4567.jpg"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D1E8EFE8-21BF-11EE-BC0D-005056921CC4568.jpg"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7F63F59-21BF-11EE-BC0D-005056921CC4569.jpg"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D1E8EE96-21BF-11EE-BC0D-005056921CC4570.jpg"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D1E8F09A-21BF-11EE-BC0D-005056921CC4571.jpg"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/293B23C4-40E1-11EE-BC0D-005056921CC4572.jpg"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3D3B1FF-77E9-11EE-BC0F-005056921CC4573.jpg"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/521B63F9-8796-11EE-BC13-005056921CC4574.jpg"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66B3FD80-2231-11EE-BC0D-005056921CC4575.jpg"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/757D6F0F-F163-11EB-BBF2-005056921CC4576.jpg"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0302E9CF-3BB8-11F0-BC50-00505692C447577.jpg"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC4E355E-5295-11F0-BC52-00505692C447578.jpg"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A58358F8-8E78-11F0-BC57-00505692E2D0579.jpg"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B3FF869A-E3C0-11EF-BC57-00505692E049580.jpg"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5835794-8E78-11F0-BC57-00505692E2D0581.jpg"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A58356E2-8E78-11F0-BC57-00505692E2D0582.jpg"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0AD95FF-8CCF-11EF-BC4E-00505692C447583.jpg"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5835846-8E78-11F0-BC57-00505692E2D0584.jpg"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0AD9426-8CCF-11EF-BC4E-00505692C447585.jpg"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5835630-8E78-11F0-BC57-00505692E2D0586.jpg"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A583557E-8E78-11F0-BC57-00505692E2D0587.jpg"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC4E36B2-5295-11F0-BC52-00505692C447588.jpg"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40D642A0-6895-11F0-BC54-00505692C447589.jpg"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40D64194-6895-11F0-BC54-00505692C447590.jpg"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40D64076-6895-11F0-BC54-00505692C447591.jpg"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F58A0E8E-FC6E-11EF-BC53-00505692E2D0592.jpg"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F58A11CA-FC6E-11EF-BC53-00505692E2D0593.jpg"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F58A0FD0-FC6E-11EF-BC53-00505692E2D0594.jpg"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB8F9A16-FC6E-11EF-BC53-00505692E2D0595.jpg"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F209C74E-FC6E-11EF-BC53-00505692E2D0596.jpg"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F58A10DC-FC6E-11EF-BC53-00505692E2D0597.jpg"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F58A2854-FC6E-11EF-BC53-00505692E2D0598.jpg"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB8F9AED-FC6E-11EF-BC53-00505692E2D0599.jpg"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2431265-1A18-11F0-BC4F-00505692C447600.jpg"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DCAB4469-7E14-11F0-BC4C-00505692492F601.jpg"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DCAB43A4-7E14-11F0-BC4C-00505692492F602.jpg"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8BB917FF-896B-11F0-BC4B-0050569297EB603.jpg"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF98E9A3-8967-11F0-BC4B-0050569297EB604.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -16831,51 +16939,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="290" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId290"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>293</xdr:row>
+      <xdr:row>294</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="291" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId291"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -18421,111 +18529,111 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="343" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId343"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>347</xdr:row>
+      <xdr:row>349</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="344" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId344"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>348</xdr:row>
+      <xdr:row>352</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="345" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId345"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>351</xdr:row>
+      <xdr:row>353</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="346" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId346"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -18661,81 +18769,81 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="351" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId351"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>359</xdr:row>
+      <xdr:row>360</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="352" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId352"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>360</xdr:row>
+      <xdr:row>361</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="353" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId353"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -20341,81 +20449,81 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="407" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId407"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>416</xdr:row>
+      <xdr:row>417</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="408" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId408"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>417</xdr:row>
+      <xdr:row>418</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="409" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId409"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -22591,81 +22699,81 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="482" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId482"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>492</xdr:row>
+      <xdr:row>494</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="483" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId483"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>493</xdr:row>
+      <xdr:row>495</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="484" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId484"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -25111,81 +25219,81 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="566" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId566"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>578</xdr:row>
+      <xdr:row>580</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="567" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId567"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>579</xdr:row>
+      <xdr:row>581</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="568" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId568"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -25411,476 +25519,476 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="576" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId576"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>590</xdr:row>
+      <xdr:row>598</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="577" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId577"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>591</xdr:row>
+      <xdr:row>599</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="578" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId578"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
+      <xdr:row>600</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="579" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId579"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>601</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="580" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId580"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>602</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="579" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId579"/>
+        <xdr:cNvPr id="581" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId581"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>603</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="580" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId580"/>
+        <xdr:cNvPr id="582" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId582"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>604</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="581" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId581"/>
+        <xdr:cNvPr id="583" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId583"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>605</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="582" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId582"/>
+        <xdr:cNvPr id="584" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId584"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>606</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="583" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId583"/>
+        <xdr:cNvPr id="585" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId585"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>607</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="584" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId584"/>
+        <xdr:cNvPr id="586" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId586"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>608</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="585" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId585"/>
+        <xdr:cNvPr id="587" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId587"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>609</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="586" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId586"/>
+        <xdr:cNvPr id="588" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId588"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>610</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="587" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId587"/>
+        <xdr:cNvPr id="589" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId589"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>611</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="588" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId588"/>
+        <xdr:cNvPr id="590" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId590"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>612</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="589" name="" descr=""/>
-[...58 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="591" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId591"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>615</xdr:row>
@@ -25921,423 +26029,363 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="593" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId593"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
+      <xdr:row>617</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="594" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId594"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>618</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="595" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId595"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>619</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="594" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId594"/>
+        <xdr:cNvPr id="596" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId596"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>620</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="595" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId595"/>
+        <xdr:cNvPr id="597" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId597"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>621</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="596" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId596"/>
+        <xdr:cNvPr id="598" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId598"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>622</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="597" name="" descr=""/>
-[...35 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId598"/>
+        <xdr:cNvPr id="599" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId599"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>624</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="599" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId599"/>
+        <xdr:cNvPr id="600" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId600"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>625</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="600" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId600"/>
+        <xdr:cNvPr id="601" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId601"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>626</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="601" name="" descr=""/>
-[...28 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="602" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId602"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>629</xdr:row>
+      <xdr:row>637</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="603" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId603"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>630</xdr:row>
+      <xdr:row>638</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="604" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId604"/>
-        <a:stretch>
-[...58 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId606"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -26596,62 +26644,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03010211/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-03010219/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelochka-dlya-masla-serax-03010486/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-g-benedikt-karlovy-vary-03012150/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-03020103/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-arcoroc-03020104/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-arcoroc-03020107/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-arcoroc-03020108/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-arcoroc-03020109/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-arcoroc-03020110/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-arcoroc-03020111/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-arcoroc-03020112/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03020113/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03020116/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-g-benedikt-karlovy-vary-03020120/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-03020123/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03020124/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-g-benedikt-karlovy-vary-03020125/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-g-benedikt-karlovy-vary-03020126/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bormioli-rocco-03020127/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bormioli-rocco-03020128/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bormioli-rocco-03020129/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03020131/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03020132/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03020133/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03020134/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03020135/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03020136/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03020137/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03020138/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-arcoroc-03020139/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03020141/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03020142/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03020143/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03020144/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03020145/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03020146/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03020149/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-arcoroc-03020157/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03020159/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03020160/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03020161/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03020162/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03020163/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03020164/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03020165/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03020166/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03020168/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03020171/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03020172/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kvadratnoe-lubiana-03020175/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kvadratnoe-lubiana-03020176/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03020177/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03020181/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kvadratnoe-lubiana-03020182/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03020183/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-g-benedikt-karlovy-vary-03020184/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-g-benedikt-karlovy-vary-03020185/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-g-benedikt-karlovy-vary-03020186/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03020193/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03020194/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03020198/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03020199/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03020200/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03020260/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03020273/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03020274/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-g-benedikt-karlovy-vary-03022004/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03022005/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-revol-03022006/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03022007/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03022008/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kvadratnoe-lubiana-03022009/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kutahya-03022010/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kutahya-03022012/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03022014/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03022015/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kvadratnoe-lubiana-03022016/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03022017/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-chaynoe-tognana-03022019/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03022021/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03022026/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022027/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022028/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022036/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-arcoroc-03022041/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lilien-austria-03022042/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lilien-austria-03022043/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lilien-austria-03022044/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-g-benedikt-karlovy-vary-03022047/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03022049/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-arcoroc-03022050/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-arcoroc-03022051/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-arcoroc-03022055/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-arcoroc-03022056/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-arcoroc-03022057/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03022058/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03022059/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03022060/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022061/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022062/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03022063/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03022065/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03022066/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022067/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022068/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022069/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kvadratnoe-prohotel-03022072/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-arcoroc-03022077/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-prohotel-03022080/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-prohotel-03022081/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03022082/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-prohotel-03022083/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-prohotel-03022085/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-prohotel-03022087/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kvadratnoe-prohotel-03022089/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kvadratnoe-prohotel-03022090/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03022094/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03022095/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03022096/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03022097/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03022098/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03022099/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03022100/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03022101/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03022102/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03022107/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03022108/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kvadratnoe-kunstwerk-03022109/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kvadratnoe-kunstwerk-03022110/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kvadratnoe-kunstwerk-03022111/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03022112/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kvadratnoe-kunstwerk-03022113/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03022114/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03022115/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03022117/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-rosenthal-03022118/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03022121/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-s-kryshkoy-d-limona-03022122/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022123/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022124/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022125/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03022130/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03022131/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03022132/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-arcoroc-03022133/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-arcoroc-03022134/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03022135/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022136/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022137/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022138/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022139/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022140/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022141/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-g-benedikt-karlovy-vary-03022142/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-g-benedikt-karlovy-vary-03022143/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022144/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022145/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022146/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022147/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03022148/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-chef-and-sommelier-03022150/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-chef-and-sommelier-03022151/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-chef-and-sommelier-03022152/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-chef-and-sommelier-03022153/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-chef-and-sommelier-03022154/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kvadratnoe-chef-and-sommelier-03022155/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-chef-and-sommelier-03022157/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-revol-03022162/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03022164/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022166/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03022167/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03022168/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03022169/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03022170/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022171/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022172/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022173/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-pryamougolnoe-matfer-03022174/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03022176/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03022177/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-arcoroc-03022178/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022179/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022181/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03022182/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-g-benedikt-karlovy-vary-03022183/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022184/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022185/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022186/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022187/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022188/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022189/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022190/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022191/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022192/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022194/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022195/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-chef-and-sommelier-03022196/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-chef-and-sommelier-03022198/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03022200/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022201/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022202/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03022203/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-d-art27705-ancap-03022209/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-d-art30075-ancap-03022210/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-g-benedikt-karlovy-vary-03022211/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-g-benedikt-karlovy-vary-03022212/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-g-benedikt-karlovy-vary-03022213/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-g-benedikt-karlovy-vary-03022214/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022215/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022216/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022218/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022219/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022220/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bauscher-03022221/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bauscher-03022222/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kvadratnoe-bauscher-03022223/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bauscher-03022224/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bauscher-03022225/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bauscher-03022226/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bauscher-03022227/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bauscher-03022228/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bauscher-03022229/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bauscher-03022230/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bauscher-03022231/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bauscher-03022232/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bauscher-03022233/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-ancap-03022234/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-ancap-03022235/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-ancap-03022237/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022239/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022240/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bauscher-03022241/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-luminarc-03022242/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-luminarc-03022243/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022244/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022245/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022246/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03022249/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bauscher-03022258/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03022260/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022268/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022273/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bauscher-03022274/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bauscher-03022275/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022276/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bauscher-03022277/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022278/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03022279/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03022280/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022281/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022282/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022283/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022284/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022285/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-matfer-03022290/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-treugolnoe-bauscher-03022901/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-treugolnoe-bauscher-03022902/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022908/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03022909/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-osz-03022910/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-d-chashki-80ml-rosenthal-03022933/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-d-chashki-150ml-rosenthal-03022934/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03022937/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03022938/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022939/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022940/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022941/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022959/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022961/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-dlya-bulonnoy-chashki-rosenthal-03022962/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-rosenthal-03022963/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-arcoroc-03022969/" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-arcoroc-03022970/" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lilien-austria-03022971/" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lilien-austria-03022972/" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lilien-austria-03022973/" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lilien-austria-03022974/" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lilien-austria-03022975/" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lilien-austria-03022976/" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lilien-austria-03022977/" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lilien-austria-03022978/" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lilien-austria-03022979/" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03022980/" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03022981/" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03022982/" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03022983/" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03022984/" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03022985/" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022986/" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022987/" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-rosenthal-03022997/" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-arcoroc-03022998/" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-royal-crown-derby-03022999/" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lilien-austria-03024201/" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lilien-austria-03024202/" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024203/" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024204/" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024205/" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024209/" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-utopia-03024212/" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-utopia-03024213/" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-suisse-langenthal-03024214/" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-suisse-langenthal-03024215/" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-serax-03024216/" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-serax-03024217/" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-serax-03024218/" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-serax-03024219/" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-serax-03024220/" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-serax-03024221/" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024222/" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-suisse-langenthal-03024232/" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024234/" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024238/" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024239/" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-cosy-and-trendy-03024241/" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024243/" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-dobrushskiy-farforovyy-zavod-03024244/" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-dlya-stakana-80ml-revol-03024249/" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-revol-03024250/" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-dlya-stakana-80ml-revol-03024251/" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-revol-03024252/" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-d-stakana-180ml-revol-03024253/" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024257/" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024258/" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024265/" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03024266/" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024267/" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024283/" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-revol-03024284/" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024287/" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024288/" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024294/" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024295/" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03024312/" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03024314/" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03024315/" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03024316/" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03024319/" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bauscher-03024328/" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024331/" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024332/" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024333/" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024334/" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024335/" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024336/" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024337/" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024338/" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024339/" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024340/" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-serax-03024341/" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024342/" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024343/" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024344/" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024345/" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024346/" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024347/" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-revol-03024348/" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-chaynoe-espress-dobrushskiy-farforovyy-zavod-03024356/" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-universalnoe-borisovskaya-keramika-03024359/" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024364/" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024365/" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024366/" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024367/" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024368/" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-treugolnoe-kunstwerk-03024369/" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024378/" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024379/" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-rosenthal-03024383/" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-k-chashke-art21540-405252-64742-rosenthal-03024384/" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-k-chashke-art-10540-405201-14717-rosenthal-03024385/" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-k-chashke-art-10540-405201-14772-rosenthal-03024386/" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-k-chashke-art-11770-800001-14852-rosenthal-03024387/" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-universalnoe-borisovskaya-keramika-03024388/" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-universalnoe-borisovskaya-keramika-03024389/" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-dlya-art-l9603-chef-and-sommelier-03024390/" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024392/" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024395/" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024396/" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024397/" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024398/" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024400/" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024401/" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024402/" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024404/" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024405/" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024408/" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024410/" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024414/" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024415/" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024418/" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024419/" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024420/" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024421/" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024423/" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024424/" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024425/" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024426/" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024427/" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024428/" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024429/" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024430/" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-d-art604615-604616-fine-2-dine-03024433/" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-revol-03024442/" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024443/" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024445/" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-universalnoe-borisovskaya-keramika-03024446/" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bauscher-03024449/" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-dobrushskiy-farforovyy-zavod-03024458/" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024459/" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024460/" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024461/" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024462/" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lilien-austria-03024463/" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-s-dekorom-lubiana-03024469/" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-rosenthal-03024470/" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-d-artn9349-arcoroc-03024482/" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024483/" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-rosenthal-03024484/" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-rosenthal-03024485/" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-rosenthal-03024487/" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-rosenthal-03024488/" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-porvasal-03024492/" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024495/" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-universalnoe-borisovskaya-keramika-03024496/" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-s-dekorom-lubiana-03024497/" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-s-dekorom-lubiana-03024498/" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-s-dekorom-lubiana-03024499/" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-s-dekorom-lubiana-03024701/" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kl-03024702/" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-dobrushskiy-farforovyy-zavod-03024703/" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-d-varenya-dobrushskiy-farforovyy-zavod-03024704/" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-glubokoe-dobrushskiy-farforovyy-zavod-03024705/" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024706/" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024707/" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024708/" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-s-dekorom-lubiana-03024709/" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-s-dekorom-lubiana-03024710/" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-s-dekorom-lubiana-03024711/" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-s-dekorom-lubiana-03024712/" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-s-dekorom-lubiana-03024713/" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-s-dekorom-lubiana-03024714/" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-s-dekorom-lubiana-03024715/" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024716/" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024717/" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024718/" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024719/" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024720/" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024721/" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024722/" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024723/" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024724/" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024725/" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-serax-03024726/" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024728/" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024729/" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024735/" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024738/" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-william-edwards-03024740/" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024742/" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024743/" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kutahya-03024746/" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kutahya-03024747/" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kutahya-03024748/" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kutahya-03024749/" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-cosy-and-trendy-03024750/" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-cosy-and-trendy-03024751/" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-cosy-and-trendy-03024752/" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-cosy-and-trendy-03024754/" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-s-dekorom-g-benedikt-karlovy-vary-03024755/" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-s-dekorom-g-benedikt-karlovy-vary-03024756/" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-dlya-kofeynoy-chashki-serax-03024757/" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-william-edwards-03024760/" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024762/" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-cosy-and-trendy-03024775/" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kutahya-03024776/" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024781/" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024782/" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024783/" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-chaynoe-tognana-03024785/" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024802/" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024803/" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024806/" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lilien-austria-03024818/" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03024821/" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03024822/" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03024829/" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-le-coq-03024901/" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-le-coq-03024902/" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024903/" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024904/" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024907/" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024908/" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024909/" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024910/" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024912/" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024913/" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024914/" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024915/" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bormioli-rocco-03025044/" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-doppio-03025073/" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-doppio-03025074/" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-doppio-03025075/" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-doppio-03025076/" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-doppio-03025077/" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-doppio-03025078/" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03025081/" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-revol-03025095/" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-revol-03025097/" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-le-coq-03025150/" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-le-coq-03025151/" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03025162/" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03025163/" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03025164/" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03025165/" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03025166/" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03025167/" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03025168/" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03025169/" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03025170/" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-g-benedikt-karlovy-vary-03025172/" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-doppio-03025174/" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-doppio-03025175/" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-doppio-03025176/" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-doppio-03025177/" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-doppio-03025178/" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-doppio-03025179/" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-rinart-03025186/" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-rinart-03025187/" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-rinart-03025188/" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-rinart-03025189/" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-rinart-03025196/" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bashkirskii-farfor-03025198/" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03025199/" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03025200/" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03025201/" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bashkirskii-farfor-03025202/" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bashkirskii-farfor-03025205/" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bashkirskii-farfor-03025206/" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bashkirskii-farfor-03025207/" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-dobrushskiy-farforovyy-zavod-03025208/" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-arcoroc-03025214/" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rozetka-bashkirskii-farfor-03025228/" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rozetka-bashkirskii-farfor-03025229/" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rozetka-bashkirskii-farfor-03025230/" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-william-edwards-03025241/" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-william-edwards-03025243/" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-william-edwards-03025244/" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-le-coq-03025261/" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-le-coq-03025262/" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-le-coq-03025264/" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-le-coq-03025265/" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03025266/" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03025267/" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-pasabahce-03025268/" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-paderno-03143028/" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelochka-dlya-masla-g-benedikt-karlovy-vary-03170802/" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelochka-dlya-masla-lubiana-03170803/" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelochka-dlya-masla-g-benedikt-karlovy-vary-03170816/" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelochka-dlya-masla-steelite-03170818/" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelochka-dlya-masla-steelite-03170821/" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelochka-dlya-masla-steelite-03170825/" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelochka-dlya-masla-steelite-03170830/" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelochka-dlya-masla-steelite-03170831/" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelochka-dlya-masla-steelite-03170832/" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelochka-dlya-masla-steelite-03170833/" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelochka-dlya-masla-g-benedikt-karlovy-vary-03170835/" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelochka-dlya-masla-dobrushskiy-farforovyy-zavod-03170849/" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelochka-dlya-masla-serax-03170850/" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelochka-dlya-masla-serax-03170851/" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelochka-dlya-masla-serax-03170854/" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelochka-dlya-masla-robert-gordon-03170855/" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelochka-dlya-masla-serax-03170856/" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelochka-dlya-masla-serax-03170864/" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelochka-dlya-masla-s-risunkom-bonna-03170871/" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rozetka-pasabahce-03171004/" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rozetka-nude-03171005/" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rozetka-neman-03171006/" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rozetka-borisovskaya-keramika-03171054/" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rozetka-borisovskaya-keramika-03171055/" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rozetka-borisovskaya-keramika-03171056/" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rozetka-neman-03171066/" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rozetka-borisovskaya-keramika-03171067/" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rozetka-borisovskaya-keramika-03171068/" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rozetka-borisovskaya-keramika-03171069/" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rozetka-borisovskaya-keramika-03171070/" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rozetka-bashkirskii-farfor-03177157/" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rozetka-bashkirskii-farfor-03177159/" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rozetka-bashkirskii-farfor-03177170/" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-09101231/" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-s-logotipom-1-kl-09102201/" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rozetka-kulsan-03177098/" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rozetka-kulsan-03177099/" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03025215/" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bonna-03025359/" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-william-edwards-03025245/" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-william-edwards-03025247/" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-le-coq-03025258/" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-william-edwards-03025248/" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-le-coq-03025259/" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bonna-03025358/" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03025340/" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03025338/" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-03025303/" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03025349/" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-03025304/" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-03025305/" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03025348/" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-03025306/" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03025347/" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-03025307/" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-03025308/" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03025339/" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024919/" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024920/" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024921/" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bormioli-rocco-03027877/" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-dobrushskiy-farforovyy-zavod-03024680/" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-le-coq-03024684/" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-le-coq-03024689/" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-le-coq-03024685/" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-le-coq-03024690/" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-le-coq-03024686/" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-le-coq-03024683/" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-le-coq-03024687/" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-le-coq-03024688/" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-neman-03024691/" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rozetka-bashkirskii-farfor-03177294/" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024013/" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024694/" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024015/" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024016/" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024021/" TargetMode="External"/><Relationship Id="rId_hyperlink_634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024014/" TargetMode="External"/><Relationship Id="rId_hyperlink_635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024017/" TargetMode="External"/><Relationship Id="rId_hyperlink_636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024020/" TargetMode="External"/><Relationship Id="rId_hyperlink_637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024027/" TargetMode="External"/><Relationship Id="rId_hyperlink_638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024025/" TargetMode="External"/><Relationship Id="rId_hyperlink_639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024026/" TargetMode="External"/><Relationship Id="rId_hyperlink_640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bashkirskii-farfor-03024698/" TargetMode="External"/><Relationship Id="rId_hyperlink_641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-le-coq-03024700/" TargetMode="External"/><Relationship Id="rId_hyperlink_642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-le-coq-03024699/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03010211/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-03010219/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelochka-dlya-masla-serax-03010486/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-g-benedikt-karlovy-vary-03012150/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-03020103/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-arcoroc-03020104/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-arcoroc-03020107/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-arcoroc-03020108/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-arcoroc-03020109/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-arcoroc-03020110/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-arcoroc-03020111/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-arcoroc-03020112/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03020113/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03020116/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-g-benedikt-karlovy-vary-03020120/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-03020123/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03020124/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-g-benedikt-karlovy-vary-03020125/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-g-benedikt-karlovy-vary-03020126/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bormioli-rocco-03020127/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bormioli-rocco-03020128/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bormioli-rocco-03020129/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03020131/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03020132/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03020133/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03020134/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03020135/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03020136/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03020137/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03020138/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-arcoroc-03020139/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03020141/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03020142/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03020143/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03020144/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03020145/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03020146/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03020149/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-arcoroc-03020157/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03020159/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03020160/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03020161/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03020162/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03020163/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03020164/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03020165/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03020166/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03020168/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03020171/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03020172/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kvadratnoe-lubiana-03020175/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kvadratnoe-lubiana-03020176/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03020177/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03020181/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kvadratnoe-lubiana-03020182/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03020183/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-g-benedikt-karlovy-vary-03020184/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-g-benedikt-karlovy-vary-03020185/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-g-benedikt-karlovy-vary-03020186/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03020193/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03020194/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03020198/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03020199/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03020200/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03020260/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03020273/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03020274/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-g-benedikt-karlovy-vary-03022004/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03022005/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-revol-03022006/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03022007/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03022008/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kvadratnoe-lubiana-03022009/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kutahya-03022010/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kutahya-03022012/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03022014/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03022015/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kvadratnoe-lubiana-03022016/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03022017/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-chaynoe-tognana-03022019/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03022021/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03022026/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022027/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022028/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022036/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-arcoroc-03022041/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lilien-austria-03022042/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lilien-austria-03022043/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lilien-austria-03022044/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-g-benedikt-karlovy-vary-03022047/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03022049/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-arcoroc-03022050/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-arcoroc-03022051/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-arcoroc-03022055/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-arcoroc-03022056/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-arcoroc-03022057/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03022058/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03022059/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03022060/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022061/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022062/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03022063/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03022065/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03022066/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022067/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022068/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022069/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kvadratnoe-prohotel-03022072/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-arcoroc-03022077/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-prohotel-03022080/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-prohotel-03022081/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03022082/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-prohotel-03022083/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-prohotel-03022085/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-prohotel-03022087/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kvadratnoe-prohotel-03022089/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kvadratnoe-prohotel-03022090/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03022094/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03022095/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03022096/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03022097/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03022098/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03022099/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03022100/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03022101/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03022102/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03022107/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03022108/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kvadratnoe-kunstwerk-03022109/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kvadratnoe-kunstwerk-03022110/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kvadratnoe-kunstwerk-03022111/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03022112/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kvadratnoe-kunstwerk-03022113/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03022114/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03022115/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03022117/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-rosenthal-03022118/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03022121/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-s-kryshkoy-d-limona-03022122/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022123/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022124/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022125/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03022130/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03022131/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03022132/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-arcoroc-03022133/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-arcoroc-03022134/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03022135/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022136/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022137/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022138/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022139/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022140/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022141/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-g-benedikt-karlovy-vary-03022142/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-g-benedikt-karlovy-vary-03022143/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022144/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022145/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022146/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022147/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03022148/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-chef-and-sommelier-03022150/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-chef-and-sommelier-03022151/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-chef-and-sommelier-03022152/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-chef-and-sommelier-03022153/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-chef-and-sommelier-03022154/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kvadratnoe-chef-and-sommelier-03022155/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-chef-and-sommelier-03022157/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-revol-03022162/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03022164/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022166/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03022167/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03022168/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03022169/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03022170/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022171/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022172/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022173/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-pryamougolnoe-matfer-03022174/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03022176/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03022177/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-arcoroc-03022178/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022179/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022181/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03022182/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-g-benedikt-karlovy-vary-03022183/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022184/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022185/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022186/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022187/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022188/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022189/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022190/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022191/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022192/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022194/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022195/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-chef-and-sommelier-03022196/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-chef-and-sommelier-03022198/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03022200/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022201/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022202/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03022203/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-d-art27705-ancap-03022209/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-d-art30075-ancap-03022210/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-g-benedikt-karlovy-vary-03022211/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-g-benedikt-karlovy-vary-03022212/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-g-benedikt-karlovy-vary-03022213/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-g-benedikt-karlovy-vary-03022214/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022215/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022216/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022218/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022219/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bauscher-03022221/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bauscher-03022222/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kvadratnoe-bauscher-03022223/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bauscher-03022224/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bauscher-03022225/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bauscher-03022226/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bauscher-03022227/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bauscher-03022228/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bauscher-03022229/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bauscher-03022230/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bauscher-03022231/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bauscher-03022232/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bauscher-03022233/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-ancap-03022234/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-ancap-03022235/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-ancap-03022237/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022239/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022240/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bauscher-03022241/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-luminarc-03022242/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-luminarc-03022243/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022244/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022245/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022246/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03022249/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bauscher-03022258/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03022260/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022268/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022273/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bauscher-03022274/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bauscher-03022275/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022276/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bauscher-03022277/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022278/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03022279/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03022280/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022281/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022282/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022283/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022284/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022285/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-matfer-03022290/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-treugolnoe-bauscher-03022901/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-treugolnoe-bauscher-03022902/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022908/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03022909/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-osz-03022910/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-d-chashki-80ml-rosenthal-03022933/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-d-chashki-150ml-rosenthal-03022934/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03022937/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lubiana-03022938/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022939/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022940/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022941/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022959/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022961/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-dlya-bulonnoy-chashki-rosenthal-03022962/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-rosenthal-03022963/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-arcoroc-03022969/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-arcoroc-03022970/" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lilien-austria-03022971/" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lilien-austria-03022972/" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lilien-austria-03022973/" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lilien-austria-03022974/" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lilien-austria-03022975/" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lilien-austria-03022976/" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lilien-austria-03022977/" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lilien-austria-03022978/" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lilien-austria-03022979/" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03022980/" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03022981/" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03022982/" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03022983/" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03022984/" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03022985/" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022986/" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03022987/" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-rosenthal-03022997/" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-arcoroc-03022998/" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-royal-crown-derby-03022999/" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lilien-austria-03024201/" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lilien-austria-03024202/" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024203/" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024204/" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024205/" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024209/" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-utopia-03024212/" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-suisse-langenthal-03024214/" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-suisse-langenthal-03024215/" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-serax-03024216/" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-serax-03024217/" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-serax-03024218/" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-serax-03024219/" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-serax-03024220/" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-serax-03024221/" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024222/" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-suisse-langenthal-03024232/" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024234/" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024238/" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024239/" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-cosy-and-trendy-03024241/" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024243/" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-dobrushskiy-farforovyy-zavod-03024244/" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-dlya-stakana-80ml-revol-03024249/" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-revol-03024250/" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-dlya-stakana-80ml-revol-03024251/" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-revol-03024252/" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-d-stakana-180ml-revol-03024253/" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024257/" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024258/" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024265/" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03024266/" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024267/" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024283/" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-revol-03024284/" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024287/" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024288/" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024294/" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024295/" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03024312/" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03024314/" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03024315/" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03024316/" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03024319/" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bauscher-03024328/" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024331/" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024332/" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024333/" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024334/" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024335/" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024336/" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024337/" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024338/" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024339/" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024340/" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-serax-03024341/" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024342/" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024343/" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024344/" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024345/" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024346/" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024347/" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-revol-03024348/" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-chaynoe-espress-dobrushskiy-farforovyy-zavod-03024356/" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-universalnoe-borisovskaya-keramika-03024359/" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024364/" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024365/" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024366/" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024367/" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024368/" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-treugolnoe-kunstwerk-03024369/" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024378/" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024379/" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-rosenthal-03024383/" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-k-chashke-art21540-405252-64742-rosenthal-03024384/" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-k-chashke-art-10540-405201-14717-rosenthal-03024385/" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-k-chashke-art-10540-405201-14772-rosenthal-03024386/" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-k-chashke-art-11770-800001-14852-rosenthal-03024387/" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-universalnoe-borisovskaya-keramika-03024388/" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-universalnoe-borisovskaya-keramika-03024389/" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-dlya-art-l9603-chef-and-sommelier-03024390/" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024392/" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024395/" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024396/" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024397/" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024398/" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024400/" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024401/" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024402/" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024404/" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024405/" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024408/" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024410/" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024414/" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024415/" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024418/" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024419/" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024420/" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024421/" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024423/" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024424/" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024425/" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024426/" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024427/" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024428/" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024429/" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024430/" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-d-art604615-604616-fine-2-dine-03024433/" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-revol-03024442/" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024443/" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024445/" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-universalnoe-borisovskaya-keramika-03024446/" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bauscher-03024449/" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-dobrushskiy-farforovyy-zavod-03024458/" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024459/" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024460/" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024461/" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024462/" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lilien-austria-03024463/" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-s-dekorom-lubiana-03024469/" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-rosenthal-03024470/" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-d-artn9349-arcoroc-03024482/" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024483/" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-rosenthal-03024484/" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-rosenthal-03024485/" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-rosenthal-03024487/" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-rosenthal-03024488/" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-porvasal-03024492/" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024495/" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-universalnoe-borisovskaya-keramika-03024496/" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-s-dekorom-lubiana-03024497/" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-s-dekorom-lubiana-03024498/" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-s-dekorom-lubiana-03024499/" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-s-dekorom-lubiana-03024701/" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kl-03024702/" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-dobrushskiy-farforovyy-zavod-03024703/" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-d-varenya-dobrushskiy-farforovyy-zavod-03024704/" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-glubokoe-dobrushskiy-farforovyy-zavod-03024705/" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024706/" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024707/" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024708/" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-s-dekorom-lubiana-03024709/" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-s-dekorom-lubiana-03024710/" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-s-dekorom-lubiana-03024711/" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-s-dekorom-lubiana-03024712/" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-s-dekorom-lubiana-03024713/" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-s-dekorom-lubiana-03024714/" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-s-dekorom-lubiana-03024715/" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024716/" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024717/" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024718/" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024719/" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024720/" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024721/" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024722/" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024723/" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024724/" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024725/" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-serax-03024726/" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024728/" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024729/" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024735/" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024738/" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-william-edwards-03024740/" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024742/" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024743/" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kutahya-03024746/" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kutahya-03024747/" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kutahya-03024748/" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kutahya-03024749/" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-cosy-and-trendy-03024750/" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-cosy-and-trendy-03024751/" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-cosy-and-trendy-03024752/" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-cosy-and-trendy-03024754/" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-s-dekorom-g-benedikt-karlovy-vary-03024755/" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-s-dekorom-g-benedikt-karlovy-vary-03024756/" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-dlya-kofeynoy-chashki-serax-03024757/" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-william-edwards-03024760/" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024762/" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-cosy-and-trendy-03024775/" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kutahya-03024776/" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024781/" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024782/" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024783/" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-chaynoe-tognana-03024785/" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024802/" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024803/" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-loveramics-03024806/" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-lilien-austria-03024818/" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03024821/" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03024822/" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03024829/" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-le-coq-03024901/" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-le-coq-03024902/" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024903/" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024904/" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024907/" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024908/" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024909/" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024910/" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024912/" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024913/" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024914/" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024915/" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bormioli-rocco-03025044/" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-doppio-03025073/" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-doppio-03025074/" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-doppio-03025075/" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-doppio-03025076/" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-doppio-03025077/" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-doppio-03025078/" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03025081/" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-revol-03025095/" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-revol-03025097/" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-le-coq-03025150/" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-le-coq-03025151/" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03025162/" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03025163/" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03025164/" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03025165/" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03025166/" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03025167/" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03025168/" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03025169/" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03025170/" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-g-benedikt-karlovy-vary-03025172/" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-doppio-03025174/" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-doppio-03025175/" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-doppio-03025176/" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-doppio-03025177/" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-doppio-03025178/" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-doppio-03025179/" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-rinart-03025186/" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-rinart-03025187/" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-rinart-03025188/" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-rinart-03025189/" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-rinart-03025196/" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bashkirskii-farfor-03025198/" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03025199/" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03025200/" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03025201/" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bashkirskii-farfor-03025202/" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bashkirskii-farfor-03025205/" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bashkirskii-farfor-03025206/" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bashkirskii-farfor-03025207/" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-dobrushskiy-farforovyy-zavod-03025208/" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-arcoroc-03025214/" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rozetka-bashkirskii-farfor-03025228/" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rozetka-bashkirskii-farfor-03025229/" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rozetka-bashkirskii-farfor-03025230/" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-william-edwards-03025241/" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-william-edwards-03025243/" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-william-edwards-03025244/" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-le-coq-03025261/" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-le-coq-03025262/" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-le-coq-03025264/" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-le-coq-03025265/" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03025266/" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03025267/" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-pasabahce-03025268/" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-paderno-03143028/" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelochka-dlya-masla-g-benedikt-karlovy-vary-03170802/" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelochka-dlya-masla-lubiana-03170803/" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelochka-dlya-masla-g-benedikt-karlovy-vary-03170816/" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelochka-dlya-masla-steelite-03170818/" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelochka-dlya-masla-steelite-03170821/" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelochka-dlya-masla-steelite-03170825/" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelochka-dlya-masla-steelite-03170830/" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelochka-dlya-masla-steelite-03170831/" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelochka-dlya-masla-steelite-03170832/" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelochka-dlya-masla-steelite-03170833/" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelochka-dlya-masla-g-benedikt-karlovy-vary-03170835/" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelochka-dlya-masla-dobrushskiy-farforovyy-zavod-03170849/" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelochka-dlya-masla-serax-03170850/" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelochka-dlya-masla-serax-03170851/" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelochka-dlya-masla-serax-03170854/" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelochka-dlya-masla-robert-gordon-03170855/" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelochka-dlya-masla-serax-03170856/" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelochka-dlya-masla-serax-03170864/" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelochka-dlya-masla-s-risunkom-bonna-03170871/" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rozetka-pasabahce-03171004/" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rozetka-nude-03171005/" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rozetka-neman-03171006/" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rozetka-borisovskaya-keramika-03171054/" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rozetka-borisovskaya-keramika-03171055/" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rozetka-borisovskaya-keramika-03171056/" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rozetka-neman-03171066/" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rozetka-borisovskaya-keramika-03171067/" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rozetka-borisovskaya-keramika-03171068/" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rozetka-borisovskaya-keramika-03171069/" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rozetka-borisovskaya-keramika-03171070/" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rozetka-bashkirskii-farfor-03177157/" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rozetka-bashkirskii-farfor-03177159/" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rozetka-bashkirskii-farfor-03177170/" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-09101231/" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-s-logotipom-1-kl-09102201/" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03025215/" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bonna-03025359/" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-william-edwards-03025245/" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-william-edwards-03025247/" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-le-coq-03025258/" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-william-edwards-03025248/" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-le-coq-03025259/" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bonna-03025358/" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03025340/" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03025338/" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-03025303/" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03025349/" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-03025304/" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-03025305/" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03025348/" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-03025306/" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03025347/" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-03025307/" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-03025308/" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03025339/" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024919/" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024920/" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024921/" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bormioli-rocco-03027877/" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-dobrushskiy-farforovyy-zavod-03024680/" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-le-coq-03024684/" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-le-coq-03024689/" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-le-coq-03024685/" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-le-coq-03024690/" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-le-coq-03024686/" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-le-coq-03024683/" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-le-coq-03024687/" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-le-coq-03024688/" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-neman-03024691/" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rozetka-bashkirskii-farfor-03177294/" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024013/" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-steelite-03024694/" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024015/" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024016/" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024021/" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024014/" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024017/" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024020/" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024027/" TargetMode="External"/><Relationship Id="rId_hyperlink_634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024025/" TargetMode="External"/><Relationship Id="rId_hyperlink_635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-kunstwerk-03024026/" TargetMode="External"/><Relationship Id="rId_hyperlink_636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bashkirskii-farfor-03024698/" TargetMode="External"/><Relationship Id="rId_hyperlink_637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-le-coq-03024700/" TargetMode="External"/><Relationship Id="rId_hyperlink_638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-le-coq-03024699/" TargetMode="External"/><Relationship Id="rId_hyperlink_639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-g-benedikt-karlovy-vary-03024028/" TargetMode="External"/><Relationship Id="rId_hyperlink_640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bashkirskii-farfor-03024040/" TargetMode="External"/><Relationship Id="rId_hyperlink_641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-bashkirskii-farfor-03024041/" TargetMode="External"/><Relationship Id="rId_hyperlink_642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-borisovskaya-keramika-03024042/" TargetMode="External"/><Relationship Id="rId_hyperlink_643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03024044/" TargetMode="External"/><Relationship Id="rId_hyperlink_644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03024045/" TargetMode="External"/><Relationship Id="rId_hyperlink_645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03024043/" TargetMode="External"/><Relationship Id="rId_hyperlink_646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03024065/" TargetMode="External"/><Relationship Id="rId_hyperlink_647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03024066/" TargetMode="External"/><Relationship Id="rId_hyperlink_648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03024067/" TargetMode="External"/><Relationship Id="rId_hyperlink_649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03024071/" TargetMode="External"/><Relationship Id="rId_hyperlink_650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03024070/" TargetMode="External"/><Relationship Id="rId_hyperlink_651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03024075/" TargetMode="External"/><Relationship Id="rId_hyperlink_652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-tognana-03024074/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L643"/>
+  <dimension ref="A1:L653"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I643" sqref="I643"/>
+      <selection activeCell="I653" sqref="I653"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -26754,4626 +26802,4626 @@
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>26</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F4" s="0"/>
       <c r="G4" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>30</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="L4" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="C5" s="0" t="s">
         <v>32</v>
       </c>
-      <c r="C5" s="0" t="s">
+      <c r="D5" s="0" t="s">
         <v>33</v>
       </c>
-      <c r="D5" s="0" t="s">
+      <c r="E5" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="E5" s="0" t="s">
+      <c r="F5" s="0" t="s">
         <v>35</v>
       </c>
-      <c r="F5" s="0" t="s">
+      <c r="G5" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="G5" s="0" t="s">
+      <c r="H5" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I5" s="1" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="L5" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="C6" s="0" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="D6" s="0">
         <v>13963</v>
       </c>
       <c r="E6" s="0"/>
       <c r="F6" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="G6" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="G6" s="0" t="s">
+      <c r="H6" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I6" s="1" t="s">
         <v>43</v>
-      </c>
-[...4 lines deleted...]
-        <v>44</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L6" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="C7" s="0" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="D7" s="0">
         <v>14032</v>
       </c>
       <c r="E7" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="F7" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="G7" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H7" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I7" s="1" t="s">
         <v>48</v>
-      </c>
-[...10 lines deleted...]
-        <v>49</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L7" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="C8" s="0" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="D8" s="0">
         <v>19014</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F8" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G8" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H8" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I8" s="1" t="s">
         <v>52</v>
-      </c>
-[...7 lines deleted...]
-        <v>53</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="L8" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>55</v>
       </c>
-      <c r="C9" s="0" t="s">
+      <c r="D9" s="0" t="s">
         <v>56</v>
       </c>
-      <c r="D9" s="0" t="s">
+      <c r="E9" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="F9" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G9" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H9" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I9" s="1" t="s">
         <v>57</v>
-      </c>
-[...13 lines deleted...]
-        <v>58</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L9" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="D10" s="0">
         <v>11350</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G10" s="0" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="L10" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="D11" s="0">
         <v>22670</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F11" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="G11" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H11" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I11" s="1" t="s">
         <v>65</v>
-      </c>
-[...7 lines deleted...]
-        <v>66</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="L11" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="D12" s="0">
         <v>22712</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="G12" s="0" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>70</v>
+        <v>52</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>71</v>
+        <v>53</v>
       </c>
       <c r="L12" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="D13" s="0">
         <v>22720</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="G13" s="0" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="L13" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="L14" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>54</v>
+        <v>38</v>
       </c>
       <c r="L15" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="C16" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="D16" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="E16" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="F16" s="0" t="s">
         <v>84</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="G16" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="H16" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I16" s="1" t="s">
         <v>85</v>
-      </c>
-[...16 lines deleted...]
-        <v>88</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>31</v>
+        <v>86</v>
       </c>
       <c r="L16" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="D17" s="0">
         <v>19729</v>
       </c>
       <c r="E17" s="0"/>
       <c r="F17" s="0" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="G17" s="0" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="C18" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="D18" s="0" t="s">
         <v>94</v>
-      </c>
-[...4 lines deleted...]
-        <v>96</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>99</v>
+        <v>53</v>
       </c>
       <c r="L18" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="D19" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="E19" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="F19" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="G19" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="H19" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I19" s="1" t="s">
         <v>100</v>
-      </c>
-[...19 lines deleted...]
-        <v>103</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="L19" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="C20" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="D20" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="E20" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="F20" s="0" t="s">
         <v>104</v>
       </c>
-      <c r="C20" s="0" t="s">
+      <c r="G20" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="H20" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I20" s="1" t="s">
         <v>105</v>
-      </c>
-[...16 lines deleted...]
-        <v>108</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="L20" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="D21" s="0">
         <v>405840</v>
       </c>
       <c r="E21" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="F21" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="G21" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="H21" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I21" s="1" t="s">
         <v>111</v>
-      </c>
-[...10 lines deleted...]
-        <v>114</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L21" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="D22" s="0">
         <v>405837</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="F22" s="0" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="G22" s="0" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>118</v>
+        <v>20</v>
       </c>
       <c r="L22" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="D23" s="0">
         <v>405838</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="G23" s="0" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L23" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="D24" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="E24" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="F24" s="0" t="s">
         <v>122</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="G24" s="0" t="s">
         <v>123</v>
       </c>
-      <c r="D24" s="0" t="s">
+      <c r="H24" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I24" s="1" t="s">
         <v>124</v>
-      </c>
-[...13 lines deleted...]
-        <v>128</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>99</v>
+        <v>125</v>
       </c>
       <c r="L24" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="C25" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="D25" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="E25" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="F25" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="G25" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="H25" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I25" s="1" t="s">
         <v>129</v>
-      </c>
-[...19 lines deleted...]
-        <v>132</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="L25" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="D26" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="E26" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="F26" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="G26" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="H26" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I26" s="1" t="s">
         <v>133</v>
-      </c>
-[...19 lines deleted...]
-        <v>136</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="L26" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="D27" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="E27" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="F27" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="G27" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="H27" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I27" s="1" t="s">
         <v>137</v>
-      </c>
-[...19 lines deleted...]
-        <v>140</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="L27" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="D28" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="E28" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="F28" s="0" t="s">
         <v>141</v>
       </c>
-      <c r="C28" s="0" t="s">
+      <c r="G28" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="H28" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I28" s="1" t="s">
         <v>142</v>
-      </c>
-[...16 lines deleted...]
-        <v>145</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="L28" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="D29" s="0">
         <v>1771</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="G29" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="L29" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="D30" s="0">
         <v>1772</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="L30" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="D31" s="0">
         <v>1712</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="L31" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="D32" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="E32" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="F32" s="0" t="s">
         <v>156</v>
       </c>
-      <c r="C32" s="0" t="s">
+      <c r="G32" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H32" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I32" s="1" t="s">
         <v>157</v>
-      </c>
-[...16 lines deleted...]
-        <v>160</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L32" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="C33" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="D33" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="E33" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="F33" s="0" t="s">
         <v>161</v>
       </c>
-      <c r="C33" s="0" t="s">
+      <c r="G33" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="H33" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I33" s="1" t="s">
         <v>162</v>
-      </c>
-[...16 lines deleted...]
-        <v>165</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="L33" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="C34" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="D34" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="E34" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="F34" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="G34" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="H34" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I34" s="1" t="s">
         <v>166</v>
-      </c>
-[...19 lines deleted...]
-        <v>169</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>20</v>
+        <v>53</v>
       </c>
       <c r="L34" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="G35" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>99</v>
+        <v>53</v>
       </c>
       <c r="L35" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="C36" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="D36" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="E36" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="F36" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="G36" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="H36" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I36" s="1" t="s">
         <v>173</v>
-      </c>
-[...19 lines deleted...]
-        <v>176</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="L36" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="C37" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="D37" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="E37" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="F37" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="G37" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="H37" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I37" s="1" t="s">
         <v>178</v>
-      </c>
-[...19 lines deleted...]
-        <v>181</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="L37" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="C38" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="D38" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="E38" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="F38" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="G38" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="H38" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I38" s="1" t="s">
         <v>182</v>
-      </c>
-[...19 lines deleted...]
-        <v>185</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="L38" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>54</v>
+        <v>125</v>
       </c>
       <c r="L39" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="D40" s="0">
         <v>22738</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="G40" s="0" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="L40" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="G41" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L41" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L42" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="C43" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="D43" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="E43" s="0" t="s">
         <v>203</v>
       </c>
-      <c r="C43" s="0" t="s">
+      <c r="F43" s="0" t="s">
         <v>204</v>
       </c>
-      <c r="D43" s="0" t="s">
+      <c r="G43" s="0" t="s">
         <v>205</v>
       </c>
-      <c r="E43" s="0" t="s">
+      <c r="H43" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I43" s="1" t="s">
         <v>206</v>
-      </c>
-[...10 lines deleted...]
-        <v>209</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="L43" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="C44" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="D44" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="E44" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F44" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="G44" s="0" t="s">
         <v>210</v>
       </c>
-      <c r="C44" s="0" t="s">
+      <c r="H44" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I44" s="1" t="s">
         <v>211</v>
-      </c>
-[...16 lines deleted...]
-        <v>214</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L44" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="C45" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="D45" s="0" t="s">
+        <v>214</v>
+      </c>
+      <c r="E45" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F45" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="G45" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H45" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I45" s="1" t="s">
         <v>215</v>
-      </c>
-[...19 lines deleted...]
-        <v>218</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L45" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
+        <v>216</v>
+      </c>
+      <c r="C46" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="D46" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="E46" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F46" s="0" t="s">
         <v>219</v>
       </c>
-      <c r="C46" s="0" t="s">
+      <c r="G46" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="H46" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I46" s="1" t="s">
         <v>220</v>
-      </c>
-[...16 lines deleted...]
-        <v>223</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="L46" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
+        <v>222</v>
+      </c>
+      <c r="C47" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="D47" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="E47" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F47" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="G47" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H47" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I47" s="1" t="s">
         <v>225</v>
-      </c>
-[...19 lines deleted...]
-        <v>228</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="L47" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="D48" s="0" t="s">
+        <v>228</v>
+      </c>
+      <c r="E48" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F48" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="G48" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H48" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I48" s="1" t="s">
         <v>229</v>
-      </c>
-[...19 lines deleted...]
-        <v>232</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="L48" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="D49" s="0">
         <v>2713</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="G49" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="L49" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
+        <v>235</v>
+      </c>
+      <c r="C50" s="0" t="s">
+        <v>236</v>
+      </c>
+      <c r="D50" s="0" t="s">
+        <v>237</v>
+      </c>
+      <c r="E50" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F50" s="0" t="s">
         <v>238</v>
       </c>
-      <c r="C50" s="0" t="s">
+      <c r="G50" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H50" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I50" s="1" t="s">
         <v>239</v>
-      </c>
-[...16 lines deleted...]
-        <v>242</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="L50" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="D51" s="0">
         <v>2771</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="G51" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>99</v>
+        <v>125</v>
       </c>
       <c r="L51" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="D52" s="0">
         <v>2871</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>99</v>
+        <v>125</v>
       </c>
       <c r="L52" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="D53" s="0">
         <v>2815</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="F53" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="G53" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="H53" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I53" s="1" t="s">
         <v>249</v>
-      </c>
-[...7 lines deleted...]
-        <v>252</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>93</v>
+        <v>250</v>
       </c>
       <c r="L53" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="C54" s="0" t="s">
+        <v>252</v>
+      </c>
+      <c r="D54" s="0" t="s">
         <v>253</v>
       </c>
-      <c r="C54" s="0" t="s">
+      <c r="E54" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F54" s="0" t="s">
         <v>254</v>
       </c>
-      <c r="D54" s="0" t="s">
+      <c r="G54" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="H54" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I54" s="1" t="s">
         <v>255</v>
-      </c>
-[...13 lines deleted...]
-        <v>257</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L54" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
+        <v>256</v>
+      </c>
+      <c r="C55" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="D55" s="0" t="s">
         <v>258</v>
-      </c>
-[...4 lines deleted...]
-        <v>260</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>39</v>
+        <v>86</v>
       </c>
       <c r="L55" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="D56" s="0">
         <v>2816</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="G56" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="L56" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
+        <v>263</v>
+      </c>
+      <c r="C57" s="0" t="s">
+        <v>264</v>
+      </c>
+      <c r="D57" s="0" t="s">
         <v>265</v>
       </c>
-      <c r="C57" s="0" t="s">
+      <c r="E57" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F57" s="0" t="s">
+        <v>238</v>
+      </c>
+      <c r="G57" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="H57" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I57" s="1" t="s">
         <v>266</v>
-      </c>
-[...16 lines deleted...]
-        <v>268</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>31</v>
+        <v>86</v>
       </c>
       <c r="L57" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="C58" s="0" t="s">
+        <v>268</v>
+      </c>
+      <c r="D58" s="0" t="s">
         <v>269</v>
       </c>
-      <c r="C58" s="0" t="s">
+      <c r="E58" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="F58" s="0" t="s">
         <v>270</v>
       </c>
-      <c r="D58" s="0" t="s">
+      <c r="G58" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="H58" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I58" s="1" t="s">
         <v>271</v>
-      </c>
-[...13 lines deleted...]
-        <v>273</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L58" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
+        <v>272</v>
+      </c>
+      <c r="C59" s="0" t="s">
+        <v>273</v>
+      </c>
+      <c r="D59" s="0" t="s">
         <v>274</v>
       </c>
-      <c r="C59" s="0" t="s">
+      <c r="E59" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="F59" s="0" t="s">
+        <v>270</v>
+      </c>
+      <c r="G59" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="H59" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I59" s="1" t="s">
         <v>275</v>
-      </c>
-[...16 lines deleted...]
-        <v>277</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="L59" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
+        <v>277</v>
+      </c>
+      <c r="C60" s="0" t="s">
+        <v>278</v>
+      </c>
+      <c r="D60" s="0" t="s">
         <v>279</v>
       </c>
-      <c r="C60" s="0" t="s">
+      <c r="E60" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="F60" s="0" t="s">
+        <v>270</v>
+      </c>
+      <c r="G60" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="H60" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I60" s="1" t="s">
         <v>280</v>
-      </c>
-[...16 lines deleted...]
-        <v>282</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="L60" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
+        <v>282</v>
+      </c>
+      <c r="C61" s="0" t="s">
+        <v>283</v>
+      </c>
+      <c r="D61" s="0" t="s">
         <v>284</v>
-      </c>
-[...4 lines deleted...]
-        <v>286</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F61" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L61" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
+        <v>286</v>
+      </c>
+      <c r="C62" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="D62" s="0" t="s">
         <v>288</v>
-      </c>
-[...4 lines deleted...]
-        <v>290</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F62" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="L62" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
+        <v>291</v>
+      </c>
+      <c r="C63" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="D63" s="0" t="s">
         <v>293</v>
-      </c>
-[...4 lines deleted...]
-        <v>295</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F63" s="0" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L63" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
+        <v>296</v>
+      </c>
+      <c r="C64" s="0" t="s">
+        <v>297</v>
+      </c>
+      <c r="D64" s="0" t="s">
         <v>298</v>
-      </c>
-[...4 lines deleted...]
-        <v>300</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="G64" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L64" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
+        <v>300</v>
+      </c>
+      <c r="C65" s="0" t="s">
+        <v>301</v>
+      </c>
+      <c r="D65" s="0" t="s">
         <v>302</v>
-      </c>
-[...4 lines deleted...]
-        <v>304</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F65" s="0" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L65" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
+        <v>304</v>
+      </c>
+      <c r="C66" s="0" t="s">
+        <v>305</v>
+      </c>
+      <c r="D66" s="0" t="s">
         <v>306</v>
-      </c>
-[...4 lines deleted...]
-        <v>308</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="G66" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L66" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
+        <v>309</v>
+      </c>
+      <c r="C67" s="0" t="s">
+        <v>310</v>
+      </c>
+      <c r="D67" s="0" t="s">
         <v>311</v>
       </c>
-      <c r="C67" s="0" t="s">
+      <c r="E67" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F67" s="0" t="s">
         <v>312</v>
       </c>
-      <c r="D67" s="0" t="s">
+      <c r="G67" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="H67" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I67" s="1" t="s">
         <v>313</v>
-      </c>
-[...13 lines deleted...]
-        <v>315</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="L67" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
+        <v>315</v>
+      </c>
+      <c r="C68" s="0" t="s">
+        <v>316</v>
+      </c>
+      <c r="D68" s="0" t="s">
         <v>317</v>
       </c>
-      <c r="C68" s="0" t="s">
+      <c r="E68" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F68" s="0" t="s">
+        <v>312</v>
+      </c>
+      <c r="G68" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="H68" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I68" s="1" t="s">
         <v>318</v>
-      </c>
-[...16 lines deleted...]
-        <v>320</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>99</v>
+        <v>125</v>
       </c>
       <c r="L68" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
+        <v>319</v>
+      </c>
+      <c r="C69" s="0" t="s">
+        <v>320</v>
+      </c>
+      <c r="D69" s="0" t="s">
         <v>321</v>
       </c>
-      <c r="C69" s="0" t="s">
+      <c r="E69" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="F69" s="0" t="s">
         <v>322</v>
       </c>
-      <c r="D69" s="0" t="s">
+      <c r="G69" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="H69" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I69" s="1" t="s">
         <v>323</v>
-      </c>
-[...13 lines deleted...]
-        <v>325</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L69" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
+        <v>324</v>
+      </c>
+      <c r="C70" s="0" t="s">
+        <v>325</v>
+      </c>
+      <c r="D70" s="0" t="s">
         <v>326</v>
       </c>
-      <c r="C70" s="0" t="s">
+      <c r="E70" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="F70" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="G70" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="H70" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I70" s="1" t="s">
         <v>327</v>
-      </c>
-[...16 lines deleted...]
-        <v>329</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="L70" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
+        <v>328</v>
+      </c>
+      <c r="C71" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="D71" s="0" t="s">
         <v>330</v>
       </c>
-      <c r="C71" s="0" t="s">
+      <c r="E71" s="0" t="s">
         <v>331</v>
       </c>
-      <c r="D71" s="0" t="s">
+      <c r="F71" s="0" t="s">
         <v>332</v>
       </c>
-      <c r="E71" s="0" t="s">
+      <c r="G71" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H71" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I71" s="1" t="s">
         <v>333</v>
-      </c>
-[...10 lines deleted...]
-        <v>335</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L71" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
+        <v>334</v>
+      </c>
+      <c r="C72" s="0" t="s">
+        <v>335</v>
+      </c>
+      <c r="D72" s="0" t="s">
         <v>336</v>
       </c>
-      <c r="C72" s="0" t="s">
+      <c r="E72" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F72" s="0" t="s">
         <v>337</v>
       </c>
-      <c r="D72" s="0" t="s">
+      <c r="G72" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="H72" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I72" s="1" t="s">
         <v>338</v>
-      </c>
-[...13 lines deleted...]
-        <v>340</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="L72" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
+        <v>339</v>
+      </c>
+      <c r="C73" s="0" t="s">
+        <v>340</v>
+      </c>
+      <c r="D73" s="0" t="s">
         <v>341</v>
       </c>
-      <c r="C73" s="0" t="s">
+      <c r="E73" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F73" s="0" t="s">
+        <v>337</v>
+      </c>
+      <c r="G73" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="H73" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I73" s="1" t="s">
         <v>342</v>
-      </c>
-[...16 lines deleted...]
-        <v>344</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L73" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="D74" s="0">
         <v>2582</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="F74" s="0" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="G74" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>99</v>
+        <v>125</v>
       </c>
       <c r="L74" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="C75" s="0" t="s">
+        <v>348</v>
+      </c>
+      <c r="D75" s="0" t="s">
         <v>349</v>
       </c>
-      <c r="C75" s="0" t="s">
+      <c r="E75" s="0" t="s">
         <v>350</v>
       </c>
-      <c r="D75" s="0" t="s">
+      <c r="F75" s="0" t="s">
         <v>351</v>
       </c>
-      <c r="E75" s="0" t="s">
+      <c r="G75" s="0" t="s">
         <v>352</v>
       </c>
-      <c r="F75" s="0" t="s">
+      <c r="H75" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I75" s="1" t="s">
         <v>353</v>
-      </c>
-[...7 lines deleted...]
-        <v>355</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L75" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
+        <v>354</v>
+      </c>
+      <c r="C76" s="0" t="s">
+        <v>355</v>
+      </c>
+      <c r="D76" s="0" t="s">
         <v>356</v>
       </c>
-      <c r="C76" s="0" t="s">
+      <c r="E76" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="F76" s="0" t="s">
+        <v>351</v>
+      </c>
+      <c r="G76" s="0" t="s">
+        <v>352</v>
+      </c>
+      <c r="H76" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I76" s="1" t="s">
         <v>357</v>
-      </c>
-[...16 lines deleted...]
-        <v>359</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L76" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="D77" s="0">
         <v>1881</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="F77" s="0" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="G77" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L77" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="D78" s="0">
         <v>1812</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="F78" s="0" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="G78" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L78" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="D79" s="0">
         <v>2573</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="F79" s="0" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="G79" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="L79" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
+        <v>369</v>
+      </c>
+      <c r="C80" s="0" t="s">
+        <v>370</v>
+      </c>
+      <c r="D80" s="0" t="s">
         <v>371</v>
       </c>
-      <c r="C80" s="0" t="s">
+      <c r="E80" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F80" s="0" t="s">
+        <v>312</v>
+      </c>
+      <c r="G80" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="H80" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I80" s="1" t="s">
         <v>372</v>
-      </c>
-[...16 lines deleted...]
-        <v>374</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L80" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
+        <v>373</v>
+      </c>
+      <c r="C81" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="D81" s="0" t="s">
         <v>375</v>
       </c>
-      <c r="C81" s="0" t="s">
+      <c r="E81" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F81" s="0" t="s">
         <v>376</v>
       </c>
-      <c r="D81" s="0" t="s">
+      <c r="G81" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="H81" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I81" s="1" t="s">
         <v>377</v>
-      </c>
-[...13 lines deleted...]
-        <v>379</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L81" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="D82" s="0">
         <v>1723</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="F82" s="0" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="G82" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="L82" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
+        <v>381</v>
+      </c>
+      <c r="C83" s="0" t="s">
+        <v>382</v>
+      </c>
+      <c r="D83" s="0" t="s">
         <v>383</v>
       </c>
-      <c r="C83" s="0" t="s">
+      <c r="E83" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F83" s="0" t="s">
+        <v>238</v>
+      </c>
+      <c r="G83" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H83" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I83" s="1" t="s">
         <v>384</v>
-      </c>
-[...16 lines deleted...]
-        <v>386</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>99</v>
+        <v>125</v>
       </c>
       <c r="L83" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
+        <v>385</v>
+      </c>
+      <c r="C84" s="0" t="s">
+        <v>386</v>
+      </c>
+      <c r="D84" s="0" t="s">
         <v>387</v>
-      </c>
-[...4 lines deleted...]
-        <v>389</v>
       </c>
       <c r="E84" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F84" s="0" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="G84" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>99</v>
+        <v>125</v>
       </c>
       <c r="L84" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="C85" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="D85" s="0" t="s">
         <v>391</v>
-      </c>
-[...4 lines deleted...]
-        <v>393</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F85" s="0" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="G85" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="L85" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
+        <v>393</v>
+      </c>
+      <c r="C86" s="0" t="s">
+        <v>394</v>
+      </c>
+      <c r="D86" s="0" t="s">
         <v>395</v>
-      </c>
-[...4 lines deleted...]
-        <v>397</v>
       </c>
       <c r="E86" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F86" s="0" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="G86" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
-        <v>118</v>
+        <v>20</v>
       </c>
       <c r="L86" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D87" s="0">
         <v>75179</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F87" s="0" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="G87" s="0" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L87" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
+        <v>402</v>
+      </c>
+      <c r="C88" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="D88" s="0" t="s">
         <v>404</v>
       </c>
-      <c r="C88" s="0" t="s">
+      <c r="E88" s="0" t="s">
         <v>405</v>
       </c>
-      <c r="D88" s="0" t="s">
+      <c r="F88" s="0" t="s">
         <v>406</v>
       </c>
-      <c r="E88" s="0" t="s">
+      <c r="G88" s="0" t="s">
         <v>407</v>
       </c>
-      <c r="F88" s="0" t="s">
+      <c r="H88" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I88" s="1" t="s">
         <v>408</v>
-      </c>
-[...7 lines deleted...]
-        <v>410</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L88" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
+        <v>409</v>
+      </c>
+      <c r="C89" s="0" t="s">
+        <v>410</v>
+      </c>
+      <c r="D89" s="0" t="s">
         <v>411</v>
       </c>
-      <c r="C89" s="0" t="s">
+      <c r="E89" s="0" t="s">
+        <v>405</v>
+      </c>
+      <c r="F89" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="G89" s="0" t="s">
+        <v>407</v>
+      </c>
+      <c r="H89" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I89" s="1" t="s">
         <v>412</v>
-      </c>
-[...16 lines deleted...]
-        <v>414</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="L89" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
+        <v>413</v>
+      </c>
+      <c r="C90" s="0" t="s">
+        <v>414</v>
+      </c>
+      <c r="D90" s="0" t="s">
         <v>415</v>
       </c>
-      <c r="C90" s="0" t="s">
+      <c r="E90" s="0" t="s">
+        <v>405</v>
+      </c>
+      <c r="F90" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="G90" s="0" t="s">
+        <v>407</v>
+      </c>
+      <c r="H90" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I90" s="1" t="s">
         <v>416</v>
-      </c>
-[...16 lines deleted...]
-        <v>418</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L90" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
+        <v>417</v>
+      </c>
+      <c r="C91" s="0" t="s">
+        <v>418</v>
+      </c>
+      <c r="D91" s="0" t="s">
         <v>419</v>
       </c>
-      <c r="C91" s="0" t="s">
+      <c r="E91" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="F91" s="0" t="s">
         <v>420</v>
       </c>
-      <c r="D91" s="0" t="s">
+      <c r="G91" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="H91" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I91" s="1" t="s">
         <v>421</v>
-      </c>
-[...13 lines deleted...]
-        <v>423</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L91" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
+        <v>422</v>
+      </c>
+      <c r="C92" s="0" t="s">
+        <v>423</v>
+      </c>
+      <c r="D92" s="0" t="s">
         <v>424</v>
       </c>
-      <c r="C92" s="0" t="s">
+      <c r="E92" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F92" s="0" t="s">
         <v>425</v>
       </c>
-      <c r="D92" s="0" t="s">
+      <c r="G92" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H92" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I92" s="1" t="s">
         <v>426</v>
-      </c>
-[...13 lines deleted...]
-        <v>428</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="L92" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
+        <v>427</v>
+      </c>
+      <c r="C93" s="0" t="s">
+        <v>428</v>
+      </c>
+      <c r="D93" s="0" t="s">
         <v>429</v>
       </c>
-      <c r="C93" s="0" t="s">
+      <c r="E93" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="F93" s="0" t="s">
         <v>430</v>
       </c>
-      <c r="D93" s="0" t="s">
+      <c r="G93" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H93" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I93" s="1" t="s">
         <v>431</v>
-      </c>
-[...13 lines deleted...]
-        <v>433</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="L93" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="D94" s="0">
         <v>12558</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F94" s="0" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="G94" s="0" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L94" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
+        <v>436</v>
+      </c>
+      <c r="C95" s="0" t="s">
+        <v>437</v>
+      </c>
+      <c r="D95" s="0" t="s">
         <v>438</v>
       </c>
-      <c r="C95" s="0" t="s">
+      <c r="E95" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="F95" s="0" t="s">
+        <v>430</v>
+      </c>
+      <c r="G95" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H95" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I95" s="1" t="s">
         <v>439</v>
-      </c>
-[...16 lines deleted...]
-        <v>441</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L95" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
+        <v>440</v>
+      </c>
+      <c r="C96" s="0" t="s">
+        <v>441</v>
+      </c>
+      <c r="D96" s="0" t="s">
         <v>442</v>
       </c>
-      <c r="C96" s="0" t="s">
+      <c r="E96" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="F96" s="0" t="s">
+        <v>430</v>
+      </c>
+      <c r="G96" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H96" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I96" s="1" t="s">
         <v>443</v>
-      </c>
-[...16 lines deleted...]
-        <v>445</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
-        <v>54</v>
+        <v>20</v>
       </c>
       <c r="L96" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
+        <v>444</v>
+      </c>
+      <c r="C97" s="0" t="s">
+        <v>445</v>
+      </c>
+      <c r="D97" s="0" t="s">
         <v>446</v>
       </c>
-      <c r="C97" s="0" t="s">
+      <c r="E97" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="F97" s="0" t="s">
+        <v>430</v>
+      </c>
+      <c r="G97" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H97" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I97" s="1" t="s">
         <v>447</v>
-      </c>
-[...16 lines deleted...]
-        <v>449</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L97" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
+        <v>448</v>
+      </c>
+      <c r="C98" s="0" t="s">
+        <v>449</v>
+      </c>
+      <c r="D98" s="0" t="s">
         <v>450</v>
       </c>
-      <c r="C98" s="0" t="s">
+      <c r="E98" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="F98" s="0" t="s">
         <v>451</v>
       </c>
-      <c r="D98" s="0" t="s">
+      <c r="G98" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="H98" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I98" s="1" t="s">
         <v>452</v>
-      </c>
-[...13 lines deleted...]
-        <v>454</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="L98" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
+        <v>453</v>
+      </c>
+      <c r="C99" s="0" t="s">
+        <v>454</v>
+      </c>
+      <c r="D99" s="0" t="s">
         <v>455</v>
       </c>
-      <c r="C99" s="0" t="s">
+      <c r="E99" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="F99" s="0" t="s">
+        <v>451</v>
+      </c>
+      <c r="G99" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="H99" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I99" s="1" t="s">
         <v>456</v>
-      </c>
-[...16 lines deleted...]
-        <v>315</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="L99" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
+        <v>457</v>
+      </c>
+      <c r="C100" s="0" t="s">
         <v>458</v>
       </c>
-      <c r="C100" s="0" t="s">
+      <c r="D100" s="0" t="s">
         <v>459</v>
       </c>
-      <c r="D100" s="0" t="s">
+      <c r="E100" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="F100" s="0" t="s">
+        <v>451</v>
+      </c>
+      <c r="G100" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="H100" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I100" s="1" t="s">
         <v>460</v>
-      </c>
-[...13 lines deleted...]
-        <v>461</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="L100" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
+        <v>461</v>
+      </c>
+      <c r="C101" s="0" t="s">
         <v>462</v>
       </c>
-      <c r="C101" s="0" t="s">
+      <c r="D101" s="0" t="s">
         <v>463</v>
-      </c>
-[...1 lines deleted...]
-        <v>464</v>
       </c>
       <c r="E101" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F101" s="0" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="G101" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>465</v>
+        <v>464</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="L101" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
+        <v>465</v>
+      </c>
+      <c r="C102" s="0" t="s">
         <v>466</v>
       </c>
-      <c r="C102" s="0" t="s">
+      <c r="D102" s="0" t="s">
         <v>467</v>
-      </c>
-[...1 lines deleted...]
-        <v>468</v>
       </c>
       <c r="E102" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F102" s="0" t="s">
-        <v>469</v>
+        <v>468</v>
       </c>
       <c r="G102" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
-        <v>118</v>
+        <v>20</v>
       </c>
       <c r="L102" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
+        <v>470</v>
+      </c>
+      <c r="C103" s="0" t="s">
         <v>471</v>
       </c>
-      <c r="C103" s="0" t="s">
+      <c r="D103" s="0" t="s">
         <v>472</v>
       </c>
-      <c r="D103" s="0" t="s">
+      <c r="E103" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="F103" s="0" t="s">
+        <v>451</v>
+      </c>
+      <c r="G103" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="H103" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I103" s="1" t="s">
         <v>473</v>
-      </c>
-[...13 lines deleted...]
-        <v>474</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L103" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
+        <v>474</v>
+      </c>
+      <c r="C104" s="0" t="s">
         <v>475</v>
       </c>
-      <c r="C104" s="0" t="s">
+      <c r="D104" s="0" t="s">
         <v>476</v>
       </c>
-      <c r="D104" s="0" t="s">
+      <c r="E104" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="F104" s="0" t="s">
         <v>477</v>
       </c>
-      <c r="E104" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F104" s="0" t="s">
+      <c r="G104" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="H104" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I104" s="1" t="s">
         <v>478</v>
-      </c>
-[...7 lines deleted...]
-        <v>479</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L104" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
+        <v>479</v>
+      </c>
+      <c r="C105" s="0" t="s">
         <v>480</v>
       </c>
-      <c r="C105" s="0" t="s">
+      <c r="D105" s="0" t="s">
         <v>481</v>
       </c>
-      <c r="D105" s="0" t="s">
+      <c r="E105" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F105" s="0" t="s">
+        <v>425</v>
+      </c>
+      <c r="G105" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H105" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I105" s="1" t="s">
         <v>482</v>
-      </c>
-[...13 lines deleted...]
-        <v>483</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="L105" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
+        <v>484</v>
+      </c>
+      <c r="C106" s="0" t="s">
         <v>485</v>
       </c>
-      <c r="C106" s="0" t="s">
+      <c r="D106" s="0" t="s">
         <v>486</v>
-      </c>
-[...1 lines deleted...]
-        <v>487</v>
       </c>
       <c r="E106" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F106" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G106" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L106" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
+        <v>488</v>
+      </c>
+      <c r="C107" s="0" t="s">
         <v>489</v>
       </c>
-      <c r="C107" s="0" t="s">
+      <c r="D107" s="0" t="s">
         <v>490</v>
-      </c>
-[...1 lines deleted...]
-        <v>491</v>
       </c>
       <c r="E107" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F107" s="0" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="G107" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L107" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
+        <v>493</v>
+      </c>
+      <c r="C108" s="0" t="s">
         <v>494</v>
       </c>
-      <c r="C108" s="0" t="s">
+      <c r="D108" s="0" t="s">
         <v>495</v>
-      </c>
-[...1 lines deleted...]
-        <v>496</v>
       </c>
       <c r="E108" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F108" s="0" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="G108" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L108" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
+        <v>496</v>
+      </c>
+      <c r="C109" s="0" t="s">
         <v>497</v>
       </c>
-      <c r="C109" s="0" t="s">
+      <c r="D109" s="0" t="s">
         <v>498</v>
       </c>
-      <c r="D109" s="0" t="s">
+      <c r="E109" s="0" t="s">
         <v>499</v>
       </c>
-      <c r="E109" s="0" t="s">
+      <c r="F109" s="0" t="s">
+        <v>499</v>
+      </c>
+      <c r="G109" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H109" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I109" s="1" t="s">
         <v>500</v>
-      </c>
-[...10 lines deleted...]
-        <v>501</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L109" s="0">
         <v>144</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
+        <v>501</v>
+      </c>
+      <c r="C110" s="0" t="s">
         <v>502</v>
       </c>
-      <c r="C110" s="0" t="s">
+      <c r="D110" s="0" t="s">
         <v>503</v>
       </c>
-      <c r="D110" s="0" t="s">
+      <c r="E110" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="F110" s="0" t="s">
         <v>504</v>
       </c>
-      <c r="E110" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F110" s="0" t="s">
+      <c r="G110" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H110" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I110" s="1" t="s">
         <v>505</v>
-      </c>
-[...7 lines deleted...]
-        <v>506</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L110" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
+        <v>506</v>
+      </c>
+      <c r="C111" s="0" t="s">
         <v>507</v>
       </c>
-      <c r="C111" s="0" t="s">
+      <c r="D111" s="0" t="s">
         <v>508</v>
       </c>
-      <c r="D111" s="0" t="s">
+      <c r="E111" s="0" t="s">
+        <v>499</v>
+      </c>
+      <c r="F111" s="0" t="s">
+        <v>499</v>
+      </c>
+      <c r="G111" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H111" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I111" s="1" t="s">
         <v>509</v>
-      </c>
-[...13 lines deleted...]
-        <v>510</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="L111" s="0">
         <v>96</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
+        <v>510</v>
+      </c>
+      <c r="C112" s="0" t="s">
         <v>511</v>
       </c>
-      <c r="C112" s="0" t="s">
+      <c r="D112" s="0" t="s">
         <v>512</v>
       </c>
-      <c r="D112" s="0" t="s">
+      <c r="E112" s="0" t="s">
+        <v>499</v>
+      </c>
+      <c r="F112" s="0" t="s">
+        <v>499</v>
+      </c>
+      <c r="G112" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H112" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I112" s="1" t="s">
         <v>513</v>
-      </c>
-[...13 lines deleted...]
-        <v>514</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L112" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
+        <v>514</v>
+      </c>
+      <c r="C113" s="0" t="s">
         <v>515</v>
-      </c>
-[...1 lines deleted...]
-        <v>516</v>
       </c>
       <c r="D113" s="0">
         <v>1815</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="F113" s="0" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="G113" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L113" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="B114" s="0" t="s">
+        <v>517</v>
+      </c>
+      <c r="C114" s="0" t="s">
         <v>518</v>
       </c>
-      <c r="C114" s="0" t="s">
+      <c r="D114" s="0" t="s">
         <v>519</v>
       </c>
-      <c r="D114" s="0" t="s">
+      <c r="E114" s="0" t="s">
+        <v>499</v>
+      </c>
+      <c r="F114" s="0" t="s">
+        <v>499</v>
+      </c>
+      <c r="G114" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H114" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I114" s="1" t="s">
         <v>520</v>
-      </c>
-[...13 lines deleted...]
-        <v>521</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L114" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
+        <v>521</v>
+      </c>
+      <c r="C115" s="0" t="s">
         <v>522</v>
       </c>
-      <c r="C115" s="0" t="s">
+      <c r="D115" s="0" t="s">
         <v>523</v>
       </c>
-      <c r="D115" s="0" t="s">
+      <c r="E115" s="0" t="s">
+        <v>499</v>
+      </c>
+      <c r="F115" s="0" t="s">
+        <v>499</v>
+      </c>
+      <c r="G115" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H115" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I115" s="1" t="s">
         <v>524</v>
-      </c>
-[...13 lines deleted...]
-        <v>525</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L115" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
+        <v>525</v>
+      </c>
+      <c r="C116" s="0" t="s">
         <v>526</v>
       </c>
-      <c r="C116" s="0" t="s">
+      <c r="D116" s="0" t="s">
         <v>527</v>
       </c>
-      <c r="D116" s="0" t="s">
+      <c r="E116" s="0" t="s">
+        <v>499</v>
+      </c>
+      <c r="F116" s="0" t="s">
+        <v>499</v>
+      </c>
+      <c r="G116" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H116" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I116" s="1" t="s">
         <v>528</v>
-      </c>
-[...13 lines deleted...]
-        <v>529</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L116" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
+        <v>529</v>
+      </c>
+      <c r="C117" s="0" t="s">
         <v>530</v>
       </c>
-      <c r="C117" s="0" t="s">
+      <c r="D117" s="0" t="s">
         <v>531</v>
       </c>
-      <c r="D117" s="0" t="s">
+      <c r="E117" s="0" t="s">
+        <v>499</v>
+      </c>
+      <c r="F117" s="0" t="s">
+        <v>499</v>
+      </c>
+      <c r="G117" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H117" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I117" s="1" t="s">
         <v>532</v>
-      </c>
-[...13 lines deleted...]
-        <v>533</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L117" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
+        <v>533</v>
+      </c>
+      <c r="C118" s="0" t="s">
         <v>534</v>
       </c>
-      <c r="C118" s="0" t="s">
+      <c r="D118" s="0" t="s">
         <v>535</v>
       </c>
-      <c r="D118" s="0" t="s">
+      <c r="E118" s="0" t="s">
+        <v>499</v>
+      </c>
+      <c r="F118" s="0" t="s">
+        <v>499</v>
+      </c>
+      <c r="G118" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H118" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I118" s="1" t="s">
         <v>536</v>
-      </c>
-[...13 lines deleted...]
-        <v>537</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L118" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
+        <v>537</v>
+      </c>
+      <c r="C119" s="0" t="s">
         <v>538</v>
       </c>
-      <c r="C119" s="0" t="s">
+      <c r="D119" s="0" t="s">
         <v>539</v>
       </c>
-      <c r="D119" s="0" t="s">
+      <c r="E119" s="0" t="s">
         <v>540</v>
       </c>
-      <c r="E119" s="0" t="s">
+      <c r="F119" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="G119" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H119" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I119" s="1" t="s">
         <v>541</v>
-      </c>
-[...10 lines deleted...]
-        <v>542</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="L119" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
+        <v>542</v>
+      </c>
+      <c r="C120" s="0" t="s">
         <v>543</v>
       </c>
-      <c r="C120" s="0" t="s">
+      <c r="D120" s="0" t="s">
         <v>544</v>
       </c>
-      <c r="D120" s="0" t="s">
+      <c r="E120" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="F120" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="G120" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H120" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I120" s="1" t="s">
         <v>545</v>
-      </c>
-[...13 lines deleted...]
-        <v>546</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="L120" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
+        <v>546</v>
+      </c>
+      <c r="C121" s="0" t="s">
         <v>547</v>
       </c>
-      <c r="C121" s="0" t="s">
+      <c r="D121" s="0" t="s">
         <v>548</v>
       </c>
-      <c r="D121" s="0" t="s">
+      <c r="E121" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="F121" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="G121" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H121" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I121" s="1" t="s">
         <v>549</v>
-      </c>
-[...13 lines deleted...]
-        <v>550</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="L121" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
+        <v>550</v>
+      </c>
+      <c r="C122" s="0" t="s">
         <v>551</v>
       </c>
-      <c r="C122" s="0" t="s">
+      <c r="D122" s="0" t="s">
         <v>552</v>
       </c>
-      <c r="D122" s="0" t="s">
+      <c r="E122" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="F122" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="G122" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H122" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I122" s="1" t="s">
         <v>553</v>
-      </c>
-[...13 lines deleted...]
-        <v>554</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="L122" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
+        <v>554</v>
+      </c>
+      <c r="C123" s="0" t="s">
         <v>555</v>
       </c>
-      <c r="C123" s="0" t="s">
+      <c r="D123" s="0" t="s">
         <v>556</v>
       </c>
-      <c r="D123" s="0" t="s">
+      <c r="E123" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="F123" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="G123" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H123" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I123" s="1" t="s">
         <v>557</v>
-      </c>
-[...13 lines deleted...]
-        <v>558</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="L123" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
+        <v>558</v>
+      </c>
+      <c r="C124" s="0" t="s">
         <v>559</v>
       </c>
-      <c r="C124" s="0" t="s">
+      <c r="D124" s="0" t="s">
         <v>560</v>
       </c>
-      <c r="D124" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E124" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="F124" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="G124" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H124" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I124" s="1" t="s">
         <v>541</v>
-      </c>
-[...10 lines deleted...]
-        <v>542</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="L124" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
+        <v>561</v>
+      </c>
+      <c r="C125" s="0" t="s">
         <v>562</v>
       </c>
-      <c r="C125" s="0" t="s">
+      <c r="D125" s="0" t="s">
         <v>563</v>
       </c>
-      <c r="D125" s="0" t="s">
+      <c r="E125" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F125" s="0" t="s">
         <v>564</v>
       </c>
-      <c r="E125" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F125" s="0" t="s">
+      <c r="G125" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H125" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I125" s="1" t="s">
         <v>565</v>
-      </c>
-[...7 lines deleted...]
-        <v>566</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L125" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
+        <v>566</v>
+      </c>
+      <c r="C126" s="0" t="s">
         <v>567</v>
       </c>
-      <c r="C126" s="0" t="s">
+      <c r="D126" s="0" t="s">
         <v>568</v>
       </c>
-      <c r="D126" s="0" t="s">
+      <c r="E126" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="F126" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="G126" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H126" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I126" s="1" t="s">
         <v>569</v>
-      </c>
-[...13 lines deleted...]
-        <v>570</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="L126" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
+        <v>570</v>
+      </c>
+      <c r="C127" s="0" t="s">
         <v>571</v>
       </c>
-      <c r="C127" s="0" t="s">
+      <c r="D127" s="0" t="s">
         <v>572</v>
       </c>
-      <c r="D127" s="0" t="s">
+      <c r="E127" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="F127" s="0" t="s">
+        <v>477</v>
+      </c>
+      <c r="G127" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="H127" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I127" s="1" t="s">
         <v>573</v>
-      </c>
-[...13 lines deleted...]
-        <v>574</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L127" s="0"/>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
+        <v>574</v>
+      </c>
+      <c r="C128" s="0" t="s">
         <v>575</v>
       </c>
-      <c r="C128" s="0" t="s">
+      <c r="D128" s="0" t="s">
         <v>576</v>
       </c>
-      <c r="D128" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E128" s="0" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="F128" s="0"/>
       <c r="G128" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>578</v>
+        <v>577</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="L128" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
+        <v>578</v>
+      </c>
+      <c r="C129" s="0" t="s">
         <v>579</v>
       </c>
-      <c r="C129" s="0" t="s">
+      <c r="D129" s="0" t="s">
         <v>580</v>
       </c>
-      <c r="D129" s="0" t="s">
+      <c r="E129" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="F129" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="G129" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H129" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I129" s="1" t="s">
         <v>581</v>
-      </c>
-[...13 lines deleted...]
-        <v>582</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="L129" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
+        <v>582</v>
+      </c>
+      <c r="C130" s="0" t="s">
         <v>583</v>
       </c>
-      <c r="C130" s="0" t="s">
+      <c r="D130" s="0" t="s">
         <v>584</v>
       </c>
-      <c r="D130" s="0" t="s">
+      <c r="E130" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="F130" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="G130" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H130" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I130" s="1" t="s">
         <v>585</v>
-      </c>
-[...13 lines deleted...]
-        <v>586</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="L130" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
+        <v>586</v>
+      </c>
+      <c r="C131" s="0" t="s">
         <v>587</v>
       </c>
-      <c r="C131" s="0" t="s">
+      <c r="D131" s="0" t="s">
         <v>588</v>
       </c>
-      <c r="D131" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E131" s="0" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="F131" s="0"/>
       <c r="G131" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>590</v>
+        <v>589</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
-        <v>31</v>
+        <v>86</v>
       </c>
       <c r="L131" s="0">
         <v>96</v>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
-        <v>583</v>
+        <v>582</v>
       </c>
       <c r="C132" s="0" t="s">
+        <v>590</v>
+      </c>
+      <c r="D132" s="0" t="s">
         <v>591</v>
       </c>
-      <c r="D132" s="0" t="s">
+      <c r="E132" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="F132" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="G132" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H132" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I132" s="1" t="s">
         <v>592</v>
-      </c>
-[...13 lines deleted...]
-        <v>593</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="L132" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
+        <v>593</v>
+      </c>
+      <c r="C133" s="0" t="s">
         <v>594</v>
       </c>
-      <c r="C133" s="0" t="s">
+      <c r="D133" s="0" t="s">
         <v>595</v>
       </c>
-      <c r="D133" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E133" s="0" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="F133" s="0"/>
       <c r="G133" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>597</v>
+        <v>596</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="L133" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
+        <v>597</v>
+      </c>
+      <c r="C134" s="0" t="s">
         <v>598</v>
       </c>
-      <c r="C134" s="0" t="s">
+      <c r="D134" s="0" t="s">
         <v>599</v>
       </c>
-      <c r="D134" s="0" t="s">
+      <c r="E134" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="F134" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="G134" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H134" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I134" s="1" t="s">
         <v>600</v>
-      </c>
-[...13 lines deleted...]
-        <v>601</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L134" s="0">
         <v>144</v>
       </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
+        <v>601</v>
+      </c>
+      <c r="C135" s="0" t="s">
         <v>602</v>
       </c>
-      <c r="C135" s="0" t="s">
+      <c r="D135" s="0" t="s">
         <v>603</v>
       </c>
-      <c r="D135" s="0" t="s">
+      <c r="E135" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="F135" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="G135" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H135" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I135" s="1" t="s">
         <v>604</v>
-      </c>
-[...13 lines deleted...]
-        <v>605</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="L135" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
+        <v>605</v>
+      </c>
+      <c r="C136" s="0" t="s">
         <v>606</v>
       </c>
-      <c r="C136" s="0" t="s">
+      <c r="D136" s="0" t="s">
         <v>607</v>
       </c>
-      <c r="D136" s="0" t="s">
+      <c r="E136" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="F136" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="G136" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H136" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I136" s="1" t="s">
         <v>608</v>
-      </c>
-[...13 lines deleted...]
-        <v>609</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="L136" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
+        <v>609</v>
+      </c>
+      <c r="C137" s="0" t="s">
         <v>610</v>
-      </c>
-[...1 lines deleted...]
-        <v>611</v>
       </c>
       <c r="D137" s="0">
         <v>1919</v>
       </c>
       <c r="E137" s="0" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="F137" s="0" t="s">
+        <v>611</v>
+      </c>
+      <c r="G137" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="H137" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I137" s="1" t="s">
         <v>612</v>
-      </c>
-[...7 lines deleted...]
-        <v>613</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L137" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
+        <v>613</v>
+      </c>
+      <c r="C138" s="0" t="s">
         <v>614</v>
       </c>
-      <c r="C138" s="0" t="s">
+      <c r="D138" s="0" t="s">
         <v>615</v>
       </c>
-      <c r="D138" s="0" t="s">
+      <c r="E138" s="0" t="s">
         <v>616</v>
       </c>
-      <c r="E138" s="0" t="s">
+      <c r="F138" s="0" t="s">
         <v>617</v>
       </c>
-      <c r="F138" s="0" t="s">
+      <c r="G138" s="0" t="s">
         <v>618</v>
       </c>
-      <c r="G138" s="0" t="s">
+      <c r="H138" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I138" s="1" t="s">
         <v>619</v>
-      </c>
-[...4 lines deleted...]
-        <v>620</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L138" s="0"/>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
+        <v>620</v>
+      </c>
+      <c r="C139" s="0" t="s">
         <v>621</v>
-      </c>
-[...1 lines deleted...]
-        <v>622</v>
       </c>
       <c r="D139" s="0">
         <v>2717</v>
       </c>
       <c r="E139" s="0" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="F139" s="0" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="G139" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="H139" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>623</v>
+        <v>622</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
-        <v>31</v>
+        <v>623</v>
       </c>
       <c r="L139" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
         <v>624</v>
       </c>
       <c r="C140" s="0" t="s">
         <v>625</v>
       </c>
       <c r="D140" s="0">
         <v>770084</v>
       </c>
       <c r="E140" s="0"/>
       <c r="F140" s="0"/>
       <c r="G140" s="0" t="s">
         <v>626</v>
       </c>
       <c r="H140" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I140" s="1" t="s">
@@ -31393,16864 +31441,17170 @@
         <v>628</v>
       </c>
       <c r="C141" s="0" t="s">
         <v>629</v>
       </c>
       <c r="D141" s="0" t="s">
         <v>630</v>
       </c>
       <c r="E141" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F141" s="0" t="s">
         <v>631</v>
       </c>
       <c r="G141" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I141" s="1" t="s">
         <v>632</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
-        <v>31</v>
+        <v>633</v>
       </c>
       <c r="L141" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="E142" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F142" s="0" t="s">
         <v>631</v>
       </c>
       <c r="G142" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="L142" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="E143" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F143" s="0" t="s">
         <v>631</v>
       </c>
       <c r="G143" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L143" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="B144" s="0" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="F144" s="0" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="G144" s="0" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L144" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="E145" s="0" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="F145" s="0" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="G145" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="H145" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
-        <v>99</v>
+        <v>20</v>
       </c>
       <c r="L145" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="D146" s="0" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="E146" s="0" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="F146" s="0" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="G146" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="H146" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>74</v>
+        <v>655</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
-        <v>31</v>
+        <v>86</v>
       </c>
       <c r="L146" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="D147" s="0" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="E147" s="0" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F147" s="0" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="G147" s="0" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H147" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L147" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
+        <v>661</v>
+      </c>
+      <c r="C148" s="0" t="s">
+        <v>662</v>
+      </c>
+      <c r="D148" s="0" t="s">
+        <v>663</v>
+      </c>
+      <c r="E148" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="F148" s="0" t="s">
         <v>659</v>
       </c>
-      <c r="C148" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G148" s="0" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H148" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L148" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="D149" s="0" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="E149" s="0" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="F149" s="0"/>
       <c r="G149" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H149" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>506</v>
+        <v>505</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
-        <v>54</v>
+        <v>20</v>
       </c>
       <c r="L149" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="D150" s="0" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="E150" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F150" s="0" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="G150" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H150" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="L150" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="D151" s="0" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="E151" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F151" s="0" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="G151" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H151" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
-        <v>99</v>
+        <v>125</v>
       </c>
       <c r="L151" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="D152" s="0" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="E152" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F152" s="0" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="G152" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H152" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="L152" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="D153" s="0" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="E153" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F153" s="0" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="G153" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H153" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L153" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="D154" s="0" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="E154" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F154" s="0" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="G154" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H154" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L154" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="A155" s="0"/>
       <c r="B155" s="0" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="D155" s="0" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="E155" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F155" s="0" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="G155" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H155" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L155" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="D156" s="0" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="E156" s="0" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F156" s="0" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="G156" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H156" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
-        <v>99</v>
+        <v>125</v>
       </c>
       <c r="L156" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
+        <v>698</v>
+      </c>
+      <c r="C157" s="0" t="s">
+        <v>699</v>
+      </c>
+      <c r="D157" s="0" t="s">
+        <v>700</v>
+      </c>
+      <c r="E157" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="F157" s="0" t="s">
         <v>696</v>
       </c>
-      <c r="C157" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G157" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H157" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L157" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="D158" s="0" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="E158" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F158" s="0" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="G158" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H158" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="L158" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="D159" s="0" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="E159" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F159" s="0" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="G159" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H159" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="L159" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="D160" s="0" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="E160" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F160" s="0" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="G160" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H160" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L160" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
       <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="D161" s="0" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="E161" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F161" s="0" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="G161" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H161" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L161" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
       <c r="A162" s="0"/>
       <c r="B162" s="0" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="D162" s="0">
         <v>1913</v>
       </c>
       <c r="E162" s="0" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="F162" s="0" t="s">
-        <v>612</v>
+        <v>611</v>
       </c>
       <c r="G162" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="H162" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="L162" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
       <c r="A163" s="0"/>
       <c r="B163" s="0" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="C163" s="0" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="D163" s="0" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="E163" s="0" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="F163" s="0" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="G163" s="0" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H163" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L163" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="80">
       <c r="A164" s="0"/>
       <c r="B164" s="0" t="s">
+        <v>731</v>
+      </c>
+      <c r="C164" s="0" t="s">
+        <v>732</v>
+      </c>
+      <c r="D164" s="0" t="s">
+        <v>733</v>
+      </c>
+      <c r="E164" s="0" t="s">
+        <v>728</v>
+      </c>
+      <c r="F164" s="0" t="s">
         <v>729</v>
       </c>
-      <c r="C164" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G164" s="0" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H164" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L164" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="80">
       <c r="A165" s="0"/>
       <c r="B165" s="0" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="D165" s="0" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="E165" s="0" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="F165" s="0" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="G165" s="0" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H165" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L165" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="80">
       <c r="A166" s="0"/>
       <c r="B166" s="0" t="s">
+        <v>740</v>
+      </c>
+      <c r="C166" s="0" t="s">
+        <v>741</v>
+      </c>
+      <c r="D166" s="0" t="s">
+        <v>742</v>
+      </c>
+      <c r="E166" s="0" t="s">
+        <v>728</v>
+      </c>
+      <c r="F166" s="0" t="s">
         <v>738</v>
       </c>
-      <c r="C166" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G166" s="0" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H166" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L166" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="80">
       <c r="A167" s="0"/>
       <c r="B167" s="0" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="D167" s="0" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="E167" s="0" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="F167" s="0" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="G167" s="0" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H167" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L167" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="80">
       <c r="A168" s="0"/>
       <c r="B168" s="0" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="D168" s="0" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="E168" s="0" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="F168" s="0" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="G168" s="0" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H168" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I168" s="1" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L168" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="80">
       <c r="A169" s="0"/>
       <c r="B169" s="0" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="D169" s="0" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="E169" s="0" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="F169" s="0" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="G169" s="0" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H169" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L169" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="80">
       <c r="A170" s="0"/>
       <c r="B170" s="0" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="D170" s="0">
         <v>636267</v>
       </c>
       <c r="E170" s="0" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="F170" s="0" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="G170" s="0" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H170" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L170" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="80">
       <c r="A171" s="0"/>
       <c r="B171" s="0" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="C171" s="0" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="D171" s="0" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="E171" s="0" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="F171" s="0" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="G171" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="H171" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="L171" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="80">
       <c r="A172" s="0"/>
       <c r="B172" s="0" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="D172" s="0" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="E172" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F172" s="0" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="G172" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H172" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I172" s="1" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="J172" s="0"/>
       <c r="K172" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L172" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="80">
       <c r="A173" s="0"/>
       <c r="B173" s="0" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="C173" s="0" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="D173" s="0" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="E173" s="0" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="F173" s="0"/>
       <c r="G173" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H173" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="J173" s="0"/>
       <c r="K173" s="0" t="s">
-        <v>31</v>
+        <v>86</v>
       </c>
       <c r="L173" s="0">
         <v>144</v>
       </c>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="80">
       <c r="A174" s="0"/>
       <c r="B174" s="0" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="C174" s="0" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="D174" s="0" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="E174" s="0" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="F174" s="0" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="G174" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H174" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>601</v>
+        <v>600</v>
       </c>
       <c r="J174" s="0"/>
       <c r="K174" s="0" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="L174" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="80">
       <c r="A175" s="0"/>
       <c r="B175" s="0" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="C175" s="0" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="D175" s="0" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="E175" s="0" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="F175" s="0" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="G175" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H175" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="J175" s="0"/>
       <c r="K175" s="0" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="L175" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="80">
       <c r="A176" s="0"/>
       <c r="B176" s="0" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="C176" s="0" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="D176" s="0" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="E176" s="0" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="F176" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="G176" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="H176" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="J176" s="0"/>
       <c r="K176" s="0" t="s">
-        <v>54</v>
+        <v>20</v>
       </c>
       <c r="L176" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="80">
       <c r="A177" s="0"/>
       <c r="B177" s="0" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="C177" s="0" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="D177" s="0" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="E177" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F177" s="0" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="G177" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H177" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I177" s="1" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="J177" s="0"/>
       <c r="K177" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="L177" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="80">
       <c r="A178" s="0"/>
       <c r="B178" s="0" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="C178" s="0" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="D178" s="0" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="E178" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F178" s="0" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="G178" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H178" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I178" s="1" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="J178" s="0"/>
       <c r="K178" s="0" t="s">
-        <v>99</v>
+        <v>125</v>
       </c>
       <c r="L178" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="80">
       <c r="A179" s="0"/>
       <c r="B179" s="0" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="C179" s="0" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="D179" s="0" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="E179" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F179" s="0" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="G179" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H179" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I179" s="1" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="J179" s="0"/>
       <c r="K179" s="0" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="L179" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="80">
       <c r="A180" s="0"/>
       <c r="B180" s="0" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="C180" s="0" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="D180" s="0" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="E180" s="0" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="F180" s="0"/>
       <c r="G180" s="0" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H180" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I180" s="1" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="J180" s="0"/>
       <c r="K180" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L180" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="80">
       <c r="A181" s="0"/>
       <c r="B181" s="0" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="C181" s="0" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="D181" s="0" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="E181" s="0" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="F181" s="0" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="G181" s="0" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="H181" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I181" s="1" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="J181" s="0"/>
       <c r="K181" s="0" t="s">
-        <v>99</v>
+        <v>125</v>
       </c>
       <c r="L181" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="80">
       <c r="A182" s="0"/>
       <c r="B182" s="0" t="s">
+        <v>806</v>
+      </c>
+      <c r="C182" s="0" t="s">
+        <v>807</v>
+      </c>
+      <c r="D182" s="0" t="s">
+        <v>808</v>
+      </c>
+      <c r="E182" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F182" s="0" t="s">
         <v>804</v>
       </c>
-      <c r="C182" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G182" s="0" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="H182" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I182" s="1" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="J182" s="0"/>
       <c r="K182" s="0" t="s">
-        <v>808</v>
+        <v>276</v>
       </c>
       <c r="L182" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="80">
       <c r="A183" s="0"/>
       <c r="B183" s="0" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="C183" s="0" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="D183" s="0" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="E183" s="0" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F183" s="0" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="G183" s="0" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H183" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="J183" s="0"/>
       <c r="K183" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L183" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="80">
       <c r="A184" s="0"/>
       <c r="B184" s="0" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="C184" s="0" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="D184" s="0" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="E184" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F184" s="0" t="s">
         <v>631</v>
       </c>
       <c r="G184" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H184" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I184" s="1" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="J184" s="0"/>
       <c r="K184" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L184" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="80">
       <c r="A185" s="0"/>
       <c r="B185" s="0" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="C185" s="0" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="D185" s="0" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="E185" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F185" s="0" t="s">
         <v>631</v>
       </c>
       <c r="G185" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H185" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I185" s="1" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="J185" s="0"/>
       <c r="K185" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L185" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="80">
       <c r="A186" s="0"/>
       <c r="B186" s="0" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="C186" s="0" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="D186" s="0">
         <v>1937</v>
       </c>
       <c r="E186" s="0" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="F186" s="0" t="s">
-        <v>612</v>
+        <v>611</v>
       </c>
       <c r="G186" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="H186" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I186" s="1" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="J186" s="0"/>
       <c r="K186" s="0" t="s">
-        <v>808</v>
+        <v>826</v>
       </c>
       <c r="L186" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="80">
       <c r="A187" s="0"/>
       <c r="B187" s="0" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="C187" s="0" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="D187" s="0" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="E187" s="0" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F187" s="0" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="G187" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H187" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="J187" s="0"/>
       <c r="K187" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="L187" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="80">
       <c r="A188" s="0"/>
       <c r="B188" s="0" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="C188" s="0" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="D188" s="0" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="E188" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F188" s="0" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="G188" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H188" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="J188" s="0"/>
       <c r="K188" s="0" t="s">
-        <v>99</v>
+        <v>20</v>
       </c>
       <c r="L188" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="80">
       <c r="A189" s="0"/>
       <c r="B189" s="0" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="C189" s="0" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="D189" s="0" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="E189" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F189" s="0" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="G189" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H189" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I189" s="1" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="J189" s="0"/>
       <c r="K189" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L189" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="80">
       <c r="A190" s="0"/>
       <c r="B190" s="0" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="C190" s="0" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="D190" s="0" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="E190" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F190" s="0" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="G190" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H190" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I190" s="1" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="J190" s="0"/>
       <c r="K190" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L190" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="191" spans="1:12" customHeight="1" ht="80">
       <c r="A191" s="0"/>
       <c r="B191" s="0" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="C191" s="0" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="D191" s="0" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="E191" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F191" s="0" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="G191" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H191" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I191" s="1" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="J191" s="0"/>
       <c r="K191" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L191" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="80">
       <c r="A192" s="0"/>
       <c r="B192" s="0" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="C192" s="0" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="D192" s="0" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="E192" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F192" s="0" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="G192" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H192" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I192" s="1" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="J192" s="0"/>
       <c r="K192" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L192" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="80">
       <c r="A193" s="0"/>
       <c r="B193" s="0" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="C193" s="0" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="D193" s="0" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="E193" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F193" s="0" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="G193" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H193" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I193" s="1" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="J193" s="0"/>
       <c r="K193" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L193" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="80">
       <c r="A194" s="0"/>
       <c r="B194" s="0" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="C194" s="0" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="D194" s="0" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="E194" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F194" s="0" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="G194" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H194" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I194" s="1" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="J194" s="0"/>
       <c r="K194" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L194" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="80">
       <c r="A195" s="0"/>
       <c r="B195" s="0" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="C195" s="0" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
       <c r="D195" s="0" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="E195" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F195" s="0" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="G195" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H195" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I195" s="1" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
       <c r="J195" s="0"/>
       <c r="K195" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L195" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="80">
       <c r="A196" s="0"/>
       <c r="B196" s="0" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="C196" s="0" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="D196" s="0" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="E196" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F196" s="0" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="G196" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H196" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I196" s="1" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="J196" s="0"/>
       <c r="K196" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L196" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="80">
       <c r="A197" s="0"/>
       <c r="B197" s="0" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="C197" s="0" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="D197" s="0" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="E197" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F197" s="0" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="G197" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H197" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I197" s="1" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="J197" s="0"/>
       <c r="K197" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L197" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="198" spans="1:12" customHeight="1" ht="80">
       <c r="A198" s="0"/>
       <c r="B198" s="0" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="C198" s="0" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="D198" s="0" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="E198" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F198" s="0" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="G198" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H198" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I198" s="1" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="J198" s="0"/>
       <c r="K198" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L198" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="199" spans="1:12" customHeight="1" ht="80">
       <c r="A199" s="0"/>
       <c r="B199" s="0" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
       <c r="C199" s="0" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="D199" s="0" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="E199" s="0" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="F199" s="0" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="G199" s="0" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="H199" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I199" s="1" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="J199" s="0"/>
       <c r="K199" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L199" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="80">
       <c r="A200" s="0"/>
       <c r="B200" s="0" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="C200" s="0" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="D200" s="0" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="E200" s="0" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="F200" s="0" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="G200" s="0" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H200" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I200" s="1" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="J200" s="0"/>
       <c r="K200" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L200" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="80">
       <c r="A201" s="0"/>
       <c r="B201" s="0" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="C201" s="0" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="D201" s="0" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
       <c r="E201" s="0" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="F201" s="0" t="s">
-        <v>565</v>
+        <v>564</v>
       </c>
       <c r="G201" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H201" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I201" s="1" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="J201" s="0"/>
       <c r="K201" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L201" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="202" spans="1:12" customHeight="1" ht="80">
       <c r="A202" s="0"/>
       <c r="B202" s="0" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="C202" s="0" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="D202" s="0" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="E202" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F202" s="0" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="G202" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H202" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I202" s="1" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="J202" s="0"/>
       <c r="K202" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L202" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="80">
       <c r="A203" s="0"/>
       <c r="B203" s="0" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="C203" s="0" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
       <c r="D203" s="0" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
       <c r="E203" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F203" s="0" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="G203" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H203" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I203" s="1" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
       <c r="J203" s="0"/>
       <c r="K203" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="L203" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="204" spans="1:12" customHeight="1" ht="80">
       <c r="A204" s="0"/>
       <c r="B204" s="0" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="C204" s="0" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
       <c r="D204" s="0" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
       <c r="E204" s="0" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="F204" s="0" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="G204" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="H204" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I204" s="1" t="s">
-        <v>900</v>
+        <v>902</v>
       </c>
       <c r="J204" s="0"/>
       <c r="K204" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L204" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="205" spans="1:12" customHeight="1" ht="80">
       <c r="A205" s="0"/>
       <c r="B205" s="0" t="s">
-        <v>901</v>
+        <v>903</v>
       </c>
       <c r="C205" s="0" t="s">
-        <v>902</v>
+        <v>904</v>
       </c>
       <c r="D205" s="0">
         <v>14814</v>
       </c>
       <c r="E205" s="0" t="s">
-        <v>903</v>
+        <v>905</v>
       </c>
       <c r="F205" s="0" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
       <c r="G205" s="0" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="H205" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I205" s="1" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="J205" s="0"/>
       <c r="K205" s="0" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="L205" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="206" spans="1:12" customHeight="1" ht="80">
       <c r="A206" s="0"/>
       <c r="B206" s="0" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="C206" s="0" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
       <c r="D206" s="0">
         <v>15809</v>
       </c>
       <c r="E206" s="0" t="s">
-        <v>903</v>
+        <v>905</v>
       </c>
       <c r="F206" s="0" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
       <c r="G206" s="0" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="H206" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I206" s="1" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="J206" s="0"/>
       <c r="K206" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L206" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="207" spans="1:12" customHeight="1" ht="80">
       <c r="A207" s="0"/>
       <c r="B207" s="0" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
       <c r="C207" s="0" t="s">
-        <v>910</v>
+        <v>912</v>
       </c>
       <c r="D207" s="0" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
       <c r="E207" s="0" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F207" s="0" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
       <c r="G207" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H207" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I207" s="1" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
       <c r="J207" s="0"/>
       <c r="K207" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="L207" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="80">
       <c r="A208" s="0"/>
       <c r="B208" s="0" t="s">
+        <v>916</v>
+      </c>
+      <c r="C208" s="0" t="s">
+        <v>917</v>
+      </c>
+      <c r="D208" s="0" t="s">
+        <v>918</v>
+      </c>
+      <c r="E208" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="F208" s="0" t="s">
         <v>914</v>
       </c>
-      <c r="C208" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G208" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H208" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I208" s="1" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="J208" s="0"/>
       <c r="K208" s="0" t="s">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="L208" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="209" spans="1:12" customHeight="1" ht="80">
       <c r="A209" s="0"/>
       <c r="B209" s="0" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="C209" s="0" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="D209" s="0" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
       <c r="E209" s="0" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F209" s="0" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
       <c r="G209" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H209" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I209" s="1" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="J209" s="0"/>
       <c r="K209" s="0" t="s">
-        <v>31</v>
+        <v>86</v>
       </c>
       <c r="L209" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="210" spans="1:12" customHeight="1" ht="80">
       <c r="A210" s="0"/>
       <c r="B210" s="0" t="s">
-        <v>921</v>
+        <v>923</v>
       </c>
       <c r="C210" s="0" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
       <c r="D210" s="0" t="s">
-        <v>923</v>
+        <v>925</v>
       </c>
       <c r="E210" s="0" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F210" s="0" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
       <c r="G210" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H210" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I210" s="1" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="J210" s="0"/>
       <c r="K210" s="0" t="s">
-        <v>924</v>
+        <v>86</v>
       </c>
       <c r="L210" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="211" spans="1:12" customHeight="1" ht="80">
       <c r="A211" s="0"/>
       <c r="B211" s="0" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="C211" s="0" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="D211" s="0" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="E211" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F211" s="0" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="G211" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H211" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I211" s="1" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="J211" s="0"/>
       <c r="K211" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="L211" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="212" spans="1:12" customHeight="1" ht="80">
       <c r="A212" s="0"/>
       <c r="B212" s="0" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="C212" s="0" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="D212" s="0" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="E212" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F212" s="0" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="G212" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H212" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I212" s="1" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="J212" s="0"/>
       <c r="K212" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="L212" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="213" spans="1:12" customHeight="1" ht="80">
       <c r="A213" s="0"/>
       <c r="B213" s="0" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="C213" s="0" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="D213" s="0" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="E213" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F213" s="0" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="G213" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H213" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I213" s="1" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="J213" s="0"/>
       <c r="K213" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L213" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="214" spans="1:12" customHeight="1" ht="80">
       <c r="A214" s="0"/>
       <c r="B214" s="0" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="C214" s="0" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="D214" s="0" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="E214" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F214" s="0" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="G214" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H214" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I214" s="1" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="J214" s="0"/>
       <c r="K214" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L214" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="215" spans="1:12" customHeight="1" ht="80">
       <c r="A215" s="0"/>
       <c r="B215" s="0" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="C215" s="0" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="D215" s="0" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="E215" s="0" t="s">
-        <v>15</v>
+        <v>946</v>
       </c>
       <c r="F215" s="0" t="s">
-        <v>936</v>
+        <v>947</v>
       </c>
       <c r="G215" s="0" t="s">
-        <v>17</v>
+        <v>618</v>
       </c>
       <c r="H215" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I215" s="1" t="s">
-        <v>945</v>
+        <v>948</v>
       </c>
       <c r="J215" s="0"/>
       <c r="K215" s="0" t="s">
-        <v>20</v>
+        <v>174</v>
       </c>
       <c r="L215" s="0">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="216" spans="1:12" customHeight="1" ht="80">
       <c r="A216" s="0"/>
       <c r="B216" s="0" t="s">
+        <v>949</v>
+      </c>
+      <c r="C216" s="0" t="s">
+        <v>950</v>
+      </c>
+      <c r="D216" s="0" t="s">
+        <v>951</v>
+      </c>
+      <c r="E216" s="0" t="s">
         <v>946</v>
       </c>
-      <c r="C216" s="0" t="s">
+      <c r="F216" s="0" t="s">
         <v>947</v>
       </c>
-      <c r="D216" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G216" s="0" t="s">
-        <v>619</v>
+        <v>618</v>
       </c>
       <c r="H216" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I216" s="1" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="J216" s="0"/>
       <c r="K216" s="0" t="s">
-        <v>99</v>
+        <v>125</v>
       </c>
       <c r="L216" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="217" spans="1:12" customHeight="1" ht="80">
       <c r="A217" s="0"/>
       <c r="B217" s="0" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="C217" s="0" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="D217" s="0" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="E217" s="0" t="s">
-        <v>949</v>
+        <v>946</v>
       </c>
       <c r="F217" s="0" t="s">
-        <v>950</v>
+        <v>947</v>
       </c>
       <c r="G217" s="0" t="s">
-        <v>619</v>
+        <v>618</v>
       </c>
       <c r="H217" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I217" s="1" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="J217" s="0"/>
       <c r="K217" s="0" t="s">
-        <v>54</v>
+        <v>957</v>
       </c>
       <c r="L217" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="218" spans="1:12" customHeight="1" ht="80">
       <c r="A218" s="0"/>
       <c r="B218" s="0" t="s">
-        <v>956</v>
+        <v>958</v>
       </c>
       <c r="C218" s="0" t="s">
-        <v>957</v>
+        <v>959</v>
       </c>
       <c r="D218" s="0" t="s">
-        <v>958</v>
+        <v>960</v>
       </c>
       <c r="E218" s="0" t="s">
-        <v>949</v>
+        <v>946</v>
       </c>
       <c r="F218" s="0" t="s">
-        <v>950</v>
+        <v>947</v>
       </c>
       <c r="G218" s="0" t="s">
-        <v>619</v>
+        <v>618</v>
       </c>
       <c r="H218" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I218" s="1" t="s">
-        <v>959</v>
+        <v>285</v>
       </c>
       <c r="J218" s="0"/>
       <c r="K218" s="0" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="L218" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="219" spans="1:12" customHeight="1" ht="80">
       <c r="A219" s="0"/>
       <c r="B219" s="0" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="C219" s="0" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="D219" s="0" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="E219" s="0" t="s">
-        <v>949</v>
+        <v>946</v>
       </c>
       <c r="F219" s="0" t="s">
-        <v>950</v>
+        <v>965</v>
       </c>
       <c r="G219" s="0" t="s">
-        <v>619</v>
+        <v>618</v>
       </c>
       <c r="H219" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I219" s="1" t="s">
-        <v>287</v>
+        <v>966</v>
       </c>
       <c r="J219" s="0"/>
       <c r="K219" s="0" t="s">
-        <v>964</v>
+        <v>314</v>
       </c>
       <c r="L219" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="220" spans="1:12" customHeight="1" ht="80">
       <c r="A220" s="0"/>
       <c r="B220" s="0" t="s">
+        <v>967</v>
+      </c>
+      <c r="C220" s="0" t="s">
+        <v>968</v>
+      </c>
+      <c r="D220" s="0" t="s">
+        <v>969</v>
+      </c>
+      <c r="E220" s="0" t="s">
+        <v>946</v>
+      </c>
+      <c r="F220" s="0" t="s">
         <v>965</v>
       </c>
-      <c r="C220" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G220" s="0" t="s">
-        <v>619</v>
+        <v>618</v>
       </c>
       <c r="H220" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I220" s="1" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="J220" s="0"/>
       <c r="K220" s="0" t="s">
-        <v>316</v>
+        <v>44</v>
       </c>
       <c r="L220" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="221" spans="1:12" customHeight="1" ht="80">
       <c r="A221" s="0"/>
       <c r="B221" s="0" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="C221" s="0" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="D221" s="0" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="E221" s="0" t="s">
-        <v>949</v>
+        <v>946</v>
       </c>
       <c r="F221" s="0" t="s">
-        <v>968</v>
+        <v>965</v>
       </c>
       <c r="G221" s="0" t="s">
-        <v>619</v>
+        <v>618</v>
       </c>
       <c r="H221" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I221" s="1" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="J221" s="0"/>
       <c r="K221" s="0" t="s">
-        <v>45</v>
+        <v>707</v>
       </c>
       <c r="L221" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="222" spans="1:12" customHeight="1" ht="80">
       <c r="A222" s="0"/>
       <c r="B222" s="0" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="C222" s="0" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="D222" s="0" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="E222" s="0" t="s">
-        <v>949</v>
+        <v>946</v>
       </c>
       <c r="F222" s="0" t="s">
-        <v>968</v>
+        <v>978</v>
       </c>
       <c r="G222" s="0" t="s">
-        <v>619</v>
+        <v>618</v>
       </c>
       <c r="H222" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I222" s="1" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="J222" s="0"/>
       <c r="K222" s="0" t="s">
-        <v>978</v>
+        <v>250</v>
       </c>
       <c r="L222" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="223" spans="1:12" customHeight="1" ht="80">
       <c r="A223" s="0"/>
       <c r="B223" s="0" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="C223" s="0" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="D223" s="0" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="E223" s="0" t="s">
-        <v>949</v>
+        <v>946</v>
       </c>
       <c r="F223" s="0" t="s">
-        <v>982</v>
+        <v>978</v>
       </c>
       <c r="G223" s="0" t="s">
-        <v>619</v>
+        <v>618</v>
       </c>
       <c r="H223" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I223" s="1" t="s">
         <v>983</v>
       </c>
       <c r="J223" s="0"/>
       <c r="K223" s="0" t="s">
-        <v>984</v>
+        <v>125</v>
       </c>
       <c r="L223" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="224" spans="1:12" customHeight="1" ht="80">
       <c r="A224" s="0"/>
       <c r="B224" s="0" t="s">
+        <v>984</v>
+      </c>
+      <c r="C224" s="0" t="s">
         <v>985</v>
       </c>
-      <c r="C224" s="0" t="s">
+      <c r="D224" s="0" t="s">
         <v>986</v>
       </c>
-      <c r="D224" s="0" t="s">
+      <c r="E224" s="0" t="s">
+        <v>946</v>
+      </c>
+      <c r="F224" s="0" t="s">
+        <v>978</v>
+      </c>
+      <c r="G224" s="0" t="s">
+        <v>618</v>
+      </c>
+      <c r="H224" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I224" s="1" t="s">
         <v>987</v>
-      </c>
-[...13 lines deleted...]
-        <v>988</v>
       </c>
       <c r="J224" s="0"/>
       <c r="K224" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="L224" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="225" spans="1:12" customHeight="1" ht="80">
       <c r="A225" s="0"/>
       <c r="B225" s="0" t="s">
+        <v>988</v>
+      </c>
+      <c r="C225" s="0" t="s">
         <v>989</v>
       </c>
-      <c r="C225" s="0" t="s">
+      <c r="D225" s="0" t="s">
         <v>990</v>
       </c>
-      <c r="D225" s="0" t="s">
+      <c r="E225" s="0" t="s">
+        <v>946</v>
+      </c>
+      <c r="F225" s="0" t="s">
         <v>991</v>
       </c>
-      <c r="E225" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G225" s="0" t="s">
-        <v>619</v>
+        <v>618</v>
       </c>
       <c r="H225" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I225" s="1" t="s">
-        <v>992</v>
+        <v>938</v>
       </c>
       <c r="J225" s="0"/>
       <c r="K225" s="0" t="s">
-        <v>54</v>
+        <v>992</v>
       </c>
       <c r="L225" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="226" spans="1:12" customHeight="1" ht="80">
       <c r="A226" s="0"/>
       <c r="B226" s="0" t="s">
         <v>993</v>
       </c>
       <c r="C226" s="0" t="s">
         <v>994</v>
       </c>
       <c r="D226" s="0" t="s">
         <v>995</v>
       </c>
       <c r="E226" s="0" t="s">
-        <v>949</v>
+        <v>946</v>
       </c>
       <c r="F226" s="0" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="G226" s="0" t="s">
-        <v>619</v>
+        <v>618</v>
       </c>
       <c r="H226" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I226" s="1" t="s">
-        <v>937</v>
+        <v>622</v>
       </c>
       <c r="J226" s="0"/>
       <c r="K226" s="0" t="s">
-        <v>997</v>
+        <v>20</v>
       </c>
       <c r="L226" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="227" spans="1:12" customHeight="1" ht="80">
       <c r="A227" s="0"/>
       <c r="B227" s="0" t="s">
+        <v>996</v>
+      </c>
+      <c r="C227" s="0" t="s">
+        <v>997</v>
+      </c>
+      <c r="D227" s="0" t="s">
         <v>998</v>
       </c>
-      <c r="C227" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E227" s="0" t="s">
-        <v>949</v>
+        <v>946</v>
       </c>
       <c r="F227" s="0" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="G227" s="0" t="s">
-        <v>619</v>
+        <v>618</v>
       </c>
       <c r="H227" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I227" s="1" t="s">
-        <v>623</v>
+        <v>756</v>
       </c>
       <c r="J227" s="0"/>
       <c r="K227" s="0" t="s">
-        <v>20</v>
+        <v>86</v>
       </c>
       <c r="L227" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="228" spans="1:12" customHeight="1" ht="80">
       <c r="A228" s="0"/>
       <c r="B228" s="0" t="s">
+        <v>999</v>
+      </c>
+      <c r="C228" s="0" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D228" s="0">
+        <v>16497</v>
+      </c>
+      <c r="E228" s="0" t="s">
+        <v>905</v>
+      </c>
+      <c r="F228" s="0" t="s">
         <v>1001</v>
       </c>
-      <c r="C228" s="0" t="s">
+      <c r="G228" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="H228" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I228" s="1" t="s">
         <v>1002</v>
-      </c>
-[...16 lines deleted...]
-        <v>754</v>
       </c>
       <c r="J228" s="0"/>
       <c r="K228" s="0" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="L228" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="229" spans="1:12" customHeight="1" ht="80">
       <c r="A229" s="0"/>
       <c r="B229" s="0" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C229" s="0" t="s">
         <v>1004</v>
       </c>
-      <c r="C229" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D229" s="0">
-        <v>16497</v>
+        <v>16498</v>
       </c>
       <c r="E229" s="0" t="s">
-        <v>903</v>
+        <v>905</v>
       </c>
       <c r="F229" s="0" t="s">
-        <v>1006</v>
+        <v>1001</v>
       </c>
       <c r="G229" s="0" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="H229" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I229" s="1" t="s">
-        <v>1007</v>
+        <v>43</v>
       </c>
       <c r="J229" s="0"/>
       <c r="K229" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L229" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="230" spans="1:12" customHeight="1" ht="80">
       <c r="A230" s="0"/>
       <c r="B230" s="0" t="s">
-        <v>1008</v>
+        <v>1005</v>
       </c>
       <c r="C230" s="0" t="s">
-        <v>1009</v>
+        <v>1006</v>
       </c>
       <c r="D230" s="0">
-        <v>16498</v>
+        <v>23284</v>
       </c>
       <c r="E230" s="0" t="s">
-        <v>903</v>
-[...3 lines deleted...]
-      </c>
+        <v>905</v>
+      </c>
+      <c r="F230" s="0"/>
       <c r="G230" s="0" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="H230" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I230" s="1" t="s">
-        <v>44</v>
+        <v>1007</v>
       </c>
       <c r="J230" s="0"/>
       <c r="K230" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L230" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="231" spans="1:12" customHeight="1" ht="80">
       <c r="A231" s="0"/>
       <c r="B231" s="0" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C231" s="0" t="s">
+        <v>1009</v>
+      </c>
+      <c r="D231" s="0" t="s">
         <v>1010</v>
       </c>
-      <c r="C231" s="0" t="s">
+      <c r="E231" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F231" s="0" t="s">
         <v>1011</v>
       </c>
-      <c r="D231" s="0">
-[...5 lines deleted...]
-      <c r="F231" s="0"/>
       <c r="G231" s="0" t="s">
-        <v>213</v>
+        <v>17</v>
       </c>
       <c r="H231" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I231" s="1" t="s">
-        <v>1012</v>
+        <v>318</v>
       </c>
       <c r="J231" s="0"/>
       <c r="K231" s="0" t="s">
-        <v>20</v>
+        <v>1012</v>
       </c>
       <c r="L231" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="232" spans="1:12" customHeight="1" ht="80">
       <c r="A232" s="0"/>
       <c r="B232" s="0" t="s">
         <v>1013</v>
       </c>
       <c r="C232" s="0" t="s">
         <v>1014</v>
       </c>
       <c r="D232" s="0" t="s">
         <v>1015</v>
       </c>
       <c r="E232" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F232" s="0" t="s">
-        <v>1016</v>
+        <v>1011</v>
       </c>
       <c r="G232" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H232" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I232" s="1" t="s">
-        <v>320</v>
+        <v>671</v>
       </c>
       <c r="J232" s="0"/>
       <c r="K232" s="0" t="s">
-        <v>924</v>
+        <v>125</v>
       </c>
       <c r="L232" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="233" spans="1:12" customHeight="1" ht="80">
       <c r="A233" s="0"/>
       <c r="B233" s="0" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C233" s="0" t="s">
         <v>1017</v>
       </c>
-      <c r="C233" s="0" t="s">
+      <c r="D233" s="0" t="s">
         <v>1018</v>
       </c>
-      <c r="D233" s="0" t="s">
+      <c r="E233" s="0" t="s">
+        <v>946</v>
+      </c>
+      <c r="F233" s="0" t="s">
         <v>1019</v>
       </c>
-      <c r="E233" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G233" s="0" t="s">
-        <v>17</v>
+        <v>618</v>
       </c>
       <c r="H233" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I233" s="1" t="s">
-        <v>669</v>
+        <v>1020</v>
       </c>
       <c r="J233" s="0"/>
       <c r="K233" s="0" t="s">
-        <v>99</v>
+        <v>20</v>
       </c>
       <c r="L233" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="234" spans="1:12" customHeight="1" ht="80">
       <c r="A234" s="0"/>
       <c r="B234" s="0" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="C234" s="0" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="D234" s="0" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="E234" s="0" t="s">
-        <v>949</v>
+        <v>1024</v>
       </c>
       <c r="F234" s="0" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="G234" s="0" t="s">
-        <v>619</v>
+        <v>42</v>
       </c>
       <c r="H234" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I234" s="1" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="J234" s="0"/>
       <c r="K234" s="0" t="s">
-        <v>960</v>
+        <v>20</v>
       </c>
       <c r="L234" s="0">
-        <v>6</v>
+        <v>48</v>
       </c>
     </row>
     <row r="235" spans="1:12" customHeight="1" ht="80">
       <c r="A235" s="0"/>
       <c r="B235" s="0" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C235" s="0" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D235" s="0" t="s">
+        <v>1029</v>
+      </c>
+      <c r="E235" s="0" t="s">
+        <v>1024</v>
+      </c>
+      <c r="F235" s="0" t="s">
         <v>1025</v>
       </c>
-      <c r="C235" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G235" s="0" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H235" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I235" s="1" t="s">
-        <v>53</v>
+        <v>1030</v>
       </c>
       <c r="J235" s="0"/>
       <c r="K235" s="0" t="s">
-        <v>20</v>
+        <v>86</v>
       </c>
       <c r="L235" s="0">
-        <v>48</v>
+        <v>72</v>
       </c>
     </row>
     <row r="236" spans="1:12" customHeight="1" ht="80">
       <c r="A236" s="0"/>
       <c r="B236" s="0" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="C236" s="0" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="D236" s="0" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="E236" s="0" t="s">
-        <v>1028</v>
+        <v>15</v>
       </c>
       <c r="F236" s="0" t="s">
-        <v>1029</v>
+        <v>1034</v>
       </c>
       <c r="G236" s="0" t="s">
-        <v>43</v>
+        <v>17</v>
       </c>
       <c r="H236" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I236" s="1" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
       <c r="J236" s="0"/>
       <c r="K236" s="0" t="s">
-        <v>99</v>
+        <v>53</v>
       </c>
       <c r="L236" s="0">
-        <v>72</v>
+        <v>36</v>
       </c>
     </row>
     <row r="237" spans="1:12" customHeight="1" ht="80">
       <c r="A237" s="0"/>
       <c r="B237" s="0" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
       <c r="C237" s="0" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="D237" s="0" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="E237" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F237" s="0" t="s">
-        <v>1037</v>
+        <v>1034</v>
       </c>
       <c r="G237" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H237" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I237" s="1" t="s">
-        <v>1038</v>
+        <v>318</v>
       </c>
       <c r="J237" s="0"/>
       <c r="K237" s="0" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="L237" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="238" spans="1:12" customHeight="1" ht="80">
       <c r="A238" s="0"/>
       <c r="B238" s="0" t="s">
         <v>1039</v>
       </c>
       <c r="C238" s="0" t="s">
         <v>1040</v>
       </c>
       <c r="D238" s="0" t="s">
         <v>1041</v>
       </c>
       <c r="E238" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F238" s="0" t="s">
-        <v>1037</v>
+        <v>1034</v>
       </c>
       <c r="G238" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H238" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I238" s="1" t="s">
-        <v>320</v>
+        <v>1042</v>
       </c>
       <c r="J238" s="0"/>
       <c r="K238" s="0" t="s">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="L238" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="239" spans="1:12" customHeight="1" ht="80">
       <c r="A239" s="0"/>
       <c r="B239" s="0" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="C239" s="0" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="D239" s="0" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="E239" s="0" t="s">
-        <v>15</v>
+        <v>203</v>
       </c>
       <c r="F239" s="0" t="s">
-        <v>1037</v>
+        <v>1046</v>
       </c>
       <c r="G239" s="0" t="s">
-        <v>17</v>
+        <v>210</v>
       </c>
       <c r="H239" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I239" s="1" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="J239" s="0"/>
       <c r="K239" s="0" t="s">
-        <v>54</v>
+        <v>20</v>
       </c>
       <c r="L239" s="0">
-        <v>36</v>
+        <v>1</v>
       </c>
     </row>
     <row r="240" spans="1:12" customHeight="1" ht="80">
       <c r="A240" s="0"/>
       <c r="B240" s="0" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
       <c r="C240" s="0" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="D240" s="0" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
       <c r="E240" s="0" t="s">
-        <v>206</v>
+        <v>946</v>
       </c>
       <c r="F240" s="0" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
       <c r="G240" s="0" t="s">
-        <v>213</v>
+        <v>618</v>
       </c>
       <c r="H240" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I240" s="1" t="s">
-        <v>1050</v>
+        <v>166</v>
       </c>
       <c r="J240" s="0"/>
       <c r="K240" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L240" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="241" spans="1:12" customHeight="1" ht="80">
       <c r="A241" s="0"/>
       <c r="B241" s="0" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="C241" s="0" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="D241" s="0" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="E241" s="0" t="s">
-        <v>949</v>
+        <v>203</v>
       </c>
       <c r="F241" s="0" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="G241" s="0" t="s">
-        <v>619</v>
+        <v>210</v>
       </c>
       <c r="H241" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I241" s="1" t="s">
-        <v>169</v>
+        <v>1056</v>
       </c>
       <c r="J241" s="0"/>
       <c r="K241" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L241" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="242" spans="1:12" customHeight="1" ht="80">
       <c r="A242" s="0"/>
       <c r="B242" s="0" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
       <c r="C242" s="0" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="D242" s="0" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
       <c r="E242" s="0" t="s">
-        <v>206</v>
+        <v>15</v>
       </c>
       <c r="F242" s="0" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="G242" s="0" t="s">
-        <v>213</v>
+        <v>17</v>
       </c>
       <c r="H242" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I242" s="1" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="J242" s="0"/>
       <c r="K242" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L242" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="243" spans="1:12" customHeight="1" ht="80">
       <c r="A243" s="0"/>
       <c r="B243" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="C243" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="D243" s="0" t="s">
-        <v>1062</v>
+        <v>1064</v>
       </c>
       <c r="E243" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F243" s="0" t="s">
-        <v>1063</v>
+        <v>1011</v>
       </c>
       <c r="G243" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H243" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I243" s="1" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="J243" s="0"/>
       <c r="K243" s="0" t="s">
-        <v>118</v>
+        <v>20</v>
       </c>
       <c r="L243" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="244" spans="1:12" customHeight="1" ht="80">
       <c r="A244" s="0"/>
       <c r="B244" s="0" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="C244" s="0" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="D244" s="0" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="E244" s="0" t="s">
-        <v>15</v>
+        <v>946</v>
       </c>
       <c r="F244" s="0" t="s">
-        <v>1016</v>
+        <v>1069</v>
       </c>
       <c r="G244" s="0" t="s">
-        <v>17</v>
+        <v>618</v>
       </c>
       <c r="H244" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I244" s="1" t="s">
-        <v>1068</v>
+        <v>1070</v>
       </c>
       <c r="J244" s="0"/>
       <c r="K244" s="0" t="s">
-        <v>20</v>
+        <v>1071</v>
       </c>
       <c r="L244" s="0">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="245" spans="1:12" customHeight="1" ht="80">
       <c r="A245" s="0"/>
       <c r="B245" s="0" t="s">
+        <v>1072</v>
+      </c>
+      <c r="C245" s="0" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D245" s="0" t="s">
+        <v>1074</v>
+      </c>
+      <c r="E245" s="0" t="s">
+        <v>946</v>
+      </c>
+      <c r="F245" s="0" t="s">
         <v>1069</v>
       </c>
-      <c r="C245" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G245" s="0" t="s">
-        <v>619</v>
+        <v>618</v>
       </c>
       <c r="H245" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I245" s="1" t="s">
-        <v>1073</v>
+        <v>1075</v>
       </c>
       <c r="J245" s="0"/>
       <c r="K245" s="0" t="s">
-        <v>1074</v>
+        <v>262</v>
       </c>
       <c r="L245" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="246" spans="1:12" customHeight="1" ht="80">
       <c r="A246" s="0"/>
       <c r="B246" s="0" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="C246" s="0" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="D246" s="0" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="E246" s="0" t="s">
-        <v>949</v>
+        <v>15</v>
       </c>
       <c r="F246" s="0" t="s">
-        <v>1072</v>
+        <v>1079</v>
       </c>
       <c r="G246" s="0" t="s">
-        <v>619</v>
+        <v>17</v>
       </c>
       <c r="H246" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I246" s="1" t="s">
-        <v>1078</v>
+        <v>933</v>
       </c>
       <c r="J246" s="0"/>
       <c r="K246" s="0" t="s">
-        <v>99</v>
+        <v>125</v>
       </c>
       <c r="L246" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="247" spans="1:12" customHeight="1" ht="80">
       <c r="A247" s="0"/>
       <c r="B247" s="0" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="C247" s="0" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="D247" s="0" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="E247" s="0" t="s">
-        <v>15</v>
+        <v>946</v>
       </c>
       <c r="F247" s="0" t="s">
-        <v>1082</v>
+        <v>1069</v>
       </c>
       <c r="G247" s="0" t="s">
-        <v>17</v>
+        <v>618</v>
       </c>
       <c r="H247" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I247" s="1" t="s">
-        <v>932</v>
+        <v>1083</v>
       </c>
       <c r="J247" s="0"/>
       <c r="K247" s="0" t="s">
-        <v>54</v>
+        <v>20</v>
       </c>
       <c r="L247" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="248" spans="1:12" customHeight="1" ht="80">
       <c r="A248" s="0"/>
       <c r="B248" s="0" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="C248" s="0" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="D248" s="0" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="E248" s="0" t="s">
-        <v>949</v>
+        <v>15</v>
       </c>
       <c r="F248" s="0" t="s">
-        <v>1072</v>
+        <v>1079</v>
       </c>
       <c r="G248" s="0" t="s">
-        <v>619</v>
+        <v>17</v>
       </c>
       <c r="H248" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I248" s="1" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="J248" s="0"/>
       <c r="K248" s="0" t="s">
-        <v>20</v>
+        <v>53</v>
       </c>
       <c r="L248" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="249" spans="1:12" customHeight="1" ht="80">
       <c r="A249" s="0"/>
       <c r="B249" s="0" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="C249" s="0" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="D249" s="0" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="E249" s="0" t="s">
-        <v>15</v>
+        <v>203</v>
       </c>
       <c r="F249" s="0" t="s">
-        <v>1082</v>
+        <v>1091</v>
       </c>
       <c r="G249" s="0" t="s">
-        <v>17</v>
+        <v>205</v>
       </c>
       <c r="H249" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I249" s="1" t="s">
-        <v>1090</v>
+        <v>1092</v>
       </c>
       <c r="J249" s="0"/>
       <c r="K249" s="0" t="s">
-        <v>54</v>
+        <v>20</v>
       </c>
       <c r="L249" s="0">
-        <v>36</v>
+        <v>72</v>
       </c>
     </row>
     <row r="250" spans="1:12" customHeight="1" ht="80">
       <c r="A250" s="0"/>
       <c r="B250" s="0" t="s">
+        <v>1093</v>
+      </c>
+      <c r="C250" s="0" t="s">
+        <v>1094</v>
+      </c>
+      <c r="D250" s="0" t="s">
+        <v>1095</v>
+      </c>
+      <c r="E250" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F250" s="0" t="s">
         <v>1091</v>
       </c>
-      <c r="C250" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G250" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H250" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I250" s="1" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="J250" s="0"/>
       <c r="K250" s="0" t="s">
-        <v>20</v>
+        <v>125</v>
       </c>
       <c r="L250" s="0">
-        <v>72</v>
+        <v>6</v>
       </c>
     </row>
     <row r="251" spans="1:12" customHeight="1" ht="80">
       <c r="A251" s="0"/>
       <c r="B251" s="0" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="C251" s="0" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="D251" s="0" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="E251" s="0" t="s">
-        <v>206</v>
+        <v>15</v>
       </c>
       <c r="F251" s="0" t="s">
-        <v>1094</v>
+        <v>1079</v>
       </c>
       <c r="G251" s="0" t="s">
-        <v>208</v>
+        <v>17</v>
       </c>
       <c r="H251" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I251" s="1" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="J251" s="0"/>
       <c r="K251" s="0" t="s">
-        <v>99</v>
+        <v>125</v>
       </c>
       <c r="L251" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="252" spans="1:12" customHeight="1" ht="80">
       <c r="A252" s="0"/>
       <c r="B252" s="0" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="C252" s="0" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="D252" s="0" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="E252" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F252" s="0" t="s">
-        <v>1082</v>
+        <v>929</v>
       </c>
       <c r="G252" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H252" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I252" s="1" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="J252" s="0"/>
       <c r="K252" s="0" t="s">
-        <v>99</v>
+        <v>234</v>
       </c>
       <c r="L252" s="0">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="253" spans="1:12" customHeight="1" ht="80">
       <c r="A253" s="0"/>
       <c r="B253" s="0" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="C253" s="0" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="D253" s="0" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="E253" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F253" s="0" t="s">
-        <v>928</v>
+        <v>1108</v>
       </c>
       <c r="G253" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H253" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I253" s="1" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
       <c r="J253" s="0"/>
       <c r="K253" s="0" t="s">
-        <v>99</v>
+        <v>20</v>
       </c>
       <c r="L253" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="254" spans="1:12" customHeight="1" ht="80">
       <c r="A254" s="0"/>
       <c r="B254" s="0" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
       <c r="C254" s="0" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
       <c r="D254" s="0" t="s">
-        <v>1110</v>
+        <v>1112</v>
       </c>
       <c r="E254" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F254" s="0" t="s">
-        <v>1111</v>
+        <v>1108</v>
       </c>
       <c r="G254" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H254" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I254" s="1" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="J254" s="0"/>
       <c r="K254" s="0" t="s">
-        <v>20</v>
+        <v>38</v>
       </c>
       <c r="L254" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="255" spans="1:12" customHeight="1" ht="80">
       <c r="A255" s="0"/>
       <c r="B255" s="0" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="C255" s="0" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="D255" s="0" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="E255" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F255" s="0" t="s">
-        <v>1111</v>
+        <v>1108</v>
       </c>
       <c r="G255" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H255" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I255" s="1" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="J255" s="0"/>
       <c r="K255" s="0" t="s">
-        <v>39</v>
+        <v>150</v>
       </c>
       <c r="L255" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="256" spans="1:12" customHeight="1" ht="80">
       <c r="A256" s="0"/>
       <c r="B256" s="0" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="C256" s="0" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="D256" s="0" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="E256" s="0" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>799</v>
+      </c>
+      <c r="F256" s="0"/>
       <c r="G256" s="0" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="H256" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I256" s="1" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="J256" s="0"/>
       <c r="K256" s="0" t="s">
-        <v>1121</v>
+        <v>20</v>
       </c>
       <c r="L256" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="257" spans="1:12" customHeight="1" ht="80">
       <c r="A257" s="0"/>
       <c r="B257" s="0" t="s">
         <v>1122</v>
       </c>
       <c r="C257" s="0" t="s">
         <v>1123</v>
       </c>
       <c r="D257" s="0" t="s">
         <v>1124</v>
       </c>
       <c r="E257" s="0" t="s">
-        <v>797</v>
-[...1 lines deleted...]
-      <c r="F257" s="0"/>
+        <v>946</v>
+      </c>
+      <c r="F257" s="0" t="s">
+        <v>1125</v>
+      </c>
       <c r="G257" s="0" t="s">
-        <v>43</v>
+        <v>618</v>
       </c>
       <c r="H257" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I257" s="1" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="J257" s="0"/>
       <c r="K257" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L257" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="258" spans="1:12" customHeight="1" ht="80">
       <c r="A258" s="0"/>
       <c r="B258" s="0" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="C258" s="0" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="D258" s="0" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="E258" s="0" t="s">
-        <v>949</v>
+        <v>946</v>
       </c>
       <c r="F258" s="0" t="s">
-        <v>1129</v>
+        <v>1125</v>
       </c>
       <c r="G258" s="0" t="s">
-        <v>619</v>
+        <v>618</v>
       </c>
       <c r="H258" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I258" s="1" t="s">
-        <v>1130</v>
+        <v>786</v>
       </c>
       <c r="J258" s="0"/>
       <c r="K258" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L258" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="259" spans="1:12" customHeight="1" ht="80">
       <c r="A259" s="0"/>
       <c r="B259" s="0" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C259" s="0" t="s">
         <v>1131</v>
       </c>
-      <c r="C259" s="0" t="s">
+      <c r="D259" s="0" t="s">
         <v>1132</v>
       </c>
-      <c r="D259" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E259" s="0" t="s">
-        <v>949</v>
+        <v>15</v>
       </c>
       <c r="F259" s="0" t="s">
-        <v>1129</v>
+        <v>1108</v>
       </c>
       <c r="G259" s="0" t="s">
-        <v>619</v>
+        <v>17</v>
       </c>
       <c r="H259" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I259" s="1" t="s">
-        <v>784</v>
+        <v>380</v>
       </c>
       <c r="J259" s="0"/>
       <c r="K259" s="0" t="s">
-        <v>45</v>
+        <v>290</v>
       </c>
       <c r="L259" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="260" spans="1:12" customHeight="1" ht="80">
       <c r="A260" s="0"/>
       <c r="B260" s="0" t="s">
+        <v>1133</v>
+      </c>
+      <c r="C260" s="0" t="s">
         <v>1134</v>
       </c>
-      <c r="C260" s="0" t="s">
+      <c r="D260" s="0" t="s">
         <v>1135</v>
       </c>
-      <c r="D260" s="0" t="s">
+      <c r="E260" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F260" s="0" t="s">
+        <v>1055</v>
+      </c>
+      <c r="G260" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="H260" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I260" s="1" t="s">
         <v>1136</v>
-      </c>
-[...13 lines deleted...]
-        <v>382</v>
       </c>
       <c r="J260" s="0"/>
       <c r="K260" s="0" t="s">
-        <v>1137</v>
+        <v>20</v>
       </c>
       <c r="L260" s="0">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="261" spans="1:12" customHeight="1" ht="80">
       <c r="A261" s="0"/>
       <c r="B261" s="0" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C261" s="0" t="s">
         <v>1138</v>
       </c>
-      <c r="C261" s="0" t="s">
+      <c r="D261" s="0">
+        <v>1349</v>
+      </c>
+      <c r="E261" s="0" t="s">
         <v>1139</v>
       </c>
-      <c r="D261" s="0" t="s">
+      <c r="F261" s="0" t="s">
         <v>1140</v>
       </c>
-      <c r="E261" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G261" s="0" t="s">
-        <v>213</v>
+        <v>626</v>
       </c>
       <c r="H261" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I261" s="1" t="s">
         <v>1141</v>
       </c>
       <c r="J261" s="0"/>
       <c r="K261" s="0" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="L261" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="262" spans="1:12" customHeight="1" ht="80">
       <c r="A262" s="0"/>
       <c r="B262" s="0" t="s">
         <v>1142</v>
       </c>
       <c r="C262" s="0" t="s">
         <v>1143</v>
       </c>
-      <c r="D262" s="0">
-        <v>1349</v>
+      <c r="D262" s="0" t="s">
+        <v>1144</v>
       </c>
       <c r="E262" s="0" t="s">
-        <v>1144</v>
+        <v>616</v>
       </c>
       <c r="F262" s="0" t="s">
         <v>1145</v>
       </c>
       <c r="G262" s="0" t="s">
-        <v>626</v>
+        <v>618</v>
       </c>
       <c r="H262" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I262" s="1" t="s">
         <v>1146</v>
       </c>
       <c r="J262" s="0"/>
       <c r="K262" s="0" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L262" s="0"/>
     </row>
     <row r="263" spans="1:12" customHeight="1" ht="80">
       <c r="A263" s="0"/>
       <c r="B263" s="0" t="s">
         <v>1147</v>
       </c>
       <c r="C263" s="0" t="s">
         <v>1148</v>
       </c>
       <c r="D263" s="0" t="s">
         <v>1149</v>
       </c>
       <c r="E263" s="0" t="s">
-        <v>617</v>
+        <v>616</v>
       </c>
       <c r="F263" s="0" t="s">
+        <v>1145</v>
+      </c>
+      <c r="G263" s="0" t="s">
+        <v>618</v>
+      </c>
+      <c r="H263" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I263" s="1" t="s">
         <v>1150</v>
-      </c>
-[...7 lines deleted...]
-        <v>1151</v>
       </c>
       <c r="J263" s="0"/>
       <c r="K263" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L263" s="0"/>
     </row>
     <row r="264" spans="1:12" customHeight="1" ht="80">
       <c r="A264" s="0"/>
       <c r="B264" s="0" t="s">
+        <v>1151</v>
+      </c>
+      <c r="C264" s="0" t="s">
         <v>1152</v>
       </c>
-      <c r="C264" s="0" t="s">
+      <c r="D264" s="0" t="s">
         <v>1153</v>
       </c>
-      <c r="D264" s="0" t="s">
+      <c r="E264" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="F264" s="0" t="s">
         <v>1154</v>
       </c>
-      <c r="E264" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G264" s="0" t="s">
-        <v>619</v>
+        <v>123</v>
       </c>
       <c r="H264" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I264" s="1" t="s">
         <v>1155</v>
       </c>
       <c r="J264" s="0"/>
       <c r="K264" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L264" s="0"/>
+      <c r="L264" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="265" spans="1:12" customHeight="1" ht="80">
       <c r="A265" s="0"/>
       <c r="B265" s="0" t="s">
         <v>1156</v>
       </c>
       <c r="C265" s="0" t="s">
         <v>1157</v>
       </c>
       <c r="D265" s="0" t="s">
         <v>1158</v>
       </c>
       <c r="E265" s="0" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="F265" s="0" t="s">
+        <v>1154</v>
+      </c>
+      <c r="G265" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="H265" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I265" s="1" t="s">
         <v>1159</v>
-      </c>
-[...7 lines deleted...]
-        <v>1160</v>
       </c>
       <c r="J265" s="0"/>
       <c r="K265" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L265" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="266" spans="1:12" customHeight="1" ht="80">
       <c r="A266" s="0"/>
       <c r="B266" s="0" t="s">
+        <v>1160</v>
+      </c>
+      <c r="C266" s="0" t="s">
         <v>1161</v>
       </c>
-      <c r="C266" s="0" t="s">
+      <c r="D266" s="0" t="s">
         <v>1162</v>
       </c>
-      <c r="D266" s="0" t="s">
+      <c r="E266" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F266" s="0" t="s">
         <v>1163</v>
       </c>
-      <c r="E266" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G266" s="0" t="s">
-        <v>127</v>
+        <v>17</v>
       </c>
       <c r="H266" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I266" s="1" t="s">
         <v>1164</v>
       </c>
       <c r="J266" s="0"/>
       <c r="K266" s="0" t="s">
-        <v>20</v>
+        <v>53</v>
       </c>
       <c r="L266" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="267" spans="1:12" customHeight="1" ht="80">
       <c r="A267" s="0"/>
       <c r="B267" s="0" t="s">
         <v>1165</v>
       </c>
       <c r="C267" s="0" t="s">
         <v>1166</v>
       </c>
       <c r="D267" s="0" t="s">
         <v>1167</v>
       </c>
       <c r="E267" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F267" s="0" t="s">
-        <v>1168</v>
+        <v>1163</v>
       </c>
       <c r="G267" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H267" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I267" s="1" t="s">
-        <v>1169</v>
+        <v>1168</v>
       </c>
       <c r="J267" s="0"/>
       <c r="K267" s="0" t="s">
-        <v>54</v>
+        <v>20</v>
       </c>
       <c r="L267" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="268" spans="1:12" customHeight="1" ht="80">
       <c r="A268" s="0"/>
       <c r="B268" s="0" t="s">
+        <v>1169</v>
+      </c>
+      <c r="C268" s="0" t="s">
         <v>1170</v>
       </c>
-      <c r="C268" s="0" t="s">
+      <c r="D268" s="0" t="s">
         <v>1171</v>
-      </c>
-[...1 lines deleted...]
-        <v>1172</v>
       </c>
       <c r="E268" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F268" s="0" t="s">
-        <v>1168</v>
+        <v>1163</v>
       </c>
       <c r="G268" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H268" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I268" s="1" t="s">
-        <v>1173</v>
+        <v>1172</v>
       </c>
       <c r="J268" s="0"/>
       <c r="K268" s="0" t="s">
-        <v>20</v>
+        <v>1173</v>
       </c>
       <c r="L268" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="269" spans="1:12" customHeight="1" ht="80">
       <c r="A269" s="0"/>
       <c r="B269" s="0" t="s">
         <v>1174</v>
       </c>
       <c r="C269" s="0" t="s">
         <v>1175</v>
       </c>
       <c r="D269" s="0" t="s">
         <v>1176</v>
       </c>
       <c r="E269" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F269" s="0" t="s">
-        <v>1168</v>
+        <v>95</v>
       </c>
       <c r="G269" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H269" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I269" s="1" t="s">
         <v>1177</v>
       </c>
       <c r="J269" s="0"/>
       <c r="K269" s="0" t="s">
-        <v>93</v>
+        <v>1178</v>
       </c>
       <c r="L269" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="270" spans="1:12" customHeight="1" ht="80">
       <c r="A270" s="0"/>
       <c r="B270" s="0" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="C270" s="0" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="D270" s="0" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="E270" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F270" s="0" t="s">
-        <v>97</v>
+        <v>835</v>
       </c>
       <c r="G270" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H270" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I270" s="1" t="s">
-        <v>1181</v>
+        <v>1168</v>
       </c>
       <c r="J270" s="0"/>
       <c r="K270" s="0" t="s">
-        <v>1182</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L270" s="0"/>
     </row>
     <row r="271" spans="1:12" customHeight="1" ht="80">
       <c r="A271" s="0"/>
       <c r="B271" s="0" t="s">
+        <v>1182</v>
+      </c>
+      <c r="C271" s="0" t="s">
         <v>1183</v>
       </c>
-      <c r="C271" s="0" t="s">
+      <c r="D271" s="0" t="s">
         <v>1184</v>
       </c>
-      <c r="D271" s="0" t="s">
+      <c r="E271" s="0" t="s">
+        <v>616</v>
+      </c>
+      <c r="F271" s="0" t="s">
         <v>1185</v>
       </c>
-      <c r="E271" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G271" s="0" t="s">
-        <v>17</v>
+        <v>618</v>
       </c>
       <c r="H271" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I271" s="1" t="s">
-        <v>1173</v>
+        <v>848</v>
       </c>
       <c r="J271" s="0"/>
       <c r="K271" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L271" s="0"/>
     </row>
     <row r="272" spans="1:12" customHeight="1" ht="80">
       <c r="A272" s="0"/>
       <c r="B272" s="0" t="s">
         <v>1186</v>
       </c>
       <c r="C272" s="0" t="s">
         <v>1187</v>
       </c>
       <c r="D272" s="0" t="s">
         <v>1188</v>
       </c>
       <c r="E272" s="0" t="s">
-        <v>617</v>
+        <v>616</v>
       </c>
       <c r="F272" s="0" t="s">
         <v>1189</v>
       </c>
       <c r="G272" s="0" t="s">
-        <v>619</v>
+        <v>618</v>
       </c>
       <c r="H272" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I272" s="1" t="s">
-        <v>846</v>
+        <v>1190</v>
       </c>
       <c r="J272" s="0"/>
       <c r="K272" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L272" s="0"/>
     </row>
     <row r="273" spans="1:12" customHeight="1" ht="80">
       <c r="A273" s="0"/>
       <c r="B273" s="0" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="C273" s="0" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="D273" s="0" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="E273" s="0" t="s">
-        <v>617</v>
+        <v>47</v>
       </c>
       <c r="F273" s="0" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="G273" s="0" t="s">
-        <v>619</v>
+        <v>42</v>
       </c>
       <c r="H273" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I273" s="1" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="J273" s="0"/>
       <c r="K273" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L273" s="0"/>
+        <v>66</v>
+      </c>
+      <c r="L273" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="274" spans="1:12" customHeight="1" ht="80">
       <c r="A274" s="0"/>
       <c r="B274" s="0" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="C274" s="0" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="D274" s="0" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="E274" s="0" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F274" s="0" t="s">
-        <v>1198</v>
+        <v>1194</v>
       </c>
       <c r="G274" s="0" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H274" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I274" s="1" t="s">
         <v>1199</v>
       </c>
       <c r="J274" s="0"/>
       <c r="K274" s="0" t="s">
-        <v>67</v>
+        <v>20</v>
       </c>
       <c r="L274" s="0">
-        <v>6</v>
+        <v>48</v>
       </c>
     </row>
     <row r="275" spans="1:12" customHeight="1" ht="80">
       <c r="A275" s="0"/>
       <c r="B275" s="0" t="s">
         <v>1200</v>
       </c>
       <c r="C275" s="0" t="s">
         <v>1201</v>
       </c>
       <c r="D275" s="0" t="s">
         <v>1202</v>
       </c>
       <c r="E275" s="0" t="s">
-        <v>48</v>
+        <v>405</v>
       </c>
       <c r="F275" s="0" t="s">
-        <v>1198</v>
+        <v>1203</v>
       </c>
       <c r="G275" s="0" t="s">
-        <v>43</v>
+        <v>407</v>
       </c>
       <c r="H275" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I275" s="1" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="J275" s="0"/>
       <c r="K275" s="0" t="s">
-        <v>20</v>
+        <v>1205</v>
       </c>
       <c r="L275" s="0">
-        <v>48</v>
+        <v>6</v>
       </c>
     </row>
     <row r="276" spans="1:12" customHeight="1" ht="80">
       <c r="A276" s="0"/>
       <c r="B276" s="0" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
       <c r="C276" s="0" t="s">
-        <v>1205</v>
+        <v>1207</v>
       </c>
       <c r="D276" s="0" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="E276" s="0" t="s">
+        <v>405</v>
+      </c>
+      <c r="F276" s="0" t="s">
+        <v>1209</v>
+      </c>
+      <c r="G276" s="0" t="s">
         <v>407</v>
       </c>
-      <c r="F276" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H276" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I276" s="1" t="s">
-        <v>1208</v>
+        <v>809</v>
       </c>
       <c r="J276" s="0"/>
       <c r="K276" s="0" t="s">
-        <v>1209</v>
+        <v>1012</v>
       </c>
       <c r="L276" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="277" spans="1:12" customHeight="1" ht="80">
       <c r="A277" s="0"/>
       <c r="B277" s="0" t="s">
         <v>1210</v>
       </c>
       <c r="C277" s="0" t="s">
         <v>1211</v>
       </c>
       <c r="D277" s="0" t="s">
         <v>1212</v>
       </c>
       <c r="E277" s="0" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="F277" s="0" t="s">
         <v>1213</v>
       </c>
       <c r="G277" s="0" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="H277" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I277" s="1" t="s">
-        <v>807</v>
+        <v>313</v>
       </c>
       <c r="J277" s="0"/>
       <c r="K277" s="0" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="L277" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="278" spans="1:12" customHeight="1" ht="80">
       <c r="A278" s="0"/>
       <c r="B278" s="0" t="s">
         <v>1214</v>
       </c>
       <c r="C278" s="0" t="s">
         <v>1215</v>
       </c>
       <c r="D278" s="0" t="s">
         <v>1216</v>
       </c>
       <c r="E278" s="0" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="F278" s="0" t="s">
         <v>1217</v>
       </c>
       <c r="G278" s="0" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="H278" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I278" s="1" t="s">
-        <v>315</v>
+        <v>1218</v>
       </c>
       <c r="J278" s="0"/>
       <c r="K278" s="0" t="s">
-        <v>283</v>
+        <v>125</v>
       </c>
       <c r="L278" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="279" spans="1:12" customHeight="1" ht="80">
       <c r="A279" s="0"/>
       <c r="B279" s="0" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="C279" s="0" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="D279" s="0" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="E279" s="0" t="s">
+        <v>405</v>
+      </c>
+      <c r="F279" s="0" t="s">
+        <v>1217</v>
+      </c>
+      <c r="G279" s="0" t="s">
         <v>407</v>
       </c>
-      <c r="F279" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H279" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I279" s="1" t="s">
-        <v>1222</v>
+        <v>863</v>
       </c>
       <c r="J279" s="0"/>
       <c r="K279" s="0" t="s">
-        <v>54</v>
+        <v>623</v>
       </c>
       <c r="L279" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="280" spans="1:12" customHeight="1" ht="80">
       <c r="A280" s="0"/>
       <c r="B280" s="0" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C280" s="0" t="s">
         <v>1223</v>
       </c>
-      <c r="C280" s="0" t="s">
+      <c r="D280" s="0" t="s">
         <v>1224</v>
       </c>
-      <c r="D280" s="0" t="s">
+      <c r="E280" s="0" t="s">
+        <v>405</v>
+      </c>
+      <c r="F280" s="0" t="s">
+        <v>1217</v>
+      </c>
+      <c r="G280" s="0" t="s">
+        <v>407</v>
+      </c>
+      <c r="H280" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I280" s="1" t="s">
         <v>1225</v>
-      </c>
-[...13 lines deleted...]
-        <v>861</v>
       </c>
       <c r="J280" s="0"/>
       <c r="K280" s="0" t="s">
-        <v>1182</v>
+        <v>826</v>
       </c>
       <c r="L280" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="281" spans="1:12" customHeight="1" ht="80">
       <c r="A281" s="0"/>
       <c r="B281" s="0" t="s">
         <v>1226</v>
       </c>
       <c r="C281" s="0" t="s">
         <v>1227</v>
       </c>
       <c r="D281" s="0" t="s">
         <v>1228</v>
       </c>
       <c r="E281" s="0" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="F281" s="0" t="s">
-        <v>1221</v>
+        <v>1203</v>
       </c>
       <c r="G281" s="0" t="s">
-        <v>409</v>
+        <v>36</v>
       </c>
       <c r="H281" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I281" s="1" t="s">
-        <v>1229</v>
+        <v>1146</v>
       </c>
       <c r="J281" s="0"/>
       <c r="K281" s="0" t="s">
-        <v>1182</v>
+        <v>20</v>
       </c>
       <c r="L281" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="282" spans="1:12" customHeight="1" ht="80">
       <c r="A282" s="0"/>
       <c r="B282" s="0" t="s">
+        <v>1229</v>
+      </c>
+      <c r="C282" s="0" t="s">
         <v>1230</v>
       </c>
-      <c r="C282" s="0" t="s">
+      <c r="D282" s="0" t="s">
         <v>1231</v>
       </c>
-      <c r="D282" s="0" t="s">
+      <c r="E282" s="0" t="s">
+        <v>405</v>
+      </c>
+      <c r="F282" s="0" t="s">
+        <v>1209</v>
+      </c>
+      <c r="G282" s="0" t="s">
+        <v>407</v>
+      </c>
+      <c r="H282" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I282" s="1" t="s">
         <v>1232</v>
-      </c>
-[...13 lines deleted...]
-        <v>1151</v>
       </c>
       <c r="J282" s="0"/>
       <c r="K282" s="0" t="s">
-        <v>20</v>
+        <v>86</v>
       </c>
       <c r="L282" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="283" spans="1:12" customHeight="1" ht="80">
       <c r="A283" s="0"/>
       <c r="B283" s="0" t="s">
         <v>1233</v>
       </c>
       <c r="C283" s="0" t="s">
         <v>1234</v>
       </c>
       <c r="D283" s="0" t="s">
         <v>1235</v>
       </c>
       <c r="E283" s="0" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="F283" s="0" t="s">
         <v>1213</v>
       </c>
       <c r="G283" s="0" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="H283" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I283" s="1" t="s">
-        <v>1236</v>
+        <v>840</v>
       </c>
       <c r="J283" s="0"/>
       <c r="K283" s="0" t="s">
-        <v>118</v>
+        <v>20</v>
       </c>
       <c r="L283" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="284" spans="1:12" customHeight="1" ht="80">
       <c r="A284" s="0"/>
       <c r="B284" s="0" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C284" s="0" t="s">
         <v>1237</v>
       </c>
-      <c r="C284" s="0" t="s">
+      <c r="D284" s="0" t="s">
         <v>1238</v>
       </c>
-      <c r="D284" s="0" t="s">
+      <c r="E284" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F284" s="0" t="s">
         <v>1239</v>
       </c>
-      <c r="E284" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G284" s="0" t="s">
-        <v>409</v>
+        <v>1240</v>
       </c>
       <c r="H284" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I284" s="1" t="s">
-        <v>838</v>
+        <v>1241</v>
       </c>
       <c r="J284" s="0"/>
       <c r="K284" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L284" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="285" spans="1:12" customHeight="1" ht="80">
       <c r="A285" s="0"/>
       <c r="B285" s="0" t="s">
+        <v>1242</v>
+      </c>
+      <c r="C285" s="0" t="s">
+        <v>1243</v>
+      </c>
+      <c r="D285" s="0" t="s">
+        <v>1244</v>
+      </c>
+      <c r="E285" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F285" s="0" t="s">
+        <v>1239</v>
+      </c>
+      <c r="G285" s="0" t="s">
         <v>1240</v>
-      </c>
-[...13 lines deleted...]
-        <v>1244</v>
       </c>
       <c r="H285" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I285" s="1" t="s">
         <v>1245</v>
       </c>
       <c r="J285" s="0"/>
       <c r="K285" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L285" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="286" spans="1:12" customHeight="1" ht="80">
       <c r="A286" s="0"/>
       <c r="B286" s="0" t="s">
         <v>1246</v>
       </c>
       <c r="C286" s="0" t="s">
         <v>1247</v>
       </c>
       <c r="D286" s="0" t="s">
         <v>1248</v>
       </c>
       <c r="E286" s="0" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="F286" s="0" t="s">
-        <v>1243</v>
+        <v>1239</v>
       </c>
       <c r="G286" s="0" t="s">
-        <v>1244</v>
+        <v>210</v>
       </c>
       <c r="H286" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I286" s="1" t="s">
-        <v>1249</v>
+        <v>822</v>
       </c>
       <c r="J286" s="0"/>
       <c r="K286" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L286" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="287" spans="1:12" customHeight="1" ht="80">
       <c r="A287" s="0"/>
       <c r="B287" s="0" t="s">
+        <v>1249</v>
+      </c>
+      <c r="C287" s="0" t="s">
         <v>1250</v>
       </c>
-      <c r="C287" s="0" t="s">
+      <c r="D287" s="0" t="s">
         <v>1251</v>
       </c>
-      <c r="D287" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E287" s="0" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="F287" s="0" t="s">
-        <v>1243</v>
+        <v>1239</v>
       </c>
       <c r="G287" s="0" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="H287" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I287" s="1" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
       <c r="J287" s="0"/>
       <c r="K287" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L287" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="288" spans="1:12" customHeight="1" ht="80">
       <c r="A288" s="0"/>
       <c r="B288" s="0" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C288" s="0" t="s">
         <v>1253</v>
       </c>
-      <c r="C288" s="0" t="s">
+      <c r="D288" s="0" t="s">
         <v>1254</v>
       </c>
-      <c r="D288" s="0" t="s">
+      <c r="E288" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F288" s="0" t="s">
+        <v>1239</v>
+      </c>
+      <c r="G288" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="H288" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I288" s="1" t="s">
         <v>1255</v>
-      </c>
-[...13 lines deleted...]
-        <v>824</v>
       </c>
       <c r="J288" s="0"/>
       <c r="K288" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L288" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="289" spans="1:12" customHeight="1" ht="80">
       <c r="A289" s="0"/>
       <c r="B289" s="0" t="s">
         <v>1256</v>
       </c>
       <c r="C289" s="0" t="s">
         <v>1257</v>
       </c>
       <c r="D289" s="0" t="s">
         <v>1258</v>
       </c>
       <c r="E289" s="0" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="F289" s="0" t="s">
-        <v>1243</v>
+        <v>1239</v>
       </c>
       <c r="G289" s="0" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="H289" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I289" s="1" t="s">
-        <v>1259</v>
+        <v>825</v>
       </c>
       <c r="J289" s="0"/>
       <c r="K289" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L289" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="290" spans="1:12" customHeight="1" ht="80">
       <c r="A290" s="0"/>
       <c r="B290" s="0" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C290" s="0" t="s">
         <v>1260</v>
       </c>
-      <c r="C290" s="0" t="s">
+      <c r="D290" s="0" t="s">
         <v>1261</v>
       </c>
-      <c r="D290" s="0" t="s">
+      <c r="E290" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F290" s="0" t="s">
+        <v>1163</v>
+      </c>
+      <c r="G290" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H290" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I290" s="1" t="s">
         <v>1262</v>
-      </c>
-[...13 lines deleted...]
-        <v>824</v>
       </c>
       <c r="J290" s="0"/>
       <c r="K290" s="0" t="s">
-        <v>20</v>
+        <v>53</v>
       </c>
       <c r="L290" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="291" spans="1:12" customHeight="1" ht="80">
       <c r="A291" s="0"/>
       <c r="B291" s="0" t="s">
         <v>1263</v>
       </c>
       <c r="C291" s="0" t="s">
         <v>1264</v>
       </c>
       <c r="D291" s="0" t="s">
         <v>1265</v>
       </c>
       <c r="E291" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F291" s="0" t="s">
-        <v>1168</v>
+        <v>1163</v>
       </c>
       <c r="G291" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H291" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I291" s="1" t="s">
         <v>1266</v>
       </c>
       <c r="J291" s="0"/>
       <c r="K291" s="0" t="s">
-        <v>54</v>
+        <v>1178</v>
       </c>
       <c r="L291" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="292" spans="1:12" customHeight="1" ht="80">
       <c r="A292" s="0"/>
       <c r="B292" s="0" t="s">
         <v>1267</v>
       </c>
       <c r="C292" s="0" t="s">
         <v>1268</v>
       </c>
       <c r="D292" s="0" t="s">
         <v>1269</v>
       </c>
       <c r="E292" s="0" t="s">
-        <v>15</v>
+        <v>616</v>
       </c>
       <c r="F292" s="0" t="s">
-        <v>1168</v>
+        <v>1270</v>
       </c>
       <c r="G292" s="0" t="s">
-        <v>17</v>
+        <v>618</v>
       </c>
       <c r="H292" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I292" s="1" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="J292" s="0"/>
       <c r="K292" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L292" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L292" s="0"/>
     </row>
     <row r="293" spans="1:12" customHeight="1" ht="80">
       <c r="A293" s="0"/>
       <c r="B293" s="0" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="C293" s="0" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="D293" s="0" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="E293" s="0" t="s">
-        <v>617</v>
+        <v>47</v>
       </c>
       <c r="F293" s="0" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="G293" s="0" t="s">
-        <v>619</v>
+        <v>42</v>
       </c>
       <c r="H293" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I293" s="1" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="J293" s="0"/>
       <c r="K293" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L293" s="0"/>
+      <c r="L293" s="0">
+        <v>48</v>
+      </c>
     </row>
     <row r="294" spans="1:12" customHeight="1" ht="80">
-      <c r="A294" s="0"/>
       <c r="B294" s="0" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="C294" s="0" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="D294" s="0" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="E294" s="0" t="s">
-        <v>48</v>
+        <v>1280</v>
       </c>
       <c r="F294" s="0" t="s">
-        <v>1279</v>
+        <v>1281</v>
       </c>
       <c r="G294" s="0" t="s">
-        <v>43</v>
+        <v>17</v>
       </c>
       <c r="H294" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I294" s="1" t="s">
-        <v>1280</v>
+        <v>1282</v>
       </c>
       <c r="J294" s="0"/>
       <c r="K294" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L294" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L294" s="0"/>
     </row>
     <row r="295" spans="1:12" customHeight="1" ht="80">
+      <c r="A295" s="0"/>
       <c r="B295" s="0" t="s">
-        <v>1281</v>
+        <v>1283</v>
       </c>
       <c r="C295" s="0" t="s">
-        <v>1282</v>
+        <v>1284</v>
       </c>
       <c r="D295" s="0" t="s">
-        <v>1283</v>
+        <v>1285</v>
       </c>
       <c r="E295" s="0" t="s">
-        <v>1284</v>
+        <v>405</v>
       </c>
       <c r="F295" s="0" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="G295" s="0" t="s">
-        <v>17</v>
+        <v>407</v>
       </c>
       <c r="H295" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I295" s="1" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="J295" s="0"/>
       <c r="K295" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L295" s="0"/>
+        <v>38</v>
+      </c>
+      <c r="L295" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="296" spans="1:12" customHeight="1" ht="80">
       <c r="A296" s="0"/>
       <c r="B296" s="0" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="C296" s="0" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="D296" s="0" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="E296" s="0" t="s">
+        <v>405</v>
+      </c>
+      <c r="F296" s="0" t="s">
+        <v>1291</v>
+      </c>
+      <c r="G296" s="0" t="s">
         <v>407</v>
       </c>
-      <c r="F296" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H296" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I296" s="1" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="J296" s="0"/>
       <c r="K296" s="0" t="s">
-        <v>39</v>
+        <v>234</v>
       </c>
       <c r="L296" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="297" spans="1:12" customHeight="1" ht="80">
       <c r="A297" s="0"/>
       <c r="B297" s="0" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="C297" s="0" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="D297" s="0" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="E297" s="0" t="s">
-        <v>407</v>
+        <v>15</v>
       </c>
       <c r="F297" s="0" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="G297" s="0" t="s">
-        <v>409</v>
+        <v>17</v>
       </c>
       <c r="H297" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I297" s="1" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="J297" s="0"/>
       <c r="K297" s="0" t="s">
-        <v>93</v>
+        <v>53</v>
       </c>
       <c r="L297" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="298" spans="1:12" customHeight="1" ht="80">
       <c r="A298" s="0"/>
       <c r="B298" s="0" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="C298" s="0" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="D298" s="0" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="E298" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F298" s="0" t="s">
-        <v>1300</v>
+        <v>1296</v>
       </c>
       <c r="G298" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H298" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I298" s="1" t="s">
         <v>1301</v>
       </c>
       <c r="J298" s="0"/>
       <c r="K298" s="0" t="s">
-        <v>54</v>
+        <v>86</v>
       </c>
       <c r="L298" s="0">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="299" spans="1:12" customHeight="1" ht="80">
       <c r="A299" s="0"/>
       <c r="B299" s="0" t="s">
         <v>1302</v>
       </c>
       <c r="C299" s="0" t="s">
         <v>1303</v>
       </c>
       <c r="D299" s="0" t="s">
         <v>1304</v>
       </c>
       <c r="E299" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F299" s="0" t="s">
-        <v>1300</v>
+        <v>1296</v>
       </c>
       <c r="G299" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H299" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I299" s="1" t="s">
         <v>1305</v>
       </c>
       <c r="J299" s="0"/>
       <c r="K299" s="0" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="L299" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="300" spans="1:12" customHeight="1" ht="80">
       <c r="A300" s="0"/>
       <c r="B300" s="0" t="s">
         <v>1306</v>
       </c>
       <c r="C300" s="0" t="s">
         <v>1307</v>
       </c>
       <c r="D300" s="0" t="s">
         <v>1308</v>
       </c>
       <c r="E300" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F300" s="0" t="s">
-        <v>1300</v>
+        <v>1309</v>
       </c>
       <c r="G300" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H300" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I300" s="1" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="J300" s="0"/>
       <c r="K300" s="0" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="L300" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="301" spans="1:12" customHeight="1" ht="80">
       <c r="A301" s="0"/>
       <c r="B301" s="0" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="C301" s="0" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="D301" s="0" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="E301" s="0" t="s">
-        <v>15</v>
+        <v>1314</v>
       </c>
       <c r="F301" s="0" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
       <c r="G301" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H301" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I301" s="1" t="s">
-        <v>1314</v>
+        <v>1316</v>
       </c>
       <c r="J301" s="0"/>
       <c r="K301" s="0" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L301" s="0"/>
     </row>
     <row r="302" spans="1:12" customHeight="1" ht="80">
       <c r="A302" s="0"/>
       <c r="B302" s="0" t="s">
-        <v>1315</v>
+        <v>1317</v>
       </c>
       <c r="C302" s="0" t="s">
-        <v>1316</v>
+        <v>1318</v>
       </c>
       <c r="D302" s="0" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="E302" s="0" t="s">
-        <v>1318</v>
+        <v>1320</v>
       </c>
       <c r="F302" s="0" t="s">
-        <v>1319</v>
+        <v>1321</v>
       </c>
       <c r="G302" s="0" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="H302" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I302" s="1" t="s">
-        <v>1320</v>
+        <v>1322</v>
       </c>
       <c r="J302" s="0"/>
       <c r="K302" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L302" s="0"/>
+        <v>368</v>
+      </c>
+      <c r="L302" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="303" spans="1:12" customHeight="1" ht="80">
       <c r="A303" s="0"/>
       <c r="B303" s="0" t="s">
+        <v>1323</v>
+      </c>
+      <c r="C303" s="0" t="s">
+        <v>1324</v>
+      </c>
+      <c r="D303" s="0" t="s">
+        <v>1325</v>
+      </c>
+      <c r="E303" s="0" t="s">
+        <v>1320</v>
+      </c>
+      <c r="F303" s="0" t="s">
         <v>1321</v>
       </c>
-      <c r="C303" s="0" t="s">
+      <c r="G303" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="H303" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I303" s="1" t="s">
         <v>1322</v>
-      </c>
-[...16 lines deleted...]
-        <v>1325</v>
       </c>
       <c r="J303" s="0"/>
       <c r="K303" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L303" s="0"/>
+        <v>234</v>
+      </c>
+      <c r="L303" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="304" spans="1:12" customHeight="1" ht="80">
       <c r="A304" s="0"/>
       <c r="B304" s="0" t="s">
         <v>1326</v>
       </c>
       <c r="C304" s="0" t="s">
         <v>1327</v>
       </c>
       <c r="D304" s="0" t="s">
         <v>1328</v>
       </c>
       <c r="E304" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="F304" s="0" t="s">
         <v>1329</v>
       </c>
-      <c r="F304" s="0" t="s">
+      <c r="G304" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H304" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I304" s="1" t="s">
         <v>1330</v>
-      </c>
-[...7 lines deleted...]
-        <v>1331</v>
       </c>
       <c r="J304" s="0"/>
       <c r="K304" s="0" t="s">
-        <v>370</v>
+        <v>20</v>
       </c>
       <c r="L304" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="305" spans="1:12" customHeight="1" ht="80">
       <c r="A305" s="0"/>
       <c r="B305" s="0" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C305" s="0" t="s">
         <v>1332</v>
       </c>
-      <c r="C305" s="0" t="s">
+      <c r="D305" s="0" t="s">
         <v>1333</v>
       </c>
-      <c r="D305" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E305" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="F305" s="0" t="s">
         <v>1329</v>
       </c>
-      <c r="F305" s="0" t="s">
+      <c r="G305" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H305" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I305" s="1" t="s">
         <v>1330</v>
-      </c>
-[...7 lines deleted...]
-        <v>1331</v>
       </c>
       <c r="J305" s="0"/>
       <c r="K305" s="0" t="s">
-        <v>237</v>
+        <v>20</v>
       </c>
       <c r="L305" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="306" spans="1:12" customHeight="1" ht="80">
       <c r="A306" s="0"/>
       <c r="B306" s="0" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C306" s="0" t="s">
         <v>1335</v>
       </c>
-      <c r="C306" s="0" t="s">
+      <c r="D306" s="0" t="s">
         <v>1336</v>
-      </c>
-[...1 lines deleted...]
-        <v>1337</v>
       </c>
       <c r="E306" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F306" s="0" t="s">
-        <v>1338</v>
+        <v>1329</v>
       </c>
       <c r="G306" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H306" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I306" s="1" t="s">
-        <v>1339</v>
+        <v>1337</v>
       </c>
       <c r="J306" s="0"/>
       <c r="K306" s="0" t="s">
-        <v>283</v>
+        <v>20</v>
       </c>
       <c r="L306" s="0">
-        <v>1</v>
+        <v>8</v>
       </c>
     </row>
     <row r="307" spans="1:12" customHeight="1" ht="80">
       <c r="A307" s="0"/>
       <c r="B307" s="0" t="s">
+        <v>1338</v>
+      </c>
+      <c r="C307" s="0" t="s">
+        <v>1339</v>
+      </c>
+      <c r="D307" s="0" t="s">
         <v>1340</v>
-      </c>
-[...4 lines deleted...]
-        <v>1342</v>
       </c>
       <c r="E307" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F307" s="0" t="s">
-        <v>1338</v>
+        <v>1329</v>
       </c>
       <c r="G307" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H307" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I307" s="1" t="s">
-        <v>1339</v>
+        <v>1341</v>
       </c>
       <c r="J307" s="0"/>
       <c r="K307" s="0" t="s">
-        <v>997</v>
+        <v>20</v>
       </c>
       <c r="L307" s="0">
-        <v>1</v>
+        <v>8</v>
       </c>
     </row>
     <row r="308" spans="1:12" customHeight="1" ht="80">
       <c r="A308" s="0"/>
       <c r="B308" s="0" t="s">
+        <v>1342</v>
+      </c>
+      <c r="C308" s="0" t="s">
         <v>1343</v>
       </c>
-      <c r="C308" s="0" t="s">
+      <c r="D308" s="0" t="s">
         <v>1344</v>
-      </c>
-[...1 lines deleted...]
-        <v>1345</v>
       </c>
       <c r="E308" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F308" s="0" t="s">
-        <v>1338</v>
+        <v>1329</v>
       </c>
       <c r="G308" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H308" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I308" s="1" t="s">
-        <v>1346</v>
+        <v>1341</v>
       </c>
       <c r="J308" s="0"/>
       <c r="K308" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L308" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="309" spans="1:12" customHeight="1" ht="80">
       <c r="A309" s="0"/>
       <c r="B309" s="0" t="s">
+        <v>1345</v>
+      </c>
+      <c r="C309" s="0" t="s">
+        <v>1346</v>
+      </c>
+      <c r="D309" s="0" t="s">
         <v>1347</v>
-      </c>
-[...4 lines deleted...]
-        <v>1349</v>
       </c>
       <c r="E309" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F309" s="0" t="s">
-        <v>1338</v>
+        <v>1329</v>
       </c>
       <c r="G309" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H309" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I309" s="1" t="s">
-        <v>1350</v>
+        <v>1341</v>
       </c>
       <c r="J309" s="0"/>
       <c r="K309" s="0" t="s">
-        <v>153</v>
+        <v>20</v>
       </c>
       <c r="L309" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="310" spans="1:12" customHeight="1" ht="80">
       <c r="A310" s="0"/>
       <c r="B310" s="0" t="s">
+        <v>1348</v>
+      </c>
+      <c r="C310" s="0" t="s">
+        <v>1349</v>
+      </c>
+      <c r="D310" s="0" t="s">
+        <v>1350</v>
+      </c>
+      <c r="E310" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="F310" s="0" t="s">
         <v>1351</v>
       </c>
-      <c r="C310" s="0" t="s">
+      <c r="G310" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H310" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I310" s="1" t="s">
         <v>1352</v>
-      </c>
-[...16 lines deleted...]
-        <v>1350</v>
       </c>
       <c r="J310" s="0"/>
       <c r="K310" s="0" t="s">
-        <v>1354</v>
+        <v>66</v>
       </c>
       <c r="L310" s="0">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="311" spans="1:12" customHeight="1" ht="80">
       <c r="A311" s="0"/>
       <c r="B311" s="0" t="s">
+        <v>1353</v>
+      </c>
+      <c r="C311" s="0" t="s">
+        <v>1354</v>
+      </c>
+      <c r="D311" s="0" t="s">
         <v>1355</v>
       </c>
-      <c r="C311" s="0" t="s">
+      <c r="E311" s="0" t="s">
+        <v>1320</v>
+      </c>
+      <c r="F311" s="0" t="s">
         <v>1356</v>
       </c>
-      <c r="D311" s="0" t="s">
+      <c r="G311" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="H311" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I311" s="1" t="s">
         <v>1357</v>
-      </c>
-[...13 lines deleted...]
-        <v>1350</v>
       </c>
       <c r="J311" s="0"/>
       <c r="K311" s="0" t="s">
-        <v>984</v>
+        <v>1358</v>
       </c>
       <c r="L311" s="0">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="312" spans="1:12" customHeight="1" ht="80">
       <c r="A312" s="0"/>
       <c r="B312" s="0" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="C312" s="0" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="D312" s="0" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
       <c r="E312" s="0" t="s">
-        <v>541</v>
+        <v>15</v>
       </c>
       <c r="F312" s="0" t="s">
-        <v>1361</v>
+        <v>1309</v>
       </c>
       <c r="G312" s="0" t="s">
-        <v>208</v>
+        <v>17</v>
       </c>
       <c r="H312" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I312" s="1" t="s">
         <v>1362</v>
       </c>
       <c r="J312" s="0"/>
       <c r="K312" s="0" t="s">
-        <v>67</v>
+        <v>91</v>
       </c>
       <c r="L312" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="313" spans="1:12" customHeight="1" ht="80">
       <c r="A313" s="0"/>
       <c r="B313" s="0" t="s">
         <v>1363</v>
       </c>
       <c r="C313" s="0" t="s">
         <v>1364</v>
       </c>
       <c r="D313" s="0" t="s">
         <v>1365</v>
       </c>
       <c r="E313" s="0" t="s">
-        <v>1329</v>
+        <v>540</v>
       </c>
       <c r="F313" s="0" t="s">
+        <v>1351</v>
+      </c>
+      <c r="G313" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H313" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I313" s="1" t="s">
         <v>1366</v>
-      </c>
-[...7 lines deleted...]
-        <v>1367</v>
       </c>
       <c r="J313" s="0"/>
       <c r="K313" s="0" t="s">
-        <v>1368</v>
+        <v>66</v>
       </c>
       <c r="L313" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="314" spans="1:12" customHeight="1" ht="80">
       <c r="A314" s="0"/>
       <c r="B314" s="0" t="s">
+        <v>1367</v>
+      </c>
+      <c r="C314" s="0" t="s">
+        <v>1368</v>
+      </c>
+      <c r="D314" s="0" t="s">
         <v>1369</v>
       </c>
-      <c r="C314" s="0" t="s">
+      <c r="E314" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="F314" s="0" t="s">
+        <v>1351</v>
+      </c>
+      <c r="G314" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H314" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I314" s="1" t="s">
         <v>1370</v>
-      </c>
-[...16 lines deleted...]
-        <v>1372</v>
       </c>
       <c r="J314" s="0"/>
       <c r="K314" s="0" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="L314" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="315" spans="1:12" customHeight="1" ht="80">
       <c r="A315" s="0"/>
       <c r="B315" s="0" t="s">
+        <v>1371</v>
+      </c>
+      <c r="C315" s="0" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D315" s="0" t="s">
         <v>1373</v>
       </c>
-      <c r="C315" s="0" t="s">
+      <c r="E315" s="0" t="s">
         <v>1374</v>
       </c>
-      <c r="D315" s="0" t="s">
+      <c r="F315" s="0" t="s">
         <v>1375</v>
       </c>
-      <c r="E315" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G315" s="0" t="s">
-        <v>208</v>
+        <v>29</v>
       </c>
       <c r="H315" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I315" s="1" t="s">
         <v>1376</v>
       </c>
       <c r="J315" s="0"/>
       <c r="K315" s="0" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L315" s="0"/>
     </row>
     <row r="316" spans="1:12" customHeight="1" ht="80">
       <c r="A316" s="0"/>
       <c r="B316" s="0" t="s">
         <v>1377</v>
       </c>
       <c r="C316" s="0" t="s">
         <v>1378</v>
       </c>
       <c r="D316" s="0" t="s">
         <v>1379</v>
       </c>
       <c r="E316" s="0" t="s">
-        <v>541</v>
+        <v>15</v>
       </c>
       <c r="F316" s="0" t="s">
-        <v>1361</v>
+        <v>1296</v>
       </c>
       <c r="G316" s="0" t="s">
-        <v>208</v>
+        <v>17</v>
       </c>
       <c r="H316" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I316" s="1" t="s">
         <v>1380</v>
       </c>
       <c r="J316" s="0"/>
       <c r="K316" s="0" t="s">
-        <v>67</v>
+        <v>483</v>
       </c>
       <c r="L316" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="317" spans="1:12" customHeight="1" ht="80">
       <c r="A317" s="0"/>
       <c r="B317" s="0" t="s">
         <v>1381</v>
       </c>
       <c r="C317" s="0" t="s">
         <v>1382</v>
       </c>
       <c r="D317" s="0" t="s">
         <v>1383</v>
       </c>
       <c r="E317" s="0" t="s">
         <v>1384</v>
       </c>
       <c r="F317" s="0" t="s">
         <v>1385</v>
       </c>
       <c r="G317" s="0" t="s">
-        <v>29</v>
+        <v>1386</v>
       </c>
       <c r="H317" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I317" s="1" t="s">
-        <v>1386</v>
+        <v>1387</v>
       </c>
       <c r="J317" s="0"/>
       <c r="K317" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L317" s="0"/>
+      <c r="L317" s="0">
+        <v>20</v>
+      </c>
     </row>
     <row r="318" spans="1:12" customHeight="1" ht="80">
       <c r="A318" s="0"/>
       <c r="B318" s="0" t="s">
-        <v>1387</v>
+        <v>1388</v>
       </c>
       <c r="C318" s="0" t="s">
-        <v>1388</v>
-[...1 lines deleted...]
-      <c r="D318" s="0" t="s">
         <v>1389</v>
       </c>
+      <c r="D318" s="0">
+        <v>651263</v>
+      </c>
       <c r="E318" s="0" t="s">
-        <v>15</v>
+        <v>331</v>
       </c>
       <c r="F318" s="0" t="s">
-        <v>1300</v>
+        <v>1390</v>
       </c>
       <c r="G318" s="0" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="H318" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I318" s="1" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="J318" s="0"/>
       <c r="K318" s="0" t="s">
-        <v>484</v>
+        <v>44</v>
       </c>
       <c r="L318" s="0">
-        <v>36</v>
+        <v>1</v>
       </c>
     </row>
     <row r="319" spans="1:12" customHeight="1" ht="80">
       <c r="A319" s="0"/>
       <c r="B319" s="0" t="s">
+        <v>1392</v>
+      </c>
+      <c r="C319" s="0" t="s">
+        <v>1393</v>
+      </c>
+      <c r="D319" s="0">
+        <v>651264</v>
+      </c>
+      <c r="E319" s="0" t="s">
+        <v>331</v>
+      </c>
+      <c r="F319" s="0" t="s">
+        <v>1390</v>
+      </c>
+      <c r="G319" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H319" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I319" s="1" t="s">
         <v>1391</v>
-      </c>
-[...19 lines deleted...]
-        <v>1397</v>
       </c>
       <c r="J319" s="0"/>
       <c r="K319" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L319" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L319" s="0"/>
     </row>
     <row r="320" spans="1:12" customHeight="1" ht="80">
       <c r="A320" s="0"/>
       <c r="B320" s="0" t="s">
-        <v>1398</v>
+        <v>1394</v>
       </c>
       <c r="C320" s="0" t="s">
-        <v>1399</v>
+        <v>1395</v>
       </c>
       <c r="D320" s="0">
-        <v>651263</v>
+        <v>651265</v>
       </c>
       <c r="E320" s="0" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="F320" s="0" t="s">
-        <v>1400</v>
+        <v>1390</v>
       </c>
       <c r="G320" s="0" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H320" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I320" s="1" t="s">
-        <v>1401</v>
+        <v>1391</v>
       </c>
       <c r="J320" s="0"/>
       <c r="K320" s="0" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="L320" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="321" spans="1:12" customHeight="1" ht="80">
       <c r="A321" s="0"/>
       <c r="B321" s="0" t="s">
-        <v>1402</v>
+        <v>1396</v>
       </c>
       <c r="C321" s="0" t="s">
-        <v>1403</v>
+        <v>1397</v>
       </c>
       <c r="D321" s="0">
-        <v>651264</v>
+        <v>651256</v>
       </c>
       <c r="E321" s="0" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="F321" s="0" t="s">
-        <v>1400</v>
+        <v>1390</v>
       </c>
       <c r="G321" s="0" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H321" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I321" s="1" t="s">
-        <v>1401</v>
+        <v>1398</v>
       </c>
       <c r="J321" s="0"/>
       <c r="K321" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L321" s="0"/>
     </row>
     <row r="322" spans="1:12" customHeight="1" ht="80">
       <c r="A322" s="0"/>
       <c r="B322" s="0" t="s">
-        <v>1404</v>
+        <v>1399</v>
       </c>
       <c r="C322" s="0" t="s">
-        <v>1405</v>
+        <v>1400</v>
       </c>
       <c r="D322" s="0">
-        <v>651265</v>
+        <v>651257</v>
       </c>
       <c r="E322" s="0" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="F322" s="0" t="s">
-        <v>1400</v>
+        <v>1390</v>
       </c>
       <c r="G322" s="0" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H322" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I322" s="1" t="s">
-        <v>1401</v>
+        <v>1398</v>
       </c>
       <c r="J322" s="0"/>
       <c r="K322" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L322" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="323" spans="1:12" customHeight="1" ht="80">
       <c r="A323" s="0"/>
       <c r="B323" s="0" t="s">
-        <v>1406</v>
+        <v>1401</v>
       </c>
       <c r="C323" s="0" t="s">
-        <v>1407</v>
-[...2 lines deleted...]
-        <v>651256</v>
+        <v>1402</v>
+      </c>
+      <c r="D323" s="0" t="s">
+        <v>1403</v>
       </c>
       <c r="E323" s="0" t="s">
-        <v>333</v>
+        <v>15</v>
       </c>
       <c r="F323" s="0" t="s">
-        <v>1400</v>
+        <v>1404</v>
       </c>
       <c r="G323" s="0" t="s">
-        <v>43</v>
+        <v>17</v>
       </c>
       <c r="H323" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I323" s="1" t="s">
-        <v>1408</v>
+        <v>1405</v>
       </c>
       <c r="J323" s="0"/>
       <c r="K323" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L323" s="0"/>
+        <v>125</v>
+      </c>
+      <c r="L323" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="324" spans="1:12" customHeight="1" ht="80">
       <c r="A324" s="0"/>
       <c r="B324" s="0" t="s">
-        <v>1409</v>
+        <v>1406</v>
       </c>
       <c r="C324" s="0" t="s">
-        <v>1410</v>
-[...2 lines deleted...]
-        <v>651257</v>
+        <v>1407</v>
+      </c>
+      <c r="D324" s="0" t="s">
+        <v>1408</v>
       </c>
       <c r="E324" s="0" t="s">
-        <v>333</v>
+        <v>15</v>
       </c>
       <c r="F324" s="0" t="s">
-        <v>1400</v>
+        <v>1404</v>
       </c>
       <c r="G324" s="0" t="s">
-        <v>43</v>
+        <v>17</v>
       </c>
       <c r="H324" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I324" s="1" t="s">
-        <v>1408</v>
+        <v>933</v>
       </c>
       <c r="J324" s="0"/>
       <c r="K324" s="0" t="s">
-        <v>20</v>
+        <v>125</v>
       </c>
       <c r="L324" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="325" spans="1:12" customHeight="1" ht="80">
       <c r="A325" s="0"/>
       <c r="B325" s="0" t="s">
+        <v>1409</v>
+      </c>
+      <c r="C325" s="0" t="s">
+        <v>1410</v>
+      </c>
+      <c r="D325" s="0" t="s">
         <v>1411</v>
       </c>
-      <c r="C325" s="0" t="s">
+      <c r="E325" s="0" t="s">
         <v>1412</v>
       </c>
-      <c r="D325" s="0" t="s">
+      <c r="F325" s="0" t="s">
         <v>1413</v>
       </c>
-      <c r="E325" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F325" s="0" t="s">
+      <c r="G325" s="0" t="s">
+        <v>626</v>
+      </c>
+      <c r="H325" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I325" s="1" t="s">
         <v>1414</v>
-      </c>
-[...7 lines deleted...]
-        <v>1415</v>
       </c>
       <c r="J325" s="0"/>
       <c r="K325" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="L325" s="0">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="326" spans="1:12" customHeight="1" ht="80">
       <c r="A326" s="0"/>
       <c r="B326" s="0" t="s">
+        <v>1415</v>
+      </c>
+      <c r="C326" s="0" t="s">
         <v>1416</v>
       </c>
-      <c r="C326" s="0" t="s">
+      <c r="D326" s="0" t="s">
         <v>1417</v>
       </c>
-      <c r="D326" s="0" t="s">
+      <c r="E326" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F326" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="G326" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H326" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I326" s="1" t="s">
         <v>1418</v>
-      </c>
-[...13 lines deleted...]
-        <v>932</v>
       </c>
       <c r="J326" s="0"/>
       <c r="K326" s="0" t="s">
-        <v>99</v>
+        <v>20</v>
       </c>
       <c r="L326" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="327" spans="1:12" customHeight="1" ht="80">
       <c r="A327" s="0"/>
       <c r="B327" s="0" t="s">
         <v>1419</v>
       </c>
       <c r="C327" s="0" t="s">
         <v>1420</v>
       </c>
       <c r="D327" s="0" t="s">
         <v>1421</v>
       </c>
       <c r="E327" s="0" t="s">
+        <v>1412</v>
+      </c>
+      <c r="F327" s="0" t="s">
         <v>1422</v>
-      </c>
-[...1 lines deleted...]
-        <v>1423</v>
       </c>
       <c r="G327" s="0" t="s">
         <v>626</v>
       </c>
       <c r="H327" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I327" s="1" t="s">
-        <v>1424</v>
+        <v>129</v>
       </c>
       <c r="J327" s="0"/>
       <c r="K327" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="L327" s="0">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="328" spans="1:12" customHeight="1" ht="80">
       <c r="A328" s="0"/>
       <c r="B328" s="0" t="s">
+        <v>1423</v>
+      </c>
+      <c r="C328" s="0" t="s">
+        <v>1424</v>
+      </c>
+      <c r="D328" s="0" t="s">
         <v>1425</v>
       </c>
-      <c r="C328" s="0" t="s">
+      <c r="E328" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="F328" s="0" t="s">
         <v>1426</v>
       </c>
-      <c r="D328" s="0" t="s">
+      <c r="G328" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H328" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I328" s="1" t="s">
         <v>1427</v>
-      </c>
-[...13 lines deleted...]
-        <v>1428</v>
       </c>
       <c r="J328" s="0"/>
       <c r="K328" s="0" t="s">
-        <v>20</v>
+        <v>66</v>
       </c>
       <c r="L328" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="329" spans="1:12" customHeight="1" ht="80">
       <c r="A329" s="0"/>
       <c r="B329" s="0" t="s">
+        <v>1428</v>
+      </c>
+      <c r="C329" s="0" t="s">
         <v>1429</v>
       </c>
-      <c r="C329" s="0" t="s">
+      <c r="D329" s="0">
+        <v>652767</v>
+      </c>
+      <c r="E329" s="0" t="s">
+        <v>331</v>
+      </c>
+      <c r="F329" s="0" t="s">
         <v>1430</v>
       </c>
-      <c r="D329" s="0" t="s">
+      <c r="G329" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H329" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I329" s="1" t="s">
         <v>1431</v>
-      </c>
-[...13 lines deleted...]
-        <v>132</v>
       </c>
       <c r="J329" s="0"/>
       <c r="K329" s="0" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="L329" s="0">
         <v>20</v>
       </c>
+      <c r="L329" s="0"/>
     </row>
     <row r="330" spans="1:12" customHeight="1" ht="80">
       <c r="A330" s="0"/>
       <c r="B330" s="0" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C330" s="0" t="s">
         <v>1433</v>
       </c>
-      <c r="C330" s="0" t="s">
+      <c r="D330" s="0" t="s">
         <v>1434</v>
       </c>
-      <c r="D330" s="0" t="s">
+      <c r="E330" s="0" t="s">
+        <v>1412</v>
+      </c>
+      <c r="F330" s="0" t="s">
         <v>1435</v>
       </c>
-      <c r="E330" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F330" s="0" t="s">
+      <c r="G330" s="0" t="s">
+        <v>626</v>
+      </c>
+      <c r="H330" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I330" s="1" t="s">
         <v>1436</v>
-      </c>
-[...7 lines deleted...]
-        <v>1437</v>
       </c>
       <c r="J330" s="0"/>
       <c r="K330" s="0" t="s">
-        <v>67</v>
+        <v>20</v>
       </c>
       <c r="L330" s="0">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="331" spans="1:12" customHeight="1" ht="80">
       <c r="A331" s="0"/>
       <c r="B331" s="0" t="s">
+        <v>1437</v>
+      </c>
+      <c r="C331" s="0" t="s">
         <v>1438</v>
       </c>
-      <c r="C331" s="0" t="s">
+      <c r="D331" s="0" t="s">
         <v>1439</v>
       </c>
-      <c r="D331" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E331" s="0" t="s">
-        <v>333</v>
+        <v>1412</v>
       </c>
       <c r="F331" s="0" t="s">
+        <v>1413</v>
+      </c>
+      <c r="G331" s="0" t="s">
+        <v>626</v>
+      </c>
+      <c r="H331" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I331" s="1" t="s">
         <v>1440</v>
-      </c>
-[...7 lines deleted...]
-        <v>1441</v>
       </c>
       <c r="J331" s="0"/>
       <c r="K331" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="L331" s="0">
         <v>20</v>
       </c>
-      <c r="L331" s="0"/>
     </row>
     <row r="332" spans="1:12" customHeight="1" ht="80">
       <c r="A332" s="0"/>
       <c r="B332" s="0" t="s">
+        <v>1441</v>
+      </c>
+      <c r="C332" s="0" t="s">
         <v>1442</v>
       </c>
-      <c r="C332" s="0" t="s">
+      <c r="D332" s="0" t="s">
         <v>1443</v>
       </c>
-      <c r="D332" s="0" t="s">
+      <c r="E332" s="0" t="s">
+        <v>1412</v>
+      </c>
+      <c r="F332" s="0" t="s">
         <v>1444</v>
-      </c>
-[...4 lines deleted...]
-        <v>1445</v>
       </c>
       <c r="G332" s="0" t="s">
         <v>626</v>
       </c>
       <c r="H332" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I332" s="1" t="s">
-        <v>1446</v>
+        <v>1445</v>
       </c>
       <c r="J332" s="0"/>
       <c r="K332" s="0" t="s">
-        <v>20</v>
+        <v>1446</v>
       </c>
       <c r="L332" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="333" spans="1:12" customHeight="1" ht="80">
       <c r="A333" s="0"/>
       <c r="B333" s="0" t="s">
         <v>1447</v>
       </c>
       <c r="C333" s="0" t="s">
         <v>1448</v>
       </c>
       <c r="D333" s="0" t="s">
         <v>1449</v>
       </c>
       <c r="E333" s="0" t="s">
-        <v>1422</v>
+        <v>1412</v>
       </c>
       <c r="F333" s="0" t="s">
-        <v>1423</v>
+        <v>1450</v>
       </c>
       <c r="G333" s="0" t="s">
         <v>626</v>
       </c>
       <c r="H333" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I333" s="1" t="s">
-        <v>1450</v>
+        <v>1451</v>
       </c>
       <c r="J333" s="0"/>
       <c r="K333" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="L333" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="334" spans="1:12" customHeight="1" ht="80">
       <c r="A334" s="0"/>
       <c r="B334" s="0" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
       <c r="C334" s="0" t="s">
-        <v>1452</v>
+        <v>1453</v>
       </c>
       <c r="D334" s="0" t="s">
-        <v>1453</v>
+        <v>1454</v>
       </c>
       <c r="E334" s="0" t="s">
-        <v>1422</v>
+        <v>203</v>
       </c>
       <c r="F334" s="0" t="s">
-        <v>1454</v>
+        <v>1455</v>
       </c>
       <c r="G334" s="0" t="s">
-        <v>626</v>
+        <v>205</v>
       </c>
       <c r="H334" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I334" s="1" t="s">
-        <v>1455</v>
+        <v>1456</v>
       </c>
       <c r="J334" s="0"/>
       <c r="K334" s="0" t="s">
-        <v>1137</v>
-[...1 lines deleted...]
-      <c r="L334" s="0">
         <v>20</v>
       </c>
+      <c r="L334" s="0"/>
     </row>
     <row r="335" spans="1:12" customHeight="1" ht="80">
       <c r="A335" s="0"/>
       <c r="B335" s="0" t="s">
+        <v>1457</v>
+      </c>
+      <c r="C335" s="0" t="s">
+        <v>1458</v>
+      </c>
+      <c r="D335" s="0" t="s">
+        <v>1459</v>
+      </c>
+      <c r="E335" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F335" s="0" t="s">
+        <v>1455</v>
+      </c>
+      <c r="G335" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H335" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I335" s="1" t="s">
         <v>1456</v>
-      </c>
-[...19 lines deleted...]
-        <v>1460</v>
       </c>
       <c r="J335" s="0"/>
       <c r="K335" s="0" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="L335" s="0">
         <v>20</v>
       </c>
+      <c r="L335" s="0"/>
     </row>
     <row r="336" spans="1:12" customHeight="1" ht="80">
       <c r="A336" s="0"/>
       <c r="B336" s="0" t="s">
+        <v>1460</v>
+      </c>
+      <c r="C336" s="0" t="s">
         <v>1461</v>
       </c>
-      <c r="C336" s="0" t="s">
+      <c r="D336" s="0" t="s">
         <v>1462</v>
       </c>
-      <c r="D336" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E336" s="0" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="F336" s="0" t="s">
-        <v>1464</v>
+        <v>1455</v>
       </c>
       <c r="G336" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H336" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I336" s="1" t="s">
-        <v>1465</v>
+        <v>569</v>
       </c>
       <c r="J336" s="0"/>
       <c r="K336" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L336" s="0"/>
+      <c r="L336" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="337" spans="1:12" customHeight="1" ht="80">
       <c r="A337" s="0"/>
       <c r="B337" s="0" t="s">
-        <v>1466</v>
+        <v>1463</v>
       </c>
       <c r="C337" s="0" t="s">
-        <v>1467</v>
+        <v>1464</v>
       </c>
       <c r="D337" s="0" t="s">
-        <v>1468</v>
+        <v>1465</v>
       </c>
       <c r="E337" s="0" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="F337" s="0" t="s">
-        <v>1464</v>
+        <v>1455</v>
       </c>
       <c r="G337" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H337" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I337" s="1" t="s">
-        <v>1465</v>
+        <v>57</v>
       </c>
       <c r="J337" s="0"/>
       <c r="K337" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L337" s="0"/>
     </row>
     <row r="338" spans="1:12" customHeight="1" ht="80">
       <c r="A338" s="0"/>
       <c r="B338" s="0" t="s">
-        <v>1469</v>
+        <v>1466</v>
       </c>
       <c r="C338" s="0" t="s">
-        <v>1470</v>
+        <v>1467</v>
       </c>
       <c r="D338" s="0" t="s">
-        <v>1471</v>
+        <v>1468</v>
       </c>
       <c r="E338" s="0" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="F338" s="0" t="s">
-        <v>1464</v>
+        <v>1455</v>
       </c>
       <c r="G338" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H338" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I338" s="1" t="s">
-        <v>570</v>
+        <v>1199</v>
       </c>
       <c r="J338" s="0"/>
       <c r="K338" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L338" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L338" s="0"/>
     </row>
     <row r="339" spans="1:12" customHeight="1" ht="80">
       <c r="A339" s="0"/>
       <c r="B339" s="0" t="s">
+        <v>1469</v>
+      </c>
+      <c r="C339" s="0" t="s">
+        <v>1470</v>
+      </c>
+      <c r="D339" s="0" t="s">
+        <v>1471</v>
+      </c>
+      <c r="E339" s="0" t="s">
+        <v>946</v>
+      </c>
+      <c r="F339" s="0" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G339" s="0" t="s">
+        <v>618</v>
+      </c>
+      <c r="H339" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I339" s="1" t="s">
         <v>1472</v>
-      </c>
-[...19 lines deleted...]
-        <v>58</v>
       </c>
       <c r="J339" s="0"/>
       <c r="K339" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L339" s="0"/>
+      <c r="L339" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="340" spans="1:12" customHeight="1" ht="80">
       <c r="A340" s="0"/>
       <c r="B340" s="0" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C340" s="0" t="s">
+        <v>1474</v>
+      </c>
+      <c r="D340" s="0" t="s">
         <v>1475</v>
       </c>
-      <c r="C340" s="0" t="s">
+      <c r="E340" s="0" t="s">
+        <v>1412</v>
+      </c>
+      <c r="F340" s="0" t="s">
         <v>1476</v>
       </c>
-      <c r="D340" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G340" s="0" t="s">
-        <v>208</v>
+        <v>626</v>
       </c>
       <c r="H340" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I340" s="1" t="s">
-        <v>1203</v>
+        <v>1440</v>
       </c>
       <c r="J340" s="0"/>
       <c r="K340" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="L340" s="0">
         <v>20</v>
       </c>
-      <c r="L340" s="0"/>
     </row>
     <row r="341" spans="1:12" customHeight="1" ht="80">
       <c r="A341" s="0"/>
       <c r="B341" s="0" t="s">
+        <v>1477</v>
+      </c>
+      <c r="C341" s="0" t="s">
         <v>1478</v>
       </c>
-      <c r="C341" s="0" t="s">
+      <c r="D341" s="0" t="s">
         <v>1479</v>
       </c>
-      <c r="D341" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E341" s="0" t="s">
-        <v>949</v>
+        <v>1412</v>
       </c>
       <c r="F341" s="0" t="s">
-        <v>1129</v>
+        <v>1476</v>
       </c>
       <c r="G341" s="0" t="s">
-        <v>619</v>
+        <v>626</v>
       </c>
       <c r="H341" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I341" s="1" t="s">
-        <v>1481</v>
+        <v>1155</v>
       </c>
       <c r="J341" s="0"/>
       <c r="K341" s="0" t="s">
-        <v>20</v>
+        <v>53</v>
       </c>
       <c r="L341" s="0">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="342" spans="1:12" customHeight="1" ht="80">
       <c r="A342" s="0"/>
       <c r="B342" s="0" t="s">
+        <v>1480</v>
+      </c>
+      <c r="C342" s="0" t="s">
+        <v>1481</v>
+      </c>
+      <c r="D342" s="0" t="s">
         <v>1482</v>
       </c>
-      <c r="C342" s="0" t="s">
+      <c r="E342" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F342" s="0" t="s">
         <v>1483</v>
       </c>
-      <c r="D342" s="0" t="s">
+      <c r="G342" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H342" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I342" s="1" t="s">
         <v>1484</v>
-      </c>
-[...13 lines deleted...]
-        <v>1450</v>
       </c>
       <c r="J342" s="0"/>
       <c r="K342" s="0" t="s">
-        <v>67</v>
+        <v>150</v>
       </c>
       <c r="L342" s="0">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="343" spans="1:12" customHeight="1" ht="80">
       <c r="A343" s="0"/>
       <c r="B343" s="0" t="s">
+        <v>1485</v>
+      </c>
+      <c r="C343" s="0" t="s">
         <v>1486</v>
       </c>
-      <c r="C343" s="0" t="s">
+      <c r="D343" s="0" t="s">
         <v>1487</v>
       </c>
-      <c r="D343" s="0" t="s">
+      <c r="E343" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F343" s="0" t="s">
         <v>1488</v>
       </c>
-      <c r="E343" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G343" s="0" t="s">
-        <v>626</v>
+        <v>17</v>
       </c>
       <c r="H343" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I343" s="1" t="s">
-        <v>1160</v>
+        <v>1489</v>
       </c>
       <c r="J343" s="0"/>
       <c r="K343" s="0" t="s">
-        <v>54</v>
+        <v>125</v>
       </c>
       <c r="L343" s="0">
-        <v>18</v>
+        <v>12</v>
       </c>
     </row>
     <row r="344" spans="1:12" customHeight="1" ht="80">
       <c r="A344" s="0"/>
       <c r="B344" s="0" t="s">
-        <v>1489</v>
+        <v>1490</v>
       </c>
       <c r="C344" s="0" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
       <c r="D344" s="0" t="s">
-        <v>1491</v>
+        <v>1492</v>
       </c>
       <c r="E344" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F344" s="0" t="s">
-        <v>1492</v>
+        <v>1483</v>
       </c>
       <c r="G344" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H344" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I344" s="1" t="s">
-        <v>1493</v>
+        <v>948</v>
       </c>
       <c r="J344" s="0"/>
       <c r="K344" s="0" t="s">
-        <v>1494</v>
+        <v>53</v>
       </c>
       <c r="L344" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="345" spans="1:12" customHeight="1" ht="80">
       <c r="A345" s="0"/>
       <c r="B345" s="0" t="s">
+        <v>1493</v>
+      </c>
+      <c r="C345" s="0" t="s">
+        <v>1494</v>
+      </c>
+      <c r="D345" s="0" t="s">
         <v>1495</v>
-      </c>
-[...4 lines deleted...]
-        <v>1497</v>
       </c>
       <c r="E345" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F345" s="0" t="s">
-        <v>1498</v>
+        <v>1488</v>
       </c>
       <c r="G345" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H345" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I345" s="1" t="s">
-        <v>1499</v>
+        <v>37</v>
       </c>
       <c r="J345" s="0"/>
       <c r="K345" s="0" t="s">
-        <v>99</v>
+        <v>20</v>
       </c>
       <c r="L345" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="346" spans="1:12" customHeight="1" ht="80">
       <c r="A346" s="0"/>
       <c r="B346" s="0" t="s">
-        <v>1500</v>
+        <v>1496</v>
       </c>
       <c r="C346" s="0" t="s">
-        <v>1501</v>
+        <v>1497</v>
       </c>
       <c r="D346" s="0" t="s">
-        <v>1502</v>
+        <v>1498</v>
       </c>
       <c r="E346" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F346" s="0" t="s">
-        <v>1492</v>
+        <v>1488</v>
       </c>
       <c r="G346" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H346" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I346" s="1" t="s">
-        <v>951</v>
+        <v>1499</v>
       </c>
       <c r="J346" s="0"/>
       <c r="K346" s="0" t="s">
-        <v>54</v>
+        <v>20</v>
       </c>
       <c r="L346" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="347" spans="1:12" customHeight="1" ht="80">
       <c r="A347" s="0"/>
       <c r="B347" s="0" t="s">
-        <v>1503</v>
+        <v>1500</v>
       </c>
       <c r="C347" s="0" t="s">
-        <v>1504</v>
+        <v>1501</v>
       </c>
       <c r="D347" s="0" t="s">
-        <v>1505</v>
+        <v>1502</v>
       </c>
       <c r="E347" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F347" s="0" t="s">
-        <v>1498</v>
+        <v>1483</v>
       </c>
       <c r="G347" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H347" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I347" s="1" t="s">
-        <v>38</v>
+        <v>1503</v>
       </c>
       <c r="J347" s="0"/>
       <c r="K347" s="0" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="L347" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="348" spans="1:12" customHeight="1" ht="80">
-      <c r="A348" s="0"/>
       <c r="B348" s="0" t="s">
+        <v>1504</v>
+      </c>
+      <c r="C348" s="0" t="s">
+        <v>1505</v>
+      </c>
+      <c r="D348" s="0" t="s">
         <v>1506</v>
       </c>
-      <c r="C348" s="0" t="s">
+      <c r="E348" s="0" t="s">
+        <v>1412</v>
+      </c>
+      <c r="F348" s="0" t="s">
         <v>1507</v>
       </c>
-      <c r="D348" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G348" s="0" t="s">
-        <v>17</v>
+        <v>626</v>
       </c>
       <c r="H348" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I348" s="1" t="s">
-        <v>1509</v>
+        <v>353</v>
       </c>
       <c r="J348" s="0"/>
       <c r="K348" s="0" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L348" s="0"/>
     </row>
     <row r="349" spans="1:12" customHeight="1" ht="80">
-      <c r="A349" s="0"/>
       <c r="B349" s="0" t="s">
+        <v>1508</v>
+      </c>
+      <c r="C349" s="0" t="s">
+        <v>1509</v>
+      </c>
+      <c r="D349" s="0" t="s">
         <v>1510</v>
       </c>
-      <c r="C349" s="0" t="s">
+      <c r="E349" s="0" t="s">
+        <v>1412</v>
+      </c>
+      <c r="F349" s="0" t="s">
+        <v>1507</v>
+      </c>
+      <c r="G349" s="0" t="s">
+        <v>626</v>
+      </c>
+      <c r="H349" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I349" s="1" t="s">
         <v>1511</v>
-      </c>
-[...16 lines deleted...]
-        <v>1513</v>
       </c>
       <c r="J349" s="0"/>
       <c r="K349" s="0" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L349" s="0"/>
     </row>
     <row r="350" spans="1:12" customHeight="1" ht="80">
+      <c r="A350" s="0"/>
       <c r="B350" s="0" t="s">
+        <v>1512</v>
+      </c>
+      <c r="C350" s="0" t="s">
+        <v>1513</v>
+      </c>
+      <c r="D350" s="0" t="s">
         <v>1514</v>
       </c>
-      <c r="C350" s="0" t="s">
+      <c r="E350" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="F350" s="0" t="s">
         <v>1515</v>
       </c>
-      <c r="D350" s="0" t="s">
+      <c r="G350" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H350" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I350" s="1" t="s">
         <v>1516</v>
-      </c>
-[...13 lines deleted...]
-        <v>355</v>
       </c>
       <c r="J350" s="0"/>
       <c r="K350" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L350" s="0"/>
     </row>
     <row r="351" spans="1:12" customHeight="1" ht="80">
       <c r="B351" s="0" t="s">
+        <v>1517</v>
+      </c>
+      <c r="C351" s="0" t="s">
         <v>1518</v>
       </c>
-      <c r="C351" s="0" t="s">
+      <c r="D351" s="0" t="s">
         <v>1519</v>
       </c>
-      <c r="D351" s="0" t="s">
+      <c r="E351" s="0" t="s">
+        <v>1412</v>
+      </c>
+      <c r="F351" s="0" t="s">
         <v>1520</v>
-      </c>
-[...4 lines deleted...]
-        <v>1517</v>
       </c>
       <c r="G351" s="0" t="s">
         <v>626</v>
       </c>
       <c r="H351" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I351" s="1" t="s">
         <v>1521</v>
       </c>
       <c r="J351" s="0"/>
       <c r="K351" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L351" s="0"/>
     </row>
     <row r="352" spans="1:12" customHeight="1" ht="80">
-      <c r="A352" s="0"/>
       <c r="B352" s="0" t="s">
         <v>1522</v>
       </c>
       <c r="C352" s="0" t="s">
         <v>1523</v>
       </c>
       <c r="D352" s="0" t="s">
         <v>1524</v>
       </c>
       <c r="E352" s="0" t="s">
-        <v>28</v>
+        <v>1412</v>
       </c>
       <c r="F352" s="0" t="s">
+        <v>1520</v>
+      </c>
+      <c r="G352" s="0" t="s">
+        <v>626</v>
+      </c>
+      <c r="H352" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I352" s="1" t="s">
         <v>1525</v>
-      </c>
-[...7 lines deleted...]
-        <v>1526</v>
       </c>
       <c r="J352" s="0"/>
       <c r="K352" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L352" s="0"/>
     </row>
     <row r="353" spans="1:12" customHeight="1" ht="80">
+      <c r="A353" s="0"/>
       <c r="B353" s="0" t="s">
+        <v>1526</v>
+      </c>
+      <c r="C353" s="0" t="s">
         <v>1527</v>
       </c>
-      <c r="C353" s="0" t="s">
+      <c r="D353" s="0" t="s">
         <v>1528</v>
       </c>
-      <c r="D353" s="0" t="s">
+      <c r="E353" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F353" s="0" t="s">
         <v>1529</v>
       </c>
-      <c r="E353" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G353" s="0" t="s">
-        <v>626</v>
+        <v>17</v>
       </c>
       <c r="H353" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I353" s="1" t="s">
-        <v>1531</v>
+        <v>195</v>
       </c>
       <c r="J353" s="0"/>
       <c r="K353" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L353" s="0"/>
+        <v>1530</v>
+      </c>
+      <c r="L353" s="0">
+        <v>36</v>
+      </c>
     </row>
     <row r="354" spans="1:12" customHeight="1" ht="80">
+      <c r="A354" s="0"/>
       <c r="B354" s="0" t="s">
+        <v>1531</v>
+      </c>
+      <c r="C354" s="0" t="s">
         <v>1532</v>
       </c>
-      <c r="C354" s="0" t="s">
+      <c r="D354" s="0" t="s">
         <v>1533</v>
       </c>
-      <c r="D354" s="0" t="s">
+      <c r="E354" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F354" s="0" t="s">
+        <v>1529</v>
+      </c>
+      <c r="G354" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H354" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I354" s="1" t="s">
         <v>1534</v>
-      </c>
-[...13 lines deleted...]
-        <v>1535</v>
       </c>
       <c r="J354" s="0"/>
       <c r="K354" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L354" s="0"/>
+        <v>53</v>
+      </c>
+      <c r="L354" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="355" spans="1:12" customHeight="1" ht="80">
       <c r="A355" s="0"/>
       <c r="B355" s="0" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C355" s="0" t="s">
         <v>1536</v>
       </c>
-      <c r="C355" s="0" t="s">
+      <c r="D355" s="0" t="s">
         <v>1537</v>
-      </c>
-[...1 lines deleted...]
-        <v>1538</v>
       </c>
       <c r="E355" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F355" s="0" t="s">
-        <v>1539</v>
+        <v>1538</v>
       </c>
       <c r="G355" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H355" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I355" s="1" t="s">
-        <v>198</v>
+        <v>747</v>
       </c>
       <c r="J355" s="0"/>
       <c r="K355" s="0" t="s">
-        <v>54</v>
+        <v>20</v>
       </c>
       <c r="L355" s="0">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="356" spans="1:12" customHeight="1" ht="80">
       <c r="A356" s="0"/>
       <c r="B356" s="0" t="s">
+        <v>1539</v>
+      </c>
+      <c r="C356" s="0" t="s">
         <v>1540</v>
       </c>
-      <c r="C356" s="0" t="s">
+      <c r="D356" s="0" t="s">
         <v>1541</v>
-      </c>
-[...1 lines deleted...]
-        <v>1542</v>
       </c>
       <c r="E356" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F356" s="0" t="s">
-        <v>1539</v>
+        <v>1538</v>
       </c>
       <c r="G356" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H356" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I356" s="1" t="s">
-        <v>1543</v>
+        <v>1117</v>
       </c>
       <c r="J356" s="0"/>
       <c r="K356" s="0" t="s">
-        <v>283</v>
+        <v>961</v>
       </c>
       <c r="L356" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="357" spans="1:12" customHeight="1" ht="80">
       <c r="A357" s="0"/>
       <c r="B357" s="0" t="s">
+        <v>1542</v>
+      </c>
+      <c r="C357" s="0" t="s">
+        <v>1543</v>
+      </c>
+      <c r="D357" s="0">
+        <v>653630</v>
+      </c>
+      <c r="E357" s="0" t="s">
+        <v>331</v>
+      </c>
+      <c r="F357" s="0" t="s">
         <v>1544</v>
       </c>
-      <c r="C357" s="0" t="s">
+      <c r="G357" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H357" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I357" s="1" t="s">
         <v>1545</v>
-      </c>
-[...16 lines deleted...]
-        <v>745</v>
       </c>
       <c r="J357" s="0"/>
       <c r="K357" s="0" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="L357" s="0">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="358" spans="1:12" customHeight="1" ht="80">
       <c r="A358" s="0"/>
       <c r="B358" s="0" t="s">
+        <v>1546</v>
+      </c>
+      <c r="C358" s="0" t="s">
+        <v>1547</v>
+      </c>
+      <c r="D358" s="0" t="s">
         <v>1548</v>
       </c>
-      <c r="C358" s="0" t="s">
+      <c r="E358" s="0" t="s">
+        <v>1384</v>
+      </c>
+      <c r="F358" s="0" t="s">
         <v>1549</v>
       </c>
-      <c r="D358" s="0" t="s">
+      <c r="G358" s="0" t="s">
+        <v>1386</v>
+      </c>
+      <c r="H358" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I358" s="1" t="s">
         <v>1550</v>
-      </c>
-[...13 lines deleted...]
-        <v>1120</v>
       </c>
       <c r="J358" s="0"/>
       <c r="K358" s="0" t="s">
-        <v>964</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L358" s="0"/>
     </row>
     <row r="359" spans="1:12" customHeight="1" ht="80">
       <c r="A359" s="0"/>
       <c r="B359" s="0" t="s">
         <v>1551</v>
       </c>
       <c r="C359" s="0" t="s">
         <v>1552</v>
       </c>
-      <c r="D359" s="0">
-        <v>653630</v>
+      <c r="D359" s="0" t="s">
+        <v>1553</v>
       </c>
       <c r="E359" s="0" t="s">
-        <v>333</v>
+        <v>1412</v>
       </c>
       <c r="F359" s="0" t="s">
-        <v>1553</v>
+        <v>1554</v>
       </c>
       <c r="G359" s="0" t="s">
-        <v>43</v>
+        <v>626</v>
       </c>
       <c r="H359" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I359" s="1" t="s">
-        <v>1554</v>
+        <v>142</v>
       </c>
       <c r="J359" s="0"/>
       <c r="K359" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="L359" s="0">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="360" spans="1:12" customHeight="1" ht="80">
+      <c r="B360" s="0" t="s">
         <v>1555</v>
       </c>
-      <c r="L359" s="0">
-[...5 lines deleted...]
-      <c r="B360" s="0" t="s">
+      <c r="C360" s="0" t="s">
         <v>1556</v>
       </c>
-      <c r="C360" s="0" t="s">
+      <c r="D360" s="0" t="s">
         <v>1557</v>
       </c>
-      <c r="D360" s="0" t="s">
+      <c r="E360" s="0" t="s">
+        <v>1412</v>
+      </c>
+      <c r="F360" s="0" t="s">
         <v>1558</v>
       </c>
-      <c r="E360" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F360" s="0" t="s">
+      <c r="G360" s="0" t="s">
+        <v>626</v>
+      </c>
+      <c r="H360" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I360" s="1" t="s">
         <v>1559</v>
-      </c>
-[...7 lines deleted...]
-        <v>1560</v>
       </c>
       <c r="J360" s="0"/>
       <c r="K360" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L360" s="0"/>
     </row>
     <row r="361" spans="1:12" customHeight="1" ht="80">
       <c r="A361" s="0"/>
       <c r="B361" s="0" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C361" s="0" t="s">
         <v>1561</v>
       </c>
-      <c r="C361" s="0" t="s">
+      <c r="D361" s="0" t="s">
         <v>1562</v>
       </c>
-      <c r="D361" s="0" t="s">
+      <c r="E361" s="0" t="s">
+        <v>1412</v>
+      </c>
+      <c r="F361" s="0" t="s">
         <v>1563</v>
-      </c>
-[...4 lines deleted...]
-        <v>1564</v>
       </c>
       <c r="G361" s="0" t="s">
         <v>626</v>
       </c>
       <c r="H361" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I361" s="1" t="s">
-        <v>92</v>
+        <v>781</v>
       </c>
       <c r="J361" s="0"/>
       <c r="K361" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L361" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="362" spans="1:12" customHeight="1" ht="80">
+      <c r="A362" s="0"/>
       <c r="B362" s="0" t="s">
+        <v>1564</v>
+      </c>
+      <c r="C362" s="0" t="s">
         <v>1565</v>
       </c>
-      <c r="C362" s="0" t="s">
+      <c r="D362" s="0" t="s">
         <v>1566</v>
       </c>
-      <c r="D362" s="0" t="s">
+      <c r="E362" s="0" t="s">
+        <v>1412</v>
+      </c>
+      <c r="F362" s="0" t="s">
         <v>1567</v>
-      </c>
-[...4 lines deleted...]
-        <v>1568</v>
       </c>
       <c r="G362" s="0" t="s">
         <v>626</v>
       </c>
       <c r="H362" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I362" s="1" t="s">
-        <v>1569</v>
+        <v>1568</v>
       </c>
       <c r="J362" s="0"/>
       <c r="K362" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L362" s="0"/>
     </row>
     <row r="363" spans="1:12" customHeight="1" ht="80">
       <c r="A363" s="0"/>
       <c r="B363" s="0" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C363" s="0" t="s">
         <v>1570</v>
       </c>
-      <c r="C363" s="0" t="s">
+      <c r="D363" s="0" t="s">
         <v>1571</v>
       </c>
-      <c r="D363" s="0" t="s">
+      <c r="E363" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="F363" s="0" t="s">
         <v>1572</v>
       </c>
-      <c r="E363" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F363" s="0" t="s">
+      <c r="G363" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H363" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I363" s="1" t="s">
         <v>1573</v>
-      </c>
-[...7 lines deleted...]
-        <v>92</v>
       </c>
       <c r="J363" s="0"/>
       <c r="K363" s="0" t="s">
-        <v>20</v>
+        <v>66</v>
       </c>
       <c r="L363" s="0">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="364" spans="1:12" customHeight="1" ht="80">
       <c r="A364" s="0"/>
       <c r="B364" s="0" t="s">
         <v>1574</v>
       </c>
       <c r="C364" s="0" t="s">
         <v>1575</v>
       </c>
       <c r="D364" s="0" t="s">
         <v>1576</v>
       </c>
       <c r="E364" s="0" t="s">
-        <v>1422</v>
+        <v>540</v>
       </c>
       <c r="F364" s="0" t="s">
+        <v>1572</v>
+      </c>
+      <c r="G364" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H364" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I364" s="1" t="s">
         <v>1577</v>
-      </c>
-[...7 lines deleted...]
-        <v>1578</v>
       </c>
       <c r="J364" s="0"/>
       <c r="K364" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L364" s="0"/>
+        <v>66</v>
+      </c>
+      <c r="L364" s="0">
+        <v>8</v>
+      </c>
     </row>
     <row r="365" spans="1:12" customHeight="1" ht="80">
       <c r="A365" s="0"/>
       <c r="B365" s="0" t="s">
+        <v>1578</v>
+      </c>
+      <c r="C365" s="0" t="s">
         <v>1579</v>
       </c>
-      <c r="C365" s="0" t="s">
+      <c r="D365" s="0" t="s">
         <v>1580</v>
       </c>
-      <c r="D365" s="0" t="s">
+      <c r="E365" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="F365" s="0" t="s">
         <v>1581</v>
       </c>
-      <c r="E365" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F365" s="0" t="s">
+      <c r="G365" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H365" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I365" s="1" t="s">
         <v>1582</v>
-      </c>
-[...7 lines deleted...]
-        <v>1583</v>
       </c>
       <c r="J365" s="0"/>
       <c r="K365" s="0" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="L365" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="366" spans="1:12" customHeight="1" ht="80">
       <c r="A366" s="0"/>
       <c r="B366" s="0" t="s">
+        <v>1583</v>
+      </c>
+      <c r="C366" s="0" t="s">
         <v>1584</v>
       </c>
-      <c r="C366" s="0" t="s">
+      <c r="D366" s="0" t="s">
         <v>1585</v>
       </c>
-      <c r="D366" s="0" t="s">
+      <c r="E366" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="F366" s="0" t="s">
         <v>1586</v>
       </c>
-      <c r="E366" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G366" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H366" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I366" s="1" t="s">
-        <v>1587</v>
+        <v>1573</v>
       </c>
       <c r="J366" s="0"/>
       <c r="K366" s="0" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="L366" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="367" spans="1:12" customHeight="1" ht="80">
       <c r="A367" s="0"/>
       <c r="B367" s="0" t="s">
+        <v>1587</v>
+      </c>
+      <c r="C367" s="0" t="s">
         <v>1588</v>
       </c>
-      <c r="C367" s="0" t="s">
+      <c r="D367" s="0" t="s">
         <v>1589</v>
       </c>
-      <c r="D367" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E367" s="0" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="F367" s="0" t="s">
-        <v>1591</v>
+        <v>1586</v>
       </c>
       <c r="G367" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H367" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I367" s="1" t="s">
-        <v>1592</v>
+        <v>1577</v>
       </c>
       <c r="J367" s="0"/>
       <c r="K367" s="0" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="L367" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="368" spans="1:12" customHeight="1" ht="80">
       <c r="A368" s="0"/>
       <c r="B368" s="0" t="s">
+        <v>1590</v>
+      </c>
+      <c r="C368" s="0" t="s">
+        <v>1591</v>
+      </c>
+      <c r="D368" s="0" t="s">
+        <v>1592</v>
+      </c>
+      <c r="E368" s="0" t="s">
+        <v>616</v>
+      </c>
+      <c r="F368" s="0" t="s">
         <v>1593</v>
       </c>
-      <c r="C368" s="0" t="s">
+      <c r="G368" s="0" t="s">
+        <v>618</v>
+      </c>
+      <c r="H368" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I368" s="1" t="s">
         <v>1594</v>
-      </c>
-[...16 lines deleted...]
-        <v>1583</v>
       </c>
       <c r="J368" s="0"/>
       <c r="K368" s="0" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L368" s="0"/>
     </row>
     <row r="369" spans="1:12" customHeight="1" ht="80">
       <c r="A369" s="0"/>
       <c r="B369" s="0" t="s">
+        <v>1595</v>
+      </c>
+      <c r="C369" s="0" t="s">
+        <v>1596</v>
+      </c>
+      <c r="D369" s="0" t="s">
         <v>1597</v>
       </c>
-      <c r="C369" s="0" t="s">
+      <c r="E369" s="0" t="s">
+        <v>616</v>
+      </c>
+      <c r="F369" s="0" t="s">
         <v>1598</v>
       </c>
-      <c r="D369" s="0" t="s">
+      <c r="G369" s="0" t="s">
+        <v>618</v>
+      </c>
+      <c r="H369" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I369" s="1" t="s">
         <v>1599</v>
-      </c>
-[...13 lines deleted...]
-        <v>1587</v>
       </c>
       <c r="J369" s="0"/>
       <c r="K369" s="0" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L369" s="0"/>
     </row>
     <row r="370" spans="1:12" customHeight="1" ht="80">
       <c r="A370" s="0"/>
       <c r="B370" s="0" t="s">
         <v>1600</v>
       </c>
       <c r="C370" s="0" t="s">
         <v>1601</v>
       </c>
       <c r="D370" s="0" t="s">
         <v>1602</v>
       </c>
       <c r="E370" s="0" t="s">
-        <v>617</v>
+        <v>616</v>
       </c>
       <c r="F370" s="0" t="s">
         <v>1603</v>
       </c>
       <c r="G370" s="0" t="s">
-        <v>619</v>
+        <v>618</v>
       </c>
       <c r="H370" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I370" s="1" t="s">
         <v>1604</v>
       </c>
       <c r="J370" s="0"/>
       <c r="K370" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L370" s="0"/>
     </row>
     <row r="371" spans="1:12" customHeight="1" ht="80">
       <c r="A371" s="0"/>
       <c r="B371" s="0" t="s">
         <v>1605</v>
       </c>
       <c r="C371" s="0" t="s">
         <v>1606</v>
       </c>
       <c r="D371" s="0" t="s">
         <v>1607</v>
       </c>
       <c r="E371" s="0" t="s">
-        <v>617</v>
+        <v>616</v>
       </c>
       <c r="F371" s="0" t="s">
+        <v>1603</v>
+      </c>
+      <c r="G371" s="0" t="s">
+        <v>618</v>
+      </c>
+      <c r="H371" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I371" s="1" t="s">
         <v>1608</v>
-      </c>
-[...7 lines deleted...]
-        <v>1609</v>
       </c>
       <c r="J371" s="0"/>
       <c r="K371" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L371" s="0"/>
     </row>
     <row r="372" spans="1:12" customHeight="1" ht="80">
       <c r="A372" s="0"/>
       <c r="B372" s="0" t="s">
+        <v>1609</v>
+      </c>
+      <c r="C372" s="0" t="s">
         <v>1610</v>
       </c>
-      <c r="C372" s="0" t="s">
+      <c r="D372" s="0" t="s">
         <v>1611</v>
       </c>
-      <c r="D372" s="0" t="s">
+      <c r="E372" s="0" t="s">
+        <v>616</v>
+      </c>
+      <c r="F372" s="0" t="s">
+        <v>1145</v>
+      </c>
+      <c r="G372" s="0" t="s">
+        <v>618</v>
+      </c>
+      <c r="H372" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I372" s="1" t="s">
         <v>1612</v>
-      </c>
-[...13 lines deleted...]
-        <v>1614</v>
       </c>
       <c r="J372" s="0"/>
       <c r="K372" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L372" s="0"/>
     </row>
     <row r="373" spans="1:12" customHeight="1" ht="80">
       <c r="A373" s="0"/>
       <c r="B373" s="0" t="s">
+        <v>1613</v>
+      </c>
+      <c r="C373" s="0" t="s">
+        <v>1614</v>
+      </c>
+      <c r="D373" s="0" t="s">
         <v>1615</v>
       </c>
-      <c r="C373" s="0" t="s">
+      <c r="E373" s="0" t="s">
+        <v>1412</v>
+      </c>
+      <c r="F373" s="0" t="s">
         <v>1616</v>
       </c>
-      <c r="D373" s="0" t="s">
+      <c r="G373" s="0" t="s">
+        <v>626</v>
+      </c>
+      <c r="H373" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I373" s="1" t="s">
         <v>1617</v>
-      </c>
-[...13 lines deleted...]
-        <v>1618</v>
       </c>
       <c r="J373" s="0"/>
       <c r="K373" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L373" s="0"/>
+      <c r="L373" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="374" spans="1:12" customHeight="1" ht="80">
       <c r="A374" s="0"/>
       <c r="B374" s="0" t="s">
+        <v>1618</v>
+      </c>
+      <c r="C374" s="0" t="s">
         <v>1619</v>
       </c>
-      <c r="C374" s="0" t="s">
+      <c r="D374" s="0" t="s">
         <v>1620</v>
       </c>
-      <c r="D374" s="0" t="s">
+      <c r="E374" s="0" t="s">
+        <v>1412</v>
+      </c>
+      <c r="F374" s="0" t="s">
         <v>1621</v>
       </c>
-      <c r="E374" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G374" s="0" t="s">
-        <v>619</v>
+        <v>626</v>
       </c>
       <c r="H374" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I374" s="1" t="s">
-        <v>1622</v>
+        <v>421</v>
       </c>
       <c r="J374" s="0"/>
       <c r="K374" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L374" s="0"/>
+      <c r="L374" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="375" spans="1:12" customHeight="1" ht="80">
       <c r="A375" s="0"/>
       <c r="B375" s="0" t="s">
+        <v>1622</v>
+      </c>
+      <c r="C375" s="0" t="s">
         <v>1623</v>
       </c>
-      <c r="C375" s="0" t="s">
+      <c r="D375" s="0" t="s">
         <v>1624</v>
       </c>
-      <c r="D375" s="0" t="s">
+      <c r="E375" s="0" t="s">
+        <v>728</v>
+      </c>
+      <c r="F375" s="0" t="s">
         <v>1625</v>
       </c>
-      <c r="E375" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F375" s="0" t="s">
+      <c r="G375" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H375" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I375" s="1" t="s">
         <v>1626</v>
-      </c>
-[...7 lines deleted...]
-        <v>1627</v>
       </c>
       <c r="J375" s="0"/>
       <c r="K375" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L375" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="376" spans="1:12" customHeight="1" ht="80">
       <c r="A376" s="0"/>
       <c r="B376" s="0" t="s">
+        <v>1627</v>
+      </c>
+      <c r="C376" s="0" t="s">
         <v>1628</v>
       </c>
-      <c r="C376" s="0" t="s">
+      <c r="D376" s="0" t="s">
         <v>1629</v>
       </c>
-      <c r="D376" s="0" t="s">
+      <c r="E376" s="0" t="s">
         <v>1630</v>
-      </c>
-[...1 lines deleted...]
-        <v>1422</v>
       </c>
       <c r="F376" s="0" t="s">
         <v>1631</v>
       </c>
       <c r="G376" s="0" t="s">
-        <v>626</v>
+        <v>205</v>
       </c>
       <c r="H376" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I376" s="1" t="s">
-        <v>423</v>
+        <v>1632</v>
       </c>
       <c r="J376" s="0"/>
       <c r="K376" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L376" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="377" spans="1:12" customHeight="1" ht="80">
       <c r="A377" s="0"/>
       <c r="B377" s="0" t="s">
-        <v>1632</v>
+        <v>1633</v>
       </c>
       <c r="C377" s="0" t="s">
-        <v>1633</v>
+        <v>1634</v>
       </c>
       <c r="D377" s="0" t="s">
-        <v>1634</v>
+        <v>1635</v>
       </c>
       <c r="E377" s="0" t="s">
-        <v>726</v>
+        <v>1630</v>
       </c>
       <c r="F377" s="0" t="s">
-        <v>1635</v>
+        <v>1631</v>
       </c>
       <c r="G377" s="0" t="s">
-        <v>43</v>
+        <v>205</v>
       </c>
       <c r="H377" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I377" s="1" t="s">
         <v>1636</v>
       </c>
       <c r="J377" s="0"/>
       <c r="K377" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L377" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L377" s="0"/>
     </row>
     <row r="378" spans="1:12" customHeight="1" ht="80">
       <c r="A378" s="0"/>
       <c r="B378" s="0" t="s">
         <v>1637</v>
       </c>
       <c r="C378" s="0" t="s">
         <v>1638</v>
       </c>
       <c r="D378" s="0" t="s">
         <v>1639</v>
       </c>
       <c r="E378" s="0" t="s">
-        <v>1640</v>
+        <v>1630</v>
       </c>
       <c r="F378" s="0" t="s">
-        <v>1641</v>
+        <v>1631</v>
       </c>
       <c r="G378" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H378" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I378" s="1" t="s">
-        <v>1642</v>
+        <v>1636</v>
       </c>
       <c r="J378" s="0"/>
       <c r="K378" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L378" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L378" s="0"/>
     </row>
     <row r="379" spans="1:12" customHeight="1" ht="80">
       <c r="A379" s="0"/>
       <c r="B379" s="0" t="s">
-        <v>1643</v>
+        <v>1640</v>
       </c>
       <c r="C379" s="0" t="s">
-        <v>1644</v>
+        <v>1641</v>
       </c>
       <c r="D379" s="0" t="s">
-        <v>1645</v>
+        <v>1642</v>
       </c>
       <c r="E379" s="0" t="s">
-        <v>1640</v>
+        <v>1630</v>
       </c>
       <c r="F379" s="0" t="s">
-        <v>1641</v>
+        <v>1631</v>
       </c>
       <c r="G379" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H379" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I379" s="1" t="s">
-        <v>1646</v>
+        <v>1636</v>
       </c>
       <c r="J379" s="0"/>
       <c r="K379" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L379" s="0"/>
+      <c r="L379" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="380" spans="1:12" customHeight="1" ht="80">
       <c r="A380" s="0"/>
       <c r="B380" s="0" t="s">
-        <v>1647</v>
+        <v>1643</v>
       </c>
       <c r="C380" s="0" t="s">
-        <v>1648</v>
+        <v>1644</v>
       </c>
       <c r="D380" s="0" t="s">
-        <v>1649</v>
+        <v>1645</v>
       </c>
       <c r="E380" s="0" t="s">
-        <v>1640</v>
+        <v>1630</v>
       </c>
       <c r="F380" s="0" t="s">
-        <v>1641</v>
+        <v>1631</v>
       </c>
       <c r="G380" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H380" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I380" s="1" t="s">
-        <v>1646</v>
+        <v>1636</v>
       </c>
       <c r="J380" s="0"/>
       <c r="K380" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L380" s="0"/>
+      <c r="L380" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="381" spans="1:12" customHeight="1" ht="80">
       <c r="A381" s="0"/>
       <c r="B381" s="0" t="s">
-        <v>1650</v>
+        <v>1646</v>
       </c>
       <c r="C381" s="0" t="s">
-        <v>1651</v>
+        <v>1647</v>
       </c>
       <c r="D381" s="0" t="s">
-        <v>1652</v>
+        <v>1648</v>
       </c>
       <c r="E381" s="0" t="s">
-        <v>1640</v>
+        <v>1630</v>
       </c>
       <c r="F381" s="0" t="s">
-        <v>1641</v>
+        <v>1631</v>
       </c>
       <c r="G381" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H381" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I381" s="1" t="s">
-        <v>1646</v>
+        <v>1649</v>
       </c>
       <c r="J381" s="0"/>
       <c r="K381" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L381" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="382" spans="1:12" customHeight="1" ht="80">
       <c r="A382" s="0"/>
       <c r="B382" s="0" t="s">
+        <v>1650</v>
+      </c>
+      <c r="C382" s="0" t="s">
+        <v>1651</v>
+      </c>
+      <c r="D382" s="0" t="s">
+        <v>1652</v>
+      </c>
+      <c r="E382" s="0" t="s">
+        <v>1630</v>
+      </c>
+      <c r="F382" s="0" t="s">
+        <v>1631</v>
+      </c>
+      <c r="G382" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H382" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I382" s="1" t="s">
         <v>1653</v>
-      </c>
-[...19 lines deleted...]
-        <v>1646</v>
       </c>
       <c r="J382" s="0"/>
       <c r="K382" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L382" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="383" spans="1:12" customHeight="1" ht="80">
       <c r="A383" s="0"/>
       <c r="B383" s="0" t="s">
+        <v>1654</v>
+      </c>
+      <c r="C383" s="0" t="s">
+        <v>1655</v>
+      </c>
+      <c r="D383" s="0" t="s">
         <v>1656</v>
       </c>
-      <c r="C383" s="0" t="s">
+      <c r="E383" s="0" t="s">
+        <v>1630</v>
+      </c>
+      <c r="F383" s="0" t="s">
+        <v>1631</v>
+      </c>
+      <c r="G383" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H383" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I383" s="1" t="s">
         <v>1657</v>
-      </c>
-[...16 lines deleted...]
-        <v>1659</v>
       </c>
       <c r="J383" s="0"/>
       <c r="K383" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L383" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L383" s="0"/>
     </row>
     <row r="384" spans="1:12" customHeight="1" ht="80">
       <c r="A384" s="0"/>
       <c r="B384" s="0" t="s">
+        <v>1658</v>
+      </c>
+      <c r="C384" s="0" t="s">
+        <v>1659</v>
+      </c>
+      <c r="D384" s="0" t="s">
         <v>1660</v>
       </c>
-      <c r="C384" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E384" s="0" t="s">
-        <v>1640</v>
+        <v>1630</v>
       </c>
       <c r="F384" s="0" t="s">
-        <v>1641</v>
+        <v>1631</v>
       </c>
       <c r="G384" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H384" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I384" s="1" t="s">
-        <v>1663</v>
+        <v>790</v>
       </c>
       <c r="J384" s="0"/>
       <c r="K384" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L384" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="385" spans="1:12" customHeight="1" ht="80">
       <c r="A385" s="0"/>
       <c r="B385" s="0" t="s">
-        <v>1664</v>
+        <v>1661</v>
       </c>
       <c r="C385" s="0" t="s">
-        <v>1665</v>
+        <v>1662</v>
       </c>
       <c r="D385" s="0" t="s">
-        <v>1666</v>
+        <v>1663</v>
       </c>
       <c r="E385" s="0" t="s">
-        <v>1640</v>
+        <v>1630</v>
       </c>
       <c r="F385" s="0" t="s">
-        <v>1641</v>
+        <v>1631</v>
       </c>
       <c r="G385" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H385" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I385" s="1" t="s">
-        <v>1667</v>
+        <v>790</v>
       </c>
       <c r="J385" s="0"/>
       <c r="K385" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L385" s="0"/>
+      <c r="L385" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="386" spans="1:12" customHeight="1" ht="80">
       <c r="A386" s="0"/>
       <c r="B386" s="0" t="s">
-        <v>1668</v>
+        <v>1664</v>
       </c>
       <c r="C386" s="0" t="s">
-        <v>1669</v>
+        <v>1665</v>
       </c>
       <c r="D386" s="0" t="s">
-        <v>1670</v>
+        <v>1666</v>
       </c>
       <c r="E386" s="0" t="s">
-        <v>1640</v>
+        <v>1630</v>
       </c>
       <c r="F386" s="0" t="s">
-        <v>1641</v>
+        <v>1631</v>
       </c>
       <c r="G386" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H386" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I386" s="1" t="s">
-        <v>788</v>
+        <v>1667</v>
       </c>
       <c r="J386" s="0"/>
       <c r="K386" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L386" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L386" s="0"/>
     </row>
     <row r="387" spans="1:12" customHeight="1" ht="80">
       <c r="A387" s="0"/>
       <c r="B387" s="0" t="s">
-        <v>1671</v>
+        <v>1668</v>
       </c>
       <c r="C387" s="0" t="s">
-        <v>1672</v>
+        <v>1669</v>
       </c>
       <c r="D387" s="0" t="s">
-        <v>1673</v>
+        <v>1670</v>
       </c>
       <c r="E387" s="0" t="s">
-        <v>1640</v>
+        <v>1630</v>
       </c>
       <c r="F387" s="0" t="s">
-        <v>1641</v>
+        <v>1631</v>
       </c>
       <c r="G387" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H387" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I387" s="1" t="s">
-        <v>788</v>
+        <v>1667</v>
       </c>
       <c r="J387" s="0"/>
       <c r="K387" s="0" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L387" s="0"/>
     </row>
     <row r="388" spans="1:12" customHeight="1" ht="80">
       <c r="A388" s="0"/>
       <c r="B388" s="0" t="s">
+        <v>1671</v>
+      </c>
+      <c r="C388" s="0" t="s">
+        <v>1672</v>
+      </c>
+      <c r="D388" s="0" t="s">
+        <v>1673</v>
+      </c>
+      <c r="E388" s="0" t="s">
+        <v>1630</v>
+      </c>
+      <c r="F388" s="0" t="s">
+        <v>1631</v>
+      </c>
+      <c r="G388" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H388" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I388" s="1" t="s">
         <v>1674</v>
-      </c>
-[...19 lines deleted...]
-        <v>1677</v>
       </c>
       <c r="J388" s="0"/>
       <c r="K388" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L388" s="0"/>
+      <c r="L388" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="389" spans="1:12" customHeight="1" ht="80">
       <c r="A389" s="0"/>
       <c r="B389" s="0" t="s">
-        <v>1678</v>
+        <v>1675</v>
       </c>
       <c r="C389" s="0" t="s">
-        <v>1679</v>
+        <v>1676</v>
       </c>
       <c r="D389" s="0" t="s">
-        <v>1680</v>
+        <v>1677</v>
       </c>
       <c r="E389" s="0" t="s">
-        <v>1640</v>
+        <v>1630</v>
       </c>
       <c r="F389" s="0" t="s">
-        <v>1641</v>
+        <v>1631</v>
       </c>
       <c r="G389" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H389" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I389" s="1" t="s">
-        <v>1677</v>
+        <v>1632</v>
       </c>
       <c r="J389" s="0"/>
       <c r="K389" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L389" s="0"/>
+      <c r="L389" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="390" spans="1:12" customHeight="1" ht="80">
       <c r="A390" s="0"/>
       <c r="B390" s="0" t="s">
+        <v>1678</v>
+      </c>
+      <c r="C390" s="0" t="s">
+        <v>1679</v>
+      </c>
+      <c r="D390" s="0" t="s">
+        <v>1680</v>
+      </c>
+      <c r="E390" s="0" t="s">
+        <v>1630</v>
+      </c>
+      <c r="F390" s="0" t="s">
         <v>1681</v>
       </c>
-      <c r="C390" s="0" t="s">
+      <c r="G390" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H390" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I390" s="1" t="s">
         <v>1682</v>
-      </c>
-[...16 lines deleted...]
-        <v>1684</v>
       </c>
       <c r="J390" s="0"/>
       <c r="K390" s="0" t="s">
-        <v>118</v>
+        <v>20</v>
       </c>
       <c r="L390" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="391" spans="1:12" customHeight="1" ht="80">
       <c r="A391" s="0"/>
       <c r="B391" s="0" t="s">
+        <v>1683</v>
+      </c>
+      <c r="C391" s="0" t="s">
+        <v>1684</v>
+      </c>
+      <c r="D391" s="0" t="s">
         <v>1685</v>
       </c>
-      <c r="C391" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E391" s="0" t="s">
-        <v>1640</v>
+        <v>1630</v>
       </c>
       <c r="F391" s="0" t="s">
-        <v>1641</v>
+        <v>1681</v>
       </c>
       <c r="G391" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H391" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I391" s="1" t="s">
-        <v>1642</v>
+        <v>790</v>
       </c>
       <c r="J391" s="0"/>
       <c r="K391" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L391" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="392" spans="1:12" customHeight="1" ht="80">
       <c r="A392" s="0"/>
       <c r="B392" s="0" t="s">
+        <v>1686</v>
+      </c>
+      <c r="C392" s="0" t="s">
+        <v>1687</v>
+      </c>
+      <c r="D392" s="0" t="s">
         <v>1688</v>
       </c>
-      <c r="C392" s="0" t="s">
+      <c r="E392" s="0" t="s">
+        <v>1630</v>
+      </c>
+      <c r="F392" s="0" t="s">
+        <v>1681</v>
+      </c>
+      <c r="G392" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H392" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I392" s="1" t="s">
         <v>1689</v>
-      </c>
-[...16 lines deleted...]
-        <v>1692</v>
       </c>
       <c r="J392" s="0"/>
       <c r="K392" s="0" t="s">
-        <v>283</v>
+        <v>20</v>
       </c>
       <c r="L392" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="393" spans="1:12" customHeight="1" ht="80">
       <c r="A393" s="0"/>
       <c r="B393" s="0" t="s">
-        <v>1693</v>
+        <v>1690</v>
       </c>
       <c r="C393" s="0" t="s">
-        <v>1694</v>
+        <v>1691</v>
       </c>
       <c r="D393" s="0" t="s">
-        <v>1695</v>
+        <v>1692</v>
       </c>
       <c r="E393" s="0" t="s">
-        <v>1640</v>
+        <v>1630</v>
       </c>
       <c r="F393" s="0" t="s">
-        <v>1691</v>
+        <v>1681</v>
       </c>
       <c r="G393" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H393" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I393" s="1" t="s">
-        <v>788</v>
+        <v>1667</v>
       </c>
       <c r="J393" s="0"/>
       <c r="K393" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L393" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L393" s="0"/>
     </row>
     <row r="394" spans="1:12" customHeight="1" ht="80">
       <c r="A394" s="0"/>
       <c r="B394" s="0" t="s">
+        <v>1693</v>
+      </c>
+      <c r="C394" s="0" t="s">
+        <v>1694</v>
+      </c>
+      <c r="D394" s="0" t="s">
+        <v>1695</v>
+      </c>
+      <c r="E394" s="0" t="s">
+        <v>1630</v>
+      </c>
+      <c r="F394" s="0" t="s">
+        <v>1681</v>
+      </c>
+      <c r="G394" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H394" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I394" s="1" t="s">
         <v>1696</v>
-      </c>
-[...19 lines deleted...]
-        <v>1699</v>
       </c>
       <c r="J394" s="0"/>
       <c r="K394" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L394" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="395" spans="1:12" customHeight="1" ht="80">
       <c r="A395" s="0"/>
       <c r="B395" s="0" t="s">
+        <v>1697</v>
+      </c>
+      <c r="C395" s="0" t="s">
+        <v>1698</v>
+      </c>
+      <c r="D395" s="0" t="s">
+        <v>1699</v>
+      </c>
+      <c r="E395" s="0" t="s">
+        <v>1630</v>
+      </c>
+      <c r="F395" s="0" t="s">
         <v>1700</v>
       </c>
-      <c r="C395" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G395" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H395" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I395" s="1" t="s">
-        <v>1677</v>
+        <v>790</v>
       </c>
       <c r="J395" s="0"/>
       <c r="K395" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L395" s="0"/>
+      <c r="L395" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="396" spans="1:12" customHeight="1" ht="80">
       <c r="A396" s="0"/>
       <c r="B396" s="0" t="s">
+        <v>1701</v>
+      </c>
+      <c r="C396" s="0" t="s">
+        <v>1702</v>
+      </c>
+      <c r="D396" s="0" t="s">
         <v>1703</v>
       </c>
-      <c r="C396" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E396" s="0" t="s">
-        <v>1640</v>
+        <v>1630</v>
       </c>
       <c r="F396" s="0" t="s">
-        <v>1691</v>
+        <v>1700</v>
       </c>
       <c r="G396" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H396" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I396" s="1" t="s">
-        <v>1706</v>
+        <v>790</v>
       </c>
       <c r="J396" s="0"/>
       <c r="K396" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L396" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L396" s="0"/>
     </row>
     <row r="397" spans="1:12" customHeight="1" ht="80">
       <c r="A397" s="0"/>
       <c r="B397" s="0" t="s">
-        <v>1707</v>
+        <v>1704</v>
       </c>
       <c r="C397" s="0" t="s">
-        <v>1708</v>
+        <v>1705</v>
       </c>
       <c r="D397" s="0" t="s">
-        <v>1709</v>
+        <v>1706</v>
       </c>
       <c r="E397" s="0" t="s">
-        <v>1640</v>
+        <v>1630</v>
       </c>
       <c r="F397" s="0" t="s">
-        <v>1710</v>
+        <v>1700</v>
       </c>
       <c r="G397" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H397" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I397" s="1" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="J397" s="0"/>
       <c r="K397" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L397" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L397" s="0"/>
     </row>
     <row r="398" spans="1:12" customHeight="1" ht="80">
       <c r="A398" s="0"/>
       <c r="B398" s="0" t="s">
-        <v>1711</v>
+        <v>1707</v>
       </c>
       <c r="C398" s="0" t="s">
-        <v>1712</v>
+        <v>1708</v>
       </c>
       <c r="D398" s="0" t="s">
-        <v>1713</v>
+        <v>1709</v>
       </c>
       <c r="E398" s="0" t="s">
-        <v>1640</v>
+        <v>1630</v>
       </c>
       <c r="F398" s="0" t="s">
-        <v>1710</v>
+        <v>1700</v>
       </c>
       <c r="G398" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H398" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I398" s="1" t="s">
-        <v>788</v>
+        <v>1667</v>
       </c>
       <c r="J398" s="0"/>
       <c r="K398" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L398" s="0"/>
+      <c r="L398" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="399" spans="1:12" customHeight="1" ht="80">
       <c r="A399" s="0"/>
       <c r="B399" s="0" t="s">
-        <v>1714</v>
+        <v>1710</v>
       </c>
       <c r="C399" s="0" t="s">
-        <v>1715</v>
+        <v>1711</v>
       </c>
       <c r="D399" s="0" t="s">
-        <v>1716</v>
+        <v>1712</v>
       </c>
       <c r="E399" s="0" t="s">
-        <v>1640</v>
+        <v>1630</v>
       </c>
       <c r="F399" s="0" t="s">
-        <v>1710</v>
+        <v>1700</v>
       </c>
       <c r="G399" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H399" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I399" s="1" t="s">
-        <v>788</v>
+        <v>384</v>
       </c>
       <c r="J399" s="0"/>
       <c r="K399" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L399" s="0"/>
+      <c r="L399" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="400" spans="1:12" customHeight="1" ht="80">
       <c r="A400" s="0"/>
       <c r="B400" s="0" t="s">
-        <v>1717</v>
+        <v>1713</v>
       </c>
       <c r="C400" s="0" t="s">
-        <v>1718</v>
+        <v>1714</v>
       </c>
       <c r="D400" s="0" t="s">
-        <v>1719</v>
+        <v>1715</v>
       </c>
       <c r="E400" s="0" t="s">
-        <v>1640</v>
+        <v>1630</v>
       </c>
       <c r="F400" s="0" t="s">
-        <v>1710</v>
+        <v>1700</v>
       </c>
       <c r="G400" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H400" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I400" s="1" t="s">
-        <v>1677</v>
+        <v>1716</v>
       </c>
       <c r="J400" s="0"/>
       <c r="K400" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L400" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L400" s="0"/>
     </row>
     <row r="401" spans="1:12" customHeight="1" ht="80">
       <c r="A401" s="0"/>
       <c r="B401" s="0" t="s">
+        <v>1717</v>
+      </c>
+      <c r="C401" s="0" t="s">
+        <v>1718</v>
+      </c>
+      <c r="D401" s="0" t="s">
+        <v>1719</v>
+      </c>
+      <c r="E401" s="0" t="s">
+        <v>1630</v>
+      </c>
+      <c r="F401" s="0" t="s">
+        <v>1700</v>
+      </c>
+      <c r="G401" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H401" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I401" s="1" t="s">
         <v>1720</v>
-      </c>
-[...19 lines deleted...]
-        <v>1723</v>
       </c>
       <c r="J401" s="0"/>
       <c r="K401" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L401" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L401" s="0"/>
     </row>
     <row r="402" spans="1:12" customHeight="1" ht="80">
       <c r="A402" s="0"/>
       <c r="B402" s="0" t="s">
+        <v>1721</v>
+      </c>
+      <c r="C402" s="0" t="s">
+        <v>1722</v>
+      </c>
+      <c r="D402" s="0">
+        <v>604617</v>
+      </c>
+      <c r="E402" s="0" t="s">
+        <v>1723</v>
+      </c>
+      <c r="F402" s="0" t="s">
         <v>1724</v>
       </c>
-      <c r="C402" s="0" t="s">
+      <c r="G402" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H402" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I402" s="1" t="s">
         <v>1725</v>
-      </c>
-[...16 lines deleted...]
-        <v>1727</v>
       </c>
       <c r="J402" s="0"/>
       <c r="K402" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L402" s="0"/>
     </row>
     <row r="403" spans="1:12" customHeight="1" ht="80">
       <c r="A403" s="0"/>
       <c r="B403" s="0" t="s">
+        <v>1726</v>
+      </c>
+      <c r="C403" s="0" t="s">
+        <v>1727</v>
+      </c>
+      <c r="D403" s="0">
+        <v>652771</v>
+      </c>
+      <c r="E403" s="0" t="s">
+        <v>331</v>
+      </c>
+      <c r="F403" s="0" t="s">
+        <v>1430</v>
+      </c>
+      <c r="G403" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H403" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I403" s="1" t="s">
         <v>1728</v>
-      </c>
-[...19 lines deleted...]
-        <v>1731</v>
       </c>
       <c r="J403" s="0"/>
       <c r="K403" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L403" s="0"/>
+        <v>1729</v>
+      </c>
+      <c r="L403" s="0">
+        <v>4</v>
+      </c>
     </row>
     <row r="404" spans="1:12" customHeight="1" ht="80">
       <c r="A404" s="0"/>
       <c r="B404" s="0" t="s">
+        <v>1730</v>
+      </c>
+      <c r="C404" s="0" t="s">
+        <v>1731</v>
+      </c>
+      <c r="D404" s="0" t="s">
         <v>1732</v>
       </c>
-      <c r="C404" s="0" t="s">
+      <c r="E404" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F404" s="0" t="s">
         <v>1733</v>
       </c>
-      <c r="D404" s="0">
-[...2 lines deleted...]
-      <c r="E404" s="0" t="s">
+      <c r="G404" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H404" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I404" s="1" t="s">
         <v>1734</v>
-      </c>
-[...10 lines deleted...]
-        <v>1736</v>
       </c>
       <c r="J404" s="0"/>
       <c r="K404" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L404" s="0"/>
+        <v>53</v>
+      </c>
+      <c r="L404" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="405" spans="1:12" customHeight="1" ht="80">
       <c r="A405" s="0"/>
       <c r="B405" s="0" t="s">
+        <v>1735</v>
+      </c>
+      <c r="C405" s="0" t="s">
+        <v>1736</v>
+      </c>
+      <c r="D405" s="0" t="s">
         <v>1737</v>
       </c>
-      <c r="C405" s="0" t="s">
+      <c r="E405" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F405" s="0" t="s">
         <v>1738</v>
       </c>
-      <c r="D405" s="0">
-[...7 lines deleted...]
-      </c>
       <c r="G405" s="0" t="s">
-        <v>43</v>
+        <v>17</v>
       </c>
       <c r="H405" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I405" s="1" t="s">
         <v>1739</v>
       </c>
       <c r="J405" s="0"/>
       <c r="K405" s="0" t="s">
-        <v>1740</v>
+        <v>53</v>
       </c>
       <c r="L405" s="0">
-        <v>4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="406" spans="1:12" customHeight="1" ht="80">
       <c r="A406" s="0"/>
       <c r="B406" s="0" t="s">
+        <v>1740</v>
+      </c>
+      <c r="C406" s="0" t="s">
         <v>1741</v>
       </c>
-      <c r="C406" s="0" t="s">
+      <c r="D406" s="0" t="s">
         <v>1742</v>
       </c>
-      <c r="D406" s="0" t="s">
+      <c r="E406" s="0" t="s">
+        <v>1412</v>
+      </c>
+      <c r="F406" s="0" t="s">
         <v>1743</v>
       </c>
-      <c r="E406" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G406" s="0" t="s">
-        <v>17</v>
+        <v>626</v>
       </c>
       <c r="H406" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I406" s="1" t="s">
-        <v>1745</v>
+        <v>1440</v>
       </c>
       <c r="J406" s="0"/>
       <c r="K406" s="0" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="L406" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="407" spans="1:12" customHeight="1" ht="80">
       <c r="A407" s="0"/>
       <c r="B407" s="0" t="s">
+        <v>1744</v>
+      </c>
+      <c r="C407" s="0" t="s">
+        <v>1745</v>
+      </c>
+      <c r="D407" s="0" t="s">
         <v>1746</v>
       </c>
-      <c r="C407" s="0" t="s">
+      <c r="E407" s="0" t="s">
+        <v>946</v>
+      </c>
+      <c r="F407" s="0" t="s">
+        <v>978</v>
+      </c>
+      <c r="G407" s="0" t="s">
+        <v>618</v>
+      </c>
+      <c r="H407" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I407" s="1" t="s">
         <v>1747</v>
-      </c>
-[...16 lines deleted...]
-        <v>1750</v>
       </c>
       <c r="J407" s="0"/>
       <c r="K407" s="0" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L407" s="0"/>
     </row>
     <row r="408" spans="1:12" customHeight="1" ht="80">
       <c r="A408" s="0"/>
       <c r="B408" s="0" t="s">
+        <v>1748</v>
+      </c>
+      <c r="C408" s="0" t="s">
+        <v>1749</v>
+      </c>
+      <c r="D408" s="0" t="s">
+        <v>1750</v>
+      </c>
+      <c r="E408" s="0" t="s">
+        <v>1384</v>
+      </c>
+      <c r="F408" s="0"/>
+      <c r="G408" s="0" t="s">
+        <v>1386</v>
+      </c>
+      <c r="H408" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I408" s="1" t="s">
         <v>1751</v>
-      </c>
-[...19 lines deleted...]
-        <v>1450</v>
       </c>
       <c r="J408" s="0"/>
       <c r="K408" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L408" s="0">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="409" spans="1:12" customHeight="1" ht="80">
       <c r="A409" s="0"/>
       <c r="B409" s="0" t="s">
+        <v>1752</v>
+      </c>
+      <c r="C409" s="0" t="s">
+        <v>1753</v>
+      </c>
+      <c r="D409" s="0" t="s">
+        <v>1754</v>
+      </c>
+      <c r="E409" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F409" s="0" t="s">
         <v>1755</v>
       </c>
-      <c r="C409" s="0" t="s">
+      <c r="G409" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H409" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I409" s="1" t="s">
         <v>1756</v>
-      </c>
-[...16 lines deleted...]
-        <v>1758</v>
       </c>
       <c r="J409" s="0"/>
       <c r="K409" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L409" s="0"/>
+      <c r="L409" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="410" spans="1:12" customHeight="1" ht="80">
       <c r="A410" s="0"/>
       <c r="B410" s="0" t="s">
+        <v>1757</v>
+      </c>
+      <c r="C410" s="0" t="s">
+        <v>1758</v>
+      </c>
+      <c r="D410" s="0" t="s">
         <v>1759</v>
       </c>
-      <c r="C410" s="0" t="s">
+      <c r="E410" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F410" s="0" t="s">
         <v>1760</v>
       </c>
-      <c r="D410" s="0" t="s">
+      <c r="G410" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H410" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I410" s="1" t="s">
         <v>1761</v>
-      </c>
-[...11 lines deleted...]
-        <v>1762</v>
       </c>
       <c r="J410" s="0"/>
       <c r="K410" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L410" s="0">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="411" spans="1:12" customHeight="1" ht="80">
       <c r="A411" s="0"/>
       <c r="B411" s="0" t="s">
+        <v>1762</v>
+      </c>
+      <c r="C411" s="0" t="s">
         <v>1763</v>
       </c>
-      <c r="C411" s="0" t="s">
+      <c r="D411" s="0" t="s">
         <v>1764</v>
-      </c>
-[...1 lines deleted...]
-        <v>1765</v>
       </c>
       <c r="E411" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F411" s="0" t="s">
-        <v>1766</v>
+        <v>1760</v>
       </c>
       <c r="G411" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H411" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I411" s="1" t="s">
-        <v>1767</v>
+        <v>747</v>
       </c>
       <c r="J411" s="0"/>
       <c r="K411" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L411" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="412" spans="1:12" customHeight="1" ht="80">
       <c r="A412" s="0"/>
       <c r="B412" s="0" t="s">
-        <v>1768</v>
+        <v>1765</v>
       </c>
       <c r="C412" s="0" t="s">
-        <v>1769</v>
+        <v>1766</v>
       </c>
       <c r="D412" s="0" t="s">
-        <v>1770</v>
+        <v>1767</v>
       </c>
       <c r="E412" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F412" s="0" t="s">
-        <v>1771</v>
+        <v>1755</v>
       </c>
       <c r="G412" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H412" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I412" s="1" t="s">
-        <v>1772</v>
+        <v>1768</v>
       </c>
       <c r="J412" s="0"/>
       <c r="K412" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L412" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="413" spans="1:12" customHeight="1" ht="80">
       <c r="A413" s="0"/>
       <c r="B413" s="0" t="s">
-        <v>1773</v>
+        <v>1769</v>
       </c>
       <c r="C413" s="0" t="s">
-        <v>1774</v>
+        <v>1770</v>
       </c>
       <c r="D413" s="0" t="s">
-        <v>1775</v>
+        <v>1771</v>
       </c>
       <c r="E413" s="0" t="s">
-        <v>15</v>
+        <v>405</v>
       </c>
       <c r="F413" s="0" t="s">
-        <v>1771</v>
+        <v>1217</v>
       </c>
       <c r="G413" s="0" t="s">
-        <v>17</v>
+        <v>407</v>
       </c>
       <c r="H413" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I413" s="1" t="s">
-        <v>745</v>
+        <v>1245</v>
       </c>
       <c r="J413" s="0"/>
       <c r="K413" s="0" t="s">
-        <v>283</v>
+        <v>125</v>
       </c>
       <c r="L413" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="414" spans="1:12" customHeight="1" ht="80">
       <c r="A414" s="0"/>
       <c r="B414" s="0" t="s">
-        <v>1776</v>
+        <v>1772</v>
       </c>
       <c r="C414" s="0" t="s">
-        <v>1777</v>
+        <v>1773</v>
       </c>
       <c r="D414" s="0" t="s">
-        <v>1778</v>
+        <v>1774</v>
       </c>
       <c r="E414" s="0" t="s">
-        <v>15</v>
+        <v>121</v>
       </c>
       <c r="F414" s="0" t="s">
-        <v>1766</v>
+        <v>763</v>
       </c>
       <c r="G414" s="0" t="s">
-        <v>17</v>
+        <v>123</v>
       </c>
       <c r="H414" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I414" s="1" t="s">
-        <v>1779</v>
+        <v>1775</v>
       </c>
       <c r="J414" s="0"/>
       <c r="K414" s="0" t="s">
-        <v>20</v>
+        <v>314</v>
       </c>
       <c r="L414" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="415" spans="1:12" customHeight="1" ht="80">
       <c r="A415" s="0"/>
       <c r="B415" s="0" t="s">
+        <v>1776</v>
+      </c>
+      <c r="C415" s="0" t="s">
+        <v>1777</v>
+      </c>
+      <c r="D415" s="0" t="s">
+        <v>1778</v>
+      </c>
+      <c r="E415" s="0" t="s">
+        <v>616</v>
+      </c>
+      <c r="F415" s="0" t="s">
+        <v>1779</v>
+      </c>
+      <c r="G415" s="0" t="s">
+        <v>618</v>
+      </c>
+      <c r="H415" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I415" s="1" t="s">
         <v>1780</v>
-      </c>
-[...19 lines deleted...]
-        <v>1249</v>
       </c>
       <c r="J415" s="0"/>
       <c r="K415" s="0" t="s">
-        <v>99</v>
+        <v>20</v>
       </c>
       <c r="L415" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="416" spans="1:12" customHeight="1" ht="80">
       <c r="A416" s="0"/>
       <c r="B416" s="0" t="s">
+        <v>1781</v>
+      </c>
+      <c r="C416" s="0" t="s">
+        <v>1782</v>
+      </c>
+      <c r="D416" s="0" t="s">
         <v>1783</v>
       </c>
-      <c r="C416" s="0" t="s">
+      <c r="E416" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="F416" s="0" t="s">
         <v>1784</v>
       </c>
-      <c r="D416" s="0" t="s">
+      <c r="G416" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H416" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I416" s="1" t="s">
         <v>1785</v>
-      </c>
-[...13 lines deleted...]
-        <v>1786</v>
       </c>
       <c r="J416" s="0"/>
       <c r="K416" s="0" t="s">
-        <v>1787</v>
+        <v>53</v>
       </c>
       <c r="L416" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="417" spans="1:12" customHeight="1" ht="80">
-      <c r="A417" s="0"/>
       <c r="B417" s="0" t="s">
+        <v>1786</v>
+      </c>
+      <c r="C417" s="0" t="s">
+        <v>1787</v>
+      </c>
+      <c r="D417" s="0" t="s">
         <v>1788</v>
       </c>
-      <c r="C417" s="0" t="s">
+      <c r="E417" s="0" t="s">
+        <v>1412</v>
+      </c>
+      <c r="F417" s="0"/>
+      <c r="G417" s="0" t="s">
+        <v>626</v>
+      </c>
+      <c r="H417" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I417" s="1" t="s">
         <v>1789</v>
-      </c>
-[...16 lines deleted...]
-        <v>1792</v>
       </c>
       <c r="J417" s="0"/>
       <c r="K417" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L417" s="0">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="418" spans="1:12" customHeight="1" ht="80">
       <c r="A418" s="0"/>
       <c r="B418" s="0" t="s">
+        <v>1790</v>
+      </c>
+      <c r="C418" s="0" t="s">
+        <v>1791</v>
+      </c>
+      <c r="D418" s="0" t="s">
+        <v>1792</v>
+      </c>
+      <c r="E418" s="0" t="s">
+        <v>616</v>
+      </c>
+      <c r="F418" s="0" t="s">
+        <v>617</v>
+      </c>
+      <c r="G418" s="0" t="s">
+        <v>618</v>
+      </c>
+      <c r="H418" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I418" s="1" t="s">
         <v>1793</v>
-      </c>
-[...19 lines deleted...]
-        <v>1797</v>
       </c>
       <c r="J418" s="0"/>
       <c r="K418" s="0" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L418" s="0"/>
     </row>
     <row r="419" spans="1:12" customHeight="1" ht="80">
+      <c r="A419" s="0"/>
       <c r="B419" s="0" t="s">
-        <v>1798</v>
+        <v>1794</v>
       </c>
       <c r="C419" s="0" t="s">
-        <v>1799</v>
+        <v>1795</v>
       </c>
       <c r="D419" s="0" t="s">
-        <v>1800</v>
+        <v>1796</v>
       </c>
       <c r="E419" s="0" t="s">
-        <v>1422</v>
-[...1 lines deleted...]
-      <c r="F419" s="0"/>
+        <v>616</v>
+      </c>
+      <c r="F419" s="0" t="s">
+        <v>617</v>
+      </c>
       <c r="G419" s="0" t="s">
-        <v>626</v>
+        <v>618</v>
       </c>
       <c r="H419" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I419" s="1" t="s">
-        <v>1801</v>
+        <v>1797</v>
       </c>
       <c r="J419" s="0"/>
       <c r="K419" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L419" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L419" s="0"/>
     </row>
     <row r="420" spans="1:12" customHeight="1" ht="80">
       <c r="A420" s="0"/>
       <c r="B420" s="0" t="s">
+        <v>1798</v>
+      </c>
+      <c r="C420" s="0" t="s">
+        <v>1799</v>
+      </c>
+      <c r="D420" s="0" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E420" s="0" t="s">
+        <v>616</v>
+      </c>
+      <c r="F420" s="0" t="s">
+        <v>1801</v>
+      </c>
+      <c r="G420" s="0" t="s">
+        <v>618</v>
+      </c>
+      <c r="H420" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I420" s="1" t="s">
         <v>1802</v>
-      </c>
-[...19 lines deleted...]
-        <v>1805</v>
       </c>
       <c r="J420" s="0"/>
       <c r="K420" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L420" s="0"/>
     </row>
     <row r="421" spans="1:12" customHeight="1" ht="80">
       <c r="A421" s="0"/>
       <c r="B421" s="0" t="s">
+        <v>1803</v>
+      </c>
+      <c r="C421" s="0" t="s">
+        <v>1804</v>
+      </c>
+      <c r="D421" s="0" t="s">
+        <v>1805</v>
+      </c>
+      <c r="E421" s="0" t="s">
+        <v>616</v>
+      </c>
+      <c r="F421" s="0" t="s">
+        <v>1801</v>
+      </c>
+      <c r="G421" s="0" t="s">
+        <v>618</v>
+      </c>
+      <c r="H421" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I421" s="1" t="s">
         <v>1806</v>
-      </c>
-[...19 lines deleted...]
-        <v>1809</v>
       </c>
       <c r="J421" s="0"/>
       <c r="K421" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L421" s="0"/>
     </row>
     <row r="422" spans="1:12" customHeight="1" ht="80">
       <c r="A422" s="0"/>
       <c r="B422" s="0" t="s">
+        <v>1807</v>
+      </c>
+      <c r="C422" s="0" t="s">
+        <v>1808</v>
+      </c>
+      <c r="D422" s="0" t="s">
+        <v>1809</v>
+      </c>
+      <c r="E422" s="0" t="s">
         <v>1810</v>
       </c>
-      <c r="C422" s="0" t="s">
+      <c r="F422" s="0" t="s">
         <v>1811</v>
       </c>
-      <c r="D422" s="0" t="s">
+      <c r="G422" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="H422" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I422" s="1" t="s">
         <v>1812</v>
-      </c>
-[...13 lines deleted...]
-        <v>1814</v>
       </c>
       <c r="J422" s="0"/>
       <c r="K422" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L422" s="0"/>
+      <c r="L422" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="423" spans="1:12" customHeight="1" ht="80">
       <c r="A423" s="0"/>
       <c r="B423" s="0" t="s">
+        <v>1813</v>
+      </c>
+      <c r="C423" s="0" t="s">
+        <v>1814</v>
+      </c>
+      <c r="D423" s="0" t="s">
         <v>1815</v>
       </c>
-      <c r="C423" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E423" s="0" t="s">
-        <v>617</v>
+        <v>15</v>
       </c>
       <c r="F423" s="0" t="s">
-        <v>1813</v>
+        <v>1733</v>
       </c>
       <c r="G423" s="0" t="s">
-        <v>619</v>
+        <v>17</v>
       </c>
       <c r="H423" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I423" s="1" t="s">
-        <v>1818</v>
+        <v>1608</v>
       </c>
       <c r="J423" s="0"/>
       <c r="K423" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L423" s="0"/>
+      <c r="L423" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="424" spans="1:12" customHeight="1" ht="80">
       <c r="A424" s="0"/>
       <c r="B424" s="0" t="s">
+        <v>1816</v>
+      </c>
+      <c r="C424" s="0" t="s">
+        <v>1817</v>
+      </c>
+      <c r="D424" s="0" t="s">
+        <v>1818</v>
+      </c>
+      <c r="E424" s="0" t="s">
+        <v>1412</v>
+      </c>
+      <c r="F424" s="0" t="s">
         <v>1819</v>
       </c>
-      <c r="C424" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G424" s="0" t="s">
-        <v>113</v>
+        <v>626</v>
       </c>
       <c r="H424" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I424" s="1" t="s">
-        <v>1824</v>
+        <v>781</v>
       </c>
       <c r="J424" s="0"/>
       <c r="K424" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="L424" s="0">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="425" spans="1:12" customHeight="1" ht="80">
       <c r="A425" s="0"/>
       <c r="B425" s="0" t="s">
-        <v>1825</v>
+        <v>1820</v>
       </c>
       <c r="C425" s="0" t="s">
-        <v>1826</v>
+        <v>1821</v>
       </c>
       <c r="D425" s="0" t="s">
-        <v>1827</v>
+        <v>1822</v>
       </c>
       <c r="E425" s="0" t="s">
-        <v>15</v>
+        <v>121</v>
       </c>
       <c r="F425" s="0" t="s">
-        <v>1744</v>
+        <v>763</v>
       </c>
       <c r="G425" s="0" t="s">
-        <v>17</v>
+        <v>123</v>
       </c>
       <c r="H425" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I425" s="1" t="s">
-        <v>1618</v>
+        <v>825</v>
       </c>
       <c r="J425" s="0"/>
       <c r="K425" s="0" t="s">
-        <v>31</v>
+        <v>281</v>
       </c>
       <c r="L425" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="426" spans="1:12" customHeight="1" ht="80">
       <c r="A426" s="0"/>
       <c r="B426" s="0" t="s">
-        <v>1828</v>
+        <v>1823</v>
       </c>
       <c r="C426" s="0" t="s">
-        <v>1829</v>
+        <v>1824</v>
       </c>
       <c r="D426" s="0" t="s">
-        <v>1830</v>
+        <v>1825</v>
       </c>
       <c r="E426" s="0" t="s">
-        <v>1422</v>
+        <v>121</v>
       </c>
       <c r="F426" s="0" t="s">
-        <v>1831</v>
+        <v>763</v>
       </c>
       <c r="G426" s="0" t="s">
-        <v>626</v>
+        <v>123</v>
       </c>
       <c r="H426" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I426" s="1" t="s">
-        <v>779</v>
+        <v>1826</v>
       </c>
       <c r="J426" s="0"/>
       <c r="K426" s="0" t="s">
-        <v>67</v>
+        <v>53</v>
       </c>
       <c r="L426" s="0">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="427" spans="1:12" customHeight="1" ht="80">
       <c r="A427" s="0"/>
       <c r="B427" s="0" t="s">
-        <v>1832</v>
+        <v>1827</v>
       </c>
       <c r="C427" s="0" t="s">
-        <v>1833</v>
+        <v>1828</v>
       </c>
       <c r="D427" s="0" t="s">
-        <v>1834</v>
+        <v>1829</v>
       </c>
       <c r="E427" s="0" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="F427" s="0" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="G427" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="H427" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I427" s="1" t="s">
-        <v>824</v>
+        <v>1241</v>
       </c>
       <c r="J427" s="0"/>
       <c r="K427" s="0" t="s">
-        <v>924</v>
+        <v>53</v>
       </c>
       <c r="L427" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="428" spans="1:12" customHeight="1" ht="80">
       <c r="A428" s="0"/>
       <c r="B428" s="0" t="s">
-        <v>1835</v>
+        <v>1830</v>
       </c>
       <c r="C428" s="0" t="s">
-        <v>1836</v>
+        <v>1831</v>
       </c>
       <c r="D428" s="0" t="s">
-        <v>1837</v>
+        <v>1832</v>
       </c>
       <c r="E428" s="0" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="F428" s="0" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="G428" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="H428" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I428" s="1" t="s">
-        <v>1838</v>
+        <v>1833</v>
       </c>
       <c r="J428" s="0"/>
       <c r="K428" s="0" t="s">
-        <v>54</v>
+        <v>1358</v>
       </c>
       <c r="L428" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="429" spans="1:12" customHeight="1" ht="80">
       <c r="A429" s="0"/>
       <c r="B429" s="0" t="s">
+        <v>1834</v>
+      </c>
+      <c r="C429" s="0" t="s">
+        <v>1835</v>
+      </c>
+      <c r="D429" s="0" t="s">
+        <v>1836</v>
+      </c>
+      <c r="E429" s="0" t="s">
+        <v>1837</v>
+      </c>
+      <c r="F429" s="0" t="s">
+        <v>1838</v>
+      </c>
+      <c r="G429" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H429" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I429" s="1" t="s">
         <v>1839</v>
-      </c>
-[...19 lines deleted...]
-        <v>1245</v>
       </c>
       <c r="J429" s="0"/>
       <c r="K429" s="0" t="s">
-        <v>54</v>
+        <v>1840</v>
       </c>
       <c r="L429" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="430" spans="1:12" customHeight="1" ht="80">
       <c r="A430" s="0"/>
       <c r="B430" s="0" t="s">
+        <v>1841</v>
+      </c>
+      <c r="C430" s="0" t="s">
         <v>1842</v>
       </c>
-      <c r="C430" s="0" t="s">
+      <c r="D430" s="0" t="s">
         <v>1843</v>
       </c>
-      <c r="D430" s="0" t="s">
+      <c r="E430" s="0" t="s">
+        <v>1384</v>
+      </c>
+      <c r="F430" s="0" t="s">
         <v>1844</v>
       </c>
-      <c r="E430" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G430" s="0" t="s">
-        <v>127</v>
+        <v>1386</v>
       </c>
       <c r="H430" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I430" s="1" t="s">
         <v>1845</v>
       </c>
       <c r="J430" s="0"/>
       <c r="K430" s="0" t="s">
-        <v>237</v>
+        <v>53</v>
       </c>
       <c r="L430" s="0">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="431" spans="1:12" customHeight="1" ht="80">
       <c r="A431" s="0"/>
       <c r="B431" s="0" t="s">
         <v>1846</v>
       </c>
       <c r="C431" s="0" t="s">
         <v>1847</v>
       </c>
       <c r="D431" s="0" t="s">
         <v>1848</v>
       </c>
       <c r="E431" s="0" t="s">
+        <v>1384</v>
+      </c>
+      <c r="F431" s="0"/>
+      <c r="G431" s="0" t="s">
+        <v>1386</v>
+      </c>
+      <c r="H431" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I431" s="1" t="s">
         <v>1849</v>
-      </c>
-[...10 lines deleted...]
-        <v>1851</v>
       </c>
       <c r="J431" s="0"/>
       <c r="K431" s="0" t="s">
-        <v>1555</v>
+        <v>53</v>
       </c>
       <c r="L431" s="0">
-        <v>6</v>
+        <v>50</v>
       </c>
     </row>
     <row r="432" spans="1:12" customHeight="1" ht="80">
       <c r="A432" s="0"/>
       <c r="B432" s="0" t="s">
+        <v>1850</v>
+      </c>
+      <c r="C432" s="0" t="s">
+        <v>1851</v>
+      </c>
+      <c r="D432" s="0" t="s">
         <v>1852</v>
       </c>
-      <c r="C432" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E432" s="0" t="s">
-        <v>1394</v>
-[...3 lines deleted...]
-      </c>
+        <v>1384</v>
+      </c>
+      <c r="F432" s="0"/>
       <c r="G432" s="0" t="s">
-        <v>1396</v>
+        <v>1386</v>
       </c>
       <c r="H432" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I432" s="1" t="s">
-        <v>1856</v>
+        <v>1511</v>
       </c>
       <c r="J432" s="0"/>
       <c r="K432" s="0" t="s">
-        <v>54</v>
+        <v>221</v>
       </c>
       <c r="L432" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="433" spans="1:12" customHeight="1" ht="80">
       <c r="A433" s="0"/>
       <c r="B433" s="0" t="s">
-        <v>1857</v>
+        <v>1853</v>
       </c>
       <c r="C433" s="0" t="s">
-        <v>1858</v>
+        <v>1854</v>
       </c>
       <c r="D433" s="0" t="s">
-        <v>1859</v>
+        <v>1855</v>
       </c>
       <c r="E433" s="0" t="s">
-        <v>1394</v>
-[...1 lines deleted...]
-      <c r="F433" s="0"/>
+        <v>15</v>
+      </c>
+      <c r="F433" s="0" t="s">
+        <v>1483</v>
+      </c>
       <c r="G433" s="0" t="s">
-        <v>1396</v>
+        <v>17</v>
       </c>
       <c r="H433" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I433" s="1" t="s">
-        <v>1860</v>
+        <v>1856</v>
       </c>
       <c r="J433" s="0"/>
       <c r="K433" s="0" t="s">
-        <v>54</v>
+        <v>125</v>
       </c>
       <c r="L433" s="0">
-        <v>50</v>
+        <v>12</v>
       </c>
     </row>
     <row r="434" spans="1:12" customHeight="1" ht="80">
       <c r="A434" s="0"/>
       <c r="B434" s="0" t="s">
+        <v>1857</v>
+      </c>
+      <c r="C434" s="0" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D434" s="0" t="s">
+        <v>1859</v>
+      </c>
+      <c r="E434" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F434" s="0" t="s">
+        <v>1860</v>
+      </c>
+      <c r="G434" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H434" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I434" s="1" t="s">
         <v>1861</v>
-      </c>
-[...17 lines deleted...]
-        <v>1521</v>
       </c>
       <c r="J434" s="0"/>
       <c r="K434" s="0" t="s">
-        <v>54</v>
+        <v>86</v>
       </c>
       <c r="L434" s="0">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="435" spans="1:12" customHeight="1" ht="80">
       <c r="A435" s="0"/>
       <c r="B435" s="0" t="s">
+        <v>1862</v>
+      </c>
+      <c r="C435" s="0" t="s">
+        <v>1863</v>
+      </c>
+      <c r="D435" s="0" t="s">
         <v>1864</v>
-      </c>
-[...4 lines deleted...]
-        <v>1866</v>
       </c>
       <c r="E435" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F435" s="0" t="s">
-        <v>1492</v>
+        <v>1865</v>
       </c>
       <c r="G435" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H435" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I435" s="1" t="s">
-        <v>1867</v>
+        <v>1866</v>
       </c>
       <c r="J435" s="0"/>
       <c r="K435" s="0" t="s">
-        <v>99</v>
+        <v>20</v>
       </c>
       <c r="L435" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="436" spans="1:12" customHeight="1" ht="80">
       <c r="A436" s="0"/>
       <c r="B436" s="0" t="s">
+        <v>1867</v>
+      </c>
+      <c r="C436" s="0" t="s">
         <v>1868</v>
       </c>
-      <c r="C436" s="0" t="s">
+      <c r="D436" s="0" t="s">
         <v>1869</v>
       </c>
-      <c r="D436" s="0" t="s">
+      <c r="E436" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="F436" s="0" t="s">
+        <v>763</v>
+      </c>
+      <c r="G436" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="H436" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I436" s="1" t="s">
         <v>1870</v>
-      </c>
-[...13 lines deleted...]
-        <v>1872</v>
       </c>
       <c r="J436" s="0"/>
       <c r="K436" s="0" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="L436" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="437" spans="1:12" customHeight="1" ht="80">
       <c r="A437" s="0"/>
       <c r="B437" s="0" t="s">
+        <v>1871</v>
+      </c>
+      <c r="C437" s="0" t="s">
+        <v>1872</v>
+      </c>
+      <c r="D437" s="0" t="s">
         <v>1873</v>
       </c>
-      <c r="C437" s="0" t="s">
+      <c r="E437" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="F437" s="0" t="s">
+        <v>763</v>
+      </c>
+      <c r="G437" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="H437" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I437" s="1" t="s">
         <v>1874</v>
-      </c>
-[...16 lines deleted...]
-        <v>1877</v>
       </c>
       <c r="J437" s="0"/>
       <c r="K437" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L437" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="438" spans="1:12" customHeight="1" ht="80">
       <c r="A438" s="0"/>
       <c r="B438" s="0" t="s">
+        <v>1875</v>
+      </c>
+      <c r="C438" s="0" t="s">
+        <v>1876</v>
+      </c>
+      <c r="D438" s="0" t="s">
+        <v>1877</v>
+      </c>
+      <c r="E438" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="F438" s="0" t="s">
+        <v>763</v>
+      </c>
+      <c r="G438" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="H438" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I438" s="1" t="s">
         <v>1878</v>
-      </c>
-[...19 lines deleted...]
-        <v>1881</v>
       </c>
       <c r="J438" s="0"/>
       <c r="K438" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L438" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="439" spans="1:12" customHeight="1" ht="80">
       <c r="A439" s="0"/>
       <c r="B439" s="0" t="s">
+        <v>1879</v>
+      </c>
+      <c r="C439" s="0" t="s">
+        <v>1880</v>
+      </c>
+      <c r="D439" s="0" t="s">
+        <v>1881</v>
+      </c>
+      <c r="E439" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="F439" s="0" t="s">
+        <v>763</v>
+      </c>
+      <c r="G439" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="H439" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I439" s="1" t="s">
         <v>1882</v>
-      </c>
-[...19 lines deleted...]
-        <v>1885</v>
       </c>
       <c r="J439" s="0"/>
       <c r="K439" s="0" t="s">
-        <v>20</v>
+        <v>86</v>
       </c>
       <c r="L439" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="440" spans="1:12" customHeight="1" ht="80">
       <c r="A440" s="0"/>
       <c r="B440" s="0" t="s">
+        <v>1883</v>
+      </c>
+      <c r="C440" s="0" t="s">
+        <v>1884</v>
+      </c>
+      <c r="D440" s="0" t="s">
+        <v>1885</v>
+      </c>
+      <c r="E440" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="F440" s="0" t="s">
+        <v>763</v>
+      </c>
+      <c r="G440" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="H440" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I440" s="1" t="s">
         <v>1886</v>
-      </c>
-[...19 lines deleted...]
-        <v>1889</v>
       </c>
       <c r="J440" s="0"/>
       <c r="K440" s="0" t="s">
-        <v>1182</v>
+        <v>20</v>
       </c>
       <c r="L440" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="441" spans="1:12" customHeight="1" ht="80">
       <c r="A441" s="0"/>
       <c r="B441" s="0" t="s">
+        <v>1887</v>
+      </c>
+      <c r="C441" s="0" t="s">
+        <v>1888</v>
+      </c>
+      <c r="D441" s="0" t="s">
+        <v>1889</v>
+      </c>
+      <c r="E441" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="F441" s="0" t="s">
+        <v>763</v>
+      </c>
+      <c r="G441" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="H441" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I441" s="1" t="s">
         <v>1890</v>
-      </c>
-[...19 lines deleted...]
-        <v>1893</v>
       </c>
       <c r="J441" s="0"/>
       <c r="K441" s="0" t="s">
-        <v>20</v>
+        <v>53</v>
       </c>
       <c r="L441" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="442" spans="1:12" customHeight="1" ht="80">
       <c r="A442" s="0"/>
       <c r="B442" s="0" t="s">
+        <v>1891</v>
+      </c>
+      <c r="C442" s="0" t="s">
+        <v>1892</v>
+      </c>
+      <c r="D442" s="0" t="s">
+        <v>1893</v>
+      </c>
+      <c r="E442" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="F442" s="0" t="s">
+        <v>763</v>
+      </c>
+      <c r="G442" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="H442" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I442" s="1" t="s">
         <v>1894</v>
-      </c>
-[...19 lines deleted...]
-        <v>1897</v>
       </c>
       <c r="J442" s="0"/>
       <c r="K442" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L442" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="443" spans="1:12" customHeight="1" ht="80">
       <c r="A443" s="0"/>
       <c r="B443" s="0" t="s">
-        <v>1898</v>
+        <v>1895</v>
       </c>
       <c r="C443" s="0" t="s">
-        <v>1899</v>
+        <v>1896</v>
       </c>
       <c r="D443" s="0" t="s">
-        <v>1900</v>
+        <v>1897</v>
       </c>
       <c r="E443" s="0" t="s">
-        <v>125</v>
+        <v>540</v>
       </c>
       <c r="F443" s="0" t="s">
-        <v>761</v>
+        <v>1581</v>
       </c>
       <c r="G443" s="0" t="s">
-        <v>127</v>
+        <v>205</v>
       </c>
       <c r="H443" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I443" s="1" t="s">
-        <v>1901</v>
+        <v>1577</v>
       </c>
       <c r="J443" s="0"/>
       <c r="K443" s="0" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="L443" s="0">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="444" spans="1:12" customHeight="1" ht="80">
       <c r="A444" s="0"/>
       <c r="B444" s="0" t="s">
-        <v>1902</v>
+        <v>1898</v>
       </c>
       <c r="C444" s="0" t="s">
-        <v>1903</v>
+        <v>1899</v>
       </c>
       <c r="D444" s="0" t="s">
-        <v>1904</v>
+        <v>1900</v>
       </c>
       <c r="E444" s="0" t="s">
-        <v>125</v>
+        <v>540</v>
       </c>
       <c r="F444" s="0" t="s">
-        <v>761</v>
+        <v>1581</v>
       </c>
       <c r="G444" s="0" t="s">
-        <v>127</v>
+        <v>205</v>
       </c>
       <c r="H444" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I444" s="1" t="s">
-        <v>1905</v>
+        <v>1901</v>
       </c>
       <c r="J444" s="0"/>
       <c r="K444" s="0" t="s">
-        <v>1182</v>
+        <v>66</v>
       </c>
       <c r="L444" s="0">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="445" spans="1:12" customHeight="1" ht="80">
       <c r="A445" s="0"/>
       <c r="B445" s="0" t="s">
-        <v>1906</v>
+        <v>1902</v>
       </c>
       <c r="C445" s="0" t="s">
-        <v>1907</v>
+        <v>1903</v>
       </c>
       <c r="D445" s="0" t="s">
-        <v>1908</v>
+        <v>1904</v>
       </c>
       <c r="E445" s="0" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="F445" s="0" t="s">
-        <v>1591</v>
+        <v>1572</v>
       </c>
       <c r="G445" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H445" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I445" s="1" t="s">
-        <v>1587</v>
+        <v>1905</v>
       </c>
       <c r="J445" s="0"/>
       <c r="K445" s="0" t="s">
-        <v>67</v>
+        <v>53</v>
       </c>
       <c r="L445" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="446" spans="1:12" customHeight="1" ht="80">
       <c r="A446" s="0"/>
       <c r="B446" s="0" t="s">
-        <v>1909</v>
+        <v>1906</v>
       </c>
       <c r="C446" s="0" t="s">
-        <v>1910</v>
+        <v>1907</v>
       </c>
       <c r="D446" s="0" t="s">
-        <v>1911</v>
+        <v>1908</v>
       </c>
       <c r="E446" s="0" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="F446" s="0" t="s">
-        <v>1591</v>
+        <v>1586</v>
       </c>
       <c r="G446" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H446" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I446" s="1" t="s">
-        <v>1912</v>
+        <v>1905</v>
       </c>
       <c r="J446" s="0"/>
       <c r="K446" s="0" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="L446" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="447" spans="1:12" customHeight="1" ht="80">
       <c r="A447" s="0"/>
       <c r="B447" s="0" t="s">
-        <v>1913</v>
+        <v>1909</v>
       </c>
       <c r="C447" s="0" t="s">
-        <v>1914</v>
+        <v>1910</v>
       </c>
       <c r="D447" s="0" t="s">
-        <v>1915</v>
+        <v>1911</v>
       </c>
       <c r="E447" s="0" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="F447" s="0" t="s">
-        <v>1582</v>
+        <v>1581</v>
       </c>
       <c r="G447" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H447" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I447" s="1" t="s">
-        <v>1916</v>
+        <v>1912</v>
       </c>
       <c r="J447" s="0"/>
       <c r="K447" s="0" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="L447" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="448" spans="1:12" customHeight="1" ht="80">
       <c r="A448" s="0"/>
       <c r="B448" s="0" t="s">
-        <v>1917</v>
+        <v>1913</v>
       </c>
       <c r="C448" s="0" t="s">
-        <v>1918</v>
+        <v>1914</v>
       </c>
       <c r="D448" s="0" t="s">
-        <v>1919</v>
+        <v>1915</v>
       </c>
       <c r="E448" s="0" t="s">
-        <v>541</v>
+        <v>15</v>
       </c>
       <c r="F448" s="0" t="s">
-        <v>1596</v>
+        <v>1916</v>
       </c>
       <c r="G448" s="0" t="s">
-        <v>208</v>
+        <v>17</v>
       </c>
       <c r="H448" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I448" s="1" t="s">
-        <v>1916</v>
+        <v>318</v>
       </c>
       <c r="J448" s="0"/>
       <c r="K448" s="0" t="s">
-        <v>67</v>
+        <v>638</v>
       </c>
       <c r="L448" s="0">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="449" spans="1:12" customHeight="1" ht="80">
       <c r="A449" s="0"/>
       <c r="B449" s="0" t="s">
+        <v>1917</v>
+      </c>
+      <c r="C449" s="0" t="s">
+        <v>1918</v>
+      </c>
+      <c r="D449" s="0" t="s">
+        <v>1919</v>
+      </c>
+      <c r="E449" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F449" s="0" t="s">
+        <v>1916</v>
+      </c>
+      <c r="G449" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H449" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I449" s="1" t="s">
         <v>1920</v>
-      </c>
-[...19 lines deleted...]
-        <v>1923</v>
       </c>
       <c r="J449" s="0"/>
       <c r="K449" s="0" t="s">
-        <v>67</v>
+        <v>125</v>
       </c>
       <c r="L449" s="0">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="450" spans="1:12" customHeight="1" ht="80">
       <c r="A450" s="0"/>
       <c r="B450" s="0" t="s">
-        <v>1924</v>
+        <v>1921</v>
       </c>
       <c r="C450" s="0" t="s">
-        <v>1925</v>
+        <v>1922</v>
       </c>
       <c r="D450" s="0" t="s">
-        <v>1926</v>
+        <v>1923</v>
       </c>
       <c r="E450" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F450" s="0" t="s">
-        <v>1927</v>
+        <v>1865</v>
       </c>
       <c r="G450" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H450" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I450" s="1" t="s">
-        <v>320</v>
+        <v>1924</v>
       </c>
       <c r="J450" s="0"/>
       <c r="K450" s="0" t="s">
-        <v>1354</v>
+        <v>20</v>
       </c>
       <c r="L450" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="451" spans="1:12" customHeight="1" ht="80">
       <c r="A451" s="0"/>
       <c r="B451" s="0" t="s">
-        <v>1928</v>
+        <v>1925</v>
       </c>
       <c r="C451" s="0" t="s">
-        <v>1929</v>
+        <v>1926</v>
       </c>
       <c r="D451" s="0" t="s">
-        <v>1930</v>
+        <v>1927</v>
       </c>
       <c r="E451" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F451" s="0" t="s">
-        <v>1927</v>
+        <v>1928</v>
       </c>
       <c r="G451" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H451" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I451" s="1" t="s">
-        <v>1931</v>
+        <v>1929</v>
       </c>
       <c r="J451" s="0"/>
       <c r="K451" s="0" t="s">
-        <v>99</v>
+        <v>20</v>
       </c>
       <c r="L451" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="452" spans="1:12" customHeight="1" ht="80">
       <c r="A452" s="0"/>
       <c r="B452" s="0" t="s">
+        <v>1930</v>
+      </c>
+      <c r="C452" s="0" t="s">
+        <v>1931</v>
+      </c>
+      <c r="D452" s="0" t="s">
         <v>1932</v>
-      </c>
-[...4 lines deleted...]
-        <v>1934</v>
       </c>
       <c r="E452" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F452" s="0" t="s">
-        <v>1876</v>
+        <v>1488</v>
       </c>
       <c r="G452" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H452" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I452" s="1" t="s">
-        <v>1935</v>
+        <v>1933</v>
       </c>
       <c r="J452" s="0"/>
       <c r="K452" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L452" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="453" spans="1:12" customHeight="1" ht="80">
       <c r="A453" s="0"/>
       <c r="B453" s="0" t="s">
+        <v>1934</v>
+      </c>
+      <c r="C453" s="0" t="s">
+        <v>1935</v>
+      </c>
+      <c r="D453" s="0" t="s">
         <v>1936</v>
       </c>
-      <c r="C453" s="0" t="s">
+      <c r="E453" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="F453" s="0" t="s">
         <v>1937</v>
       </c>
-      <c r="D453" s="0" t="s">
+      <c r="G453" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H453" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I453" s="1" t="s">
         <v>1938</v>
-      </c>
-[...13 lines deleted...]
-        <v>1940</v>
       </c>
       <c r="J453" s="0"/>
       <c r="K453" s="0" t="s">
-        <v>20</v>
+        <v>623</v>
       </c>
       <c r="L453" s="0">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="454" spans="1:12" customHeight="1" ht="80">
       <c r="A454" s="0"/>
       <c r="B454" s="0" t="s">
+        <v>1939</v>
+      </c>
+      <c r="C454" s="0" t="s">
+        <v>1940</v>
+      </c>
+      <c r="D454" s="0" t="s">
         <v>1941</v>
-      </c>
-[...4 lines deleted...]
-        <v>1943</v>
       </c>
       <c r="E454" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F454" s="0" t="s">
-        <v>1498</v>
+        <v>1488</v>
       </c>
       <c r="G454" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H454" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I454" s="1" t="s">
-        <v>1944</v>
+        <v>1292</v>
       </c>
       <c r="J454" s="0"/>
       <c r="K454" s="0" t="s">
-        <v>964</v>
+        <v>86</v>
       </c>
       <c r="L454" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="455" spans="1:12" customHeight="1" ht="80">
       <c r="A455" s="0"/>
       <c r="B455" s="0" t="s">
-        <v>1945</v>
+        <v>1942</v>
       </c>
       <c r="C455" s="0" t="s">
-        <v>1946</v>
+        <v>1943</v>
       </c>
       <c r="D455" s="0" t="s">
-        <v>1947</v>
+        <v>1944</v>
       </c>
       <c r="E455" s="0" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="F455" s="0" t="s">
-        <v>1948</v>
+        <v>1483</v>
       </c>
       <c r="G455" s="0" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="H455" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I455" s="1" t="s">
-        <v>1949</v>
+        <v>859</v>
       </c>
       <c r="J455" s="0"/>
       <c r="K455" s="0" t="s">
-        <v>118</v>
+        <v>20</v>
       </c>
       <c r="L455" s="0">
-        <v>4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="456" spans="1:12" customHeight="1" ht="80">
       <c r="A456" s="0"/>
       <c r="B456" s="0" t="s">
-        <v>1950</v>
+        <v>1945</v>
       </c>
       <c r="C456" s="0" t="s">
-        <v>1951</v>
+        <v>1946</v>
       </c>
       <c r="D456" s="0" t="s">
-        <v>1952</v>
+        <v>1947</v>
       </c>
       <c r="E456" s="0" t="s">
-        <v>15</v>
+        <v>1630</v>
       </c>
       <c r="F456" s="0" t="s">
-        <v>1498</v>
+        <v>1681</v>
       </c>
       <c r="G456" s="0" t="s">
-        <v>17</v>
+        <v>205</v>
       </c>
       <c r="H456" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I456" s="1" t="s">
-        <v>1296</v>
+        <v>1948</v>
       </c>
       <c r="J456" s="0"/>
       <c r="K456" s="0" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L456" s="0"/>
     </row>
     <row r="457" spans="1:12" customHeight="1" ht="80">
       <c r="A457" s="0"/>
       <c r="B457" s="0" t="s">
-        <v>1953</v>
+        <v>1949</v>
       </c>
       <c r="C457" s="0" t="s">
-        <v>1954</v>
+        <v>1950</v>
       </c>
       <c r="D457" s="0" t="s">
-        <v>1955</v>
+        <v>1951</v>
       </c>
       <c r="E457" s="0" t="s">
-        <v>15</v>
+        <v>1630</v>
       </c>
       <c r="F457" s="0" t="s">
-        <v>1492</v>
+        <v>1631</v>
       </c>
       <c r="G457" s="0" t="s">
-        <v>17</v>
+        <v>205</v>
       </c>
       <c r="H457" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I457" s="1" t="s">
-        <v>857</v>
+        <v>1682</v>
       </c>
       <c r="J457" s="0"/>
       <c r="K457" s="0" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
       <c r="L457" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="458" spans="1:12" customHeight="1" ht="80">
       <c r="A458" s="0"/>
       <c r="B458" s="0" t="s">
+        <v>1952</v>
+      </c>
+      <c r="C458" s="0" t="s">
+        <v>1953</v>
+      </c>
+      <c r="D458" s="0" t="s">
+        <v>1954</v>
+      </c>
+      <c r="E458" s="0" t="s">
+        <v>1955</v>
+      </c>
+      <c r="F458" s="0" t="s">
         <v>1956</v>
       </c>
-      <c r="C458" s="0" t="s">
+      <c r="G458" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H458" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I458" s="1" t="s">
         <v>1957</v>
-      </c>
-[...16 lines deleted...]
-        <v>1959</v>
       </c>
       <c r="J458" s="0"/>
       <c r="K458" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L458" s="0"/>
     </row>
     <row r="459" spans="1:12" customHeight="1" ht="80">
       <c r="A459" s="0"/>
       <c r="B459" s="0" t="s">
+        <v>1958</v>
+      </c>
+      <c r="C459" s="0" t="s">
+        <v>1959</v>
+      </c>
+      <c r="D459" s="0" t="s">
         <v>1960</v>
       </c>
-      <c r="C459" s="0" t="s">
+      <c r="E459" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F459" s="0" t="s">
         <v>1961</v>
       </c>
-      <c r="D459" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G459" s="0" t="s">
-        <v>208</v>
+        <v>17</v>
       </c>
       <c r="H459" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I459" s="1" t="s">
-        <v>1692</v>
+        <v>1405</v>
       </c>
       <c r="J459" s="0"/>
       <c r="K459" s="0" t="s">
-        <v>45</v>
+        <v>125</v>
       </c>
       <c r="L459" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="460" spans="1:12" customHeight="1" ht="80">
       <c r="A460" s="0"/>
       <c r="B460" s="0" t="s">
+        <v>1962</v>
+      </c>
+      <c r="C460" s="0" t="s">
         <v>1963</v>
       </c>
-      <c r="C460" s="0" t="s">
+      <c r="D460" s="0" t="s">
         <v>1964</v>
       </c>
-      <c r="D460" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E460" s="0" t="s">
-        <v>1966</v>
+        <v>15</v>
       </c>
       <c r="F460" s="0" t="s">
-        <v>1967</v>
+        <v>1961</v>
       </c>
       <c r="G460" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H460" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I460" s="1" t="s">
-        <v>1968</v>
+        <v>1965</v>
       </c>
       <c r="J460" s="0"/>
       <c r="K460" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L460" s="0"/>
+        <v>125</v>
+      </c>
+      <c r="L460" s="0">
+        <v>36</v>
+      </c>
     </row>
     <row r="461" spans="1:12" customHeight="1" ht="80">
       <c r="A461" s="0"/>
       <c r="B461" s="0" t="s">
+        <v>1966</v>
+      </c>
+      <c r="C461" s="0" t="s">
+        <v>1967</v>
+      </c>
+      <c r="D461" s="0" t="s">
+        <v>1968</v>
+      </c>
+      <c r="E461" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="F461" s="0"/>
+      <c r="G461" s="0" t="s">
+        <v>352</v>
+      </c>
+      <c r="H461" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I461" s="1" t="s">
         <v>1969</v>
-      </c>
-[...19 lines deleted...]
-        <v>1415</v>
       </c>
       <c r="J461" s="0"/>
       <c r="K461" s="0" t="s">
-        <v>99</v>
+        <v>20</v>
       </c>
       <c r="L461" s="0">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="462" spans="1:12" customHeight="1" ht="80">
       <c r="A462" s="0"/>
       <c r="B462" s="0" t="s">
+        <v>1970</v>
+      </c>
+      <c r="C462" s="0" t="s">
+        <v>1971</v>
+      </c>
+      <c r="D462" s="0" t="s">
+        <v>1972</v>
+      </c>
+      <c r="E462" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="F462" s="0" t="s">
         <v>1973</v>
       </c>
-      <c r="C462" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G462" s="0" t="s">
-        <v>17</v>
+        <v>352</v>
       </c>
       <c r="H462" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I462" s="1" t="s">
-        <v>1976</v>
+        <v>632</v>
       </c>
       <c r="J462" s="0"/>
       <c r="K462" s="0" t="s">
-        <v>99</v>
+        <v>1729</v>
       </c>
       <c r="L462" s="0">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="463" spans="1:12" customHeight="1" ht="80">
       <c r="A463" s="0"/>
       <c r="B463" s="0" t="s">
+        <v>1974</v>
+      </c>
+      <c r="C463" s="0" t="s">
+        <v>1975</v>
+      </c>
+      <c r="D463" s="0" t="s">
+        <v>1976</v>
+      </c>
+      <c r="E463" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="F463" s="0" t="s">
         <v>1977</v>
       </c>
-      <c r="C463" s="0" t="s">
-[...5 lines deleted...]
-      <c r="E463" s="0" t="s">
+      <c r="G463" s="0" t="s">
         <v>352</v>
       </c>
-      <c r="F463" s="0"/>
-[...2 lines deleted...]
-      </c>
       <c r="H463" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I463" s="1" t="s">
-        <v>1980</v>
+        <v>632</v>
       </c>
       <c r="J463" s="0"/>
       <c r="K463" s="0" t="s">
-        <v>20</v>
+        <v>125</v>
       </c>
       <c r="L463" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="464" spans="1:12" customHeight="1" ht="80">
       <c r="A464" s="0"/>
       <c r="B464" s="0" t="s">
+        <v>1978</v>
+      </c>
+      <c r="C464" s="0" t="s">
+        <v>1979</v>
+      </c>
+      <c r="D464" s="0" t="s">
+        <v>1980</v>
+      </c>
+      <c r="E464" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="F464" s="0" t="s">
         <v>1981</v>
       </c>
-      <c r="C464" s="0" t="s">
-[...5 lines deleted...]
-      <c r="E464" s="0" t="s">
+      <c r="G464" s="0" t="s">
         <v>352</v>
-      </c>
-[...4 lines deleted...]
-        <v>354</v>
       </c>
       <c r="H464" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I464" s="1" t="s">
         <v>632</v>
       </c>
       <c r="J464" s="0"/>
       <c r="K464" s="0" t="s">
-        <v>1494</v>
+        <v>125</v>
       </c>
       <c r="L464" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="465" spans="1:12" customHeight="1" ht="80">
       <c r="A465" s="0"/>
       <c r="B465" s="0" t="s">
-        <v>1985</v>
+        <v>1982</v>
       </c>
       <c r="C465" s="0" t="s">
-        <v>1986</v>
-[...2 lines deleted...]
-        <v>1987</v>
+        <v>1983</v>
+      </c>
+      <c r="D465" s="0">
+        <v>2552609</v>
       </c>
       <c r="E465" s="0" t="s">
-        <v>352</v>
+        <v>1374</v>
       </c>
       <c r="F465" s="0" t="s">
-        <v>1988</v>
+        <v>1426</v>
       </c>
       <c r="G465" s="0" t="s">
-        <v>354</v>
+        <v>29</v>
       </c>
       <c r="H465" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I465" s="1" t="s">
-        <v>632</v>
+        <v>1984</v>
       </c>
       <c r="J465" s="0"/>
       <c r="K465" s="0" t="s">
-        <v>99</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L465" s="0"/>
     </row>
     <row r="466" spans="1:12" customHeight="1" ht="80">
       <c r="A466" s="0"/>
       <c r="B466" s="0" t="s">
-        <v>1989</v>
+        <v>1985</v>
       </c>
       <c r="C466" s="0" t="s">
-        <v>1990</v>
-[...2 lines deleted...]
-        <v>1991</v>
+        <v>1986</v>
+      </c>
+      <c r="D466" s="0">
+        <v>2161905</v>
       </c>
       <c r="E466" s="0" t="s">
-        <v>352</v>
+        <v>1374</v>
       </c>
       <c r="F466" s="0" t="s">
-        <v>1992</v>
+        <v>1987</v>
       </c>
       <c r="G466" s="0" t="s">
-        <v>354</v>
+        <v>29</v>
       </c>
       <c r="H466" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I466" s="1" t="s">
-        <v>632</v>
+        <v>1988</v>
       </c>
       <c r="J466" s="0"/>
       <c r="K466" s="0" t="s">
-        <v>1993</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L466" s="0"/>
     </row>
     <row r="467" spans="1:12" customHeight="1" ht="80">
       <c r="A467" s="0"/>
       <c r="B467" s="0" t="s">
-        <v>1994</v>
+        <v>1989</v>
       </c>
       <c r="C467" s="0" t="s">
-        <v>1995</v>
+        <v>1990</v>
       </c>
       <c r="D467" s="0">
-        <v>2552609</v>
+        <v>2161919</v>
       </c>
       <c r="E467" s="0" t="s">
-        <v>1384</v>
+        <v>1374</v>
       </c>
       <c r="F467" s="0" t="s">
-        <v>1436</v>
+        <v>1987</v>
       </c>
       <c r="G467" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H467" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I467" s="1" t="s">
-        <v>1996</v>
+        <v>622</v>
       </c>
       <c r="J467" s="0"/>
       <c r="K467" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L467" s="0"/>
     </row>
     <row r="468" spans="1:12" customHeight="1" ht="80">
       <c r="A468" s="0"/>
       <c r="B468" s="0" t="s">
-        <v>1997</v>
+        <v>1991</v>
       </c>
       <c r="C468" s="0" t="s">
-        <v>1998</v>
+        <v>1992</v>
       </c>
       <c r="D468" s="0">
-        <v>2161905</v>
+        <v>3276112</v>
       </c>
       <c r="E468" s="0" t="s">
-        <v>1384</v>
+        <v>1374</v>
       </c>
       <c r="F468" s="0" t="s">
-        <v>1999</v>
+        <v>1993</v>
       </c>
       <c r="G468" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H468" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I468" s="1" t="s">
-        <v>2000</v>
+        <v>1994</v>
       </c>
       <c r="J468" s="0"/>
       <c r="K468" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L468" s="0"/>
+        <v>125</v>
+      </c>
+      <c r="L468" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="469" spans="1:12" customHeight="1" ht="80">
       <c r="A469" s="0"/>
       <c r="B469" s="0" t="s">
-        <v>2001</v>
+        <v>1995</v>
       </c>
       <c r="C469" s="0" t="s">
-        <v>2002</v>
-[...2 lines deleted...]
-        <v>2161919</v>
+        <v>1996</v>
+      </c>
+      <c r="D469" s="0" t="s">
+        <v>1997</v>
       </c>
       <c r="E469" s="0" t="s">
-        <v>1384</v>
+        <v>34</v>
       </c>
       <c r="F469" s="0" t="s">
+        <v>1998</v>
+      </c>
+      <c r="G469" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="H469" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I469" s="1" t="s">
         <v>1999</v>
-      </c>
-[...7 lines deleted...]
-        <v>623</v>
       </c>
       <c r="J469" s="0"/>
       <c r="K469" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L469" s="0"/>
+      <c r="L469" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="470" spans="1:12" customHeight="1" ht="80">
       <c r="A470" s="0"/>
       <c r="B470" s="0" t="s">
+        <v>2000</v>
+      </c>
+      <c r="C470" s="0" t="s">
+        <v>2001</v>
+      </c>
+      <c r="D470" s="0" t="s">
+        <v>2002</v>
+      </c>
+      <c r="E470" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="F470" s="0" t="s">
         <v>2003</v>
       </c>
-      <c r="C470" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G470" s="0" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="H470" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I470" s="1" t="s">
-        <v>2006</v>
+        <v>1999</v>
       </c>
       <c r="J470" s="0"/>
       <c r="K470" s="0" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="L470" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="471" spans="1:12" customHeight="1" ht="80">
       <c r="A471" s="0"/>
       <c r="B471" s="0" t="s">
+        <v>2004</v>
+      </c>
+      <c r="C471" s="0" t="s">
+        <v>2005</v>
+      </c>
+      <c r="D471" s="0" t="s">
+        <v>2006</v>
+      </c>
+      <c r="E471" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="F471" s="0" t="s">
+        <v>1937</v>
+      </c>
+      <c r="G471" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H471" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I471" s="1" t="s">
         <v>2007</v>
-      </c>
-[...19 lines deleted...]
-        <v>2011</v>
       </c>
       <c r="J471" s="0"/>
       <c r="K471" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L471" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="472" spans="1:12" customHeight="1" ht="80">
       <c r="A472" s="0"/>
       <c r="B472" s="0" t="s">
+        <v>2008</v>
+      </c>
+      <c r="C472" s="0" t="s">
+        <v>2009</v>
+      </c>
+      <c r="D472" s="0" t="s">
+        <v>2010</v>
+      </c>
+      <c r="E472" s="0" t="s">
+        <v>1955</v>
+      </c>
+      <c r="F472" s="0" t="s">
+        <v>2011</v>
+      </c>
+      <c r="G472" s="0" t="s">
         <v>2012</v>
       </c>
-      <c r="C472" s="0" t="s">
+      <c r="H472" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I472" s="1" t="s">
         <v>2013</v>
-      </c>
-[...16 lines deleted...]
-        <v>2011</v>
       </c>
       <c r="J472" s="0"/>
       <c r="K472" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L472" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="473" spans="1:12" customHeight="1" ht="80">
       <c r="A473" s="0"/>
       <c r="B473" s="0" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C473" s="0" t="s">
+        <v>2015</v>
+      </c>
+      <c r="D473" s="0" t="s">
         <v>2016</v>
       </c>
-      <c r="C473" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E473" s="0" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="F473" s="0" t="s">
-        <v>1948</v>
+        <v>1738</v>
       </c>
       <c r="G473" s="0" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="H473" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I473" s="1" t="s">
-        <v>2019</v>
+        <v>1924</v>
       </c>
       <c r="J473" s="0"/>
       <c r="K473" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L473" s="0">
-        <v>4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="474" spans="1:12" customHeight="1" ht="80">
       <c r="A474" s="0"/>
       <c r="B474" s="0" t="s">
+        <v>2017</v>
+      </c>
+      <c r="C474" s="0" t="s">
+        <v>2018</v>
+      </c>
+      <c r="D474" s="0">
+        <v>3445013</v>
+      </c>
+      <c r="E474" s="0" t="s">
+        <v>1374</v>
+      </c>
+      <c r="F474" s="0" t="s">
+        <v>2019</v>
+      </c>
+      <c r="G474" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H474" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I474" s="1" t="s">
         <v>2020</v>
-      </c>
-[...19 lines deleted...]
-        <v>2025</v>
       </c>
       <c r="J474" s="0"/>
       <c r="K474" s="0" t="s">
-        <v>20</v>
+        <v>125</v>
       </c>
       <c r="L474" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="475" spans="1:12" customHeight="1" ht="80">
       <c r="A475" s="0"/>
       <c r="B475" s="0" t="s">
-        <v>2026</v>
+        <v>2021</v>
       </c>
       <c r="C475" s="0" t="s">
-        <v>2027</v>
+        <v>2022</v>
       </c>
       <c r="D475" s="0" t="s">
-        <v>2028</v>
+        <v>2023</v>
       </c>
       <c r="E475" s="0" t="s">
-        <v>15</v>
+        <v>350</v>
       </c>
       <c r="F475" s="0" t="s">
-        <v>1749</v>
+        <v>1981</v>
       </c>
       <c r="G475" s="0" t="s">
-        <v>17</v>
+        <v>352</v>
       </c>
       <c r="H475" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I475" s="1" t="s">
-        <v>1935</v>
+        <v>2024</v>
       </c>
       <c r="J475" s="0"/>
       <c r="K475" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L475" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="476" spans="1:12" customHeight="1" ht="80">
       <c r="A476" s="0"/>
       <c r="B476" s="0" t="s">
+        <v>2025</v>
+      </c>
+      <c r="C476" s="0" t="s">
+        <v>2026</v>
+      </c>
+      <c r="D476" s="0" t="s">
+        <v>2027</v>
+      </c>
+      <c r="E476" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="F476" s="0" t="s">
+        <v>2028</v>
+      </c>
+      <c r="G476" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H476" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I476" s="1" t="s">
         <v>2029</v>
-      </c>
-[...19 lines deleted...]
-        <v>2032</v>
       </c>
       <c r="J476" s="0"/>
       <c r="K476" s="0" t="s">
-        <v>99</v>
+        <v>20</v>
       </c>
       <c r="L476" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="477" spans="1:12" customHeight="1" ht="80">
       <c r="A477" s="0"/>
       <c r="B477" s="0" t="s">
+        <v>2030</v>
+      </c>
+      <c r="C477" s="0" t="s">
+        <v>2031</v>
+      </c>
+      <c r="D477" s="0" t="s">
+        <v>2032</v>
+      </c>
+      <c r="E477" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="F477" s="0" t="s">
+        <v>2028</v>
+      </c>
+      <c r="G477" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H477" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I477" s="1" t="s">
         <v>2033</v>
-      </c>
-[...19 lines deleted...]
-        <v>2036</v>
       </c>
       <c r="J477" s="0"/>
       <c r="K477" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L477" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="478" spans="1:12" customHeight="1" ht="80">
       <c r="A478" s="0"/>
       <c r="B478" s="0" t="s">
+        <v>2034</v>
+      </c>
+      <c r="C478" s="0" t="s">
+        <v>2035</v>
+      </c>
+      <c r="D478" s="0" t="s">
+        <v>2036</v>
+      </c>
+      <c r="E478" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="F478" s="0" t="s">
         <v>2037</v>
       </c>
-      <c r="C478" s="0" t="s">
+      <c r="G478" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H478" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I478" s="1" t="s">
         <v>2038</v>
-      </c>
-[...16 lines deleted...]
-        <v>2041</v>
       </c>
       <c r="J478" s="0"/>
       <c r="K478" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L478" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="479" spans="1:12" customHeight="1" ht="80">
       <c r="A479" s="0"/>
       <c r="B479" s="0" t="s">
+        <v>2039</v>
+      </c>
+      <c r="C479" s="0" t="s">
+        <v>2040</v>
+      </c>
+      <c r="D479" s="0" t="s">
+        <v>2041</v>
+      </c>
+      <c r="E479" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F479" s="0" t="s">
         <v>2042</v>
       </c>
-      <c r="C479" s="0" t="s">
+      <c r="G479" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="H479" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I479" s="1" t="s">
         <v>2043</v>
-      </c>
-[...16 lines deleted...]
-        <v>2045</v>
       </c>
       <c r="J479" s="0"/>
       <c r="K479" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L479" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="480" spans="1:12" customHeight="1" ht="80">
       <c r="A480" s="0"/>
       <c r="B480" s="0" t="s">
+        <v>2044</v>
+      </c>
+      <c r="C480" s="0" t="s">
+        <v>2045</v>
+      </c>
+      <c r="D480" s="0" t="s">
         <v>2046</v>
       </c>
-      <c r="C480" s="0" t="s">
+      <c r="E480" s="0" t="s">
+        <v>1630</v>
+      </c>
+      <c r="F480" s="0" t="s">
+        <v>1631</v>
+      </c>
+      <c r="G480" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H480" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I480" s="1" t="s">
         <v>2047</v>
-      </c>
-[...16 lines deleted...]
-        <v>2050</v>
       </c>
       <c r="J480" s="0"/>
       <c r="K480" s="0" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="L480" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="481" spans="1:12" customHeight="1" ht="80">
       <c r="A481" s="0"/>
       <c r="B481" s="0" t="s">
+        <v>2048</v>
+      </c>
+      <c r="C481" s="0" t="s">
+        <v>2049</v>
+      </c>
+      <c r="D481" s="0" t="s">
+        <v>2050</v>
+      </c>
+      <c r="E481" s="0" t="s">
+        <v>1630</v>
+      </c>
+      <c r="F481" s="0" t="s">
+        <v>1631</v>
+      </c>
+      <c r="G481" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H481" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I481" s="1" t="s">
         <v>2051</v>
-      </c>
-[...19 lines deleted...]
-        <v>2055</v>
       </c>
       <c r="J481" s="0"/>
       <c r="K481" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L481" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="482" spans="1:12" customHeight="1" ht="80">
       <c r="A482" s="0"/>
       <c r="B482" s="0" t="s">
-        <v>2056</v>
+        <v>2052</v>
       </c>
       <c r="C482" s="0" t="s">
-        <v>2057</v>
+        <v>2053</v>
       </c>
       <c r="D482" s="0" t="s">
-        <v>2058</v>
+        <v>2054</v>
       </c>
       <c r="E482" s="0" t="s">
-        <v>1640</v>
+        <v>1630</v>
       </c>
       <c r="F482" s="0" t="s">
-        <v>1641</v>
+        <v>1700</v>
       </c>
       <c r="G482" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H482" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I482" s="1" t="s">
-        <v>2059</v>
+        <v>2055</v>
       </c>
       <c r="J482" s="0"/>
       <c r="K482" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L482" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L482" s="0"/>
     </row>
     <row r="483" spans="1:12" customHeight="1" ht="80">
       <c r="A483" s="0"/>
       <c r="B483" s="0" t="s">
+        <v>2056</v>
+      </c>
+      <c r="C483" s="0" t="s">
+        <v>2057</v>
+      </c>
+      <c r="D483" s="0" t="s">
+        <v>2058</v>
+      </c>
+      <c r="E483" s="0" t="s">
+        <v>405</v>
+      </c>
+      <c r="F483" s="0" t="s">
+        <v>2059</v>
+      </c>
+      <c r="G483" s="0" t="s">
+        <v>407</v>
+      </c>
+      <c r="H483" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I483" s="1" t="s">
         <v>2060</v>
-      </c>
-[...19 lines deleted...]
-        <v>2063</v>
       </c>
       <c r="J483" s="0"/>
       <c r="K483" s="0" t="s">
-        <v>20</v>
+        <v>53</v>
       </c>
       <c r="L483" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="484" spans="1:12" customHeight="1" ht="80">
       <c r="A484" s="0"/>
       <c r="B484" s="0" t="s">
+        <v>2061</v>
+      </c>
+      <c r="C484" s="0" t="s">
+        <v>2062</v>
+      </c>
+      <c r="D484" s="0" t="s">
+        <v>2063</v>
+      </c>
+      <c r="E484" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F484" s="0" t="s">
         <v>2064</v>
       </c>
-      <c r="C484" s="0" t="s">
+      <c r="G484" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H484" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I484" s="1" t="s">
         <v>2065</v>
-      </c>
-[...16 lines deleted...]
-        <v>2067</v>
       </c>
       <c r="J484" s="0"/>
       <c r="K484" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L484" s="0"/>
+        <v>53</v>
+      </c>
+      <c r="L484" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="485" spans="1:12" customHeight="1" ht="80">
       <c r="A485" s="0"/>
       <c r="B485" s="0" t="s">
+        <v>2066</v>
+      </c>
+      <c r="C485" s="0" t="s">
+        <v>2067</v>
+      </c>
+      <c r="D485" s="0" t="s">
         <v>2068</v>
       </c>
-      <c r="C485" s="0" t="s">
+      <c r="E485" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F485" s="0" t="s">
+        <v>2064</v>
+      </c>
+      <c r="G485" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H485" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I485" s="1" t="s">
         <v>2069</v>
-      </c>
-[...16 lines deleted...]
-        <v>2072</v>
       </c>
       <c r="J485" s="0"/>
       <c r="K485" s="0" t="s">
-        <v>54</v>
+        <v>2070</v>
       </c>
       <c r="L485" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="486" spans="1:12" customHeight="1" ht="80">
       <c r="A486" s="0"/>
       <c r="B486" s="0" t="s">
+        <v>2071</v>
+      </c>
+      <c r="C486" s="0" t="s">
+        <v>2072</v>
+      </c>
+      <c r="D486" s="0" t="s">
         <v>2073</v>
       </c>
-      <c r="C486" s="0" t="s">
+      <c r="E486" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F486" s="0" t="s">
         <v>2074</v>
       </c>
-      <c r="D486" s="0" t="s">
+      <c r="G486" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="H486" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I486" s="1" t="s">
         <v>2075</v>
-      </c>
-[...13 lines deleted...]
-        <v>2077</v>
       </c>
       <c r="J486" s="0"/>
       <c r="K486" s="0" t="s">
-        <v>54</v>
+        <v>20</v>
       </c>
       <c r="L486" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="487" spans="1:12" customHeight="1" ht="80">
       <c r="A487" s="0"/>
       <c r="B487" s="0" t="s">
+        <v>2076</v>
+      </c>
+      <c r="C487" s="0" t="s">
+        <v>2077</v>
+      </c>
+      <c r="D487" s="0" t="s">
         <v>2078</v>
       </c>
-      <c r="C487" s="0" t="s">
+      <c r="E487" s="0" t="s">
         <v>2079</v>
       </c>
-      <c r="D487" s="0" t="s">
+      <c r="F487" s="0" t="s">
         <v>2080</v>
       </c>
-      <c r="E487" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G487" s="0" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="H487" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I487" s="1" t="s">
-        <v>2081</v>
+        <v>1241</v>
       </c>
       <c r="J487" s="0"/>
       <c r="K487" s="0" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L487" s="0"/>
     </row>
     <row r="488" spans="1:12" customHeight="1" ht="80">
       <c r="A488" s="0"/>
       <c r="B488" s="0" t="s">
+        <v>2081</v>
+      </c>
+      <c r="C488" s="0" t="s">
         <v>2082</v>
       </c>
-      <c r="C488" s="0" t="s">
+      <c r="D488" s="0" t="s">
         <v>2083</v>
       </c>
-      <c r="D488" s="0" t="s">
+      <c r="E488" s="0" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F488" s="0" t="s">
+        <v>2080</v>
+      </c>
+      <c r="G488" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="H488" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I488" s="1" t="s">
         <v>2084</v>
-      </c>
-[...13 lines deleted...]
-        <v>2086</v>
       </c>
       <c r="J488" s="0"/>
       <c r="K488" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L488" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L488" s="0"/>
     </row>
     <row r="489" spans="1:12" customHeight="1" ht="80">
       <c r="A489" s="0"/>
       <c r="B489" s="0" t="s">
+        <v>2085</v>
+      </c>
+      <c r="C489" s="0" t="s">
+        <v>2086</v>
+      </c>
+      <c r="D489" s="0" t="s">
         <v>2087</v>
       </c>
-      <c r="C489" s="0" t="s">
+      <c r="E489" s="0" t="s">
+        <v>1412</v>
+      </c>
+      <c r="F489" s="0" t="s">
         <v>2088</v>
       </c>
-      <c r="D489" s="0" t="s">
+      <c r="G489" s="0" t="s">
+        <v>626</v>
+      </c>
+      <c r="H489" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I489" s="1" t="s">
         <v>2089</v>
-      </c>
-[...13 lines deleted...]
-        <v>1245</v>
       </c>
       <c r="J489" s="0"/>
       <c r="K489" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="L489" s="0">
         <v>20</v>
       </c>
-      <c r="L489" s="0"/>
     </row>
     <row r="490" spans="1:12" customHeight="1" ht="80">
       <c r="A490" s="0"/>
       <c r="B490" s="0" t="s">
+        <v>2090</v>
+      </c>
+      <c r="C490" s="0" t="s">
+        <v>2091</v>
+      </c>
+      <c r="D490" s="0" t="s">
         <v>2092</v>
       </c>
-      <c r="C490" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E490" s="0" t="s">
-        <v>2090</v>
+        <v>1412</v>
       </c>
       <c r="F490" s="0" t="s">
-        <v>2091</v>
+        <v>2088</v>
       </c>
       <c r="G490" s="0" t="s">
-        <v>213</v>
+        <v>626</v>
       </c>
       <c r="H490" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I490" s="1" t="s">
-        <v>2095</v>
+        <v>655</v>
       </c>
       <c r="J490" s="0"/>
       <c r="K490" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L490" s="0"/>
+        <v>1178</v>
+      </c>
+      <c r="L490" s="0">
+        <v>18</v>
+      </c>
     </row>
     <row r="491" spans="1:12" customHeight="1" ht="80">
       <c r="A491" s="0"/>
       <c r="B491" s="0" t="s">
+        <v>2093</v>
+      </c>
+      <c r="C491" s="0" t="s">
+        <v>2094</v>
+      </c>
+      <c r="D491" s="0" t="s">
+        <v>2095</v>
+      </c>
+      <c r="E491" s="0" t="s">
+        <v>1412</v>
+      </c>
+      <c r="F491" s="0" t="s">
         <v>2096</v>
-      </c>
-[...10 lines deleted...]
-        <v>2099</v>
       </c>
       <c r="G491" s="0" t="s">
         <v>626</v>
       </c>
       <c r="H491" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I491" s="1" t="s">
-        <v>2100</v>
+        <v>2089</v>
       </c>
       <c r="J491" s="0"/>
       <c r="K491" s="0" t="s">
-        <v>793</v>
+        <v>53</v>
       </c>
       <c r="L491" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="492" spans="1:12" customHeight="1" ht="80">
       <c r="A492" s="0"/>
       <c r="B492" s="0" t="s">
-        <v>2101</v>
+        <v>2097</v>
       </c>
       <c r="C492" s="0" t="s">
-        <v>2102</v>
+        <v>2098</v>
       </c>
       <c r="D492" s="0" t="s">
-        <v>2103</v>
+        <v>2099</v>
       </c>
       <c r="E492" s="0" t="s">
-        <v>1422</v>
+        <v>1412</v>
       </c>
       <c r="F492" s="0" t="s">
-        <v>2099</v>
+        <v>2096</v>
       </c>
       <c r="G492" s="0" t="s">
         <v>626</v>
       </c>
       <c r="H492" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I492" s="1" t="s">
-        <v>74</v>
+        <v>431</v>
       </c>
       <c r="J492" s="0"/>
       <c r="K492" s="0" t="s">
-        <v>1182</v>
+        <v>1173</v>
       </c>
       <c r="L492" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="493" spans="1:12" customHeight="1" ht="80">
-      <c r="A493" s="0"/>
       <c r="B493" s="0" t="s">
-        <v>2104</v>
+        <v>2100</v>
       </c>
       <c r="C493" s="0" t="s">
-        <v>2105</v>
+        <v>2101</v>
       </c>
       <c r="D493" s="0" t="s">
-        <v>2106</v>
+        <v>2102</v>
       </c>
       <c r="E493" s="0" t="s">
-        <v>1422</v>
+        <v>1412</v>
       </c>
       <c r="F493" s="0" t="s">
-        <v>2107</v>
+        <v>1563</v>
       </c>
       <c r="G493" s="0" t="s">
         <v>626</v>
       </c>
       <c r="H493" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I493" s="1" t="s">
-        <v>2100</v>
+        <v>2103</v>
       </c>
       <c r="J493" s="0"/>
       <c r="K493" s="0" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="L493" s="0">
         <v>20</v>
       </c>
+      <c r="L493" s="0"/>
     </row>
     <row r="494" spans="1:12" customHeight="1" ht="80">
-      <c r="A494" s="0"/>
       <c r="B494" s="0" t="s">
-        <v>2108</v>
+        <v>2104</v>
       </c>
       <c r="C494" s="0" t="s">
-        <v>2109</v>
+        <v>2105</v>
       </c>
       <c r="D494" s="0" t="s">
-        <v>2110</v>
+        <v>2106</v>
       </c>
       <c r="E494" s="0" t="s">
-        <v>1422</v>
+        <v>1412</v>
       </c>
       <c r="F494" s="0" t="s">
-        <v>2107</v>
+        <v>1563</v>
       </c>
       <c r="G494" s="0" t="s">
         <v>626</v>
       </c>
       <c r="H494" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I494" s="1" t="s">
-        <v>2111</v>
+        <v>2107</v>
       </c>
       <c r="J494" s="0"/>
       <c r="K494" s="0" t="s">
-        <v>243</v>
+        <v>20</v>
       </c>
       <c r="L494" s="0">
-        <v>18</v>
+        <v>12</v>
       </c>
     </row>
     <row r="495" spans="1:12" customHeight="1" ht="80">
+      <c r="A495" s="0"/>
       <c r="B495" s="0" t="s">
-        <v>2112</v>
+        <v>2108</v>
       </c>
       <c r="C495" s="0" t="s">
-        <v>2113</v>
+        <v>2109</v>
       </c>
       <c r="D495" s="0" t="s">
-        <v>2114</v>
+        <v>2110</v>
       </c>
       <c r="E495" s="0" t="s">
-        <v>1422</v>
+        <v>1412</v>
       </c>
       <c r="F495" s="0" t="s">
-        <v>1573</v>
+        <v>2111</v>
       </c>
       <c r="G495" s="0" t="s">
         <v>626</v>
       </c>
       <c r="H495" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I495" s="1" t="s">
-        <v>2115</v>
+        <v>2089</v>
       </c>
       <c r="J495" s="0"/>
       <c r="K495" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L495" s="0"/>
+      <c r="L495" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="496" spans="1:12" customHeight="1" ht="80">
+      <c r="A496" s="0"/>
       <c r="B496" s="0" t="s">
-        <v>2116</v>
+        <v>2112</v>
       </c>
       <c r="C496" s="0" t="s">
-        <v>2117</v>
+        <v>2113</v>
       </c>
       <c r="D496" s="0" t="s">
-        <v>2118</v>
+        <v>2114</v>
       </c>
       <c r="E496" s="0" t="s">
-        <v>1422</v>
+        <v>1412</v>
       </c>
       <c r="F496" s="0" t="s">
-        <v>1573</v>
+        <v>2111</v>
       </c>
       <c r="G496" s="0" t="s">
         <v>626</v>
       </c>
       <c r="H496" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I496" s="1" t="s">
-        <v>2119</v>
+        <v>431</v>
       </c>
       <c r="J496" s="0"/>
       <c r="K496" s="0" t="s">
-        <v>20</v>
+        <v>1071</v>
       </c>
       <c r="L496" s="0">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="497" spans="1:12" customHeight="1" ht="80">
       <c r="A497" s="0"/>
       <c r="B497" s="0" t="s">
-        <v>2120</v>
+        <v>2115</v>
       </c>
       <c r="C497" s="0" t="s">
-        <v>2121</v>
+        <v>2116</v>
       </c>
       <c r="D497" s="0" t="s">
-        <v>2122</v>
+        <v>2117</v>
       </c>
       <c r="E497" s="0" t="s">
-        <v>1422</v>
+        <v>1412</v>
       </c>
       <c r="F497" s="0" t="s">
-        <v>2123</v>
+        <v>1819</v>
       </c>
       <c r="G497" s="0" t="s">
         <v>626</v>
       </c>
       <c r="H497" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I497" s="1" t="s">
-        <v>2100</v>
+        <v>1451</v>
       </c>
       <c r="J497" s="0"/>
       <c r="K497" s="0" t="s">
-        <v>99</v>
+        <v>53</v>
       </c>
       <c r="L497" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="498" spans="1:12" customHeight="1" ht="80">
       <c r="A498" s="0"/>
       <c r="B498" s="0" t="s">
-        <v>2124</v>
+        <v>2118</v>
       </c>
       <c r="C498" s="0" t="s">
-        <v>2125</v>
+        <v>2119</v>
       </c>
       <c r="D498" s="0" t="s">
-        <v>2126</v>
+        <v>2120</v>
       </c>
       <c r="E498" s="0" t="s">
-        <v>1422</v>
+        <v>1412</v>
       </c>
       <c r="F498" s="0" t="s">
-        <v>2123</v>
+        <v>1819</v>
       </c>
       <c r="G498" s="0" t="s">
         <v>626</v>
       </c>
       <c r="H498" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I498" s="1" t="s">
-        <v>2111</v>
+        <v>1155</v>
       </c>
       <c r="J498" s="0"/>
       <c r="K498" s="0" t="s">
-        <v>1209</v>
+        <v>2121</v>
       </c>
       <c r="L498" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="499" spans="1:12" customHeight="1" ht="80">
       <c r="A499" s="0"/>
       <c r="B499" s="0" t="s">
-        <v>2127</v>
+        <v>2122</v>
       </c>
       <c r="C499" s="0" t="s">
-        <v>2128</v>
+        <v>2123</v>
       </c>
       <c r="D499" s="0" t="s">
-        <v>2129</v>
+        <v>2124</v>
       </c>
       <c r="E499" s="0" t="s">
-        <v>1422</v>
+        <v>108</v>
       </c>
       <c r="F499" s="0" t="s">
-        <v>1831</v>
+        <v>2125</v>
       </c>
       <c r="G499" s="0" t="s">
-        <v>626</v>
+        <v>210</v>
       </c>
       <c r="H499" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I499" s="1" t="s">
-        <v>1460</v>
+        <v>2126</v>
       </c>
       <c r="J499" s="0"/>
       <c r="K499" s="0" t="s">
-        <v>99</v>
+        <v>66</v>
       </c>
       <c r="L499" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="500" spans="1:12" customHeight="1" ht="80">
       <c r="A500" s="0"/>
       <c r="B500" s="0" t="s">
+        <v>2127</v>
+      </c>
+      <c r="C500" s="0" t="s">
+        <v>2128</v>
+      </c>
+      <c r="D500" s="0" t="s">
+        <v>2129</v>
+      </c>
+      <c r="E500" s="0" t="s">
         <v>2130</v>
       </c>
-      <c r="C500" s="0" t="s">
+      <c r="F500" s="0" t="s">
         <v>2131</v>
-      </c>
-[...7 lines deleted...]
-        <v>1831</v>
       </c>
       <c r="G500" s="0" t="s">
         <v>626</v>
       </c>
       <c r="H500" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I500" s="1" t="s">
-        <v>1160</v>
+        <v>2132</v>
       </c>
       <c r="J500" s="0"/>
       <c r="K500" s="0" t="s">
-        <v>54</v>
+        <v>623</v>
       </c>
       <c r="L500" s="0">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="501" spans="1:12" customHeight="1" ht="80">
       <c r="A501" s="0"/>
       <c r="B501" s="0" t="s">
         <v>2133</v>
       </c>
       <c r="C501" s="0" t="s">
         <v>2134</v>
       </c>
       <c r="D501" s="0" t="s">
         <v>2135</v>
       </c>
       <c r="E501" s="0" t="s">
-        <v>111</v>
+        <v>2130</v>
       </c>
       <c r="F501" s="0" t="s">
-        <v>2136</v>
+        <v>2131</v>
       </c>
       <c r="G501" s="0" t="s">
-        <v>213</v>
+        <v>626</v>
       </c>
       <c r="H501" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I501" s="1" t="s">
-        <v>2137</v>
+        <v>2132</v>
       </c>
       <c r="J501" s="0"/>
       <c r="K501" s="0" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="L501" s="0">
-        <v>36</v>
+        <v>30</v>
       </c>
     </row>
     <row r="502" spans="1:12" customHeight="1" ht="80">
       <c r="A502" s="0"/>
       <c r="B502" s="0" t="s">
+        <v>2136</v>
+      </c>
+      <c r="C502" s="0" t="s">
+        <v>2137</v>
+      </c>
+      <c r="D502" s="0" t="s">
         <v>2138</v>
       </c>
-      <c r="C502" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E502" s="0" t="s">
-        <v>2141</v>
+        <v>2130</v>
       </c>
       <c r="F502" s="0" t="s">
-        <v>2142</v>
+        <v>2131</v>
       </c>
       <c r="G502" s="0" t="s">
         <v>626</v>
       </c>
       <c r="H502" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I502" s="1" t="s">
-        <v>2143</v>
+        <v>2132</v>
       </c>
       <c r="J502" s="0"/>
       <c r="K502" s="0" t="s">
-        <v>118</v>
+        <v>20</v>
       </c>
       <c r="L502" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="503" spans="1:12" customHeight="1" ht="80">
       <c r="A503" s="0"/>
       <c r="B503" s="0" t="s">
-        <v>2144</v>
+        <v>2139</v>
       </c>
       <c r="C503" s="0" t="s">
-        <v>2145</v>
+        <v>2140</v>
       </c>
       <c r="D503" s="0" t="s">
-        <v>2146</v>
+        <v>2141</v>
       </c>
       <c r="E503" s="0" t="s">
-        <v>2141</v>
+        <v>2130</v>
       </c>
       <c r="F503" s="0" t="s">
-        <v>2142</v>
+        <v>2131</v>
       </c>
       <c r="G503" s="0" t="s">
         <v>626</v>
       </c>
       <c r="H503" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I503" s="1" t="s">
-        <v>2143</v>
+        <v>2142</v>
       </c>
       <c r="J503" s="0"/>
       <c r="K503" s="0" t="s">
-        <v>31</v>
+        <v>961</v>
       </c>
       <c r="L503" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="504" spans="1:12" customHeight="1" ht="80">
       <c r="A504" s="0"/>
       <c r="B504" s="0" t="s">
-        <v>2147</v>
+        <v>2143</v>
       </c>
       <c r="C504" s="0" t="s">
-        <v>2148</v>
+        <v>2144</v>
       </c>
       <c r="D504" s="0" t="s">
-        <v>2149</v>
+        <v>2145</v>
       </c>
       <c r="E504" s="0" t="s">
-        <v>2141</v>
+        <v>2130</v>
       </c>
       <c r="F504" s="0" t="s">
-        <v>2142</v>
+        <v>2131</v>
       </c>
       <c r="G504" s="0" t="s">
         <v>626</v>
       </c>
       <c r="H504" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I504" s="1" t="s">
-        <v>2143</v>
+        <v>2142</v>
       </c>
       <c r="J504" s="0"/>
       <c r="K504" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L504" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="505" spans="1:12" customHeight="1" ht="80">
       <c r="A505" s="0"/>
       <c r="B505" s="0" t="s">
-        <v>2150</v>
+        <v>2146</v>
       </c>
       <c r="C505" s="0" t="s">
-        <v>2151</v>
+        <v>2147</v>
       </c>
       <c r="D505" s="0" t="s">
-        <v>2152</v>
+        <v>2148</v>
       </c>
       <c r="E505" s="0" t="s">
-        <v>2141</v>
+        <v>2130</v>
       </c>
       <c r="F505" s="0" t="s">
-        <v>2142</v>
+        <v>2131</v>
       </c>
       <c r="G505" s="0" t="s">
         <v>626</v>
       </c>
       <c r="H505" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I505" s="1" t="s">
-        <v>2153</v>
+        <v>2142</v>
       </c>
       <c r="J505" s="0"/>
       <c r="K505" s="0" t="s">
-        <v>964</v>
+        <v>20</v>
       </c>
       <c r="L505" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="506" spans="1:12" customHeight="1" ht="80">
       <c r="A506" s="0"/>
       <c r="B506" s="0" t="s">
-        <v>2154</v>
+        <v>2149</v>
       </c>
       <c r="C506" s="0" t="s">
-        <v>2155</v>
+        <v>2150</v>
       </c>
       <c r="D506" s="0" t="s">
-        <v>2156</v>
+        <v>2151</v>
       </c>
       <c r="E506" s="0" t="s">
-        <v>2141</v>
+        <v>1412</v>
       </c>
       <c r="F506" s="0" t="s">
-        <v>2142</v>
+        <v>1819</v>
       </c>
       <c r="G506" s="0" t="s">
         <v>626</v>
       </c>
       <c r="H506" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I506" s="1" t="s">
-        <v>2153</v>
+        <v>2107</v>
       </c>
       <c r="J506" s="0"/>
       <c r="K506" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L506" s="0">
-        <v>30</v>
+        <v>12</v>
       </c>
     </row>
     <row r="507" spans="1:12" customHeight="1" ht="80">
       <c r="A507" s="0"/>
       <c r="B507" s="0" t="s">
-        <v>2157</v>
+        <v>2152</v>
       </c>
       <c r="C507" s="0" t="s">
-        <v>2158</v>
-[...2 lines deleted...]
-        <v>2159</v>
+        <v>2153</v>
+      </c>
+      <c r="D507" s="0">
+        <v>652766</v>
       </c>
       <c r="E507" s="0" t="s">
-        <v>2141</v>
+        <v>331</v>
       </c>
       <c r="F507" s="0" t="s">
-        <v>2142</v>
+        <v>1430</v>
       </c>
       <c r="G507" s="0" t="s">
-        <v>626</v>
+        <v>42</v>
       </c>
       <c r="H507" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I507" s="1" t="s">
-        <v>2153</v>
+        <v>2154</v>
       </c>
       <c r="J507" s="0"/>
       <c r="K507" s="0" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L507" s="0"/>
     </row>
     <row r="508" spans="1:12" customHeight="1" ht="80">
       <c r="A508" s="0"/>
       <c r="B508" s="0" t="s">
-        <v>2160</v>
+        <v>2155</v>
       </c>
       <c r="C508" s="0" t="s">
-        <v>2161</v>
-[...2 lines deleted...]
-        <v>2162</v>
+        <v>2156</v>
+      </c>
+      <c r="D508" s="0">
+        <v>652765</v>
       </c>
       <c r="E508" s="0" t="s">
-        <v>1422</v>
+        <v>331</v>
       </c>
       <c r="F508" s="0" t="s">
-        <v>1831</v>
+        <v>1430</v>
       </c>
       <c r="G508" s="0" t="s">
-        <v>626</v>
+        <v>42</v>
       </c>
       <c r="H508" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I508" s="1" t="s">
-        <v>2119</v>
+        <v>2154</v>
       </c>
       <c r="J508" s="0"/>
       <c r="K508" s="0" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L508" s="0"/>
     </row>
     <row r="509" spans="1:12" customHeight="1" ht="80">
       <c r="A509" s="0"/>
       <c r="B509" s="0" t="s">
-        <v>2163</v>
+        <v>2157</v>
       </c>
       <c r="C509" s="0" t="s">
-        <v>2164</v>
-[...2 lines deleted...]
-        <v>652766</v>
+        <v>2158</v>
+      </c>
+      <c r="D509" s="0" t="s">
+        <v>2159</v>
       </c>
       <c r="E509" s="0" t="s">
-        <v>333</v>
+        <v>2079</v>
       </c>
       <c r="F509" s="0" t="s">
-        <v>1440</v>
+        <v>2160</v>
       </c>
       <c r="G509" s="0" t="s">
-        <v>43</v>
+        <v>210</v>
       </c>
       <c r="H509" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I509" s="1" t="s">
-        <v>2165</v>
+        <v>2161</v>
       </c>
       <c r="J509" s="0"/>
       <c r="K509" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L509" s="0"/>
+        <v>125</v>
+      </c>
+      <c r="L509" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="510" spans="1:12" customHeight="1" ht="80">
       <c r="A510" s="0"/>
       <c r="B510" s="0" t="s">
-        <v>2166</v>
+        <v>2162</v>
       </c>
       <c r="C510" s="0" t="s">
-        <v>2167</v>
-[...2 lines deleted...]
-        <v>652765</v>
+        <v>2163</v>
+      </c>
+      <c r="D510" s="0" t="s">
+        <v>2164</v>
       </c>
       <c r="E510" s="0" t="s">
-        <v>333</v>
+        <v>2079</v>
       </c>
       <c r="F510" s="0" t="s">
-        <v>1440</v>
+        <v>2160</v>
       </c>
       <c r="G510" s="0" t="s">
-        <v>43</v>
+        <v>210</v>
       </c>
       <c r="H510" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I510" s="1" t="s">
         <v>2165</v>
       </c>
       <c r="J510" s="0"/>
       <c r="K510" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L510" s="0"/>
+        <v>53</v>
+      </c>
+      <c r="L510" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="511" spans="1:12" customHeight="1" ht="80">
       <c r="A511" s="0"/>
       <c r="B511" s="0" t="s">
+        <v>2166</v>
+      </c>
+      <c r="C511" s="0" t="s">
+        <v>2167</v>
+      </c>
+      <c r="D511" s="0" t="s">
         <v>2168</v>
       </c>
-      <c r="C511" s="0" t="s">
+      <c r="E511" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="F511" s="0" t="s">
         <v>2169</v>
       </c>
-      <c r="D511" s="0" t="s">
+      <c r="G511" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H511" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I511" s="1" t="s">
         <v>2170</v>
-      </c>
-[...13 lines deleted...]
-        <v>2172</v>
       </c>
       <c r="J511" s="0"/>
       <c r="K511" s="0" t="s">
-        <v>99</v>
+        <v>61</v>
       </c>
       <c r="L511" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="512" spans="1:12" customHeight="1" ht="80">
       <c r="A512" s="0"/>
       <c r="B512" s="0" t="s">
+        <v>2171</v>
+      </c>
+      <c r="C512" s="0" t="s">
+        <v>2172</v>
+      </c>
+      <c r="D512" s="0" t="s">
         <v>2173</v>
       </c>
-      <c r="C512" s="0" t="s">
+      <c r="E512" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="F512" s="0" t="s">
+        <v>2169</v>
+      </c>
+      <c r="G512" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H512" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I512" s="1" t="s">
         <v>2174</v>
-      </c>
-[...16 lines deleted...]
-        <v>2176</v>
       </c>
       <c r="J512" s="0"/>
       <c r="K512" s="0" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="L512" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="513" spans="1:12" customHeight="1" ht="80">
       <c r="A513" s="0"/>
       <c r="B513" s="0" t="s">
+        <v>2175</v>
+      </c>
+      <c r="C513" s="0" t="s">
+        <v>2176</v>
+      </c>
+      <c r="D513" s="0" t="s">
         <v>2177</v>
       </c>
-      <c r="C513" s="0" t="s">
+      <c r="E513" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="F513" s="0" t="s">
+        <v>2169</v>
+      </c>
+      <c r="G513" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H513" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I513" s="1" t="s">
         <v>2178</v>
-      </c>
-[...16 lines deleted...]
-        <v>2181</v>
       </c>
       <c r="J513" s="0"/>
       <c r="K513" s="0" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="L513" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="514" spans="1:12" customHeight="1" ht="80">
       <c r="A514" s="0"/>
       <c r="B514" s="0" t="s">
+        <v>2179</v>
+      </c>
+      <c r="C514" s="0" t="s">
+        <v>2180</v>
+      </c>
+      <c r="D514" s="0" t="s">
+        <v>2181</v>
+      </c>
+      <c r="E514" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="F514" s="0" t="s">
         <v>2182</v>
       </c>
-      <c r="C514" s="0" t="s">
+      <c r="G514" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H514" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I514" s="1" t="s">
         <v>2183</v>
-      </c>
-[...16 lines deleted...]
-        <v>2185</v>
       </c>
       <c r="J514" s="0"/>
       <c r="K514" s="0" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="L514" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="515" spans="1:12" customHeight="1" ht="80">
       <c r="A515" s="0"/>
       <c r="B515" s="0" t="s">
+        <v>2184</v>
+      </c>
+      <c r="C515" s="0" t="s">
+        <v>2185</v>
+      </c>
+      <c r="D515" s="0" t="s">
         <v>2186</v>
       </c>
-      <c r="C515" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E515" s="0" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="F515" s="0" t="s">
-        <v>2180</v>
+        <v>2182</v>
       </c>
       <c r="G515" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H515" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I515" s="1" t="s">
-        <v>2189</v>
+        <v>1617</v>
       </c>
       <c r="J515" s="0"/>
       <c r="K515" s="0" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="L515" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="516" spans="1:12" customHeight="1" ht="80">
       <c r="A516" s="0"/>
       <c r="B516" s="0" t="s">
+        <v>2187</v>
+      </c>
+      <c r="C516" s="0" t="s">
+        <v>2188</v>
+      </c>
+      <c r="D516" s="0" t="s">
+        <v>2189</v>
+      </c>
+      <c r="E516" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="F516" s="0" t="s">
+        <v>2182</v>
+      </c>
+      <c r="G516" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H516" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I516" s="1" t="s">
         <v>2190</v>
-      </c>
-[...19 lines deleted...]
-        <v>2194</v>
       </c>
       <c r="J516" s="0"/>
       <c r="K516" s="0" t="s">
-        <v>67</v>
+        <v>2191</v>
       </c>
       <c r="L516" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="517" spans="1:12" customHeight="1" ht="80">
       <c r="A517" s="0"/>
       <c r="B517" s="0" t="s">
+        <v>2192</v>
+      </c>
+      <c r="C517" s="0" t="s">
+        <v>2193</v>
+      </c>
+      <c r="D517" s="0" t="s">
+        <v>2194</v>
+      </c>
+      <c r="E517" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="F517" s="0" t="s">
         <v>2195</v>
       </c>
-      <c r="C517" s="0" t="s">
+      <c r="G517" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H517" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I517" s="1" t="s">
         <v>2196</v>
-      </c>
-[...16 lines deleted...]
-        <v>1627</v>
       </c>
       <c r="J517" s="0"/>
       <c r="K517" s="0" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="L517" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="518" spans="1:12" customHeight="1" ht="80">
       <c r="A518" s="0"/>
       <c r="B518" s="0" t="s">
+        <v>2197</v>
+      </c>
+      <c r="C518" s="0" t="s">
         <v>2198</v>
       </c>
-      <c r="C518" s="0" t="s">
+      <c r="D518" s="0" t="s">
         <v>2199</v>
       </c>
-      <c r="D518" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E518" s="0" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="F518" s="0" t="s">
-        <v>2193</v>
+        <v>2195</v>
       </c>
       <c r="G518" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H518" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I518" s="1" t="s">
-        <v>2201</v>
+        <v>2174</v>
       </c>
       <c r="J518" s="0"/>
       <c r="K518" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="L518" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="519" spans="1:12" customHeight="1" ht="80">
       <c r="A519" s="0"/>
       <c r="B519" s="0" t="s">
+        <v>2200</v>
+      </c>
+      <c r="C519" s="0" t="s">
+        <v>2201</v>
+      </c>
+      <c r="D519" s="0" t="s">
         <v>2202</v>
       </c>
-      <c r="C519" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E519" s="0" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="F519" s="0" t="s">
-        <v>2205</v>
+        <v>2195</v>
       </c>
       <c r="G519" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H519" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I519" s="1" t="s">
-        <v>2206</v>
+        <v>2178</v>
       </c>
       <c r="J519" s="0"/>
       <c r="K519" s="0" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="L519" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="520" spans="1:12" customHeight="1" ht="80">
       <c r="A520" s="0"/>
       <c r="B520" s="0" t="s">
+        <v>2203</v>
+      </c>
+      <c r="C520" s="0" t="s">
+        <v>2204</v>
+      </c>
+      <c r="D520" s="0" t="s">
+        <v>2205</v>
+      </c>
+      <c r="E520" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="F520" s="0" t="s">
+        <v>2206</v>
+      </c>
+      <c r="G520" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="H520" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I520" s="1" t="s">
         <v>2207</v>
-      </c>
-[...19 lines deleted...]
-        <v>2185</v>
       </c>
       <c r="J520" s="0"/>
       <c r="K520" s="0" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L520" s="0"/>
     </row>
     <row r="521" spans="1:12" customHeight="1" ht="80">
       <c r="A521" s="0"/>
       <c r="B521" s="0" t="s">
+        <v>2127</v>
+      </c>
+      <c r="C521" s="0" t="s">
+        <v>2208</v>
+      </c>
+      <c r="D521" s="0" t="s">
+        <v>2209</v>
+      </c>
+      <c r="E521" s="0" t="s">
+        <v>2130</v>
+      </c>
+      <c r="F521" s="0" t="s">
+        <v>2131</v>
+      </c>
+      <c r="G521" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H521" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I521" s="1" t="s">
         <v>2210</v>
-      </c>
-[...19 lines deleted...]
-        <v>2189</v>
       </c>
       <c r="J521" s="0"/>
       <c r="K521" s="0" t="s">
-        <v>67</v>
+        <v>53</v>
       </c>
       <c r="L521" s="0">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="522" spans="1:12" customHeight="1" ht="80">
       <c r="A522" s="0"/>
       <c r="B522" s="0" t="s">
+        <v>2133</v>
+      </c>
+      <c r="C522" s="0" t="s">
+        <v>2211</v>
+      </c>
+      <c r="D522" s="0" t="s">
+        <v>2212</v>
+      </c>
+      <c r="E522" s="0" t="s">
+        <v>2130</v>
+      </c>
+      <c r="F522" s="0" t="s">
+        <v>2131</v>
+      </c>
+      <c r="G522" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H522" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I522" s="1" t="s">
         <v>2213</v>
-      </c>
-[...19 lines deleted...]
-        <v>2217</v>
       </c>
       <c r="J522" s="0"/>
       <c r="K522" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L522" s="0"/>
+        <v>61</v>
+      </c>
+      <c r="L522" s="0">
+        <v>10</v>
+      </c>
     </row>
     <row r="523" spans="1:12" customHeight="1" ht="80">
       <c r="A523" s="0"/>
       <c r="B523" s="0" t="s">
-        <v>2138</v>
+        <v>2136</v>
       </c>
       <c r="C523" s="0" t="s">
-        <v>2218</v>
+        <v>2214</v>
       </c>
       <c r="D523" s="0" t="s">
-        <v>2219</v>
+        <v>2215</v>
       </c>
       <c r="E523" s="0" t="s">
-        <v>2141</v>
+        <v>2130</v>
       </c>
       <c r="F523" s="0" t="s">
-        <v>2142</v>
+        <v>2131</v>
       </c>
       <c r="G523" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H523" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I523" s="1" t="s">
-        <v>2220</v>
+        <v>2213</v>
       </c>
       <c r="J523" s="0"/>
       <c r="K523" s="0" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="L523" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="524" spans="1:12" customHeight="1" ht="80">
       <c r="A524" s="0"/>
       <c r="B524" s="0" t="s">
-        <v>2144</v>
+        <v>2139</v>
       </c>
       <c r="C524" s="0" t="s">
-        <v>2221</v>
+        <v>2216</v>
       </c>
       <c r="D524" s="0" t="s">
-        <v>2222</v>
+        <v>2217</v>
       </c>
       <c r="E524" s="0" t="s">
-        <v>2141</v>
+        <v>2130</v>
       </c>
       <c r="F524" s="0" t="s">
-        <v>2142</v>
+        <v>2131</v>
       </c>
       <c r="G524" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H524" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I524" s="1" t="s">
-        <v>2223</v>
+        <v>1716</v>
       </c>
       <c r="J524" s="0"/>
       <c r="K524" s="0" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="L524" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="525" spans="1:12" customHeight="1" ht="80">
       <c r="A525" s="0"/>
       <c r="B525" s="0" t="s">
-        <v>2147</v>
+        <v>2143</v>
       </c>
       <c r="C525" s="0" t="s">
-        <v>2224</v>
+        <v>2218</v>
       </c>
       <c r="D525" s="0" t="s">
-        <v>2225</v>
+        <v>2219</v>
       </c>
       <c r="E525" s="0" t="s">
-        <v>2141</v>
+        <v>2130</v>
       </c>
       <c r="F525" s="0" t="s">
-        <v>2142</v>
+        <v>2131</v>
       </c>
       <c r="G525" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H525" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I525" s="1" t="s">
-        <v>2223</v>
+        <v>1292</v>
       </c>
       <c r="J525" s="0"/>
       <c r="K525" s="0" t="s">
-        <v>67</v>
+        <v>250</v>
       </c>
       <c r="L525" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="526" spans="1:12" customHeight="1" ht="80">
       <c r="A526" s="0"/>
       <c r="B526" s="0" t="s">
-        <v>2150</v>
+        <v>2146</v>
       </c>
       <c r="C526" s="0" t="s">
-        <v>2226</v>
+        <v>2220</v>
       </c>
       <c r="D526" s="0" t="s">
-        <v>2227</v>
+        <v>2221</v>
       </c>
       <c r="E526" s="0" t="s">
-        <v>2141</v>
+        <v>2130</v>
       </c>
       <c r="F526" s="0" t="s">
-        <v>2142</v>
+        <v>2131</v>
       </c>
       <c r="G526" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H526" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I526" s="1" t="s">
-        <v>1727</v>
+        <v>1292</v>
       </c>
       <c r="J526" s="0"/>
       <c r="K526" s="0" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="L526" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="527" spans="1:12" customHeight="1" ht="80">
       <c r="A527" s="0"/>
       <c r="B527" s="0" t="s">
-        <v>2154</v>
+        <v>2222</v>
       </c>
       <c r="C527" s="0" t="s">
-        <v>2228</v>
+        <v>2223</v>
       </c>
       <c r="D527" s="0" t="s">
-        <v>2229</v>
+        <v>2224</v>
       </c>
       <c r="E527" s="0" t="s">
-        <v>2141</v>
+        <v>2225</v>
       </c>
       <c r="F527" s="0" t="s">
-        <v>2142</v>
+        <v>2226</v>
       </c>
       <c r="G527" s="0" t="s">
-        <v>208</v>
+        <v>352</v>
       </c>
       <c r="H527" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I527" s="1" t="s">
-        <v>1296</v>
+        <v>2038</v>
       </c>
       <c r="J527" s="0"/>
       <c r="K527" s="0" t="s">
-        <v>984</v>
+        <v>66</v>
       </c>
       <c r="L527" s="0">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="528" spans="1:12" customHeight="1" ht="80">
       <c r="A528" s="0"/>
       <c r="B528" s="0" t="s">
-        <v>2157</v>
+        <v>2227</v>
       </c>
       <c r="C528" s="0" t="s">
+        <v>2228</v>
+      </c>
+      <c r="D528" s="0" t="s">
+        <v>2229</v>
+      </c>
+      <c r="E528" s="0" t="s">
+        <v>2225</v>
+      </c>
+      <c r="F528" s="0" t="s">
+        <v>2226</v>
+      </c>
+      <c r="G528" s="0" t="s">
+        <v>352</v>
+      </c>
+      <c r="H528" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I528" s="1" t="s">
         <v>2230</v>
-      </c>
-[...16 lines deleted...]
-        <v>1296</v>
       </c>
       <c r="J528" s="0"/>
       <c r="K528" s="0" t="s">
-        <v>1787</v>
+        <v>66</v>
       </c>
       <c r="L528" s="0">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="529" spans="1:12" customHeight="1" ht="80">
       <c r="A529" s="0"/>
       <c r="B529" s="0" t="s">
+        <v>2231</v>
+      </c>
+      <c r="C529" s="0" t="s">
         <v>2232</v>
       </c>
-      <c r="C529" s="0" t="s">
+      <c r="D529" s="0" t="s">
         <v>2233</v>
       </c>
-      <c r="D529" s="0" t="s">
+      <c r="E529" s="0" t="s">
+        <v>2225</v>
+      </c>
+      <c r="F529" s="0" t="s">
         <v>2234</v>
       </c>
-      <c r="E529" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G529" s="0" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="H529" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I529" s="1" t="s">
-        <v>2050</v>
+        <v>2038</v>
       </c>
       <c r="J529" s="0"/>
       <c r="K529" s="0" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="L529" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="530" spans="1:12" customHeight="1" ht="80">
       <c r="A530" s="0"/>
       <c r="B530" s="0" t="s">
+        <v>2235</v>
+      </c>
+      <c r="C530" s="0" t="s">
+        <v>2236</v>
+      </c>
+      <c r="D530" s="0" t="s">
         <v>2237</v>
       </c>
-      <c r="C530" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E530" s="0" t="s">
-        <v>2235</v>
+        <v>2225</v>
       </c>
       <c r="F530" s="0" t="s">
-        <v>2236</v>
+        <v>2234</v>
       </c>
       <c r="G530" s="0" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="H530" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I530" s="1" t="s">
-        <v>268</v>
+        <v>2230</v>
       </c>
       <c r="J530" s="0"/>
       <c r="K530" s="0" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="L530" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="531" spans="1:12" customHeight="1" ht="80">
       <c r="A531" s="0"/>
       <c r="B531" s="0" t="s">
+        <v>2238</v>
+      </c>
+      <c r="C531" s="0" t="s">
+        <v>2239</v>
+      </c>
+      <c r="D531" s="0" t="s">
         <v>2240</v>
       </c>
-      <c r="C531" s="0" t="s">
+      <c r="E531" s="0" t="s">
+        <v>2225</v>
+      </c>
+      <c r="F531" s="0" t="s">
         <v>2241</v>
       </c>
-      <c r="D531" s="0" t="s">
+      <c r="G531" s="0" t="s">
+        <v>352</v>
+      </c>
+      <c r="H531" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I531" s="1" t="s">
         <v>2242</v>
-      </c>
-[...13 lines deleted...]
-        <v>2050</v>
       </c>
       <c r="J531" s="0"/>
       <c r="K531" s="0" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="L531" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="532" spans="1:12" customHeight="1" ht="80">
       <c r="A532" s="0"/>
       <c r="B532" s="0" t="s">
+        <v>2243</v>
+      </c>
+      <c r="C532" s="0" t="s">
         <v>2244</v>
       </c>
-      <c r="C532" s="0" t="s">
+      <c r="D532" s="0" t="s">
         <v>2245</v>
       </c>
-      <c r="D532" s="0" t="s">
+      <c r="E532" s="0" t="s">
         <v>2246</v>
       </c>
-      <c r="E532" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F532" s="0" t="s">
-        <v>2243</v>
+        <v>2247</v>
       </c>
       <c r="G532" s="0" t="s">
-        <v>354</v>
+        <v>626</v>
       </c>
       <c r="H532" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I532" s="1" t="s">
-        <v>268</v>
+        <v>2248</v>
       </c>
       <c r="J532" s="0"/>
       <c r="K532" s="0" t="s">
-        <v>67</v>
+        <v>125</v>
       </c>
       <c r="L532" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="533" spans="1:12" customHeight="1" ht="80">
       <c r="A533" s="0"/>
       <c r="B533" s="0" t="s">
-        <v>2247</v>
+        <v>2249</v>
       </c>
       <c r="C533" s="0" t="s">
-        <v>2248</v>
+        <v>2250</v>
       </c>
       <c r="D533" s="0" t="s">
-        <v>2249</v>
+        <v>2251</v>
       </c>
       <c r="E533" s="0" t="s">
-        <v>2235</v>
+        <v>540</v>
       </c>
       <c r="F533" s="0" t="s">
-        <v>2250</v>
+        <v>2252</v>
       </c>
       <c r="G533" s="0" t="s">
-        <v>354</v>
+        <v>205</v>
       </c>
       <c r="H533" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I533" s="1" t="s">
-        <v>2251</v>
+        <v>2253</v>
       </c>
       <c r="J533" s="0"/>
       <c r="K533" s="0" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="L533" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="534" spans="1:12" customHeight="1" ht="80">
       <c r="A534" s="0"/>
       <c r="B534" s="0" t="s">
+        <v>2254</v>
+      </c>
+      <c r="C534" s="0" t="s">
+        <v>2255</v>
+      </c>
+      <c r="D534" s="0" t="s">
+        <v>2256</v>
+      </c>
+      <c r="E534" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="F534" s="0" t="s">
         <v>2252</v>
       </c>
-      <c r="C534" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G534" s="0" t="s">
-        <v>626</v>
+        <v>205</v>
       </c>
       <c r="H534" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I534" s="1" t="s">
         <v>2257</v>
       </c>
       <c r="J534" s="0"/>
       <c r="K534" s="0" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="L534" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="535" spans="1:12" customHeight="1" ht="80">
       <c r="A535" s="0"/>
       <c r="B535" s="0" t="s">
         <v>2258</v>
       </c>
       <c r="C535" s="0" t="s">
         <v>2259</v>
       </c>
       <c r="D535" s="0" t="s">
         <v>2260</v>
       </c>
       <c r="E535" s="0" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="F535" s="0" t="s">
-        <v>2261</v>
+        <v>2252</v>
       </c>
       <c r="G535" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H535" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I535" s="1" t="s">
-        <v>2262</v>
+        <v>577</v>
       </c>
       <c r="J535" s="0"/>
       <c r="K535" s="0" t="s">
-        <v>67</v>
+        <v>125</v>
       </c>
       <c r="L535" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="536" spans="1:12" customHeight="1" ht="80">
       <c r="A536" s="0"/>
       <c r="B536" s="0" t="s">
+        <v>2261</v>
+      </c>
+      <c r="C536" s="0" t="s">
+        <v>2262</v>
+      </c>
+      <c r="D536" s="0" t="s">
         <v>2263</v>
       </c>
-      <c r="C536" s="0" t="s">
+      <c r="E536" s="0" t="s">
+        <v>2246</v>
+      </c>
+      <c r="F536" s="0" t="s">
         <v>2264</v>
       </c>
-      <c r="D536" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G536" s="0" t="s">
-        <v>208</v>
+        <v>626</v>
       </c>
       <c r="H536" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I536" s="1" t="s">
-        <v>2266</v>
+        <v>612</v>
       </c>
       <c r="J536" s="0"/>
       <c r="K536" s="0" t="s">
-        <v>67</v>
+        <v>86</v>
       </c>
       <c r="L536" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="537" spans="1:12" customHeight="1" ht="80">
       <c r="A537" s="0"/>
       <c r="B537" s="0" t="s">
+        <v>2265</v>
+      </c>
+      <c r="C537" s="0" t="s">
+        <v>2266</v>
+      </c>
+      <c r="D537" s="0" t="s">
         <v>2267</v>
       </c>
-      <c r="C537" s="0" t="s">
+      <c r="E537" s="0" t="s">
+        <v>2246</v>
+      </c>
+      <c r="F537" s="0" t="s">
         <v>2268</v>
       </c>
-      <c r="D537" s="0" t="s">
+      <c r="G537" s="0" t="s">
+        <v>626</v>
+      </c>
+      <c r="H537" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I537" s="1" t="s">
         <v>2269</v>
-      </c>
-[...13 lines deleted...]
-        <v>578</v>
       </c>
       <c r="J537" s="0"/>
       <c r="K537" s="0" t="s">
-        <v>62</v>
+        <v>125</v>
       </c>
       <c r="L537" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="538" spans="1:12" customHeight="1" ht="80">
       <c r="A538" s="0"/>
       <c r="B538" s="0" t="s">
         <v>2270</v>
       </c>
       <c r="C538" s="0" t="s">
         <v>2271</v>
       </c>
       <c r="D538" s="0" t="s">
         <v>2272</v>
       </c>
       <c r="E538" s="0" t="s">
-        <v>2255</v>
+        <v>2246</v>
       </c>
       <c r="F538" s="0" t="s">
-        <v>2273</v>
+        <v>2268</v>
       </c>
       <c r="G538" s="0" t="s">
         <v>626</v>
       </c>
       <c r="H538" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I538" s="1" t="s">
-        <v>908</v>
+        <v>2273</v>
       </c>
       <c r="J538" s="0"/>
       <c r="K538" s="0" t="s">
-        <v>31</v>
+        <v>1840</v>
       </c>
       <c r="L538" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="539" spans="1:12" customHeight="1" ht="80">
       <c r="A539" s="0"/>
       <c r="B539" s="0" t="s">
         <v>2274</v>
       </c>
       <c r="C539" s="0" t="s">
         <v>2275</v>
       </c>
       <c r="D539" s="0" t="s">
         <v>2276</v>
       </c>
       <c r="E539" s="0" t="s">
-        <v>2255</v>
+        <v>2246</v>
       </c>
       <c r="F539" s="0" t="s">
-        <v>2277</v>
+        <v>2268</v>
       </c>
       <c r="G539" s="0" t="s">
         <v>626</v>
       </c>
       <c r="H539" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I539" s="1" t="s">
-        <v>2278</v>
+        <v>1155</v>
       </c>
       <c r="J539" s="0"/>
       <c r="K539" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L539" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="540" spans="1:12" customHeight="1" ht="80">
       <c r="A540" s="0"/>
       <c r="B540" s="0" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C540" s="0" t="s">
+        <v>2277</v>
+      </c>
+      <c r="D540" s="0" t="s">
+        <v>2278</v>
+      </c>
+      <c r="E540" s="0" t="s">
+        <v>1384</v>
+      </c>
+      <c r="F540" s="0"/>
+      <c r="G540" s="0" t="s">
+        <v>1386</v>
+      </c>
+      <c r="H540" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I540" s="1" t="s">
         <v>2279</v>
-      </c>
-[...19 lines deleted...]
-        <v>2282</v>
       </c>
       <c r="J540" s="0"/>
       <c r="K540" s="0" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="L540" s="0">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="541" spans="1:12" customHeight="1" ht="80">
       <c r="A541" s="0"/>
       <c r="B541" s="0" t="s">
+        <v>2280</v>
+      </c>
+      <c r="C541" s="0" t="s">
+        <v>2281</v>
+      </c>
+      <c r="D541" s="0" t="s">
+        <v>2282</v>
+      </c>
+      <c r="E541" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="F541" s="0" t="s">
         <v>2283</v>
       </c>
-      <c r="C541" s="0" t="s">
+      <c r="G541" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H541" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I541" s="1" t="s">
         <v>2284</v>
-      </c>
-[...16 lines deleted...]
-        <v>1160</v>
       </c>
       <c r="J541" s="0"/>
       <c r="K541" s="0" t="s">
-        <v>1368</v>
+        <v>53</v>
       </c>
       <c r="L541" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="542" spans="1:12" customHeight="1" ht="80">
       <c r="A542" s="0"/>
       <c r="B542" s="0" t="s">
-        <v>1008</v>
+        <v>2285</v>
       </c>
       <c r="C542" s="0" t="s">
         <v>2286</v>
       </c>
       <c r="D542" s="0" t="s">
         <v>2287</v>
       </c>
       <c r="E542" s="0" t="s">
-        <v>1394</v>
-[...1 lines deleted...]
-      <c r="F542" s="0"/>
+        <v>2246</v>
+      </c>
+      <c r="F542" s="0" t="s">
+        <v>2264</v>
+      </c>
       <c r="G542" s="0" t="s">
-        <v>1396</v>
+        <v>626</v>
       </c>
       <c r="H542" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I542" s="1" t="s">
         <v>2288</v>
       </c>
       <c r="J542" s="0"/>
       <c r="K542" s="0" t="s">
-        <v>20</v>
+        <v>174</v>
       </c>
       <c r="L542" s="0">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="543" spans="1:12" customHeight="1" ht="80">
       <c r="A543" s="0"/>
       <c r="B543" s="0" t="s">
         <v>2289</v>
       </c>
       <c r="C543" s="0" t="s">
         <v>2290</v>
       </c>
       <c r="D543" s="0" t="s">
         <v>2291</v>
       </c>
       <c r="E543" s="0" t="s">
-        <v>48</v>
+        <v>2246</v>
       </c>
       <c r="F543" s="0" t="s">
-        <v>2292</v>
+        <v>2264</v>
       </c>
       <c r="G543" s="0" t="s">
-        <v>43</v>
+        <v>626</v>
       </c>
       <c r="H543" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I543" s="1" t="s">
-        <v>2293</v>
+        <v>2288</v>
       </c>
       <c r="J543" s="0"/>
       <c r="K543" s="0" t="s">
-        <v>54</v>
+        <v>20</v>
       </c>
       <c r="L543" s="0">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="544" spans="1:12" customHeight="1" ht="80">
       <c r="A544" s="0"/>
       <c r="B544" s="0" t="s">
+        <v>2292</v>
+      </c>
+      <c r="C544" s="0" t="s">
+        <v>2293</v>
+      </c>
+      <c r="D544" s="0" t="s">
         <v>2294</v>
       </c>
-      <c r="C544" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E544" s="0" t="s">
-        <v>2255</v>
+        <v>2246</v>
       </c>
       <c r="F544" s="0" t="s">
-        <v>2273</v>
+        <v>2264</v>
       </c>
       <c r="G544" s="0" t="s">
         <v>626</v>
       </c>
       <c r="H544" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I544" s="1" t="s">
-        <v>2297</v>
+        <v>2288</v>
       </c>
       <c r="J544" s="0"/>
       <c r="K544" s="0" t="s">
-        <v>20</v>
+        <v>1173</v>
       </c>
       <c r="L544" s="0">
         <v>21</v>
       </c>
     </row>
     <row r="545" spans="1:12" customHeight="1" ht="80">
       <c r="A545" s="0"/>
       <c r="B545" s="0" t="s">
+        <v>2295</v>
+      </c>
+      <c r="C545" s="0" t="s">
+        <v>2296</v>
+      </c>
+      <c r="D545" s="0" t="s">
+        <v>2297</v>
+      </c>
+      <c r="E545" s="0" t="s">
+        <v>1955</v>
+      </c>
+      <c r="F545" s="0" t="s">
         <v>2298</v>
       </c>
-      <c r="C545" s="0" t="s">
+      <c r="G545" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H545" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I545" s="1" t="s">
         <v>2299</v>
-      </c>
-[...16 lines deleted...]
-        <v>2297</v>
       </c>
       <c r="J545" s="0"/>
       <c r="K545" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L545" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L545" s="0"/>
     </row>
     <row r="546" spans="1:12" customHeight="1" ht="80">
       <c r="A546" s="0"/>
       <c r="B546" s="0" t="s">
+        <v>2300</v>
+      </c>
+      <c r="C546" s="0" t="s">
         <v>2301</v>
       </c>
-      <c r="C546" s="0" t="s">
+      <c r="D546" s="0" t="s">
         <v>2302</v>
       </c>
-      <c r="D546" s="0" t="s">
+      <c r="E546" s="0" t="s">
+        <v>1955</v>
+      </c>
+      <c r="F546" s="0" t="s">
         <v>2303</v>
       </c>
-      <c r="E546" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G546" s="0" t="s">
-        <v>626</v>
+        <v>205</v>
       </c>
       <c r="H546" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I546" s="1" t="s">
-        <v>2297</v>
+        <v>2304</v>
       </c>
       <c r="J546" s="0"/>
       <c r="K546" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L546" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L546" s="0"/>
     </row>
     <row r="547" spans="1:12" customHeight="1" ht="80">
       <c r="A547" s="0"/>
       <c r="B547" s="0" t="s">
-        <v>2304</v>
+        <v>2305</v>
       </c>
       <c r="C547" s="0" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="D547" s="0" t="s">
-        <v>2306</v>
+        <v>2307</v>
       </c>
       <c r="E547" s="0" t="s">
-        <v>1966</v>
+        <v>1955</v>
       </c>
       <c r="F547" s="0" t="s">
-        <v>2307</v>
+        <v>2303</v>
       </c>
       <c r="G547" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H547" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I547" s="1" t="s">
         <v>2308</v>
       </c>
       <c r="J547" s="0"/>
       <c r="K547" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L547" s="0"/>
     </row>
     <row r="548" spans="1:12" customHeight="1" ht="80">
       <c r="A548" s="0"/>
       <c r="B548" s="0" t="s">
         <v>2309</v>
       </c>
       <c r="C548" s="0" t="s">
         <v>2310</v>
       </c>
       <c r="D548" s="0" t="s">
         <v>2311</v>
       </c>
       <c r="E548" s="0" t="s">
-        <v>1966</v>
+        <v>2079</v>
       </c>
       <c r="F548" s="0" t="s">
         <v>2312</v>
       </c>
       <c r="G548" s="0" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="H548" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I548" s="1" t="s">
         <v>2313</v>
       </c>
       <c r="J548" s="0"/>
       <c r="K548" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L548" s="0"/>
+        <v>276</v>
+      </c>
+      <c r="L548" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="549" spans="1:12" customHeight="1" ht="80">
       <c r="A549" s="0"/>
       <c r="B549" s="0" t="s">
         <v>2314</v>
       </c>
       <c r="C549" s="0" t="s">
         <v>2315</v>
       </c>
       <c r="D549" s="0" t="s">
         <v>2316</v>
       </c>
       <c r="E549" s="0" t="s">
-        <v>1966</v>
+        <v>2079</v>
       </c>
       <c r="F549" s="0" t="s">
         <v>2312</v>
       </c>
       <c r="G549" s="0" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="H549" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I549" s="1" t="s">
         <v>2317</v>
       </c>
       <c r="J549" s="0"/>
       <c r="K549" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L549" s="0"/>
+        <v>1840</v>
+      </c>
+      <c r="L549" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="550" spans="1:12" customHeight="1" ht="80">
       <c r="A550" s="0"/>
       <c r="B550" s="0" t="s">
         <v>2318</v>
       </c>
       <c r="C550" s="0" t="s">
         <v>2319</v>
       </c>
       <c r="D550" s="0" t="s">
         <v>2320</v>
       </c>
       <c r="E550" s="0" t="s">
-        <v>2090</v>
+        <v>2079</v>
       </c>
       <c r="F550" s="0" t="s">
+        <v>2312</v>
+      </c>
+      <c r="G550" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="H550" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I550" s="1" t="s">
         <v>2321</v>
-      </c>
-[...7 lines deleted...]
-        <v>2322</v>
       </c>
       <c r="J550" s="0"/>
       <c r="K550" s="0" t="s">
-        <v>278</v>
+        <v>290</v>
       </c>
       <c r="L550" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="551" spans="1:12" customHeight="1" ht="80">
       <c r="A551" s="0"/>
       <c r="B551" s="0" t="s">
+        <v>2322</v>
+      </c>
+      <c r="C551" s="0" t="s">
         <v>2323</v>
       </c>
-      <c r="C551" s="0" t="s">
+      <c r="D551" s="0" t="s">
         <v>2324</v>
       </c>
-      <c r="D551" s="0" t="s">
+      <c r="E551" s="0" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F551" s="0" t="s">
+        <v>2312</v>
+      </c>
+      <c r="G551" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="H551" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I551" s="1" t="s">
         <v>2325</v>
-      </c>
-[...13 lines deleted...]
-        <v>2326</v>
       </c>
       <c r="J551" s="0"/>
       <c r="K551" s="0" t="s">
-        <v>1555</v>
+        <v>1012</v>
       </c>
       <c r="L551" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="552" spans="1:12" customHeight="1" ht="80">
       <c r="A552" s="0"/>
       <c r="B552" s="0" t="s">
+        <v>2326</v>
+      </c>
+      <c r="C552" s="0" t="s">
         <v>2327</v>
       </c>
-      <c r="C552" s="0" t="s">
+      <c r="D552" s="0" t="s">
         <v>2328</v>
       </c>
-      <c r="D552" s="0" t="s">
+      <c r="E552" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F552" s="0" t="s">
         <v>2329</v>
       </c>
-      <c r="E552" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G552" s="0" t="s">
-        <v>213</v>
+        <v>17</v>
       </c>
       <c r="H552" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I552" s="1" t="s">
-        <v>2330</v>
+        <v>1739</v>
       </c>
       <c r="J552" s="0"/>
       <c r="K552" s="0" t="s">
-        <v>292</v>
+        <v>86</v>
       </c>
       <c r="L552" s="0">
-        <v>1</v>
+        <v>36</v>
       </c>
     </row>
     <row r="553" spans="1:12" customHeight="1" ht="80">
       <c r="A553" s="0"/>
       <c r="B553" s="0" t="s">
+        <v>2330</v>
+      </c>
+      <c r="C553" s="0" t="s">
         <v>2331</v>
       </c>
-      <c r="C553" s="0" t="s">
+      <c r="D553" s="0" t="s">
         <v>2332</v>
       </c>
-      <c r="D553" s="0" t="s">
+      <c r="E553" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F553" s="0" t="s">
+        <v>2329</v>
+      </c>
+      <c r="G553" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H553" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I553" s="1" t="s">
         <v>2333</v>
-      </c>
-[...13 lines deleted...]
-        <v>2334</v>
       </c>
       <c r="J553" s="0"/>
       <c r="K553" s="0" t="s">
-        <v>1740</v>
+        <v>53</v>
       </c>
       <c r="L553" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="554" spans="1:12" customHeight="1" ht="80">
       <c r="A554" s="0"/>
       <c r="B554" s="0" t="s">
+        <v>2334</v>
+      </c>
+      <c r="C554" s="0" t="s">
         <v>2335</v>
       </c>
-      <c r="C554" s="0" t="s">
+      <c r="D554" s="0">
+        <v>54432</v>
+      </c>
+      <c r="E554" s="0" t="s">
         <v>2336</v>
       </c>
-      <c r="D554" s="0" t="s">
+      <c r="F554" s="0" t="s">
         <v>2337</v>
       </c>
-      <c r="E554" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F554" s="0" t="s">
+      <c r="G554" s="0" t="s">
+        <v>352</v>
+      </c>
+      <c r="H554" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I554" s="1" t="s">
         <v>2338</v>
-      </c>
-[...7 lines deleted...]
-        <v>1750</v>
       </c>
       <c r="J554" s="0"/>
       <c r="K554" s="0" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="L554" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="555" spans="1:12" customHeight="1" ht="80">
       <c r="A555" s="0"/>
       <c r="B555" s="0" t="s">
         <v>2339</v>
       </c>
       <c r="C555" s="0" t="s">
         <v>2340</v>
       </c>
       <c r="D555" s="0" t="s">
         <v>2341</v>
       </c>
       <c r="E555" s="0" t="s">
-        <v>15</v>
+        <v>2342</v>
       </c>
       <c r="F555" s="0" t="s">
-        <v>2338</v>
+        <v>2343</v>
       </c>
       <c r="G555" s="0" t="s">
-        <v>17</v>
+        <v>210</v>
       </c>
       <c r="H555" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I555" s="1" t="s">
-        <v>2342</v>
+        <v>2344</v>
       </c>
       <c r="J555" s="0"/>
       <c r="K555" s="0" t="s">
-        <v>54</v>
+        <v>20</v>
       </c>
       <c r="L555" s="0">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="556" spans="1:12" customHeight="1" ht="80">
       <c r="A556" s="0"/>
       <c r="B556" s="0" t="s">
-        <v>2343</v>
+        <v>2345</v>
       </c>
       <c r="C556" s="0" t="s">
-        <v>2344</v>
-[...2 lines deleted...]
-        <v>54432</v>
+        <v>2346</v>
+      </c>
+      <c r="D556" s="0" t="s">
+        <v>2347</v>
       </c>
       <c r="E556" s="0" t="s">
-        <v>2345</v>
+        <v>34</v>
       </c>
       <c r="F556" s="0" t="s">
-        <v>2346</v>
+        <v>104</v>
       </c>
       <c r="G556" s="0" t="s">
-        <v>354</v>
+        <v>36</v>
       </c>
       <c r="H556" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I556" s="1" t="s">
-        <v>2347</v>
+        <v>2348</v>
       </c>
       <c r="J556" s="0"/>
       <c r="K556" s="0" t="s">
-        <v>20</v>
+        <v>1840</v>
       </c>
       <c r="L556" s="0">
-        <v>6</v>
+        <v>50</v>
       </c>
     </row>
     <row r="557" spans="1:12" customHeight="1" ht="80">
       <c r="A557" s="0"/>
       <c r="B557" s="0" t="s">
-        <v>2348</v>
+        <v>2349</v>
       </c>
       <c r="C557" s="0" t="s">
-        <v>2349</v>
+        <v>2350</v>
       </c>
       <c r="D557" s="0" t="s">
-        <v>2350</v>
+        <v>2351</v>
       </c>
       <c r="E557" s="0" t="s">
-        <v>2351</v>
+        <v>121</v>
       </c>
       <c r="F557" s="0" t="s">
-        <v>2352</v>
+        <v>122</v>
       </c>
       <c r="G557" s="0" t="s">
-        <v>213</v>
+        <v>123</v>
       </c>
       <c r="H557" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I557" s="1" t="s">
-        <v>2353</v>
+        <v>1436</v>
       </c>
       <c r="J557" s="0"/>
       <c r="K557" s="0" t="s">
-        <v>20</v>
+        <v>66</v>
       </c>
       <c r="L557" s="0">
-        <v>4</v>
+        <v>48</v>
       </c>
     </row>
     <row r="558" spans="1:12" customHeight="1" ht="80">
       <c r="A558" s="0"/>
       <c r="B558" s="0" t="s">
+        <v>2352</v>
+      </c>
+      <c r="C558" s="0" t="s">
+        <v>2353</v>
+      </c>
+      <c r="D558" s="0" t="s">
         <v>2354</v>
       </c>
-      <c r="C558" s="0" t="s">
+      <c r="E558" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="F558" s="0" t="s">
+        <v>270</v>
+      </c>
+      <c r="G558" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="H558" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I558" s="1" t="s">
         <v>2355</v>
-      </c>
-[...16 lines deleted...]
-        <v>2357</v>
       </c>
       <c r="J558" s="0"/>
       <c r="K558" s="0" t="s">
-        <v>964</v>
+        <v>20</v>
       </c>
       <c r="L558" s="0">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="559" spans="1:12" customHeight="1" ht="80">
       <c r="A559" s="0"/>
       <c r="B559" s="0" t="s">
+        <v>2356</v>
+      </c>
+      <c r="C559" s="0" t="s">
+        <v>2357</v>
+      </c>
+      <c r="D559" s="0" t="s">
         <v>2358</v>
       </c>
-      <c r="C559" s="0" t="s">
+      <c r="E559" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F559" s="0" t="s">
+        <v>716</v>
+      </c>
+      <c r="G559" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H559" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I559" s="1" t="s">
         <v>2359</v>
-      </c>
-[...16 lines deleted...]
-        <v>1446</v>
       </c>
       <c r="J559" s="0"/>
       <c r="K559" s="0" t="s">
-        <v>67</v>
+        <v>20</v>
       </c>
       <c r="L559" s="0">
-        <v>48</v>
+        <v>24</v>
       </c>
     </row>
     <row r="560" spans="1:12" customHeight="1" ht="80">
       <c r="A560" s="0"/>
       <c r="B560" s="0" t="s">
+        <v>2360</v>
+      </c>
+      <c r="C560" s="0" t="s">
         <v>2361</v>
       </c>
-      <c r="C560" s="0" t="s">
+      <c r="D560" s="0" t="s">
         <v>2362</v>
       </c>
-      <c r="D560" s="0" t="s">
+      <c r="E560" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F560" s="0" t="s">
+        <v>491</v>
+      </c>
+      <c r="G560" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H560" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I560" s="1" t="s">
         <v>2363</v>
-      </c>
-[...13 lines deleted...]
-        <v>2364</v>
       </c>
       <c r="J560" s="0"/>
       <c r="K560" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L560" s="0">
-        <v>60</v>
+        <v>24</v>
       </c>
     </row>
     <row r="561" spans="1:12" customHeight="1" ht="80">
       <c r="A561" s="0"/>
       <c r="B561" s="0" t="s">
+        <v>2364</v>
+      </c>
+      <c r="C561" s="0" t="s">
         <v>2365</v>
       </c>
-      <c r="C561" s="0" t="s">
+      <c r="D561" s="0" t="s">
         <v>2366</v>
-      </c>
-[...1 lines deleted...]
-        <v>2367</v>
       </c>
       <c r="E561" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F561" s="0" t="s">
-        <v>714</v>
+        <v>75</v>
       </c>
       <c r="G561" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H561" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I561" s="1" t="s">
-        <v>2368</v>
+        <v>2367</v>
       </c>
       <c r="J561" s="0"/>
       <c r="K561" s="0" t="s">
-        <v>20</v>
+        <v>86</v>
       </c>
       <c r="L561" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="562" spans="1:12" customHeight="1" ht="80">
       <c r="A562" s="0"/>
       <c r="B562" s="0" t="s">
+        <v>2368</v>
+      </c>
+      <c r="C562" s="0" t="s">
         <v>2369</v>
       </c>
-      <c r="C562" s="0" t="s">
+      <c r="D562" s="0" t="s">
         <v>2370</v>
-      </c>
-[...1 lines deleted...]
-        <v>2371</v>
       </c>
       <c r="E562" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F562" s="0" t="s">
-        <v>492</v>
+        <v>835</v>
       </c>
       <c r="G562" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H562" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I562" s="1" t="s">
-        <v>2372</v>
+        <v>261</v>
       </c>
       <c r="J562" s="0"/>
       <c r="K562" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L562" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="563" spans="1:12" customHeight="1" ht="80">
       <c r="A563" s="0"/>
       <c r="B563" s="0" t="s">
+        <v>2371</v>
+      </c>
+      <c r="C563" s="0" t="s">
+        <v>2372</v>
+      </c>
+      <c r="D563" s="0" t="s">
         <v>2373</v>
-      </c>
-[...4 lines deleted...]
-        <v>2375</v>
       </c>
       <c r="E563" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F563" s="0" t="s">
-        <v>78</v>
+        <v>847</v>
       </c>
       <c r="G563" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H563" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I563" s="1" t="s">
-        <v>2376</v>
+        <v>942</v>
       </c>
       <c r="J563" s="0"/>
       <c r="K563" s="0" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="L563" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="564" spans="1:12" customHeight="1" ht="80">
       <c r="A564" s="0"/>
       <c r="B564" s="0" t="s">
-        <v>2377</v>
+        <v>2374</v>
       </c>
       <c r="C564" s="0" t="s">
-        <v>2378</v>
+        <v>2375</v>
       </c>
       <c r="D564" s="0" t="s">
-        <v>2379</v>
+        <v>2376</v>
       </c>
       <c r="E564" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F564" s="0" t="s">
-        <v>833</v>
+        <v>858</v>
       </c>
       <c r="G564" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H564" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I564" s="1" t="s">
-        <v>263</v>
+        <v>2377</v>
       </c>
       <c r="J564" s="0"/>
       <c r="K564" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L564" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L564" s="0"/>
     </row>
     <row r="565" spans="1:12" customHeight="1" ht="80">
       <c r="A565" s="0"/>
       <c r="B565" s="0" t="s">
+        <v>2378</v>
+      </c>
+      <c r="C565" s="0" t="s">
+        <v>2379</v>
+      </c>
+      <c r="D565" s="0" t="s">
         <v>2380</v>
-      </c>
-[...4 lines deleted...]
-        <v>2382</v>
       </c>
       <c r="E565" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F565" s="0" t="s">
-        <v>845</v>
+        <v>870</v>
       </c>
       <c r="G565" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H565" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I565" s="1" t="s">
-        <v>941</v>
+        <v>2377</v>
       </c>
       <c r="J565" s="0"/>
       <c r="K565" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L565" s="0">
-        <v>24</v>
+        <v>1</v>
       </c>
     </row>
     <row r="566" spans="1:12" customHeight="1" ht="80">
       <c r="A566" s="0"/>
       <c r="B566" s="0" t="s">
+        <v>2381</v>
+      </c>
+      <c r="C566" s="0" t="s">
+        <v>2382</v>
+      </c>
+      <c r="D566" s="0" t="s">
         <v>2383</v>
       </c>
-      <c r="C566" s="0" t="s">
+      <c r="E566" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="F566" s="0" t="s">
+        <v>914</v>
+      </c>
+      <c r="G566" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="H566" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I566" s="1" t="s">
         <v>2384</v>
-      </c>
-[...16 lines deleted...]
-        <v>945</v>
       </c>
       <c r="J566" s="0"/>
       <c r="K566" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L566" s="0"/>
+        <v>86</v>
+      </c>
+      <c r="L566" s="0">
+        <v>50</v>
+      </c>
     </row>
     <row r="567" spans="1:12" customHeight="1" ht="80">
       <c r="A567" s="0"/>
       <c r="B567" s="0" t="s">
+        <v>2385</v>
+      </c>
+      <c r="C567" s="0" t="s">
         <v>2386</v>
       </c>
-      <c r="C567" s="0" t="s">
+      <c r="D567" s="0" t="s">
         <v>2387</v>
       </c>
-      <c r="D567" s="0" t="s">
+      <c r="E567" s="0" t="s">
+        <v>1384</v>
+      </c>
+      <c r="F567" s="0"/>
+      <c r="G567" s="0" t="s">
+        <v>1386</v>
+      </c>
+      <c r="H567" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I567" s="1" t="s">
         <v>2388</v>
-      </c>
-[...13 lines deleted...]
-        <v>945</v>
       </c>
       <c r="J567" s="0"/>
       <c r="K567" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="L567" s="0">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="568" spans="1:12" customHeight="1" ht="80">
       <c r="A568" s="0"/>
       <c r="B568" s="0" t="s">
         <v>2389</v>
       </c>
       <c r="C568" s="0" t="s">
         <v>2390</v>
       </c>
       <c r="D568" s="0" t="s">
         <v>2391</v>
       </c>
       <c r="E568" s="0" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F568" s="0" t="s">
-        <v>912</v>
+        <v>1937</v>
       </c>
       <c r="G568" s="0" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="H568" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I568" s="1" t="s">
         <v>2392</v>
       </c>
       <c r="J568" s="0"/>
       <c r="K568" s="0" t="s">
-        <v>54</v>
+        <v>20</v>
       </c>
       <c r="L568" s="0">
-        <v>50</v>
+        <v>8</v>
       </c>
     </row>
     <row r="569" spans="1:12" customHeight="1" ht="80">
       <c r="A569" s="0"/>
       <c r="B569" s="0" t="s">
         <v>2393</v>
       </c>
       <c r="C569" s="0" t="s">
         <v>2394</v>
       </c>
       <c r="D569" s="0" t="s">
         <v>2395</v>
       </c>
       <c r="E569" s="0" t="s">
-        <v>1394</v>
-[...1 lines deleted...]
-      <c r="F569" s="0"/>
+        <v>28</v>
+      </c>
+      <c r="F569" s="0" t="s">
+        <v>2396</v>
+      </c>
       <c r="G569" s="0" t="s">
-        <v>1396</v>
+        <v>205</v>
       </c>
       <c r="H569" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I569" s="1" t="s">
-        <v>2396</v>
+        <v>2397</v>
       </c>
       <c r="J569" s="0"/>
       <c r="K569" s="0" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="L569" s="0">
-        <v>20</v>
+        <v>8</v>
       </c>
     </row>
     <row r="570" spans="1:12" customHeight="1" ht="80">
       <c r="A570" s="0"/>
       <c r="B570" s="0" t="s">
-        <v>2397</v>
+        <v>2398</v>
       </c>
       <c r="C570" s="0" t="s">
-        <v>2398</v>
+        <v>2399</v>
       </c>
       <c r="D570" s="0" t="s">
-        <v>2399</v>
+        <v>2400</v>
       </c>
       <c r="E570" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F570" s="0" t="s">
-        <v>1948</v>
+        <v>2396</v>
       </c>
       <c r="G570" s="0" t="s">
-        <v>29</v>
+        <v>205</v>
       </c>
       <c r="H570" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I570" s="1" t="s">
-        <v>2400</v>
+        <v>2401</v>
       </c>
       <c r="J570" s="0"/>
       <c r="K570" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L570" s="0">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="571" spans="1:12" customHeight="1" ht="80">
       <c r="A571" s="0"/>
       <c r="B571" s="0" t="s">
-        <v>2401</v>
+        <v>2402</v>
       </c>
       <c r="C571" s="0" t="s">
-        <v>2402</v>
+        <v>2403</v>
       </c>
       <c r="D571" s="0" t="s">
-        <v>2403</v>
+        <v>2404</v>
       </c>
       <c r="E571" s="0" t="s">
-        <v>28</v>
+        <v>2405</v>
       </c>
       <c r="F571" s="0" t="s">
-        <v>2404</v>
+        <v>2406</v>
       </c>
       <c r="G571" s="0" t="s">
-        <v>208</v>
+        <v>17</v>
       </c>
       <c r="H571" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I571" s="1" t="s">
-        <v>2405</v>
+        <v>2407</v>
       </c>
       <c r="J571" s="0"/>
       <c r="K571" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L571" s="0">
-        <v>8</v>
+        <v>1</v>
       </c>
     </row>
     <row r="572" spans="1:12" customHeight="1" ht="80">
       <c r="A572" s="0"/>
       <c r="B572" s="0" t="s">
-        <v>2406</v>
+        <v>2408</v>
       </c>
       <c r="C572" s="0" t="s">
-        <v>2407</v>
+        <v>2409</v>
       </c>
       <c r="D572" s="0" t="s">
-        <v>2408</v>
+        <v>2410</v>
       </c>
       <c r="E572" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F572" s="0" t="s">
-        <v>2404</v>
+        <v>1937</v>
       </c>
       <c r="G572" s="0" t="s">
-        <v>208</v>
+        <v>29</v>
       </c>
       <c r="H572" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I572" s="1" t="s">
-        <v>2409</v>
+        <v>1218</v>
       </c>
       <c r="J572" s="0"/>
       <c r="K572" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L572" s="0">
-        <v>4</v>
+        <v>8</v>
       </c>
     </row>
     <row r="573" spans="1:12" customHeight="1" ht="80">
       <c r="A573" s="0"/>
       <c r="B573" s="0" t="s">
-        <v>2410</v>
+        <v>2411</v>
       </c>
       <c r="C573" s="0" t="s">
-        <v>2411</v>
+        <v>2412</v>
       </c>
       <c r="D573" s="0" t="s">
-        <v>2412</v>
+        <v>2413</v>
       </c>
       <c r="E573" s="0" t="s">
-        <v>2413</v>
+        <v>28</v>
       </c>
       <c r="F573" s="0" t="s">
         <v>2414</v>
       </c>
       <c r="G573" s="0" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="H573" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I573" s="1" t="s">
         <v>2415</v>
       </c>
       <c r="J573" s="0"/>
       <c r="K573" s="0" t="s">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L573" s="0"/>
     </row>
     <row r="574" spans="1:12" customHeight="1" ht="80">
       <c r="A574" s="0"/>
       <c r="B574" s="0" t="s">
         <v>2416</v>
       </c>
       <c r="C574" s="0" t="s">
         <v>2417</v>
       </c>
       <c r="D574" s="0" t="s">
         <v>2418</v>
       </c>
       <c r="E574" s="0" t="s">
-        <v>28</v>
+        <v>2419</v>
       </c>
       <c r="F574" s="0" t="s">
-        <v>1948</v>
+        <v>2420</v>
       </c>
       <c r="G574" s="0" t="s">
-        <v>29</v>
+        <v>352</v>
       </c>
       <c r="H574" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I574" s="1" t="s">
-        <v>1222</v>
+        <v>2421</v>
       </c>
       <c r="J574" s="0"/>
       <c r="K574" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L574" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L574" s="0"/>
     </row>
     <row r="575" spans="1:12" customHeight="1" ht="80">
       <c r="A575" s="0"/>
       <c r="B575" s="0" t="s">
-        <v>2419</v>
+        <v>2422</v>
       </c>
       <c r="C575" s="0" t="s">
-        <v>2420</v>
-[...2 lines deleted...]
-        <v>2421</v>
+        <v>2423</v>
+      </c>
+      <c r="D575" s="0">
+        <v>54201</v>
       </c>
       <c r="E575" s="0" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>2336</v>
+      </c>
+      <c r="F575" s="0"/>
       <c r="G575" s="0" t="s">
-        <v>29</v>
+        <v>352</v>
       </c>
       <c r="H575" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I575" s="1" t="s">
-        <v>2423</v>
+        <v>2424</v>
       </c>
       <c r="J575" s="0"/>
       <c r="K575" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L575" s="0"/>
+        <v>2425</v>
+      </c>
+      <c r="L575" s="0">
+        <v>72</v>
+      </c>
     </row>
     <row r="576" spans="1:12" customHeight="1" ht="80">
       <c r="A576" s="0"/>
       <c r="B576" s="0" t="s">
-        <v>2424</v>
+        <v>2426</v>
       </c>
       <c r="C576" s="0" t="s">
-        <v>2425</v>
-[...2 lines deleted...]
-        <v>2426</v>
+        <v>2427</v>
+      </c>
+      <c r="D576" s="0">
+        <v>68047</v>
       </c>
       <c r="E576" s="0" t="s">
-        <v>2427</v>
+        <v>2428</v>
       </c>
       <c r="F576" s="0" t="s">
-        <v>2428</v>
+        <v>2429</v>
       </c>
       <c r="G576" s="0" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="H576" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I576" s="1" t="s">
-        <v>2429</v>
+        <v>2367</v>
       </c>
       <c r="J576" s="0"/>
       <c r="K576" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L576" s="0"/>
+      <c r="L576" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="577" spans="1:12" customHeight="1" ht="80">
       <c r="A577" s="0"/>
       <c r="B577" s="0" t="s">
         <v>2430</v>
       </c>
       <c r="C577" s="0" t="s">
         <v>2431</v>
       </c>
-      <c r="D577" s="0">
-        <v>54201</v>
+      <c r="D577" s="0" t="s">
+        <v>2432</v>
       </c>
       <c r="E577" s="0" t="s">
-        <v>2345</v>
+        <v>2433</v>
       </c>
       <c r="F577" s="0"/>
       <c r="G577" s="0" t="s">
-        <v>354</v>
+        <v>1386</v>
       </c>
       <c r="H577" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I577" s="1" t="s">
-        <v>2432</v>
+        <v>1168</v>
       </c>
       <c r="J577" s="0"/>
       <c r="K577" s="0" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="L577" s="0">
-        <v>72</v>
+        <v>6</v>
       </c>
     </row>
     <row r="578" spans="1:12" customHeight="1" ht="80">
       <c r="A578" s="0"/>
       <c r="B578" s="0" t="s">
-        <v>2433</v>
+        <v>2434</v>
       </c>
       <c r="C578" s="0" t="s">
-        <v>2434</v>
-[...2 lines deleted...]
-        <v>68047</v>
+        <v>2435</v>
+      </c>
+      <c r="D578" s="0" t="s">
+        <v>2436</v>
       </c>
       <c r="E578" s="0" t="s">
-        <v>2435</v>
+        <v>1412</v>
       </c>
       <c r="F578" s="0" t="s">
-        <v>2436</v>
+        <v>1476</v>
       </c>
       <c r="G578" s="0" t="s">
-        <v>354</v>
+        <v>626</v>
       </c>
       <c r="H578" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I578" s="1" t="s">
-        <v>2376</v>
+        <v>2437</v>
       </c>
       <c r="J578" s="0"/>
       <c r="K578" s="0" t="s">
-        <v>31</v>
+        <v>66</v>
       </c>
       <c r="L578" s="0">
-        <v>1</v>
+        <v>30</v>
       </c>
     </row>
     <row r="579" spans="1:12" customHeight="1" ht="80">
-      <c r="A579" s="0"/>
       <c r="B579" s="0" t="s">
-        <v>2437</v>
+        <v>2438</v>
       </c>
       <c r="C579" s="0" t="s">
-        <v>2438</v>
+        <v>2439</v>
       </c>
       <c r="D579" s="0" t="s">
-        <v>2439</v>
+        <v>2440</v>
       </c>
       <c r="E579" s="0" t="s">
-        <v>2440</v>
-[...1 lines deleted...]
-      <c r="F579" s="0"/>
+        <v>1412</v>
+      </c>
+      <c r="F579" s="0" t="s">
+        <v>1507</v>
+      </c>
       <c r="G579" s="0" t="s">
-        <v>1396</v>
+        <v>626</v>
       </c>
       <c r="H579" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I579" s="1" t="s">
-        <v>1173</v>
+        <v>1047</v>
       </c>
       <c r="J579" s="0"/>
       <c r="K579" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L579" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L579" s="0"/>
     </row>
     <row r="580" spans="1:12" customHeight="1" ht="80">
-      <c r="A580" s="0"/>
       <c r="B580" s="0" t="s">
         <v>2441</v>
       </c>
       <c r="C580" s="0" t="s">
         <v>2442</v>
       </c>
       <c r="D580" s="0" t="s">
         <v>2443</v>
       </c>
       <c r="E580" s="0" t="s">
-        <v>1422</v>
+        <v>1412</v>
       </c>
       <c r="F580" s="0" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="G580" s="0" t="s">
         <v>626</v>
       </c>
       <c r="H580" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I580" s="1" t="s">
-        <v>2444</v>
+        <v>342</v>
       </c>
       <c r="J580" s="0"/>
       <c r="K580" s="0" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L580" s="0"/>
     </row>
     <row r="581" spans="1:12" customHeight="1" ht="80">
+      <c r="A581" s="0"/>
       <c r="B581" s="0" t="s">
+        <v>2444</v>
+      </c>
+      <c r="C581" s="0" t="s">
         <v>2445</v>
       </c>
-      <c r="C581" s="0" t="s">
+      <c r="D581" s="0" t="s">
         <v>2446</v>
       </c>
-      <c r="D581" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E581" s="0" t="s">
-        <v>1422</v>
-[...3 lines deleted...]
-      </c>
+        <v>2433</v>
+      </c>
+      <c r="F581" s="0"/>
       <c r="G581" s="0" t="s">
-        <v>626</v>
+        <v>1386</v>
       </c>
       <c r="H581" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I581" s="1" t="s">
-        <v>1050</v>
+        <v>392</v>
       </c>
       <c r="J581" s="0"/>
       <c r="K581" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L581" s="0"/>
+        <v>125</v>
+      </c>
+      <c r="L581" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="582" spans="1:12" customHeight="1" ht="80">
+      <c r="A582" s="0"/>
       <c r="B582" s="0" t="s">
+        <v>2447</v>
+      </c>
+      <c r="C582" s="0" t="s">
         <v>2448</v>
       </c>
-      <c r="C582" s="0" t="s">
+      <c r="D582" s="0" t="s">
         <v>2449</v>
       </c>
-      <c r="D582" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E582" s="0" t="s">
-        <v>1422</v>
+        <v>1412</v>
       </c>
       <c r="F582" s="0" t="s">
-        <v>1530</v>
+        <v>1819</v>
       </c>
       <c r="G582" s="0" t="s">
         <v>626</v>
       </c>
       <c r="H582" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I582" s="1" t="s">
-        <v>344</v>
+        <v>2437</v>
       </c>
       <c r="J582" s="0"/>
       <c r="K582" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L582" s="0"/>
+        <v>86</v>
+      </c>
+      <c r="L582" s="0">
+        <v>30</v>
+      </c>
     </row>
     <row r="583" spans="1:12" customHeight="1" ht="80">
       <c r="A583" s="0"/>
       <c r="B583" s="0" t="s">
+        <v>2450</v>
+      </c>
+      <c r="C583" s="0" t="s">
         <v>2451</v>
       </c>
-      <c r="C583" s="0" t="s">
+      <c r="D583" s="0" t="s">
         <v>2452</v>
       </c>
-      <c r="D583" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E583" s="0" t="s">
-        <v>2440</v>
-[...1 lines deleted...]
-      <c r="F583" s="0"/>
+        <v>1412</v>
+      </c>
+      <c r="F583" s="0" t="s">
+        <v>2088</v>
+      </c>
       <c r="G583" s="0" t="s">
-        <v>1396</v>
+        <v>626</v>
       </c>
       <c r="H583" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I583" s="1" t="s">
-        <v>394</v>
+        <v>1380</v>
       </c>
       <c r="J583" s="0"/>
       <c r="K583" s="0" t="s">
-        <v>54</v>
+        <v>1012</v>
       </c>
       <c r="L583" s="0">
-        <v>6</v>
+        <v>30</v>
       </c>
     </row>
     <row r="584" spans="1:12" customHeight="1" ht="80">
       <c r="A584" s="0"/>
       <c r="B584" s="0" t="s">
+        <v>2453</v>
+      </c>
+      <c r="C584" s="0" t="s">
         <v>2454</v>
       </c>
-      <c r="C584" s="0" t="s">
+      <c r="D584" s="0" t="s">
         <v>2455</v>
       </c>
-      <c r="D584" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E584" s="0" t="s">
-        <v>1422</v>
+        <v>1412</v>
       </c>
       <c r="F584" s="0" t="s">
-        <v>1831</v>
+        <v>2096</v>
       </c>
       <c r="G584" s="0" t="s">
         <v>626</v>
       </c>
       <c r="H584" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I584" s="1" t="s">
-        <v>2444</v>
+        <v>2456</v>
       </c>
       <c r="J584" s="0"/>
       <c r="K584" s="0" t="s">
-        <v>54</v>
+        <v>20</v>
       </c>
       <c r="L584" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="585" spans="1:12" customHeight="1" ht="80">
       <c r="A585" s="0"/>
       <c r="B585" s="0" t="s">
         <v>2457</v>
       </c>
       <c r="C585" s="0" t="s">
         <v>2458</v>
       </c>
       <c r="D585" s="0" t="s">
         <v>2459</v>
       </c>
       <c r="E585" s="0" t="s">
-        <v>1422</v>
+        <v>1412</v>
       </c>
       <c r="F585" s="0" t="s">
-        <v>2099</v>
+        <v>2111</v>
       </c>
       <c r="G585" s="0" t="s">
         <v>626</v>
       </c>
       <c r="H585" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I585" s="1" t="s">
-        <v>1390</v>
+        <v>2377</v>
       </c>
       <c r="J585" s="0"/>
       <c r="K585" s="0" t="s">
-        <v>924</v>
+        <v>262</v>
       </c>
       <c r="L585" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="586" spans="1:12" customHeight="1" ht="80">
       <c r="A586" s="0"/>
       <c r="B586" s="0" t="s">
         <v>2460</v>
       </c>
       <c r="C586" s="0" t="s">
         <v>2461</v>
       </c>
       <c r="D586" s="0" t="s">
         <v>2462</v>
       </c>
       <c r="E586" s="0" t="s">
-        <v>1422</v>
+        <v>2246</v>
       </c>
       <c r="F586" s="0" t="s">
-        <v>2107</v>
+        <v>2247</v>
       </c>
       <c r="G586" s="0" t="s">
         <v>626</v>
       </c>
       <c r="H586" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I586" s="1" t="s">
         <v>2463</v>
       </c>
       <c r="J586" s="0"/>
       <c r="K586" s="0" t="s">
-        <v>20</v>
+        <v>86</v>
       </c>
       <c r="L586" s="0">
-        <v>30</v>
+        <v>21</v>
       </c>
     </row>
     <row r="587" spans="1:12" customHeight="1" ht="80">
       <c r="A587" s="0"/>
       <c r="B587" s="0" t="s">
         <v>2464</v>
       </c>
       <c r="C587" s="0" t="s">
         <v>2465</v>
       </c>
       <c r="D587" s="0" t="s">
         <v>2466</v>
       </c>
       <c r="E587" s="0" t="s">
-        <v>1422</v>
+        <v>2246</v>
       </c>
       <c r="F587" s="0" t="s">
-        <v>2123</v>
+        <v>2264</v>
       </c>
       <c r="G587" s="0" t="s">
         <v>626</v>
       </c>
       <c r="H587" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I587" s="1" t="s">
-        <v>945</v>
+        <v>137</v>
       </c>
       <c r="J587" s="0"/>
       <c r="K587" s="0" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="L587" s="0">
-        <v>30</v>
+        <v>21</v>
       </c>
     </row>
     <row r="588" spans="1:12" customHeight="1" ht="80">
       <c r="A588" s="0"/>
       <c r="B588" s="0" t="s">
         <v>2467</v>
       </c>
       <c r="C588" s="0" t="s">
         <v>2468</v>
       </c>
       <c r="D588" s="0" t="s">
         <v>2469</v>
       </c>
       <c r="E588" s="0" t="s">
-        <v>2255</v>
+        <v>2246</v>
       </c>
       <c r="F588" s="0" t="s">
-        <v>2256</v>
+        <v>2268</v>
       </c>
       <c r="G588" s="0" t="s">
         <v>626</v>
       </c>
       <c r="H588" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I588" s="1" t="s">
         <v>2470</v>
       </c>
       <c r="J588" s="0"/>
       <c r="K588" s="0" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="L588" s="0">
         <v>21</v>
       </c>
     </row>
     <row r="589" spans="1:12" customHeight="1" ht="80">
       <c r="A589" s="0"/>
       <c r="B589" s="0" t="s">
         <v>2471</v>
       </c>
       <c r="C589" s="0" t="s">
         <v>2472</v>
       </c>
       <c r="D589" s="0" t="s">
         <v>2473</v>
       </c>
       <c r="E589" s="0" t="s">
-        <v>2255</v>
+        <v>15</v>
       </c>
       <c r="F589" s="0" t="s">
-        <v>2273</v>
+        <v>683</v>
       </c>
       <c r="G589" s="0" t="s">
-        <v>626</v>
+        <v>17</v>
       </c>
       <c r="H589" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I589" s="1" t="s">
-        <v>140</v>
+        <v>2384</v>
       </c>
       <c r="J589" s="0"/>
       <c r="K589" s="0" t="s">
-        <v>960</v>
+        <v>20</v>
       </c>
       <c r="L589" s="0">
-        <v>21</v>
+        <v>36</v>
       </c>
     </row>
     <row r="590" spans="1:12" customHeight="1" ht="80">
       <c r="A590" s="0"/>
       <c r="B590" s="0" t="s">
         <v>2474</v>
       </c>
       <c r="C590" s="0" t="s">
         <v>2475</v>
       </c>
       <c r="D590" s="0" t="s">
         <v>2476</v>
       </c>
       <c r="E590" s="0" t="s">
-        <v>2255</v>
-[...3 lines deleted...]
-      </c>
+        <v>1837</v>
+      </c>
+      <c r="F590" s="0"/>
       <c r="G590" s="0" t="s">
-        <v>626</v>
+        <v>205</v>
       </c>
       <c r="H590" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I590" s="1" t="s">
         <v>2477</v>
       </c>
       <c r="J590" s="0"/>
       <c r="K590" s="0" t="s">
-        <v>54</v>
+        <v>20</v>
       </c>
       <c r="L590" s="0">
-        <v>21</v>
+        <v>10</v>
       </c>
     </row>
     <row r="591" spans="1:12" customHeight="1" ht="80">
-      <c r="A591" s="0"/>
       <c r="B591" s="0" t="s">
         <v>2478</v>
       </c>
       <c r="C591" s="0" t="s">
         <v>2479</v>
       </c>
       <c r="D591" s="0" t="s">
         <v>2480</v>
       </c>
       <c r="E591" s="0" t="s">
-        <v>15</v>
+        <v>1412</v>
       </c>
       <c r="F591" s="0" t="s">
-        <v>681</v>
+        <v>2481</v>
       </c>
       <c r="G591" s="0" t="s">
-        <v>17</v>
+        <v>626</v>
       </c>
       <c r="H591" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I591" s="1" t="s">
-        <v>2392</v>
+        <v>2482</v>
       </c>
       <c r="J591" s="0"/>
       <c r="K591" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L591" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L591" s="0"/>
     </row>
     <row r="592" spans="1:12" customHeight="1" ht="80">
-      <c r="A592" s="0"/>
       <c r="B592" s="0" t="s">
-        <v>2481</v>
+        <v>2483</v>
       </c>
       <c r="C592" s="0" t="s">
-        <v>2482</v>
+        <v>2484</v>
       </c>
       <c r="D592" s="0" t="s">
-        <v>2483</v>
+        <v>2485</v>
       </c>
       <c r="E592" s="0" t="s">
-        <v>1849</v>
-[...1 lines deleted...]
-      <c r="F592" s="0"/>
+        <v>2419</v>
+      </c>
+      <c r="F592" s="0" t="s">
+        <v>2486</v>
+      </c>
       <c r="G592" s="0" t="s">
-        <v>208</v>
+        <v>352</v>
       </c>
       <c r="H592" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I592" s="1" t="s">
-        <v>2484</v>
+        <v>2487</v>
       </c>
       <c r="J592" s="0"/>
       <c r="K592" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L592" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L592" s="0"/>
     </row>
     <row r="593" spans="1:12" customHeight="1" ht="80">
       <c r="B593" s="0" t="s">
-        <v>2485</v>
+        <v>2488</v>
       </c>
       <c r="C593" s="0" t="s">
-        <v>2486</v>
+        <v>2489</v>
       </c>
       <c r="D593" s="0" t="s">
-        <v>2487</v>
+        <v>2490</v>
       </c>
       <c r="E593" s="0" t="s">
-        <v>2488</v>
-[...4 lines deleted...]
-      </c>
+        <v>1955</v>
+      </c>
+      <c r="F593" s="0" t="s">
+        <v>2303</v>
+      </c>
+      <c r="G593" s="0"/>
       <c r="H593" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I593" s="1" t="s">
-        <v>2489</v>
+        <v>2491</v>
       </c>
       <c r="J593" s="0"/>
       <c r="K593" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L593" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L593" s="0"/>
     </row>
     <row r="594" spans="1:12" customHeight="1" ht="80">
       <c r="B594" s="0" t="s">
-        <v>2490</v>
+        <v>2492</v>
       </c>
       <c r="C594" s="0" t="s">
-        <v>2491</v>
+        <v>2493</v>
       </c>
       <c r="D594" s="0" t="s">
-        <v>2492</v>
+        <v>2494</v>
       </c>
       <c r="E594" s="0" t="s">
-        <v>2488</v>
-[...4 lines deleted...]
-      </c>
+        <v>1955</v>
+      </c>
+      <c r="F594" s="0" t="s">
+        <v>2298</v>
+      </c>
+      <c r="G594" s="0"/>
       <c r="H594" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I594" s="1" t="s">
-        <v>2493</v>
+        <v>2495</v>
       </c>
       <c r="J594" s="0"/>
       <c r="K594" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L594" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L594" s="0"/>
     </row>
     <row r="595" spans="1:12" customHeight="1" ht="80">
       <c r="B595" s="0" t="s">
-        <v>2494</v>
+        <v>2496</v>
       </c>
       <c r="C595" s="0" t="s">
-        <v>2495</v>
+        <v>2497</v>
       </c>
       <c r="D595" s="0" t="s">
-        <v>2496</v>
+        <v>2498</v>
       </c>
       <c r="E595" s="0" t="s">
-        <v>1422</v>
+        <v>2079</v>
       </c>
       <c r="F595" s="0" t="s">
-        <v>2497</v>
+        <v>2499</v>
       </c>
       <c r="G595" s="0" t="s">
-        <v>626</v>
+        <v>210</v>
       </c>
       <c r="H595" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I595" s="1" t="s">
-        <v>2498</v>
+        <v>2407</v>
       </c>
       <c r="J595" s="0"/>
       <c r="K595" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L595" s="0"/>
+      <c r="L595" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="596" spans="1:12" customHeight="1" ht="80">
       <c r="B596" s="0" t="s">
-        <v>2499</v>
+        <v>2500</v>
       </c>
       <c r="C596" s="0" t="s">
-        <v>2500</v>
+        <v>2501</v>
       </c>
       <c r="D596" s="0" t="s">
-        <v>2501</v>
+        <v>2502</v>
       </c>
       <c r="E596" s="0" t="s">
-        <v>2427</v>
+        <v>1955</v>
       </c>
       <c r="F596" s="0" t="s">
-        <v>2502</v>
-[...3 lines deleted...]
-      </c>
+        <v>2298</v>
+      </c>
+      <c r="G596" s="0"/>
       <c r="H596" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I596" s="1" t="s">
         <v>2503</v>
       </c>
       <c r="J596" s="0"/>
       <c r="K596" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L596" s="0"/>
     </row>
     <row r="597" spans="1:12" customHeight="1" ht="80">
       <c r="B597" s="0" t="s">
         <v>2504</v>
       </c>
       <c r="C597" s="0" t="s">
         <v>2505</v>
       </c>
       <c r="D597" s="0" t="s">
         <v>2506</v>
       </c>
       <c r="E597" s="0" t="s">
-        <v>1966</v>
+        <v>2079</v>
       </c>
       <c r="F597" s="0" t="s">
-        <v>2312</v>
-[...1 lines deleted...]
-      <c r="G597" s="0"/>
+        <v>2499</v>
+      </c>
+      <c r="G597" s="0" t="s">
+        <v>210</v>
+      </c>
       <c r="H597" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I597" s="1" t="s">
-        <v>2507</v>
+        <v>1020</v>
       </c>
       <c r="J597" s="0"/>
       <c r="K597" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L597" s="0"/>
+      <c r="L597" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="598" spans="1:12" customHeight="1" ht="80">
       <c r="B598" s="0" t="s">
+        <v>2507</v>
+      </c>
+      <c r="C598" s="0" t="s">
         <v>2508</v>
       </c>
-      <c r="C598" s="0" t="s">
+      <c r="D598" s="0" t="s">
         <v>2509</v>
       </c>
-      <c r="D598" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E598" s="0" t="s">
-        <v>1966</v>
+        <v>2419</v>
       </c>
       <c r="F598" s="0" t="s">
-        <v>2307</v>
-[...1 lines deleted...]
-      <c r="G598" s="0"/>
+        <v>2486</v>
+      </c>
+      <c r="G598" s="0" t="s">
+        <v>352</v>
+      </c>
       <c r="H598" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I598" s="1" t="s">
-        <v>2511</v>
+        <v>2487</v>
       </c>
       <c r="J598" s="0"/>
       <c r="K598" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L598" s="0"/>
     </row>
     <row r="599" spans="1:12" customHeight="1" ht="80">
+      <c r="A599" s="0"/>
       <c r="B599" s="0" t="s">
+        <v>2510</v>
+      </c>
+      <c r="C599" s="0" t="s">
+        <v>2511</v>
+      </c>
+      <c r="D599" s="0" t="s">
         <v>2512</v>
       </c>
-      <c r="C599" s="0" t="s">
+      <c r="E599" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="F599" s="0" t="s">
         <v>2513</v>
       </c>
-      <c r="D599" s="0" t="s">
+      <c r="G599" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H599" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I599" s="1" t="s">
         <v>2514</v>
-      </c>
-[...13 lines deleted...]
-        <v>2415</v>
       </c>
       <c r="J599" s="0"/>
       <c r="K599" s="0" t="s">
-        <v>20</v>
+        <v>53</v>
       </c>
       <c r="L599" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="600" spans="1:12" customHeight="1" ht="80">
+      <c r="A600" s="0"/>
       <c r="B600" s="0" t="s">
+        <v>2515</v>
+      </c>
+      <c r="C600" s="0" t="s">
         <v>2516</v>
       </c>
-      <c r="C600" s="0" t="s">
+      <c r="D600" s="0" t="s">
         <v>2517</v>
       </c>
-      <c r="D600" s="0" t="s">
+      <c r="E600" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="F600" s="0" t="s">
+        <v>2513</v>
+      </c>
+      <c r="G600" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H600" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I600" s="1" t="s">
         <v>2518</v>
-      </c>
-[...11 lines deleted...]
-        <v>2519</v>
       </c>
       <c r="J600" s="0"/>
       <c r="K600" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L600" s="0"/>
+        <v>66</v>
+      </c>
+      <c r="L600" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="601" spans="1:12" customHeight="1" ht="80">
+      <c r="A601" s="0"/>
       <c r="B601" s="0" t="s">
+        <v>2519</v>
+      </c>
+      <c r="C601" s="0" t="s">
         <v>2520</v>
       </c>
-      <c r="C601" s="0" t="s">
+      <c r="D601" s="0" t="s">
         <v>2521</v>
       </c>
-      <c r="D601" s="0" t="s">
+      <c r="E601" s="0" t="s">
         <v>2522</v>
       </c>
-      <c r="E601" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F601" s="0" t="s">
-        <v>2515</v>
+        <v>2523</v>
       </c>
       <c r="G601" s="0" t="s">
-        <v>213</v>
+        <v>205</v>
       </c>
       <c r="H601" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I601" s="1" t="s">
-        <v>1024</v>
+        <v>2089</v>
       </c>
       <c r="J601" s="0"/>
       <c r="K601" s="0" t="s">
-        <v>20</v>
+        <v>53</v>
       </c>
       <c r="L601" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="602" spans="1:12" customHeight="1" ht="80">
+      <c r="A602" s="0"/>
       <c r="B602" s="0" t="s">
-        <v>2523</v>
+        <v>2524</v>
       </c>
       <c r="C602" s="0" t="s">
-        <v>2524</v>
+        <v>2525</v>
       </c>
       <c r="D602" s="0" t="s">
-        <v>2525</v>
+        <v>2526</v>
       </c>
       <c r="E602" s="0" t="s">
-        <v>2427</v>
+        <v>540</v>
       </c>
       <c r="F602" s="0" t="s">
-        <v>2502</v>
+        <v>2527</v>
       </c>
       <c r="G602" s="0" t="s">
-        <v>354</v>
+        <v>205</v>
       </c>
       <c r="H602" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I602" s="1" t="s">
-        <v>2503</v>
+        <v>2528</v>
       </c>
       <c r="J602" s="0"/>
       <c r="K602" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L602" s="0"/>
+        <v>66</v>
+      </c>
+      <c r="L602" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="603" spans="1:12" customHeight="1" ht="80">
       <c r="A603" s="0"/>
       <c r="B603" s="0" t="s">
-        <v>2526</v>
+        <v>2529</v>
       </c>
       <c r="C603" s="0" t="s">
-        <v>2527</v>
+        <v>2530</v>
       </c>
       <c r="D603" s="0" t="s">
-        <v>2528</v>
+        <v>2531</v>
       </c>
       <c r="E603" s="0" t="s">
-        <v>541</v>
+        <v>2522</v>
       </c>
       <c r="F603" s="0" t="s">
-        <v>2529</v>
+        <v>2523</v>
       </c>
       <c r="G603" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H603" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I603" s="1" t="s">
-        <v>2530</v>
+        <v>2532</v>
       </c>
       <c r="J603" s="0"/>
       <c r="K603" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="L603" s="0">
-        <v>6</v>
+        <v>48</v>
       </c>
     </row>
     <row r="604" spans="1:12" customHeight="1" ht="80">
       <c r="A604" s="0"/>
       <c r="B604" s="0" t="s">
-        <v>2531</v>
+        <v>2533</v>
       </c>
       <c r="C604" s="0" t="s">
-        <v>2532</v>
+        <v>2534</v>
       </c>
       <c r="D604" s="0" t="s">
-        <v>2533</v>
+        <v>2535</v>
       </c>
       <c r="E604" s="0" t="s">
-        <v>541</v>
+        <v>2522</v>
       </c>
       <c r="F604" s="0" t="s">
-        <v>2529</v>
+        <v>2523</v>
       </c>
       <c r="G604" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H604" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I604" s="1" t="s">
-        <v>2534</v>
+        <v>1427</v>
       </c>
       <c r="J604" s="0"/>
       <c r="K604" s="0" t="s">
-        <v>67</v>
+        <v>53</v>
       </c>
       <c r="L604" s="0">
-        <v>6</v>
+        <v>48</v>
       </c>
     </row>
     <row r="605" spans="1:12" customHeight="1" ht="80">
       <c r="A605" s="0"/>
       <c r="B605" s="0" t="s">
-        <v>2535</v>
+        <v>2536</v>
       </c>
       <c r="C605" s="0" t="s">
-        <v>2536</v>
+        <v>2537</v>
       </c>
       <c r="D605" s="0" t="s">
-        <v>2537</v>
+        <v>2538</v>
       </c>
       <c r="E605" s="0" t="s">
-        <v>2538</v>
+        <v>540</v>
       </c>
       <c r="F605" s="0" t="s">
         <v>2539</v>
       </c>
       <c r="G605" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H605" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I605" s="1" t="s">
-        <v>2100</v>
+        <v>664</v>
       </c>
       <c r="J605" s="0"/>
       <c r="K605" s="0" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="L605" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="606" spans="1:12" customHeight="1" ht="80">
       <c r="A606" s="0"/>
       <c r="B606" s="0" t="s">
         <v>2540</v>
       </c>
       <c r="C606" s="0" t="s">
         <v>2541</v>
       </c>
       <c r="D606" s="0" t="s">
         <v>2542</v>
       </c>
       <c r="E606" s="0" t="s">
-        <v>541</v>
+        <v>2522</v>
       </c>
       <c r="F606" s="0" t="s">
+        <v>2523</v>
+      </c>
+      <c r="G606" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H606" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I606" s="1" t="s">
         <v>2543</v>
-      </c>
-[...7 lines deleted...]
-        <v>2544</v>
       </c>
       <c r="J606" s="0"/>
       <c r="K606" s="0" t="s">
-        <v>67</v>
+        <v>53</v>
       </c>
       <c r="L606" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="607" spans="1:12" customHeight="1" ht="80">
       <c r="A607" s="0"/>
       <c r="B607" s="0" t="s">
+        <v>2544</v>
+      </c>
+      <c r="C607" s="0" t="s">
         <v>2545</v>
       </c>
-      <c r="C607" s="0" t="s">
+      <c r="D607" s="0" t="s">
         <v>2546</v>
       </c>
-      <c r="D607" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E607" s="0" t="s">
-        <v>2538</v>
+        <v>540</v>
       </c>
       <c r="F607" s="0" t="s">
         <v>2539</v>
       </c>
       <c r="G607" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H607" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I607" s="1" t="s">
-        <v>2548</v>
+        <v>2547</v>
       </c>
       <c r="J607" s="0"/>
       <c r="K607" s="0" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="L607" s="0">
-        <v>48</v>
+        <v>6</v>
       </c>
     </row>
     <row r="608" spans="1:12" customHeight="1" ht="80">
       <c r="A608" s="0"/>
       <c r="B608" s="0" t="s">
+        <v>2548</v>
+      </c>
+      <c r="C608" s="0" t="s">
         <v>2549</v>
       </c>
-      <c r="C608" s="0" t="s">
+      <c r="D608" s="0" t="s">
         <v>2550</v>
       </c>
-      <c r="D608" s="0" t="s">
+      <c r="E608" s="0" t="s">
+        <v>2522</v>
+      </c>
+      <c r="F608" s="0" t="s">
+        <v>2523</v>
+      </c>
+      <c r="G608" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H608" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I608" s="1" t="s">
         <v>2551</v>
-      </c>
-[...13 lines deleted...]
-        <v>1437</v>
       </c>
       <c r="J608" s="0"/>
       <c r="K608" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="L608" s="0">
-        <v>48</v>
+        <v>6</v>
       </c>
     </row>
     <row r="609" spans="1:12" customHeight="1" ht="80">
       <c r="A609" s="0"/>
       <c r="B609" s="0" t="s">
         <v>2552</v>
       </c>
       <c r="C609" s="0" t="s">
         <v>2553</v>
       </c>
       <c r="D609" s="0" t="s">
         <v>2554</v>
       </c>
       <c r="E609" s="0" t="s">
-        <v>541</v>
+        <v>2522</v>
       </c>
       <c r="F609" s="0" t="s">
-        <v>2555</v>
+        <v>2523</v>
       </c>
       <c r="G609" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H609" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I609" s="1" t="s">
-        <v>662</v>
+        <v>2514</v>
       </c>
       <c r="J609" s="0"/>
       <c r="K609" s="0" t="s">
-        <v>67</v>
+        <v>53</v>
       </c>
       <c r="L609" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="610" spans="1:12" customHeight="1" ht="80">
       <c r="A610" s="0"/>
       <c r="B610" s="0" t="s">
+        <v>2555</v>
+      </c>
+      <c r="C610" s="0" t="s">
         <v>2556</v>
       </c>
-      <c r="C610" s="0" t="s">
+      <c r="D610" s="0" t="s">
         <v>2557</v>
       </c>
-      <c r="D610" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E610" s="0" t="s">
-        <v>2538</v>
+        <v>540</v>
       </c>
       <c r="F610" s="0" t="s">
-        <v>2539</v>
+        <v>2513</v>
       </c>
       <c r="G610" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H610" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I610" s="1" t="s">
-        <v>2559</v>
+        <v>1366</v>
       </c>
       <c r="J610" s="0"/>
       <c r="K610" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="L610" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="611" spans="1:12" customHeight="1" ht="80">
       <c r="A611" s="0"/>
       <c r="B611" s="0" t="s">
+        <v>2558</v>
+      </c>
+      <c r="C611" s="0" t="s">
+        <v>2559</v>
+      </c>
+      <c r="D611" s="0" t="s">
         <v>2560</v>
       </c>
-      <c r="C611" s="0" t="s">
+      <c r="E611" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="F611" s="0" t="s">
         <v>2561</v>
       </c>
-      <c r="D611" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G611" s="0" t="s">
-        <v>208</v>
+        <v>352</v>
       </c>
       <c r="H611" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I611" s="1" t="s">
-        <v>2563</v>
+        <v>52</v>
       </c>
       <c r="J611" s="0"/>
       <c r="K611" s="0" t="s">
-        <v>67</v>
+        <v>125</v>
       </c>
       <c r="L611" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="612" spans="1:12" customHeight="1" ht="80">
       <c r="A612" s="0"/>
       <c r="B612" s="0" t="s">
+        <v>2562</v>
+      </c>
+      <c r="C612" s="0" t="s">
+        <v>2563</v>
+      </c>
+      <c r="D612" s="0" t="s">
         <v>2564</v>
       </c>
-      <c r="C612" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E612" s="0" t="s">
-        <v>2538</v>
+        <v>540</v>
       </c>
       <c r="F612" s="0" t="s">
-        <v>2539</v>
+        <v>2561</v>
       </c>
       <c r="G612" s="0" t="s">
-        <v>208</v>
+        <v>352</v>
       </c>
       <c r="H612" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I612" s="1" t="s">
-        <v>2567</v>
+        <v>612</v>
       </c>
       <c r="J612" s="0"/>
       <c r="K612" s="0" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="L612" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="613" spans="1:12" customHeight="1" ht="80">
       <c r="A613" s="0"/>
       <c r="B613" s="0" t="s">
-        <v>2568</v>
+        <v>2565</v>
       </c>
       <c r="C613" s="0" t="s">
-        <v>2569</v>
+        <v>2566</v>
       </c>
       <c r="D613" s="0" t="s">
-        <v>2570</v>
+        <v>2567</v>
       </c>
       <c r="E613" s="0" t="s">
-        <v>2538</v>
+        <v>540</v>
       </c>
       <c r="F613" s="0" t="s">
-        <v>2539</v>
+        <v>2561</v>
       </c>
       <c r="G613" s="0" t="s">
-        <v>208</v>
+        <v>352</v>
       </c>
       <c r="H613" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I613" s="1" t="s">
-        <v>2530</v>
+        <v>724</v>
       </c>
       <c r="J613" s="0"/>
       <c r="K613" s="0" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="L613" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="614" spans="1:12" customHeight="1" ht="80">
-      <c r="A614" s="0"/>
       <c r="B614" s="0" t="s">
+        <v>2568</v>
+      </c>
+      <c r="C614" s="0" t="s">
+        <v>2569</v>
+      </c>
+      <c r="D614" s="0">
+        <v>10000005018</v>
+      </c>
+      <c r="E614" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="F614" s="0" t="s">
+        <v>2570</v>
+      </c>
+      <c r="G614" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="H614" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I614" s="1" t="s">
         <v>2571</v>
-      </c>
-[...19 lines deleted...]
-        <v>1376</v>
       </c>
       <c r="J614" s="0"/>
       <c r="K614" s="0" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="L614" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="615" spans="1:12" customHeight="1" ht="80">
-      <c r="A615" s="0"/>
       <c r="B615" s="0" t="s">
+        <v>2572</v>
+      </c>
+      <c r="C615" s="0" t="s">
+        <v>2573</v>
+      </c>
+      <c r="D615" s="0" t="s">
         <v>2574</v>
       </c>
-      <c r="C615" s="0" t="s">
+      <c r="E615" s="0" t="s">
+        <v>1384</v>
+      </c>
+      <c r="F615" s="0" t="s">
         <v>2575</v>
       </c>
-      <c r="D615" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G615" s="0" t="s">
-        <v>354</v>
+        <v>1386</v>
       </c>
       <c r="H615" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I615" s="1" t="s">
-        <v>53</v>
+        <v>173</v>
       </c>
       <c r="J615" s="0"/>
       <c r="K615" s="0" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L615" s="0"/>
     </row>
     <row r="616" spans="1:12" customHeight="1" ht="80">
       <c r="A616" s="0"/>
       <c r="B616" s="0" t="s">
+        <v>2576</v>
+      </c>
+      <c r="C616" s="0" t="s">
+        <v>2577</v>
+      </c>
+      <c r="D616" s="0" t="s">
         <v>2578</v>
       </c>
-      <c r="C616" s="0" t="s">
+      <c r="E616" s="0" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F616" s="0" t="s">
         <v>2579</v>
       </c>
-      <c r="D616" s="0" t="s">
+      <c r="G616" s="0" t="s">
         <v>2580</v>
       </c>
-      <c r="E616" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H616" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I616" s="1" t="s">
-        <v>613</v>
+        <v>2581</v>
       </c>
       <c r="J616" s="0"/>
       <c r="K616" s="0" t="s">
-        <v>67</v>
+        <v>20</v>
       </c>
       <c r="L616" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="617" spans="1:12" customHeight="1" ht="80">
       <c r="A617" s="0"/>
       <c r="B617" s="0" t="s">
-        <v>2581</v>
+        <v>2582</v>
       </c>
       <c r="C617" s="0" t="s">
-        <v>2582</v>
+        <v>2583</v>
       </c>
       <c r="D617" s="0" t="s">
-        <v>2583</v>
+        <v>2584</v>
       </c>
       <c r="E617" s="0" t="s">
-        <v>541</v>
+        <v>2079</v>
       </c>
       <c r="F617" s="0" t="s">
-        <v>2577</v>
+        <v>2579</v>
       </c>
       <c r="G617" s="0" t="s">
-        <v>354</v>
+        <v>2580</v>
       </c>
       <c r="H617" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I617" s="1" t="s">
-        <v>722</v>
+        <v>2585</v>
       </c>
       <c r="J617" s="0"/>
       <c r="K617" s="0" t="s">
-        <v>67</v>
+        <v>86</v>
       </c>
       <c r="L617" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="618" spans="1:12" customHeight="1" ht="80">
+      <c r="A618" s="0"/>
       <c r="B618" s="0" t="s">
-        <v>2584</v>
+        <v>2586</v>
       </c>
       <c r="C618" s="0" t="s">
-        <v>2585</v>
-[...2 lines deleted...]
-        <v>10000005018</v>
+        <v>2587</v>
+      </c>
+      <c r="D618" s="0" t="s">
+        <v>2588</v>
       </c>
       <c r="E618" s="0" t="s">
-        <v>111</v>
+        <v>2079</v>
       </c>
       <c r="F618" s="0" t="s">
-        <v>2586</v>
+        <v>2579</v>
       </c>
       <c r="G618" s="0" t="s">
-        <v>213</v>
+        <v>2580</v>
       </c>
       <c r="H618" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I618" s="1" t="s">
-        <v>2587</v>
+        <v>2581</v>
       </c>
       <c r="J618" s="0"/>
       <c r="K618" s="0" t="s">
-        <v>705</v>
+        <v>20</v>
       </c>
       <c r="L618" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="619" spans="1:12" customHeight="1" ht="80">
+      <c r="A619" s="0"/>
       <c r="B619" s="0" t="s">
-        <v>2588</v>
+        <v>2589</v>
       </c>
       <c r="C619" s="0" t="s">
-        <v>2589</v>
+        <v>2590</v>
       </c>
       <c r="D619" s="0" t="s">
-        <v>2590</v>
+        <v>2591</v>
       </c>
       <c r="E619" s="0" t="s">
-        <v>1394</v>
+        <v>2079</v>
       </c>
       <c r="F619" s="0" t="s">
-        <v>2591</v>
+        <v>2579</v>
       </c>
       <c r="G619" s="0" t="s">
-        <v>1396</v>
+        <v>2580</v>
       </c>
       <c r="H619" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I619" s="1" t="s">
-        <v>176</v>
+        <v>2592</v>
       </c>
       <c r="J619" s="0"/>
       <c r="K619" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L619" s="0"/>
+      <c r="L619" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="620" spans="1:12" customHeight="1" ht="80">
       <c r="A620" s="0"/>
       <c r="B620" s="0" t="s">
-        <v>2592</v>
+        <v>2593</v>
       </c>
       <c r="C620" s="0" t="s">
-        <v>2593</v>
+        <v>2594</v>
       </c>
       <c r="D620" s="0" t="s">
-        <v>2594</v>
+        <v>2595</v>
       </c>
       <c r="E620" s="0" t="s">
-        <v>2090</v>
+        <v>2079</v>
       </c>
       <c r="F620" s="0" t="s">
-        <v>2595</v>
+        <v>2579</v>
       </c>
       <c r="G620" s="0" t="s">
+        <v>2580</v>
+      </c>
+      <c r="H620" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I620" s="1" t="s">
         <v>2596</v>
-      </c>
-[...4 lines deleted...]
-        <v>2597</v>
       </c>
       <c r="J620" s="0"/>
       <c r="K620" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L620" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="621" spans="1:12" customHeight="1" ht="80">
       <c r="A621" s="0"/>
       <c r="B621" s="0" t="s">
+        <v>2597</v>
+      </c>
+      <c r="C621" s="0" t="s">
         <v>2598</v>
       </c>
-      <c r="C621" s="0" t="s">
+      <c r="D621" s="0" t="s">
         <v>2599</v>
       </c>
-      <c r="D621" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E621" s="0" t="s">
-        <v>2090</v>
+        <v>2079</v>
       </c>
       <c r="F621" s="0" t="s">
-        <v>2595</v>
+        <v>2579</v>
       </c>
       <c r="G621" s="0" t="s">
-        <v>2596</v>
+        <v>2580</v>
       </c>
       <c r="H621" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I621" s="1" t="s">
-        <v>2601</v>
+        <v>2581</v>
       </c>
       <c r="J621" s="0"/>
       <c r="K621" s="0" t="s">
-        <v>31</v>
+        <v>86</v>
       </c>
       <c r="L621" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="622" spans="1:12" customHeight="1" ht="80">
       <c r="A622" s="0"/>
       <c r="B622" s="0" t="s">
+        <v>2600</v>
+      </c>
+      <c r="C622" s="0" t="s">
+        <v>2601</v>
+      </c>
+      <c r="D622" s="0" t="s">
         <v>2602</v>
       </c>
-      <c r="C622" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E622" s="0" t="s">
-        <v>2090</v>
+        <v>2079</v>
       </c>
       <c r="F622" s="0" t="s">
-        <v>2595</v>
+        <v>2579</v>
       </c>
       <c r="G622" s="0" t="s">
-        <v>2596</v>
+        <v>2580</v>
       </c>
       <c r="H622" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I622" s="1" t="s">
-        <v>2597</v>
+        <v>2592</v>
       </c>
       <c r="J622" s="0"/>
       <c r="K622" s="0" t="s">
-        <v>20</v>
+        <v>623</v>
       </c>
       <c r="L622" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="623" spans="1:12" customHeight="1" ht="80">
       <c r="A623" s="0"/>
       <c r="B623" s="0" t="s">
+        <v>2603</v>
+      </c>
+      <c r="C623" s="0" t="s">
+        <v>2604</v>
+      </c>
+      <c r="D623" s="0" t="s">
         <v>2605</v>
       </c>
-      <c r="C623" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E623" s="0" t="s">
-        <v>2090</v>
+        <v>2079</v>
       </c>
       <c r="F623" s="0" t="s">
-        <v>2595</v>
+        <v>2579</v>
       </c>
       <c r="G623" s="0" t="s">
-        <v>2596</v>
+        <v>2580</v>
       </c>
       <c r="H623" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I623" s="1" t="s">
-        <v>2608</v>
+        <v>2585</v>
       </c>
       <c r="J623" s="0"/>
       <c r="K623" s="0" t="s">
-        <v>118</v>
+        <v>20</v>
       </c>
       <c r="L623" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="624" spans="1:12" customHeight="1" ht="80">
-      <c r="A624" s="0"/>
       <c r="B624" s="0" t="s">
+        <v>2606</v>
+      </c>
+      <c r="C624" s="0" t="s">
+        <v>2607</v>
+      </c>
+      <c r="D624" s="0" t="s">
+        <v>2608</v>
+      </c>
+      <c r="E624" s="0" t="s">
+        <v>2433</v>
+      </c>
+      <c r="F624" s="0"/>
+      <c r="G624" s="0" t="s">
+        <v>1386</v>
+      </c>
+      <c r="H624" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I624" s="1" t="s">
         <v>2609</v>
-      </c>
-[...19 lines deleted...]
-        <v>2612</v>
       </c>
       <c r="J624" s="0"/>
       <c r="K624" s="0" t="s">
-        <v>20</v>
+        <v>86</v>
       </c>
       <c r="L624" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="625" spans="1:12" customHeight="1" ht="80">
       <c r="A625" s="0"/>
       <c r="B625" s="0" t="s">
-        <v>2613</v>
+        <v>2610</v>
       </c>
       <c r="C625" s="0" t="s">
-        <v>2614</v>
+        <v>2611</v>
       </c>
       <c r="D625" s="0" t="s">
-        <v>2615</v>
+        <v>2612</v>
       </c>
       <c r="E625" s="0" t="s">
-        <v>2090</v>
+        <v>2246</v>
       </c>
       <c r="F625" s="0" t="s">
-        <v>2595</v>
+        <v>2264</v>
       </c>
       <c r="G625" s="0" t="s">
-        <v>2596</v>
+        <v>626</v>
       </c>
       <c r="H625" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I625" s="1" t="s">
-        <v>2597</v>
+        <v>137</v>
       </c>
       <c r="J625" s="0"/>
       <c r="K625" s="0" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="L625" s="0">
-        <v>6</v>
+        <v>21</v>
       </c>
     </row>
     <row r="626" spans="1:12" customHeight="1" ht="80">
       <c r="A626" s="0"/>
       <c r="B626" s="0" t="s">
+        <v>2613</v>
+      </c>
+      <c r="C626" s="0" t="s">
+        <v>2614</v>
+      </c>
+      <c r="D626" s="0" t="s">
+        <v>2615</v>
+      </c>
+      <c r="E626" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F626" s="0" t="s">
         <v>2616</v>
       </c>
-      <c r="C626" s="0" t="s">
+      <c r="G626" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H626" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I626" s="1" t="s">
         <v>2617</v>
-      </c>
-[...16 lines deleted...]
-        <v>2608</v>
       </c>
       <c r="J626" s="0"/>
       <c r="K626" s="0" t="s">
-        <v>118</v>
+        <v>53</v>
       </c>
       <c r="L626" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="627" spans="1:12" customHeight="1" ht="80">
       <c r="A627" s="0"/>
       <c r="B627" s="0" t="s">
+        <v>2618</v>
+      </c>
+      <c r="C627" s="0" t="s">
         <v>2619</v>
       </c>
-      <c r="C627" s="0" t="s">
+      <c r="D627" s="0" t="s">
         <v>2620</v>
       </c>
-      <c r="D627" s="0" t="s">
+      <c r="E627" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F627" s="0" t="s">
+        <v>2616</v>
+      </c>
+      <c r="G627" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H627" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I627" s="1" t="s">
         <v>2621</v>
-      </c>
-[...13 lines deleted...]
-        <v>2601</v>
       </c>
       <c r="J627" s="0"/>
       <c r="K627" s="0" t="s">
-        <v>20</v>
+        <v>957</v>
       </c>
       <c r="L627" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="628" spans="1:12" customHeight="1" ht="80">
       <c r="B628" s="0" t="s">
         <v>2622</v>
       </c>
       <c r="C628" s="0" t="s">
         <v>2623</v>
       </c>
       <c r="D628" s="0" t="s">
         <v>2624</v>
       </c>
       <c r="E628" s="0" t="s">
-        <v>2440</v>
-[...1 lines deleted...]
-      <c r="F628" s="0"/>
+        <v>540</v>
+      </c>
+      <c r="F628" s="0" t="s">
+        <v>2625</v>
+      </c>
       <c r="G628" s="0" t="s">
-        <v>1396</v>
+        <v>205</v>
       </c>
       <c r="H628" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I628" s="1" t="s">
-        <v>2625</v>
+        <v>2626</v>
       </c>
       <c r="J628" s="0"/>
       <c r="K628" s="0" t="s">
-        <v>118</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L628" s="0"/>
     </row>
     <row r="629" spans="1:12" customHeight="1" ht="80">
-      <c r="A629" s="0"/>
       <c r="B629" s="0" t="s">
+        <v>2627</v>
+      </c>
+      <c r="C629" s="0" t="s">
+        <v>2628</v>
+      </c>
+      <c r="D629" s="0" t="s">
+        <v>2629</v>
+      </c>
+      <c r="E629" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="F629" s="0" t="s">
+        <v>2625</v>
+      </c>
+      <c r="G629" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H629" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I629" s="1" t="s">
         <v>2626</v>
-      </c>
-[...19 lines deleted...]
-        <v>140</v>
       </c>
       <c r="J629" s="0"/>
       <c r="K629" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L629" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L629" s="0"/>
     </row>
     <row r="630" spans="1:12" customHeight="1" ht="80">
-      <c r="A630" s="0"/>
       <c r="B630" s="0" t="s">
-        <v>2629</v>
+        <v>2630</v>
       </c>
       <c r="C630" s="0" t="s">
-        <v>2630</v>
+        <v>2631</v>
       </c>
       <c r="D630" s="0" t="s">
-        <v>2631</v>
+        <v>2632</v>
       </c>
       <c r="E630" s="0" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>540</v>
+      </c>
+      <c r="F630" s="0"/>
       <c r="G630" s="0" t="s">
-        <v>17</v>
+        <v>205</v>
       </c>
       <c r="H630" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I630" s="1" t="s">
         <v>2633</v>
       </c>
       <c r="J630" s="0"/>
       <c r="K630" s="0" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L630" s="0"/>
     </row>
     <row r="631" spans="1:12" customHeight="1" ht="80">
-      <c r="A631" s="0"/>
       <c r="B631" s="0" t="s">
         <v>2634</v>
       </c>
       <c r="C631" s="0" t="s">
         <v>2635</v>
       </c>
       <c r="D631" s="0" t="s">
         <v>2636</v>
       </c>
       <c r="E631" s="0" t="s">
-        <v>15</v>
+        <v>540</v>
       </c>
       <c r="F631" s="0" t="s">
-        <v>2632</v>
+        <v>2625</v>
       </c>
       <c r="G631" s="0" t="s">
-        <v>17</v>
+        <v>205</v>
       </c>
       <c r="H631" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I631" s="1" t="s">
-        <v>2637</v>
+        <v>2348</v>
       </c>
       <c r="J631" s="0"/>
       <c r="K631" s="0" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L631" s="0"/>
     </row>
     <row r="632" spans="1:12" customHeight="1" ht="80">
       <c r="B632" s="0" t="s">
+        <v>2637</v>
+      </c>
+      <c r="C632" s="0" t="s">
         <v>2638</v>
       </c>
-      <c r="C632" s="0" t="s">
+      <c r="D632" s="0" t="s">
         <v>2639</v>
       </c>
-      <c r="D632" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E632" s="0" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="F632" s="0" t="s">
-        <v>2641</v>
+        <v>2625</v>
       </c>
       <c r="G632" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H632" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I632" s="1" t="s">
-        <v>2642</v>
+        <v>2626</v>
       </c>
       <c r="J632" s="0"/>
       <c r="K632" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L632" s="0"/>
     </row>
     <row r="633" spans="1:12" customHeight="1" ht="80">
       <c r="B633" s="0" t="s">
-        <v>2643</v>
+        <v>2640</v>
       </c>
       <c r="C633" s="0" t="s">
-        <v>2644</v>
+        <v>2641</v>
       </c>
       <c r="D633" s="0" t="s">
-        <v>2645</v>
+        <v>2642</v>
       </c>
       <c r="E633" s="0" t="s">
-        <v>541</v>
-[...3 lines deleted...]
-      </c>
+        <v>540</v>
+      </c>
+      <c r="F633" s="0"/>
       <c r="G633" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H633" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I633" s="1" t="s">
-        <v>2642</v>
+        <v>2532</v>
       </c>
       <c r="J633" s="0"/>
       <c r="K633" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L633" s="0"/>
     </row>
     <row r="634" spans="1:12" customHeight="1" ht="80">
       <c r="B634" s="0" t="s">
-        <v>2646</v>
+        <v>2643</v>
       </c>
       <c r="C634" s="0" t="s">
-        <v>2647</v>
+        <v>2644</v>
       </c>
       <c r="D634" s="0" t="s">
-        <v>2648</v>
+        <v>2645</v>
       </c>
       <c r="E634" s="0" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="F634" s="0"/>
       <c r="G634" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H634" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I634" s="1" t="s">
-        <v>2649</v>
+        <v>2646</v>
       </c>
       <c r="J634" s="0"/>
       <c r="K634" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L634" s="0"/>
     </row>
     <row r="635" spans="1:12" customHeight="1" ht="80">
       <c r="B635" s="0" t="s">
+        <v>2647</v>
+      </c>
+      <c r="C635" s="0" t="s">
+        <v>2648</v>
+      </c>
+      <c r="D635" s="0" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E635" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="F635" s="0"/>
+      <c r="G635" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H635" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I635" s="1" t="s">
         <v>2650</v>
-      </c>
-[...19 lines deleted...]
-        <v>2357</v>
       </c>
       <c r="J635" s="0"/>
       <c r="K635" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L635" s="0"/>
     </row>
     <row r="636" spans="1:12" customHeight="1" ht="80">
       <c r="B636" s="0" t="s">
+        <v>2651</v>
+      </c>
+      <c r="C636" s="0" t="s">
+        <v>2652</v>
+      </c>
+      <c r="D636" s="0" t="s">
         <v>2653</v>
       </c>
-      <c r="C636" s="0" t="s">
+      <c r="E636" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="F636" s="0"/>
+      <c r="G636" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H636" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I636" s="1" t="s">
         <v>2654</v>
-      </c>
-[...16 lines deleted...]
-        <v>2642</v>
       </c>
       <c r="J636" s="0"/>
       <c r="K636" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L636" s="0"/>
     </row>
     <row r="637" spans="1:12" customHeight="1" ht="80">
       <c r="B637" s="0" t="s">
+        <v>2655</v>
+      </c>
+      <c r="C637" s="0" t="s">
         <v>2656</v>
       </c>
-      <c r="C637" s="0" t="s">
+      <c r="D637" s="0" t="s">
         <v>2657</v>
       </c>
-      <c r="D637" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E637" s="0" t="s">
-        <v>541</v>
-[...1 lines deleted...]
-      <c r="F637" s="0"/>
+        <v>2246</v>
+      </c>
+      <c r="F637" s="0" t="s">
+        <v>2268</v>
+      </c>
       <c r="G637" s="0" t="s">
-        <v>208</v>
+        <v>626</v>
       </c>
       <c r="H637" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I637" s="1" t="s">
-        <v>2548</v>
+        <v>52</v>
       </c>
       <c r="J637" s="0"/>
       <c r="K637" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L637" s="0"/>
     </row>
     <row r="638" spans="1:12" customHeight="1" ht="80">
+      <c r="A638" s="0"/>
       <c r="B638" s="0" t="s">
+        <v>2658</v>
+      </c>
+      <c r="C638" s="0" t="s">
         <v>2659</v>
       </c>
-      <c r="C638" s="0" t="s">
+      <c r="D638" s="0" t="s">
         <v>2660</v>
       </c>
-      <c r="D638" s="0" t="s">
+      <c r="E638" s="0" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F638" s="0" t="s">
         <v>2661</v>
       </c>
-      <c r="E638" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F638" s="0"/>
       <c r="G638" s="0" t="s">
-        <v>208</v>
+        <v>2580</v>
       </c>
       <c r="H638" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I638" s="1" t="s">
         <v>2662</v>
       </c>
       <c r="J638" s="0"/>
       <c r="K638" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L638" s="0"/>
     </row>
     <row r="639" spans="1:12" customHeight="1" ht="80">
+      <c r="A639" s="0"/>
       <c r="B639" s="0" t="s">
         <v>2663</v>
       </c>
       <c r="C639" s="0" t="s">
         <v>2664</v>
       </c>
       <c r="D639" s="0" t="s">
         <v>2665</v>
       </c>
       <c r="E639" s="0" t="s">
-        <v>541</v>
-[...1 lines deleted...]
-      <c r="F639" s="0"/>
+        <v>2079</v>
+      </c>
+      <c r="F639" s="0" t="s">
+        <v>2661</v>
+      </c>
       <c r="G639" s="0" t="s">
-        <v>208</v>
+        <v>2580</v>
       </c>
       <c r="H639" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I639" s="1" t="s">
         <v>2666</v>
       </c>
       <c r="J639" s="0"/>
       <c r="K639" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L639" s="0"/>
     </row>
     <row r="640" spans="1:12" customHeight="1" ht="80">
       <c r="B640" s="0" t="s">
         <v>2667</v>
       </c>
       <c r="C640" s="0" t="s">
         <v>2668</v>
       </c>
       <c r="D640" s="0" t="s">
         <v>2669</v>
       </c>
       <c r="E640" s="0" t="s">
-        <v>541</v>
-[...1 lines deleted...]
-      <c r="F640" s="0"/>
+        <v>34</v>
+      </c>
+      <c r="F640" s="0" t="s">
+        <v>2670</v>
+      </c>
       <c r="G640" s="0" t="s">
-        <v>208</v>
+        <v>36</v>
       </c>
       <c r="H640" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I640" s="1" t="s">
-        <v>2670</v>
+        <v>2671</v>
       </c>
       <c r="J640" s="0"/>
       <c r="K640" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L640" s="0"/>
     </row>
     <row r="641" spans="1:12" customHeight="1" ht="80">
       <c r="B641" s="0" t="s">
-        <v>2671</v>
+        <v>2672</v>
       </c>
       <c r="C641" s="0" t="s">
-        <v>2672</v>
+        <v>2673</v>
       </c>
       <c r="D641" s="0" t="s">
-        <v>2673</v>
+        <v>2674</v>
       </c>
       <c r="E641" s="0" t="s">
-        <v>2255</v>
+        <v>2246</v>
       </c>
       <c r="F641" s="0" t="s">
-        <v>2277</v>
+        <v>2264</v>
       </c>
       <c r="G641" s="0" t="s">
         <v>626</v>
       </c>
       <c r="H641" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I641" s="1" t="s">
-        <v>53</v>
+        <v>612</v>
       </c>
       <c r="J641" s="0"/>
       <c r="K641" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L641" s="0"/>
     </row>
     <row r="642" spans="1:12" customHeight="1" ht="80">
-      <c r="A642" s="0"/>
       <c r="B642" s="0" t="s">
-        <v>2674</v>
+        <v>2261</v>
       </c>
       <c r="C642" s="0" t="s">
         <v>2675</v>
       </c>
       <c r="D642" s="0" t="s">
         <v>2676</v>
       </c>
       <c r="E642" s="0" t="s">
-        <v>2090</v>
+        <v>2246</v>
       </c>
       <c r="F642" s="0" t="s">
-        <v>2677</v>
+        <v>2264</v>
       </c>
       <c r="G642" s="0" t="s">
-        <v>2596</v>
+        <v>626</v>
       </c>
       <c r="H642" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I642" s="1" t="s">
-        <v>2678</v>
+        <v>612</v>
       </c>
       <c r="J642" s="0"/>
       <c r="K642" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L642" s="0"/>
     </row>
     <row r="643" spans="1:12" customHeight="1" ht="80">
-      <c r="A643" s="0"/>
       <c r="B643" s="0" t="s">
+        <v>2677</v>
+      </c>
+      <c r="C643" s="0" t="s">
+        <v>2678</v>
+      </c>
+      <c r="D643" s="0" t="s">
         <v>2679</v>
       </c>
-      <c r="C643" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E643" s="0" t="s">
-        <v>2090</v>
+        <v>1412</v>
       </c>
       <c r="F643" s="0" t="s">
-        <v>2677</v>
+        <v>1743</v>
       </c>
       <c r="G643" s="0" t="s">
-        <v>2596</v>
+        <v>626</v>
       </c>
       <c r="H643" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I643" s="1" t="s">
-        <v>2682</v>
+        <v>2107</v>
       </c>
       <c r="J643" s="0"/>
       <c r="K643" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L643" s="0"/>
+    </row>
+    <row r="644" spans="1:12" customHeight="1" ht="80">
+      <c r="B644" s="0" t="s">
+        <v>2680</v>
+      </c>
+      <c r="C644" s="0" t="s">
+        <v>2681</v>
+      </c>
+      <c r="D644" s="0" t="s">
+        <v>2682</v>
+      </c>
+      <c r="E644" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F644" s="0" t="s">
+        <v>238</v>
+      </c>
+      <c r="G644" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H644" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I644" s="1" t="s">
+        <v>2683</v>
+      </c>
+      <c r="J644" s="0"/>
+      <c r="K644" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="L644" s="0"/>
+    </row>
+    <row r="645" spans="1:12" customHeight="1" ht="80">
+      <c r="B645" s="0" t="s">
+        <v>2684</v>
+      </c>
+      <c r="C645" s="0" t="s">
+        <v>2685</v>
+      </c>
+      <c r="D645" s="0" t="s">
+        <v>2686</v>
+      </c>
+      <c r="E645" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F645" s="0" t="s">
+        <v>238</v>
+      </c>
+      <c r="G645" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H645" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I645" s="1" t="s">
+        <v>2687</v>
+      </c>
+      <c r="J645" s="0"/>
+      <c r="K645" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="L645" s="0"/>
+    </row>
+    <row r="646" spans="1:12" customHeight="1" ht="80">
+      <c r="B646" s="0" t="s">
+        <v>2688</v>
+      </c>
+      <c r="C646" s="0" t="s">
+        <v>2689</v>
+      </c>
+      <c r="D646" s="0" t="s">
+        <v>2690</v>
+      </c>
+      <c r="E646" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F646" s="0" t="s">
+        <v>238</v>
+      </c>
+      <c r="G646" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H646" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I646" s="1" t="s">
+        <v>2691</v>
+      </c>
+      <c r="J646" s="0"/>
+      <c r="K646" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="L646" s="0"/>
+    </row>
+    <row r="647" spans="1:12" customHeight="1" ht="80">
+      <c r="B647" s="0" t="s">
+        <v>2692</v>
+      </c>
+      <c r="C647" s="0" t="s">
+        <v>2693</v>
+      </c>
+      <c r="D647" s="0" t="s">
+        <v>2694</v>
+      </c>
+      <c r="E647" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F647" s="0" t="s">
+        <v>238</v>
+      </c>
+      <c r="G647" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H647" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I647" s="1" t="s">
+        <v>2142</v>
+      </c>
+      <c r="J647" s="0"/>
+      <c r="K647" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="L647" s="0"/>
+    </row>
+    <row r="648" spans="1:12" customHeight="1" ht="80">
+      <c r="B648" s="0" t="s">
+        <v>2695</v>
+      </c>
+      <c r="C648" s="0" t="s">
+        <v>2696</v>
+      </c>
+      <c r="D648" s="0" t="s">
+        <v>2697</v>
+      </c>
+      <c r="E648" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F648" s="0" t="s">
+        <v>238</v>
+      </c>
+      <c r="G648" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H648" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I648" s="1" t="s">
+        <v>2698</v>
+      </c>
+      <c r="J648" s="0"/>
+      <c r="K648" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="L648" s="0"/>
+    </row>
+    <row r="649" spans="1:12" customHeight="1" ht="80">
+      <c r="B649" s="0" t="s">
+        <v>2699</v>
+      </c>
+      <c r="C649" s="0" t="s">
+        <v>2700</v>
+      </c>
+      <c r="D649" s="0" t="s">
+        <v>2701</v>
+      </c>
+      <c r="E649" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F649" s="0" t="s">
+        <v>238</v>
+      </c>
+      <c r="G649" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H649" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I649" s="1" t="s">
+        <v>2702</v>
+      </c>
+      <c r="J649" s="0"/>
+      <c r="K649" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="L649" s="0"/>
+    </row>
+    <row r="650" spans="1:12" customHeight="1" ht="80">
+      <c r="B650" s="0" t="s">
+        <v>2703</v>
+      </c>
+      <c r="C650" s="0" t="s">
+        <v>2704</v>
+      </c>
+      <c r="D650" s="0" t="s">
+        <v>2705</v>
+      </c>
+      <c r="E650" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F650" s="0" t="s">
+        <v>2706</v>
+      </c>
+      <c r="G650" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H650" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I650" s="1" t="s">
+        <v>2707</v>
+      </c>
+      <c r="J650" s="0"/>
+      <c r="K650" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="L650" s="0"/>
+    </row>
+    <row r="651" spans="1:12" customHeight="1" ht="80">
+      <c r="B651" s="0" t="s">
+        <v>2708</v>
+      </c>
+      <c r="C651" s="0" t="s">
+        <v>2709</v>
+      </c>
+      <c r="D651" s="0" t="s">
+        <v>2710</v>
+      </c>
+      <c r="E651" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F651" s="0" t="s">
+        <v>2706</v>
+      </c>
+      <c r="G651" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H651" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I651" s="1" t="s">
+        <v>2711</v>
+      </c>
+      <c r="J651" s="0"/>
+      <c r="K651" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="L651" s="0"/>
+    </row>
+    <row r="652" spans="1:12" customHeight="1" ht="80">
+      <c r="B652" s="0" t="s">
+        <v>2712</v>
+      </c>
+      <c r="C652" s="0" t="s">
+        <v>2713</v>
+      </c>
+      <c r="D652" s="0" t="s">
+        <v>2714</v>
+      </c>
+      <c r="E652" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F652" s="0" t="s">
+        <v>2715</v>
+      </c>
+      <c r="G652" s="0" t="s">
+        <v>352</v>
+      </c>
+      <c r="H652" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I652" s="1" t="s">
+        <v>1833</v>
+      </c>
+      <c r="J652" s="0"/>
+      <c r="K652" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="L652" s="0"/>
+    </row>
+    <row r="653" spans="1:12" customHeight="1" ht="80">
+      <c r="B653" s="0" t="s">
+        <v>2716</v>
+      </c>
+      <c r="C653" s="0" t="s">
+        <v>2717</v>
+      </c>
+      <c r="D653" s="0" t="s">
+        <v>2718</v>
+      </c>
+      <c r="E653" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F653" s="0" t="s">
+        <v>2715</v>
+      </c>
+      <c r="G653" s="0" t="s">
+        <v>352</v>
+      </c>
+      <c r="H653" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I653" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="J653" s="0"/>
+      <c r="K653" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="L653" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -48853,50 +49207,60 @@
     <hyperlink ref="B619" r:id="rId_hyperlink_618"/>
     <hyperlink ref="B620" r:id="rId_hyperlink_619"/>
     <hyperlink ref="B621" r:id="rId_hyperlink_620"/>
     <hyperlink ref="B622" r:id="rId_hyperlink_621"/>
     <hyperlink ref="B623" r:id="rId_hyperlink_622"/>
     <hyperlink ref="B624" r:id="rId_hyperlink_623"/>
     <hyperlink ref="B625" r:id="rId_hyperlink_624"/>
     <hyperlink ref="B626" r:id="rId_hyperlink_625"/>
     <hyperlink ref="B627" r:id="rId_hyperlink_626"/>
     <hyperlink ref="B628" r:id="rId_hyperlink_627"/>
     <hyperlink ref="B629" r:id="rId_hyperlink_628"/>
     <hyperlink ref="B630" r:id="rId_hyperlink_629"/>
     <hyperlink ref="B631" r:id="rId_hyperlink_630"/>
     <hyperlink ref="B632" r:id="rId_hyperlink_631"/>
     <hyperlink ref="B633" r:id="rId_hyperlink_632"/>
     <hyperlink ref="B634" r:id="rId_hyperlink_633"/>
     <hyperlink ref="B635" r:id="rId_hyperlink_634"/>
     <hyperlink ref="B636" r:id="rId_hyperlink_635"/>
     <hyperlink ref="B637" r:id="rId_hyperlink_636"/>
     <hyperlink ref="B638" r:id="rId_hyperlink_637"/>
     <hyperlink ref="B639" r:id="rId_hyperlink_638"/>
     <hyperlink ref="B640" r:id="rId_hyperlink_639"/>
     <hyperlink ref="B641" r:id="rId_hyperlink_640"/>
     <hyperlink ref="B642" r:id="rId_hyperlink_641"/>
     <hyperlink ref="B643" r:id="rId_hyperlink_642"/>
+    <hyperlink ref="B644" r:id="rId_hyperlink_643"/>
+    <hyperlink ref="B645" r:id="rId_hyperlink_644"/>
+    <hyperlink ref="B646" r:id="rId_hyperlink_645"/>
+    <hyperlink ref="B647" r:id="rId_hyperlink_646"/>
+    <hyperlink ref="B648" r:id="rId_hyperlink_647"/>
+    <hyperlink ref="B649" r:id="rId_hyperlink_648"/>
+    <hyperlink ref="B650" r:id="rId_hyperlink_649"/>
+    <hyperlink ref="B651" r:id="rId_hyperlink_650"/>
+    <hyperlink ref="B652" r:id="rId_hyperlink_651"/>
+    <hyperlink ref="B653" r:id="rId_hyperlink_652"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>