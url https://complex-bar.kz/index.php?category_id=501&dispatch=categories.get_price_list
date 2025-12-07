--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1329">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1325">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -119,1169 +119,1163 @@
   <si>
     <t>39440.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Подставка для блюда «Базальт»;акация;,H=15,L=300,B=110мм</t>
   </si>
   <si>
     <t>03021699</t>
   </si>
   <si>
     <t>19705.00₸</t>
   </si>
   <si>
     <t>Подставка для блюда «Базальт»;акация;,H=15,L=430,B=230мм</t>
   </si>
   <si>
     <t>03021726</t>
   </si>
   <si>
     <t>25888.00₸</t>
   </si>
   <si>
+    <t>Подставка для блюда для стейка 647781,648765;бамбук;,H=20,L=375,B=280мм</t>
+  </si>
+  <si>
+    <t>03021758</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>33299.00₸</t>
+  </si>
+  <si>
     <t>29 шт.</t>
   </si>
   <si>
-    <t>Подставка для блюда для стейка 647781,648765;бамбук;,H=20,L=375,B=280мм</t>
-[...10 lines deleted...]
-  <si>
     <t>Доска для шашлыка с держателем для шампура настольная;бук;D=65,H=175,L=475,B=205мм</t>
   </si>
   <si>
     <t>03022305</t>
   </si>
   <si>
     <t>ALM</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>19859.00₸</t>
   </si>
   <si>
     <t>Подставка для блюда для стейка;бамбук;,H=17,L=400,B=192мм;деревян.</t>
   </si>
   <si>
     <t>03022386</t>
   </si>
   <si>
     <t>19026.00₸</t>
   </si>
   <si>
     <t>Ящик для подачи;дуб;,H=40,L=265/162мм;деревян.</t>
   </si>
   <si>
     <t>04080972</t>
   </si>
   <si>
     <t>Q602O-00N</t>
   </si>
   <si>
     <t>PPwood</t>
   </si>
   <si>
     <t>19866.00₸</t>
   </si>
   <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
     <t>Ящик для подачи;дуб;,H=40,L=265,B=162мм;коричнев.</t>
   </si>
   <si>
     <t>04080988</t>
   </si>
   <si>
     <t>Q602S-00O</t>
   </si>
   <si>
     <t>21830.00₸</t>
   </si>
   <si>
     <t>Доска для стейка;бук;,H=2,L=32,B=17см;бежев.</t>
   </si>
   <si>
     <t>04090170</t>
   </si>
   <si>
     <t>Linden</t>
   </si>
   <si>
     <t>ШВЕЦИЯ</t>
   </si>
   <si>
     <t>9333.00₸</t>
   </si>
   <si>
+    <t>Доска для подачи;бамбук,металл;D=350,H=15мм;св. дерево,металлич.</t>
+  </si>
+  <si>
+    <t>04090171</t>
+  </si>
+  <si>
+    <t>SS62-350-BK80</t>
+  </si>
+  <si>
+    <t>12187.00₸</t>
+  </si>
+  <si>
+    <t>Доска для стейка;бук;,H=2,L=41,B=21см;бежев.</t>
+  </si>
+  <si>
+    <t>04090179</t>
+  </si>
+  <si>
+    <t>20405.00₸</t>
+  </si>
+  <si>
+    <t>21 шт.</t>
+  </si>
+  <si>
+    <t>Доска для стейка с 2-мя соусниками;бук,сталь нерж.;,L=31,5,B=16,6см;св. дерево,металлич.</t>
+  </si>
+  <si>
+    <t>04090180</t>
+  </si>
+  <si>
+    <t>7092-10</t>
+  </si>
+  <si>
+    <t>11550.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;сосна;,H=15,L=400/490,B=170мм</t>
+  </si>
+  <si>
+    <t>04090196</t>
+  </si>
+  <si>
+    <t>Kesper</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>12913.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Доска для подачи;сосна;,H=2,L=30/35,B=18см</t>
+  </si>
+  <si>
+    <t>04090197</t>
+  </si>
+  <si>
+    <t>12929.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Шот Холдер» на 6 стопок;дерево;D=43,L=485,B=75мм;св.бежев.</t>
+  </si>
+  <si>
+    <t>04090401</t>
+  </si>
+  <si>
+    <t>TEMP</t>
+  </si>
+  <si>
+    <t>17094.00₸</t>
+  </si>
+  <si>
+    <t>38 шт.</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Шот Холдер» на 4 стопки;дерево;D=43,L=360,B=75мм;св.бежев.</t>
+  </si>
+  <si>
+    <t>04090402</t>
+  </si>
+  <si>
+    <t>15015.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Доска для пиццы;бук;D=34,H=2см</t>
+  </si>
+  <si>
+    <t>04090403</t>
+  </si>
+  <si>
+    <t>9009.00₸</t>
+  </si>
+  <si>
+    <t>Доска для пиццы;бук;D=45,H=2см</t>
+  </si>
+  <si>
+    <t>04090406</t>
+  </si>
+  <si>
+    <t>10164.00₸</t>
+  </si>
+  <si>
+    <t>Доска для пиццы;бук;D=50,H=2см</t>
+  </si>
+  <si>
+    <t>04090423</t>
+  </si>
+  <si>
+    <t>11219.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;бамбук;D=300,H=13мм;бежев.</t>
+  </si>
+  <si>
+    <t>04090515</t>
+  </si>
+  <si>
+    <t>5899.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,H=15,L=350,B=190мм;деревян.</t>
+  </si>
+  <si>
+    <t>04090521</t>
+  </si>
+  <si>
+    <t>BO_CMCHBM</t>
+  </si>
+  <si>
+    <t>Craster</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
+  </si>
+  <si>
+    <t>44137.00₸</t>
+  </si>
+  <si>
+    <t>Доска для пиццы;дуб;,H=18,L=459,B=350мм</t>
+  </si>
+  <si>
+    <t>04090526</t>
+  </si>
+  <si>
+    <t>BO_CC005</t>
+  </si>
+  <si>
+    <t>86040.00₸</t>
+  </si>
+  <si>
+    <t>Доска для пиццы;дуб;,H=18,L=350,B=350мм</t>
+  </si>
+  <si>
+    <t>04090528</t>
+  </si>
+  <si>
+    <t>BO_CC001</t>
+  </si>
+  <si>
+    <t>65874.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;пластик;D=280,H=15мм;деревян.</t>
+  </si>
+  <si>
+    <t>04090546</t>
+  </si>
+  <si>
+    <t>M218201</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>5593.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;пластик;D=254,H=15мм;деревян.</t>
+  </si>
+  <si>
+    <t>04090547</t>
+  </si>
+  <si>
+    <t>M218202</t>
+  </si>
+  <si>
+    <t>5894.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Снег» светлый дуб;,H=3,L=32/22,B=17см</t>
+  </si>
+  <si>
+    <t>04090601</t>
+  </si>
+  <si>
+    <t>11.01.1.1.1.4-03</t>
+  </si>
+  <si>
+    <t>Fuga</t>
+  </si>
+  <si>
+    <t>Снег</t>
+  </si>
+  <si>
+    <t>15085.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Лед» светлый дуб;,H=3,L=32/22,B=17см</t>
+  </si>
+  <si>
+    <t>04090602</t>
+  </si>
+  <si>
+    <t>11.01.1.1.2.4-03</t>
+  </si>
+  <si>
+    <t>Лед</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Мороз» темный дуб;,H=3,L=32/22,B=17см</t>
+  </si>
+  <si>
+    <t>04090605</t>
+  </si>
+  <si>
+    <t>11.01.1.1.3.4-01</t>
+  </si>
+  <si>
+    <t>Мороз</t>
+  </si>
+  <si>
+    <t>13707.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Колос» светлый дуб;,H=3,L=32/22,B=17см</t>
+  </si>
+  <si>
+    <t>04090609</t>
+  </si>
+  <si>
+    <t>11.03.1.1.2.4-03</t>
+  </si>
+  <si>
+    <t>Колос</t>
+  </si>
+  <si>
+    <t>13714.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Снег» темный дуб;,H=3,L=32/22,B=17см</t>
+  </si>
+  <si>
+    <t>04090612</t>
+  </si>
+  <si>
+    <t>11.01.1.5.1.4-01</t>
+  </si>
+  <si>
+    <t>04090613</t>
+  </si>
+  <si>
+    <t>11.01.1.5.2.4-03</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Снег» светлый дуб;,H=3,L=26,B=18см</t>
+  </si>
+  <si>
+    <t>04090616</t>
+  </si>
+  <si>
+    <t>11.01.1.3.1.3-03</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Лед» темный дуб;,H=3,L=26,B=18см</t>
+  </si>
+  <si>
+    <t>04090618</t>
+  </si>
+  <si>
+    <t>11.01.1.3.2.3-01</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Мороз» светлый дуб;,H=3,L=26,B=18см</t>
+  </si>
+  <si>
+    <t>04090619</t>
+  </si>
+  <si>
+    <t>11.01.1.3.3.3-03</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Поле» темный дуб;,H=3,L=26,B=18см</t>
+  </si>
+  <si>
+    <t>04090622</t>
+  </si>
+  <si>
+    <t>11.03.1.3.1.3-01</t>
+  </si>
+  <si>
+    <t>Поле</t>
+  </si>
+  <si>
+    <t>16478.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Колос» светлый дуб;,H=3,L=26,B=18см</t>
+  </si>
+  <si>
+    <t>04090625</t>
+  </si>
+  <si>
+    <t>11.03.1.3.2.3-03</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Звено» темный дуб;,H=3,L=26,B=18см</t>
+  </si>
+  <si>
+    <t>04090628</t>
+  </si>
+  <si>
+    <t>11.04.1.3.1.3-01</t>
+  </si>
+  <si>
+    <t>Звено</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Кольцо» темный дуб;,H=3,L=26,B=18см</t>
+  </si>
+  <si>
+    <t>04090630</t>
+  </si>
+  <si>
+    <t>11.04.1.3.2.3-01</t>
+  </si>
+  <si>
+    <t>Кольцо</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Лед» темный дуб;,H=3,L=36/26,B=18см</t>
+  </si>
+  <si>
+    <t>04090631</t>
+  </si>
+  <si>
+    <t>11.01.1.1.2.3-01</t>
+  </si>
+  <si>
+    <t>16052.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Мороз» светлый дуб;,H=3,L=36/26,B=18см</t>
+  </si>
+  <si>
+    <t>04090632</t>
+  </si>
+  <si>
+    <t>11.01.1.1.3.3-03</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Поле» светлый дуб;,H=3,L=36/26,B=18см</t>
+  </si>
+  <si>
+    <t>04090634</t>
+  </si>
+  <si>
+    <t>11.03.1.1.1.3-03</t>
+  </si>
+  <si>
+    <t>16055.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Пирог» темный дуб;,H=3,L=36/26,B=18см</t>
+  </si>
+  <si>
+    <t>04090639</t>
+  </si>
+  <si>
+    <t>11.03.1.1.3.3-01</t>
+  </si>
+  <si>
+    <t>Пирог</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Лед» светлый дуб;,H=3,L=36/26,B=18см</t>
+  </si>
+  <si>
+    <t>04090641</t>
+  </si>
+  <si>
+    <t>11.01.1.5.2.3-03</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Мороз» темный дуб;,H=3,L=36/26,B=18см</t>
+  </si>
+  <si>
+    <t>04090642</t>
+  </si>
+  <si>
+    <t>11.01.1.5.3.3-01</t>
+  </si>
+  <si>
+    <t>04090643</t>
+  </si>
+  <si>
+    <t>11.01.1.5.3.3-03</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Звено» темный дуб;,H=3,L=36/26,B=18см</t>
+  </si>
+  <si>
+    <t>04090645</t>
+  </si>
+  <si>
+    <t>11.04.1.5.1.3-01</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Кольцо» светлый дуб;,H=3,L=36/26,B=18см</t>
+  </si>
+  <si>
+    <t>04090646</t>
+  </si>
+  <si>
+    <t>11.04.1.5.2.3-03</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Лед» светлый дуб;,H=3,L=48/34,B=26см</t>
+  </si>
+  <si>
+    <t>04090650</t>
+  </si>
+  <si>
+    <t>11.01.1.1.2.2-03</t>
+  </si>
+  <si>
+    <t>22321.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Лед» темный дуб;,H=3,L=48/34,B=26см</t>
+  </si>
+  <si>
+    <t>04090651</t>
+  </si>
+  <si>
+    <t>11.01.1.1.2.2-01</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Мороз» светлый дуб;,H=3,L=48/34,B=26см</t>
+  </si>
+  <si>
+    <t>04090652</t>
+  </si>
+  <si>
+    <t>11.01.1.1.3.2-03</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Огонь» темно-светлый дуб;,H=3,L=48/34,B=26см</t>
+  </si>
+  <si>
+    <t>04090655</t>
+  </si>
+  <si>
+    <t>11.02.1.1.2.2-04</t>
+  </si>
+  <si>
+    <t>Огонь</t>
+  </si>
+  <si>
+    <t>04090660</t>
+  </si>
+  <si>
+    <t>11.01.1.5.3.2-03</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Пирог» темный дуб;,H=3,L=48/34,B=20см</t>
+  </si>
+  <si>
+    <t>04090664</t>
+  </si>
+  <si>
+    <t>11.03.1.1.3.6-01</t>
+  </si>
+  <si>
+    <t>19582.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Кольцо» светлый дуб;,H=3,L=48/34,B=20см</t>
+  </si>
+  <si>
+    <t>04090667</t>
+  </si>
+  <si>
+    <t>11.04.1.5.2.6-03</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Кольцо» темный дуб;,H=3,L=48/34,B=20см</t>
+  </si>
+  <si>
+    <t>04090668</t>
+  </si>
+  <si>
+    <t>11.04.1.5.2.6-01</t>
+  </si>
+  <si>
+    <t>19577.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Снег» светлый дуб;D=24,H=3,L=4см</t>
+  </si>
+  <si>
+    <t>04090669</t>
+  </si>
+  <si>
+    <t>11.01.1.2.1.0-03</t>
+  </si>
+  <si>
+    <t>18801.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Лед» светлый дуб;D=24,H=3,L=4см</t>
+  </si>
+  <si>
+    <t>04090671</t>
+  </si>
+  <si>
+    <t>11.01.1.2.2.0-03</t>
+  </si>
+  <si>
+    <t>18804.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Поле» светлый дуб;D=24,H=3см</t>
+  </si>
+  <si>
+    <t>04090675</t>
+  </si>
+  <si>
+    <t>11.03.1.4.1.0-03</t>
+  </si>
+  <si>
+    <t>17227.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Поле» темный дуб;D=24,H=3см</t>
+  </si>
+  <si>
+    <t>04090676</t>
+  </si>
+  <si>
+    <t>11.03.1.4.1.0-01</t>
+  </si>
+  <si>
+    <t>20714.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Колос» светлый бук;D=24,H=3см</t>
+  </si>
+  <si>
+    <t>04090677</t>
+  </si>
+  <si>
+    <t>11.03.1.4.2.0-03</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Пирог» светлый дуб;D=24,H=3см</t>
+  </si>
+  <si>
+    <t>04090679</t>
+  </si>
+  <si>
+    <t>11.03.1.4.3.0-03</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Пирог» темный дуб;D=24,H=3см</t>
+  </si>
+  <si>
+    <t>04090680</t>
+  </si>
+  <si>
+    <t>11.03.1.4.3.0-01</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Вода» темно-светлый дуб;D=24,H=3см</t>
+  </si>
+  <si>
+    <t>04090681</t>
+  </si>
+  <si>
+    <t>11.02.1.4.1.0-04</t>
+  </si>
+  <si>
+    <t>Вода</t>
+  </si>
+  <si>
+    <t>17233.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для подачи «Снег» прямоугольный с бортом, светлый дуб;,H=5,L=27,B=20см</t>
+  </si>
+  <si>
+    <t>04090683</t>
+  </si>
+  <si>
+    <t>11.01.4.1.1.0-03</t>
+  </si>
+  <si>
+    <t>Ящик для подачи «Снег» прямоугольный с бортом, темный дуб;,H=5,L=27,B=20см</t>
+  </si>
+  <si>
+    <t>04090684</t>
+  </si>
+  <si>
+    <t>11.01.4.1.1.0-01</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Снег» светлый дуб;,H=3,L=48/34,B=20см</t>
+  </si>
+  <si>
+    <t>04090685</t>
+  </si>
+  <si>
+    <t>11.01.1.7.1.6-03</t>
+  </si>
+  <si>
+    <t>24956.00₸</t>
+  </si>
+  <si>
+    <t>04090687</t>
+  </si>
+  <si>
+    <t>11.01.1.9.1.4-03</t>
+  </si>
+  <si>
+    <t>20008.00₸</t>
+  </si>
+  <si>
+    <t>04090688</t>
+  </si>
+  <si>
+    <t>11.01.1.9.1.4-01</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Снег» светлый дуб;D=30,H=3см</t>
+  </si>
+  <si>
+    <t>04090689</t>
+  </si>
+  <si>
+    <t>11.01.1.8.1.2-03</t>
+  </si>
+  <si>
+    <t>21584.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Поле» светлый дуб;,H=3,L=32/22,B=17см</t>
+  </si>
+  <si>
+    <t>04090692</t>
+  </si>
+  <si>
+    <t>11.03.1.1.1.4-03</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Мороз» темный дуб;,H=3,L=26,B=18см</t>
+  </si>
+  <si>
+    <t>04090695</t>
+  </si>
+  <si>
+    <t>11.01.1.3.3.3-01</t>
+  </si>
+  <si>
+    <t>04090697</t>
+  </si>
+  <si>
+    <t>11.01.1.1.2.3-03</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Снег» светлый дуб;,H=3,L=36/26,B=18см</t>
+  </si>
+  <si>
+    <t>04090698</t>
+  </si>
+  <si>
+    <t>11.01.1.1.1.3-03</t>
+  </si>
+  <si>
+    <t>04090701</t>
+  </si>
+  <si>
+    <t>11.01.1.5.1.3-03</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,H=25,L=250/200,B=180мм</t>
+  </si>
+  <si>
+    <t>04090707</t>
+  </si>
+  <si>
+    <t>Q202O-01N</t>
+  </si>
+  <si>
+    <t>14330.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,H=25,L=260,B=180мм;коричнев.</t>
+  </si>
+  <si>
+    <t>04090708</t>
+  </si>
+  <si>
+    <t>Q203F-05</t>
+  </si>
+  <si>
+    <t>14938.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи прямоугольная без ручки;дуб;,H=25,L=260,B=180мм</t>
+  </si>
+  <si>
+    <t>04090709</t>
+  </si>
+  <si>
+    <t>Q203V-05B</t>
+  </si>
+  <si>
+    <t>Доска для подачи круглая с ручкой;дуб;,H=25,L=290,B=235мм</t>
+  </si>
+  <si>
+    <t>04090710</t>
+  </si>
+  <si>
+    <t>Q301F-00N</t>
+  </si>
+  <si>
+    <t>17710.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,H=25,L=400/270,B=165мм</t>
+  </si>
+  <si>
+    <t>04090711</t>
+  </si>
+  <si>
+    <t>Q237F-00N</t>
+  </si>
+  <si>
+    <t>14823.00₸</t>
+  </si>
+  <si>
+    <t>04090712</t>
+  </si>
+  <si>
+    <t>11.09.2.1.2.3-01</t>
+  </si>
+  <si>
+    <t>23501.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,H=25,L=300,B=200мм;деревян.</t>
+  </si>
+  <si>
+    <t>04090714</t>
+  </si>
+  <si>
+    <t>Q204O-06N</t>
+  </si>
+  <si>
+    <t>21807.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,H=25,L=300,B=200мм;черный</t>
+  </si>
+  <si>
+    <t>04090715</t>
+  </si>
+  <si>
+    <t>Q204C-06B</t>
+  </si>
+  <si>
+    <t>21799.00₸</t>
+  </si>
+  <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,H=25,L=300/200,B=200мм</t>
+  </si>
+  <si>
+    <t>04090716</t>
+  </si>
+  <si>
+    <t>Q204V-06</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,H=25,L=250,B=150мм;деревян.</t>
+  </si>
+  <si>
+    <t>04090717</t>
+  </si>
+  <si>
+    <t>Q205O-06N</t>
+  </si>
+  <si>
+    <t>14207.00₸</t>
+  </si>
+  <si>
+    <t>24 шт.</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,H=25,L=250,B=150мм;черный</t>
+  </si>
+  <si>
+    <t>04090718</t>
+  </si>
+  <si>
+    <t>Q205C-06B</t>
+  </si>
+  <si>
+    <t>14192.00₸</t>
+  </si>
+  <si>
+    <t>04090719</t>
+  </si>
+  <si>
+    <t>Q205V-06</t>
+  </si>
+  <si>
+    <t>14245.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,H=25,L=260,B=180мм;деревян.</t>
+  </si>
+  <si>
+    <t>04090720</t>
+  </si>
+  <si>
+    <t>Q242O-06N</t>
+  </si>
+  <si>
+    <t>14923.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи (Декор);дуб;,H=25,L=260,B=180мм</t>
+  </si>
+  <si>
+    <t>04090721</t>
+  </si>
+  <si>
+    <t>Q242O-07N</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Доска для подачи с декором;дуб;D=240,H=25мм;деревян.</t>
+  </si>
+  <si>
+    <t>04090722</t>
+  </si>
+  <si>
+    <t>Q106O-01N</t>
+  </si>
+  <si>
+    <t>17610.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;D=240,H=25мм;черный</t>
+  </si>
+  <si>
+    <t>04090723</t>
+  </si>
+  <si>
+    <t>Q106C-01B</t>
+  </si>
+  <si>
     <t>5 шт.</t>
   </si>
   <si>
-    <t>Доска для подачи;бамбук,металл;D=350,H=15мм;св. дерево,металлич.</t>
-[...71 lines deleted...]
-    <t>10318.00₸</t>
+    <t>Доска для подачи с ручкой;дуб;,H=25,L=270/380,B=200мм;св. дерево</t>
+  </si>
+  <si>
+    <t>04090724</t>
+  </si>
+  <si>
+    <t>Q206O-06N</t>
+  </si>
+  <si>
+    <t>21969.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,H=25,L=240,B=200мм;деревян.</t>
+  </si>
+  <si>
+    <t>04090726</t>
+  </si>
+  <si>
+    <t>Q207O-06N</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,H=25,L=240,B=200мм;черный дуб</t>
+  </si>
+  <si>
+    <t>04090727</t>
+  </si>
+  <si>
+    <t>Q207C-06B</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,H=25,L=240,B=200мм;черный дуб,деревян.</t>
+  </si>
+  <si>
+    <t>04090728</t>
+  </si>
+  <si>
+    <t>Q207V-06</t>
+  </si>
+  <si>
+    <t>21815.00₸</t>
   </si>
   <si>
     <t>7 шт.</t>
   </si>
   <si>
-    <t>Доска для подачи «Шот Холдер» на 4 стопки;дерево;D=43,L=360,B=75мм;св.бежев.</t>
-[...659 lines deleted...]
-    <t>14938.00₸</t>
+    <t>Доска для подачи;дуб;,H=25,L=300,B=210мм</t>
+  </si>
+  <si>
+    <t>04090729</t>
+  </si>
+  <si>
+    <t>Q302O-05N</t>
+  </si>
+  <si>
+    <t>22831.00₸</t>
+  </si>
+  <si>
+    <t>34 шт.</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,H=25,L=300,B=210мм;черный</t>
+  </si>
+  <si>
+    <t>04090730</t>
+  </si>
+  <si>
+    <t>Q302C-05B</t>
+  </si>
+  <si>
+    <t>22808.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Топор» с ручкой 20см;дуб;,H=25,L=215,B=200мм</t>
+  </si>
+  <si>
+    <t>04090731</t>
+  </si>
+  <si>
+    <t>Q303F-00N</t>
+  </si>
+  <si>
+    <t>23817.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;D=45,H=4см;черный</t>
+  </si>
+  <si>
+    <t>04090732</t>
+  </si>
+  <si>
+    <t>Q107V-00B</t>
+  </si>
+  <si>
+    <t>33996.00₸</t>
+  </si>
+  <si>
+    <t>25 шт.</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,L=35/25,B=15см;черный</t>
+  </si>
+  <si>
+    <t>04090733</t>
+  </si>
+  <si>
+    <t>Q239C-00B</t>
+  </si>
+  <si>
+    <t>18781.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,L=45,B=35см;черный</t>
+  </si>
+  <si>
+    <t>04090734</t>
+  </si>
+  <si>
+    <t>Q208V-00</t>
+  </si>
+  <si>
+    <t>31363.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для подачи;дуб;,H=5,L=40,B=40см;черный</t>
+  </si>
+  <si>
+    <t>04090735</t>
+  </si>
+  <si>
+    <t>Q606V-00B</t>
+  </si>
+  <si>
+    <t>38416.00₸</t>
   </si>
   <si>
     <t>3 шт.</t>
   </si>
   <si>
-    <t>Доска для подачи прямоугольная без ручки;дуб;,H=25,L=260,B=180мм</t>
-[...289 lines deleted...]
-  <si>
     <t>Доска для подачи;дуб;,H=25,L=300/235,B=170мм</t>
   </si>
   <si>
     <t>04090738</t>
   </si>
   <si>
     <t>Q209F-03</t>
   </si>
   <si>
     <t>19058.00₸</t>
   </si>
   <si>
     <t>Доска для подачи;дуб;,H=25,L=270,B=200мм;черный дуб</t>
   </si>
   <si>
     <t>04090739</t>
   </si>
   <si>
     <t>Q210C-03B</t>
   </si>
   <si>
     <t>15662.00₸</t>
   </si>
   <si>
     <t>Доска для подачи;дуб;,H=25,L=320,B=155мм</t>
@@ -1304,53 +1298,50 @@
   <si>
     <t>Q108F-07N</t>
   </si>
   <si>
     <t>Доска для подачи;дуб;,H=25,L=250,B=215мм</t>
   </si>
   <si>
     <t>04090742</t>
   </si>
   <si>
     <t>Q304C-03B</t>
   </si>
   <si>
     <t>18172.00₸</t>
   </si>
   <si>
     <t>Доска для подачи с узором;дуб;D=240,H=25мм;св. дерево,тем.дерево</t>
   </si>
   <si>
     <t>04090743</t>
   </si>
   <si>
     <t>Q109F-02N</t>
   </si>
   <si>
-    <t>9 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Доска для подачи;дуб;,H=25,L=400,B=200мм</t>
   </si>
   <si>
     <t>04090744</t>
   </si>
   <si>
     <t>Q305F-00N</t>
   </si>
   <si>
     <t>23478.00₸</t>
   </si>
   <si>
     <t>Доска для подачи;дуб;,H=25,L=220,B=180мм</t>
   </si>
   <si>
     <t>04090745</t>
   </si>
   <si>
     <t>Q212C-03B</t>
   </si>
   <si>
     <t>14091.00₸</t>
   </si>
   <si>
     <t>Доска для подачи с узором;дуб;,H=25,L=260,B=180мм;черный дуб,деревян.</t>
@@ -1424,1661 +1415,1649 @@
   <si>
     <t>Q221F-06N</t>
   </si>
   <si>
     <t>Доска для подачи;дуб;,H=25,L=360,B=130мм</t>
   </si>
   <si>
     <t>04090756</t>
   </si>
   <si>
     <t>Q222C-03B</t>
   </si>
   <si>
     <t>Доска для подачи;дуб;,H=25,L=355,B=130мм</t>
   </si>
   <si>
     <t>04090757</t>
   </si>
   <si>
     <t>Q223F-07N</t>
   </si>
   <si>
     <t>20790.00₸</t>
   </si>
   <si>
+    <t>Доска для подачи;дуб;D=30,H=5см;св. дерево,тем.дерево</t>
+  </si>
+  <si>
+    <t>04090758</t>
+  </si>
+  <si>
+    <t>Q110F-00N</t>
+  </si>
+  <si>
+    <t>22800.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи на ножках;дуб;D=30,H=5см;черный дуб,св. дерево</t>
+  </si>
+  <si>
+    <t>04090759</t>
+  </si>
+  <si>
+    <t>Q110V-00B</t>
+  </si>
+  <si>
+    <t>18604.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи на ножках;дуб;D=30,H=5см;черный дуб</t>
+  </si>
+  <si>
+    <t>04090760</t>
+  </si>
+  <si>
+    <t>Q110C-00B</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;D=30,H=5см;св. дерево</t>
+  </si>
+  <si>
+    <t>04090761</t>
+  </si>
+  <si>
+    <t>Q110O-00N</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,H=25,L=250/210,B=160мм</t>
+  </si>
+  <si>
+    <t>04090762</t>
+  </si>
+  <si>
+    <t>Q224O-06N</t>
+  </si>
+  <si>
+    <t>12967.00₸</t>
+  </si>
+  <si>
+    <t>35 шт.</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,H=25,L=330,B=130мм</t>
+  </si>
+  <si>
+    <t>04090763</t>
+  </si>
+  <si>
+    <t>Q225V-00B</t>
+  </si>
+  <si>
+    <t>11843.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,H=25,L=270,B=155мм</t>
+  </si>
+  <si>
+    <t>04090765</t>
+  </si>
+  <si>
+    <t>Q227F-00N</t>
+  </si>
+  <si>
+    <t>13552.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,H=2,L=40,B=12см</t>
+  </si>
+  <si>
+    <t>04090769</t>
+  </si>
+  <si>
+    <t>BO_CMROL</t>
+  </si>
+  <si>
+    <t>86471.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для подачи для выкладки;дуб;,H=16,L=53,B=25см</t>
+  </si>
+  <si>
+    <t>04090782</t>
+  </si>
+  <si>
+    <t>BU_RS007</t>
+  </si>
+  <si>
+    <t>150597.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,H=25,L=255,B=150мм</t>
+  </si>
+  <si>
+    <t>04090784</t>
+  </si>
+  <si>
+    <t>Q226C-00B</t>
+  </si>
+  <si>
+    <t>Доска для подачи с обжигом;дуб;,H=25,L=255,B=150мм</t>
+  </si>
+  <si>
+    <t>04090786</t>
+  </si>
+  <si>
+    <t>Q228F-00N</t>
+  </si>
+  <si>
+    <t>16579.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;D=240,H=25мм;черный дуб,св. дерево</t>
+  </si>
+  <si>
+    <t>04090788</t>
+  </si>
+  <si>
+    <t>Q111V-06B</t>
+  </si>
+  <si>
+    <t>16101.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;D=240,H=25мм;тем.дерево</t>
+  </si>
+  <si>
+    <t>04090789</t>
+  </si>
+  <si>
+    <t>Q111C-06B</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;D=240,H=25мм;св. дерево,тем.дерево</t>
+  </si>
+  <si>
+    <t>04090790</t>
+  </si>
+  <si>
+    <t>Q111F-06N</t>
+  </si>
+  <si>
+    <t>14630.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;D=240,H=25мм;св. дерево</t>
+  </si>
+  <si>
+    <t>04090791</t>
+  </si>
+  <si>
+    <t>Q111O-06N</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;D=35,H=25,L=380,B=200мм;коричнев.</t>
+  </si>
+  <si>
+    <t>04090792</t>
+  </si>
+  <si>
+    <t>Q229F-05N</t>
+  </si>
+  <si>
+    <t>20128.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,H=25,L=300,B=180мм</t>
+  </si>
+  <si>
+    <t>04090793</t>
+  </si>
+  <si>
+    <t>Q306F-02N</t>
+  </si>
+  <si>
+    <t>Доска для подачи;сосна;D=30,H=5см</t>
+  </si>
+  <si>
+    <t>04090795</t>
+  </si>
+  <si>
+    <t>P112O-00N</t>
+  </si>
+  <si>
+    <t>10911.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для подачи прямоугольный с бортом, светлый;дуб;,H=5,L=30,B=20см;деревян.</t>
+  </si>
+  <si>
+    <t>04090796</t>
+  </si>
+  <si>
+    <t>Q607O-00N</t>
+  </si>
+  <si>
+    <t>22654.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для подачи прямоугольный с бортом;дуб;,H=5,L=30,B=20см;черный</t>
+  </si>
+  <si>
+    <t>04090797</t>
+  </si>
+  <si>
+    <t>Q607C-00B</t>
+  </si>
+  <si>
+    <t>22715.00₸</t>
+  </si>
+  <si>
+    <t>19 шт.</t>
+  </si>
+  <si>
+    <t>Доска для подачи с изогнутой ручкой;дуб;,H=15,L=290/410,B=160мм</t>
+  </si>
+  <si>
+    <t>04090798</t>
+  </si>
+  <si>
+    <t>Q230O-07N</t>
+  </si>
+  <si>
+    <t>Доска для подачи с изогнутой ручкой;дуб;,H=15,L=380/520,B=200мм</t>
+  </si>
+  <si>
+    <t>04090799</t>
+  </si>
+  <si>
+    <t>Q231O-07N</t>
+  </si>
+  <si>
+    <t>23647.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи с декором;дуб;D=235,H=25мм;св. дерево</t>
+  </si>
+  <si>
+    <t>04090802</t>
+  </si>
+  <si>
+    <t>Q113O-04N</t>
+  </si>
+  <si>
+    <t>12944.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи с декором;дуб;D=235,H=25мм;древесн.</t>
+  </si>
+  <si>
+    <t>04090805</t>
+  </si>
+  <si>
+    <t>Q113O-02N</t>
+  </si>
+  <si>
+    <t>Доска для подачи с декором;дуб;D=235,H=25мм;черный дуб</t>
+  </si>
+  <si>
+    <t>04090806</t>
+  </si>
+  <si>
+    <t>Q113C-03B</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,H=25,L=310,B=160мм;черный дуб</t>
+  </si>
+  <si>
+    <t>04090808</t>
+  </si>
+  <si>
+    <t>Q307V-06B</t>
+  </si>
+  <si>
+    <t>04090809</t>
+  </si>
+  <si>
+    <t>Q307C-06B</t>
+  </si>
+  <si>
+    <t>18 шт.</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,H=25,L=310,B=160мм;деревян.,черный дуб</t>
+  </si>
+  <si>
+    <t>04090810</t>
+  </si>
+  <si>
+    <t>Q307F-06N</t>
+  </si>
+  <si>
+    <t>Доска для подачи;берёза;,H=25,L=220,B=165мм</t>
+  </si>
+  <si>
+    <t>04090812</t>
+  </si>
+  <si>
+    <t>B232O-00N</t>
+  </si>
+  <si>
+    <t>6900.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;сосна;,H=30,L=270,B=195мм</t>
+  </si>
+  <si>
+    <t>04090813</t>
+  </si>
+  <si>
+    <t>B233O-00N</t>
+  </si>
+  <si>
+    <t>7514.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Веха» светлый дуб;,H=3,L=34,B=20см</t>
+  </si>
+  <si>
+    <t>04090814</t>
+  </si>
+  <si>
+    <t>11.11.3.1-02</t>
+  </si>
+  <si>
+    <t>Веха</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Веха» светлый дуб;D=24,H=3см</t>
+  </si>
+  <si>
+    <t>04090815</t>
+  </si>
+  <si>
+    <t>11.11.1.1-02</t>
+  </si>
+  <si>
+    <t>18796.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Веха» светлый дуб;,H=3,L=22,B=17см</t>
+  </si>
+  <si>
+    <t>04090816</t>
+  </si>
+  <si>
+    <t>11.11.2.3-02</t>
+  </si>
+  <si>
+    <t>15077.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;акация;,H=15,L=420,B=180мм;деревян.</t>
+  </si>
+  <si>
+    <t>04090820</t>
+  </si>
+  <si>
+    <t>00869</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
+    <t>Akazie-Schie</t>
+  </si>
+  <si>
+    <t>18557.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,H=25,L=300,B=200мм</t>
+  </si>
+  <si>
+    <t>04090832</t>
+  </si>
+  <si>
+    <t>Q238C-03В</t>
+  </si>
+  <si>
+    <t>21353.00₸</t>
+  </si>
+  <si>
+    <t>20 шт.</t>
+  </si>
+  <si>
+    <t>Доска для подачи;акация;D=350,H=15мм</t>
+  </si>
+  <si>
+    <t>04090837</t>
+  </si>
+  <si>
+    <t>40 5501</t>
+  </si>
+  <si>
+    <t>Playground</t>
+  </si>
+  <si>
+    <t>23064.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;акация;,H=15,L=400,B=140мм</t>
+  </si>
+  <si>
+    <t>04090838</t>
+  </si>
+  <si>
+    <t>40 5700</t>
+  </si>
+  <si>
+    <t>16488.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,H=10,L=350,B=173мм;тем.дерево</t>
+  </si>
+  <si>
+    <t>04090839</t>
+  </si>
+  <si>
+    <t>Q308V-00</t>
+  </si>
+  <si>
+    <t>13922.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,H=2,L=35,B=25см</t>
+  </si>
+  <si>
+    <t>04090840</t>
+  </si>
+  <si>
+    <t>Q309V-05</t>
+  </si>
+  <si>
+    <t>17225.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;D=60,H=25,L=310,B=165мм</t>
+  </si>
+  <si>
+    <t>04090841</t>
+  </si>
+  <si>
+    <t>Q401O-06N</t>
+  </si>
+  <si>
+    <t>14638.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи с держателями;дуб;,H=5,L=35,B=25см;св. дерево</t>
+  </si>
+  <si>
+    <t>04090842</t>
+  </si>
+  <si>
+    <t>Q402O-06N</t>
+  </si>
+  <si>
+    <t>16709.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,H=25,L=300,B=280мм</t>
+  </si>
+  <si>
+    <t>04090852</t>
+  </si>
+  <si>
+    <t>Q240O-06N</t>
+  </si>
+  <si>
+    <t>23100.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи темный обжиг;дуб;,H=25,L=300,B=190мм</t>
+  </si>
+  <si>
+    <t>04090853</t>
+  </si>
+  <si>
+    <t>Q241F-06O</t>
+  </si>
+  <si>
+    <t>16979.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи брашированная;дуб;,H=25,L=300,B=190мм</t>
+  </si>
+  <si>
+    <t>04090854</t>
+  </si>
+  <si>
+    <t>Q241O-06N</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,L=18,B=13см</t>
+  </si>
+  <si>
+    <t>04090859</t>
+  </si>
+  <si>
+    <t>Q403O-06N</t>
+  </si>
+  <si>
+    <t>6707.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,L=20,B=20см</t>
+  </si>
+  <si>
+    <t>04090860</t>
+  </si>
+  <si>
+    <t>Q404O-06N</t>
+  </si>
+  <si>
+    <t>7231.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,H=43,L=298,B=168мм</t>
+  </si>
+  <si>
+    <t>04090862</t>
+  </si>
+  <si>
+    <t>Q405O-06N</t>
+  </si>
+  <si>
+    <t>16163.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,L=30,B=20см</t>
+  </si>
+  <si>
+    <t>04090863</t>
+  </si>
+  <si>
+    <t>Q406O-06N</t>
+  </si>
+  <si>
+    <t>19458.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб</t>
+  </si>
+  <si>
+    <t>04090864</t>
+  </si>
+  <si>
+    <t>Q407O-06N</t>
+  </si>
+  <si>
+    <t>18411.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,L=32/22,B=17см;коричнев.</t>
+  </si>
+  <si>
+    <t>04090870</t>
+  </si>
+  <si>
+    <t>Q234O-07N</t>
+  </si>
+  <si>
+    <t>16940.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,H=25,L=585,B=340мм;деревян.</t>
+  </si>
+  <si>
+    <t>04090872</t>
+  </si>
+  <si>
+    <t>Q235F-05N</t>
+  </si>
+  <si>
+    <t>55055.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,H=25,L=325,B=175мм</t>
+  </si>
+  <si>
+    <t>04090874</t>
+  </si>
+  <si>
+    <t>Q236O-05N</t>
+  </si>
+  <si>
+    <t>27443.00₸</t>
+  </si>
+  <si>
+    <t>16 шт.</t>
+  </si>
+  <si>
+    <t>Доска для пиццы;дуб;D=250,H=25мм;коричнев.</t>
+  </si>
+  <si>
+    <t>04090876</t>
+  </si>
+  <si>
+    <t>Q114O-05N</t>
+  </si>
+  <si>
+    <t>19959.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;берёза;,H=3,L=30,B=20см</t>
+  </si>
+  <si>
+    <t>04090880</t>
+  </si>
+  <si>
+    <t>00881</t>
+  </si>
+  <si>
+    <t>10003.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;мрамор;,L=32,B=18см;серый</t>
+  </si>
+  <si>
+    <t>04090885</t>
+  </si>
+  <si>
+    <t>MBL-3218W</t>
+  </si>
+  <si>
+    <t>Genware</t>
+  </si>
+  <si>
+    <t>9191.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;фанера;,H=3,L=20,B=12см</t>
+  </si>
+  <si>
+    <t>04090896</t>
+  </si>
+  <si>
+    <t>V908S-06O</t>
+  </si>
+  <si>
+    <t>10565.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;фанера;,H=3,L=30,B=20см</t>
+  </si>
+  <si>
+    <t>04090897</t>
+  </si>
+  <si>
+    <t>V909S-06O</t>
+  </si>
+  <si>
+    <t>12413.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;фанера;,H=3,L=40,B=15см</t>
+  </si>
+  <si>
+    <t>04090898</t>
+  </si>
+  <si>
+    <t>V910S-06O</t>
+  </si>
+  <si>
+    <t>14792.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи светлый дуб;дуб;D=30,H=3см</t>
+  </si>
+  <si>
+    <t>04090899</t>
+  </si>
+  <si>
+    <t>Q118O-06N</t>
+  </si>
+  <si>
+    <t>20583.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для подачи прямоугольный с бортом;дуб;,H=9,L=35,B=25см;тем.дерево</t>
+  </si>
+  <si>
+    <t>04090901</t>
+  </si>
+  <si>
+    <t>Q608V-00B</t>
+  </si>
+  <si>
+    <t>34920.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для подачи прямоугольный с бортом;дуб;,H=9,L=35,B=25см;св. дерево</t>
+  </si>
+  <si>
+    <t>04090902</t>
+  </si>
+  <si>
+    <t>Q608O-00N</t>
+  </si>
+  <si>
+    <t>34912.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для подачи прямоугольный с бортом;дуб;,H=9,L=35,B=25см;черный дуб</t>
+  </si>
+  <si>
+    <t>04090903</t>
+  </si>
+  <si>
+    <t>Q608C-00B</t>
+  </si>
+  <si>
+    <t>Ящик для подачи;акация;,H=10,5,L=55,5,B=35см;св. дерево</t>
+  </si>
+  <si>
+    <t>04090905</t>
+  </si>
+  <si>
+    <t>66744.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для подачи;акация;,H=10,5,L=55,5,B=35см;черный</t>
+  </si>
+  <si>
+    <t>04090906</t>
+  </si>
+  <si>
+    <t>61031.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для подачи;дерево;,H=10,L=17,B=17см;белый</t>
+  </si>
+  <si>
+    <t>04090908</t>
+  </si>
+  <si>
+    <t>Vintage</t>
+  </si>
+  <si>
+    <t>22923.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для подачи;дерево;,H=10,L=17,B=17см;бирюз.</t>
+  </si>
+  <si>
+    <t>04090909</t>
+  </si>
+  <si>
+    <t>21668.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для подачи;дерево;,H=10,L=17,B=17см;желт.</t>
+  </si>
+  <si>
+    <t>04090910</t>
+  </si>
+  <si>
+    <t>21768.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для подачи;дерево;,H=10,L=27,B=17см;белый</t>
+  </si>
+  <si>
+    <t>04090911</t>
+  </si>
+  <si>
+    <t>26850.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для подачи;дерево;,H=10,L=27,B=17см;бирюз.</t>
+  </si>
+  <si>
+    <t>04090912</t>
+  </si>
+  <si>
+    <t>Ящик для подачи;дерево;,H=10,L=27,B=17см;желт.</t>
+  </si>
+  <si>
+    <t>04090913</t>
+  </si>
+  <si>
+    <t>Ящик для подачи;акация;,H=10,5,L=29,B=18,5см;св.корич.</t>
+  </si>
+  <si>
+    <t>04090914</t>
+  </si>
+  <si>
+    <t>13755.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для подачи;акация;,H=10,5,L=55,5,B=18,5см</t>
+  </si>
+  <si>
+    <t>04090919</t>
+  </si>
+  <si>
+    <t>47764.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для подачи;дуб;,H=75,L=530,B=325мм</t>
+  </si>
+  <si>
+    <t>04090920</t>
+  </si>
+  <si>
+    <t>BU_FR006</t>
+  </si>
+  <si>
+    <t>139278.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для подачи;дуб;,H=40,L=530,B=325мм</t>
+  </si>
+  <si>
+    <t>04090921</t>
+  </si>
+  <si>
+    <t>BU_FR001</t>
+  </si>
+  <si>
+    <t>115539.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для подачи;акация;,H=10,5,L=35,B=29см;черный</t>
+  </si>
+  <si>
+    <t>04090922</t>
+  </si>
+  <si>
+    <t>38477.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для подачи;дерево;,H=10,5,L=29,B=18,5см;черный</t>
+  </si>
+  <si>
+    <t>04090923</t>
+  </si>
+  <si>
+    <t>33372.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для подачи;акация;,H=20,5,L=35,B=29см;св.корич.</t>
+  </si>
+  <si>
+    <t>04090924</t>
+  </si>
+  <si>
+    <t>24925.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для подачи;акация;,H=10,5,L=55,5,B=16,2см;св.корич.</t>
+  </si>
+  <si>
+    <t>04090925</t>
+  </si>
+  <si>
+    <t>30939.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для подачи прямоугольный с бортом;дуб;,H=75,L=265/162мм</t>
+  </si>
+  <si>
+    <t>04090934</t>
+  </si>
+  <si>
+    <t>Q609O-00N</t>
+  </si>
+  <si>
+    <t>34550.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для подачи трансформер из 3 частей;дуб;,H=33,L=39,5,B=39,5см</t>
+  </si>
+  <si>
+    <t>04090935</t>
+  </si>
+  <si>
+    <t>Q905O-00N</t>
+  </si>
+  <si>
+    <t>213444.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для подачи;дуб;,H=5,L=20,B=20см</t>
+  </si>
+  <si>
+    <t>04090936</t>
+  </si>
+  <si>
+    <t>Q610O-00N</t>
+  </si>
+  <si>
+    <t>Ящик для подачи;дуб;,H=5,L=29,B=20см;деревян.</t>
+  </si>
+  <si>
+    <t>04090937</t>
+  </si>
+  <si>
+    <t>Q611O-00N</t>
+  </si>
+  <si>
+    <t>Ящик для подачи с ручками;дуб;,H=6,L=40,B=20см</t>
+  </si>
+  <si>
+    <t>04090938</t>
+  </si>
+  <si>
+    <t>Q612O-00N</t>
+  </si>
+  <si>
+    <t>31878.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для подачи;дуб;,H=76,L=300,B=200мм</t>
+  </si>
+  <si>
+    <t>04090939</t>
+  </si>
+  <si>
+    <t>Q613O-00N</t>
+  </si>
+  <si>
+    <t>26835.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для подачи;дуб;,H=10,L=35,B=25см</t>
+  </si>
+  <si>
+    <t>04090940</t>
+  </si>
+  <si>
+    <t>Q614O-00N</t>
+  </si>
+  <si>
+    <t>35220.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для подачи для булочек;дуб;,H=6,L=40,B=24см;коричнев.</t>
+  </si>
+  <si>
+    <t>04090942</t>
+  </si>
+  <si>
+    <t>Q615O-00N</t>
+  </si>
+  <si>
+    <t>38115.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для подачи для хлеба;дуб;,H=13,L=40,B=30см;коричнев.</t>
+  </si>
+  <si>
+    <t>04090943</t>
+  </si>
+  <si>
+    <t>Q616O-00N</t>
+  </si>
+  <si>
+    <t>51975.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для подачи;дуб;,H=6,L=60,B=30см;коричнев.</t>
+  </si>
+  <si>
+    <t>04090945</t>
+  </si>
+  <si>
+    <t>Q617O-00N</t>
+  </si>
+  <si>
+    <t>Ящик для подачи;орех;,H=7,L=35,B=25см</t>
+  </si>
+  <si>
+    <t>04090946</t>
+  </si>
+  <si>
+    <t>Q618S-00O</t>
+  </si>
+  <si>
+    <t>13822.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для подачи с ручками, темный дуб;,H=6,L=40,B=20см</t>
+  </si>
+  <si>
+    <t>04090947</t>
+  </si>
+  <si>
+    <t>Q612S-00O</t>
+  </si>
+  <si>
+    <t>Ящик для подачи;дуб;,H=12,3,L=32,5,B=18см</t>
+  </si>
+  <si>
+    <t>04090990</t>
+  </si>
+  <si>
+    <t>Q619O-00N</t>
+  </si>
+  <si>
+    <t>23601.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для подачи;дуб;,H=4,L=35,B=23см</t>
+  </si>
+  <si>
+    <t>04090991</t>
+  </si>
+  <si>
+    <t>Q620O-00N</t>
+  </si>
+  <si>
+    <t>12705.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для подачи;дуб;,H=7,L=35,B=23см</t>
+  </si>
+  <si>
+    <t>04090992</t>
+  </si>
+  <si>
+    <t>Q621O-00N</t>
+  </si>
+  <si>
+    <t>Доска для подачи темный дуб;дуб;D=300,H=25мм</t>
+  </si>
+  <si>
+    <t>04090995</t>
+  </si>
+  <si>
+    <t>Q118C-06B</t>
+  </si>
+  <si>
+    <t>Доска для подачи;мрамор;,H=14,L=300,B=100мм;белый</t>
+  </si>
+  <si>
+    <t>04090996</t>
+  </si>
+  <si>
+    <t>B7214472</t>
+  </si>
+  <si>
+    <t>Serax</t>
+  </si>
+  <si>
+    <t>БЕЛЬГИЯ</t>
+  </si>
+  <si>
+    <t>44884.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;акация;D=35см</t>
+  </si>
+  <si>
+    <t>04090999</t>
+  </si>
+  <si>
+    <t>40 5501 91 000000</t>
+  </si>
+  <si>
+    <t>0.00₸</t>
+  </si>
+  <si>
+    <t>Доска для стейка с пропиткой;дуб;,H=18,L=300,B=300мм</t>
+  </si>
+  <si>
+    <t>04091013</t>
+  </si>
+  <si>
+    <t>Q250O-06N</t>
+  </si>
+  <si>
+    <t>11319.00₸</t>
+  </si>
+  <si>
+    <t>Доска для стейка с пропиткой;дуб;,H=18,L=350,B=250мм;св.корич.</t>
+  </si>
+  <si>
+    <t>04091014</t>
+  </si>
+  <si>
+    <t>Q251O-06N</t>
+  </si>
+  <si>
+    <t>14438.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,H=25,L=500,B=280мм;черный дуб</t>
+  </si>
+  <si>
+    <t>04091020</t>
+  </si>
+  <si>
+    <t>Q408S-06B</t>
+  </si>
+  <si>
+    <t>34265.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Фобос»;керамика;,L=37,B=15,5см;коричнев.</t>
+  </si>
+  <si>
+    <t>04091021</t>
+  </si>
+  <si>
+    <t>LPHO019MA641370</t>
+  </si>
+  <si>
+    <t>Le CoQ</t>
+  </si>
+  <si>
+    <t>Phobos</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>Доска для подачи «Фобос»;керамика;,L=37,B=15,5см;черный,синий</t>
+  </si>
+  <si>
+    <t>04091022</t>
+  </si>
+  <si>
+    <t>LPHO019NB641370</t>
+  </si>
+  <si>
+    <t>27382.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,H=25,L=300,B=290мм</t>
+  </si>
+  <si>
+    <t>04091023</t>
+  </si>
+  <si>
+    <t>Q256O-00N</t>
+  </si>
+  <si>
+    <t>12336.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,H=25,L=290,B=190мм</t>
+  </si>
+  <si>
+    <t>04091024</t>
+  </si>
+  <si>
+    <t>Q257O-00N</t>
+  </si>
+  <si>
+    <t>13475.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,H=25,L=360/260,B=180мм</t>
+  </si>
+  <si>
+    <t>04091025</t>
+  </si>
+  <si>
+    <t>Q255S-01B</t>
+  </si>
+  <si>
+    <t>12898.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,H=25,L=500,B=280мм;деревян.</t>
+  </si>
+  <si>
+    <t>04091027</t>
+  </si>
+  <si>
+    <t>Q408O-06N</t>
+  </si>
+  <si>
+    <t>34212.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;D=300,H=25мм;махагон</t>
+  </si>
+  <si>
+    <t>04091028</t>
+  </si>
+  <si>
+    <t>Q130O-06M</t>
+  </si>
+  <si>
+    <t>28514.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,H=3,L=30,B=20см;св. дерево</t>
+  </si>
+  <si>
+    <t>04091029</t>
+  </si>
+  <si>
+    <t>Q258O-00N</t>
+  </si>
+  <si>
+    <t>15631.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,H=3,L=30,B=20см;тем.дерево</t>
+  </si>
+  <si>
+    <t>04091030</t>
+  </si>
+  <si>
+    <t>Q258O-00B</t>
+  </si>
+  <si>
+    <t>16009.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,H=3,L=30,B=15см;св. дерево</t>
+  </si>
+  <si>
+    <t>04091031</t>
+  </si>
+  <si>
+    <t>Q259O-00N</t>
+  </si>
+  <si>
+    <t>14777.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,H=3,L=30,B=15см;тем.дерево</t>
+  </si>
+  <si>
+    <t>04091032</t>
+  </si>
+  <si>
+    <t>Q259O-00B</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,H=25,L=280,B=260мм</t>
+  </si>
+  <si>
+    <t>04091033</t>
+  </si>
+  <si>
+    <t>Q260O-00N</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;D=300,H=25мм</t>
+  </si>
+  <si>
+    <t>04091034</t>
+  </si>
+  <si>
+    <t>Q131O-00N</t>
+  </si>
+  <si>
+    <t>13868.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,H=25,L=300,B=300мм</t>
+  </si>
+  <si>
+    <t>04091039</t>
+  </si>
+  <si>
+    <t>Q261O-00N</t>
+  </si>
+  <si>
+    <t>12205.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,H=25,L=290,B=270мм</t>
+  </si>
+  <si>
+    <t>04091040</t>
+  </si>
+  <si>
+    <t>Q262O-00N</t>
+  </si>
+  <si>
+    <t>11743.00₸</t>
+  </si>
+  <si>
+    <t>Доска для стейка;дуб;,H=2,L=34/27,B=19см</t>
+  </si>
+  <si>
+    <t>04091046</t>
+  </si>
+  <si>
+    <t>Q409O-00H</t>
+  </si>
+  <si>
+    <t>Доска для пиццы;дуб;D=35см</t>
+  </si>
+  <si>
+    <t>04091047</t>
+  </si>
+  <si>
+    <t>Q133O-00M</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,L=18,B=10см</t>
+  </si>
+  <si>
+    <t>04091048</t>
+  </si>
+  <si>
+    <t>Q719O-06H</t>
+  </si>
+  <si>
+    <t>7315.00₸</t>
+  </si>
+  <si>
+    <t>Доска для стейка;бук;,H=20,L=315,B=170мм</t>
+  </si>
+  <si>
+    <t>04091055</t>
+  </si>
+  <si>
+    <t>12097.00₸</t>
+  </si>
+  <si>
     <t>15 шт.</t>
   </si>
   <si>
-    <t>Доска для подачи;дуб;D=30,H=5см;св. дерево,тем.дерево</t>
-[...773 lines deleted...]
-    <t>26850.00₸</t>
+    <t>Доска для подачи «Снег» прямоугольная с ручкой и углублением;,H=3,L=32/22,B=17см</t>
+  </si>
+  <si>
+    <t>04091064</t>
+  </si>
+  <si>
+    <t>Q275O-00B</t>
+  </si>
+  <si>
+    <t>27220.00₸</t>
+  </si>
+  <si>
+    <t>Доска для пиццы без выемки;дуб;D=25см</t>
+  </si>
+  <si>
+    <t>04091069</t>
+  </si>
+  <si>
+    <t>Q134O-00M</t>
+  </si>
+  <si>
+    <t>10703.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи круглая с выемкой;дуб;D=25,H=1см</t>
+  </si>
+  <si>
+    <t>04091070</t>
+  </si>
+  <si>
+    <t>Q135O-00N</t>
+  </si>
+  <si>
+    <t>Доска для подачи круглая с выемкой;дуб;D=25,H=1см;тем.дерево</t>
+  </si>
+  <si>
+    <t>04091071</t>
+  </si>
+  <si>
+    <t>Q135O-00B</t>
+  </si>
+  <si>
+    <t>Доска для подачи с ручкой;дуб;D=20см;св. дерево</t>
+  </si>
+  <si>
+    <t>04091101</t>
+  </si>
+  <si>
+    <t>Q119O-06N</t>
+  </si>
+  <si>
+    <t>18288.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи с ручками;дуб;D=20см;св. дерево</t>
+  </si>
+  <si>
+    <t>04091102</t>
+  </si>
+  <si>
+    <t>Q120O-06N</t>
+  </si>
+  <si>
+    <t>19635.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,L=27,B=19см</t>
+  </si>
+  <si>
+    <t>04091103</t>
+  </si>
+  <si>
+    <t>Q315O-06N</t>
+  </si>
+  <si>
+    <t>21175.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи темный дуб;дуб;,L=27,B=19см</t>
+  </si>
+  <si>
+    <t>04091104</t>
+  </si>
+  <si>
+    <t>Q315F-06N</t>
+  </si>
+  <si>
+    <t>19004.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;бук;,H=25,L=350,B=250мм</t>
+  </si>
+  <si>
+    <t>04091105</t>
+  </si>
+  <si>
+    <t>F244O-05N</t>
+  </si>
+  <si>
+    <t>14284.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,H=25,L=350,B=250мм</t>
+  </si>
+  <si>
+    <t>04091106</t>
+  </si>
+  <si>
+    <t>Q244O-05N</t>
+  </si>
+  <si>
+    <t>18480.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи темный дуб;дуб;,H=3,L=26,B=20см;черный</t>
+  </si>
+  <si>
+    <t>04091107</t>
+  </si>
+  <si>
+    <t>Q317C-06B</t>
+  </si>
+  <si>
+    <t>19173.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи клен;дуб,орех;,H=25,L=300,B=200мм</t>
+  </si>
+  <si>
+    <t>04091108</t>
+  </si>
+  <si>
+    <t>Q245O-00N</t>
+  </si>
+  <si>
+    <t>17387.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,H=43,L=480,B=195мм</t>
+  </si>
+  <si>
+    <t>04091109</t>
+  </si>
+  <si>
+    <t>Q246O-00N</t>
+  </si>
+  <si>
+    <t>15362.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб,орех;,H=43,L=310,B=78мм</t>
+  </si>
+  <si>
+    <t>04091110</t>
+  </si>
+  <si>
+    <t>Q247O-06N</t>
+  </si>
+  <si>
+    <t>15262.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;,H=55,L=370,B=150мм</t>
+  </si>
+  <si>
+    <t>04091111</t>
+  </si>
+  <si>
+    <t>Q248O-06N</t>
+  </si>
+  <si>
+    <t>13753.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;D=240,H=25мм</t>
+  </si>
+  <si>
+    <t>04091112</t>
+  </si>
+  <si>
+    <t>Q106C-01B/logo</t>
+  </si>
+  <si>
+    <t>13529.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;D=250,H=25мм;махагон</t>
+  </si>
+  <si>
+    <t>04091113</t>
+  </si>
+  <si>
+    <t>Q129S-06M</t>
+  </si>
+  <si>
+    <t>20983.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи;дуб;D=250,H=25мм;тем.корич.</t>
+  </si>
+  <si>
+    <t>04091114</t>
+  </si>
+  <si>
+    <t>Q129S-06O</t>
+  </si>
+  <si>
+    <t>20968.00₸</t>
+  </si>
+  <si>
+    <t>Доска для пиццы;бук;D=25см</t>
+  </si>
+  <si>
+    <t>04091115</t>
+  </si>
+  <si>
+    <t>F121O-05N</t>
+  </si>
+  <si>
+    <t>9271.00₸</t>
+  </si>
+  <si>
+    <t>Доска для пиццы;бук;D=30см;деревян.</t>
+  </si>
+  <si>
+    <t>04091116</t>
+  </si>
+  <si>
+    <t>F122O-05N</t>
+  </si>
+  <si>
+    <t>12089.00₸</t>
   </si>
   <si>
     <t>11 шт.</t>
   </si>
   <si>
-    <t>Ящик для подачи;дерево;,H=10,L=27,B=17см;бирюз.</t>
-[...796 lines deleted...]
-  <si>
     <t>Доска для пиццы;бук;D=35см;деревян.</t>
   </si>
   <si>
     <t>04091117</t>
   </si>
   <si>
     <t>F123O-05N</t>
   </si>
   <si>
     <t>13114.00₸</t>
   </si>
   <si>
-    <t>16 шт.</t>
+    <t>14 шт.</t>
   </si>
   <si>
     <t>Доска для подачи с ручкой;бук;D=250,H=25мм;св. дерево</t>
   </si>
   <si>
     <t>04091118</t>
   </si>
   <si>
     <t>F125O-05N</t>
   </si>
   <si>
     <t>10673.00₸</t>
   </si>
   <si>
-    <t>13 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Доска для пиццы;бук;D=40см</t>
   </si>
   <si>
     <t>04091119</t>
   </si>
   <si>
     <t>F124O-05N</t>
   </si>
   <si>
     <t>16394.00₸</t>
   </si>
   <si>
     <t>Доска для подачи;бук;D=30см</t>
   </si>
   <si>
     <t>04091120</t>
   </si>
   <si>
     <t>F126O-05N</t>
   </si>
   <si>
     <t>9240.00₸</t>
   </si>
   <si>
     <t>Доска для подачи;дуб;,H=25,L=280,B=165мм</t>
@@ -3200,62 +3179,62 @@
   <si>
     <t>15131.00₸</t>
   </si>
   <si>
     <t>Доска для подачи без выемки;дуб;D=40,H=2см;древесн.</t>
   </si>
   <si>
     <t>04091317</t>
   </si>
   <si>
     <t>Q136O-00N</t>
   </si>
   <si>
     <t>20136.00₸</t>
   </si>
   <si>
     <t>Ящик для подачи;дуб;,H=8,L=20,B=20см;деревян.</t>
   </si>
   <si>
     <t>04091325</t>
   </si>
   <si>
     <t>Q647O-00N</t>
   </si>
   <si>
-    <t>17 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Доска для пиццы;бук;D=40,H=2см;деревян.</t>
   </si>
   <si>
     <t>04091329</t>
   </si>
   <si>
     <t>9163.00₸</t>
   </si>
   <si>
+    <t>40 шт.</t>
+  </si>
+  <si>
     <t>Доска для подачи;орех;,H=3,L=53,B=32см;тем.дерево</t>
   </si>
   <si>
     <t>04091330</t>
   </si>
   <si>
     <t>BO_316_D</t>
   </si>
   <si>
     <t>228205.00₸</t>
   </si>
   <si>
     <t>Ящик для подачи;дуб;,H=75,L=325,B=265мм;св. дерево</t>
   </si>
   <si>
     <t>04091331</t>
   </si>
   <si>
     <t>BU_FR007</t>
   </si>
   <si>
     <t>156464.00₸</t>
   </si>
   <si>
     <t>Ящик для подачи;орех;,H=75,L=325,B=265мм;тем.дерево</t>
@@ -3518,53 +3497,50 @@
   <si>
     <t>173612.00₸</t>
   </si>
   <si>
     <t>Ящик для подачи «Супербокс Винтаж» GN 1/2;акация;,H=10,5,L=35,B=29см;черный</t>
   </si>
   <si>
     <t>04091364</t>
   </si>
   <si>
     <t>Superbox Vintage</t>
   </si>
   <si>
     <t>33880.00₸</t>
   </si>
   <si>
     <t>Доска для подачи;бук;D=260,H=13мм</t>
   </si>
   <si>
     <t>04091369</t>
   </si>
   <si>
     <t>2926.00₸</t>
   </si>
   <si>
-    <t>40 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Ящик для подачи;бук;,H=5,L=20,B=20см;св. дерево</t>
   </si>
   <si>
     <t>04091370</t>
   </si>
   <si>
     <t>F610O-00N</t>
   </si>
   <si>
     <t>Ящик для подачи;бук;,H=5,L=29,B=20см;св. дерево</t>
   </si>
   <si>
     <t>04091371</t>
   </si>
   <si>
     <t>F611O-00N</t>
   </si>
   <si>
     <t>15108.00₸</t>
   </si>
   <si>
     <t>Ящик для подачи;бук;,H=5,L=30,B=20см;св. дерево</t>
   </si>
   <si>
     <t>04091372</t>
@@ -3617,53 +3593,50 @@
   <si>
     <t>Ящик для подачи для овощей;дерево;,H=18,L=52,B=30см;тем.корич.</t>
   </si>
   <si>
     <t>04121302</t>
   </si>
   <si>
     <t>Q622V-00B</t>
   </si>
   <si>
     <t>44368.00₸</t>
   </si>
   <si>
     <t>Ящик для подачи для овощей;дуб;,H=16,L=26,5/25,B=25см;коричнев.</t>
   </si>
   <si>
     <t>04121303</t>
   </si>
   <si>
     <t>Q623O-00N</t>
   </si>
   <si>
     <t>51821.00₸</t>
   </si>
   <si>
-    <t>19 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Ящик для подачи;дуб;,H=18,L=41,B=30см</t>
   </si>
   <si>
     <t>04121304</t>
   </si>
   <si>
     <t>Q624O-00N</t>
   </si>
   <si>
     <t>27628.00₸</t>
   </si>
   <si>
     <t>04121305</t>
   </si>
   <si>
     <t>Q625O-00N</t>
   </si>
   <si>
     <t>Ящик для подачи;дуб;,H=15,3,L=32,5,B=26,5см</t>
   </si>
   <si>
     <t>04121306</t>
   </si>
   <si>
     <t>Q626O-00N</t>
@@ -4002,50 +3975,65 @@
     <t>41188.00₸</t>
   </si>
   <si>
     <t>Доска для подачи с 2 ручками;дуб;,H=2,L=55,B=33см;тем.дерево</t>
   </si>
   <si>
     <t>04091414</t>
   </si>
   <si>
     <t>Q284O-05C</t>
   </si>
   <si>
     <t>51860.00₸</t>
   </si>
   <si>
     <t>Доска для подачи;дуб;,H=2,L=40,B=12см;коричнев.</t>
   </si>
   <si>
     <t>04091416</t>
   </si>
   <si>
     <t>Q285O-05N</t>
   </si>
   <si>
     <t>17556.00₸</t>
+  </si>
+  <si>
+    <t>Доска для подачи с 3 выемками;дерево;D=6,H=2,L=31,B=11см;коричнев.</t>
+  </si>
+  <si>
+    <t>04091418</t>
+  </si>
+  <si>
+    <t>00878</t>
+  </si>
+  <si>
+    <t>ТАИЛАНД</t>
+  </si>
+  <si>
+    <t>11473.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -4060,51 +4048,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECA81245-E3D9-11EF-BC4E-00505692C4471.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3754C1B-E568-11EF-BC53-00505692E2D02.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D7A933F-E568-11EF-BC53-00505692E2D03.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE7F8F40-4253-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECA8131B-E3D9-11EF-BC4E-00505692C4475.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8BC66487-20D7-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4272B65D-4253-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3D1ECE1-814A-11E9-BBBA-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D42F7E6-21C4-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53393A51-21C4-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4AC0D390-21C5-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D20255E3-4250-11E8-A155-00259035BB6712.gif"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44BE3526-21C5-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE7F9F59-4253-11E8-A155-00259035BB6714.gif"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4AC0D582-21C5-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4AC0D4D0-21C5-11EE-BC0D-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6EEC0705-21C5-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F5977863-9B58-11EE-BC36-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6EEC0653-21C5-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6EEC05A1-21C5-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6EEC04EF-21C5-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/328AFBBC-21C5-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/201A7120-EA59-11EB-BBF2-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6EEC03AF-21C5-11EE-BC0D-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6EEC044F-21C5-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4AC0D634-21C5-11EE-BC0D-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4AC0D6E6-21C5-11EE-BC0D-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E1F-4253-11E8-A155-00259035BB6728.gif"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E20-4253-11E8-A155-00259035BB6729.gif"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E23-4253-11E8-A155-00259035BB6730.gif"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E27-4253-11E8-A155-00259035BB6731.gif"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E2A-4253-11E8-A155-00259035BB6732.gif"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E2B-4253-11E8-A155-00259035BB6733.gif"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E2E-4253-11E8-A155-00259035BB6734.gif"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E30-4253-11E8-A155-00259035BB6735.gif"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E31-4253-11E8-A155-00259035BB6736.gif"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E34-4253-11E8-A155-00259035BB6737.gif"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E35-4253-11E8-A155-00259035BB6738.gif"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E37-4253-11E8-A155-00259035BB6739.gif"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E3B-4253-11E8-A155-00259035BB6740.gif"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E3D-4253-11E8-A155-00259035BB6741.gif"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E3E-4253-11E8-A155-00259035BB6742.gif"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E3F-4253-11E8-A155-00259035BB6743.gif"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E41-4253-11E8-A155-00259035BB6744.gif"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E46-4253-11E8-A155-00259035BB6745.gif"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E48-4253-11E8-A155-00259035BB6746.gif"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E49-4253-11E8-A155-00259035BB6747.gif"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E4A-4253-11E8-A155-00259035BB6748.gif"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E4C-4253-11E8-A155-00259035BB6749.gif"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E4D-4253-11E8-A155-00259035BB6750.gif"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E57-4253-11E8-A155-00259035BB6751.gif"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E58-4253-11E8-A155-00259035BB6752.gif"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E59-4253-11E8-A155-00259035BB6753.gif"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E5C-4253-11E8-A155-00259035BB6754.gif"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E62-4253-11E8-A155-00259035BB6755.gif"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68EAEA64-21C5-11EE-BC0D-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68EAEBA4-21C5-11EE-BC0D-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68EAEB04-21C5-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE7F8F19-4253-11E8-A155-00259035BB6759.gif"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE7F8F1B-4253-11E8-A155-00259035BB6760.gif"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE7F8F1F-4253-11E8-A155-00259035BB6761.gif"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE7F8F20-4253-11E8-A155-00259035BB6762.gif"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE7F8F21-4253-11E8-A155-00259035BB6763.gif"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE7F8F23-4253-11E8-A155-00259035BB6764.gif"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE7F8F24-4253-11E8-A155-00259035BB6765.gif"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE7F8F25-4253-11E8-A155-00259035BB6766.gif"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE7F8F2F-4253-11E8-A155-00259035BB6767.gif"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE7F8F30-4253-11E8-A155-00259035BB6768.gif"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE7F8F31-4253-11E8-A155-00259035BB6769.gif"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE7F8F33-4253-11E8-A155-00259035BB6770.gif"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE7F8F34-4253-11E8-A155-00259035BB6771.gif"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE7F8F35-4253-11E8-A155-00259035BB6772.gif"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6859E8B-4253-11E8-A155-00259035BB6773.gif"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6859E8E-4253-11E8-A155-00259035BB6774.gif"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6859E94-4253-11E8-A155-00259035BB6775.gif"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6859E96-4253-11E8-A155-00259035BB6776.gif"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6859E99-4253-11E8-A155-00259035BB6777.gif"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CDA0538-21C5-11EE-BC0D-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56BB77D7-21C5-11EE-BC0D-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68EAE84E-21C5-11EE-BC0D-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68EAE900-21C5-11EE-BC0D-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E47D96F3-4253-11E8-A155-00259035BB6782.gif"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA7AA40B-4253-11E8-A155-00259035BB6783.gif"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56BB7533-21C5-11EE-BC0D-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56BB7493-21C5-11EE-BC0D-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56BB732F-21C5-11EE-BC0D-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CDA068A-21C5-11EE-BC0D-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC852CD3-4253-11E8-A155-00259035BB6788.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CDA05EA-21C5-11EE-BC0D-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56BB7889-21C5-11EE-BC0D-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68EAEC44-21C5-11EE-BC0D-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68EAE598-21C5-11EE-BC0D-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50BDFB5E-21C5-11EE-BC0D-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75897E44-73DB-11F0-BC5A-00505692E04994.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CDA087C-21C5-11EE-BC0D-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC852CDC-4253-11E8-A155-00259035BB6796.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75897A0E-73DB-11F0-BC5A-00505692E04997.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56BB73E1-21C5-11EE-BC0D-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC852CDF-4253-11E8-A155-00259035BB6799.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68EAE9B2-21C5-11EE-BC0D-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4AC0D8D8-21C5-11EE-BC0D-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50BDFD62-21C5-11EE-BC0D-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50BDFCC2-21C5-11EE-BC0D-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/626A3EF7-21C3-11EE-BC0D-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CDA092E-21C5-11EE-BC0D-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56BB7697-21C5-11EE-BC0D-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C96C998-4254-11E8-A155-00259035BB67107.gif"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50BDFA0C-21C5-11EE-BC0D-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C96C99A-4254-11E8-A155-00259035BB67109.gif"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62DBC116-21C5-11EE-BC0D-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50BDFEA2-21C5-11EE-BC0D-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62DBBDE4-21C5-11EE-BC0D-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62DBC1C8-21C5-11EE-BC0D-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56BB7737-21C5-11EE-BC0D-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62DBC268-21C5-11EE-BC0D-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56BB75E5-21C5-11EE-BC0D-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68EAE79C-21C5-11EE-BC0D-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68EAE6EA-21C5-11EE-BC0D-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50BDFE02-21C5-11EE-BC0D-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7BBA3A3D-73DB-11F0-BC5A-00505692E049120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50BDFF54-21C5-11EE-BC0D-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56BB71EF-21C5-11EE-BC0D-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4AC0D98A-21C5-11EE-BC0D-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C96C9AB-4254-11E8-A155-00259035BB67124.gif"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C96C9AC-4254-11E8-A155-00259035BB67125.gif"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50BDF96C-21C5-11EE-BC0D-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CDA0486-21C5-11EE-BC0D-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56BB728F-21C5-11EE-BC0D-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329BED39-4254-11E8-A155-00259035BB67129.gif"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/201A711D-EA59-11EB-BBF2-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/626A4229-21C3-11EE-BC0D-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/509B38F1-4254-11E8-A155-00259035BB67132.gif"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62DBC3A8-21C5-11EE-BC0D-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50BDFAAC-21C5-11EE-BC0D-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50BDFC10-21C5-11EE-BC0D-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C941AC1-4254-11E8-A155-00259035BB67136.gif"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D637B71E-21C8-11EE-BC0D-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D0161B40-21C8-11EE-BC0D-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E22AFEB0-21C8-11EE-BC0D-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C941AC6-4254-11E8-A155-00259035BB67140.gif"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/861BC1F0-21C6-11EE-BC0D-005056921CC4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/861BC150-21C6-11EE-BC0D-005056921CC4142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6883FB85-4254-11E8-A155-00259035BB67143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE3B6C38-21C8-11EE-BC0D-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE3B6E18-21C8-11EE-BC0D-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A49-4254-11E8-A155-00259035BB67146.gif"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A4A-4254-11E8-A155-00259035BB67147.gif"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC2EED1D-21C8-11EE-BC0D-005056921CC4148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A4C-4254-11E8-A155-00259035BB67149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A4D-4254-11E8-A155-00259035BB67150.gif"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C8CB349-8149-11E9-BBBA-005056921CC4151.gif"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C8CB34A-8149-11E9-BBBA-005056921CC4152.gif"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A6B-4254-11E8-A155-00259035BB67153.gif"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A6C-4254-11E8-A155-00259035BB67154.gif"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A6D-4254-11E8-A155-00259035BB67155.gif"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10AB86B0-F163-11EB-BBF2-005056921CC4156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E22AFE10-21C8-11EE-BC0D-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B68E2D1A-4254-11E8-A155-00259035BB67158.gif"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B68E2D1B-4254-11E8-A155-00259035BB67159.gif"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E22B0282-21C8-11EE-BC0D-005056921CC4160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E22B0130-21C8-11EE-BC0D-005056921CC4161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D0161AA0-21C8-11EE-BC0D-005056921CC4162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE3B6CD8-21C8-11EE-BC0D-005056921CC4163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E22AFD70-21C8-11EE-BC0D-005056921CC4164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E83C4BE1-21C8-11EE-BC0D-005056921CC4165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECB541E9-4254-11E8-A155-00259035BB67166.gif"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D637BB14-21C8-11EE-BC0D-005056921CC4167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D637BA62-21C8-11EE-BC0D-005056921CC4168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D637BBC6-21C8-11EE-BC0D-005056921CC4169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D637B922-21C8-11EE-BC0D-005056921CC4170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90836E8D-814A-11E9-BBBA-005056921CC4171.gif"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D637B870-21C8-11EE-BC0D-005056921CC4172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC2EEA8B-21C8-11EE-BC0D-005056921CC4173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4102D50D-814B-11E9-BBBA-005056921CC4174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F44F0552-21C8-11EE-BC0D-005056921CC4175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E83C4AA1-21C8-11EE-BC0D-005056921CC4176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/684C66FD-28C2-11EA-BBCA-005056921CC4177.gif"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA16CF5D-21C8-11EE-BC0D-005056921CC4178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA16CEAB-21C8-11EE-BC0D-005056921CC4179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA16CDF9-21C8-11EE-BC0D-005056921CC4180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E83C4DD3-21C8-11EE-BC0D-005056921CC4181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/861BBF3A-21C6-11EE-BC0D-005056921CC4182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/861BBFEC-21C6-11EE-BC0D-005056921CC4183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/861BBE9A-21C6-11EE-BC0D-005056921CC4184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/800C259F-21C6-11EE-BC0D-005056921CC4185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/802D8B2C-F160-11EB-BBF2-005056921CC4186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73EE99F3-21C6-11EE-BC0D-005056921CC4187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73EE9941-21C6-11EE-BC0D-005056921CC4188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E51A1F6B-6E60-11EE-BC0F-005056921CC4189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73EE9801-21C6-11EE-BC0D-005056921CC4190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E51A1640-6E60-11EE-BC0F-005056921CC4191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF21F3BF-6E60-11EE-BC0F-005056921CC4192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/800C263F-21C6-11EE-BC0D-005056921CC4193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/802D8B2E-F160-11EB-BBF2-005056921CC4194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A020699-21C6-11EE-BC0D-005056921CC4195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/800C23BF-21C6-11EE-BC0D-005056921CC4196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0B226C0-4254-11E8-A155-00259035BB67197.gif"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/800C245F-21C6-11EE-BC0D-005056921CC4198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/800C24FF-21C6-11EE-BC0D-005056921CC4199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6B9942B-4254-11E8-A155-00259035BB67200.gif"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/861BC09E-21C6-11EE-BC0D-005056921CC4201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73EE94CF-21C6-11EE-BC0D-005056921CC4202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/800C227F-21C6-11EE-BC0D-005056921CC4203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/800C21CD-21C6-11EE-BC0D-005056921CC4204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/800C26DF-21C6-11EE-BC0D-005056921CC4205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A020547-21C6-11EE-BC0D-005056921CC4206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A0204A7-21C6-11EE-BC0D-005056921CC4207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C122FA6-21C6-11EE-BC0D-005056921CC4208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C123058-21C6-11EE-BC0D-005056921CC4209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A020879-21C6-11EE-BC0D-005056921CC4210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A853049E-814B-11E9-BBBA-005056921CC4211.gif"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/800C277F-21C6-11EE-BC0D-005056921CC4212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82C4F8D9-814C-11E9-BBBA-005056921CC4213.gif"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88F8DEC5-814C-11E9-BBBA-005056921CC4214.gif"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88F8DEC6-814C-11E9-BBBA-005056921CC4215.gif"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E83C4C81-21C8-11EE-BC0D-005056921CC4216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E737EE70-1DC1-11EA-BBC7-005056921CC4217.gif"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F44F02D2-21C8-11EE-BC0D-005056921CC4218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C41AE4EC-21C8-11EE-BC0D-005056921CC4219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C41AE428-21C8-11EE-BC0D-005056921CC4220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/201A7118-EA59-11EB-BBF2-005056921CC4221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F44F0232-21C8-11EE-BC0D-005056921CC4222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F44F0192-21C8-11EE-BC0D-005056921CC4223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC2EEDCF-21C8-11EE-BC0D-005056921CC4224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E22AFF50-21C8-11EE-BC0D-005056921CC4225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC2EEB3D-21C8-11EE-BC0D-005056921CC4226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D637B5CC-21C8-11EE-BC0D-005056921CC4227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC36E3E6-06B4-11EE-BC09-005056921CC4228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC36E340-06B4-11EE-BC09-005056921CC4229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC36E6B2-06B4-11EE-BC09-005056921CC4230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC36E486-06B4-11EE-BC09-005056921CC4231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E22AFFF0-21C8-11EE-BC0D-005056921CC4232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D637B67E-21C8-11EE-BC0D-005056921CC4233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C41AE376-21C8-11EE-BC0D-005056921CC4234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE3B6EB8-21C8-11EE-BC0D-005056921CC4235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA4D6171-21C8-11EE-BC0D-005056921CC4236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F44EFFB2-21C8-11EE-BC0D-005056921CC4237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE3B6FF8-21C8-11EE-BC0D-005056921CC4238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E83C4E85-21C8-11EE-BC0D-005056921CC4239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE3B6B98-21C8-11EE-BC0D-005056921CC4240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D637B9C2-21C8-11EE-BC0D-005056921CC4241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E83C4D33-21C8-11EE-BC0D-005056921CC4242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E83C4A01-21C8-11EE-BC0D-005056921CC4243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC2EEC7D-21C8-11EE-BC0D-005056921CC4244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB8056D5-180F-11EA-BBC6-005056921CC4245.gif"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F44F0052-21C8-11EE-BC0D-005056921CC4246.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE9EDEB2-FAF6-11E9-BBC6-005056921CC4247.gif"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4B3C464-FAF6-11E9-BBC6-005056921CC4248.gif"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F488F28B-FAF6-11E9-BBC6-005056921CC4249.gif"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D3206A6D-7887-11E9-BBB8-005056920B6B250.gif"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF7A6903-FAF6-11E9-BBC6-005056921CC4251.gif"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A7EF218-FAF7-11E9-BBC6-005056921CC4252.gif"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA4D60BF-21C8-11EE-BC0D-005056921CC4253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA4D600D-21C8-11EE-BC0D-005056921CC4254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA4D5F5B-21C8-11EE-BC0D-005056921CC4255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE3B6AE6-21C8-11EE-BC0D-005056921CC4256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA4D5EBB-21C8-11EE-BC0D-005056921CC4257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E83C48AF-21C8-11EE-BC0D-005056921CC4258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB8056D7-180F-11EA-BBC6-005056921CC4259.gif"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A020739-21C6-11EE-BC0D-005056921CC4260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A0207D9-21C6-11EE-BC0D-005056921CC4261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/800C231F-21C6-11EE-BC0D-005056921CC4262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/861BC470-21C6-11EE-BC0D-005056921CC4263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/861BC330-21C6-11EE-BC0D-005056921CC4264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/861BC3D0-21C6-11EE-BC0D-005056921CC4265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/861BC290-21C6-11EE-BC0D-005056921CC4266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE3B6F58-21C8-11EE-BC0D-005056921CC4267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC2EE94B-21C8-11EE-BC0D-005056921CC4268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC2EE8AB-21C8-11EE-BC0D-005056921CC4269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42D6B000-823F-11EE-BC10-005056921CC4270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A0205F9-21C6-11EE-BC0D-005056921CC4271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE0DDD93-CA4F-11ED-BC05-005056921CC4272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A061A7BA-CFDA-11ED-BC05-005056921CC4273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/885D0600-CFDA-11ED-BC05-005056921CC4274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32B42E54-D248-11ED-BC05-005056921CC4275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/825A3B8C-CFDA-11ED-BC05-005056921CC4276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A061A9D6-CFDA-11ED-BC05-005056921CC4277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A061A924-CFDA-11ED-BC05-005056921CC4278.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A061A85A-CFDA-11ED-BC05-005056921CC4279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1DD6C50D-D795-11ED-BC05-005056921CC4280.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1DD6C449-D795-11ED-BC05-005056921CC4281.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4228B3F5-D795-11ED-BC05-005056921CC4282.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4228B535-D795-11ED-BC05-005056921CC4283.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4228B495-D795-11ED-BC05-005056921CC4284.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4228B5D5-D795-11ED-BC05-005056921CC4285.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4228B6AA-D795-11ED-BC05-005056921CC4286.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/486CF37B-D795-11ED-BC05-005056921CC4287.jpg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/183A0B4E-DD2F-11ED-BC08-005056921CC4288.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EB2354F-DC9C-11ED-BC07-005056921CC4289.jpg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EB233E9-DC9C-11ED-BC07-005056921CC4290.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52406113-CF50-11EF-BC46-0050569297EB291.jpg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C8B1227-E5B5-11ED-BC09-005056921CC4292.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81D6DD04-F4B0-11ED-BC09-005056921CC4293.jpg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87F40A18-F4B0-11ED-BC09-005056921CC4294.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81D6DDC8-F4B0-11ED-BC09-005056921CC4295.jpg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87F40978-F4B0-11ED-BC09-005056921CC4296.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6150169-FB2E-11ED-BC09-005056921CC4297.jpg"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACAFD636-524D-11EE-BC0D-005056921CC4298.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45D4CB43-8796-11EE-BC13-005056921CC4299.jpg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/309E3A4D-823F-11EE-BC10-005056921CC4300.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2AA5A7F4-823F-11EE-BC10-005056921CC4301.jpg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9FC0145-F5E7-11EE-BC46-00505692C447302.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C324F42-3212-11EF-BC4C-00505692C447303.jpg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2632ACD6-3212-11EF-BC4C-00505692C447304.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2632ABF1-3212-11EF-BC4C-00505692C447305.jpg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C123198-21C6-11EE-BC0D-005056921CC4306.jpg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C1230F8-21C6-11EE-BC0D-005056921CC4307.jpg"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88F8DEC7-814C-11E9-BBBA-005056921CC4308.gif"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88F8DEC8-814C-11E9-BBBA-005056921CC4309.gif"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88F8DEC9-814C-11E9-BBBA-005056921CC4310.gif"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88F8DECA-814C-11E9-BBBA-005056921CC4311.gif"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7FF8707-424F-11E8-A155-00259035BB67312.gif"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A6FB46C-4253-11E8-A155-00259035BB67313.gif"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A6FB46D-4253-11E8-A155-00259035BB67314.gif"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C013D3AB-F132-11EF-BC4E-00505692C447315.jpg"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0B77B46-F132-11EF-BC4E-00505692C447316.jpg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8CF33E3-F132-11EF-BC4E-00505692C447317.jpg"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2C7AF0E-F132-11EF-BC4E-00505692C447318.jpg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACCF17E8-F132-11EF-BC4E-00505692C447319.jpg"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0B77CF2-F132-11EF-BC4E-00505692C447320.jpg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2C7AFE4-F132-11EF-BC4E-00505692C447321.jpg"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0B77C1C-F132-11EF-BC4E-00505692C447322.jpg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5B4E878-A3A2-11F0-BC58-00505692C447323.jpg"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0B77987-F132-11EF-BC4E-00505692C447324.jpg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A7959DF-F132-11EF-BC4E-00505692C447325.jpg"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C158A60-071C-11F0-BC57-00505692E049326.jpg"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0B77A5E-F132-11EF-BC4E-00505692C447327.jpg"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0B777C0-F132-11EF-BC4E-00505692C447328.jpg"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45336718-5CD4-11F0-BC49-0050569297EB329.jpg"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98A6C3CC-3C8C-11F0-BC59-00505692E049330.jpg"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ED756AB-4257-11F0-BC50-00505692C447331.jpg"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75897FAA-73DB-11F0-BC5A-00505692E049332.jpg"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75897EF7-73DB-11F0-BC5A-00505692E049333.jpg"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7BBA3966-73DB-11F0-BC5A-00505692E049334.jpg"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58662C84-9154-11F0-BC58-00505692E2D0335.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECA81245-E3D9-11EF-BC4E-00505692C4471.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3754C1B-E568-11EF-BC53-00505692E2D02.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D7A933F-E568-11EF-BC53-00505692E2D03.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE7F8F40-4253-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECA8131B-E3D9-11EF-BC4E-00505692C4475.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8BC66487-20D7-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4272B65D-4253-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3D1ECE1-814A-11E9-BBBA-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D42F7E6-21C4-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53393A51-21C4-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4AC0D390-21C5-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D20255E3-4250-11E8-A155-00259035BB6712.gif"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44BE3526-21C5-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE7F9F59-4253-11E8-A155-00259035BB6714.gif"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4AC0D582-21C5-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4AC0D4D0-21C5-11EE-BC0D-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6EEC0705-21C5-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F5977863-9B58-11EE-BC36-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6EEC0653-21C5-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6EEC05A1-21C5-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6EEC04EF-21C5-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/328AFBBC-21C5-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/201A7120-EA59-11EB-BBF2-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6EEC03AF-21C5-11EE-BC0D-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6EEC044F-21C5-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4AC0D634-21C5-11EE-BC0D-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4AC0D6E6-21C5-11EE-BC0D-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E1F-4253-11E8-A155-00259035BB6728.gif"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E20-4253-11E8-A155-00259035BB6729.gif"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E23-4253-11E8-A155-00259035BB6730.gif"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E27-4253-11E8-A155-00259035BB6731.gif"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E2A-4253-11E8-A155-00259035BB6732.gif"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E2B-4253-11E8-A155-00259035BB6733.gif"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E2E-4253-11E8-A155-00259035BB6734.gif"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E30-4253-11E8-A155-00259035BB6735.gif"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E31-4253-11E8-A155-00259035BB6736.gif"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E34-4253-11E8-A155-00259035BB6737.gif"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E37-4253-11E8-A155-00259035BB6738.gif"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E3B-4253-11E8-A155-00259035BB6739.gif"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E3D-4253-11E8-A155-00259035BB6740.gif"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E3E-4253-11E8-A155-00259035BB6741.gif"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E3F-4253-11E8-A155-00259035BB6742.gif"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E41-4253-11E8-A155-00259035BB6743.gif"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E46-4253-11E8-A155-00259035BB6744.gif"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E48-4253-11E8-A155-00259035BB6745.gif"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E49-4253-11E8-A155-00259035BB6746.gif"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E4A-4253-11E8-A155-00259035BB6747.gif"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E4C-4253-11E8-A155-00259035BB6748.gif"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E4D-4253-11E8-A155-00259035BB6749.gif"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E57-4253-11E8-A155-00259035BB6750.gif"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E58-4253-11E8-A155-00259035BB6751.gif"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E59-4253-11E8-A155-00259035BB6752.gif"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E5C-4253-11E8-A155-00259035BB6753.gif"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E62-4253-11E8-A155-00259035BB6754.gif"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68EAEA64-21C5-11EE-BC0D-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68EAEBA4-21C5-11EE-BC0D-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68EAEB04-21C5-11EE-BC0D-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE7F8F19-4253-11E8-A155-00259035BB6758.gif"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE7F8F1B-4253-11E8-A155-00259035BB6759.gif"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE7F8F1F-4253-11E8-A155-00259035BB6760.gif"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE7F8F20-4253-11E8-A155-00259035BB6761.gif"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE7F8F21-4253-11E8-A155-00259035BB6762.gif"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE7F8F23-4253-11E8-A155-00259035BB6763.gif"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE7F8F24-4253-11E8-A155-00259035BB6764.gif"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE7F8F25-4253-11E8-A155-00259035BB6765.gif"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE7F8F2F-4253-11E8-A155-00259035BB6766.gif"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE7F8F30-4253-11E8-A155-00259035BB6767.gif"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE7F8F31-4253-11E8-A155-00259035BB6768.gif"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE7F8F33-4253-11E8-A155-00259035BB6769.gif"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE7F8F34-4253-11E8-A155-00259035BB6770.gif"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE7F8F35-4253-11E8-A155-00259035BB6771.gif"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6859E8B-4253-11E8-A155-00259035BB6772.gif"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6859E8E-4253-11E8-A155-00259035BB6773.gif"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6859E94-4253-11E8-A155-00259035BB6774.gif"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6859E96-4253-11E8-A155-00259035BB6775.gif"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6859E99-4253-11E8-A155-00259035BB6776.gif"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CDA0538-21C5-11EE-BC0D-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56BB77D7-21C5-11EE-BC0D-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68EAE84E-21C5-11EE-BC0D-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68EAE900-21C5-11EE-BC0D-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E47D96F3-4253-11E8-A155-00259035BB6781.gif"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA7AA40B-4253-11E8-A155-00259035BB6782.gif"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56BB7533-21C5-11EE-BC0D-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56BB7493-21C5-11EE-BC0D-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56BB732F-21C5-11EE-BC0D-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CDA068A-21C5-11EE-BC0D-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC852CD3-4253-11E8-A155-00259035BB6787.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CDA05EA-21C5-11EE-BC0D-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56BB7889-21C5-11EE-BC0D-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68EAEC44-21C5-11EE-BC0D-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68EAE598-21C5-11EE-BC0D-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50BDFB5E-21C5-11EE-BC0D-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75897E44-73DB-11F0-BC5A-00505692E04993.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CDA087C-21C5-11EE-BC0D-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC852CDC-4253-11E8-A155-00259035BB6795.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75897A0E-73DB-11F0-BC5A-00505692E04996.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56BB73E1-21C5-11EE-BC0D-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC852CDF-4253-11E8-A155-00259035BB6798.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68EAE9B2-21C5-11EE-BC0D-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4AC0D8D8-21C5-11EE-BC0D-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50BDFD62-21C5-11EE-BC0D-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50BDFCC2-21C5-11EE-BC0D-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/626A3EF7-21C3-11EE-BC0D-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CDA092E-21C5-11EE-BC0D-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56BB7697-21C5-11EE-BC0D-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C96C998-4254-11E8-A155-00259035BB67106.gif"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50BDFA0C-21C5-11EE-BC0D-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C96C99A-4254-11E8-A155-00259035BB67108.gif"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62DBC116-21C5-11EE-BC0D-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50BDFEA2-21C5-11EE-BC0D-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62DBBDE4-21C5-11EE-BC0D-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62DBC1C8-21C5-11EE-BC0D-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56BB7737-21C5-11EE-BC0D-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62DBC268-21C5-11EE-BC0D-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56BB75E5-21C5-11EE-BC0D-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68EAE79C-21C5-11EE-BC0D-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68EAE6EA-21C5-11EE-BC0D-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50BDFE02-21C5-11EE-BC0D-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7BBA3A3D-73DB-11F0-BC5A-00505692E049119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50BDFF54-21C5-11EE-BC0D-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56BB71EF-21C5-11EE-BC0D-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4AC0D98A-21C5-11EE-BC0D-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C96C9AB-4254-11E8-A155-00259035BB67123.gif"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C96C9AC-4254-11E8-A155-00259035BB67124.gif"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50BDF96C-21C5-11EE-BC0D-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CDA0486-21C5-11EE-BC0D-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56BB728F-21C5-11EE-BC0D-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329BED39-4254-11E8-A155-00259035BB67128.gif"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/201A711D-EA59-11EB-BBF2-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/626A4229-21C3-11EE-BC0D-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/509B38F1-4254-11E8-A155-00259035BB67131.gif"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62DBC3A8-21C5-11EE-BC0D-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50BDFAAC-21C5-11EE-BC0D-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50BDFC10-21C5-11EE-BC0D-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C941AC1-4254-11E8-A155-00259035BB67135.gif"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D637B71E-21C8-11EE-BC0D-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D0161B40-21C8-11EE-BC0D-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E22AFEB0-21C8-11EE-BC0D-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C941AC6-4254-11E8-A155-00259035BB67139.gif"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/861BC1F0-21C6-11EE-BC0D-005056921CC4140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/861BC150-21C6-11EE-BC0D-005056921CC4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6883FB85-4254-11E8-A155-00259035BB67142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE3B6C38-21C8-11EE-BC0D-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE3B6E18-21C8-11EE-BC0D-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A49-4254-11E8-A155-00259035BB67145.gif"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A4A-4254-11E8-A155-00259035BB67146.gif"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC2EED1D-21C8-11EE-BC0D-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A4C-4254-11E8-A155-00259035BB67148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A4D-4254-11E8-A155-00259035BB67149.gif"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C8CB349-8149-11E9-BBBA-005056921CC4150.gif"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C8CB34A-8149-11E9-BBBA-005056921CC4151.gif"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A6B-4254-11E8-A155-00259035BB67152.gif"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A6C-4254-11E8-A155-00259035BB67153.gif"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A6D-4254-11E8-A155-00259035BB67154.gif"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10AB86B0-F163-11EB-BBF2-005056921CC4155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F154AE74-B30C-11F0-BC50-00505692492F156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B68E2D1A-4254-11E8-A155-00259035BB67157.gif"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B68E2D1B-4254-11E8-A155-00259035BB67158.gif"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E22B0282-21C8-11EE-BC0D-005056921CC4159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E22B0130-21C8-11EE-BC0D-005056921CC4160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D0161AA0-21C8-11EE-BC0D-005056921CC4161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE3B6CD8-21C8-11EE-BC0D-005056921CC4162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E22AFD70-21C8-11EE-BC0D-005056921CC4163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E83C4BE1-21C8-11EE-BC0D-005056921CC4164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECB541E9-4254-11E8-A155-00259035BB67165.gif"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D637BB14-21C8-11EE-BC0D-005056921CC4166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D637BA62-21C8-11EE-BC0D-005056921CC4167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D637BBC6-21C8-11EE-BC0D-005056921CC4168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D637B922-21C8-11EE-BC0D-005056921CC4169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90836E8D-814A-11E9-BBBA-005056921CC4170.gif"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D637B870-21C8-11EE-BC0D-005056921CC4171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC2EEA8B-21C8-11EE-BC0D-005056921CC4172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4102D50D-814B-11E9-BBBA-005056921CC4173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F44F0552-21C8-11EE-BC0D-005056921CC4174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E83C4AA1-21C8-11EE-BC0D-005056921CC4175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/684C66FD-28C2-11EA-BBCA-005056921CC4176.gif"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA16CF5D-21C8-11EE-BC0D-005056921CC4177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA16CEAB-21C8-11EE-BC0D-005056921CC4178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA16CDF9-21C8-11EE-BC0D-005056921CC4179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E83C4DD3-21C8-11EE-BC0D-005056921CC4180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/861BBF3A-21C6-11EE-BC0D-005056921CC4181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/861BBFEC-21C6-11EE-BC0D-005056921CC4182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/861BBE9A-21C6-11EE-BC0D-005056921CC4183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/800C259F-21C6-11EE-BC0D-005056921CC4184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/802D8B2C-F160-11EB-BBF2-005056921CC4185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73EE99F3-21C6-11EE-BC0D-005056921CC4186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73EE9941-21C6-11EE-BC0D-005056921CC4187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E51A1F6B-6E60-11EE-BC0F-005056921CC4188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73EE9801-21C6-11EE-BC0D-005056921CC4189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E51A1640-6E60-11EE-BC0F-005056921CC4190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF21F3BF-6E60-11EE-BC0F-005056921CC4191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/800C263F-21C6-11EE-BC0D-005056921CC4192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/802D8B2E-F160-11EB-BBF2-005056921CC4193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A020699-21C6-11EE-BC0D-005056921CC4194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/800C23BF-21C6-11EE-BC0D-005056921CC4195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0B226C0-4254-11E8-A155-00259035BB67196.gif"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/800C245F-21C6-11EE-BC0D-005056921CC4197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/800C24FF-21C6-11EE-BC0D-005056921CC4198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6B9942B-4254-11E8-A155-00259035BB67199.gif"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/861BC09E-21C6-11EE-BC0D-005056921CC4200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73EE94CF-21C6-11EE-BC0D-005056921CC4201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/800C227F-21C6-11EE-BC0D-005056921CC4202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/800C21CD-21C6-11EE-BC0D-005056921CC4203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/800C26DF-21C6-11EE-BC0D-005056921CC4204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A020547-21C6-11EE-BC0D-005056921CC4205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A0204A7-21C6-11EE-BC0D-005056921CC4206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C122FA6-21C6-11EE-BC0D-005056921CC4207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C123058-21C6-11EE-BC0D-005056921CC4208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A020879-21C6-11EE-BC0D-005056921CC4209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A853049E-814B-11E9-BBBA-005056921CC4210.gif"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/800C277F-21C6-11EE-BC0D-005056921CC4211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82C4F8D9-814C-11E9-BBBA-005056921CC4212.gif"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88F8DEC5-814C-11E9-BBBA-005056921CC4213.gif"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88F8DEC6-814C-11E9-BBBA-005056921CC4214.gif"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E83C4C81-21C8-11EE-BC0D-005056921CC4215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E737EE70-1DC1-11EA-BBC7-005056921CC4216.gif"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F44F02D2-21C8-11EE-BC0D-005056921CC4217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C41AE4EC-21C8-11EE-BC0D-005056921CC4218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C41AE428-21C8-11EE-BC0D-005056921CC4219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/201A7118-EA59-11EB-BBF2-005056921CC4220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F44F0232-21C8-11EE-BC0D-005056921CC4221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F44F0192-21C8-11EE-BC0D-005056921CC4222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC2EEDCF-21C8-11EE-BC0D-005056921CC4223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E22AFF50-21C8-11EE-BC0D-005056921CC4224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC2EEB3D-21C8-11EE-BC0D-005056921CC4225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D637B5CC-21C8-11EE-BC0D-005056921CC4226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC36E3E6-06B4-11EE-BC09-005056921CC4227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC36E340-06B4-11EE-BC09-005056921CC4228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC36E6B2-06B4-11EE-BC09-005056921CC4229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC36E486-06B4-11EE-BC09-005056921CC4230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E22AFFF0-21C8-11EE-BC0D-005056921CC4231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D637B67E-21C8-11EE-BC0D-005056921CC4232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C41AE376-21C8-11EE-BC0D-005056921CC4233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE3B6EB8-21C8-11EE-BC0D-005056921CC4234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA4D6171-21C8-11EE-BC0D-005056921CC4235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F44EFFB2-21C8-11EE-BC0D-005056921CC4236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE3B6FF8-21C8-11EE-BC0D-005056921CC4237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E83C4E85-21C8-11EE-BC0D-005056921CC4238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE3B6B98-21C8-11EE-BC0D-005056921CC4239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D637B9C2-21C8-11EE-BC0D-005056921CC4240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E83C4D33-21C8-11EE-BC0D-005056921CC4241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E83C4A01-21C8-11EE-BC0D-005056921CC4242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC2EEC7D-21C8-11EE-BC0D-005056921CC4243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB8056D5-180F-11EA-BBC6-005056921CC4244.gif"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F44F0052-21C8-11EE-BC0D-005056921CC4245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE9EDEB2-FAF6-11E9-BBC6-005056921CC4246.gif"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4B3C464-FAF6-11E9-BBC6-005056921CC4247.gif"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F488F28B-FAF6-11E9-BBC6-005056921CC4248.gif"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D3206A6D-7887-11E9-BBB8-005056920B6B249.gif"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF7A6903-FAF6-11E9-BBC6-005056921CC4250.gif"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A7EF218-FAF7-11E9-BBC6-005056921CC4251.gif"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA4D60BF-21C8-11EE-BC0D-005056921CC4252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA4D600D-21C8-11EE-BC0D-005056921CC4253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA4D5F5B-21C8-11EE-BC0D-005056921CC4254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE3B6AE6-21C8-11EE-BC0D-005056921CC4255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA4D5EBB-21C8-11EE-BC0D-005056921CC4256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E83C48AF-21C8-11EE-BC0D-005056921CC4257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB8056D7-180F-11EA-BBC6-005056921CC4258.gif"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A020739-21C6-11EE-BC0D-005056921CC4259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A0207D9-21C6-11EE-BC0D-005056921CC4260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/800C231F-21C6-11EE-BC0D-005056921CC4261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/861BC470-21C6-11EE-BC0D-005056921CC4262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/861BC330-21C6-11EE-BC0D-005056921CC4263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/861BC3D0-21C6-11EE-BC0D-005056921CC4264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/861BC290-21C6-11EE-BC0D-005056921CC4265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE3B6F58-21C8-11EE-BC0D-005056921CC4266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC2EE94B-21C8-11EE-BC0D-005056921CC4267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC2EE8AB-21C8-11EE-BC0D-005056921CC4268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42D6B000-823F-11EE-BC10-005056921CC4269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A0205F9-21C6-11EE-BC0D-005056921CC4270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE0DDD93-CA4F-11ED-BC05-005056921CC4271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A061A7BA-CFDA-11ED-BC05-005056921CC4272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/885D0600-CFDA-11ED-BC05-005056921CC4273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32B42E54-D248-11ED-BC05-005056921CC4274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/825A3B8C-CFDA-11ED-BC05-005056921CC4275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A061A9D6-CFDA-11ED-BC05-005056921CC4276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A061A924-CFDA-11ED-BC05-005056921CC4277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A061A85A-CFDA-11ED-BC05-005056921CC4278.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1DD6C50D-D795-11ED-BC05-005056921CC4279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1DD6C449-D795-11ED-BC05-005056921CC4280.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4228B3F5-D795-11ED-BC05-005056921CC4281.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4228B535-D795-11ED-BC05-005056921CC4282.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4228B495-D795-11ED-BC05-005056921CC4283.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4228B5D5-D795-11ED-BC05-005056921CC4284.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4228B6AA-D795-11ED-BC05-005056921CC4285.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/486CF37B-D795-11ED-BC05-005056921CC4286.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/183A0B4E-DD2F-11ED-BC08-005056921CC4287.jpg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EB2354F-DC9C-11ED-BC07-005056921CC4288.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EB233E9-DC9C-11ED-BC07-005056921CC4289.jpg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52406113-CF50-11EF-BC46-0050569297EB290.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C8B1227-E5B5-11ED-BC09-005056921CC4291.jpg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81D6DD04-F4B0-11ED-BC09-005056921CC4292.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87F40A18-F4B0-11ED-BC09-005056921CC4293.jpg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81D6DDC8-F4B0-11ED-BC09-005056921CC4294.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87F40978-F4B0-11ED-BC09-005056921CC4295.jpg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6150169-FB2E-11ED-BC09-005056921CC4296.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACAFD636-524D-11EE-BC0D-005056921CC4297.jpg"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45D4CB43-8796-11EE-BC13-005056921CC4298.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/309E3A4D-823F-11EE-BC10-005056921CC4299.jpg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2AA5A7F4-823F-11EE-BC10-005056921CC4300.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9FC0145-F5E7-11EE-BC46-00505692C447301.jpg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C324F42-3212-11EF-BC4C-00505692C447302.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2632ACD6-3212-11EF-BC4C-00505692C447303.jpg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2632ABF1-3212-11EF-BC4C-00505692C447304.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C123198-21C6-11EE-BC0D-005056921CC4305.jpg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C1230F8-21C6-11EE-BC0D-005056921CC4306.jpg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88F8DEC7-814C-11E9-BBBA-005056921CC4307.gif"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88F8DEC8-814C-11E9-BBBA-005056921CC4308.gif"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88F8DEC9-814C-11E9-BBBA-005056921CC4309.gif"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88F8DECA-814C-11E9-BBBA-005056921CC4310.gif"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7FF8707-424F-11E8-A155-00259035BB67311.gif"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A6FB46C-4253-11E8-A155-00259035BB67312.gif"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A6FB46D-4253-11E8-A155-00259035BB67313.gif"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C013D3AB-F132-11EF-BC4E-00505692C447314.jpg"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0B77B46-F132-11EF-BC4E-00505692C447315.jpg"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8CF33E3-F132-11EF-BC4E-00505692C447316.jpg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2C7AF0E-F132-11EF-BC4E-00505692C447317.jpg"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACCF17E8-F132-11EF-BC4E-00505692C447318.jpg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0B77CF2-F132-11EF-BC4E-00505692C447319.jpg"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2C7AFE4-F132-11EF-BC4E-00505692C447320.jpg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0B77C1C-F132-11EF-BC4E-00505692C447321.jpg"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5B4E878-A3A2-11F0-BC58-00505692C447322.jpg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0B77987-F132-11EF-BC4E-00505692C447323.jpg"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A7959DF-F132-11EF-BC4E-00505692C447324.jpg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C158A60-071C-11F0-BC57-00505692E049325.jpg"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0B77A5E-F132-11EF-BC4E-00505692C447326.jpg"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0B777C0-F132-11EF-BC4E-00505692C447327.jpg"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45336718-5CD4-11F0-BC49-0050569297EB328.jpg"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98A6C3CC-3C8C-11F0-BC59-00505692E049329.jpg"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ED756AB-4257-11F0-BC50-00505692C447330.jpg"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75897FAA-73DB-11F0-BC5A-00505692E049331.jpg"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75897EF7-73DB-11F0-BC5A-00505692E049332.jpg"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7BBA3966-73DB-11F0-BC5A-00505692E049333.jpg"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58662C84-9154-11F0-BC58-00505692E2D0334.jpg"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E972AD32-C7F0-11F0-BC5A-00505692E2D0335.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -10789,51 +10777,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="224" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId224"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>225</xdr:row>
+      <xdr:row>226</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="225" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId225"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -11029,51 +11017,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="232" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId232"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>234</xdr:row>
+      <xdr:row>239</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="233" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId233"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -11779,51 +11767,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="257" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId257"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>264</xdr:row>
+      <xdr:row>265</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="258" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId258"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -13459,81 +13447,81 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="313" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId313"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>321</xdr:row>
+      <xdr:row>324</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="314" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId314"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>325</xdr:row>
+      <xdr:row>328</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="315" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId315"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -14404,51 +14392,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-blyuda-revol-03021608/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-blyuda-dlya-steyka-revol-03021697/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-blyuda-revol-03021698/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-blyuda-revol-03021699/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-blyuda-revol-03021726/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-blyuda-dlya-steyka-647781-648765-revol-03021758/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-shashlyka-nastolnyy-alm-03022305/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-blyuda-dlya-steyka-revol-03022386/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lotok-dlya-podachi-ppwood-04080972/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lotok-dlya-podachi-ppwood-04080988/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-steyka-linden-04090170/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-04090171/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-steyka-linden-04090179/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-steyka-s-2-mya-sousnikami-linden-04090180/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-kesper-04090196/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-kesper-04090197/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-shot-holder-tabl-04090401/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-shot-holder-tabl-04090402/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-piccy-04090403/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-piccy-04090406/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-piccy-04090423/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-kesper-04090515/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-craster-04090521/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-piccy-craster-04090526/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-piccy-craster-04090528/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-prohotel-04090546/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-prohotel-04090547/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090601/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090602/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090605/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090609/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090612/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090613/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090616/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090618/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090619/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090622/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090623/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090625/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090628/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090630/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090631/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090632/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090634/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090639/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090641/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090642/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090643/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090645/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090646/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090650/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090651/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090652/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090655/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090660/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090664/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090667/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090668/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090669/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090671/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090675/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090676/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090677/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090679/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090680/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090681/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-pryamougolnyy-s-bortom-fuga-04090683/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-pryamougolnyy-s-bortom-fuga-04090684/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090685/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090687/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090688/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090689/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090692/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090695/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090697/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090698/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090701/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090707/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090708/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-pryamougolnaya-bez-ruchki-ppwood-04090709/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-kruglaya-s-ruchkoy-ppwood-04090710/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090711/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090712/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090714/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090715/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090716/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090717/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090718/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090719/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090720/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090721/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090722/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090723/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-s-ruchkoy-ppwood-04090724/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090726/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090727/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090728/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090729/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090730/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090731/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090732/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090733/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090734/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04090735/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090738/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090739/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090740/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090741/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090742/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090743/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090744/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090745/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090746/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090747/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090748/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090751/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-pryamougolnaya-s-ruchkoy-ppwood-04090752/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-pryamougolnaya-s-ruchkoy-ppwood-04090753/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090754/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-pryamougolnaya-s-ruchkoy-ppwood-04090755/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090756/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090757/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090758/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090759/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090760/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090761/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090762/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090763/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090765/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-craster-04090769/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-d-vykladki-craster-04090782/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090784/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090786/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090788/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090789/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090790/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090791/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090792/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090793/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090795/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-pryamougolnyy-s-bortom-ppwood-04090796/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-pryamougolnyy-s-bortom-ppwood-04090797/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-s-izognutoy-ruchkoy-ppwood-04090798/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-s-izognutoy-ruchkoy-ppwood-04090799/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090802/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090805/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090806/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090808/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090809/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090810/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090812/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090813/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090814/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090815/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090816/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-aps-04090820/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090832/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-bauscher-04090837/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-bauscher-04090838/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090839/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090840/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090841/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-s-derzhatelyami-ppwood-04090842/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090852/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090853/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090854/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090859/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090860/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090862/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090863/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090864/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090870/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090872/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090874/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-piccy-ppwood-04090876/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-aps-04090880/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-genware-04090885/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090896/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090897/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090898/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090899/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-pryamougolnyy-s-bortom-ppwood-04090901/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-pryamougolnyy-s-bortom-ppwood-04090902/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-pryamougolnyy-s-bortom-ppwood-04090903/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-aps-04090905/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-aps-04090906/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-aps-04090908/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-aps-04090909/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-aps-04090910/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-aps-04090911/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-aps-04090912/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-aps-04090913/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-aps-04090914/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-aps-04090919/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-craster-04090920/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-craster-04090921/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-aps-04090922/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-aps-04090923/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-aps-04090924/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-aps-04090925/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-pryamougolnyy-s-bortom-ppwood-04090934/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-transformer-iz-3-h-chastey-ppwood-04090935/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04090936/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04090937/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-s-ruchkami-ppwood-04090938/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04090939/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04090940/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-bulochek-ppwood-04090942/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-d-hleba-ppwood-04090943/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04090945/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04090946/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-s-ruchkami-ppwood-04090947/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04090990/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04090991/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04090992/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090995/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-serax-04090996/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-bauscher-04090999/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-steyka-s-propitkoy-ppwood-04091013/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-steyka-ppwood-04091014/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091020/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-le-coq-04091021/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-le-coq-04091022/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091023/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091024/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091025/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091027/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091028/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091029/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091030/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091031/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091032/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091033/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091034/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091039/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091040/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-steyka-ppwood-04091046/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-piccy-ppwood-04091047/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091048/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-steyka-linden-04091055/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-pryamougolnaya-s-ruchkoy-i-uglubleniem-ppwood-04091064/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-piccy-bez-vyemki-ppwood-04091069/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-kruglaya-s-vyemkoy-ppwood-04091070/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-kruglaya-s-vyemkoy-ppwood-04091071/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091101/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091102/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091103/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091104/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091105/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091106/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091107/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091108/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091109/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091110/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091111/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091112/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091113/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091114/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-piccy-ppwood-04091115/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-piccy-ppwood-04091116/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-piccy-ppwood-04091117/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-s-ruchkoy-ppwood-04091118/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-piccy-ppwood-04091119/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091120/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091123/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091129/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04091201/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04091202/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04091203/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-gn-1-1-aps-04091204/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-gn-1-2-aps-04091205/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-gn-1-1-aps-04091206/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-gn-1-2-aps-04091207/" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091314/" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091315/" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091316/" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091317/" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04091325/" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-piccy-alm-04091329/" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-craster-04091330/" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-craster-04091331/" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-craster-04091332/" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-craster-04091333/" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-craster-04091334/" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-craster-04091335/" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-craster-04091336/" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-craster-04091339/" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-craster-04091340/" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-craster-04091341/" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-craster-04091342/" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-craster-04091343/" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-craster-04091344/" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-craster-04091345/" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-craster-04091346/" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-alm-04091347/" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-aps-04091348/" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-aps-04091349/" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091356/" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-craster-04091358/" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-craster-04091359/" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-craster-04091360/" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-craster-04091361/" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-craster-04091362/" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-aps-04091364/" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-alm-04091369/" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04091370/" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04091371/" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04091372/" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04091373/" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vstavka-dlya-yaschika-dlya-podachi-aps-04091381/" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-aps-04091382/" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-aps-04091384/" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-d-ovoschey-ppwood-04121302/" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-d-ovoschey-ppwood-04121303/" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-ppwood-04121304/" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-ppwood-04121305/" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-ppwood-04121306/" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-ppwood-04121307/" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-steyka-matfer-04141525/" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-s-sousnikom-b-korzd-kartoshki-fri-prohotel-04141541/" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-s-sousnikom-dlya-kartoshki-fri-prohotel-04141542/" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-piccy-alm-04091324/" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-craster-04091378/" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091367/" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-piccy-ppwood-04091366/" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-craster-04091377/" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-piccy-ppwood-04091380/" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091379/" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04091393/" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vstavka-dlya-yaschika-dlya-podachi-ppwood-04091399/" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vstavka-dlya-yaschika-dlya-podachi-ppwood-04091397/" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yaschika-dlya-podachi-ppwood-04091395/" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04091394/" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vstavka-dlya-yaschika-dlya-podachi-ppwood-04091398/" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04091396/" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-03035141/" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04019174/" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04019172/" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04019175/" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04019173/" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04019176/" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-steyka-ppwood-04091403/" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091410/" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-dlya-podachi-ppwood-04091083/" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091412/" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091413/" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091414/" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091416/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-blyuda-revol-03021608/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-blyuda-dlya-steyka-revol-03021697/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-blyuda-revol-03021698/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-blyuda-revol-03021699/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-blyuda-revol-03021726/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-blyuda-dlya-steyka-647781-648765-revol-03021758/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-shashlyka-nastolnyy-alm-03022305/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-blyuda-dlya-steyka-revol-03022386/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lotok-dlya-podachi-ppwood-04080972/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lotok-dlya-podachi-ppwood-04080988/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-steyka-linden-04090170/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-04090171/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-steyka-linden-04090179/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-steyka-s-2-mya-sousnikami-linden-04090180/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-kesper-04090196/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-kesper-04090197/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-shot-holder-tabl-04090401/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-shot-holder-tabl-04090402/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-piccy-04090403/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-piccy-04090406/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-piccy-04090423/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-kesper-04090515/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-craster-04090521/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-piccy-craster-04090526/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-piccy-craster-04090528/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-prohotel-04090546/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-prohotel-04090547/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090601/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090602/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090605/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090609/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090612/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090613/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090616/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090618/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090619/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090622/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090625/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090628/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090630/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090631/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090632/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090634/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090639/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090641/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090642/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090643/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090645/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090646/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090650/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090651/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090652/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090655/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090660/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090664/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090667/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090668/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090669/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090671/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090675/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090676/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090677/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090679/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090680/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090681/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-pryamougolnyy-s-bortom-fuga-04090683/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-pryamougolnyy-s-bortom-fuga-04090684/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090685/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090687/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090688/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090689/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090692/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090695/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090697/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090698/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090701/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090707/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090708/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-pryamougolnaya-bez-ruchki-ppwood-04090709/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-kruglaya-s-ruchkoy-ppwood-04090710/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090711/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090712/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090714/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090715/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090716/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090717/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090718/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090719/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090720/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090721/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090722/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090723/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-s-ruchkoy-ppwood-04090724/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090726/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090727/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090728/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090729/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090730/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090731/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090732/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090733/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090734/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04090735/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090738/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090739/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090740/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090741/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090742/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090743/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090744/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090745/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090746/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090747/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090748/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090751/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-pryamougolnaya-s-ruchkoy-ppwood-04090752/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-pryamougolnaya-s-ruchkoy-ppwood-04090753/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090754/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-pryamougolnaya-s-ruchkoy-ppwood-04090755/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090756/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090757/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090758/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090759/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090760/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090761/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090762/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090763/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090765/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-craster-04090769/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-d-vykladki-craster-04090782/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090784/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090786/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090788/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090789/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090790/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090791/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090792/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090793/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090795/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-pryamougolnyy-s-bortom-ppwood-04090796/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-pryamougolnyy-s-bortom-ppwood-04090797/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-s-izognutoy-ruchkoy-ppwood-04090798/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-s-izognutoy-ruchkoy-ppwood-04090799/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090802/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090805/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090806/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090808/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090809/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090810/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090812/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090813/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090814/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090815/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-fuga-04090816/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-aps-04090820/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090832/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-bauscher-04090837/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-bauscher-04090838/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090839/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090840/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090841/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-s-derzhatelyami-ppwood-04090842/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090852/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090853/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090854/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090859/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090860/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090862/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090863/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090864/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090870/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090872/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090874/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-piccy-ppwood-04090876/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-aps-04090880/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-genware-04090885/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090896/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090897/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090898/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090899/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-pryamougolnyy-s-bortom-ppwood-04090901/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-pryamougolnyy-s-bortom-ppwood-04090902/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-pryamougolnyy-s-bortom-ppwood-04090903/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-aps-04090905/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-aps-04090906/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-aps-04090908/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-aps-04090909/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-aps-04090910/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-aps-04090911/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-aps-04090912/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-aps-04090913/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-aps-04090914/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-aps-04090919/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-craster-04090920/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-craster-04090921/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-aps-04090922/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-aps-04090923/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-aps-04090924/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-aps-04090925/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-pryamougolnyy-s-bortom-ppwood-04090934/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-transformer-iz-3-h-chastey-ppwood-04090935/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04090936/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04090937/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-s-ruchkami-ppwood-04090938/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04090939/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04090940/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-bulochek-ppwood-04090942/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-d-hleba-ppwood-04090943/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04090945/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04090946/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-s-ruchkami-ppwood-04090947/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04090990/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04090991/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04090992/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04090995/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-serax-04090996/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-bauscher-04090999/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-steyka-s-propitkoy-ppwood-04091013/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-steyka-ppwood-04091014/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091020/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-le-coq-04091021/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-le-coq-04091022/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091023/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091024/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091025/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091027/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091028/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091029/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091030/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091031/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091032/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091033/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091034/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091039/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091040/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-steyka-ppwood-04091046/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-piccy-ppwood-04091047/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091048/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-steyka-linden-04091055/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-pryamougolnaya-s-ruchkoy-i-uglubleniem-ppwood-04091064/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-piccy-bez-vyemki-ppwood-04091069/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-kruglaya-s-vyemkoy-ppwood-04091070/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-kruglaya-s-vyemkoy-ppwood-04091071/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091101/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091102/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091103/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091104/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091105/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091106/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091107/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091108/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091109/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091110/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091111/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091112/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091113/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091114/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-piccy-ppwood-04091115/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-piccy-ppwood-04091116/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-piccy-ppwood-04091117/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-s-ruchkoy-ppwood-04091118/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-piccy-ppwood-04091119/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091120/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091123/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091129/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04091201/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04091202/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04091203/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-gn-1-1-aps-04091204/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-gn-1-2-aps-04091205/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-gn-1-1-aps-04091206/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-gn-1-2-aps-04091207/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091314/" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091315/" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091316/" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091317/" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04091325/" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-piccy-alm-04091329/" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-craster-04091330/" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-craster-04091331/" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-craster-04091332/" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-craster-04091333/" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-craster-04091334/" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-craster-04091335/" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-craster-04091336/" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-craster-04091339/" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-craster-04091340/" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-craster-04091341/" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-craster-04091342/" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-craster-04091343/" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-craster-04091344/" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-craster-04091345/" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-craster-04091346/" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-alm-04091347/" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-aps-04091348/" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-aps-04091349/" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091356/" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-craster-04091358/" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-craster-04091359/" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-craster-04091360/" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-craster-04091361/" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-craster-04091362/" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-aps-04091364/" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-alm-04091369/" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04091370/" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04091371/" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04091372/" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04091373/" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vstavka-dlya-yaschika-dlya-podachi-aps-04091381/" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-aps-04091382/" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-aps-04091384/" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-d-ovoschey-ppwood-04121302/" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-d-ovoschey-ppwood-04121303/" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-ppwood-04121304/" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-ppwood-04121305/" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-ppwood-04121306/" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-ppwood-04121307/" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-steyka-matfer-04141525/" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-s-sousnikom-b-korzd-kartoshki-fri-prohotel-04141541/" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-s-sousnikom-dlya-kartoshki-fri-prohotel-04141542/" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-piccy-alm-04091324/" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-craster-04091378/" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091367/" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-piccy-ppwood-04091366/" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-craster-04091377/" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-piccy-ppwood-04091380/" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091379/" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04091393/" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vstavka-dlya-yaschika-dlya-podachi-ppwood-04091399/" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vstavka-dlya-yaschika-dlya-podachi-ppwood-04091397/" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yaschika-dlya-podachi-ppwood-04091395/" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04091394/" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vstavka-dlya-yaschika-dlya-podachi-ppwood-04091398/" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04091396/" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-03035141/" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04019174/" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04019172/" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04019175/" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04019173/" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-podachi-ppwood-04019176/" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-steyka-ppwood-04091403/" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091410/" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-dlya-podachi-ppwood-04091083/" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091412/" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091413/" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091414/" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-ppwood-04091416/" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-podachi-aps-04091418/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:L349"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="I349" sqref="I349"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
@@ -14634,83 +14622,83 @@
         <v>31</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>32</v>
       </c>
       <c r="D6" s="0">
         <v>649181</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G6" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>33</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="L6" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="C7" s="0" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="D7" s="0">
         <v>649188</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="H7" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I7" s="1" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="L7" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>40</v>
       </c>
       <c r="D8" s="0"/>
       <c r="E8" s="0" t="s">
         <v>41</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="1" t="s">
@@ -14718,241 +14706,241 @@
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L8" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
         <v>44</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>45</v>
       </c>
       <c r="D9" s="0">
         <v>651154</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>46</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L9" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
         <v>47</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>48</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>49</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>51</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="L11" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D12" s="0">
         <v>55092</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>61</v>
+        <v>52</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
         <v>62</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>63</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E13" s="0"/>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>65</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L13" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
         <v>66</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>67</v>
       </c>
       <c r="D14" s="0">
         <v>55096</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>68</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>69</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
         <v>70</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>71</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>72</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>73</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
         <v>74</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>75</v>
       </c>
       <c r="D16" s="0">
         <v>61201</v>
@@ -15042,3389 +15030,3387 @@
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
         <v>88</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>89</v>
       </c>
       <c r="D19" s="0"/>
       <c r="E19" s="0" t="s">
         <v>85</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>90</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>69</v>
+        <v>91</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D20" s="0"/>
       <c r="E20" s="0"/>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>94</v>
+        <v>27</v>
       </c>
       <c r="L20" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
         <v>95</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>96</v>
       </c>
       <c r="D21" s="0"/>
       <c r="E21" s="0"/>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I21" s="1" t="s">
         <v>97</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>94</v>
+        <v>27</v>
       </c>
       <c r="L21" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
         <v>98</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>99</v>
       </c>
       <c r="D22" s="0"/>
       <c r="E22" s="0"/>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="1" t="s">
         <v>100</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>101</v>
+        <v>91</v>
       </c>
       <c r="L22" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="D23" s="0">
         <v>58444</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>76</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>77</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L23" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>105</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="D24" s="0" t="s">
         <v>106</v>
       </c>
-      <c r="D24" s="0" t="s">
+      <c r="E24" s="0" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="H24" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I24" s="1" t="s">
         <v>109</v>
-      </c>
-[...4 lines deleted...]
-        <v>110</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>23</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>111</v>
       </c>
-      <c r="C25" s="0" t="s">
+      <c r="D25" s="0" t="s">
         <v>112</v>
       </c>
-      <c r="D25" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E25" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L25" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="C26" s="0" t="s">
         <v>115</v>
       </c>
-      <c r="C26" s="0" t="s">
+      <c r="D26" s="0" t="s">
         <v>116</v>
       </c>
-      <c r="D26" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E26" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L26" s="0"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>119</v>
       </c>
-      <c r="C27" s="0" t="s">
+      <c r="D27" s="0" t="s">
         <v>120</v>
       </c>
-      <c r="D27" s="0" t="s">
+      <c r="E27" s="0" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>124</v>
+        <v>91</v>
       </c>
       <c r="L27" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="D28" s="0" t="s">
         <v>125</v>
       </c>
-      <c r="C28" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E28" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="L28" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="C29" s="0" t="s">
+      <c r="D29" s="0" t="s">
         <v>130</v>
       </c>
-      <c r="D29" s="0" t="s">
+      <c r="E29" s="0" t="s">
         <v>131</v>
       </c>
-      <c r="E29" s="0" t="s">
+      <c r="F29" s="0" t="s">
         <v>132</v>
       </c>
-      <c r="F29" s="0" t="s">
+      <c r="G29" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H29" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I29" s="1" t="s">
         <v>133</v>
-      </c>
-[...7 lines deleted...]
-        <v>134</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L29" s="0">
         <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="C30" s="0" t="s">
         <v>135</v>
       </c>
-      <c r="C30" s="0" t="s">
+      <c r="D30" s="0" t="s">
         <v>136</v>
       </c>
-      <c r="D30" s="0" t="s">
+      <c r="E30" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="F30" s="0" t="s">
         <v>137</v>
       </c>
-      <c r="E30" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G30" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L30" s="0"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>139</v>
       </c>
-      <c r="C31" s="0" t="s">
+      <c r="D31" s="0" t="s">
         <v>140</v>
       </c>
-      <c r="D31" s="0" t="s">
+      <c r="E31" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="F31" s="0" t="s">
         <v>141</v>
       </c>
-      <c r="E31" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F31" s="0" t="s">
+      <c r="G31" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H31" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I31" s="1" t="s">
         <v>142</v>
-      </c>
-[...7 lines deleted...]
-        <v>143</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L31" s="0"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>144</v>
       </c>
-      <c r="C32" s="0" t="s">
+      <c r="D32" s="0" t="s">
         <v>145</v>
       </c>
-      <c r="D32" s="0" t="s">
+      <c r="E32" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="F32" s="0" t="s">
         <v>146</v>
       </c>
-      <c r="E32" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F32" s="0" t="s">
+      <c r="G32" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H32" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I32" s="1" t="s">
         <v>147</v>
-      </c>
-[...7 lines deleted...]
-        <v>148</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="C33" s="0" t="s">
         <v>149</v>
       </c>
-      <c r="C33" s="0" t="s">
+      <c r="D33" s="0" t="s">
         <v>150</v>
       </c>
-      <c r="D33" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E33" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="F33" s="0" t="s">
         <v>132</v>
       </c>
-      <c r="F33" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G33" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L33" s="0"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="C34" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="D34" s="0" t="s">
         <v>152</v>
       </c>
-      <c r="D34" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E34" s="0" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L34" s="0"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="C35" s="0" t="s">
         <v>154</v>
       </c>
-      <c r="C35" s="0" t="s">
+      <c r="D35" s="0" t="s">
         <v>155</v>
       </c>
-      <c r="D35" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E35" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="F35" s="0" t="s">
         <v>132</v>
       </c>
-      <c r="F35" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G35" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L35" s="0"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="C36" s="0" t="s">
         <v>157</v>
       </c>
-      <c r="C36" s="0" t="s">
+      <c r="D36" s="0" t="s">
         <v>158</v>
       </c>
-      <c r="D36" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E36" s="0" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L36" s="0"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="C37" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="C37" s="0" t="s">
+      <c r="D37" s="0" t="s">
         <v>161</v>
       </c>
-      <c r="D37" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E37" s="0" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F37" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="G37" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H37" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I37" s="1" t="s">
         <v>142</v>
-      </c>
-[...7 lines deleted...]
-        <v>143</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L37" s="0"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="C38" s="0" t="s">
         <v>163</v>
       </c>
-      <c r="C38" s="0" t="s">
+      <c r="D38" s="0" t="s">
         <v>164</v>
       </c>
-      <c r="D38" s="0" t="s">
+      <c r="E38" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="F38" s="0" t="s">
         <v>165</v>
       </c>
-      <c r="E38" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F38" s="0" t="s">
+      <c r="G38" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H38" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I38" s="1" t="s">
         <v>166</v>
-      </c>
-[...7 lines deleted...]
-        <v>167</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L38" s="0"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>168</v>
       </c>
-      <c r="C39" s="0" t="s">
+      <c r="D39" s="0" t="s">
         <v>169</v>
       </c>
-      <c r="D39" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E39" s="0" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>171</v>
+        <v>146</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L39" s="0"/>
+      <c r="L39" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="C40" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="D40" s="0" t="s">
         <v>172</v>
       </c>
-      <c r="C40" s="0" t="s">
+      <c r="E40" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="F40" s="0" t="s">
         <v>173</v>
       </c>
-      <c r="D40" s="0" t="s">
-[...5 lines deleted...]
-      <c r="F40" s="0" t="s">
+      <c r="G40" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H40" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I40" s="1" t="s">
         <v>147</v>
-      </c>
-[...7 lines deleted...]
-        <v>148</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L40" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L40" s="0"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="C41" s="0" t="s">
         <v>175</v>
       </c>
-      <c r="C41" s="0" t="s">
+      <c r="D41" s="0" t="s">
         <v>176</v>
       </c>
-      <c r="D41" s="0" t="s">
+      <c r="E41" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="F41" s="0" t="s">
         <v>177</v>
       </c>
-      <c r="E41" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G41" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L41" s="0"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>178</v>
+      </c>
+      <c r="C42" s="0" t="s">
         <v>179</v>
       </c>
-      <c r="C42" s="0" t="s">
+      <c r="D42" s="0" t="s">
         <v>180</v>
       </c>
-      <c r="D42" s="0" t="s">
+      <c r="E42" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="F42" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="G42" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H42" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I42" s="1" t="s">
         <v>181</v>
-      </c>
-[...13 lines deleted...]
-        <v>148</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L42" s="0"/>
+      <c r="L42" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="C43" s="0" t="s">
         <v>183</v>
       </c>
-      <c r="C43" s="0" t="s">
+      <c r="D43" s="0" t="s">
         <v>184</v>
       </c>
-      <c r="D43" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E43" s="0" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F43" s="0" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L43" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L43" s="0"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="C44" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="D44" s="0" t="s">
         <v>187</v>
       </c>
-      <c r="C44" s="0" t="s">
+      <c r="E44" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="F44" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="G44" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H44" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I44" s="1" t="s">
         <v>188</v>
-      </c>
-[...16 lines deleted...]
-        <v>186</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L44" s="0"/>
+      <c r="L44" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="C45" s="0" t="s">
         <v>190</v>
       </c>
-      <c r="C45" s="0" t="s">
+      <c r="D45" s="0" t="s">
         <v>191</v>
       </c>
-      <c r="D45" s="0" t="s">
+      <c r="E45" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="F45" s="0" t="s">
         <v>192</v>
       </c>
-      <c r="E45" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G45" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>193</v>
+        <v>181</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L45" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L45" s="0"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="C46" s="0" t="s">
         <v>194</v>
       </c>
-      <c r="C46" s="0" t="s">
+      <c r="D46" s="0" t="s">
         <v>195</v>
       </c>
-      <c r="D46" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E46" s="0" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>171</v>
+        <v>137</v>
       </c>
       <c r="G46" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L46" s="0"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="C47" s="0" t="s">
         <v>197</v>
       </c>
-      <c r="C47" s="0" t="s">
+      <c r="D47" s="0" t="s">
         <v>198</v>
       </c>
-      <c r="D47" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E47" s="0" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L47" s="0"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>199</v>
+      </c>
+      <c r="D48" s="0" t="s">
         <v>200</v>
       </c>
-      <c r="C48" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E48" s="0" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L48" s="0"/>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>187</v>
+        <v>201</v>
       </c>
       <c r="C49" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="D49" s="0" t="s">
         <v>203</v>
       </c>
-      <c r="D49" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E49" s="0" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>142</v>
+        <v>173</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L49" s="0"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="C50" s="0" t="s">
         <v>205</v>
       </c>
-      <c r="C50" s="0" t="s">
+      <c r="D50" s="0" t="s">
         <v>206</v>
       </c>
-      <c r="D50" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E50" s="0" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>193</v>
+        <v>181</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L50" s="0"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="C51" s="0" t="s">
         <v>208</v>
       </c>
-      <c r="C51" s="0" t="s">
+      <c r="D51" s="0" t="s">
         <v>209</v>
       </c>
-      <c r="D51" s="0" t="s">
+      <c r="E51" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="F51" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="G51" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H51" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I51" s="1" t="s">
         <v>210</v>
-      </c>
-[...13 lines deleted...]
-        <v>186</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L51" s="0"/>
+      <c r="L51" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
         <v>211</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>212</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>213</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="G52" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L52" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L52" s="0"/>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
+        <v>214</v>
+      </c>
+      <c r="C53" s="0" t="s">
         <v>215</v>
       </c>
-      <c r="C53" s="0" t="s">
+      <c r="D53" s="0" t="s">
         <v>216</v>
       </c>
-      <c r="D53" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E53" s="0" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L53" s="0"/>
+      <c r="L53" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="C54" s="0" t="s">
         <v>218</v>
       </c>
-      <c r="C54" s="0" t="s">
+      <c r="D54" s="0" t="s">
         <v>219</v>
       </c>
-      <c r="D54" s="0" t="s">
+      <c r="E54" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="F54" s="0" t="s">
         <v>220</v>
       </c>
-      <c r="E54" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G54" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L54" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L54" s="0"/>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
+        <v>214</v>
+      </c>
+      <c r="C55" s="0" t="s">
         <v>221</v>
       </c>
-      <c r="C55" s="0" t="s">
+      <c r="D55" s="0" t="s">
         <v>222</v>
       </c>
-      <c r="D55" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E55" s="0" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>224</v>
+        <v>141</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L55" s="0"/>
+      <c r="L55" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="C56" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="D56" s="0" t="s">
         <v>225</v>
       </c>
-      <c r="D56" s="0" t="s">
+      <c r="E56" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="F56" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="G56" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H56" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I56" s="1" t="s">
         <v>226</v>
-      </c>
-[...13 lines deleted...]
-        <v>214</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L56" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L56" s="0"/>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
         <v>227</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>228</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>229</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L57" s="0"/>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="C58" s="0" t="s">
         <v>231</v>
       </c>
-      <c r="C58" s="0" t="s">
+      <c r="D58" s="0" t="s">
         <v>232</v>
       </c>
-      <c r="D58" s="0" t="s">
+      <c r="E58" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="F58" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="G58" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H58" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I58" s="1" t="s">
         <v>233</v>
-      </c>
-[...13 lines deleted...]
-        <v>230</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L58" s="0"/>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
         <v>234</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>235</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>236</v>
       </c>
       <c r="E59" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="F59" s="0" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I59" s="1" t="s">
         <v>237</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L59" s="0"/>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
         <v>238</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>239</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>240</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I60" s="1" t="s">
         <v>241</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L60" s="0"/>
+      <c r="L60" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
         <v>242</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>243</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>244</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>138</v>
+        <v>165</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I61" s="1" t="s">
         <v>245</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L61" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L61" s="0"/>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
         <v>246</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>247</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>248</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I62" s="1" t="s">
         <v>249</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L62" s="0"/>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
         <v>250</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>251</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>252</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F63" s="0" t="s">
-        <v>166</v>
+        <v>146</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>253</v>
+        <v>245</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L63" s="0"/>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
+        <v>253</v>
+      </c>
+      <c r="C64" s="0" t="s">
         <v>254</v>
       </c>
-      <c r="C64" s="0" t="s">
+      <c r="D64" s="0" t="s">
         <v>255</v>
       </c>
-      <c r="D64" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E64" s="0" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>147</v>
+        <v>192</v>
       </c>
       <c r="G64" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L64" s="0"/>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
+        <v>256</v>
+      </c>
+      <c r="C65" s="0" t="s">
         <v>257</v>
       </c>
-      <c r="C65" s="0" t="s">
+      <c r="D65" s="0" t="s">
         <v>258</v>
       </c>
-      <c r="D65" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E65" s="0" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F65" s="0" t="s">
-        <v>171</v>
+        <v>192</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L65" s="0"/>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
+        <v>259</v>
+      </c>
+      <c r="C66" s="0" t="s">
         <v>260</v>
       </c>
-      <c r="C66" s="0" t="s">
+      <c r="D66" s="0" t="s">
         <v>261</v>
       </c>
-      <c r="D66" s="0" t="s">
+      <c r="E66" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="F66" s="0" t="s">
         <v>262</v>
       </c>
-      <c r="E66" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G66" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>249</v>
+        <v>263</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L66" s="0"/>
+      <c r="L66" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="E67" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="F67" s="0" t="s">
         <v>132</v>
       </c>
-      <c r="F67" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G67" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>267</v>
+        <v>210</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L67" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L67" s="0"/>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="C68" s="0" t="s">
         <v>268</v>
       </c>
-      <c r="C68" s="0" t="s">
+      <c r="D68" s="0" t="s">
         <v>269</v>
       </c>
-      <c r="D68" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E68" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="F68" s="0" t="s">
         <v>132</v>
       </c>
-      <c r="F68" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G68" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L68" s="0"/>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
+        <v>270</v>
+      </c>
+      <c r="C69" s="0" t="s">
         <v>271</v>
       </c>
-      <c r="C69" s="0" t="s">
+      <c r="D69" s="0" t="s">
         <v>272</v>
       </c>
-      <c r="D69" s="0" t="s">
+      <c r="E69" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="F69" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="G69" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H69" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I69" s="1" t="s">
         <v>273</v>
-      </c>
-[...13 lines deleted...]
-        <v>214</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L69" s="0"/>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="C70" s="0" t="s">
         <v>274</v>
       </c>
-      <c r="C70" s="0" t="s">
+      <c r="D70" s="0" t="s">
         <v>275</v>
       </c>
-      <c r="D70" s="0" t="s">
+      <c r="E70" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="F70" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="G70" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H70" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I70" s="1" t="s">
         <v>276</v>
-      </c>
-[...13 lines deleted...]
-        <v>277</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L70" s="0"/>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>129</v>
+        <v>148</v>
       </c>
       <c r="C71" s="0" t="s">
+        <v>277</v>
+      </c>
+      <c r="D71" s="0" t="s">
         <v>278</v>
       </c>
-      <c r="D71" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E71" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="F71" s="0" t="s">
         <v>132</v>
       </c>
-      <c r="F71" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G71" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L71" s="0"/>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>149</v>
+        <v>279</v>
       </c>
       <c r="C72" s="0" t="s">
+        <v>280</v>
+      </c>
+      <c r="D72" s="0" t="s">
         <v>281</v>
       </c>
-      <c r="D72" s="0" t="s">
+      <c r="E72" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="F72" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="G72" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H72" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I72" s="1" t="s">
         <v>282</v>
-      </c>
-[...13 lines deleted...]
-        <v>280</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L72" s="0"/>
+      <c r="L72" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
         <v>283</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>284</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>285</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F73" s="0" t="s">
-        <v>133</v>
+        <v>165</v>
       </c>
       <c r="G73" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>286</v>
+        <v>147</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L73" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L73" s="0"/>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
+        <v>286</v>
+      </c>
+      <c r="C74" s="0" t="s">
         <v>287</v>
       </c>
-      <c r="C74" s="0" t="s">
+      <c r="D74" s="0" t="s">
         <v>288</v>
       </c>
-      <c r="D74" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E74" s="0" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F74" s="0" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="G74" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>148</v>
+        <v>142</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L74" s="0"/>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="C75" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="D75" s="0" t="s">
         <v>290</v>
       </c>
-      <c r="C75" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E75" s="0" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F75" s="0" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="G75" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>143</v>
+        <v>181</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L75" s="0"/>
+      <c r="L75" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>197</v>
+        <v>291</v>
       </c>
       <c r="C76" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="D76" s="0" t="s">
         <v>293</v>
       </c>
-      <c r="D76" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E76" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="F76" s="0" t="s">
         <v>132</v>
       </c>
-      <c r="F76" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G76" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L76" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L76" s="0"/>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
+        <v>291</v>
+      </c>
+      <c r="C77" s="0" t="s">
+        <v>294</v>
+      </c>
+      <c r="D77" s="0" t="s">
         <v>295</v>
       </c>
-      <c r="C77" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E77" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="F77" s="0" t="s">
         <v>132</v>
       </c>
-      <c r="F77" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G77" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L77" s="0"/>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C78" s="0" t="s">
+        <v>297</v>
+      </c>
+      <c r="D78" s="0" t="s">
         <v>298</v>
       </c>
-      <c r="D78" s="0" t="s">
+      <c r="E78" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="F78" s="0"/>
+      <c r="G78" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H78" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I78" s="1" t="s">
         <v>299</v>
-      </c>
-[...13 lines deleted...]
-        <v>186</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="L78" s="0"/>
+        <v>87</v>
+      </c>
+      <c r="L78" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
         <v>300</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>301</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>302</v>
       </c>
       <c r="E79" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I79" s="1" t="s">
         <v>303</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>304</v>
+        <v>23</v>
       </c>
       <c r="L79" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
+        <v>304</v>
+      </c>
+      <c r="C80" s="0" t="s">
         <v>305</v>
       </c>
-      <c r="C80" s="0" t="s">
+      <c r="D80" s="0" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
       <c r="E80" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>308</v>
+        <v>303</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
-        <v>309</v>
+        <v>27</v>
       </c>
       <c r="L80" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="E81" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
-        <v>313</v>
+        <v>18</v>
       </c>
       <c r="L81" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="E82" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="L82" s="0">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>318</v>
+        <v>162</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="F83" s="0"/>
+        <v>131</v>
+      </c>
+      <c r="F83" s="0" t="s">
+        <v>165</v>
+      </c>
       <c r="G83" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>321</v>
+        <v>317</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L83" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L83" s="0"/>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>163</v>
+        <v>318</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>132</v>
-[...3 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L84" s="0"/>
+      <c r="L84" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>27</v>
+        <v>326</v>
       </c>
       <c r="L85" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
+        <v>327</v>
+      </c>
+      <c r="C86" s="0" t="s">
+        <v>328</v>
+      </c>
+      <c r="D86" s="0" t="s">
         <v>329</v>
-      </c>
-[...4 lines deleted...]
-        <v>331</v>
       </c>
       <c r="E86" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>332</v>
+        <v>325</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="L86" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>333</v>
+        <v>330</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="E87" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
-        <v>27</v>
+        <v>334</v>
       </c>
       <c r="L87" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
+        <v>335</v>
+      </c>
+      <c r="C88" s="0" t="s">
         <v>336</v>
       </c>
-      <c r="C88" s="0" t="s">
+      <c r="D88" s="0" t="s">
         <v>337</v>
-      </c>
-[...1 lines deleted...]
-        <v>338</v>
       </c>
       <c r="E88" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F88" s="0"/>
       <c r="G88" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
-        <v>340</v>
+        <v>79</v>
       </c>
       <c r="L88" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>341</v>
+        <v>330</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="E89" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>27</v>
+        <v>91</v>
       </c>
       <c r="L89" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="E90" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>27</v>
+        <v>79</v>
       </c>
       <c r="L90" s="0">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="C91" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="D91" s="0" t="s">
         <v>348</v>
-      </c>
-[...4 lines deleted...]
-        <v>350</v>
       </c>
       <c r="E91" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>351</v>
+        <v>303</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>79</v>
+        <v>349</v>
       </c>
       <c r="L91" s="0">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="C92" s="0" t="s">
+        <v>351</v>
+      </c>
+      <c r="D92" s="0" t="s">
         <v>352</v>
-      </c>
-[...4 lines deleted...]
-        <v>354</v>
       </c>
       <c r="E92" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>308</v>
+        <v>353</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
-        <v>355</v>
+        <v>27</v>
       </c>
       <c r="L92" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
+        <v>354</v>
+      </c>
+      <c r="C93" s="0" t="s">
+        <v>355</v>
+      </c>
+      <c r="D93" s="0" t="s">
         <v>356</v>
-      </c>
-[...4 lines deleted...]
-        <v>358</v>
       </c>
       <c r="E93" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F93" s="0"/>
       <c r="G93" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>359</v>
+        <v>353</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
-        <v>27</v>
+        <v>357</v>
       </c>
       <c r="L93" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
+        <v>358</v>
+      </c>
+      <c r="C94" s="0" t="s">
+        <v>359</v>
+      </c>
+      <c r="D94" s="0" t="s">
         <v>360</v>
-      </c>
-[...4 lines deleted...]
-        <v>362</v>
       </c>
       <c r="E94" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
-        <v>61</v>
+        <v>362</v>
       </c>
       <c r="L94" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
         <v>363</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>364</v>
       </c>
       <c r="D95" s="0" t="s">
         <v>365</v>
       </c>
       <c r="E95" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F95" s="0"/>
       <c r="G95" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>366</v>
+        <v>56</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
-        <v>313</v>
+        <v>27</v>
       </c>
       <c r="L95" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
+        <v>366</v>
+      </c>
+      <c r="C96" s="0" t="s">
         <v>367</v>
       </c>
-      <c r="C96" s="0" t="s">
+      <c r="D96" s="0" t="s">
         <v>368</v>
-      </c>
-[...1 lines deleted...]
-        <v>369</v>
       </c>
       <c r="E96" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F96" s="0"/>
       <c r="G96" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>55</v>
+        <v>325</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L96" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
+        <v>369</v>
+      </c>
+      <c r="C97" s="0" t="s">
         <v>370</v>
       </c>
-      <c r="C97" s="0" t="s">
+      <c r="D97" s="0" t="s">
         <v>371</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
       <c r="E97" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>332</v>
+        <v>372</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
-        <v>69</v>
+        <v>373</v>
       </c>
       <c r="L97" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="E98" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>69</v>
+        <v>378</v>
       </c>
       <c r="L98" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="E99" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
-        <v>381</v>
+        <v>52</v>
       </c>
       <c r="L99" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="E100" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
-        <v>313</v>
+        <v>357</v>
       </c>
       <c r="L100" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="E101" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
-        <v>61</v>
+        <v>391</v>
       </c>
       <c r="L101" s="0">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="E102" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F102" s="0"/>
       <c r="G102" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
-        <v>394</v>
+        <v>27</v>
       </c>
       <c r="L102" s="0">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="E103" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L103" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="E104" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>87</v>
+        <v>404</v>
       </c>
       <c r="L104" s="0">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="E105" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
-        <v>101</v>
+        <v>27</v>
       </c>
       <c r="L105" s="0">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="E106" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F106" s="0"/>
       <c r="G106" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L106" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L106" s="0"/>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="E107" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F107" s="0"/>
       <c r="G107" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L107" s="0"/>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="E108" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F108" s="0"/>
       <c r="G108" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>418</v>
+        <v>353</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="L108" s="0"/>
+        <v>373</v>
+      </c>
+      <c r="L108" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="E109" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F109" s="0"/>
       <c r="G109" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>359</v>
+        <v>423</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
-        <v>87</v>
+        <v>27</v>
       </c>
       <c r="L109" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="E110" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F110" s="0"/>
       <c r="G110" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>425</v>
+        <v>353</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L110" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="E111" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F111" s="0"/>
       <c r="G111" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>359</v>
+        <v>430</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
-        <v>429</v>
+        <v>326</v>
       </c>
       <c r="L111" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="E112" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F112" s="0"/>
       <c r="G112" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
-        <v>429</v>
+        <v>27</v>
       </c>
       <c r="L112" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="E113" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F113" s="0"/>
       <c r="G113" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
-        <v>27</v>
+        <v>404</v>
       </c>
       <c r="L113" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
         <v>438</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>439</v>
       </c>
       <c r="D114" s="0" t="s">
         <v>440</v>
       </c>
       <c r="E114" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F114" s="0"/>
       <c r="G114" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
-        <v>101</v>
+        <v>91</v>
       </c>
       <c r="L114" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
         <v>441</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>442</v>
       </c>
       <c r="D115" s="0" t="s">
         <v>443</v>
       </c>
       <c r="E115" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F115" s="0"/>
       <c r="G115" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="L115" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
         <v>444</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>445</v>
       </c>
       <c r="D116" s="0" t="s">
         <v>446</v>
       </c>
       <c r="E116" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F116" s="0"/>
       <c r="G116" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>437</v>
+        <v>353</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="L116" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
         <v>447</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>448</v>
       </c>
       <c r="D117" s="0" t="s">
         <v>449</v>
       </c>
       <c r="E117" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F117" s="0"/>
       <c r="G117" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>359</v>
+        <v>450</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
-        <v>87</v>
+        <v>362</v>
       </c>
       <c r="L117" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="E118" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F118" s="0"/>
       <c r="G118" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>453</v>
+        <v>353</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
-        <v>313</v>
+        <v>27</v>
       </c>
       <c r="L118" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
         <v>454</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>455</v>
       </c>
       <c r="D119" s="0" t="s">
         <v>456</v>
       </c>
       <c r="E119" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F119" s="0"/>
       <c r="G119" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>359</v>
+        <v>353</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L119" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
+        <v>451</v>
+      </c>
+      <c r="C120" s="0" t="s">
         <v>457</v>
       </c>
-      <c r="C120" s="0" t="s">
+      <c r="D120" s="0" t="s">
         <v>458</v>
-      </c>
-[...1 lines deleted...]
-        <v>459</v>
       </c>
       <c r="E120" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F120" s="0"/>
       <c r="G120" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>359</v>
+        <v>353</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
-        <v>309</v>
+        <v>91</v>
       </c>
       <c r="L120" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>460</v>
       </c>
       <c r="D121" s="0" t="s">
         <v>461</v>
       </c>
       <c r="E121" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F121" s="0"/>
       <c r="G121" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H121" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>359</v>
+        <v>353</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
-        <v>69</v>
+        <v>404</v>
       </c>
       <c r="L121" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
         <v>462</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>463</v>
       </c>
       <c r="D122" s="0" t="s">
         <v>464</v>
       </c>
       <c r="E122" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F122" s="0"/>
       <c r="G122" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>359</v>
+        <v>465</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="L122" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="E123" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F123" s="0"/>
       <c r="G123" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
-        <v>469</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="L123" s="0"/>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
         <v>470</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>471</v>
       </c>
       <c r="D124" s="0" t="s">
         <v>472</v>
       </c>
       <c r="E124" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F124" s="0"/>
       <c r="G124" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I124" s="1" t="s">
         <v>473</v>
       </c>
@@ -18434,7102 +18420,7106 @@
       </c>
       <c r="L124" s="0"/>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
         <v>474</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>475</v>
       </c>
       <c r="D125" s="0" t="s">
         <v>476</v>
       </c>
       <c r="E125" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F125" s="0"/>
       <c r="G125" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>477</v>
+        <v>382</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L125" s="0"/>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
+        <v>477</v>
+      </c>
+      <c r="C126" s="0" t="s">
         <v>478</v>
       </c>
-      <c r="C126" s="0" t="s">
+      <c r="D126" s="0" t="s">
         <v>479</v>
-      </c>
-[...1 lines deleted...]
-        <v>480</v>
       </c>
       <c r="E126" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F126" s="0"/>
       <c r="G126" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>477</v>
+        <v>473</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L126" s="0"/>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
+        <v>480</v>
+      </c>
+      <c r="C127" s="0" t="s">
         <v>481</v>
       </c>
-      <c r="C127" s="0" t="s">
+      <c r="D127" s="0" t="s">
         <v>482</v>
-      </c>
-[...1 lines deleted...]
-        <v>483</v>
       </c>
       <c r="E127" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F127" s="0"/>
       <c r="G127" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>477</v>
+        <v>483</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="L127" s="0"/>
+        <v>484</v>
+      </c>
+      <c r="L127" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="E128" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F128" s="0"/>
       <c r="G128" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
-        <v>488</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="L128" s="0"/>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
         <v>489</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>490</v>
       </c>
       <c r="D129" s="0" t="s">
         <v>491</v>
       </c>
       <c r="E129" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F129" s="0"/>
       <c r="G129" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I129" s="1" t="s">
         <v>492</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L129" s="0"/>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
         <v>493</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>494</v>
       </c>
       <c r="D130" s="0" t="s">
         <v>495</v>
       </c>
       <c r="E130" s="0" t="s">
-        <v>50</v>
+        <v>107</v>
       </c>
       <c r="F130" s="0"/>
       <c r="G130" s="0" t="s">
-        <v>42</v>
+        <v>108</v>
       </c>
       <c r="H130" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I130" s="1" t="s">
         <v>496</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L130" s="0"/>
+      <c r="L130" s="0">
+        <v>10</v>
+      </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
         <v>497</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>498</v>
       </c>
       <c r="D131" s="0" t="s">
         <v>499</v>
       </c>
       <c r="E131" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F131" s="0"/>
       <c r="G131" s="0" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I131" s="1" t="s">
         <v>500</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L131" s="0">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
         <v>501</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>502</v>
       </c>
       <c r="D132" s="0" t="s">
         <v>503</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>108</v>
+        <v>50</v>
       </c>
       <c r="F132" s="0"/>
       <c r="G132" s="0" t="s">
-        <v>109</v>
+        <v>42</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>504</v>
+        <v>492</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L132" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L132" s="0"/>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
+        <v>504</v>
+      </c>
+      <c r="C133" s="0" t="s">
         <v>505</v>
       </c>
-      <c r="C133" s="0" t="s">
+      <c r="D133" s="0" t="s">
         <v>506</v>
-      </c>
-[...1 lines deleted...]
-        <v>507</v>
       </c>
       <c r="E133" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F133" s="0"/>
       <c r="G133" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>496</v>
+        <v>507</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L133" s="0"/>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
         <v>508</v>
       </c>
       <c r="C134" s="0" t="s">
         <v>509</v>
       </c>
       <c r="D134" s="0" t="s">
         <v>510</v>
       </c>
       <c r="E134" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F134" s="0"/>
       <c r="G134" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H134" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I134" s="1" t="s">
         <v>511</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="L134" s="0"/>
+        <v>23</v>
+      </c>
+      <c r="L134" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
         <v>512</v>
       </c>
       <c r="C135" s="0" t="s">
         <v>513</v>
       </c>
       <c r="D135" s="0" t="s">
         <v>514</v>
       </c>
       <c r="E135" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F135" s="0"/>
       <c r="G135" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H135" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>515</v>
+        <v>511</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
-        <v>27</v>
+        <v>357</v>
       </c>
       <c r="L135" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
+        <v>515</v>
+      </c>
+      <c r="C136" s="0" t="s">
         <v>516</v>
       </c>
-      <c r="C136" s="0" t="s">
+      <c r="D136" s="0" t="s">
         <v>517</v>
-      </c>
-[...1 lines deleted...]
-        <v>518</v>
       </c>
       <c r="E136" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F136" s="0"/>
       <c r="G136" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L136" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L136" s="0"/>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
         <v>519</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>520</v>
       </c>
       <c r="D137" s="0" t="s">
         <v>521</v>
       </c>
       <c r="E137" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F137" s="0"/>
       <c r="G137" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>522</v>
+        <v>511</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="L137" s="0"/>
+        <v>23</v>
+      </c>
+      <c r="L137" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
+        <v>522</v>
+      </c>
+      <c r="C138" s="0" t="s">
         <v>523</v>
       </c>
-      <c r="C138" s="0" t="s">
+      <c r="D138" s="0" t="s">
         <v>524</v>
-      </c>
-[...1 lines deleted...]
-        <v>525</v>
       </c>
       <c r="E138" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F138" s="0"/>
       <c r="G138" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H138" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>515</v>
+        <v>525</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
-        <v>27</v>
+        <v>373</v>
       </c>
       <c r="L138" s="0">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
         <v>526</v>
       </c>
       <c r="C139" s="0" t="s">
         <v>527</v>
       </c>
       <c r="D139" s="0" t="s">
         <v>528</v>
       </c>
       <c r="E139" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F139" s="0"/>
       <c r="G139" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H139" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>529</v>
+        <v>434</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
-        <v>87</v>
+        <v>27</v>
       </c>
       <c r="L139" s="0">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
+        <v>529</v>
+      </c>
+      <c r="C140" s="0" t="s">
         <v>530</v>
       </c>
-      <c r="C140" s="0" t="s">
+      <c r="D140" s="0" t="s">
         <v>531</v>
-      </c>
-[...1 lines deleted...]
-        <v>532</v>
       </c>
       <c r="E140" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F140" s="0"/>
       <c r="G140" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H140" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>437</v>
+        <v>532</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="L140" s="0"/>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
         <v>533</v>
       </c>
       <c r="C141" s="0" t="s">
         <v>534</v>
       </c>
       <c r="D141" s="0" t="s">
         <v>535</v>
       </c>
       <c r="E141" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F141" s="0"/>
       <c r="G141" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I141" s="1" t="s">
         <v>536</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="L141" s="0"/>
+        <v>91</v>
+      </c>
+      <c r="L141" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
         <v>537</v>
       </c>
       <c r="C142" s="0" t="s">
         <v>538</v>
       </c>
       <c r="D142" s="0" t="s">
         <v>539</v>
       </c>
       <c r="E142" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F142" s="0"/>
       <c r="G142" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I142" s="1" t="s">
         <v>540</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
-        <v>309</v>
+        <v>541</v>
       </c>
       <c r="L142" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="E143" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F143" s="0"/>
       <c r="G143" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>544</v>
+        <v>86</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L143" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
         <v>545</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>546</v>
       </c>
       <c r="D144" s="0" t="s">
         <v>547</v>
       </c>
       <c r="E144" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F144" s="0"/>
       <c r="G144" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I144" s="1" t="s">
         <v>548</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
-        <v>79</v>
+        <v>373</v>
       </c>
       <c r="L144" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
         <v>549</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>550</v>
       </c>
       <c r="D145" s="0" t="s">
         <v>551</v>
       </c>
       <c r="E145" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F145" s="0"/>
       <c r="G145" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H145" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I145" s="1" t="s">
         <v>552</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
-        <v>87</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="L145" s="0"/>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
         <v>553</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>554</v>
       </c>
       <c r="D146" s="0" t="s">
         <v>555</v>
       </c>
       <c r="E146" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F146" s="0"/>
       <c r="G146" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H146" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>556</v>
+        <v>552</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L146" s="0"/>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
+        <v>556</v>
+      </c>
+      <c r="C147" s="0" t="s">
         <v>557</v>
       </c>
-      <c r="C147" s="0" t="s">
+      <c r="D147" s="0" t="s">
         <v>558</v>
-      </c>
-[...1 lines deleted...]
-        <v>559</v>
       </c>
       <c r="E147" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F147" s="0"/>
       <c r="G147" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H147" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>556</v>
+        <v>552</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L147" s="0"/>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
+        <v>559</v>
+      </c>
+      <c r="C148" s="0" t="s">
         <v>560</v>
       </c>
-      <c r="C148" s="0" t="s">
+      <c r="D148" s="0" t="s">
         <v>561</v>
-      </c>
-[...1 lines deleted...]
-        <v>562</v>
       </c>
       <c r="E148" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F148" s="0"/>
       <c r="G148" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H148" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>556</v>
+        <v>525</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="L148" s="0"/>
+        <v>23</v>
+      </c>
+      <c r="L148" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
+        <v>559</v>
+      </c>
+      <c r="C149" s="0" t="s">
+        <v>562</v>
+      </c>
+      <c r="D149" s="0" t="s">
         <v>563</v>
-      </c>
-[...4 lines deleted...]
-        <v>565</v>
       </c>
       <c r="E149" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F149" s="0"/>
       <c r="G149" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H149" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>529</v>
+        <v>525</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
-        <v>23</v>
+        <v>564</v>
       </c>
       <c r="L149" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>566</v>
       </c>
       <c r="D150" s="0" t="s">
         <v>567</v>
       </c>
       <c r="E150" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F150" s="0"/>
       <c r="G150" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H150" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>529</v>
+        <v>525</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
-        <v>568</v>
+        <v>564</v>
       </c>
       <c r="L150" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
+        <v>568</v>
+      </c>
+      <c r="C151" s="0" t="s">
         <v>569</v>
       </c>
-      <c r="C151" s="0" t="s">
+      <c r="D151" s="0" t="s">
         <v>570</v>
-      </c>
-[...1 lines deleted...]
-        <v>571</v>
       </c>
       <c r="E151" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F151" s="0"/>
       <c r="G151" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H151" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>529</v>
+        <v>571</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
-        <v>355</v>
+        <v>27</v>
       </c>
       <c r="L151" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
         <v>572</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>573</v>
       </c>
       <c r="D152" s="0" t="s">
         <v>574</v>
       </c>
       <c r="E152" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F152" s="0"/>
       <c r="G152" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H152" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I152" s="1" t="s">
         <v>575</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L152" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L152" s="0"/>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
         <v>576</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>577</v>
       </c>
       <c r="D153" s="0" t="s">
         <v>578</v>
       </c>
       <c r="E153" s="0" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="F153" s="0"/>
+        <v>131</v>
+      </c>
+      <c r="F153" s="0" t="s">
+        <v>579</v>
+      </c>
       <c r="G153" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H153" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>579</v>
+        <v>226</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L153" s="0"/>
+      <c r="L153" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
         <v>580</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>581</v>
       </c>
       <c r="D154" s="0" t="s">
         <v>582</v>
       </c>
       <c r="E154" s="0" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F154" s="0" t="s">
+        <v>579</v>
+      </c>
+      <c r="G154" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H154" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I154" s="1" t="s">
         <v>583</v>
-      </c>
-[...7 lines deleted...]
-        <v>230</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L154" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="A155" s="0"/>
       <c r="B155" s="0" t="s">
         <v>584</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>585</v>
       </c>
       <c r="D155" s="0" t="s">
         <v>586</v>
       </c>
       <c r="E155" s="0" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F155" s="0" t="s">
-        <v>583</v>
+        <v>579</v>
       </c>
       <c r="G155" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H155" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I155" s="1" t="s">
         <v>587</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L155" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L155" s="0"/>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
         <v>588</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>589</v>
       </c>
       <c r="D156" s="0" t="s">
         <v>590</v>
       </c>
       <c r="E156" s="0" t="s">
-        <v>132</v>
+        <v>591</v>
       </c>
       <c r="F156" s="0" t="s">
-        <v>583</v>
+        <v>592</v>
       </c>
       <c r="G156" s="0" t="s">
-        <v>42</v>
+        <v>77</v>
       </c>
       <c r="H156" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L156" s="0"/>
+      <c r="L156" s="0">
+        <v>2</v>
+      </c>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="D157" s="0" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="E157" s="0" t="s">
-        <v>595</v>
-[...3 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="F157" s="0"/>
       <c r="G157" s="0" t="s">
-        <v>77</v>
+        <v>42</v>
       </c>
       <c r="H157" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I157" s="1" t="s">
         <v>597</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
-        <v>27</v>
+        <v>598</v>
       </c>
       <c r="L157" s="0">
-        <v>2</v>
+        <v>6</v>
       </c>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>599</v>
-[...1 lines deleted...]
-      <c r="D158" s="0"/>
+        <v>600</v>
+      </c>
+      <c r="D158" s="0" t="s">
+        <v>601</v>
+      </c>
       <c r="E158" s="0" t="s">
-        <v>50</v>
+        <v>602</v>
       </c>
       <c r="F158" s="0"/>
       <c r="G158" s="0" t="s">
-        <v>42</v>
+        <v>77</v>
       </c>
       <c r="H158" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L158" s="0"/>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="C159" s="0" t="s">
+        <v>605</v>
+      </c>
+      <c r="D159" s="0" t="s">
+        <v>606</v>
+      </c>
+      <c r="E159" s="0" t="s">
         <v>602</v>
-      </c>
-[...4 lines deleted...]
-        <v>604</v>
       </c>
       <c r="F159" s="0"/>
       <c r="G159" s="0" t="s">
         <v>77</v>
       </c>
       <c r="H159" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L159" s="0"/>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="D160" s="0" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="E160" s="0" t="s">
-        <v>604</v>
+        <v>50</v>
       </c>
       <c r="F160" s="0"/>
       <c r="G160" s="0" t="s">
-        <v>77</v>
+        <v>42</v>
       </c>
       <c r="H160" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L160" s="0"/>
+      <c r="L160" s="0">
+        <v>9</v>
+      </c>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
       <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="D161" s="0" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="E161" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F161" s="0"/>
       <c r="G161" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H161" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
-        <v>309</v>
+        <v>91</v>
       </c>
       <c r="L161" s="0">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
       <c r="A162" s="0"/>
       <c r="B162" s="0" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="D162" s="0" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="E162" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F162" s="0"/>
       <c r="G162" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H162" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
-        <v>309</v>
+        <v>404</v>
       </c>
       <c r="L162" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
       <c r="A163" s="0"/>
       <c r="B163" s="0" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="C163" s="0" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="D163" s="0" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="E163" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F163" s="0"/>
       <c r="G163" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H163" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
-        <v>87</v>
+        <v>27</v>
       </c>
       <c r="L163" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="80">
       <c r="A164" s="0"/>
       <c r="B164" s="0" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="C164" s="0" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="D164" s="0" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="E164" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F164" s="0"/>
       <c r="G164" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H164" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L164" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="80">
       <c r="A165" s="0"/>
       <c r="B165" s="0" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="D165" s="0" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="E165" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F165" s="0"/>
       <c r="G165" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H165" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L165" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L165" s="0"/>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="80">
       <c r="A166" s="0"/>
       <c r="B166" s="0" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="D166" s="0" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="E166" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F166" s="0"/>
       <c r="G166" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H166" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L166" s="0"/>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="80">
       <c r="A167" s="0"/>
       <c r="B167" s="0" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="D167" s="0" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="E167" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F167" s="0"/>
       <c r="G167" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H167" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L167" s="0"/>
+      <c r="L167" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="80">
       <c r="A168" s="0"/>
       <c r="B168" s="0" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="D168" s="0" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="E168" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F168" s="0"/>
       <c r="G168" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H168" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I168" s="1" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="s">
-        <v>18</v>
+        <v>127</v>
       </c>
       <c r="L168" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="80">
       <c r="A169" s="0"/>
       <c r="B169" s="0" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="D169" s="0" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="E169" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F169" s="0"/>
       <c r="G169" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H169" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="s">
-        <v>124</v>
+        <v>357</v>
       </c>
       <c r="L169" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="80">
       <c r="A170" s="0"/>
       <c r="B170" s="0" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="D170" s="0" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="E170" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F170" s="0"/>
       <c r="G170" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H170" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="s">
-        <v>61</v>
+        <v>23</v>
       </c>
       <c r="L170" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="80">
       <c r="A171" s="0"/>
       <c r="B171" s="0" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="C171" s="0" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="D171" s="0" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="E171" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F171" s="0"/>
       <c r="G171" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H171" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="L171" s="0"/>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="80">
       <c r="A172" s="0"/>
       <c r="B172" s="0" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="D172" s="0" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="E172" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F172" s="0"/>
       <c r="G172" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H172" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I172" s="1" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="J172" s="0"/>
       <c r="K172" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L172" s="0"/>
+      <c r="L172" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="80">
       <c r="A173" s="0"/>
       <c r="B173" s="0" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="C173" s="0" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="D173" s="0" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="E173" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F173" s="0"/>
       <c r="G173" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H173" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="J173" s="0"/>
       <c r="K173" s="0" t="s">
-        <v>27</v>
+        <v>373</v>
       </c>
       <c r="L173" s="0">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="80">
       <c r="A174" s="0"/>
       <c r="B174" s="0" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="C174" s="0" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="D174" s="0" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="E174" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F174" s="0"/>
       <c r="G174" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H174" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="J174" s="0"/>
       <c r="K174" s="0" t="s">
-        <v>87</v>
+        <v>667</v>
       </c>
       <c r="L174" s="0">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="80">
       <c r="A175" s="0"/>
       <c r="B175" s="0" t="s">
-        <v>665</v>
+        <v>668</v>
       </c>
       <c r="C175" s="0" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
       <c r="D175" s="0" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="E175" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F175" s="0"/>
       <c r="G175" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H175" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="J175" s="0"/>
       <c r="K175" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L175" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="80">
       <c r="A176" s="0"/>
       <c r="B176" s="0" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="C176" s="0" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="D176" s="0" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
       <c r="E176" s="0" t="s">
-        <v>50</v>
+        <v>591</v>
       </c>
       <c r="F176" s="0"/>
       <c r="G176" s="0" t="s">
-        <v>42</v>
+        <v>77</v>
       </c>
       <c r="H176" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>672</v>
+        <v>675</v>
       </c>
       <c r="J176" s="0"/>
       <c r="K176" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L176" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L176" s="0"/>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="80">
       <c r="A177" s="0"/>
       <c r="B177" s="0" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
       <c r="C177" s="0" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="D177" s="0" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="E177" s="0" t="s">
-        <v>595</v>
+        <v>679</v>
       </c>
       <c r="F177" s="0"/>
       <c r="G177" s="0" t="s">
-        <v>77</v>
+        <v>108</v>
       </c>
       <c r="H177" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I177" s="1" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
       <c r="J177" s="0"/>
       <c r="K177" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L177" s="0"/>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="80">
       <c r="A178" s="0"/>
       <c r="B178" s="0" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="C178" s="0" t="s">
-        <v>678</v>
+        <v>682</v>
       </c>
       <c r="D178" s="0" t="s">
-        <v>679</v>
+        <v>683</v>
       </c>
       <c r="E178" s="0" t="s">
-        <v>680</v>
+        <v>50</v>
       </c>
       <c r="F178" s="0"/>
       <c r="G178" s="0" t="s">
-        <v>109</v>
+        <v>42</v>
       </c>
       <c r="H178" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I178" s="1" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="J178" s="0"/>
       <c r="K178" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L178" s="0"/>
+      <c r="L178" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="80">
       <c r="A179" s="0"/>
       <c r="B179" s="0" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
       <c r="C179" s="0" t="s">
-        <v>683</v>
+        <v>686</v>
       </c>
       <c r="D179" s="0" t="s">
-        <v>684</v>
+        <v>687</v>
       </c>
       <c r="E179" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F179" s="0"/>
       <c r="G179" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H179" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I179" s="1" t="s">
-        <v>685</v>
+        <v>688</v>
       </c>
       <c r="J179" s="0"/>
       <c r="K179" s="0" t="s">
-        <v>686</v>
+        <v>27</v>
       </c>
       <c r="L179" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="80">
       <c r="A180" s="0"/>
       <c r="B180" s="0" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="C180" s="0" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="D180" s="0" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="E180" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F180" s="0"/>
       <c r="G180" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H180" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I180" s="1" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="J180" s="0"/>
       <c r="K180" s="0" t="s">
-        <v>355</v>
+        <v>326</v>
       </c>
       <c r="L180" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="80">
       <c r="A181" s="0"/>
       <c r="B181" s="0" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="C181" s="0" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="D181" s="0" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="E181" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F181" s="0"/>
       <c r="G181" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H181" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I181" s="1" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="J181" s="0"/>
       <c r="K181" s="0" t="s">
-        <v>429</v>
+        <v>23</v>
       </c>
       <c r="L181" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="80">
       <c r="A182" s="0"/>
       <c r="B182" s="0" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="C182" s="0" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="D182" s="0" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="E182" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F182" s="0"/>
       <c r="G182" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H182" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I182" s="1" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="J182" s="0"/>
       <c r="K182" s="0" t="s">
-        <v>309</v>
+        <v>23</v>
       </c>
       <c r="L182" s="0">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="80">
       <c r="A183" s="0"/>
       <c r="B183" s="0" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="C183" s="0" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="D183" s="0" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="E183" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F183" s="0"/>
       <c r="G183" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H183" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="J183" s="0"/>
       <c r="K183" s="0" t="s">
-        <v>101</v>
+        <v>326</v>
       </c>
       <c r="L183" s="0">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="80">
       <c r="A184" s="0"/>
       <c r="B184" s="0" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="C184" s="0" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="D184" s="0" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="E184" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F184" s="0"/>
       <c r="G184" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H184" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I184" s="1" t="s">
-        <v>706</v>
+        <v>704</v>
       </c>
       <c r="J184" s="0"/>
       <c r="K184" s="0" t="s">
-        <v>469</v>
+        <v>27</v>
       </c>
       <c r="L184" s="0">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="80">
       <c r="A185" s="0"/>
       <c r="B185" s="0" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="C185" s="0" t="s">
-        <v>708</v>
-[...1 lines deleted...]
-      <c r="D185" s="0" t="s">
         <v>709</v>
       </c>
+      <c r="D185" s="0">
+        <v>11620</v>
+      </c>
       <c r="E185" s="0" t="s">
-        <v>50</v>
+        <v>591</v>
       </c>
       <c r="F185" s="0"/>
       <c r="G185" s="0" t="s">
-        <v>42</v>
+        <v>77</v>
       </c>
       <c r="H185" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I185" s="1" t="s">
-        <v>706</v>
+        <v>710</v>
       </c>
       <c r="J185" s="0"/>
       <c r="K185" s="0" t="s">
-        <v>27</v>
+        <v>91</v>
       </c>
       <c r="L185" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="80">
       <c r="A186" s="0"/>
       <c r="B186" s="0" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="C186" s="0" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="D186" s="0">
-        <v>11620</v>
+        <v>11626</v>
       </c>
       <c r="E186" s="0" t="s">
-        <v>595</v>
+        <v>591</v>
       </c>
       <c r="F186" s="0"/>
       <c r="G186" s="0" t="s">
         <v>77</v>
       </c>
       <c r="H186" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I186" s="1" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="J186" s="0"/>
       <c r="K186" s="0" t="s">
-        <v>69</v>
+        <v>27</v>
       </c>
       <c r="L186" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="80">
       <c r="A187" s="0"/>
       <c r="B187" s="0" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="C187" s="0" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="D187" s="0">
-        <v>11626</v>
+        <v>11635</v>
       </c>
       <c r="E187" s="0" t="s">
-        <v>595</v>
-[...1 lines deleted...]
-      <c r="F187" s="0"/>
+        <v>591</v>
+      </c>
+      <c r="F187" s="0" t="s">
+        <v>716</v>
+      </c>
       <c r="G187" s="0" t="s">
         <v>77</v>
       </c>
       <c r="H187" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="J187" s="0"/>
       <c r="K187" s="0" t="s">
-        <v>27</v>
+        <v>362</v>
       </c>
       <c r="L187" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="80">
       <c r="A188" s="0"/>
       <c r="B188" s="0" t="s">
+        <v>718</v>
+      </c>
+      <c r="C188" s="0" t="s">
+        <v>719</v>
+      </c>
+      <c r="D188" s="0">
+        <v>11636</v>
+      </c>
+      <c r="E188" s="0" t="s">
+        <v>591</v>
+      </c>
+      <c r="F188" s="0" t="s">
         <v>716</v>
-      </c>
-[...10 lines deleted...]
-        <v>718</v>
       </c>
       <c r="G188" s="0" t="s">
         <v>77</v>
       </c>
       <c r="H188" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="J188" s="0"/>
       <c r="K188" s="0" t="s">
-        <v>313</v>
+        <v>91</v>
       </c>
       <c r="L188" s="0">
-        <v>1</v>
+        <v>18</v>
       </c>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="80">
       <c r="A189" s="0"/>
       <c r="B189" s="0" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="C189" s="0" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="D189" s="0">
-        <v>11636</v>
+        <v>11637</v>
       </c>
       <c r="E189" s="0" t="s">
-        <v>595</v>
+        <v>591</v>
       </c>
       <c r="F189" s="0" t="s">
-        <v>718</v>
+        <v>716</v>
       </c>
       <c r="G189" s="0" t="s">
         <v>77</v>
       </c>
       <c r="H189" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I189" s="1" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="J189" s="0"/>
       <c r="K189" s="0" t="s">
-        <v>18</v>
+        <v>541</v>
       </c>
       <c r="L189" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="80">
       <c r="A190" s="0"/>
       <c r="B190" s="0" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="C190" s="0" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="D190" s="0">
-        <v>11637</v>
+        <v>11638</v>
       </c>
       <c r="E190" s="0" t="s">
-        <v>595</v>
+        <v>591</v>
       </c>
       <c r="F190" s="0" t="s">
-        <v>718</v>
+        <v>716</v>
       </c>
       <c r="G190" s="0" t="s">
         <v>77</v>
       </c>
       <c r="H190" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I190" s="1" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="J190" s="0"/>
       <c r="K190" s="0" t="s">
-        <v>101</v>
+        <v>349</v>
       </c>
       <c r="L190" s="0">
-        <v>18</v>
+        <v>1</v>
       </c>
     </row>
     <row r="191" spans="1:12" customHeight="1" ht="80">
       <c r="A191" s="0"/>
       <c r="B191" s="0" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="C191" s="0" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="D191" s="0">
-        <v>11638</v>
+        <v>11639</v>
       </c>
       <c r="E191" s="0" t="s">
-        <v>595</v>
+        <v>591</v>
       </c>
       <c r="F191" s="0" t="s">
-        <v>718</v>
+        <v>716</v>
       </c>
       <c r="G191" s="0" t="s">
         <v>77</v>
       </c>
       <c r="H191" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I191" s="1" t="s">
-        <v>728</v>
+        <v>726</v>
       </c>
       <c r="J191" s="0"/>
       <c r="K191" s="0" t="s">
-        <v>729</v>
+        <v>357</v>
       </c>
       <c r="L191" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="80">
       <c r="A192" s="0"/>
       <c r="B192" s="0" t="s">
+        <v>729</v>
+      </c>
+      <c r="C192" s="0" t="s">
         <v>730</v>
       </c>
-      <c r="C192" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D192" s="0">
-        <v>11639</v>
+        <v>11640</v>
       </c>
       <c r="E192" s="0" t="s">
-        <v>595</v>
+        <v>591</v>
       </c>
       <c r="F192" s="0" t="s">
-        <v>718</v>
+        <v>716</v>
       </c>
       <c r="G192" s="0" t="s">
         <v>77</v>
       </c>
       <c r="H192" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I192" s="1" t="s">
-        <v>728</v>
+        <v>726</v>
       </c>
       <c r="J192" s="0"/>
       <c r="K192" s="0" t="s">
-        <v>61</v>
+        <v>598</v>
       </c>
       <c r="L192" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="80">
       <c r="A193" s="0"/>
       <c r="B193" s="0" t="s">
+        <v>731</v>
+      </c>
+      <c r="C193" s="0" t="s">
         <v>732</v>
       </c>
-      <c r="C193" s="0" t="s">
+      <c r="D193" s="0">
+        <v>11622</v>
+      </c>
+      <c r="E193" s="0" t="s">
+        <v>591</v>
+      </c>
+      <c r="F193" s="0"/>
+      <c r="G193" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="H193" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I193" s="1" t="s">
         <v>733</v>
-      </c>
-[...16 lines deleted...]
-        <v>728</v>
       </c>
       <c r="J193" s="0"/>
       <c r="K193" s="0" t="s">
-        <v>734</v>
+        <v>27</v>
       </c>
       <c r="L193" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="80">
       <c r="A194" s="0"/>
       <c r="B194" s="0" t="s">
+        <v>734</v>
+      </c>
+      <c r="C194" s="0" t="s">
         <v>735</v>
       </c>
-      <c r="C194" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D194" s="0">
-        <v>11622</v>
+        <v>11629</v>
       </c>
       <c r="E194" s="0" t="s">
-        <v>595</v>
+        <v>591</v>
       </c>
       <c r="F194" s="0"/>
       <c r="G194" s="0" t="s">
-        <v>37</v>
+        <v>77</v>
       </c>
       <c r="H194" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I194" s="1" t="s">
-        <v>737</v>
+        <v>736</v>
       </c>
       <c r="J194" s="0"/>
       <c r="K194" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L194" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="80">
       <c r="A195" s="0"/>
       <c r="B195" s="0" t="s">
+        <v>737</v>
+      </c>
+      <c r="C195" s="0" t="s">
         <v>738</v>
       </c>
-      <c r="C195" s="0" t="s">
+      <c r="D195" s="0" t="s">
         <v>739</v>
       </c>
-      <c r="D195" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E195" s="0" t="s">
-        <v>595</v>
+        <v>107</v>
       </c>
       <c r="F195" s="0"/>
       <c r="G195" s="0" t="s">
-        <v>77</v>
+        <v>108</v>
       </c>
       <c r="H195" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I195" s="1" t="s">
         <v>740</v>
       </c>
       <c r="J195" s="0"/>
       <c r="K195" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L195" s="0">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="80">
       <c r="A196" s="0"/>
       <c r="B196" s="0" t="s">
         <v>741</v>
       </c>
       <c r="C196" s="0" t="s">
         <v>742</v>
       </c>
       <c r="D196" s="0" t="s">
         <v>743</v>
       </c>
       <c r="E196" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F196" s="0"/>
       <c r="G196" s="0" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="H196" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I196" s="1" t="s">
         <v>744</v>
       </c>
       <c r="J196" s="0"/>
       <c r="K196" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L196" s="0">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="80">
       <c r="A197" s="0"/>
       <c r="B197" s="0" t="s">
         <v>745</v>
       </c>
       <c r="C197" s="0" t="s">
         <v>746</v>
       </c>
-      <c r="D197" s="0" t="s">
-        <v>747</v>
+      <c r="D197" s="0">
+        <v>11627</v>
       </c>
       <c r="E197" s="0" t="s">
-        <v>108</v>
+        <v>591</v>
       </c>
       <c r="F197" s="0"/>
       <c r="G197" s="0" t="s">
-        <v>109</v>
+        <v>77</v>
       </c>
       <c r="H197" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I197" s="1" t="s">
-        <v>748</v>
+        <v>747</v>
       </c>
       <c r="J197" s="0"/>
       <c r="K197" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L197" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="198" spans="1:12" customHeight="1" ht="80">
       <c r="A198" s="0"/>
       <c r="B198" s="0" t="s">
+        <v>748</v>
+      </c>
+      <c r="C198" s="0" t="s">
         <v>749</v>
       </c>
-      <c r="C198" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D198" s="0">
-        <v>11627</v>
+        <v>11628</v>
       </c>
       <c r="E198" s="0" t="s">
-        <v>595</v>
+        <v>591</v>
       </c>
       <c r="F198" s="0"/>
       <c r="G198" s="0" t="s">
         <v>77</v>
       </c>
       <c r="H198" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I198" s="1" t="s">
-        <v>751</v>
+        <v>750</v>
       </c>
       <c r="J198" s="0"/>
       <c r="K198" s="0" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="L198" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="199" spans="1:12" customHeight="1" ht="80">
       <c r="A199" s="0"/>
       <c r="B199" s="0" t="s">
+        <v>751</v>
+      </c>
+      <c r="C199" s="0" t="s">
         <v>752</v>
       </c>
-      <c r="C199" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D199" s="0">
-        <v>11628</v>
+        <v>11621</v>
       </c>
       <c r="E199" s="0" t="s">
-        <v>595</v>
+        <v>591</v>
       </c>
       <c r="F199" s="0"/>
       <c r="G199" s="0" t="s">
         <v>77</v>
       </c>
       <c r="H199" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I199" s="1" t="s">
-        <v>754</v>
+        <v>753</v>
       </c>
       <c r="J199" s="0"/>
       <c r="K199" s="0" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="L199" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="80">
       <c r="A200" s="0"/>
       <c r="B200" s="0" t="s">
+        <v>754</v>
+      </c>
+      <c r="C200" s="0" t="s">
         <v>755</v>
       </c>
-      <c r="C200" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D200" s="0">
-        <v>11621</v>
+        <v>11623</v>
       </c>
       <c r="E200" s="0" t="s">
-        <v>595</v>
+        <v>591</v>
       </c>
       <c r="F200" s="0"/>
       <c r="G200" s="0" t="s">
         <v>77</v>
       </c>
       <c r="H200" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I200" s="1" t="s">
-        <v>757</v>
+        <v>756</v>
       </c>
       <c r="J200" s="0"/>
       <c r="K200" s="0" t="s">
-        <v>69</v>
+        <v>27</v>
       </c>
       <c r="L200" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="80">
       <c r="A201" s="0"/>
       <c r="B201" s="0" t="s">
+        <v>757</v>
+      </c>
+      <c r="C201" s="0" t="s">
         <v>758</v>
       </c>
-      <c r="C201" s="0" t="s">
+      <c r="D201" s="0" t="s">
         <v>759</v>
       </c>
-      <c r="D201" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E201" s="0" t="s">
-        <v>595</v>
+        <v>50</v>
       </c>
       <c r="F201" s="0"/>
       <c r="G201" s="0" t="s">
-        <v>77</v>
+        <v>42</v>
       </c>
       <c r="H201" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I201" s="1" t="s">
         <v>760</v>
       </c>
       <c r="J201" s="0"/>
       <c r="K201" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L201" s="0">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="202" spans="1:12" customHeight="1" ht="80">
       <c r="A202" s="0"/>
       <c r="B202" s="0" t="s">
         <v>761</v>
       </c>
       <c r="C202" s="0" t="s">
         <v>762</v>
       </c>
       <c r="D202" s="0" t="s">
         <v>763</v>
       </c>
       <c r="E202" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F202" s="0"/>
       <c r="G202" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H202" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I202" s="1" t="s">
         <v>764</v>
       </c>
       <c r="J202" s="0"/>
       <c r="K202" s="0" t="s">
-        <v>79</v>
+        <v>52</v>
       </c>
       <c r="L202" s="0">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="80">
       <c r="A203" s="0"/>
       <c r="B203" s="0" t="s">
         <v>765</v>
       </c>
       <c r="C203" s="0" t="s">
         <v>766</v>
       </c>
       <c r="D203" s="0" t="s">
         <v>767</v>
       </c>
       <c r="E203" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F203" s="0"/>
       <c r="G203" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H203" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I203" s="1" t="s">
-        <v>768</v>
+        <v>619</v>
       </c>
       <c r="J203" s="0"/>
       <c r="K203" s="0" t="s">
-        <v>27</v>
+        <v>357</v>
       </c>
       <c r="L203" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:12" customHeight="1" ht="80">
       <c r="A204" s="0"/>
       <c r="B204" s="0" t="s">
+        <v>768</v>
+      </c>
+      <c r="C204" s="0" t="s">
         <v>769</v>
       </c>
-      <c r="C204" s="0" t="s">
+      <c r="D204" s="0" t="s">
         <v>770</v>
-      </c>
-[...1 lines deleted...]
-        <v>771</v>
       </c>
       <c r="E204" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F204" s="0"/>
       <c r="G204" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H204" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I204" s="1" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="J204" s="0"/>
       <c r="K204" s="0" t="s">
         <v>23</v>
       </c>
       <c r="L204" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="205" spans="1:12" customHeight="1" ht="80">
       <c r="A205" s="0"/>
       <c r="B205" s="0" t="s">
+        <v>771</v>
+      </c>
+      <c r="C205" s="0" t="s">
         <v>772</v>
       </c>
-      <c r="C205" s="0" t="s">
+      <c r="D205" s="0" t="s">
         <v>773</v>
-      </c>
-[...1 lines deleted...]
-        <v>774</v>
       </c>
       <c r="E205" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F205" s="0"/>
       <c r="G205" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H205" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I205" s="1" t="s">
-        <v>625</v>
+        <v>774</v>
       </c>
       <c r="J205" s="0"/>
       <c r="K205" s="0" t="s">
-        <v>23</v>
+        <v>373</v>
       </c>
       <c r="L205" s="0">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="206" spans="1:12" customHeight="1" ht="80">
       <c r="A206" s="0"/>
       <c r="B206" s="0" t="s">
         <v>775</v>
       </c>
       <c r="C206" s="0" t="s">
         <v>776</v>
       </c>
       <c r="D206" s="0" t="s">
         <v>777</v>
       </c>
       <c r="E206" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F206" s="0"/>
       <c r="G206" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H206" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I206" s="1" t="s">
         <v>778</v>
       </c>
       <c r="J206" s="0"/>
       <c r="K206" s="0" t="s">
-        <v>313</v>
+        <v>564</v>
       </c>
       <c r="L206" s="0">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="207" spans="1:12" customHeight="1" ht="80">
       <c r="A207" s="0"/>
       <c r="B207" s="0" t="s">
         <v>779</v>
       </c>
       <c r="C207" s="0" t="s">
         <v>780</v>
       </c>
       <c r="D207" s="0" t="s">
         <v>781</v>
       </c>
       <c r="E207" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F207" s="0"/>
       <c r="G207" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H207" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I207" s="1" t="s">
         <v>782</v>
       </c>
       <c r="J207" s="0"/>
       <c r="K207" s="0" t="s">
-        <v>783</v>
+        <v>357</v>
       </c>
       <c r="L207" s="0">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="80">
       <c r="A208" s="0"/>
       <c r="B208" s="0" t="s">
+        <v>783</v>
+      </c>
+      <c r="C208" s="0" t="s">
         <v>784</v>
       </c>
-      <c r="C208" s="0" t="s">
+      <c r="D208" s="0" t="s">
         <v>785</v>
-      </c>
-[...1 lines deleted...]
-        <v>786</v>
       </c>
       <c r="E208" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F208" s="0"/>
       <c r="G208" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H208" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I208" s="1" t="s">
-        <v>787</v>
+        <v>786</v>
       </c>
       <c r="J208" s="0"/>
       <c r="K208" s="0" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="L208" s="0">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="209" spans="1:12" customHeight="1" ht="80">
       <c r="A209" s="0"/>
       <c r="B209" s="0" t="s">
+        <v>787</v>
+      </c>
+      <c r="C209" s="0" t="s">
         <v>788</v>
       </c>
-      <c r="C209" s="0" t="s">
+      <c r="D209" s="0" t="s">
         <v>789</v>
-      </c>
-[...1 lines deleted...]
-        <v>790</v>
       </c>
       <c r="E209" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F209" s="0"/>
       <c r="G209" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H209" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I209" s="1" t="s">
-        <v>791</v>
+        <v>790</v>
       </c>
       <c r="J209" s="0"/>
       <c r="K209" s="0" t="s">
-        <v>79</v>
+        <v>373</v>
       </c>
       <c r="L209" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:12" customHeight="1" ht="80">
       <c r="A210" s="0"/>
       <c r="B210" s="0" t="s">
+        <v>791</v>
+      </c>
+      <c r="C210" s="0" t="s">
         <v>792</v>
       </c>
-      <c r="C210" s="0" t="s">
+      <c r="D210" s="0" t="s">
         <v>793</v>
-      </c>
-[...1 lines deleted...]
-        <v>794</v>
       </c>
       <c r="E210" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F210" s="0"/>
       <c r="G210" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H210" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I210" s="1" t="s">
-        <v>795</v>
+        <v>790</v>
       </c>
       <c r="J210" s="0"/>
       <c r="K210" s="0" t="s">
-        <v>87</v>
+        <v>79</v>
       </c>
       <c r="L210" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:12" customHeight="1" ht="80">
       <c r="A211" s="0"/>
       <c r="B211" s="0" t="s">
+        <v>794</v>
+      </c>
+      <c r="C211" s="0" t="s">
+        <v>795</v>
+      </c>
+      <c r="D211" s="0" t="s">
         <v>796</v>
-      </c>
-[...4 lines deleted...]
-        <v>798</v>
       </c>
       <c r="E211" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F211" s="0"/>
       <c r="G211" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H211" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I211" s="1" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="J211" s="0"/>
       <c r="K211" s="0" t="s">
-        <v>101</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="L211" s="0"/>
     </row>
     <row r="212" spans="1:12" customHeight="1" ht="80">
       <c r="A212" s="0"/>
       <c r="B212" s="0" t="s">
+        <v>798</v>
+      </c>
+      <c r="C212" s="0" t="s">
         <v>799</v>
       </c>
-      <c r="C212" s="0" t="s">
+      <c r="D212" s="0" t="s">
         <v>800</v>
-      </c>
-[...1 lines deleted...]
-        <v>801</v>
       </c>
       <c r="E212" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F212" s="0"/>
       <c r="G212" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H212" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I212" s="1" t="s">
-        <v>802</v>
+        <v>465</v>
       </c>
       <c r="J212" s="0"/>
       <c r="K212" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L212" s="0"/>
+      <c r="L212" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="213" spans="1:12" customHeight="1" ht="80">
       <c r="A213" s="0"/>
       <c r="B213" s="0" t="s">
+        <v>801</v>
+      </c>
+      <c r="C213" s="0" t="s">
+        <v>802</v>
+      </c>
+      <c r="D213" s="0" t="s">
         <v>803</v>
-      </c>
-[...4 lines deleted...]
-        <v>805</v>
       </c>
       <c r="E213" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F213" s="0"/>
       <c r="G213" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H213" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I213" s="1" t="s">
-        <v>468</v>
+        <v>804</v>
       </c>
       <c r="J213" s="0"/>
       <c r="K213" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L213" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="214" spans="1:12" customHeight="1" ht="80">
       <c r="A214" s="0"/>
       <c r="B214" s="0" t="s">
+        <v>805</v>
+      </c>
+      <c r="C214" s="0" t="s">
         <v>806</v>
       </c>
-      <c r="C214" s="0" t="s">
+      <c r="D214" s="0" t="s">
         <v>807</v>
-      </c>
-[...1 lines deleted...]
-        <v>808</v>
       </c>
       <c r="E214" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F214" s="0"/>
       <c r="G214" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H214" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I214" s="1" t="s">
-        <v>809</v>
+        <v>808</v>
       </c>
       <c r="J214" s="0"/>
       <c r="K214" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L214" s="0">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="215" spans="1:12" customHeight="1" ht="80">
       <c r="A215" s="0"/>
       <c r="B215" s="0" t="s">
+        <v>809</v>
+      </c>
+      <c r="C215" s="0" t="s">
         <v>810</v>
       </c>
-      <c r="C215" s="0" t="s">
+      <c r="D215" s="0" t="s">
         <v>811</v>
-      </c>
-[...1 lines deleted...]
-        <v>812</v>
       </c>
       <c r="E215" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F215" s="0"/>
       <c r="G215" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H215" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I215" s="1" t="s">
-        <v>813</v>
+        <v>797</v>
       </c>
       <c r="J215" s="0"/>
       <c r="K215" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L215" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L215" s="0"/>
     </row>
     <row r="216" spans="1:12" customHeight="1" ht="80">
       <c r="A216" s="0"/>
       <c r="B216" s="0" t="s">
+        <v>812</v>
+      </c>
+      <c r="C216" s="0" t="s">
+        <v>813</v>
+      </c>
+      <c r="D216" s="0" t="s">
         <v>814</v>
-      </c>
-[...4 lines deleted...]
-        <v>816</v>
       </c>
       <c r="E216" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F216" s="0"/>
       <c r="G216" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H216" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I216" s="1" t="s">
-        <v>802</v>
+        <v>696</v>
       </c>
       <c r="J216" s="0"/>
       <c r="K216" s="0" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="L216" s="0"/>
+        <v>349</v>
+      </c>
+      <c r="L216" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="217" spans="1:12" customHeight="1" ht="80">
       <c r="A217" s="0"/>
       <c r="B217" s="0" t="s">
+        <v>815</v>
+      </c>
+      <c r="C217" s="0" t="s">
+        <v>816</v>
+      </c>
+      <c r="D217" s="0" t="s">
         <v>817</v>
       </c>
-      <c r="C217" s="0" t="s">
+      <c r="E217" s="0" t="s">
         <v>818</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
       <c r="F217" s="0"/>
       <c r="G217" s="0" t="s">
-        <v>42</v>
+        <v>819</v>
       </c>
       <c r="H217" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I217" s="1" t="s">
-        <v>698</v>
+        <v>820</v>
       </c>
       <c r="J217" s="0"/>
       <c r="K217" s="0" t="s">
-        <v>729</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="L217" s="0"/>
     </row>
     <row r="218" spans="1:12" customHeight="1" ht="80">
       <c r="A218" s="0"/>
       <c r="B218" s="0" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="C218" s="0" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="D218" s="0" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="E218" s="0" t="s">
-        <v>823</v>
+        <v>602</v>
       </c>
       <c r="F218" s="0"/>
       <c r="G218" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="H218" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I218" s="1" t="s">
         <v>824</v>
-      </c>
-[...4 lines deleted...]
-        <v>825</v>
       </c>
       <c r="J218" s="0"/>
       <c r="K218" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L218" s="0"/>
     </row>
     <row r="219" spans="1:12" customHeight="1" ht="80">
       <c r="A219" s="0"/>
       <c r="B219" s="0" t="s">
+        <v>825</v>
+      </c>
+      <c r="C219" s="0" t="s">
         <v>826</v>
       </c>
-      <c r="C219" s="0" t="s">
+      <c r="D219" s="0" t="s">
         <v>827</v>
       </c>
-      <c r="D219" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E219" s="0" t="s">
-        <v>604</v>
+        <v>50</v>
       </c>
       <c r="F219" s="0"/>
       <c r="G219" s="0" t="s">
-        <v>77</v>
+        <v>42</v>
       </c>
       <c r="H219" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I219" s="1" t="s">
-        <v>829</v>
+        <v>828</v>
       </c>
       <c r="J219" s="0"/>
       <c r="K219" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L219" s="0"/>
+      <c r="L219" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="220" spans="1:12" customHeight="1" ht="80">
       <c r="A220" s="0"/>
       <c r="B220" s="0" t="s">
+        <v>829</v>
+      </c>
+      <c r="C220" s="0" t="s">
         <v>830</v>
       </c>
-      <c r="C220" s="0" t="s">
+      <c r="D220" s="0" t="s">
         <v>831</v>
-      </c>
-[...1 lines deleted...]
-        <v>832</v>
       </c>
       <c r="E220" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F220" s="0"/>
       <c r="G220" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H220" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I220" s="1" t="s">
-        <v>833</v>
+        <v>832</v>
       </c>
       <c r="J220" s="0"/>
       <c r="K220" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L220" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L220" s="0"/>
     </row>
     <row r="221" spans="1:12" customHeight="1" ht="80">
       <c r="A221" s="0"/>
       <c r="B221" s="0" t="s">
+        <v>833</v>
+      </c>
+      <c r="C221" s="0" t="s">
         <v>834</v>
       </c>
-      <c r="C221" s="0" t="s">
+      <c r="D221" s="0" t="s">
         <v>835</v>
-      </c>
-[...1 lines deleted...]
-        <v>836</v>
       </c>
       <c r="E221" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F221" s="0"/>
       <c r="G221" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H221" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I221" s="1" t="s">
-        <v>837</v>
+        <v>836</v>
       </c>
       <c r="J221" s="0"/>
       <c r="K221" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L221" s="0"/>
+      <c r="L221" s="0">
+        <v>8</v>
+      </c>
     </row>
     <row r="222" spans="1:12" customHeight="1" ht="80">
       <c r="A222" s="0"/>
       <c r="B222" s="0" t="s">
+        <v>837</v>
+      </c>
+      <c r="C222" s="0" t="s">
         <v>838</v>
       </c>
-      <c r="C222" s="0" t="s">
+      <c r="D222" s="0" t="s">
         <v>839</v>
       </c>
-      <c r="D222" s="0" t="s">
+      <c r="E222" s="0" t="s">
         <v>840</v>
       </c>
-      <c r="E222" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F222" s="0"/>
+      <c r="F222" s="0" t="s">
+        <v>841</v>
+      </c>
       <c r="G222" s="0" t="s">
-        <v>42</v>
+        <v>842</v>
       </c>
       <c r="H222" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I222" s="1" t="s">
-        <v>841</v>
+        <v>17</v>
       </c>
       <c r="J222" s="0"/>
       <c r="K222" s="0" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="L222" s="0">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="223" spans="1:12" customHeight="1" ht="80">
       <c r="A223" s="0"/>
       <c r="B223" s="0" t="s">
+        <v>843</v>
+      </c>
+      <c r="C223" s="0" t="s">
+        <v>844</v>
+      </c>
+      <c r="D223" s="0" t="s">
+        <v>845</v>
+      </c>
+      <c r="E223" s="0" t="s">
+        <v>840</v>
+      </c>
+      <c r="F223" s="0" t="s">
+        <v>841</v>
+      </c>
+      <c r="G223" s="0" t="s">
         <v>842</v>
       </c>
-      <c r="C223" s="0" t="s">
-[...8 lines deleted...]
-      <c r="F223" s="0" t="s">
+      <c r="H223" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I223" s="1" t="s">
         <v>846</v>
-      </c>
-[...7 lines deleted...]
-        <v>17</v>
       </c>
       <c r="J223" s="0"/>
       <c r="K223" s="0" t="s">
-        <v>69</v>
+        <v>91</v>
       </c>
       <c r="L223" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="224" spans="1:12" customHeight="1" ht="80">
       <c r="A224" s="0"/>
       <c r="B224" s="0" t="s">
+        <v>847</v>
+      </c>
+      <c r="C224" s="0" t="s">
         <v>848</v>
       </c>
-      <c r="C224" s="0" t="s">
+      <c r="D224" s="0" t="s">
         <v>849</v>
       </c>
-      <c r="D224" s="0" t="s">
+      <c r="E224" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="F224" s="0"/>
+      <c r="G224" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H224" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I224" s="1" t="s">
         <v>850</v>
-      </c>
-[...13 lines deleted...]
-        <v>851</v>
       </c>
       <c r="J224" s="0"/>
       <c r="K224" s="0" t="s">
-        <v>852</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="L224" s="0"/>
     </row>
     <row r="225" spans="1:12" customHeight="1" ht="80">
       <c r="A225" s="0"/>
       <c r="B225" s="0" t="s">
+        <v>851</v>
+      </c>
+      <c r="C225" s="0" t="s">
+        <v>852</v>
+      </c>
+      <c r="D225" s="0" t="s">
         <v>853</v>
-      </c>
-[...4 lines deleted...]
-        <v>855</v>
       </c>
       <c r="E225" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F225" s="0"/>
       <c r="G225" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H225" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I225" s="1" t="s">
-        <v>856</v>
+        <v>854</v>
       </c>
       <c r="J225" s="0"/>
       <c r="K225" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L225" s="0"/>
     </row>
     <row r="226" spans="1:12" customHeight="1" ht="80">
-      <c r="A226" s="0"/>
       <c r="B226" s="0" t="s">
+        <v>855</v>
+      </c>
+      <c r="C226" s="0" t="s">
+        <v>856</v>
+      </c>
+      <c r="D226" s="0" t="s">
         <v>857</v>
-      </c>
-[...4 lines deleted...]
-        <v>859</v>
       </c>
       <c r="E226" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F226" s="0"/>
       <c r="G226" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H226" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I226" s="1" t="s">
-        <v>860</v>
+        <v>858</v>
       </c>
       <c r="J226" s="0"/>
       <c r="K226" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L226" s="0"/>
     </row>
     <row r="227" spans="1:12" customHeight="1" ht="80">
+      <c r="A227" s="0"/>
       <c r="B227" s="0" t="s">
+        <v>859</v>
+      </c>
+      <c r="C227" s="0" t="s">
+        <v>860</v>
+      </c>
+      <c r="D227" s="0" t="s">
         <v>861</v>
-      </c>
-[...4 lines deleted...]
-        <v>863</v>
       </c>
       <c r="E227" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F227" s="0"/>
       <c r="G227" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H227" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I227" s="1" t="s">
-        <v>864</v>
+        <v>862</v>
       </c>
       <c r="J227" s="0"/>
       <c r="K227" s="0" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="L227" s="0"/>
+        <v>91</v>
+      </c>
+      <c r="L227" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="228" spans="1:12" customHeight="1" ht="80">
       <c r="A228" s="0"/>
       <c r="B228" s="0" t="s">
+        <v>863</v>
+      </c>
+      <c r="C228" s="0" t="s">
+        <v>864</v>
+      </c>
+      <c r="D228" s="0" t="s">
         <v>865</v>
-      </c>
-[...4 lines deleted...]
-        <v>867</v>
       </c>
       <c r="E228" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F228" s="0"/>
       <c r="G228" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H228" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I228" s="1" t="s">
-        <v>868</v>
+        <v>866</v>
       </c>
       <c r="J228" s="0"/>
       <c r="K228" s="0" t="s">
-        <v>309</v>
+        <v>27</v>
       </c>
       <c r="L228" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="229" spans="1:12" customHeight="1" ht="80">
       <c r="A229" s="0"/>
       <c r="B229" s="0" t="s">
+        <v>867</v>
+      </c>
+      <c r="C229" s="0" t="s">
+        <v>868</v>
+      </c>
+      <c r="D229" s="0" t="s">
         <v>869</v>
-      </c>
-[...4 lines deleted...]
-        <v>871</v>
       </c>
       <c r="E229" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F229" s="0"/>
       <c r="G229" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H229" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I229" s="1" t="s">
-        <v>872</v>
+        <v>870</v>
       </c>
       <c r="J229" s="0"/>
       <c r="K229" s="0" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="L229" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="230" spans="1:12" customHeight="1" ht="80">
       <c r="A230" s="0"/>
       <c r="B230" s="0" t="s">
+        <v>871</v>
+      </c>
+      <c r="C230" s="0" t="s">
+        <v>872</v>
+      </c>
+      <c r="D230" s="0" t="s">
         <v>873</v>
-      </c>
-[...4 lines deleted...]
-        <v>875</v>
       </c>
       <c r="E230" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F230" s="0"/>
       <c r="G230" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H230" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I230" s="1" t="s">
-        <v>876</v>
+        <v>874</v>
       </c>
       <c r="J230" s="0"/>
       <c r="K230" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L230" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="231" spans="1:12" customHeight="1" ht="80">
       <c r="A231" s="0"/>
       <c r="B231" s="0" t="s">
+        <v>875</v>
+      </c>
+      <c r="C231" s="0" t="s">
+        <v>876</v>
+      </c>
+      <c r="D231" s="0" t="s">
         <v>877</v>
-      </c>
-[...4 lines deleted...]
-        <v>879</v>
       </c>
       <c r="E231" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F231" s="0"/>
       <c r="G231" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H231" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I231" s="1" t="s">
-        <v>880</v>
+        <v>878</v>
       </c>
       <c r="J231" s="0"/>
       <c r="K231" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L231" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="232" spans="1:12" customHeight="1" ht="80">
       <c r="A232" s="0"/>
       <c r="B232" s="0" t="s">
+        <v>879</v>
+      </c>
+      <c r="C232" s="0" t="s">
+        <v>880</v>
+      </c>
+      <c r="D232" s="0" t="s">
         <v>881</v>
-      </c>
-[...4 lines deleted...]
-        <v>883</v>
       </c>
       <c r="E232" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F232" s="0"/>
       <c r="G232" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H232" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I232" s="1" t="s">
-        <v>884</v>
+        <v>878</v>
       </c>
       <c r="J232" s="0"/>
       <c r="K232" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L232" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="233" spans="1:12" customHeight="1" ht="80">
       <c r="A233" s="0"/>
       <c r="B233" s="0" t="s">
-        <v>885</v>
+        <v>882</v>
       </c>
       <c r="C233" s="0" t="s">
-        <v>886</v>
+        <v>883</v>
       </c>
       <c r="D233" s="0" t="s">
-        <v>887</v>
+        <v>884</v>
       </c>
       <c r="E233" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F233" s="0"/>
       <c r="G233" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H233" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I233" s="1" t="s">
-        <v>884</v>
+        <v>850</v>
       </c>
       <c r="J233" s="0"/>
       <c r="K233" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L233" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L233" s="0"/>
     </row>
     <row r="234" spans="1:12" customHeight="1" ht="80">
       <c r="A234" s="0"/>
       <c r="B234" s="0" t="s">
-        <v>888</v>
+        <v>885</v>
       </c>
       <c r="C234" s="0" t="s">
-        <v>889</v>
+        <v>886</v>
       </c>
       <c r="D234" s="0" t="s">
-        <v>890</v>
+        <v>887</v>
       </c>
       <c r="E234" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F234" s="0"/>
       <c r="G234" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H234" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I234" s="1" t="s">
-        <v>856</v>
+        <v>888</v>
       </c>
       <c r="J234" s="0"/>
       <c r="K234" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L234" s="0"/>
     </row>
     <row r="235" spans="1:12" customHeight="1" ht="80">
-      <c r="A235" s="0"/>
       <c r="B235" s="0" t="s">
+        <v>889</v>
+      </c>
+      <c r="C235" s="0" t="s">
+        <v>890</v>
+      </c>
+      <c r="D235" s="0" t="s">
         <v>891</v>
-      </c>
-[...4 lines deleted...]
-        <v>893</v>
       </c>
       <c r="E235" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F235" s="0"/>
       <c r="G235" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H235" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I235" s="1" t="s">
-        <v>894</v>
+        <v>892</v>
       </c>
       <c r="J235" s="0"/>
       <c r="K235" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L235" s="0"/>
     </row>
     <row r="236" spans="1:12" customHeight="1" ht="80">
       <c r="B236" s="0" t="s">
+        <v>893</v>
+      </c>
+      <c r="C236" s="0" t="s">
+        <v>894</v>
+      </c>
+      <c r="D236" s="0" t="s">
         <v>895</v>
-      </c>
-[...4 lines deleted...]
-        <v>897</v>
       </c>
       <c r="E236" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F236" s="0"/>
       <c r="G236" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H236" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I236" s="1" t="s">
-        <v>898</v>
+        <v>896</v>
       </c>
       <c r="J236" s="0"/>
       <c r="K236" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L236" s="0"/>
     </row>
     <row r="237" spans="1:12" customHeight="1" ht="80">
       <c r="B237" s="0" t="s">
+        <v>897</v>
+      </c>
+      <c r="C237" s="0" t="s">
+        <v>898</v>
+      </c>
+      <c r="D237" s="0" t="s">
         <v>899</v>
-      </c>
-[...4 lines deleted...]
-        <v>901</v>
       </c>
       <c r="E237" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F237" s="0"/>
       <c r="G237" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H237" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I237" s="1" t="s">
-        <v>902</v>
+        <v>892</v>
       </c>
       <c r="J237" s="0"/>
       <c r="K237" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L237" s="0"/>
     </row>
     <row r="238" spans="1:12" customHeight="1" ht="80">
       <c r="B238" s="0" t="s">
-        <v>903</v>
+        <v>900</v>
       </c>
       <c r="C238" s="0" t="s">
-        <v>904</v>
+        <v>901</v>
       </c>
       <c r="D238" s="0" t="s">
-        <v>905</v>
+        <v>902</v>
       </c>
       <c r="E238" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F238" s="0"/>
       <c r="G238" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H238" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I238" s="1" t="s">
-        <v>898</v>
+        <v>892</v>
       </c>
       <c r="J238" s="0"/>
       <c r="K238" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L238" s="0"/>
     </row>
     <row r="239" spans="1:12" customHeight="1" ht="80">
       <c r="B239" s="0" t="s">
-        <v>906</v>
+        <v>903</v>
       </c>
       <c r="C239" s="0" t="s">
-        <v>907</v>
+        <v>904</v>
       </c>
       <c r="D239" s="0" t="s">
-        <v>908</v>
+        <v>905</v>
       </c>
       <c r="E239" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F239" s="0"/>
       <c r="G239" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H239" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I239" s="1" t="s">
-        <v>898</v>
+        <v>906</v>
       </c>
       <c r="J239" s="0"/>
       <c r="K239" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L239" s="0"/>
     </row>
     <row r="240" spans="1:12" customHeight="1" ht="80">
+      <c r="A240" s="0"/>
       <c r="B240" s="0" t="s">
-        <v>909</v>
+        <v>907</v>
       </c>
       <c r="C240" s="0" t="s">
-        <v>910</v>
-[...2 lines deleted...]
-        <v>911</v>
+        <v>908</v>
+      </c>
+      <c r="D240" s="0">
+        <v>55097</v>
       </c>
       <c r="E240" s="0" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="F240" s="0"/>
       <c r="G240" s="0" t="s">
-        <v>42</v>
+        <v>60</v>
       </c>
       <c r="H240" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I240" s="1" t="s">
-        <v>912</v>
+        <v>909</v>
       </c>
       <c r="J240" s="0"/>
       <c r="K240" s="0" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="L240" s="0"/>
+        <v>910</v>
+      </c>
+      <c r="L240" s="0">
+        <v>10</v>
+      </c>
     </row>
     <row r="241" spans="1:12" customHeight="1" ht="80">
       <c r="A241" s="0"/>
       <c r="B241" s="0" t="s">
+        <v>911</v>
+      </c>
+      <c r="C241" s="0" t="s">
+        <v>912</v>
+      </c>
+      <c r="D241" s="0" t="s">
         <v>913</v>
       </c>
-      <c r="C241" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E241" s="0" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="F241" s="0"/>
       <c r="G241" s="0" t="s">
-        <v>59</v>
+        <v>42</v>
       </c>
       <c r="H241" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I241" s="1" t="s">
-        <v>915</v>
+        <v>914</v>
       </c>
       <c r="J241" s="0"/>
       <c r="K241" s="0" t="s">
-        <v>916</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="L241" s="0"/>
     </row>
     <row r="242" spans="1:12" customHeight="1" ht="80">
       <c r="A242" s="0"/>
       <c r="B242" s="0" t="s">
+        <v>915</v>
+      </c>
+      <c r="C242" s="0" t="s">
+        <v>916</v>
+      </c>
+      <c r="D242" s="0" t="s">
         <v>917</v>
-      </c>
-[...4 lines deleted...]
-        <v>919</v>
       </c>
       <c r="E242" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F242" s="0"/>
       <c r="G242" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H242" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I242" s="1" t="s">
-        <v>920</v>
+        <v>918</v>
       </c>
       <c r="J242" s="0"/>
       <c r="K242" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L242" s="0"/>
+      <c r="L242" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="243" spans="1:12" customHeight="1" ht="80">
       <c r="A243" s="0"/>
       <c r="B243" s="0" t="s">
+        <v>919</v>
+      </c>
+      <c r="C243" s="0" t="s">
+        <v>920</v>
+      </c>
+      <c r="D243" s="0" t="s">
         <v>921</v>
-      </c>
-[...4 lines deleted...]
-        <v>923</v>
       </c>
       <c r="E243" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F243" s="0"/>
       <c r="G243" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H243" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I243" s="1" t="s">
-        <v>924</v>
+        <v>511</v>
       </c>
       <c r="J243" s="0"/>
       <c r="K243" s="0" t="s">
-        <v>27</v>
+        <v>91</v>
       </c>
       <c r="L243" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:12" customHeight="1" ht="80">
       <c r="A244" s="0"/>
       <c r="B244" s="0" t="s">
-        <v>925</v>
+        <v>922</v>
       </c>
       <c r="C244" s="0" t="s">
-        <v>926</v>
+        <v>923</v>
       </c>
       <c r="D244" s="0" t="s">
-        <v>927</v>
+        <v>924</v>
       </c>
       <c r="E244" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F244" s="0"/>
       <c r="G244" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H244" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I244" s="1" t="s">
-        <v>515</v>
+        <v>511</v>
       </c>
       <c r="J244" s="0"/>
       <c r="K244" s="0" t="s">
-        <v>69</v>
+        <v>27</v>
       </c>
       <c r="L244" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:12" customHeight="1" ht="80">
       <c r="A245" s="0"/>
       <c r="B245" s="0" t="s">
-        <v>928</v>
+        <v>925</v>
       </c>
       <c r="C245" s="0" t="s">
-        <v>929</v>
+        <v>926</v>
       </c>
       <c r="D245" s="0" t="s">
-        <v>930</v>
+        <v>927</v>
       </c>
       <c r="E245" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F245" s="0"/>
       <c r="G245" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H245" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I245" s="1" t="s">
-        <v>515</v>
+        <v>928</v>
       </c>
       <c r="J245" s="0"/>
       <c r="K245" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L245" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L245" s="0"/>
     </row>
     <row r="246" spans="1:12" customHeight="1" ht="80">
       <c r="A246" s="0"/>
       <c r="B246" s="0" t="s">
+        <v>929</v>
+      </c>
+      <c r="C246" s="0" t="s">
+        <v>930</v>
+      </c>
+      <c r="D246" s="0" t="s">
         <v>931</v>
-      </c>
-[...4 lines deleted...]
-        <v>933</v>
       </c>
       <c r="E246" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F246" s="0"/>
       <c r="G246" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H246" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I246" s="1" t="s">
-        <v>934</v>
+        <v>932</v>
       </c>
       <c r="J246" s="0"/>
       <c r="K246" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L246" s="0"/>
+      <c r="L246" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="247" spans="1:12" customHeight="1" ht="80">
       <c r="A247" s="0"/>
       <c r="B247" s="0" t="s">
+        <v>933</v>
+      </c>
+      <c r="C247" s="0" t="s">
+        <v>934</v>
+      </c>
+      <c r="D247" s="0" t="s">
         <v>935</v>
-      </c>
-[...4 lines deleted...]
-        <v>937</v>
       </c>
       <c r="E247" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F247" s="0"/>
       <c r="G247" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H247" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I247" s="1" t="s">
-        <v>938</v>
+        <v>936</v>
       </c>
       <c r="J247" s="0"/>
       <c r="K247" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L247" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L247" s="0"/>
     </row>
     <row r="248" spans="1:12" customHeight="1" ht="80">
       <c r="A248" s="0"/>
       <c r="B248" s="0" t="s">
+        <v>937</v>
+      </c>
+      <c r="C248" s="0" t="s">
+        <v>938</v>
+      </c>
+      <c r="D248" s="0" t="s">
         <v>939</v>
-      </c>
-[...4 lines deleted...]
-        <v>941</v>
       </c>
       <c r="E248" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F248" s="0"/>
       <c r="G248" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H248" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I248" s="1" t="s">
-        <v>942</v>
+        <v>940</v>
       </c>
       <c r="J248" s="0"/>
       <c r="K248" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L248" s="0"/>
     </row>
     <row r="249" spans="1:12" customHeight="1" ht="80">
       <c r="A249" s="0"/>
       <c r="B249" s="0" t="s">
+        <v>941</v>
+      </c>
+      <c r="C249" s="0" t="s">
+        <v>942</v>
+      </c>
+      <c r="D249" s="0" t="s">
         <v>943</v>
-      </c>
-[...4 lines deleted...]
-        <v>945</v>
       </c>
       <c r="E249" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F249" s="0"/>
       <c r="G249" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H249" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I249" s="1" t="s">
-        <v>946</v>
+        <v>944</v>
       </c>
       <c r="J249" s="0"/>
       <c r="K249" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L249" s="0"/>
     </row>
     <row r="250" spans="1:12" customHeight="1" ht="80">
       <c r="A250" s="0"/>
       <c r="B250" s="0" t="s">
+        <v>945</v>
+      </c>
+      <c r="C250" s="0" t="s">
+        <v>946</v>
+      </c>
+      <c r="D250" s="0" t="s">
         <v>947</v>
-      </c>
-[...4 lines deleted...]
-        <v>949</v>
       </c>
       <c r="E250" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F250" s="0"/>
       <c r="G250" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H250" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I250" s="1" t="s">
-        <v>950</v>
+        <v>948</v>
       </c>
       <c r="J250" s="0"/>
       <c r="K250" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L250" s="0"/>
+      <c r="L250" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="251" spans="1:12" customHeight="1" ht="80">
       <c r="A251" s="0"/>
       <c r="B251" s="0" t="s">
+        <v>949</v>
+      </c>
+      <c r="C251" s="0" t="s">
+        <v>950</v>
+      </c>
+      <c r="D251" s="0" t="s">
         <v>951</v>
-      </c>
-[...4 lines deleted...]
-        <v>953</v>
       </c>
       <c r="E251" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F251" s="0"/>
       <c r="G251" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H251" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I251" s="1" t="s">
-        <v>954</v>
+        <v>952</v>
       </c>
       <c r="J251" s="0"/>
       <c r="K251" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L251" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L251" s="0"/>
     </row>
     <row r="252" spans="1:12" customHeight="1" ht="80">
       <c r="A252" s="0"/>
       <c r="B252" s="0" t="s">
+        <v>953</v>
+      </c>
+      <c r="C252" s="0" t="s">
+        <v>954</v>
+      </c>
+      <c r="D252" s="0" t="s">
         <v>955</v>
-      </c>
-[...4 lines deleted...]
-        <v>957</v>
       </c>
       <c r="E252" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F252" s="0"/>
       <c r="G252" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H252" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I252" s="1" t="s">
-        <v>958</v>
+        <v>956</v>
       </c>
       <c r="J252" s="0"/>
       <c r="K252" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L252" s="0"/>
     </row>
     <row r="253" spans="1:12" customHeight="1" ht="80">
       <c r="A253" s="0"/>
       <c r="B253" s="0" t="s">
+        <v>957</v>
+      </c>
+      <c r="C253" s="0" t="s">
+        <v>958</v>
+      </c>
+      <c r="D253" s="0" t="s">
         <v>959</v>
-      </c>
-[...4 lines deleted...]
-        <v>961</v>
       </c>
       <c r="E253" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F253" s="0"/>
       <c r="G253" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H253" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I253" s="1" t="s">
-        <v>962</v>
+        <v>960</v>
       </c>
       <c r="J253" s="0"/>
       <c r="K253" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L253" s="0"/>
     </row>
     <row r="254" spans="1:12" customHeight="1" ht="80">
       <c r="A254" s="0"/>
       <c r="B254" s="0" t="s">
+        <v>961</v>
+      </c>
+      <c r="C254" s="0" t="s">
+        <v>962</v>
+      </c>
+      <c r="D254" s="0" t="s">
         <v>963</v>
-      </c>
-[...4 lines deleted...]
-        <v>965</v>
       </c>
       <c r="E254" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F254" s="0"/>
       <c r="G254" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H254" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I254" s="1" t="s">
-        <v>966</v>
+        <v>964</v>
       </c>
       <c r="J254" s="0"/>
       <c r="K254" s="0" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="L254" s="0"/>
+        <v>357</v>
+      </c>
+      <c r="L254" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="255" spans="1:12" customHeight="1" ht="80">
       <c r="A255" s="0"/>
       <c r="B255" s="0" t="s">
+        <v>965</v>
+      </c>
+      <c r="C255" s="0" t="s">
+        <v>966</v>
+      </c>
+      <c r="D255" s="0" t="s">
         <v>967</v>
-      </c>
-[...4 lines deleted...]
-        <v>969</v>
       </c>
       <c r="E255" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F255" s="0"/>
       <c r="G255" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H255" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I255" s="1" t="s">
-        <v>970</v>
+        <v>968</v>
       </c>
       <c r="J255" s="0"/>
       <c r="K255" s="0" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="L255" s="0"/>
     </row>
     <row r="256" spans="1:12" customHeight="1" ht="80">
       <c r="A256" s="0"/>
       <c r="B256" s="0" t="s">
+        <v>969</v>
+      </c>
+      <c r="C256" s="0" t="s">
+        <v>970</v>
+      </c>
+      <c r="D256" s="0" t="s">
         <v>971</v>
-      </c>
-[...4 lines deleted...]
-        <v>973</v>
       </c>
       <c r="E256" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F256" s="0"/>
       <c r="G256" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H256" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I256" s="1" t="s">
-        <v>974</v>
+        <v>972</v>
       </c>
       <c r="J256" s="0"/>
       <c r="K256" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L256" s="0"/>
     </row>
     <row r="257" spans="1:12" customHeight="1" ht="80">
       <c r="A257" s="0"/>
       <c r="B257" s="0" t="s">
+        <v>973</v>
+      </c>
+      <c r="C257" s="0" t="s">
+        <v>974</v>
+      </c>
+      <c r="D257" s="0" t="s">
         <v>975</v>
-      </c>
-[...4 lines deleted...]
-        <v>977</v>
       </c>
       <c r="E257" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F257" s="0"/>
       <c r="G257" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H257" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I257" s="1" t="s">
-        <v>978</v>
+        <v>976</v>
       </c>
       <c r="J257" s="0"/>
       <c r="K257" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L257" s="0"/>
+      <c r="L257" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="258" spans="1:12" customHeight="1" ht="80">
       <c r="A258" s="0"/>
       <c r="B258" s="0" t="s">
+        <v>977</v>
+      </c>
+      <c r="C258" s="0" t="s">
+        <v>978</v>
+      </c>
+      <c r="D258" s="0" t="s">
         <v>979</v>
-      </c>
-[...4 lines deleted...]
-        <v>981</v>
       </c>
       <c r="E258" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F258" s="0"/>
       <c r="G258" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H258" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I258" s="1" t="s">
-        <v>982</v>
+        <v>980</v>
       </c>
       <c r="J258" s="0"/>
       <c r="K258" s="0" t="s">
-        <v>27</v>
+        <v>357</v>
       </c>
       <c r="L258" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="259" spans="1:12" customHeight="1" ht="80">
       <c r="A259" s="0"/>
       <c r="B259" s="0" t="s">
+        <v>981</v>
+      </c>
+      <c r="C259" s="0" t="s">
+        <v>982</v>
+      </c>
+      <c r="D259" s="0" t="s">
         <v>983</v>
-      </c>
-[...4 lines deleted...]
-        <v>985</v>
       </c>
       <c r="E259" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F259" s="0"/>
       <c r="G259" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H259" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I259" s="1" t="s">
-        <v>986</v>
+        <v>984</v>
       </c>
       <c r="J259" s="0"/>
       <c r="K259" s="0" t="s">
         <v>23</v>
       </c>
       <c r="L259" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="260" spans="1:12" customHeight="1" ht="80">
       <c r="A260" s="0"/>
       <c r="B260" s="0" t="s">
+        <v>985</v>
+      </c>
+      <c r="C260" s="0" t="s">
+        <v>986</v>
+      </c>
+      <c r="D260" s="0" t="s">
         <v>987</v>
-      </c>
-[...4 lines deleted...]
-        <v>989</v>
       </c>
       <c r="E260" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F260" s="0"/>
       <c r="G260" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H260" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I260" s="1" t="s">
-        <v>990</v>
+        <v>988</v>
       </c>
       <c r="J260" s="0"/>
       <c r="K260" s="0" t="s">
-        <v>87</v>
+        <v>989</v>
       </c>
       <c r="L260" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="261" spans="1:12" customHeight="1" ht="80">
       <c r="A261" s="0"/>
       <c r="B261" s="0" t="s">
+        <v>990</v>
+      </c>
+      <c r="C261" s="0" t="s">
         <v>991</v>
       </c>
-      <c r="C261" s="0" t="s">
+      <c r="D261" s="0" t="s">
         <v>992</v>
-      </c>
-[...1 lines deleted...]
-        <v>993</v>
       </c>
       <c r="E261" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F261" s="0"/>
       <c r="G261" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H261" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I261" s="1" t="s">
-        <v>994</v>
+        <v>993</v>
       </c>
       <c r="J261" s="0"/>
       <c r="K261" s="0" t="s">
-        <v>995</v>
+        <v>994</v>
       </c>
       <c r="L261" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="262" spans="1:12" customHeight="1" ht="80">
       <c r="A262" s="0"/>
       <c r="B262" s="0" t="s">
+        <v>995</v>
+      </c>
+      <c r="C262" s="0" t="s">
         <v>996</v>
       </c>
-      <c r="C262" s="0" t="s">
+      <c r="D262" s="0" t="s">
         <v>997</v>
-      </c>
-[...1 lines deleted...]
-        <v>998</v>
       </c>
       <c r="E262" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F262" s="0"/>
       <c r="G262" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H262" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I262" s="1" t="s">
-        <v>999</v>
+        <v>998</v>
       </c>
       <c r="J262" s="0"/>
       <c r="K262" s="0" t="s">
-        <v>1000</v>
+        <v>27</v>
       </c>
       <c r="L262" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="263" spans="1:12" customHeight="1" ht="80">
       <c r="A263" s="0"/>
       <c r="B263" s="0" t="s">
+        <v>999</v>
+      </c>
+      <c r="C263" s="0" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D263" s="0" t="s">
         <v>1001</v>
-      </c>
-[...4 lines deleted...]
-        <v>1003</v>
       </c>
       <c r="E263" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F263" s="0"/>
       <c r="G263" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H263" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I263" s="1" t="s">
-        <v>1004</v>
+        <v>1002</v>
       </c>
       <c r="J263" s="0"/>
       <c r="K263" s="0" t="s">
-        <v>1005</v>
+        <v>27</v>
       </c>
       <c r="L263" s="0">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="264" spans="1:12" customHeight="1" ht="80">
       <c r="A264" s="0"/>
       <c r="B264" s="0" t="s">
-        <v>1006</v>
+        <v>1003</v>
       </c>
       <c r="C264" s="0" t="s">
-        <v>1007</v>
+        <v>1004</v>
       </c>
       <c r="D264" s="0" t="s">
-        <v>1008</v>
+        <v>1005</v>
       </c>
       <c r="E264" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F264" s="0"/>
       <c r="G264" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H264" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I264" s="1" t="s">
-        <v>1009</v>
+        <v>1006</v>
       </c>
       <c r="J264" s="0"/>
       <c r="K264" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L264" s="0">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="265" spans="1:12" customHeight="1" ht="80">
-      <c r="A265" s="0"/>
       <c r="B265" s="0" t="s">
-        <v>1010</v>
+        <v>1007</v>
       </c>
       <c r="C265" s="0" t="s">
-        <v>1011</v>
+        <v>1008</v>
       </c>
       <c r="D265" s="0" t="s">
-        <v>1012</v>
+        <v>1009</v>
       </c>
       <c r="E265" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F265" s="0"/>
       <c r="G265" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H265" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I265" s="1" t="s">
-        <v>1013</v>
+        <v>1010</v>
       </c>
       <c r="J265" s="0"/>
       <c r="K265" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L265" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L265" s="0"/>
     </row>
     <row r="266" spans="1:12" customHeight="1" ht="80">
+      <c r="A266" s="0"/>
       <c r="B266" s="0" t="s">
-        <v>1014</v>
+        <v>1011</v>
       </c>
       <c r="C266" s="0" t="s">
-        <v>1015</v>
+        <v>1012</v>
       </c>
       <c r="D266" s="0" t="s">
-        <v>1016</v>
+        <v>1013</v>
       </c>
       <c r="E266" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F266" s="0"/>
       <c r="G266" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H266" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I266" s="1" t="s">
-        <v>1017</v>
+        <v>1014</v>
       </c>
       <c r="J266" s="0"/>
       <c r="K266" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L266" s="0"/>
+      <c r="L266" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="267" spans="1:12" customHeight="1" ht="80">
       <c r="A267" s="0"/>
       <c r="B267" s="0" t="s">
-        <v>1018</v>
+        <v>1015</v>
       </c>
       <c r="C267" s="0" t="s">
-        <v>1019</v>
+        <v>1016</v>
       </c>
       <c r="D267" s="0" t="s">
-        <v>1020</v>
+        <v>1017</v>
       </c>
       <c r="E267" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F267" s="0"/>
       <c r="G267" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H267" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I267" s="1" t="s">
-        <v>1021</v>
+        <v>1018</v>
       </c>
       <c r="J267" s="0"/>
       <c r="K267" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L267" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L267" s="0"/>
     </row>
     <row r="268" spans="1:12" customHeight="1" ht="80">
       <c r="A268" s="0"/>
       <c r="B268" s="0" t="s">
-        <v>1022</v>
+        <v>1019</v>
       </c>
       <c r="C268" s="0" t="s">
-        <v>1023</v>
+        <v>1020</v>
       </c>
       <c r="D268" s="0" t="s">
-        <v>1024</v>
+        <v>1021</v>
       </c>
       <c r="E268" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F268" s="0"/>
       <c r="G268" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H268" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I268" s="1" t="s">
-        <v>1025</v>
+        <v>1022</v>
       </c>
       <c r="J268" s="0"/>
       <c r="K268" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L268" s="0"/>
     </row>
     <row r="269" spans="1:12" customHeight="1" ht="80">
       <c r="A269" s="0"/>
       <c r="B269" s="0" t="s">
-        <v>1026</v>
+        <v>1023</v>
       </c>
       <c r="C269" s="0" t="s">
-        <v>1027</v>
+        <v>1024</v>
       </c>
       <c r="D269" s="0" t="s">
-        <v>1028</v>
+        <v>1025</v>
       </c>
       <c r="E269" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F269" s="0"/>
       <c r="G269" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H269" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I269" s="1" t="s">
-        <v>1029</v>
+        <v>808</v>
       </c>
       <c r="J269" s="0"/>
       <c r="K269" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L269" s="0"/>
     </row>
     <row r="270" spans="1:12" customHeight="1" ht="80">
       <c r="A270" s="0"/>
       <c r="B270" s="0" t="s">
-        <v>1030</v>
+        <v>1026</v>
       </c>
       <c r="C270" s="0" t="s">
-        <v>1031</v>
-[...2 lines deleted...]
-        <v>1032</v>
+        <v>1027</v>
+      </c>
+      <c r="D270" s="0">
+        <v>11721</v>
       </c>
       <c r="E270" s="0" t="s">
-        <v>50</v>
+        <v>591</v>
       </c>
       <c r="F270" s="0"/>
       <c r="G270" s="0" t="s">
-        <v>42</v>
+        <v>77</v>
       </c>
       <c r="H270" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I270" s="1" t="s">
-        <v>813</v>
+        <v>1028</v>
       </c>
       <c r="J270" s="0"/>
       <c r="K270" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L270" s="0"/>
+      <c r="L270" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="271" spans="1:12" customHeight="1" ht="80">
       <c r="A271" s="0"/>
       <c r="B271" s="0" t="s">
-        <v>1033</v>
+        <v>1029</v>
       </c>
       <c r="C271" s="0" t="s">
-        <v>1034</v>
+        <v>1030</v>
       </c>
       <c r="D271" s="0">
-        <v>11721</v>
+        <v>11722</v>
       </c>
       <c r="E271" s="0" t="s">
-        <v>595</v>
+        <v>591</v>
       </c>
       <c r="F271" s="0"/>
       <c r="G271" s="0" t="s">
         <v>77</v>
       </c>
       <c r="H271" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I271" s="1" t="s">
-        <v>1035</v>
+        <v>1031</v>
       </c>
       <c r="J271" s="0"/>
       <c r="K271" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L271" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="272" spans="1:12" customHeight="1" ht="80">
       <c r="A272" s="0"/>
       <c r="B272" s="0" t="s">
-        <v>1036</v>
+        <v>1032</v>
       </c>
       <c r="C272" s="0" t="s">
-        <v>1037</v>
+        <v>1033</v>
       </c>
       <c r="D272" s="0">
-        <v>11722</v>
+        <v>11723</v>
       </c>
       <c r="E272" s="0" t="s">
-        <v>595</v>
+        <v>591</v>
       </c>
       <c r="F272" s="0"/>
       <c r="G272" s="0" t="s">
         <v>77</v>
       </c>
       <c r="H272" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I272" s="1" t="s">
-        <v>1038</v>
+        <v>1028</v>
       </c>
       <c r="J272" s="0"/>
       <c r="K272" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L272" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="273" spans="1:12" customHeight="1" ht="80">
       <c r="A273" s="0"/>
       <c r="B273" s="0" t="s">
-        <v>1039</v>
+        <v>1034</v>
       </c>
       <c r="C273" s="0" t="s">
-        <v>1040</v>
+        <v>1035</v>
       </c>
       <c r="D273" s="0">
-        <v>11723</v>
+        <v>11724</v>
       </c>
       <c r="E273" s="0" t="s">
-        <v>595</v>
+        <v>591</v>
       </c>
       <c r="F273" s="0"/>
       <c r="G273" s="0" t="s">
         <v>77</v>
       </c>
       <c r="H273" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I273" s="1" t="s">
-        <v>1035</v>
+        <v>1031</v>
       </c>
       <c r="J273" s="0"/>
       <c r="K273" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L273" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="274" spans="1:12" customHeight="1" ht="80">
       <c r="A274" s="0"/>
       <c r="B274" s="0" t="s">
-        <v>1041</v>
+        <v>1036</v>
       </c>
       <c r="C274" s="0" t="s">
-        <v>1042</v>
-[...2 lines deleted...]
-        <v>11724</v>
+        <v>1037</v>
+      </c>
+      <c r="D274" s="0" t="s">
+        <v>1038</v>
       </c>
       <c r="E274" s="0" t="s">
-        <v>595</v>
+        <v>50</v>
       </c>
       <c r="F274" s="0"/>
       <c r="G274" s="0" t="s">
-        <v>77</v>
+        <v>42</v>
       </c>
       <c r="H274" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I274" s="1" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="J274" s="0"/>
       <c r="K274" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L274" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="275" spans="1:12" customHeight="1" ht="80">
       <c r="A275" s="0"/>
       <c r="B275" s="0" t="s">
-        <v>1043</v>
+        <v>1040</v>
       </c>
       <c r="C275" s="0" t="s">
-        <v>1044</v>
+        <v>1041</v>
       </c>
       <c r="D275" s="0" t="s">
-        <v>1045</v>
+        <v>1042</v>
       </c>
       <c r="E275" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F275" s="0"/>
       <c r="G275" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H275" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I275" s="1" t="s">
-        <v>1046</v>
+        <v>944</v>
       </c>
       <c r="J275" s="0"/>
       <c r="K275" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L275" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="276" spans="1:12" customHeight="1" ht="80">
       <c r="A276" s="0"/>
       <c r="B276" s="0" t="s">
-        <v>1047</v>
+        <v>1043</v>
       </c>
       <c r="C276" s="0" t="s">
-        <v>1048</v>
+        <v>1044</v>
       </c>
       <c r="D276" s="0" t="s">
-        <v>1049</v>
+        <v>1045</v>
       </c>
       <c r="E276" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F276" s="0"/>
       <c r="G276" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H276" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I276" s="1" t="s">
-        <v>950</v>
+        <v>1046</v>
       </c>
       <c r="J276" s="0"/>
       <c r="K276" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L276" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="277" spans="1:12" customHeight="1" ht="80">
       <c r="A277" s="0"/>
       <c r="B277" s="0" t="s">
-        <v>1050</v>
+        <v>1047</v>
       </c>
       <c r="C277" s="0" t="s">
-        <v>1051</v>
+        <v>1048</v>
       </c>
       <c r="D277" s="0" t="s">
-        <v>1052</v>
+        <v>1049</v>
       </c>
       <c r="E277" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F277" s="0"/>
       <c r="G277" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H277" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I277" s="1" t="s">
-        <v>1053</v>
+        <v>1050</v>
       </c>
       <c r="J277" s="0"/>
       <c r="K277" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L277" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="278" spans="1:12" customHeight="1" ht="80">
       <c r="A278" s="0"/>
       <c r="B278" s="0" t="s">
-        <v>1054</v>
+        <v>1051</v>
       </c>
       <c r="C278" s="0" t="s">
-        <v>1055</v>
+        <v>1052</v>
       </c>
       <c r="D278" s="0" t="s">
-        <v>1056</v>
+        <v>1053</v>
       </c>
       <c r="E278" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F278" s="0"/>
       <c r="G278" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H278" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I278" s="1" t="s">
-        <v>1057</v>
+        <v>525</v>
       </c>
       <c r="J278" s="0"/>
       <c r="K278" s="0" t="s">
-        <v>27</v>
+        <v>667</v>
       </c>
       <c r="L278" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="279" spans="1:12" customHeight="1" ht="80">
       <c r="A279" s="0"/>
       <c r="B279" s="0" t="s">
-        <v>1058</v>
+        <v>1054</v>
       </c>
       <c r="C279" s="0" t="s">
-        <v>1059</v>
-[...3 lines deleted...]
-      </c>
+        <v>1055</v>
+      </c>
+      <c r="D279" s="0"/>
       <c r="E279" s="0" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="F279" s="0"/>
       <c r="G279" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H279" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I279" s="1" t="s">
-        <v>529</v>
+        <v>1056</v>
       </c>
       <c r="J279" s="0"/>
       <c r="K279" s="0" t="s">
-        <v>1061</v>
+        <v>1057</v>
       </c>
       <c r="L279" s="0">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="280" spans="1:12" customHeight="1" ht="80">
       <c r="A280" s="0"/>
       <c r="B280" s="0" t="s">
-        <v>1062</v>
+        <v>1058</v>
       </c>
       <c r="C280" s="0" t="s">
-        <v>1063</v>
-[...1 lines deleted...]
-      <c r="D280" s="0"/>
+        <v>1059</v>
+      </c>
+      <c r="D280" s="0" t="s">
+        <v>1060</v>
+      </c>
       <c r="E280" s="0" t="s">
-        <v>41</v>
+        <v>107</v>
       </c>
       <c r="F280" s="0"/>
       <c r="G280" s="0" t="s">
-        <v>42</v>
+        <v>108</v>
       </c>
       <c r="H280" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I280" s="1" t="s">
-        <v>1064</v>
+        <v>1061</v>
       </c>
       <c r="J280" s="0"/>
       <c r="K280" s="0" t="s">
-        <v>568</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="L280" s="0"/>
     </row>
     <row r="281" spans="1:12" customHeight="1" ht="80">
       <c r="A281" s="0"/>
       <c r="B281" s="0" t="s">
-        <v>1065</v>
+        <v>1062</v>
       </c>
       <c r="C281" s="0" t="s">
-        <v>1066</v>
+        <v>1063</v>
       </c>
       <c r="D281" s="0" t="s">
-        <v>1067</v>
+        <v>1064</v>
       </c>
       <c r="E281" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F281" s="0"/>
       <c r="G281" s="0" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="H281" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I281" s="1" t="s">
-        <v>1068</v>
+        <v>1065</v>
       </c>
       <c r="J281" s="0"/>
       <c r="K281" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L281" s="0"/>
     </row>
     <row r="282" spans="1:12" customHeight="1" ht="80">
       <c r="A282" s="0"/>
       <c r="B282" s="0" t="s">
-        <v>1069</v>
+        <v>1066</v>
       </c>
       <c r="C282" s="0" t="s">
-        <v>1070</v>
+        <v>1067</v>
       </c>
       <c r="D282" s="0" t="s">
-        <v>1071</v>
+        <v>1068</v>
       </c>
       <c r="E282" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F282" s="0"/>
       <c r="G282" s="0" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="H282" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I282" s="1" t="s">
-        <v>1072</v>
+        <v>1069</v>
       </c>
       <c r="J282" s="0"/>
       <c r="K282" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L282" s="0"/>
     </row>
     <row r="283" spans="1:12" customHeight="1" ht="80">
       <c r="A283" s="0"/>
       <c r="B283" s="0" t="s">
-        <v>1073</v>
+        <v>1070</v>
       </c>
       <c r="C283" s="0" t="s">
-        <v>1074</v>
+        <v>1071</v>
       </c>
       <c r="D283" s="0" t="s">
-        <v>1075</v>
+        <v>1072</v>
       </c>
       <c r="E283" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F283" s="0"/>
       <c r="G283" s="0" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="H283" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I283" s="1" t="s">
-        <v>1076</v>
+        <v>1073</v>
       </c>
       <c r="J283" s="0"/>
       <c r="K283" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L283" s="0"/>
     </row>
     <row r="284" spans="1:12" customHeight="1" ht="80">
       <c r="A284" s="0"/>
       <c r="B284" s="0" t="s">
-        <v>1077</v>
+        <v>1074</v>
       </c>
       <c r="C284" s="0" t="s">
-        <v>1078</v>
+        <v>1075</v>
       </c>
       <c r="D284" s="0" t="s">
-        <v>1079</v>
+        <v>1076</v>
       </c>
       <c r="E284" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F284" s="0"/>
       <c r="G284" s="0" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="H284" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I284" s="1" t="s">
-        <v>1080</v>
+        <v>1077</v>
       </c>
       <c r="J284" s="0"/>
       <c r="K284" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L284" s="0"/>
     </row>
     <row r="285" spans="1:12" customHeight="1" ht="80">
       <c r="A285" s="0"/>
       <c r="B285" s="0" t="s">
-        <v>1081</v>
+        <v>1078</v>
       </c>
       <c r="C285" s="0" t="s">
-        <v>1082</v>
+        <v>1079</v>
       </c>
       <c r="D285" s="0" t="s">
-        <v>1083</v>
+        <v>1080</v>
       </c>
       <c r="E285" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F285" s="0"/>
       <c r="G285" s="0" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="H285" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I285" s="1" t="s">
-        <v>1084</v>
+        <v>1081</v>
       </c>
       <c r="J285" s="0"/>
       <c r="K285" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L285" s="0"/>
     </row>
     <row r="286" spans="1:12" customHeight="1" ht="80">
       <c r="A286" s="0"/>
       <c r="B286" s="0" t="s">
-        <v>1085</v>
+        <v>1082</v>
       </c>
       <c r="C286" s="0" t="s">
-        <v>1086</v>
+        <v>1083</v>
       </c>
       <c r="D286" s="0" t="s">
-        <v>1087</v>
+        <v>1084</v>
       </c>
       <c r="E286" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F286" s="0"/>
       <c r="G286" s="0" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="H286" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I286" s="1" t="s">
-        <v>1088</v>
+        <v>1085</v>
       </c>
       <c r="J286" s="0"/>
       <c r="K286" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L286" s="0"/>
     </row>
     <row r="287" spans="1:12" customHeight="1" ht="80">
       <c r="A287" s="0"/>
       <c r="B287" s="0" t="s">
-        <v>1089</v>
+        <v>1086</v>
       </c>
       <c r="C287" s="0" t="s">
-        <v>1090</v>
+        <v>1087</v>
       </c>
       <c r="D287" s="0" t="s">
-        <v>1091</v>
+        <v>1088</v>
       </c>
       <c r="E287" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F287" s="0"/>
       <c r="G287" s="0" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="H287" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I287" s="1" t="s">
-        <v>1092</v>
+        <v>1089</v>
       </c>
       <c r="J287" s="0"/>
       <c r="K287" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L287" s="0"/>
     </row>
     <row r="288" spans="1:12" customHeight="1" ht="80">
       <c r="A288" s="0"/>
       <c r="B288" s="0" t="s">
-        <v>1093</v>
+        <v>1090</v>
       </c>
       <c r="C288" s="0" t="s">
-        <v>1094</v>
+        <v>1091</v>
       </c>
       <c r="D288" s="0" t="s">
-        <v>1095</v>
+        <v>1092</v>
       </c>
       <c r="E288" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F288" s="0"/>
       <c r="G288" s="0" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="H288" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I288" s="1" t="s">
-        <v>1096</v>
+        <v>1093</v>
       </c>
       <c r="J288" s="0"/>
       <c r="K288" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L288" s="0"/>
     </row>
     <row r="289" spans="1:12" customHeight="1" ht="80">
       <c r="A289" s="0"/>
       <c r="B289" s="0" t="s">
-        <v>1097</v>
+        <v>1094</v>
       </c>
       <c r="C289" s="0" t="s">
-        <v>1098</v>
+        <v>1095</v>
       </c>
       <c r="D289" s="0" t="s">
-        <v>1099</v>
+        <v>1096</v>
       </c>
       <c r="E289" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F289" s="0"/>
       <c r="G289" s="0" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="H289" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I289" s="1" t="s">
-        <v>1100</v>
+        <v>1097</v>
       </c>
       <c r="J289" s="0"/>
       <c r="K289" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L289" s="0"/>
     </row>
     <row r="290" spans="1:12" customHeight="1" ht="80">
       <c r="A290" s="0"/>
       <c r="B290" s="0" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
       <c r="C290" s="0" t="s">
-        <v>1102</v>
+        <v>1099</v>
       </c>
       <c r="D290" s="0" t="s">
-        <v>1103</v>
+        <v>1100</v>
       </c>
       <c r="E290" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F290" s="0"/>
       <c r="G290" s="0" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="H290" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I290" s="1" t="s">
-        <v>1104</v>
+        <v>1101</v>
       </c>
       <c r="J290" s="0"/>
       <c r="K290" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L290" s="0"/>
     </row>
     <row r="291" spans="1:12" customHeight="1" ht="80">
       <c r="A291" s="0"/>
       <c r="B291" s="0" t="s">
-        <v>1105</v>
+        <v>1102</v>
       </c>
       <c r="C291" s="0" t="s">
-        <v>1106</v>
+        <v>1103</v>
       </c>
       <c r="D291" s="0" t="s">
-        <v>1107</v>
+        <v>1104</v>
       </c>
       <c r="E291" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F291" s="0"/>
       <c r="G291" s="0" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="H291" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I291" s="1" t="s">
-        <v>1108</v>
+        <v>1105</v>
       </c>
       <c r="J291" s="0"/>
       <c r="K291" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L291" s="0"/>
     </row>
     <row r="292" spans="1:12" customHeight="1" ht="80">
       <c r="A292" s="0"/>
       <c r="B292" s="0" t="s">
-        <v>1109</v>
+        <v>1106</v>
       </c>
       <c r="C292" s="0" t="s">
-        <v>1110</v>
+        <v>1107</v>
       </c>
       <c r="D292" s="0" t="s">
-        <v>1111</v>
+        <v>1108</v>
       </c>
       <c r="E292" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F292" s="0"/>
       <c r="G292" s="0" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="H292" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I292" s="1" t="s">
-        <v>1112</v>
+        <v>1109</v>
       </c>
       <c r="J292" s="0"/>
       <c r="K292" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L292" s="0"/>
     </row>
     <row r="293" spans="1:12" customHeight="1" ht="80">
       <c r="A293" s="0"/>
       <c r="B293" s="0" t="s">
-        <v>1113</v>
+        <v>1110</v>
       </c>
       <c r="C293" s="0" t="s">
-        <v>1114</v>
+        <v>1111</v>
       </c>
       <c r="D293" s="0" t="s">
-        <v>1115</v>
+        <v>1112</v>
       </c>
       <c r="E293" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F293" s="0"/>
       <c r="G293" s="0" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="H293" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I293" s="1" t="s">
-        <v>1116</v>
+        <v>1113</v>
       </c>
       <c r="J293" s="0"/>
       <c r="K293" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L293" s="0"/>
     </row>
     <row r="294" spans="1:12" customHeight="1" ht="80">
       <c r="A294" s="0"/>
       <c r="B294" s="0" t="s">
-        <v>1117</v>
+        <v>1114</v>
       </c>
       <c r="C294" s="0" t="s">
-        <v>1118</v>
+        <v>1115</v>
       </c>
       <c r="D294" s="0" t="s">
-        <v>1119</v>
+        <v>1116</v>
       </c>
       <c r="E294" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F294" s="0"/>
       <c r="G294" s="0" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="H294" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I294" s="1" t="s">
-        <v>1120</v>
+        <v>1117</v>
       </c>
       <c r="J294" s="0"/>
       <c r="K294" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L294" s="0"/>
     </row>
     <row r="295" spans="1:12" customHeight="1" ht="80">
       <c r="A295" s="0"/>
       <c r="B295" s="0" t="s">
-        <v>1121</v>
+        <v>1118</v>
       </c>
       <c r="C295" s="0" t="s">
-        <v>1122</v>
-[...3 lines deleted...]
-      </c>
+        <v>1119</v>
+      </c>
+      <c r="D295" s="0"/>
       <c r="E295" s="0" t="s">
-        <v>108</v>
+        <v>41</v>
       </c>
       <c r="F295" s="0"/>
       <c r="G295" s="0" t="s">
-        <v>109</v>
+        <v>42</v>
       </c>
       <c r="H295" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I295" s="1" t="s">
-        <v>1124</v>
+        <v>1120</v>
       </c>
       <c r="J295" s="0"/>
       <c r="K295" s="0" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="L295" s="0"/>
+        <v>91</v>
+      </c>
+      <c r="L295" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="296" spans="1:12" customHeight="1" ht="80">
       <c r="A296" s="0"/>
       <c r="B296" s="0" t="s">
-        <v>1125</v>
+        <v>1121</v>
       </c>
       <c r="C296" s="0" t="s">
-        <v>1126</v>
-[...1 lines deleted...]
-      <c r="D296" s="0"/>
+        <v>1122</v>
+      </c>
+      <c r="D296" s="0" t="s">
+        <v>1123</v>
+      </c>
       <c r="E296" s="0" t="s">
-        <v>41</v>
+        <v>591</v>
       </c>
       <c r="F296" s="0"/>
       <c r="G296" s="0" t="s">
-        <v>42</v>
+        <v>77</v>
       </c>
       <c r="H296" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I296" s="1" t="s">
-        <v>1127</v>
+        <v>1124</v>
       </c>
       <c r="J296" s="0"/>
       <c r="K296" s="0" t="s">
-        <v>69</v>
+        <v>27</v>
       </c>
       <c r="L296" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="297" spans="1:12" customHeight="1" ht="80">
       <c r="A297" s="0"/>
       <c r="B297" s="0" t="s">
-        <v>1128</v>
+        <v>1125</v>
       </c>
       <c r="C297" s="0" t="s">
-        <v>1129</v>
+        <v>1126</v>
       </c>
       <c r="D297" s="0" t="s">
-        <v>1130</v>
+        <v>1127</v>
       </c>
       <c r="E297" s="0" t="s">
-        <v>595</v>
+        <v>591</v>
       </c>
       <c r="F297" s="0"/>
       <c r="G297" s="0" t="s">
         <v>77</v>
       </c>
       <c r="H297" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I297" s="1" t="s">
-        <v>1131</v>
+        <v>1128</v>
       </c>
       <c r="J297" s="0"/>
       <c r="K297" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L297" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="298" spans="1:12" customHeight="1" ht="80">
       <c r="A298" s="0"/>
       <c r="B298" s="0" t="s">
-        <v>1132</v>
+        <v>1129</v>
       </c>
       <c r="C298" s="0" t="s">
-        <v>1133</v>
+        <v>1130</v>
       </c>
       <c r="D298" s="0" t="s">
-        <v>1134</v>
+        <v>1131</v>
       </c>
       <c r="E298" s="0" t="s">
-        <v>595</v>
+        <v>50</v>
       </c>
       <c r="F298" s="0"/>
       <c r="G298" s="0" t="s">
-        <v>77</v>
+        <v>42</v>
       </c>
       <c r="H298" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I298" s="1" t="s">
-        <v>1135</v>
+        <v>1132</v>
       </c>
       <c r="J298" s="0"/>
       <c r="K298" s="0" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="L298" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="299" spans="1:12" customHeight="1" ht="80">
       <c r="A299" s="0"/>
       <c r="B299" s="0" t="s">
-        <v>1136</v>
+        <v>1133</v>
       </c>
       <c r="C299" s="0" t="s">
-        <v>1137</v>
+        <v>1134</v>
       </c>
       <c r="D299" s="0" t="s">
-        <v>1138</v>
+        <v>1135</v>
       </c>
       <c r="E299" s="0" t="s">
-        <v>50</v>
+        <v>107</v>
       </c>
       <c r="F299" s="0"/>
       <c r="G299" s="0" t="s">
-        <v>42</v>
+        <v>108</v>
       </c>
       <c r="H299" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I299" s="1" t="s">
-        <v>1139</v>
+        <v>1136</v>
       </c>
       <c r="J299" s="0"/>
       <c r="K299" s="0" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="L299" s="0"/>
     </row>
     <row r="300" spans="1:12" customHeight="1" ht="80">
       <c r="A300" s="0"/>
       <c r="B300" s="0" t="s">
-        <v>1140</v>
+        <v>1137</v>
       </c>
       <c r="C300" s="0" t="s">
-        <v>1141</v>
+        <v>1138</v>
       </c>
       <c r="D300" s="0" t="s">
-        <v>1142</v>
+        <v>1139</v>
       </c>
       <c r="E300" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F300" s="0"/>
       <c r="G300" s="0" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="H300" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I300" s="1" t="s">
-        <v>1143</v>
+        <v>1140</v>
       </c>
       <c r="J300" s="0"/>
       <c r="K300" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L300" s="0"/>
     </row>
     <row r="301" spans="1:12" customHeight="1" ht="80">
       <c r="A301" s="0"/>
       <c r="B301" s="0" t="s">
-        <v>1144</v>
+        <v>1141</v>
       </c>
       <c r="C301" s="0" t="s">
-        <v>1145</v>
+        <v>1142</v>
       </c>
       <c r="D301" s="0" t="s">
-        <v>1146</v>
+        <v>1143</v>
       </c>
       <c r="E301" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F301" s="0"/>
       <c r="G301" s="0" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="H301" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I301" s="1" t="s">
-        <v>1147</v>
+        <v>1144</v>
       </c>
       <c r="J301" s="0"/>
       <c r="K301" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L301" s="0"/>
     </row>
     <row r="302" spans="1:12" customHeight="1" ht="80">
       <c r="A302" s="0"/>
       <c r="B302" s="0" t="s">
-        <v>1148</v>
+        <v>1145</v>
       </c>
       <c r="C302" s="0" t="s">
-        <v>1149</v>
+        <v>1146</v>
       </c>
       <c r="D302" s="0" t="s">
-        <v>1150</v>
+        <v>1147</v>
       </c>
       <c r="E302" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F302" s="0"/>
       <c r="G302" s="0" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="H302" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I302" s="1" t="s">
-        <v>1151</v>
+        <v>1148</v>
       </c>
       <c r="J302" s="0"/>
       <c r="K302" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L302" s="0"/>
     </row>
     <row r="303" spans="1:12" customHeight="1" ht="80">
       <c r="A303" s="0"/>
       <c r="B303" s="0" t="s">
-        <v>1152</v>
+        <v>1149</v>
       </c>
       <c r="C303" s="0" t="s">
-        <v>1153</v>
+        <v>1150</v>
       </c>
       <c r="D303" s="0" t="s">
-        <v>1154</v>
+        <v>1151</v>
       </c>
       <c r="E303" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F303" s="0"/>
       <c r="G303" s="0" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="H303" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I303" s="1" t="s">
-        <v>1155</v>
+        <v>1152</v>
       </c>
       <c r="J303" s="0"/>
       <c r="K303" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L303" s="0"/>
     </row>
     <row r="304" spans="1:12" customHeight="1" ht="80">
       <c r="A304" s="0"/>
       <c r="B304" s="0" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C304" s="0" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D304" s="0">
+        <v>11716</v>
+      </c>
+      <c r="E304" s="0" t="s">
+        <v>591</v>
+      </c>
+      <c r="F304" s="0" t="s">
+        <v>1155</v>
+      </c>
+      <c r="G304" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="H304" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I304" s="1" t="s">
         <v>1156</v>
-      </c>
-[...17 lines deleted...]
-        <v>1159</v>
       </c>
       <c r="J304" s="0"/>
       <c r="K304" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L304" s="0"/>
+      <c r="L304" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="305" spans="1:12" customHeight="1" ht="80">
       <c r="A305" s="0"/>
       <c r="B305" s="0" t="s">
-        <v>1160</v>
+        <v>1157</v>
       </c>
       <c r="C305" s="0" t="s">
-        <v>1161</v>
-[...3 lines deleted...]
-      </c>
+        <v>1158</v>
+      </c>
+      <c r="D305" s="0"/>
       <c r="E305" s="0" t="s">
-        <v>595</v>
-[...3 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="F305" s="0"/>
       <c r="G305" s="0" t="s">
-        <v>77</v>
+        <v>42</v>
       </c>
       <c r="H305" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I305" s="1" t="s">
-        <v>1163</v>
+        <v>1159</v>
       </c>
       <c r="J305" s="0"/>
       <c r="K305" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L305" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="306" spans="1:12" customHeight="1" ht="80">
       <c r="A306" s="0"/>
       <c r="B306" s="0" t="s">
-        <v>1164</v>
+        <v>1160</v>
       </c>
       <c r="C306" s="0" t="s">
-        <v>1165</v>
-[...1 lines deleted...]
-      <c r="D306" s="0"/>
+        <v>1161</v>
+      </c>
+      <c r="D306" s="0" t="s">
+        <v>1162</v>
+      </c>
       <c r="E306" s="0" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="F306" s="0"/>
       <c r="G306" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H306" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I306" s="1" t="s">
-        <v>1166</v>
+        <v>1039</v>
       </c>
       <c r="J306" s="0"/>
       <c r="K306" s="0" t="s">
-        <v>1167</v>
+        <v>23</v>
       </c>
       <c r="L306" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="307" spans="1:12" customHeight="1" ht="80">
       <c r="A307" s="0"/>
       <c r="B307" s="0" t="s">
-        <v>1168</v>
+        <v>1163</v>
       </c>
       <c r="C307" s="0" t="s">
-        <v>1169</v>
+        <v>1164</v>
       </c>
       <c r="D307" s="0" t="s">
-        <v>1170</v>
+        <v>1165</v>
       </c>
       <c r="E307" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F307" s="0"/>
       <c r="G307" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H307" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I307" s="1" t="s">
-        <v>1046</v>
+        <v>1166</v>
       </c>
       <c r="J307" s="0"/>
       <c r="K307" s="0" t="s">
-        <v>69</v>
+        <v>23</v>
       </c>
       <c r="L307" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="308" spans="1:12" customHeight="1" ht="80">
       <c r="A308" s="0"/>
       <c r="B308" s="0" t="s">
-        <v>1171</v>
+        <v>1167</v>
       </c>
       <c r="C308" s="0" t="s">
-        <v>1172</v>
+        <v>1168</v>
       </c>
       <c r="D308" s="0" t="s">
-        <v>1173</v>
+        <v>1169</v>
       </c>
       <c r="E308" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F308" s="0"/>
       <c r="G308" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H308" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I308" s="1" t="s">
-        <v>1174</v>
+        <v>778</v>
       </c>
       <c r="J308" s="0"/>
       <c r="K308" s="0" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="L308" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="309" spans="1:12" customHeight="1" ht="80">
       <c r="A309" s="0"/>
       <c r="B309" s="0" t="s">
-        <v>1175</v>
+        <v>1170</v>
       </c>
       <c r="C309" s="0" t="s">
-        <v>1176</v>
+        <v>1171</v>
       </c>
       <c r="D309" s="0" t="s">
-        <v>1177</v>
+        <v>1172</v>
       </c>
       <c r="E309" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F309" s="0"/>
       <c r="G309" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H309" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I309" s="1" t="s">
-        <v>782</v>
+        <v>1173</v>
       </c>
       <c r="J309" s="0"/>
       <c r="K309" s="0" t="s">
-        <v>729</v>
+        <v>27</v>
       </c>
       <c r="L309" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="310" spans="1:12" customHeight="1" ht="80">
       <c r="A310" s="0"/>
       <c r="B310" s="0" t="s">
-        <v>1178</v>
+        <v>1174</v>
       </c>
       <c r="C310" s="0" t="s">
-        <v>1179</v>
-[...2 lines deleted...]
-        <v>1180</v>
+        <v>1175</v>
+      </c>
+      <c r="D310" s="0">
+        <v>14021</v>
       </c>
       <c r="E310" s="0" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="F310" s="0"/>
+        <v>591</v>
+      </c>
+      <c r="F310" s="0" t="s">
+        <v>1176</v>
+      </c>
       <c r="G310" s="0" t="s">
-        <v>42</v>
+        <v>77</v>
       </c>
       <c r="H310" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I310" s="1" t="s">
-        <v>1181</v>
+        <v>1177</v>
       </c>
       <c r="J310" s="0"/>
       <c r="K310" s="0" t="s">
-        <v>79</v>
+        <v>27</v>
       </c>
       <c r="L310" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="311" spans="1:12" customHeight="1" ht="80">
       <c r="A311" s="0"/>
       <c r="B311" s="0" t="s">
-        <v>1182</v>
+        <v>1178</v>
       </c>
       <c r="C311" s="0" t="s">
-        <v>1183</v>
+        <v>1179</v>
       </c>
       <c r="D311" s="0">
-        <v>14021</v>
+        <v>14001</v>
       </c>
       <c r="E311" s="0" t="s">
-        <v>595</v>
+        <v>591</v>
       </c>
       <c r="F311" s="0" t="s">
-        <v>1184</v>
+        <v>1176</v>
       </c>
       <c r="G311" s="0" t="s">
         <v>77</v>
       </c>
       <c r="H311" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I311" s="1" t="s">
-        <v>1185</v>
+        <v>1180</v>
       </c>
       <c r="J311" s="0"/>
       <c r="K311" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L311" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="312" spans="1:12" customHeight="1" ht="80">
       <c r="A312" s="0"/>
       <c r="B312" s="0" t="s">
-        <v>1186</v>
+        <v>1181</v>
       </c>
       <c r="C312" s="0" t="s">
-        <v>1187</v>
+        <v>1182</v>
       </c>
       <c r="D312" s="0">
-        <v>14001</v>
+        <v>14003</v>
       </c>
       <c r="E312" s="0" t="s">
-        <v>595</v>
+        <v>591</v>
       </c>
       <c r="F312" s="0" t="s">
-        <v>1184</v>
+        <v>1176</v>
       </c>
       <c r="G312" s="0" t="s">
         <v>77</v>
       </c>
       <c r="H312" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I312" s="1" t="s">
-        <v>1188</v>
+        <v>1183</v>
       </c>
       <c r="J312" s="0"/>
       <c r="K312" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L312" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="313" spans="1:12" customHeight="1" ht="80">
       <c r="A313" s="0"/>
       <c r="B313" s="0" t="s">
-        <v>1189</v>
+        <v>1184</v>
       </c>
       <c r="C313" s="0" t="s">
-        <v>1190</v>
-[...2 lines deleted...]
-        <v>14003</v>
+        <v>1185</v>
+      </c>
+      <c r="D313" s="0" t="s">
+        <v>1186</v>
       </c>
       <c r="E313" s="0" t="s">
-        <v>595</v>
-[...3 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="F313" s="0"/>
       <c r="G313" s="0" t="s">
-        <v>77</v>
+        <v>42</v>
       </c>
       <c r="H313" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I313" s="1" t="s">
-        <v>1191</v>
+        <v>1187</v>
       </c>
       <c r="J313" s="0"/>
       <c r="K313" s="0" t="s">
-        <v>27</v>
+        <v>326</v>
       </c>
       <c r="L313" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="314" spans="1:12" customHeight="1" ht="80">
       <c r="A314" s="0"/>
       <c r="B314" s="0" t="s">
-        <v>1192</v>
+        <v>1188</v>
       </c>
       <c r="C314" s="0" t="s">
-        <v>1193</v>
+        <v>1189</v>
       </c>
       <c r="D314" s="0" t="s">
-        <v>1194</v>
+        <v>1190</v>
       </c>
       <c r="E314" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F314" s="0"/>
       <c r="G314" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H314" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I314" s="1" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="J314" s="0"/>
       <c r="K314" s="0" t="s">
-        <v>429</v>
+        <v>541</v>
       </c>
       <c r="L314" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="315" spans="1:12" customHeight="1" ht="80">
       <c r="A315" s="0"/>
       <c r="B315" s="0" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="C315" s="0" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="D315" s="0" t="s">
-        <v>1198</v>
+        <v>1194</v>
       </c>
       <c r="E315" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F315" s="0"/>
       <c r="G315" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H315" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I315" s="1" t="s">
-        <v>1199</v>
+        <v>1195</v>
       </c>
       <c r="J315" s="0"/>
       <c r="K315" s="0" t="s">
-        <v>1200</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="L315" s="0"/>
     </row>
     <row r="316" spans="1:12" customHeight="1" ht="80">
       <c r="A316" s="0"/>
       <c r="B316" s="0" t="s">
-        <v>1201</v>
+        <v>1192</v>
       </c>
       <c r="C316" s="0" t="s">
-        <v>1202</v>
+        <v>1196</v>
       </c>
       <c r="D316" s="0" t="s">
-        <v>1203</v>
+        <v>1197</v>
       </c>
       <c r="E316" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F316" s="0"/>
       <c r="G316" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H316" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I316" s="1" t="s">
-        <v>1204</v>
+        <v>862</v>
       </c>
       <c r="J316" s="0"/>
       <c r="K316" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L316" s="0"/>
     </row>
     <row r="317" spans="1:12" customHeight="1" ht="80">
       <c r="A317" s="0"/>
       <c r="B317" s="0" t="s">
-        <v>1201</v>
+        <v>1198</v>
       </c>
       <c r="C317" s="0" t="s">
-        <v>1205</v>
+        <v>1199</v>
       </c>
       <c r="D317" s="0" t="s">
-        <v>1206</v>
+        <v>1200</v>
       </c>
       <c r="E317" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F317" s="0"/>
       <c r="G317" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H317" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I317" s="1" t="s">
-        <v>868</v>
+        <v>1201</v>
       </c>
       <c r="J317" s="0"/>
       <c r="K317" s="0" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="L317" s="0"/>
+        <v>91</v>
+      </c>
+      <c r="L317" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="318" spans="1:12" customHeight="1" ht="80">
       <c r="A318" s="0"/>
       <c r="B318" s="0" t="s">
-        <v>1207</v>
+        <v>1192</v>
       </c>
       <c r="C318" s="0" t="s">
-        <v>1208</v>
+        <v>1202</v>
       </c>
       <c r="D318" s="0" t="s">
-        <v>1209</v>
+        <v>1203</v>
       </c>
       <c r="E318" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F318" s="0"/>
       <c r="G318" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H318" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I318" s="1" t="s">
-        <v>1210</v>
+        <v>1204</v>
       </c>
       <c r="J318" s="0"/>
       <c r="K318" s="0" t="s">
-        <v>69</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="L318" s="0"/>
     </row>
     <row r="319" spans="1:12" customHeight="1" ht="80">
       <c r="A319" s="0"/>
       <c r="B319" s="0" t="s">
-        <v>1201</v>
+        <v>1205</v>
       </c>
       <c r="C319" s="0" t="s">
-        <v>1211</v>
+        <v>1206</v>
       </c>
       <c r="D319" s="0" t="s">
-        <v>1212</v>
+        <v>1207</v>
       </c>
       <c r="E319" s="0" t="s">
-        <v>50</v>
+        <v>1208</v>
       </c>
       <c r="F319" s="0"/>
       <c r="G319" s="0" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="H319" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I319" s="1" t="s">
-        <v>1213</v>
+        <v>1209</v>
       </c>
       <c r="J319" s="0"/>
       <c r="K319" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L319" s="0"/>
+      <c r="L319" s="0">
+        <v>10</v>
+      </c>
     </row>
     <row r="320" spans="1:12" customHeight="1" ht="80">
       <c r="A320" s="0"/>
       <c r="B320" s="0" t="s">
-        <v>1214</v>
+        <v>1210</v>
       </c>
       <c r="C320" s="0" t="s">
-        <v>1215</v>
+        <v>1211</v>
       </c>
       <c r="D320" s="0" t="s">
-        <v>1216</v>
+        <v>1212</v>
       </c>
       <c r="E320" s="0" t="s">
-        <v>1217</v>
+        <v>121</v>
       </c>
       <c r="F320" s="0"/>
       <c r="G320" s="0" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="H320" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I320" s="1" t="s">
-        <v>1218</v>
+        <v>1213</v>
       </c>
       <c r="J320" s="0"/>
       <c r="K320" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L320" s="0">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="321" spans="1:12" customHeight="1" ht="80">
       <c r="A321" s="0"/>
       <c r="B321" s="0" t="s">
-        <v>1219</v>
+        <v>1214</v>
       </c>
       <c r="C321" s="0" t="s">
-        <v>1220</v>
+        <v>1215</v>
       </c>
       <c r="D321" s="0" t="s">
-        <v>1221</v>
+        <v>1216</v>
       </c>
       <c r="E321" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F321" s="0"/>
       <c r="G321" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H321" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I321" s="1" t="s">
-        <v>1222</v>
+        <v>1217</v>
       </c>
       <c r="J321" s="0"/>
       <c r="K321" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L321" s="0">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="322" spans="1:12" customHeight="1" ht="80">
-      <c r="A322" s="0"/>
       <c r="B322" s="0" t="s">
-        <v>1223</v>
+        <v>1218</v>
       </c>
       <c r="C322" s="0" t="s">
-        <v>1224</v>
-[...3 lines deleted...]
-      </c>
+        <v>1219</v>
+      </c>
+      <c r="D322" s="0"/>
       <c r="E322" s="0" t="s">
-        <v>122</v>
+        <v>41</v>
       </c>
       <c r="F322" s="0"/>
       <c r="G322" s="0" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="H322" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I322" s="1" t="s">
-        <v>1226</v>
+        <v>1220</v>
       </c>
       <c r="J322" s="0"/>
       <c r="K322" s="0" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="L322" s="0">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="323" spans="1:12" customHeight="1" ht="80">
       <c r="B323" s="0" t="s">
-        <v>1227</v>
+        <v>1221</v>
       </c>
       <c r="C323" s="0" t="s">
-        <v>1228</v>
-[...1 lines deleted...]
-      <c r="D323" s="0"/>
+        <v>1222</v>
+      </c>
+      <c r="D323" s="0" t="s">
+        <v>1223</v>
+      </c>
       <c r="E323" s="0" t="s">
-        <v>41</v>
+        <v>107</v>
       </c>
       <c r="F323" s="0"/>
       <c r="G323" s="0" t="s">
-        <v>42</v>
+        <v>108</v>
       </c>
       <c r="H323" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I323" s="1" t="s">
-        <v>1229</v>
+        <v>1224</v>
       </c>
       <c r="J323" s="0"/>
       <c r="K323" s="0" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="L323" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="324" spans="1:12" customHeight="1" ht="80">
       <c r="B324" s="0" t="s">
-        <v>1230</v>
+        <v>1225</v>
       </c>
       <c r="C324" s="0" t="s">
-        <v>1231</v>
+        <v>1226</v>
       </c>
       <c r="D324" s="0" t="s">
-        <v>1232</v>
+        <v>1227</v>
       </c>
       <c r="E324" s="0" t="s">
-        <v>108</v>
+        <v>50</v>
       </c>
       <c r="F324" s="0"/>
       <c r="G324" s="0" t="s">
-        <v>109</v>
+        <v>42</v>
       </c>
       <c r="H324" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I324" s="1" t="s">
-        <v>1233</v>
+        <v>1228</v>
       </c>
       <c r="J324" s="0"/>
       <c r="K324" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L324" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L324" s="0"/>
     </row>
     <row r="325" spans="1:12" customHeight="1" ht="80">
+      <c r="A325" s="0"/>
       <c r="B325" s="0" t="s">
-        <v>1234</v>
+        <v>1229</v>
       </c>
       <c r="C325" s="0" t="s">
-        <v>1235</v>
+        <v>1230</v>
       </c>
       <c r="D325" s="0" t="s">
-        <v>1236</v>
+        <v>1231</v>
       </c>
       <c r="E325" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F325" s="0"/>
       <c r="G325" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H325" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I325" s="1" t="s">
-        <v>1237</v>
+        <v>188</v>
       </c>
       <c r="J325" s="0"/>
       <c r="K325" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L325" s="0"/>
+      <c r="L325" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="326" spans="1:12" customHeight="1" ht="80">
-      <c r="A326" s="0"/>
       <c r="B326" s="0" t="s">
-        <v>1238</v>
+        <v>1232</v>
       </c>
       <c r="C326" s="0" t="s">
-        <v>1239</v>
+        <v>1233</v>
       </c>
       <c r="D326" s="0" t="s">
-        <v>1240</v>
+        <v>1234</v>
       </c>
       <c r="E326" s="0" t="s">
-        <v>50</v>
+        <v>107</v>
       </c>
       <c r="F326" s="0"/>
       <c r="G326" s="0" t="s">
-        <v>42</v>
+        <v>108</v>
       </c>
       <c r="H326" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I326" s="1" t="s">
-        <v>522</v>
+        <v>1235</v>
       </c>
       <c r="J326" s="0"/>
       <c r="K326" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L326" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="327" spans="1:12" customHeight="1" ht="80">
       <c r="B327" s="0" t="s">
-        <v>1241</v>
+        <v>1236</v>
       </c>
       <c r="C327" s="0" t="s">
-        <v>1242</v>
+        <v>1237</v>
       </c>
       <c r="D327" s="0" t="s">
-        <v>1243</v>
+        <v>1238</v>
       </c>
       <c r="E327" s="0" t="s">
-        <v>108</v>
+        <v>50</v>
       </c>
       <c r="F327" s="0"/>
       <c r="G327" s="0" t="s">
-        <v>109</v>
+        <v>42</v>
       </c>
       <c r="H327" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I327" s="1" t="s">
-        <v>1244</v>
+        <v>1239</v>
       </c>
       <c r="J327" s="0"/>
       <c r="K327" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L327" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="328" spans="1:12" customHeight="1" ht="80">
       <c r="B328" s="0" t="s">
-        <v>1245</v>
+        <v>1240</v>
       </c>
       <c r="C328" s="0" t="s">
-        <v>1246</v>
+        <v>1241</v>
       </c>
       <c r="D328" s="0" t="s">
-        <v>1247</v>
+        <v>1242</v>
       </c>
       <c r="E328" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F328" s="0"/>
       <c r="G328" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H328" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I328" s="1" t="s">
-        <v>1248</v>
+        <v>1243</v>
       </c>
       <c r="J328" s="0"/>
       <c r="K328" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L328" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L328" s="0"/>
     </row>
     <row r="329" spans="1:12" customHeight="1" ht="80">
+      <c r="A329" s="0"/>
       <c r="B329" s="0" t="s">
-        <v>1249</v>
+        <v>1244</v>
       </c>
       <c r="C329" s="0" t="s">
-        <v>1250</v>
+        <v>1245</v>
       </c>
       <c r="D329" s="0" t="s">
-        <v>1251</v>
+        <v>1246</v>
       </c>
       <c r="E329" s="0" t="s">
         <v>50</v>
       </c>
-      <c r="F329" s="0"/>
+      <c r="F329" s="0" t="s">
+        <v>1247</v>
+      </c>
       <c r="G329" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H329" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I329" s="1" t="s">
-        <v>1252</v>
+        <v>1248</v>
       </c>
       <c r="J329" s="0"/>
       <c r="K329" s="0" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="L329" s="0"/>
+        <v>91</v>
+      </c>
+      <c r="L329" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="330" spans="1:12" customHeight="1" ht="80">
       <c r="A330" s="0"/>
       <c r="B330" s="0" t="s">
-        <v>1253</v>
+        <v>1249</v>
       </c>
       <c r="C330" s="0" t="s">
-        <v>1254</v>
+        <v>1250</v>
       </c>
       <c r="D330" s="0" t="s">
-        <v>1255</v>
+        <v>1251</v>
       </c>
       <c r="E330" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F330" s="0" t="s">
-        <v>1256</v>
+        <v>1247</v>
       </c>
       <c r="G330" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H330" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I330" s="1" t="s">
-        <v>1257</v>
+        <v>1252</v>
       </c>
       <c r="J330" s="0"/>
       <c r="K330" s="0" t="s">
-        <v>69</v>
+        <v>27</v>
       </c>
       <c r="L330" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="331" spans="1:12" customHeight="1" ht="80">
       <c r="A331" s="0"/>
       <c r="B331" s="0" t="s">
-        <v>1258</v>
+        <v>1253</v>
       </c>
       <c r="C331" s="0" t="s">
-        <v>1259</v>
+        <v>1254</v>
       </c>
       <c r="D331" s="0" t="s">
-        <v>1260</v>
+        <v>1255</v>
       </c>
       <c r="E331" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F331" s="0" t="s">
+        <v>1247</v>
+      </c>
+      <c r="G331" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H331" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I331" s="1" t="s">
         <v>1256</v>
-      </c>
-[...7 lines deleted...]
-        <v>1261</v>
       </c>
       <c r="J331" s="0"/>
       <c r="K331" s="0" t="s">
-        <v>27</v>
+        <v>91</v>
       </c>
       <c r="L331" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="332" spans="1:12" customHeight="1" ht="80">
       <c r="A332" s="0"/>
       <c r="B332" s="0" t="s">
-        <v>1262</v>
+        <v>1257</v>
       </c>
       <c r="C332" s="0" t="s">
-        <v>1263</v>
+        <v>1258</v>
       </c>
       <c r="D332" s="0" t="s">
-        <v>1264</v>
+        <v>1259</v>
       </c>
       <c r="E332" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F332" s="0" t="s">
-        <v>1256</v>
+        <v>1247</v>
       </c>
       <c r="G332" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H332" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I332" s="1" t="s">
-        <v>1265</v>
+        <v>1260</v>
       </c>
       <c r="J332" s="0"/>
       <c r="K332" s="0" t="s">
-        <v>69</v>
+        <v>91</v>
       </c>
       <c r="L332" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="333" spans="1:12" customHeight="1" ht="80">
       <c r="A333" s="0"/>
       <c r="B333" s="0" t="s">
-        <v>1266</v>
+        <v>1261</v>
       </c>
       <c r="C333" s="0" t="s">
-        <v>1267</v>
+        <v>1262</v>
       </c>
       <c r="D333" s="0" t="s">
-        <v>1268</v>
+        <v>1263</v>
       </c>
       <c r="E333" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F333" s="0" t="s">
-        <v>1256</v>
+        <v>1247</v>
       </c>
       <c r="G333" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H333" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I333" s="1" t="s">
-        <v>1269</v>
+        <v>1264</v>
       </c>
       <c r="J333" s="0"/>
       <c r="K333" s="0" t="s">
-        <v>69</v>
+        <v>91</v>
       </c>
       <c r="L333" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="334" spans="1:12" customHeight="1" ht="80">
       <c r="A334" s="0"/>
       <c r="B334" s="0" t="s">
-        <v>1270</v>
+        <v>1265</v>
       </c>
       <c r="C334" s="0" t="s">
-        <v>1271</v>
+        <v>1266</v>
       </c>
       <c r="D334" s="0" t="s">
-        <v>1272</v>
+        <v>1267</v>
       </c>
       <c r="E334" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F334" s="0" t="s">
-        <v>1256</v>
+        <v>1247</v>
       </c>
       <c r="G334" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H334" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I334" s="1" t="s">
-        <v>1273</v>
+        <v>1268</v>
       </c>
       <c r="J334" s="0"/>
       <c r="K334" s="0" t="s">
-        <v>69</v>
+        <v>27</v>
       </c>
       <c r="L334" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="335" spans="1:12" customHeight="1" ht="80">
       <c r="A335" s="0"/>
       <c r="B335" s="0" t="s">
-        <v>1274</v>
+        <v>1269</v>
       </c>
       <c r="C335" s="0" t="s">
-        <v>1275</v>
+        <v>1270</v>
       </c>
       <c r="D335" s="0" t="s">
-        <v>1276</v>
+        <v>1271</v>
       </c>
       <c r="E335" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F335" s="0" t="s">
-        <v>1256</v>
+        <v>1247</v>
       </c>
       <c r="G335" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H335" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I335" s="1" t="s">
-        <v>1277</v>
+        <v>1272</v>
       </c>
       <c r="J335" s="0"/>
       <c r="K335" s="0" t="s">
-        <v>69</v>
+        <v>27</v>
       </c>
       <c r="L335" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="336" spans="1:12" customHeight="1" ht="80">
       <c r="A336" s="0"/>
       <c r="B336" s="0" t="s">
-        <v>1278</v>
+        <v>1273</v>
       </c>
       <c r="C336" s="0" t="s">
-        <v>1279</v>
+        <v>1274</v>
       </c>
       <c r="D336" s="0" t="s">
-        <v>1280</v>
+        <v>1275</v>
       </c>
       <c r="E336" s="0" t="s">
         <v>50</v>
       </c>
-      <c r="F336" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F336" s="0"/>
       <c r="G336" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H336" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I336" s="1" t="s">
-        <v>1281</v>
+        <v>1276</v>
       </c>
       <c r="J336" s="0"/>
       <c r="K336" s="0" t="s">
-        <v>27</v>
+        <v>91</v>
       </c>
       <c r="L336" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="337" spans="1:12" customHeight="1" ht="80">
       <c r="A337" s="0"/>
       <c r="B337" s="0" t="s">
-        <v>1282</v>
+        <v>1277</v>
       </c>
       <c r="C337" s="0" t="s">
-        <v>1283</v>
+        <v>1278</v>
       </c>
       <c r="D337" s="0" t="s">
-        <v>1284</v>
+        <v>1279</v>
       </c>
       <c r="E337" s="0" t="s">
         <v>50</v>
       </c>
-      <c r="F337" s="0"/>
+      <c r="F337" s="0" t="s">
+        <v>1247</v>
+      </c>
       <c r="G337" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H337" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I337" s="1" t="s">
-        <v>1285</v>
+        <v>1280</v>
       </c>
       <c r="J337" s="0"/>
       <c r="K337" s="0" t="s">
-        <v>69</v>
+        <v>27</v>
       </c>
       <c r="L337" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="338" spans="1:12" customHeight="1" ht="80">
       <c r="A338" s="0"/>
       <c r="B338" s="0" t="s">
-        <v>1286</v>
+        <v>1281</v>
       </c>
       <c r="C338" s="0" t="s">
-        <v>1287</v>
+        <v>1282</v>
       </c>
       <c r="D338" s="0" t="s">
-        <v>1288</v>
+        <v>1283</v>
       </c>
       <c r="E338" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F338" s="0" t="s">
-        <v>1256</v>
+        <v>1247</v>
       </c>
       <c r="G338" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H338" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I338" s="1" t="s">
-        <v>1289</v>
+        <v>1284</v>
       </c>
       <c r="J338" s="0"/>
       <c r="K338" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L338" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="339" spans="1:12" customHeight="1" ht="80">
       <c r="A339" s="0"/>
       <c r="B339" s="0" t="s">
-        <v>1290</v>
+        <v>1285</v>
       </c>
       <c r="C339" s="0" t="s">
-        <v>1291</v>
+        <v>1286</v>
       </c>
       <c r="D339" s="0" t="s">
-        <v>1292</v>
+        <v>1287</v>
       </c>
       <c r="E339" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F339" s="0" t="s">
-        <v>1256</v>
+        <v>1247</v>
       </c>
       <c r="G339" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H339" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I339" s="1" t="s">
-        <v>1293</v>
+        <v>1288</v>
       </c>
       <c r="J339" s="0"/>
       <c r="K339" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L339" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="340" spans="1:12" customHeight="1" ht="80">
       <c r="A340" s="0"/>
       <c r="B340" s="0" t="s">
-        <v>1294</v>
+        <v>1289</v>
       </c>
       <c r="C340" s="0" t="s">
-        <v>1295</v>
+        <v>1290</v>
       </c>
       <c r="D340" s="0" t="s">
-        <v>1296</v>
+        <v>1291</v>
       </c>
       <c r="E340" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F340" s="0" t="s">
-        <v>1256</v>
+        <v>1247</v>
       </c>
       <c r="G340" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H340" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I340" s="1" t="s">
-        <v>1297</v>
+        <v>1292</v>
       </c>
       <c r="J340" s="0"/>
       <c r="K340" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L340" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="341" spans="1:12" customHeight="1" ht="80">
       <c r="A341" s="0"/>
       <c r="B341" s="0" t="s">
-        <v>1298</v>
+        <v>1293</v>
       </c>
       <c r="C341" s="0" t="s">
-        <v>1299</v>
+        <v>1294</v>
       </c>
       <c r="D341" s="0" t="s">
-        <v>1300</v>
+        <v>1295</v>
       </c>
       <c r="E341" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F341" s="0" t="s">
-        <v>1256</v>
+        <v>1247</v>
       </c>
       <c r="G341" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H341" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I341" s="1" t="s">
-        <v>1301</v>
+        <v>786</v>
       </c>
       <c r="J341" s="0"/>
       <c r="K341" s="0" t="s">
-        <v>69</v>
+        <v>27</v>
       </c>
       <c r="L341" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="342" spans="1:12" customHeight="1" ht="80">
       <c r="A342" s="0"/>
       <c r="B342" s="0" t="s">
-        <v>1302</v>
+        <v>829</v>
       </c>
       <c r="C342" s="0" t="s">
-        <v>1303</v>
+        <v>1296</v>
       </c>
       <c r="D342" s="0" t="s">
-        <v>1304</v>
+        <v>1297</v>
       </c>
       <c r="E342" s="0" t="s">
         <v>50</v>
       </c>
-      <c r="F342" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F342" s="0"/>
       <c r="G342" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H342" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I342" s="1" t="s">
-        <v>791</v>
+        <v>832</v>
       </c>
       <c r="J342" s="0"/>
       <c r="K342" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L342" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L342" s="0"/>
     </row>
     <row r="343" spans="1:12" customHeight="1" ht="80">
       <c r="A343" s="0"/>
       <c r="B343" s="0" t="s">
-        <v>834</v>
+        <v>1298</v>
       </c>
       <c r="C343" s="0" t="s">
-        <v>1305</v>
+        <v>1299</v>
       </c>
       <c r="D343" s="0" t="s">
-        <v>1306</v>
+        <v>1300</v>
       </c>
       <c r="E343" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F343" s="0"/>
       <c r="G343" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H343" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I343" s="1" t="s">
-        <v>837</v>
+        <v>1284</v>
       </c>
       <c r="J343" s="0"/>
       <c r="K343" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L343" s="0"/>
     </row>
     <row r="344" spans="1:12" customHeight="1" ht="80">
       <c r="A344" s="0"/>
       <c r="B344" s="0" t="s">
-        <v>1307</v>
+        <v>1301</v>
       </c>
       <c r="C344" s="0" t="s">
-        <v>1308</v>
-[...3 lines deleted...]
-      </c>
+        <v>1302</v>
+      </c>
+      <c r="D344" s="0"/>
       <c r="E344" s="0" t="s">
         <v>50</v>
       </c>
-      <c r="F344" s="0"/>
+      <c r="F344" s="0" t="s">
+        <v>1247</v>
+      </c>
       <c r="G344" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H344" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I344" s="1" t="s">
-        <v>1293</v>
+        <v>1303</v>
       </c>
       <c r="J344" s="0"/>
       <c r="K344" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L344" s="0"/>
     </row>
     <row r="345" spans="1:12" customHeight="1" ht="80">
       <c r="A345" s="0"/>
       <c r="B345" s="0" t="s">
-        <v>1310</v>
+        <v>1304</v>
       </c>
       <c r="C345" s="0" t="s">
-        <v>1311</v>
-[...1 lines deleted...]
-      <c r="D345" s="0"/>
+        <v>1305</v>
+      </c>
+      <c r="D345" s="0" t="s">
+        <v>1306</v>
+      </c>
       <c r="E345" s="0" t="s">
         <v>50</v>
       </c>
-      <c r="F345" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F345" s="0"/>
       <c r="G345" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H345" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I345" s="1" t="s">
-        <v>1312</v>
+        <v>1307</v>
       </c>
       <c r="J345" s="0"/>
       <c r="K345" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L345" s="0"/>
+      <c r="L345" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="346" spans="1:12" customHeight="1" ht="80">
       <c r="A346" s="0"/>
       <c r="B346" s="0" t="s">
-        <v>1313</v>
+        <v>1308</v>
       </c>
       <c r="C346" s="0" t="s">
-        <v>1314</v>
+        <v>1309</v>
       </c>
       <c r="D346" s="0" t="s">
-        <v>1315</v>
+        <v>1310</v>
       </c>
       <c r="E346" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F346" s="0"/>
       <c r="G346" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H346" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I346" s="1" t="s">
-        <v>1316</v>
+        <v>1311</v>
       </c>
       <c r="J346" s="0"/>
       <c r="K346" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L346" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="347" spans="1:12" customHeight="1" ht="80">
       <c r="A347" s="0"/>
       <c r="B347" s="0" t="s">
-        <v>1317</v>
+        <v>1312</v>
       </c>
       <c r="C347" s="0" t="s">
-        <v>1318</v>
+        <v>1313</v>
       </c>
       <c r="D347" s="0" t="s">
-        <v>1319</v>
+        <v>1314</v>
       </c>
       <c r="E347" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F347" s="0"/>
       <c r="G347" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H347" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I347" s="1" t="s">
-        <v>1320</v>
+        <v>1315</v>
       </c>
       <c r="J347" s="0"/>
       <c r="K347" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L347" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="348" spans="1:12" customHeight="1" ht="80">
       <c r="A348" s="0"/>
       <c r="B348" s="0" t="s">
-        <v>1321</v>
+        <v>1316</v>
       </c>
       <c r="C348" s="0" t="s">
-        <v>1322</v>
+        <v>1317</v>
       </c>
       <c r="D348" s="0" t="s">
-        <v>1323</v>
+        <v>1318</v>
       </c>
       <c r="E348" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F348" s="0"/>
       <c r="G348" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H348" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I348" s="1" t="s">
-        <v>1324</v>
+        <v>1319</v>
       </c>
       <c r="J348" s="0"/>
       <c r="K348" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L348" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="349" spans="1:12" customHeight="1" ht="80">
       <c r="A349" s="0"/>
       <c r="B349" s="0" t="s">
-        <v>1325</v>
+        <v>1320</v>
       </c>
       <c r="C349" s="0" t="s">
-        <v>1326</v>
+        <v>1321</v>
       </c>
       <c r="D349" s="0" t="s">
-        <v>1327</v>
+        <v>1322</v>
       </c>
       <c r="E349" s="0" t="s">
-        <v>50</v>
+        <v>591</v>
       </c>
       <c r="F349" s="0"/>
       <c r="G349" s="0" t="s">
-        <v>42</v>
+        <v>1323</v>
       </c>
       <c r="H349" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I349" s="1" t="s">
-        <v>1328</v>
+        <v>1324</v>
       </c>
       <c r="J349" s="0"/>
       <c r="K349" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L349" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L349" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>