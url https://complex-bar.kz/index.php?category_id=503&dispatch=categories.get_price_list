--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -16,51 +16,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="910">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="916">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -264,53 +264,50 @@
   <si>
     <t>A11639</t>
   </si>
   <si>
     <t>3836.00₸</t>
   </si>
   <si>
     <t>9 шт.</t>
   </si>
   <si>
     <t>Тарелка для пасты «Спайро» для супа;фарфор;394мл;D=240,H=45мм;белый</t>
   </si>
   <si>
     <t>03011445</t>
   </si>
   <si>
     <t>9032 C989</t>
   </si>
   <si>
     <t>Spyro</t>
   </si>
   <si>
     <t>10403.00₸</t>
   </si>
   <si>
-    <t>23 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Тарелка для пасты «Монако Вайт»;фарфор;360мл;D=240,H=43мм;белый</t>
   </si>
   <si>
     <t>03011479</t>
   </si>
   <si>
     <t>9001 C363</t>
   </si>
   <si>
     <t>Monaco White</t>
   </si>
   <si>
     <t>10873.00₸</t>
   </si>
   <si>
     <t>более 1 000 шт.</t>
   </si>
   <si>
     <t>Тарелка для пасты «Чино»;фарфор;415мл;D=270,H=35мм;белый,бежев.</t>
   </si>
   <si>
     <t>03011618</t>
   </si>
   <si>
     <t>1106 0314</t>
@@ -447,1070 +444,1076 @@
   <si>
     <t>Craft White</t>
   </si>
   <si>
     <t>22038.00₸</t>
   </si>
   <si>
     <t>Тарелка для пасты «С-Класс»;фарфор;450мл;D=27/15,H=5см;белый</t>
   </si>
   <si>
     <t>03011775</t>
   </si>
   <si>
     <t>ESD1927</t>
   </si>
   <si>
     <t>G. Benedikt Karlovy Vary</t>
   </si>
   <si>
     <t>Ess Klasse</t>
   </si>
   <si>
     <t>ЧЕХИЯ</t>
   </si>
   <si>
-    <t>8039.00₸</t>
+    <t>8755.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Оптик»;фарфор;320мл;D=27,H=5см;белый</t>
+  </si>
+  <si>
+    <t>03011785</t>
+  </si>
+  <si>
+    <t>9118 C1009</t>
+  </si>
+  <si>
+    <t>Optik</t>
+  </si>
+  <si>
+    <t>8986.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Крафт Грэй»;фарфор;320мл;D=27,H=5см;серый</t>
+  </si>
+  <si>
+    <t>03011793</t>
+  </si>
+  <si>
+    <t>1154 0372</t>
+  </si>
+  <si>
+    <t>Craft Grey</t>
+  </si>
+  <si>
+    <t>10688.00₸</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Ресторан»;D=28,5см</t>
+  </si>
+  <si>
+    <t>03011808</t>
+  </si>
+  <si>
+    <t>00537</t>
+  </si>
+  <si>
+    <t>Arcoroc</t>
+  </si>
+  <si>
+    <t>Restaurant</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>3700.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Интэнсити»;зеникс;0,6л;D=285,H=46мм;белый</t>
+  </si>
+  <si>
+    <t>03011854</t>
+  </si>
+  <si>
+    <t>G4399</t>
+  </si>
+  <si>
+    <t>Intensity</t>
+  </si>
+  <si>
+    <t>2562.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «С-Класс»;фарфор;0,55л;D=290/165,H=63мм;белый</t>
+  </si>
+  <si>
+    <t>03011858</t>
+  </si>
+  <si>
+    <t>ESS1929</t>
+  </si>
+  <si>
+    <t>9941.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Кашуб-хел»;фарфор;400мл;D=29,H=6см;белый</t>
+  </si>
+  <si>
+    <t>03011864</t>
+  </si>
+  <si>
+    <t>0227</t>
+  </si>
+  <si>
+    <t>Kaszub-Hel</t>
+  </si>
+  <si>
+    <t>9040.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Тэндэнси»;зеникс;0,55л;D=280,H=58мм;белый</t>
+  </si>
+  <si>
+    <t>03011865</t>
+  </si>
+  <si>
+    <t>G9196</t>
+  </si>
+  <si>
+    <t>Tendency</t>
+  </si>
+  <si>
+    <t>4718.00₸</t>
+  </si>
+  <si>
+    <t>24 шт.</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Крафт Грин»;фарфор;320мл;D=27,H=5см;зелен.</t>
+  </si>
+  <si>
+    <t>03011867</t>
+  </si>
+  <si>
+    <t>1131 0372</t>
+  </si>
+  <si>
+    <t>Craft Green</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Рио Пинк»;фарфор;D=27см;белый,розов.</t>
+  </si>
+  <si>
+    <t>03011874</t>
+  </si>
+  <si>
+    <t>1532 0314</t>
+  </si>
+  <si>
+    <t>Rio Pink</t>
+  </si>
+  <si>
+    <t>10526.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Эмбасси вайт»;фарфор;0,6л;D=31см;белый</t>
+  </si>
+  <si>
+    <t>03011877</t>
+  </si>
+  <si>
+    <t>S0109</t>
+  </si>
+  <si>
+    <t>Chef&amp;Sommelier</t>
+  </si>
+  <si>
+    <t>Embassy White</t>
+  </si>
+  <si>
+    <t>15988.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты;стекло;250мл;D=290,H=47мм;бежев.</t>
+  </si>
+  <si>
+    <t>03011879</t>
+  </si>
+  <si>
+    <t>BDK</t>
+  </si>
+  <si>
+    <t>16109.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты;стекло;250мл;D=290,H=47мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03011881</t>
+  </si>
+  <si>
+    <t>12890.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Торино»;фарфор;D=27см;белый</t>
+  </si>
+  <si>
+    <t>03011892</t>
+  </si>
+  <si>
+    <t>9007 C020</t>
+  </si>
+  <si>
+    <t>10172.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Комплимент»;фарфор;D=28см;белый</t>
+  </si>
+  <si>
+    <t>03011894</t>
+  </si>
+  <si>
+    <t>07 0728</t>
+  </si>
+  <si>
+    <t>Bauscher</t>
+  </si>
+  <si>
+    <t>Compliments</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>8432.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Кунстверк»;фарфор;360мл;D=305/150,H=20мм;белый</t>
+  </si>
+  <si>
+    <t>03011906</t>
+  </si>
+  <si>
+    <t>A11641</t>
+  </si>
+  <si>
+    <t>8295.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «С-Класс Мелодия»;фарфор;0,5л;D=29,H=6см;белый</t>
+  </si>
+  <si>
+    <t>03011912</t>
+  </si>
+  <si>
+    <t>ESM1929</t>
+  </si>
+  <si>
+    <t>Melodia/Ess</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Бэйсик»;фарфор;0,5л;D=29см;белый</t>
+  </si>
+  <si>
+    <t>03011920</t>
+  </si>
+  <si>
+    <t>BAS1929</t>
+  </si>
+  <si>
+    <t>Basic</t>
+  </si>
+  <si>
+    <t>8078.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Монако Вайт»;фарфор;D=300,H=33мм;белый</t>
+  </si>
+  <si>
+    <t>03011930</t>
+  </si>
+  <si>
+    <t>9001 C350</t>
+  </si>
+  <si>
+    <t>15986.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты;фарфор;D=26см;белый</t>
+  </si>
+  <si>
+    <t>03011940</t>
+  </si>
+  <si>
+    <t>11780-800001-30126</t>
+  </si>
+  <si>
+    <t>Rosenthal</t>
+  </si>
+  <si>
+    <t>In.Gredienti</t>
+  </si>
+  <si>
+    <t>9125.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Пьюрити» с широким бортом;эко-кост. фарф.;D=29см;белый</t>
+  </si>
+  <si>
+    <t>03011944</t>
+  </si>
+  <si>
+    <t>69 0129</t>
+  </si>
+  <si>
+    <t>Purity</t>
+  </si>
+  <si>
+    <t>15593.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «С-Класс»;фарфор;400мл;D=27/15см;белый</t>
+  </si>
+  <si>
+    <t>03011958</t>
+  </si>
+  <si>
+    <t>ESD1927X8500</t>
+  </si>
+  <si>
+    <t>Essklasse de</t>
+  </si>
+  <si>
+    <t>7292.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Торино»;фарфор;D=30см;белый</t>
+  </si>
+  <si>
+    <t>03012021</t>
+  </si>
+  <si>
+    <t>9007 C019</t>
+  </si>
+  <si>
+    <t>16964.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Кунстверк»;фарфор;0,6л;D=305,H=36мм;белый</t>
+  </si>
+  <si>
+    <t>03012028</t>
+  </si>
+  <si>
+    <t>A0050</t>
+  </si>
+  <si>
+    <t>5341.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Кашуб-хел»;фарфор;0,5л;D=300,H=65мм;белый</t>
+  </si>
+  <si>
+    <t>03012037</t>
+  </si>
+  <si>
+    <t>0229</t>
+  </si>
+  <si>
+    <t>7300.00₸</t>
   </si>
   <si>
     <t>более 500 шт.</t>
   </si>
   <si>
-    <t>Тарелка для пасты «Оптик»;фарфор;320мл;D=27,H=5см;белый</t>
-[...236 lines deleted...]
-    <t>9941.00₸</t>
+    <t>Тарелка для пасты «Симплисити»;фарфор;0,5л;D=300,H=55мм;белый</t>
+  </si>
+  <si>
+    <t>03012040</t>
+  </si>
+  <si>
+    <t>1101 0365</t>
+  </si>
+  <si>
+    <t>15439.00₸</t>
+  </si>
+  <si>
+    <t>19 шт.</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Чино»;фарфор;495мл;D=300,H=65мм;белый,бежев.</t>
+  </si>
+  <si>
+    <t>03012046</t>
+  </si>
+  <si>
+    <t>1106 0365</t>
+  </si>
+  <si>
+    <t>22785.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Кларет»;фарфор;0,6л;D=29,H=3см;бежев.,бордо</t>
+  </si>
+  <si>
+    <t>03012047</t>
+  </si>
+  <si>
+    <t>1503 A350</t>
+  </si>
+  <si>
+    <t>Ivory Claret</t>
+  </si>
+  <si>
+    <t>11281.00₸</t>
+  </si>
+  <si>
+    <t>46 шт.</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Айвори»;фарфор;0,5л;D=30,H=4см;слон.кость</t>
+  </si>
+  <si>
+    <t>03012049</t>
+  </si>
+  <si>
+    <t>1500 A350</t>
+  </si>
+  <si>
+    <t>Ivory</t>
+  </si>
+  <si>
+    <t>8632.00₸</t>
+  </si>
+  <si>
+    <t>42 шт.</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Антуанетт»;фарфор;0,6л;D=305,H=25мм;белый,олив.</t>
+  </si>
+  <si>
+    <t>03012054</t>
+  </si>
+  <si>
+    <t>9019 C350</t>
+  </si>
+  <si>
+    <t>20667.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Антуанетт»;фарфор;0,5л;D=300,H=45мм;белый,олив.</t>
+  </si>
+  <si>
+    <t>03012057</t>
+  </si>
+  <si>
+    <t>9019 C365</t>
+  </si>
+  <si>
+    <t>27643.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Монако Вайт»;фарфор;0,5л;D=30см;белый</t>
+  </si>
+  <si>
+    <t>03012061</t>
+  </si>
+  <si>
+    <t>9001 C365</t>
+  </si>
+  <si>
+    <t>21545.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты;стекло;200мл;D=310,H=52мм;бежев.</t>
+  </si>
+  <si>
+    <t>03012068</t>
+  </si>
+  <si>
+    <t>13329.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты;стекло;200мл;D=310,H=52мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03012079</t>
+  </si>
+  <si>
+    <t>17310.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Оптик»;фарфор;450мл;D=300,H=55мм;белый</t>
+  </si>
+  <si>
+    <t>03012081</t>
+  </si>
+  <si>
+    <t>9118 C1008</t>
+  </si>
+  <si>
+    <t>11974.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Нью Граффити»;фарфор;300мл;D=27,H=6см;белый</t>
+  </si>
+  <si>
+    <t>03012094</t>
+  </si>
+  <si>
+    <t>NF001270000</t>
+  </si>
+  <si>
+    <t>Graffiti New</t>
+  </si>
+  <si>
+    <t>7476.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Нью Граффити»;фарфор;0,5л;D=30см;белый</t>
+  </si>
+  <si>
+    <t>03012097</t>
+  </si>
+  <si>
+    <t>NF02330</t>
+  </si>
+  <si>
+    <t>7805.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Рио Йеллоу»;фарфор;D=30см;белый,желт.</t>
+  </si>
+  <si>
+    <t>03012099</t>
+  </si>
+  <si>
+    <t>1530 0365</t>
+  </si>
+  <si>
+    <t>Rio Yellow</t>
+  </si>
+  <si>
+    <t>19897.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Сатиник»;фарфор;0,55л;D=31,H=5см;белый</t>
+  </si>
+  <si>
+    <t>03012154</t>
+  </si>
+  <si>
+    <t>S0409</t>
+  </si>
+  <si>
+    <t>Satinique</t>
+  </si>
+  <si>
+    <t>19852.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Рио Блю»;фарфор;D=30см;белый,синий</t>
+  </si>
+  <si>
+    <t>03012179</t>
+  </si>
+  <si>
+    <t>1531 0365</t>
+  </si>
+  <si>
+    <t>Rio Blue</t>
+  </si>
+  <si>
+    <t>21691.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Блю Дэппл»;фарфор;300мл;D=27см;белый,синий</t>
+  </si>
+  <si>
+    <t>03012186</t>
+  </si>
+  <si>
+    <t>1710 0314</t>
+  </si>
+  <si>
+    <t>Blue Dapple</t>
+  </si>
+  <si>
+    <t>15424.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Кашуб-хел»;фарфор;400мл;D=260,H=85мм;белый</t>
+  </si>
+  <si>
+    <t>03012221</t>
+  </si>
+  <si>
+    <t>0235</t>
+  </si>
+  <si>
+    <t>8417.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Кунстверк»;фарфор;0,6л;D=29см;белый</t>
+  </si>
+  <si>
+    <t>03012230</t>
+  </si>
+  <si>
+    <t>P5164630/9904130</t>
+  </si>
+  <si>
+    <t>9534.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Лайфстиль»;фарфор;D=29см;песочн.</t>
+  </si>
+  <si>
+    <t>03012257</t>
+  </si>
+  <si>
+    <t>LSN1929</t>
+  </si>
+  <si>
+    <t>Lilien Austria</t>
+  </si>
+  <si>
+    <t>Lifestyle Natural</t>
+  </si>
+  <si>
+    <t>АВСТРИЯ</t>
+  </si>
+  <si>
+    <t>12990.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Солэр»;фарфор;185мл;D=290,H=55мм;белый</t>
+  </si>
+  <si>
+    <t>03012285</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты;стекло;D=29см;серый</t>
+  </si>
+  <si>
+    <t>03012292</t>
+  </si>
+  <si>
+    <t>13629.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Лайфстиль»;фарфор;D=26см;киноварь</t>
+  </si>
+  <si>
+    <t>03012380</t>
+  </si>
+  <si>
+    <t>LCV1926</t>
+  </si>
+  <si>
+    <t>Lifestyle Volcano</t>
+  </si>
+  <si>
+    <t>23624.00₸</t>
+  </si>
+  <si>
+    <t>30 шт.</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Эволюшнс Солюшн»;стекло;0,5л;D=28,5см;белый</t>
+  </si>
+  <si>
+    <t>03012428</t>
+  </si>
+  <si>
+    <t>L2805</t>
+  </si>
+  <si>
+    <t>Evolutions Solution</t>
+  </si>
+  <si>
+    <t>4067.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Виктория» квадратная;фарфор;,L=27,B=27см;белый</t>
+  </si>
+  <si>
+    <t>03012431</t>
+  </si>
+  <si>
+    <t>Victoria</t>
+  </si>
+  <si>
+    <t>5960.00₸</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Лайфстиль»;фарфор;450мл;D=290,H=55мм;терракот</t>
+  </si>
+  <si>
+    <t>03012467</t>
+  </si>
+  <si>
+    <t>LST1929</t>
+  </si>
+  <si>
+    <t>Lifestyle Terracotta</t>
+  </si>
+  <si>
+    <t>12351.00₸</t>
   </si>
   <si>
     <t>6 шт.</t>
   </si>
   <si>
-    <t>Тарелка для пасты «Бэйсик»;фарфор;0,5л;D=29см;белый</t>
-[...350 lines deleted...]
-    <t>9534.00₸</t>
+    <t>Тарелка для пасты «Лайфстиль»;фарфор;1л;D=26см;песочн.</t>
+  </si>
+  <si>
+    <t>03012491</t>
+  </si>
+  <si>
+    <t>LCN1926</t>
+  </si>
+  <si>
+    <t>16047.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Лайфстиль»;фарфор;D=26см;бирюз.</t>
+  </si>
+  <si>
+    <t>03012493</t>
+  </si>
+  <si>
+    <t>LCD1926</t>
+  </si>
+  <si>
+    <t>Lifestyle Deeplagoon</t>
+  </si>
+  <si>
+    <t>21091.00₸</t>
+  </si>
+  <si>
+    <t>18 шт.</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты;фарфор;D=28см;белый</t>
+  </si>
+  <si>
+    <t>03012504</t>
+  </si>
+  <si>
+    <t>10630-800001-31327</t>
+  </si>
+  <si>
+    <t>Epoque</t>
+  </si>
+  <si>
+    <t>10696.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Лайфстиль»;фарфор;D=29см;серо-голуб.</t>
+  </si>
+  <si>
+    <t>03012537</t>
+  </si>
+  <si>
+    <t>LSH1929</t>
+  </si>
+  <si>
+    <t>Lifestyle Highland</t>
+  </si>
+  <si>
+    <t>13868.00₸</t>
+  </si>
+  <si>
+    <t>25 шт.</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Лайфстиль»;фарфор;0,5л;D=29см;мятно-бирюз.</t>
+  </si>
+  <si>
+    <t>03012539</t>
+  </si>
+  <si>
+    <t>LSR1929</t>
+  </si>
+  <si>
+    <t>Lifestyle Rainforest</t>
+  </si>
+  <si>
+    <t>14399.00₸</t>
   </si>
   <si>
     <t>2 шт.</t>
   </si>
   <si>
-    <t>Тарелка для пасты «Лайфстиль»;фарфор;D=29см;песочн.</t>
-[...152 lines deleted...]
-    <t>13868.00₸</t>
+    <t>Тарелка для пасты «Виллоу»;фарфор;D=31,5см;белый</t>
+  </si>
+  <si>
+    <t>03012568</t>
+  </si>
+  <si>
+    <t>9117 C1191</t>
+  </si>
+  <si>
+    <t>Willow</t>
+  </si>
+  <si>
+    <t>26011.00₸</t>
+  </si>
+  <si>
+    <t>20 шт.</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты для супа;фарфор;330мл;D=30см;белый</t>
+  </si>
+  <si>
+    <t>03012601</t>
+  </si>
+  <si>
+    <t>050058</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>10226.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Монако Вайт»;фарфор;400мл;D=28,5см;белый</t>
+  </si>
+  <si>
+    <t>03012625</t>
+  </si>
+  <si>
+    <t>9001 C1153</t>
+  </si>
+  <si>
+    <t>20975.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Виллоу»;фарфор;0,89л;D=28,5см;белый</t>
+  </si>
+  <si>
+    <t>03012630</t>
+  </si>
+  <si>
+    <t>9117 C1174</t>
+  </si>
+  <si>
+    <t>23308.00₸</t>
+  </si>
+  <si>
+    <t>38 шт.</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Виллоу»;фарфор;0,95л;D=28,5см;белый</t>
+  </si>
+  <si>
+    <t>03012634</t>
+  </si>
+  <si>
+    <t>9117 C1176</t>
+  </si>
+  <si>
+    <t>23855.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Пуэбла Блю»;фарфор;0,74л;D=30см;белый,синий</t>
+  </si>
+  <si>
+    <t>03012640</t>
+  </si>
+  <si>
+    <t>A120P050A</t>
+  </si>
+  <si>
+    <t>Anfora</t>
+  </si>
+  <si>
+    <t>Puebla Blue</t>
+  </si>
+  <si>
+    <t>МЕКСИКА</t>
+  </si>
+  <si>
+    <t>41919.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Пастораль»;фарфор;300мл;D=29,H=7см;зелен.</t>
+  </si>
+  <si>
+    <t>03012647</t>
+  </si>
+  <si>
+    <t>P6136629-SH115</t>
+  </si>
+  <si>
+    <t>Pastoral</t>
+  </si>
+  <si>
+    <t>9296.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Пастораль»;фарфор;300мл;D=29,H=7см;оранжев.</t>
+  </si>
+  <si>
+    <t>03012656</t>
+  </si>
+  <si>
+    <t>P6136629-SH113</t>
+  </si>
+  <si>
+    <t>10836.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Пастораль»;фарфор;300мл;D=29,H=7см;серый</t>
+  </si>
+  <si>
+    <t>03012657</t>
+  </si>
+  <si>
+    <t>P6136629-SH116</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Фестон»;керамика;350мл;D=24см;белый</t>
+  </si>
+  <si>
+    <t>03012674</t>
+  </si>
+  <si>
+    <t>Cosy&amp;Trendy</t>
+  </si>
+  <si>
+    <t>Feston</t>
+  </si>
+  <si>
+    <t>БЕЛЬГИЯ</t>
+  </si>
+  <si>
+    <t>9903.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Тренд»;фарфор;0,5л;D=29см;белый</t>
+  </si>
+  <si>
+    <t>03012885</t>
+  </si>
+  <si>
+    <t>8С1520</t>
+  </si>
+  <si>
+    <t>Добрушский фарфоровый завод</t>
+  </si>
+  <si>
+    <t>Тренд</t>
+  </si>
+  <si>
+    <t>БЕЛАРУСЬ</t>
+  </si>
+  <si>
+    <t>3003.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты;фарфор;D=27см;голуб.</t>
+  </si>
+  <si>
+    <t>03012890</t>
+  </si>
+  <si>
+    <t>BI001273265</t>
+  </si>
+  <si>
+    <t>B-Rush Blue</t>
+  </si>
+  <si>
+    <t>11039.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты;фарфор;1л;D=275,H=80мм;белый</t>
+  </si>
+  <si>
+    <t>03013049</t>
+  </si>
+  <si>
+    <t>VU023285542</t>
+  </si>
+  <si>
+    <t>Vulcania Salento</t>
+  </si>
+  <si>
+    <t>23135.00₸</t>
   </si>
   <si>
     <t>34 шт.</t>
   </si>
   <si>
-    <t>Тарелка для пасты «Лайфстиль»;фарфор;0,5л;D=29см;мятно-бирюз.</t>
-[...214 lines deleted...]
-  <si>
     <t>Тарелка для пасты «Млечный путь»;фарфор;0,5л;D=31,H=5см;черный,серый</t>
   </si>
   <si>
     <t>03013061</t>
   </si>
   <si>
     <t>ФРФ88803753</t>
   </si>
   <si>
     <t>Борисовская Керамика</t>
   </si>
   <si>
     <t>Млечный Путь</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>17364.00₸</t>
   </si>
   <si>
     <t>Тарелка для пасты «Везувиус Ляпис»;фарфор;320мл;синий</t>
   </si>
   <si>
     <t>03013070</t>
   </si>
   <si>
     <t>1201 0372</t>
   </si>
   <si>
     <t>Vesuvius Lapis</t>
   </si>
   <si>
     <t>19582.00₸</t>
   </si>
   <si>
-    <t>49 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Тарелка для пасты «Виллоу»;стекло;D=28,5см;прозр.</t>
   </si>
   <si>
     <t>03013130</t>
   </si>
   <si>
     <t>6150 B450</t>
   </si>
   <si>
     <t>13283.00₸</t>
   </si>
   <si>
     <t>Тарелка для пасты «Пэлас Бьянко»;фарфор;0,5л;D=28см;белый</t>
   </si>
   <si>
     <t>03013149</t>
   </si>
   <si>
     <t>P5623280000</t>
   </si>
   <si>
     <t>Palace Bianco</t>
   </si>
   <si>
     <t>6706.00₸</t>
@@ -1527,53 +1530,50 @@
   <si>
     <t>Thesis Bianco</t>
   </si>
   <si>
     <t>БАНГЛАДЕШ</t>
   </si>
   <si>
     <t>4166.00₸</t>
   </si>
   <si>
     <t>Тарелка для пасты «Везувиус Амбер»;фарфор;320мл;D=265,H=50мм;амбер</t>
   </si>
   <si>
     <t>03013153</t>
   </si>
   <si>
     <t>1202 0372</t>
   </si>
   <si>
     <t>Vesuvius Amber</t>
   </si>
   <si>
     <t>16548.00₸</t>
   </si>
   <si>
-    <t>7 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Тарелка для пасты «Карбон»;фарфор;D=31см;черный,матовый</t>
   </si>
   <si>
     <t>03013159</t>
   </si>
   <si>
     <t>ФРФ88803911</t>
   </si>
   <si>
     <t>Carbone</t>
   </si>
   <si>
     <t>8301.00₸</t>
   </si>
   <si>
     <t>03013161</t>
   </si>
   <si>
     <t>ФРФ88803711</t>
   </si>
   <si>
     <t>9333.00₸</t>
   </si>
   <si>
     <t>Тарелка для пасты «Малахит»;фарфор;0,5л;D=310,H=55мм;черный,зелен.</t>
@@ -1833,53 +1833,50 @@
   <si>
     <t>03013792</t>
   </si>
   <si>
     <t>LPHO019NB006285</t>
   </si>
   <si>
     <t>12136.00₸</t>
   </si>
   <si>
     <t>Тарелка для пасты «Млечный путь голубой»;фарфор;0,5л;D=310,H=55мм;голуб.,черный</t>
   </si>
   <si>
     <t>03013938</t>
   </si>
   <si>
     <t>ФРФ88803764</t>
   </si>
   <si>
     <t>Млечный путь голубой</t>
   </si>
   <si>
     <t>16555.00₸</t>
   </si>
   <si>
-    <t>35 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Тарелка для пасты «Антика Перла»;фарфор;0,5л;D=310,H=55мм;белый,коричнев.</t>
   </si>
   <si>
     <t>03013974</t>
   </si>
   <si>
     <t>ФРФ88803740</t>
   </si>
   <si>
     <t>Antica Perla</t>
   </si>
   <si>
     <t>12936.00₸</t>
   </si>
   <si>
     <t>Тарелка для пасты «Веспер»;фарфор;400мл;D=28см;черный</t>
   </si>
   <si>
     <t>03013986</t>
   </si>
   <si>
     <t>MT-VSPBNC28CK</t>
   </si>
   <si>
     <t>Bonna</t>
@@ -1887,65 +1884,50 @@
   <si>
     <t>Vesper</t>
   </si>
   <si>
     <t>ТУРЦИЯ</t>
   </si>
   <si>
     <t>9502.00₸</t>
   </si>
   <si>
     <t>Тарелка для пасты «Одетта»;фарфор;400мл;D=27см;коричнев.,бежев.</t>
   </si>
   <si>
     <t>03013989</t>
   </si>
   <si>
     <t>ODTOLGRM27CK</t>
   </si>
   <si>
     <t>Odette</t>
   </si>
   <si>
     <t>8871.00₸</t>
   </si>
   <si>
-    <t>Тарелка для пасты «Мар»;фарфор;400мл;D=28см;малахит.</t>
-[...13 lines deleted...]
-  <si>
     <t>Тарелка для пасты «Сепиа»;фарфор;400мл;D=24см;черный</t>
   </si>
   <si>
     <t>03013994</t>
   </si>
   <si>
     <t>SPAGRM24CK</t>
   </si>
   <si>
     <t>Sepia</t>
   </si>
   <si>
     <t>6977.00₸</t>
   </si>
   <si>
     <t>Тарелка для пасты «Эволюшн Блэк»;стекло;1,15л;D=285,H=45мм;черный</t>
   </si>
   <si>
     <t>03014077</t>
   </si>
   <si>
     <t>P1138</t>
   </si>
   <si>
     <t>Evolutions Black</t>
@@ -2106,68 +2088,68 @@
   <si>
     <t>Тарелка для пасты «Гэлэкси»;фарфор;350мл;D=290,H=65мм;свет.-сер.</t>
   </si>
   <si>
     <t>03014529</t>
   </si>
   <si>
     <t>GLX29SPT83014</t>
   </si>
   <si>
     <t>Тарелка для пасты «Фламенко»;фарфор;0,5л;D=27см;белый</t>
   </si>
   <si>
     <t>03014558</t>
   </si>
   <si>
     <t>FLA1927</t>
   </si>
   <si>
     <t>Flamenco</t>
   </si>
   <si>
     <t>10950.00₸</t>
   </si>
   <si>
+    <t>33 шт.</t>
+  </si>
+  <si>
     <t>Тарелка для пасты «Дэрас Голд»;фарфор;D=24,H=6см;белый,золотой</t>
   </si>
   <si>
     <t>03014562</t>
   </si>
   <si>
     <t>LDER034OR006240</t>
   </si>
   <si>
     <t>Deras Gold</t>
   </si>
   <si>
     <t>25634.00₸</t>
   </si>
   <si>
-    <t>3 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Тарелка для пасты «Дэрас Голд»;фарфор;D=275,H=70мм;белый,золотой</t>
   </si>
   <si>
     <t>03014563</t>
   </si>
   <si>
     <t>LDER034OR006275</t>
   </si>
   <si>
     <t>24125.00₸</t>
   </si>
   <si>
     <t>Тарелка для пасты «Гесперис»;фарфор;D=260,H=45мм;белый</t>
   </si>
   <si>
     <t>03014567</t>
   </si>
   <si>
     <t>LHES013AV006260</t>
   </si>
   <si>
     <t>Hesperis</t>
   </si>
   <si>
     <t>21684.00₸</t>
@@ -2238,51 +2220,51 @@
   <si>
     <t>ФРФ88803773</t>
   </si>
   <si>
     <t>Marrone Reattivo</t>
   </si>
   <si>
     <t>19327.00₸</t>
   </si>
   <si>
     <t>Тарелка для пасты «Эрбосо Реативо»;фарфор;0,5л;D=31,H=5см;бирюз.,бежев.</t>
   </si>
   <si>
     <t>03014748</t>
   </si>
   <si>
     <t>ФРФ88803775</t>
   </si>
   <si>
     <t>Erboso Reattivo</t>
   </si>
   <si>
     <t>20251.00₸</t>
   </si>
   <si>
-    <t>38 шт.</t>
+    <t>37 шт.</t>
   </si>
   <si>
     <t>Тарелка для пасты «Пати»;фарфор;0,5л;D=31,H=5см;серый,синий</t>
   </si>
   <si>
     <t>03014759</t>
   </si>
   <si>
     <t>ФРФ88803793</t>
   </si>
   <si>
     <t>Party</t>
   </si>
   <si>
     <t>20313.00₸</t>
   </si>
   <si>
     <t>Тарелка для пасты «Нанокрем Дарк Блю»;фарфор;450мл;D=270,H=57мм;свет.-сер.,тем.син.</t>
   </si>
   <si>
     <t>03015297</t>
   </si>
   <si>
     <t>NNRS27SPT890233</t>
   </si>
@@ -2397,50 +2379,53 @@
   <si>
     <t>11566.00₸</t>
   </si>
   <si>
     <t>Тарелка для пасты «Скалистос»;керамика;300мл;D=27,H=4см;бежев.</t>
   </si>
   <si>
     <t>03015442</t>
   </si>
   <si>
     <t>LSKA034BG006270</t>
   </si>
   <si>
     <t>17195.00₸</t>
   </si>
   <si>
     <t>Тарелка для пасты «Скалистос»;керамика;200мл;D=23,H=4см;голуб.</t>
   </si>
   <si>
     <t>03015446</t>
   </si>
   <si>
     <t>LSKA034DN006230</t>
   </si>
   <si>
+    <t>41 шт.</t>
+  </si>
+  <si>
     <t>Тарелка для пасты «Скалистос»;керамика;300мл;D=27,H=4см;голуб.</t>
   </si>
   <si>
     <t>03015447</t>
   </si>
   <si>
     <t>LSKA034DN006270</t>
   </si>
   <si>
     <t>Тарелка для пасты «Скалистос»;керамика;200мл;D=23,H=4см;черный</t>
   </si>
   <si>
     <t>03015451</t>
   </si>
   <si>
     <t>LSKA034NE006230</t>
   </si>
   <si>
     <t>12975.00₸</t>
   </si>
   <si>
     <t>Тарелка для пасты «Скалистос»;керамика;300мл;D=27,H=4см;черный</t>
   </si>
   <si>
     <t>03015452</t>
@@ -2490,51 +2475,51 @@
   <si>
     <t>03015462</t>
   </si>
   <si>
     <t>LSKA034VS006270</t>
   </si>
   <si>
     <t>Тарелка для пасты «Белая» Принц;фарфор;D=300,H=55мм;белый</t>
   </si>
   <si>
     <t>03015537</t>
   </si>
   <si>
     <t>ИТГ 03.300</t>
   </si>
   <si>
     <t>Башкирский фарфор</t>
   </si>
   <si>
     <t>Белая</t>
   </si>
   <si>
     <t>4736.00₸</t>
   </si>
   <si>
-    <t>15 шт.</t>
+    <t>28 шт.</t>
   </si>
   <si>
     <t>Тарелка для пасты «Афрос»;кост.фарф.;D=320,H=35мм;белый</t>
   </si>
   <si>
     <t>03015589</t>
   </si>
   <si>
     <t>LAPH028BI006320</t>
   </si>
   <si>
     <t>Aphros</t>
   </si>
   <si>
     <t>36365.00₸</t>
   </si>
   <si>
     <t>Тарелка для пасты «Афрос»;кост.фарф.;D=33,H=4см;слон.кость</t>
   </si>
   <si>
     <t>03015591</t>
   </si>
   <si>
     <t>LAPH028BI006330</t>
   </si>
@@ -2586,89 +2571,86 @@
   <si>
     <t>03020429</t>
   </si>
   <si>
     <t>PF023320000</t>
   </si>
   <si>
     <t>Portofino</t>
   </si>
   <si>
     <t>10742.00₸</t>
   </si>
   <si>
     <t>Тарелка для пасты «Олива»;фарфор;0,5л;D=270,H=45мм;белый</t>
   </si>
   <si>
     <t>03020436</t>
   </si>
   <si>
     <t>OL023270000</t>
   </si>
   <si>
     <t>Oliva</t>
   </si>
   <si>
-    <t>9448.00₸</t>
-[...4 lines deleted...]
-  <si>
     <t>Тарелка для пасты «Олива»;фарфор;0,7л;D=320,H=52мм;белый</t>
   </si>
   <si>
     <t>03020437</t>
   </si>
   <si>
     <t>OL023320000</t>
   </si>
   <si>
     <t>10018.00₸</t>
   </si>
   <si>
     <t>Тарелка для пасты «Ро дизайн бай эрбиси»;керамика;D=260,H=65мм;черный</t>
   </si>
   <si>
     <t>03033326</t>
   </si>
   <si>
     <t>RD19121-B</t>
   </si>
   <si>
     <t>Studio Raw</t>
   </si>
   <si>
     <t>RAW Design by RBC</t>
   </si>
   <si>
     <t>ИНДОНЕЗИЯ</t>
   </si>
   <si>
     <t>43505.00₸</t>
   </si>
   <si>
+    <t>48 шт.</t>
+  </si>
+  <si>
     <t>Тарелка для пасты «Эклипс»;фарфор;D=29,5см;черный</t>
   </si>
   <si>
     <t>03143030</t>
   </si>
   <si>
     <t>67376A13</t>
   </si>
   <si>
     <t>Eclipse</t>
   </si>
   <si>
     <t>16278.00₸</t>
   </si>
   <si>
     <t>Тарелка для пасты «Шейд»;фарфор;D=27см;белый,синий</t>
   </si>
   <si>
     <t>03143037</t>
   </si>
   <si>
     <t>67372A12</t>
   </si>
   <si>
     <t>14453.00₸</t>
@@ -2730,66 +2712,102 @@
   <si>
     <t>Frost</t>
   </si>
   <si>
     <t>18284.00₸</t>
   </si>
   <si>
     <t>50 шт.</t>
   </si>
   <si>
     <t>Тарелка для пасты «Париж»;фарфор;400мл;D=27см;белый,коричнев.</t>
   </si>
   <si>
     <t>03016774</t>
   </si>
   <si>
     <t>SNM27MT</t>
   </si>
   <si>
     <t>Paris</t>
   </si>
   <si>
     <t>7916.00₸</t>
   </si>
   <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
     <t>Тарелка для пасты «Деймос»;керамика;D=29,H=5см;белый,бежев.</t>
   </si>
   <si>
     <t>03014861</t>
   </si>
   <si>
     <t>LDEI043BG006290</t>
   </si>
   <si>
     <t>Deimos</t>
   </si>
   <si>
     <t>ТАИЛАНД</t>
   </si>
   <si>
     <t>13914.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Блум Гранада»;фарфор;D=26,H=5см;синий,желт.</t>
+  </si>
+  <si>
+    <t>03014931</t>
+  </si>
+  <si>
+    <t>BM023268101</t>
+  </si>
+  <si>
+    <t>Bloom Granada</t>
+  </si>
+  <si>
+    <t>ЕГИПЕТ</t>
+  </si>
+  <si>
+    <t>12782.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка для пасты «Силк»;фарфор;D=290,H=45мм;белый</t>
+  </si>
+  <si>
+    <t>03014935</t>
+  </si>
+  <si>
+    <t>SAB01290000</t>
+  </si>
+  <si>
+    <t>Silk</t>
+  </si>
+  <si>
+    <t>24115.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -2804,51 +2822,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF96F537-E4E0-11EF-BC53-00505692E2D01.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBDDAF50-2341-11EA-BBC7-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBDDAF51-2341-11EA-BBC7-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBDDAF52-2341-11EA-BBC7-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBDDAF53-2341-11EA-BBC7-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBDDAF54-2341-11EA-BBC7-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/344DF2AB-E3C5-11EB-BBF2-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D69FB6D8-E4E0-11EF-BC53-00505692E2D08.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D0349DAF-E3D8-11EF-BC57-00505692E0499.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D69F9AE7-E4E0-11EF-BC53-00505692E2D010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F018420-424D-11E8-A155-00259035BB6711.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC9BBCFA-E4E0-11EF-BC53-00505692E2D012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D69FA947-E4E0-11EF-BC53-00505692E2D013.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/344DF2B0-E3C5-11EB-BBF2-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D0349CD9-E3D8-11EF-BC57-00505692E04915.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B3004779-424D-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD73-424D-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/344DF2AE-E3C5-11EB-BBF2-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E295D21E-E4E0-11EF-BC53-00505692E2D019.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E23545AD-E4E0-11EF-BC53-00505692E2D020.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20BC5015-20CF-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0817B6ED-4251-11E8-A155-00259035BB6722.gif"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D0349C03-E3D8-11EF-BC57-00505692E04923.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF970EED-E4E0-11EF-BC53-00505692E2D024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB3D32C7-424E-11E8-A155-00259035BB6725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5408681B-4250-11E8-A155-00259035BB6726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1AB20C7A-20CF-11EE-BC0D-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/146B88F4-424C-11E8-A155-00259035BB6728.gif"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55077E3B-424E-11E8-A155-00259035BB6729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB3D32C6-424E-11E8-A155-00259035BB6730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D47CBC8-424F-11E8-A155-00259035BB6731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341CB6A-424F-11E8-A155-00259035BB6732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF9700DF-E4E0-11EF-BC53-00505692E2D033.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A1BD3B8-4250-11E8-A155-00259035BB6734.gif"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E0E2825-E3C5-11EB-BBF2-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/020B0F28-89E0-11EE-BC13-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CC2ADD3-20CF-11EE-BC0D-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3842CFDF-4251-11E8-A155-00259035BB6738.gif"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8039ACAD-4251-11E8-A155-00259035BB6739.gif"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB09668D-E4E0-11EF-BC53-00505692E2D040.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3AE12FD1-E3C5-11EB-BBF2-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443A2AA7-4251-11E8-A155-00259035BB6742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/344DF2AD-E3C5-11EB-BBF2-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/273A248A-F150-11EB-BBF2-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/463992CE-4252-11E8-A155-00259035BB6745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/943AC37A-4252-11E8-A155-00259035BB6746.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF91B961-00EB-11EF-BC46-00505692C44747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC9BC8FE-E4E0-11EF-BC53-00505692E2D048.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB07C669-424D-11E8-A155-00259035BB6749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/310299BE-424E-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14AF40D8-20CF-11EE-BC0D-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E295C6F1-E4E0-11EF-BC53-00505692E2D052.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D65E71E6-E3D8-11EF-BC57-00505692E04953.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D65E7028-E3D8-11EF-BC57-00505692E04954.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D65E70FE-E3D8-11EF-BC57-00505692E04955.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D9D9A0BD-E4E0-11EF-BC53-00505692E2D056.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CC2AF13-20CF-11EE-BC0D-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CC2AE73-20CF-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D0349E97-E3D8-11EF-BC57-00505692E04959.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E1D6A13-E63A-11EF-BC4E-00505692C44760.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76288B6A-4252-11E8-A155-00259035BB6761.gif"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E35C6E3-4252-11E8-A155-00259035BB6762.gif"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27484D8D-424F-11E8-A155-00259035BB6763.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1AB20A52-20CF-11EE-BC0D-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20BC5167-20CF-11EE-BC0D-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4272B694-4253-11E8-A155-00259035BB6766.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC9BD445-E4E0-11EF-BC53-00505692E2D067.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1AB20BC8-20CF-11EE-BC0D-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E0E2826-E3C5-11EB-BBF2-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14AF4038-20CF-11EE-BC0D-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2FDFBC1-20D4-11EE-BC0D-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C73FBB9-4253-11E8-A155-00259035BB6772.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D65E6F52-E3D8-11EF-BC57-00505692E04973.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2FDFD13-20D4-11EE-BC0D-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2FDFDB3-20D4-11EE-BC0D-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2FDFC73-20D4-11EE-BC0D-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6F4788A-20D4-11EE-BC0D-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2FDFF05-20D4-11EE-BC0D-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2FDFE53-20D4-11EE-BC0D-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A8DC108-4254-11E8-A155-00259035BB6780.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D35251E-F150-11EB-BBF2-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/344DF2AF-E3C5-11EB-BBF2-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/988EE19A-4254-11E8-A155-00259035BB6783.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2FE0109-20D4-11EE-BC0D-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6DEC9AB-20D4-11EE-BC0D-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6DECC61-20D4-11EE-BC0D-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6DECBAF-20D4-11EE-BC0D-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6DECAFD-20D4-11EE-BC0D-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89DF7B37-814A-11E9-BBBA-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CB1BFF4D-933A-11E9-BBBB-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0CD31E7-20D4-11EE-BC0D-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0CD3327-20D4-11EE-BC0D-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACD9CAC2-20D4-11EE-BC0D-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8F64074-20D4-11EE-BC0D-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FA9E78F-28C2-11EA-BBCA-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/562AE13A-3C8C-11F0-BC59-00505692E04996.jpeg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6DEC7CB-20D4-11EE-BC0D-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8F64114-20D4-11EE-BC0D-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACD9C7A2-20D4-11EE-BC0D-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04A99D63-4255-11E8-A155-00259035BB67100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B905F75-180F-11EA-BBC6-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B905F76-180F-11EA-BBC6-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8F63E5E-20D4-11EE-BC0D-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8F63DBE-20D4-11EE-BC0D-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8F63FC2-20D4-11EE-BC0D-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8F63F10-20D4-11EE-BC0D-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69C9EADF-E8DA-11E9-BBC6-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2FDFFB7-20D4-11EE-BC0D-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86F44150-2666-11EA-BBCA-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0CD3123-20D4-11EE-BC0D-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BEF7F674-20D4-11EE-BC0D-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BEF7F906-20D4-11EE-BC0D-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BEF7F866-20D4-11EE-BC0D-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BEF7F7C6-20D4-11EE-BC0D-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6DEC72B-20D4-11EE-BC0D-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6DEC68B-20D4-11EE-BC0D-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACD9CB74-20D4-11EE-BC0D-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36295EF8-05D8-11EE-BC09-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8F641C6-20D4-11EE-BC0D-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACD9C842-20D4-11EE-BC0D-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACD9CC14-20D4-11EE-BC0D-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6DEC86B-20D4-11EE-BC0D-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E145DCF-D1AC-11EB-BBF2-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F27D071-509F-11EC-BBF6-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98D9B6DA-509F-11EC-BBF6-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACD9CA22-20D4-11EE-BC0D-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6DECA4B-20D4-11EE-BC0D-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACD9CCB4-20D4-11EE-BC0D-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BEF7F714-20D4-11EE-BC0D-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BEF7F534-20D4-11EE-BC0D-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2AFEEA27-20D7-11EE-BC0D-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2AFEEB67-20D7-11EE-BC0D-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2AFEEAC7-20D7-11EE-BC0D-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2AFEE987-20D7-11EE-BC0D-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2507BD36-20D7-11EE-BC0D-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A029A30-60BD-11EC-BBF7-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2507BC96-20D7-11EE-BC0D-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2507BBF6-20D7-11EE-BC0D-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2AFEED47-20D7-11EE-BC0D-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2AFEECA7-20D7-11EE-BC0D-005056921CC4140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2AFEEC07-20D7-11EE-BC0D-005056921CC4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2507BAB6-20D7-11EE-BC0D-005056921CC4142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F0DF374-20D7-11EE-BC0D-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2507BB56-20D7-11EE-BC0D-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F0DF2D4-20D7-11EE-BC0D-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F0DF4B4-20D7-11EE-BC0D-005056921CC4146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2507B976-20D7-11EE-BC0D-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/929ACBBB-2C93-11EE-BC0D-005056921CC4148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EBF7B8A-BE4C-11ED-BC05-005056921CC4149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F0DF414-20D7-11EE-BC0D-005056921CC4150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF2E9D9F-053C-11EE-BC09-005056921CC4151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF2E9C5F-053C-11EE-BC09-005056921CC4152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF2E9BBF-053C-11EE-BC09-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/273D1274-1431-11EE-BC09-005056921CC4154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11EBE91A-2AFC-11EE-BC0D-005056921CC4155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15CDD8FD-2D56-11EE-BC0D-005056921CC4156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11EBE81F-2AFC-11EE-BC0D-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15CDD85D-2D56-11EE-BC0D-005056921CC4158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11EBE61B-2AFC-11EE-BC0D-005056921CC4159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43782130-3246-11EE-BC0D-005056921CC4160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11EBE6DF-2AFC-11EE-BC0D-005056921CC4161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15CDD70B-2D56-11EE-BC0D-005056921CC4162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11EBE77F-2AFC-11EE-BC0D-005056921CC4163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15CDD7BD-2D56-11EE-BC0D-005056921CC4164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC20AD94-5F02-11EE-BC0E-005056921CC4165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48131150-D632-11EE-BC41-00505692492F166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4813101E-D632-11EE-BC41-00505692492F167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D3474CE3-3484-11EF-BC57-00505692E049168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D3474D95-3484-11EF-BC57-00505692E049169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D3474E7D-3484-11EF-BC57-00505692E049170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/690D6B17-20D9-11EE-BC0D-005056921CC4171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D034A067-E3D8-11EF-BC57-00505692E049172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D0349F7F-E3D8-11EF-BC57-00505692E049173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1DC4C1F-21B3-11EE-BC0D-005056921CC4174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C114EE2A-21B8-11EE-BC0D-005056921CC4175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C114EECA-21B8-11EE-BC0D-005056921CC4176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C114ED8A-21B8-11EE-BC0D-005056921CC4177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC9DE0F3-21BB-11EE-BC0D-005056921CC4178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3B25E6F-9347-11EE-BC28-005056921CC4179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7E27E7B-9028-11F0-BC58-00505692C447180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16812194-6895-11F0-BC54-00505692C447181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67B8D345-8971-11F0-BC4B-0050569297EB182.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF96F537-E4E0-11EF-BC53-00505692E2D01.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBDDAF50-2341-11EA-BBC7-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBDDAF51-2341-11EA-BBC7-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBDDAF52-2341-11EA-BBC7-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBDDAF53-2341-11EA-BBC7-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBDDAF54-2341-11EA-BBC7-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/344DF2AB-E3C5-11EB-BBF2-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D69FB6D8-E4E0-11EF-BC53-00505692E2D08.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D0349DAF-E3D8-11EF-BC57-00505692E0499.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D69F9AE7-E4E0-11EF-BC53-00505692E2D010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F018420-424D-11E8-A155-00259035BB6711.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC9BBCFA-E4E0-11EF-BC53-00505692E2D012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D69FA947-E4E0-11EF-BC53-00505692E2D013.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/344DF2B0-E3C5-11EB-BBF2-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D0349CD9-E3D8-11EF-BC57-00505692E04915.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B3004779-424D-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD73-424D-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/344DF2AE-E3C5-11EB-BBF2-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E295D21E-E4E0-11EF-BC53-00505692E2D019.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E23545AD-E4E0-11EF-BC53-00505692E2D020.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20BC5015-20CF-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0817B6ED-4251-11E8-A155-00259035BB6722.gif"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D0349C03-E3D8-11EF-BC57-00505692E04923.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF970EED-E4E0-11EF-BC53-00505692E2D024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB3D32C7-424E-11E8-A155-00259035BB6725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5408681B-4250-11E8-A155-00259035BB6726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1AB20C7A-20CF-11EE-BC0D-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/146B88F4-424C-11E8-A155-00259035BB6728.gif"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55077E3B-424E-11E8-A155-00259035BB6729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB3D32C6-424E-11E8-A155-00259035BB6730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D47CBC8-424F-11E8-A155-00259035BB6731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341CB6A-424F-11E8-A155-00259035BB6732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF9700DF-E4E0-11EF-BC53-00505692E2D033.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A1BD3B8-4250-11E8-A155-00259035BB6734.gif"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E0E2825-E3C5-11EB-BBF2-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/020B0F28-89E0-11EE-BC13-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CC2ADD3-20CF-11EE-BC0D-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3842CFDF-4251-11E8-A155-00259035BB6738.gif"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8039ACAD-4251-11E8-A155-00259035BB6739.gif"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB09668D-E4E0-11EF-BC53-00505692E2D040.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3AE12FD1-E3C5-11EB-BBF2-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443A2AA7-4251-11E8-A155-00259035BB6742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/344DF2AD-E3C5-11EB-BBF2-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/273A248A-F150-11EB-BBF2-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/463992CE-4252-11E8-A155-00259035BB6745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/943AC37A-4252-11E8-A155-00259035BB6746.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF91B961-00EB-11EF-BC46-00505692C44747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC9BC8FE-E4E0-11EF-BC53-00505692E2D048.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB07C669-424D-11E8-A155-00259035BB6749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/310299BE-424E-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14AF40D8-20CF-11EE-BC0D-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E295C6F1-E4E0-11EF-BC53-00505692E2D052.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D65E71E6-E3D8-11EF-BC57-00505692E04953.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D65E7028-E3D8-11EF-BC57-00505692E04954.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D65E70FE-E3D8-11EF-BC57-00505692E04955.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D9D9A0BD-E4E0-11EF-BC53-00505692E2D056.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CC2AF13-20CF-11EE-BC0D-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CC2AE73-20CF-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D0349E97-E3D8-11EF-BC57-00505692E04959.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E1D6A13-E63A-11EF-BC4E-00505692C44760.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76288B6A-4252-11E8-A155-00259035BB6761.gif"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E35C6E3-4252-11E8-A155-00259035BB6762.gif"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27484D8D-424F-11E8-A155-00259035BB6763.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1AB20A52-20CF-11EE-BC0D-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20BC5167-20CF-11EE-BC0D-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4272B694-4253-11E8-A155-00259035BB6766.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC9BD445-E4E0-11EF-BC53-00505692E2D067.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1AB20BC8-20CF-11EE-BC0D-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E0E2826-E3C5-11EB-BBF2-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14AF4038-20CF-11EE-BC0D-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2FDFBC1-20D4-11EE-BC0D-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C73FBB9-4253-11E8-A155-00259035BB6772.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D65E6F52-E3D8-11EF-BC57-00505692E04973.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2FDFD13-20D4-11EE-BC0D-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2FDFDB3-20D4-11EE-BC0D-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2FDFC73-20D4-11EE-BC0D-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6F4788A-20D4-11EE-BC0D-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2FDFF05-20D4-11EE-BC0D-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2FDFE53-20D4-11EE-BC0D-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A8DC108-4254-11E8-A155-00259035BB6780.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D35251E-F150-11EB-BBF2-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/344DF2AF-E3C5-11EB-BBF2-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/988EE19A-4254-11E8-A155-00259035BB6783.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2FE0109-20D4-11EE-BC0D-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6DEC9AB-20D4-11EE-BC0D-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6DECC61-20D4-11EE-BC0D-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6DECBAF-20D4-11EE-BC0D-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6DECAFD-20D4-11EE-BC0D-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89DF7B37-814A-11E9-BBBA-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CB1BFF4D-933A-11E9-BBBB-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0CD31E7-20D4-11EE-BC0D-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0CD3327-20D4-11EE-BC0D-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACD9CAC2-20D4-11EE-BC0D-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8F64074-20D4-11EE-BC0D-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FA9E78F-28C2-11EA-BBCA-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/562AE13A-3C8C-11F0-BC59-00505692E04996.jpeg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6DEC7CB-20D4-11EE-BC0D-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8F64114-20D4-11EE-BC0D-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACD9C7A2-20D4-11EE-BC0D-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04A99D63-4255-11E8-A155-00259035BB67100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B905F75-180F-11EA-BBC6-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B905F76-180F-11EA-BBC6-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8F63E5E-20D4-11EE-BC0D-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8F63DBE-20D4-11EE-BC0D-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8F63FC2-20D4-11EE-BC0D-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8F63F10-20D4-11EE-BC0D-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69C9EADF-E8DA-11E9-BBC6-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2FDFFB7-20D4-11EE-BC0D-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86F44150-2666-11EA-BBCA-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0CD3123-20D4-11EE-BC0D-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BEF7F674-20D4-11EE-BC0D-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BEF7F906-20D4-11EE-BC0D-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BEF7F866-20D4-11EE-BC0D-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BEF7F7C6-20D4-11EE-BC0D-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6DEC72B-20D4-11EE-BC0D-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6DEC68B-20D4-11EE-BC0D-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACD9CB74-20D4-11EE-BC0D-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36295EF8-05D8-11EE-BC09-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8F641C6-20D4-11EE-BC0D-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACD9C842-20D4-11EE-BC0D-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6DEC86B-20D4-11EE-BC0D-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E145DCF-D1AC-11EB-BBF2-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F27D071-509F-11EC-BBF6-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98D9B6DA-509F-11EC-BBF6-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACD9CA22-20D4-11EE-BC0D-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6DECA4B-20D4-11EE-BC0D-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACD9CCB4-20D4-11EE-BC0D-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BEF7F714-20D4-11EE-BC0D-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BEF7F534-20D4-11EE-BC0D-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2AFEEA27-20D7-11EE-BC0D-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2AFEEB67-20D7-11EE-BC0D-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2AFEEAC7-20D7-11EE-BC0D-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2AFEE987-20D7-11EE-BC0D-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2507BD36-20D7-11EE-BC0D-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A029A30-60BD-11EC-BBF7-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2507BC96-20D7-11EE-BC0D-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2507BBF6-20D7-11EE-BC0D-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2AFEED47-20D7-11EE-BC0D-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2AFEECA7-20D7-11EE-BC0D-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2AFEEC07-20D7-11EE-BC0D-005056921CC4140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2507BAB6-20D7-11EE-BC0D-005056921CC4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F0DF374-20D7-11EE-BC0D-005056921CC4142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2507BB56-20D7-11EE-BC0D-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F0DF2D4-20D7-11EE-BC0D-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F0DF4B4-20D7-11EE-BC0D-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2507B976-20D7-11EE-BC0D-005056921CC4146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/929ACBBB-2C93-11EE-BC0D-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EBF7B8A-BE4C-11ED-BC05-005056921CC4148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F0DF414-20D7-11EE-BC0D-005056921CC4149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF2E9D9F-053C-11EE-BC09-005056921CC4150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF2E9C5F-053C-11EE-BC09-005056921CC4151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF2E9BBF-053C-11EE-BC09-005056921CC4152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/273D1274-1431-11EE-BC09-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11EBE91A-2AFC-11EE-BC0D-005056921CC4154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15CDD8FD-2D56-11EE-BC0D-005056921CC4155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11EBE81F-2AFC-11EE-BC0D-005056921CC4156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15CDD85D-2D56-11EE-BC0D-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11EBE61B-2AFC-11EE-BC0D-005056921CC4158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43782130-3246-11EE-BC0D-005056921CC4159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11EBE6DF-2AFC-11EE-BC0D-005056921CC4160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15CDD70B-2D56-11EE-BC0D-005056921CC4161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11EBE77F-2AFC-11EE-BC0D-005056921CC4162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15CDD7BD-2D56-11EE-BC0D-005056921CC4163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC20AD94-5F02-11EE-BC0E-005056921CC4164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48131150-D632-11EE-BC41-00505692492F165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4813101E-D632-11EE-BC41-00505692492F166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D3474CE3-3484-11EF-BC57-00505692E049167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D3474D95-3484-11EF-BC57-00505692E049168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D3474E7D-3484-11EF-BC57-00505692E049169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/690D6B17-20D9-11EE-BC0D-005056921CC4170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D034A067-E3D8-11EF-BC57-00505692E049171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D0349F7F-E3D8-11EF-BC57-00505692E049172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1DC4C1F-21B3-11EE-BC0D-005056921CC4173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C114EE2A-21B8-11EE-BC0D-005056921CC4174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C114EECA-21B8-11EE-BC0D-005056921CC4175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C114ED8A-21B8-11EE-BC0D-005056921CC4176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC9DE0F3-21BB-11EE-BC0D-005056921CC4177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3B25E6F-9347-11EE-BC28-005056921CC4178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7E27E7B-9028-11F0-BC58-00505692C447179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16812194-6895-11F0-BC54-00505692C447180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67B8D345-8971-11F0-BC4B-0050569297EB181.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -8226,80 +8244,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>184</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="181" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId181"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId182"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -8558,62 +8546,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-glubokaya-kunstwerk-03010164/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-tognana-03010765/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-tognana-03010766/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-tognana-03010767/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-tognana-03010768/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-tognana-03010769/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-lubiana-03010861/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03011217/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03011219/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03011240/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-supa-pasty-steelite-03011361/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-glubokaya-kunstwerk-03011388/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-supa-pasty-steelite-03011445/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03011479/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03011618/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03011638/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03011640/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03011646/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03011655/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03011663/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03011665/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03011666/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-glubs-shirokbortom-lubiana-03011667/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03011694/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-g-benedikt-karlovy-vary-03011775/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03011785/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03011793/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-arcoroc-03011808/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-arcoroc-03011854/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-g-benedikt-karlovy-vary-03011858/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-lubiana-03011864/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-arcoroc-03011865/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03011867/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03011874/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-chef-and-sommelier-03011877/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-glubokaya-bdk-03011879/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-glubokaya-bdk-03011881/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03011892/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-bauscher-03011894/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-glubokaya-kunstwerk-03011906/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-glubokaya-g-benedikt-karlovy-vary-03011912/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-g-benedikt-karlovy-vary-03011920/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03011930/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-rosenthal-03011940/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-glubokaya-bauscher-03011944/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-g-benedikt-karlovy-vary-03011958/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03012021/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-d-pasty-kunstwerk-03012028/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-lubiana-03012037/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03012040/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03012046/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03012047/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03012049/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03012054/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03012057/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03012061/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-glubokaya-bdk-03012068/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-glubokaya-bdk-03012079/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03012081/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-tognana-03012094/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-tognana-03012097/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03012099/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-chef-and-sommelier-03012154/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03012179/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03012186/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-lubiana-03012221/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-kunstwerk-03012230/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-lilien-austria-03012257/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-lubiana-03012285/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-bdk-03012292/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-lilien-austria-03012380/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-arcoroc-03012428/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-d-pasty-kvadr-lubiana-03012431/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-lilien-austria-03012467/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-lilien-austria-03012491/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-lilien-austria-03012493/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-glubokaya-rosenthal-03012504/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-lilien-austria-03012537/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-lilien-austria-03012539/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03012568/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-d-pasty-supa-matfer-03012601/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03012625/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03012630/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03012634/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-anfora-03012640/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-kunstwerk-03012647/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-kunstwerk-03012656/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-kunstwerk-03012657/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-cosy-and-trendy-03012674/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-dobrushskiy-farforovyy-zavod-03012885/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-tognana-03012890/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-tognana-03013049/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-borisovskaya-keramika-03013061/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03013070/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03013130/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-tognana-03013149/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-tognana-03013150/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03013153/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-borisovskaya-keramika-03013159/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-borisovskaya-keramika-03013161/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-borisovskaya-keramika-03013164/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-tognana-03013204/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-tognana-03013206/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-vidivi-03013220/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-vidivi-03013221/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03013233/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03013235/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03013240/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03013242/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-arcoroc-03013270/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-kunstwerk-03013391/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-dobrushskiy-farforovyy-zavod-03013495/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-rosenthal-03013521/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-robert-gordon-03013549/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03013772/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03013773/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03013774/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03013787/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03013792/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-borisovskaya-keramika-03013938/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-borisovskaya-keramika-03013974/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-bonna-03013986/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-bonna-03013989/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-bonna-03013991/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-bonna-03013994/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-arcoroc-03014077/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-rosenthal-03014141/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-rosenthal-03014153/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-porvasal-03014189/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-kunstwerk-03014235/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-kunstwerk-03014236/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-kunstwerk-03014237/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03014309/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-kutahya-03014513/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-kutahya-03014517/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-kutahya-03014521/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-kutahya-03014525/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-kutahya-03014529/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-lilien-austria-03014558/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03014562/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03014563/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03014567/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03014568/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03014569/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-borisovskaya-keramika-03014576/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-borisovskaya-keramika-03014582/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-borisovskaya-keramika-03014736/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-borisovskaya-keramika-03014748/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-borisovskaya-keramika-03014759/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-kutahya-03015297/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-kutahya-03015298/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-tognana-03015326/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-tognana-03015327/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03015395/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03015410/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03015414/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-g-benedikt-karlovy-vary-03015424/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03015441/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03015442/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03015446/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03015447/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03015451/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03015452/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03015456/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03015457/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03015461/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03015462/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-bashkirskii-farfor-03015537/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03015589/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03015591/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-paderno-03015615/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-paderno-03015616/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-paderno-03015618/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-d-pasty-tognana-03020429/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-d-pasty-tognana-03020436/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-d-pasty-tognana-03020437/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-studio-raw-03033326/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-paderno-03143030/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-paderno-03143037/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-paderno-03143041/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-s-risunkom-tognana-03190226/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-by-bone-03015579/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-03015749/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-kunstwerk-03016774/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03014861/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-glubokaya-kunstwerk-03010164/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-tognana-03010765/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-tognana-03010766/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-tognana-03010767/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-tognana-03010768/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-tognana-03010769/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-lubiana-03010861/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03011217/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03011219/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03011240/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-supa-pasty-steelite-03011361/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-glubokaya-kunstwerk-03011388/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-supa-pasty-steelite-03011445/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03011479/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03011618/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03011638/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03011640/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03011646/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03011655/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03011663/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03011665/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03011666/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-glubs-shirokbortom-lubiana-03011667/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03011694/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-g-benedikt-karlovy-vary-03011775/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03011785/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03011793/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-arcoroc-03011808/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-arcoroc-03011854/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-g-benedikt-karlovy-vary-03011858/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-lubiana-03011864/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-arcoroc-03011865/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03011867/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03011874/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-chef-and-sommelier-03011877/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-glubokaya-bdk-03011879/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-glubokaya-bdk-03011881/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03011892/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-bauscher-03011894/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-glubokaya-kunstwerk-03011906/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-glubokaya-g-benedikt-karlovy-vary-03011912/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-g-benedikt-karlovy-vary-03011920/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03011930/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-rosenthal-03011940/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-glubokaya-bauscher-03011944/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-g-benedikt-karlovy-vary-03011958/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03012021/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-d-pasty-kunstwerk-03012028/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-lubiana-03012037/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03012040/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03012046/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03012047/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03012049/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03012054/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03012057/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03012061/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-glubokaya-bdk-03012068/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-glubokaya-bdk-03012079/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03012081/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-tognana-03012094/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-tognana-03012097/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03012099/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-chef-and-sommelier-03012154/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03012179/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03012186/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-lubiana-03012221/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-kunstwerk-03012230/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-lilien-austria-03012257/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-lubiana-03012285/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-bdk-03012292/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-lilien-austria-03012380/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-arcoroc-03012428/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-d-pasty-kvadr-lubiana-03012431/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-lilien-austria-03012467/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-lilien-austria-03012491/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-lilien-austria-03012493/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-glubokaya-rosenthal-03012504/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-lilien-austria-03012537/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-lilien-austria-03012539/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03012568/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-d-pasty-supa-matfer-03012601/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03012625/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03012630/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03012634/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-anfora-03012640/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-kunstwerk-03012647/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-kunstwerk-03012656/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-kunstwerk-03012657/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-cosy-and-trendy-03012674/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-dobrushskiy-farforovyy-zavod-03012885/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-tognana-03012890/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-tognana-03013049/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-borisovskaya-keramika-03013061/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03013070/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03013130/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-tognana-03013149/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-tognana-03013150/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03013153/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-borisovskaya-keramika-03013159/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-borisovskaya-keramika-03013161/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-borisovskaya-keramika-03013164/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-tognana-03013204/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-tognana-03013206/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-vidivi-03013220/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-vidivi-03013221/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03013233/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03013235/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03013240/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03013242/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-arcoroc-03013270/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-kunstwerk-03013391/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-dobrushskiy-farforovyy-zavod-03013495/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-rosenthal-03013521/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-robert-gordon-03013549/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03013772/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03013773/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03013774/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03013787/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03013792/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-borisovskaya-keramika-03013938/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-borisovskaya-keramika-03013974/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-bonna-03013986/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-bonna-03013989/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-bonna-03013994/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-arcoroc-03014077/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-rosenthal-03014141/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-rosenthal-03014153/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-porvasal-03014189/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-kunstwerk-03014235/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-kunstwerk-03014236/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-kunstwerk-03014237/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-steelite-03014309/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-kutahya-03014513/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-kutahya-03014517/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-kutahya-03014521/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-kutahya-03014525/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-kutahya-03014529/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-lilien-austria-03014558/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03014562/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03014563/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03014567/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03014568/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03014569/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-borisovskaya-keramika-03014576/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-borisovskaya-keramika-03014582/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-borisovskaya-keramika-03014736/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-borisovskaya-keramika-03014748/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-borisovskaya-keramika-03014759/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-kutahya-03015297/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-kutahya-03015298/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-tognana-03015326/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-tognana-03015327/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03015395/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03015410/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03015414/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-g-benedikt-karlovy-vary-03015424/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03015441/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03015442/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03015446/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03015447/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03015451/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03015452/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03015456/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03015457/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03015461/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03015462/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-bashkirskii-farfor-03015537/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03015589/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03015591/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-paderno-03015615/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-paderno-03015616/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-paderno-03015618/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-d-pasty-tognana-03020429/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-d-pasty-tognana-03020436/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-d-pasty-tognana-03020437/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-studio-raw-03033326/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-paderno-03143030/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-paderno-03143037/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-paderno-03143041/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-s-risunkom-tognana-03190226/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-by-bone-03015579/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-03015749/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-kunstwerk-03016774/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-le-coq-03014861/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-tognana-03014931/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-pasty-tognana-03014935/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L186"/>
+  <dimension ref="A1:L187"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I186" sqref="I186"/>
+      <selection activeCell="I187" sqref="I187"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -9052,3002 +9040,3002 @@
         <v>77</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>78</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>79</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F14" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>81</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>82</v>
+        <v>61</v>
       </c>
       <c r="L14" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>83</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="D15" s="0" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="L15" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>89</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>94</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="L17" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>99</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="D18" s="0" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="L18" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>103</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="D19" s="0" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>50</v>
+        <v>19</v>
       </c>
       <c r="L19" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>107</v>
       </c>
-      <c r="C20" s="0" t="s">
+      <c r="D20" s="0" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>50</v>
       </c>
       <c r="L20" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>112</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="D21" s="0" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F21" s="0" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="L21" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>118</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="D22" s="0" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F22" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>123</v>
       </c>
-      <c r="C23" s="0" t="s">
+      <c r="D23" s="0" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="D24" s="0">
         <v>1928</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>61</v>
       </c>
       <c r="L24" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>132</v>
       </c>
-      <c r="C25" s="0" t="s">
+      <c r="D25" s="0" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>50</v>
       </c>
       <c r="L25" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="C26" s="0" t="s">
         <v>137</v>
       </c>
-      <c r="C26" s="0" t="s">
+      <c r="D26" s="0" t="s">
         <v>138</v>
       </c>
-      <c r="D26" s="0" t="s">
+      <c r="E26" s="0" t="s">
         <v>139</v>
       </c>
-      <c r="E26" s="0" t="s">
+      <c r="F26" s="0" t="s">
         <v>140</v>
       </c>
-      <c r="F26" s="0" t="s">
+      <c r="G26" s="0" t="s">
         <v>141</v>
       </c>
-      <c r="G26" s="0" t="s">
+      <c r="H26" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I26" s="1" t="s">
         <v>142</v>
-      </c>
-[...4 lines deleted...]
-        <v>143</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>144</v>
+        <v>50</v>
       </c>
       <c r="L26" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="D27" s="0" t="s">
         <v>145</v>
-      </c>
-[...4 lines deleted...]
-        <v>147</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="D28" s="0" t="s">
         <v>150</v>
-      </c>
-[...4 lines deleted...]
-        <v>152</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F28" s="0" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="L28" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="D29" s="0" t="s">
         <v>156</v>
       </c>
-      <c r="C29" s="0" t="s">
+      <c r="E29" s="0" t="s">
         <v>157</v>
       </c>
-      <c r="D29" s="0" t="s">
+      <c r="F29" s="0" t="s">
         <v>158</v>
       </c>
-      <c r="E29" s="0" t="s">
+      <c r="G29" s="0" t="s">
         <v>159</v>
       </c>
-      <c r="F29" s="0" t="s">
+      <c r="H29" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I29" s="1" t="s">
         <v>160</v>
-      </c>
-[...7 lines deleted...]
-        <v>162</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L29" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="D30" s="0" t="s">
         <v>163</v>
       </c>
-      <c r="C30" s="0" t="s">
+      <c r="E30" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="F30" s="0" t="s">
         <v>164</v>
       </c>
-      <c r="D30" s="0" t="s">
+      <c r="G30" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="H30" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I30" s="1" t="s">
         <v>165</v>
-      </c>
-[...13 lines deleted...]
-        <v>167</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L30" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="D31" s="0" t="s">
         <v>168</v>
       </c>
-      <c r="C31" s="0" t="s">
+      <c r="E31" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="F31" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="G31" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="H31" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I31" s="1" t="s">
         <v>169</v>
-      </c>
-[...16 lines deleted...]
-        <v>171</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="L31" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="D32" s="0" t="s">
         <v>173</v>
-      </c>
-[...4 lines deleted...]
-        <v>175</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>50</v>
       </c>
       <c r="L32" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="C33" s="0" t="s">
         <v>177</v>
       </c>
-      <c r="C33" s="0" t="s">
+      <c r="D33" s="0" t="s">
         <v>178</v>
       </c>
-      <c r="D33" s="0" t="s">
+      <c r="E33" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="F33" s="0" t="s">
         <v>179</v>
       </c>
-      <c r="E33" s="0" t="s">
+      <c r="G33" s="0" t="s">
         <v>159</v>
       </c>
-      <c r="F33" s="0" t="s">
+      <c r="H33" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I33" s="1" t="s">
         <v>180</v>
-      </c>
-[...7 lines deleted...]
-        <v>181</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="L33" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="C34" s="0" t="s">
         <v>183</v>
       </c>
-      <c r="C34" s="0" t="s">
+      <c r="D34" s="0" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>50</v>
       </c>
       <c r="L34" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="C35" s="0" t="s">
         <v>187</v>
       </c>
-      <c r="C35" s="0" t="s">
+      <c r="D35" s="0" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L35" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="C36" s="0" t="s">
         <v>192</v>
       </c>
-      <c r="C36" s="0" t="s">
+      <c r="D36" s="0" t="s">
         <v>193</v>
       </c>
-      <c r="D36" s="0" t="s">
+      <c r="E36" s="0" t="s">
         <v>194</v>
       </c>
-      <c r="E36" s="0" t="s">
+      <c r="F36" s="0" t="s">
         <v>195</v>
       </c>
-      <c r="F36" s="0" t="s">
+      <c r="G36" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="H36" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I36" s="1" t="s">
         <v>196</v>
-      </c>
-[...7 lines deleted...]
-        <v>197</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L36" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="C37" s="0" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="D37" s="0">
         <v>5424657</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>172</v>
+        <v>19</v>
       </c>
       <c r="L37" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="C38" s="0" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
       <c r="D38" s="0">
         <v>5424667</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="L38" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>205</v>
       </c>
-      <c r="C39" s="0" t="s">
+      <c r="D39" s="0" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F39" s="0" t="s">
         <v>70</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L39" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="C40" s="0" t="s">
         <v>209</v>
       </c>
-      <c r="C40" s="0" t="s">
+      <c r="D40" s="0" t="s">
         <v>210</v>
       </c>
-      <c r="D40" s="0" t="s">
+      <c r="E40" s="0" t="s">
         <v>211</v>
       </c>
-      <c r="E40" s="0" t="s">
+      <c r="F40" s="0" t="s">
         <v>212</v>
       </c>
-      <c r="F40" s="0" t="s">
+      <c r="G40" s="0" t="s">
         <v>213</v>
       </c>
-      <c r="G40" s="0" t="s">
+      <c r="H40" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I40" s="1" t="s">
         <v>214</v>
-      </c>
-[...4 lines deleted...]
-        <v>215</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L40" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="C41" s="0" t="s">
         <v>216</v>
       </c>
-      <c r="C41" s="0" t="s">
+      <c r="D41" s="0" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L41" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="C42" s="0" t="s">
         <v>220</v>
       </c>
-      <c r="C42" s="0" t="s">
+      <c r="D42" s="0" t="s">
         <v>221</v>
       </c>
-      <c r="D42" s="0" t="s">
+      <c r="E42" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="F42" s="0" t="s">
         <v>222</v>
       </c>
-      <c r="E42" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G42" s="0" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>224</v>
+        <v>169</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="L42" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="C43" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="D43" s="0" t="s">
         <v>226</v>
       </c>
-      <c r="C43" s="0" t="s">
+      <c r="E43" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="F43" s="0" t="s">
         <v>227</v>
       </c>
-      <c r="D43" s="0" t="s">
+      <c r="G43" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="H43" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I43" s="1" t="s">
         <v>228</v>
-      </c>
-[...13 lines deleted...]
-        <v>230</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L43" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="C44" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="D44" s="0" t="s">
         <v>231</v>
-      </c>
-[...4 lines deleted...]
-        <v>233</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F44" s="0" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="G44" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L44" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="C45" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="D45" s="0" t="s">
         <v>235</v>
       </c>
-      <c r="C45" s="0" t="s">
+      <c r="E45" s="0" t="s">
         <v>236</v>
       </c>
-      <c r="D45" s="0" t="s">
+      <c r="F45" s="0" t="s">
         <v>237</v>
       </c>
-      <c r="E45" s="0" t="s">
+      <c r="G45" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="H45" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I45" s="1" t="s">
         <v>238</v>
-      </c>
-[...10 lines deleted...]
-        <v>240</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L45" s="0"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
+        <v>239</v>
+      </c>
+      <c r="C46" s="0" t="s">
+        <v>240</v>
+      </c>
+      <c r="D46" s="0" t="s">
         <v>241</v>
       </c>
-      <c r="C46" s="0" t="s">
+      <c r="E46" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="F46" s="0" t="s">
         <v>242</v>
       </c>
-      <c r="D46" s="0" t="s">
+      <c r="G46" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="H46" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I46" s="1" t="s">
         <v>243</v>
-      </c>
-[...13 lines deleted...]
-        <v>245</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>50</v>
       </c>
       <c r="L46" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
+        <v>244</v>
+      </c>
+      <c r="C47" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="D47" s="0" t="s">
         <v>246</v>
       </c>
-      <c r="C47" s="0" t="s">
+      <c r="E47" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="F47" s="0" t="s">
         <v>247</v>
       </c>
-      <c r="D47" s="0" t="s">
+      <c r="G47" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="H47" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I47" s="1" t="s">
         <v>248</v>
-      </c>
-[...13 lines deleted...]
-        <v>250</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L47" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>250</v>
+      </c>
+      <c r="D48" s="0" t="s">
         <v>251</v>
-      </c>
-[...4 lines deleted...]
-        <v>253</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F48" s="0" t="s">
         <v>70</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>172</v>
+        <v>19</v>
       </c>
       <c r="L48" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>253</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>254</v>
+      </c>
+      <c r="D49" s="0" t="s">
         <v>255</v>
-      </c>
-[...4 lines deleted...]
-        <v>257</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F49" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>50</v>
       </c>
       <c r="L49" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="C50" s="0" t="s">
+        <v>258</v>
+      </c>
+      <c r="D50" s="0" t="s">
         <v>259</v>
-      </c>
-[...4 lines deleted...]
-        <v>261</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>144</v>
+        <v>261</v>
       </c>
       <c r="L50" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
+        <v>262</v>
+      </c>
+      <c r="C51" s="0" t="s">
         <v>263</v>
       </c>
-      <c r="C51" s="0" t="s">
+      <c r="D51" s="0" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="L51" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="C52" s="0" t="s">
         <v>268</v>
       </c>
-      <c r="C52" s="0" t="s">
+      <c r="D52" s="0" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="G52" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>61</v>
       </c>
       <c r="L52" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
+        <v>271</v>
+      </c>
+      <c r="C53" s="0" t="s">
         <v>272</v>
       </c>
-      <c r="C53" s="0" t="s">
+      <c r="D53" s="0" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="L53" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
+        <v>277</v>
+      </c>
+      <c r="C54" s="0" t="s">
         <v>278</v>
       </c>
-      <c r="C54" s="0" t="s">
+      <c r="D54" s="0" t="s">
         <v>279</v>
-      </c>
-[...1 lines deleted...]
-        <v>280</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="G54" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="L54" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
+        <v>283</v>
+      </c>
+      <c r="C55" s="0" t="s">
         <v>284</v>
       </c>
-      <c r="C55" s="0" t="s">
+      <c r="D55" s="0" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>50</v>
       </c>
       <c r="L55" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="C56" s="0" t="s">
         <v>288</v>
       </c>
-      <c r="C56" s="0" t="s">
+      <c r="D56" s="0" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>155</v>
+        <v>19</v>
       </c>
       <c r="L56" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
+        <v>291</v>
+      </c>
+      <c r="C57" s="0" t="s">
         <v>292</v>
       </c>
-      <c r="C57" s="0" t="s">
+      <c r="D57" s="0" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>294</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>296</v>
+        <v>76</v>
       </c>
       <c r="L57" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="D58" s="0">
         <v>5424757</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L58" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="D59" s="0">
         <v>5424767</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L59" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
+        <v>301</v>
+      </c>
+      <c r="C60" s="0" t="s">
+        <v>302</v>
+      </c>
+      <c r="D60" s="0" t="s">
         <v>303</v>
-      </c>
-[...4 lines deleted...]
-        <v>305</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L60" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
+        <v>305</v>
+      </c>
+      <c r="C61" s="0" t="s">
+        <v>306</v>
+      </c>
+      <c r="D61" s="0" t="s">
         <v>307</v>
-      </c>
-[...4 lines deleted...]
-        <v>309</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L61" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
+        <v>310</v>
+      </c>
+      <c r="C62" s="0" t="s">
+        <v>311</v>
+      </c>
+      <c r="D62" s="0" t="s">
         <v>312</v>
-      </c>
-[...4 lines deleted...]
-        <v>314</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L62" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
+        <v>314</v>
+      </c>
+      <c r="C63" s="0" t="s">
+        <v>315</v>
+      </c>
+      <c r="D63" s="0" t="s">
         <v>316</v>
-      </c>
-[...4 lines deleted...]
-        <v>318</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F63" s="0" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L63" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
+        <v>319</v>
+      </c>
+      <c r="C64" s="0" t="s">
+        <v>320</v>
+      </c>
+      <c r="D64" s="0" t="s">
         <v>321</v>
       </c>
-      <c r="C64" s="0" t="s">
+      <c r="E64" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="F64" s="0" t="s">
         <v>322</v>
       </c>
-      <c r="D64" s="0" t="s">
+      <c r="G64" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="H64" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I64" s="1" t="s">
         <v>323</v>
-      </c>
-[...13 lines deleted...]
-        <v>325</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L64" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
+        <v>324</v>
+      </c>
+      <c r="C65" s="0" t="s">
+        <v>325</v>
+      </c>
+      <c r="D65" s="0" t="s">
         <v>326</v>
-      </c>
-[...4 lines deleted...]
-        <v>328</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F65" s="0" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>19</v>
+        <v>329</v>
       </c>
       <c r="L65" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="C66" s="0" t="s">
         <v>331</v>
       </c>
-      <c r="C66" s="0" t="s">
+      <c r="D66" s="0" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="G66" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>50</v>
       </c>
       <c r="L66" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
+        <v>335</v>
+      </c>
+      <c r="C67" s="0" t="s">
         <v>336</v>
       </c>
-      <c r="C67" s="0" t="s">
+      <c r="D67" s="0" t="s">
         <v>337</v>
-      </c>
-[...1 lines deleted...]
-        <v>338</v>
       </c>
       <c r="E67" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F67" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="G67" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>277</v>
+        <v>50</v>
       </c>
       <c r="L67" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
+        <v>339</v>
+      </c>
+      <c r="C68" s="0" t="s">
         <v>340</v>
       </c>
-      <c r="C68" s="0" t="s">
+      <c r="D68" s="0" t="s">
         <v>341</v>
-      </c>
-[...1 lines deleted...]
-        <v>342</v>
       </c>
       <c r="E68" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F68" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G68" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>344</v>
+        <v>87</v>
       </c>
       <c r="L68" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
+        <v>343</v>
+      </c>
+      <c r="C69" s="0" t="s">
+        <v>344</v>
+      </c>
+      <c r="D69" s="0" t="s">
         <v>345</v>
       </c>
-      <c r="C69" s="0" t="s">
+      <c r="E69" s="0" t="s">
         <v>346</v>
       </c>
-      <c r="D69" s="0" t="s">
+      <c r="F69" s="0" t="s">
         <v>347</v>
       </c>
-      <c r="E69" s="0" t="s">
+      <c r="G69" s="0" t="s">
         <v>348</v>
       </c>
-      <c r="F69" s="0" t="s">
+      <c r="H69" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I69" s="1" t="s">
         <v>349</v>
-      </c>
-[...7 lines deleted...]
-        <v>351</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>50</v>
       </c>
       <c r="L69" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="D70" s="0">
         <v>1059</v>
       </c>
       <c r="E70" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F70" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G70" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>50</v>
       </c>
       <c r="L70" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="D71" s="0">
         <v>5424622</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L71" s="0"/>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
+        <v>355</v>
+      </c>
+      <c r="C72" s="0" t="s">
+        <v>356</v>
+      </c>
+      <c r="D72" s="0" t="s">
         <v>357</v>
       </c>
-      <c r="C72" s="0" t="s">
+      <c r="E72" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="F72" s="0" t="s">
         <v>358</v>
       </c>
-      <c r="D72" s="0" t="s">
+      <c r="G72" s="0" t="s">
+        <v>348</v>
+      </c>
+      <c r="H72" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I72" s="1" t="s">
         <v>359</v>
-      </c>
-[...13 lines deleted...]
-        <v>361</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="L72" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
+        <v>361</v>
+      </c>
+      <c r="C73" s="0" t="s">
+        <v>362</v>
+      </c>
+      <c r="D73" s="0" t="s">
         <v>363</v>
       </c>
-      <c r="C73" s="0" t="s">
+      <c r="E73" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="F73" s="0" t="s">
         <v>364</v>
       </c>
-      <c r="D73" s="0" t="s">
+      <c r="G73" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="H73" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I73" s="1" t="s">
         <v>365</v>
-      </c>
-[...13 lines deleted...]
-        <v>367</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>50</v>
+        <v>366</v>
       </c>
       <c r="L73" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
+        <v>367</v>
+      </c>
+      <c r="C74" s="0" t="s">
         <v>368</v>
-      </c>
-[...1 lines deleted...]
-        <v>369</v>
       </c>
       <c r="D74" s="0">
         <v>2827</v>
       </c>
       <c r="E74" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F74" s="0" t="s">
-        <v>370</v>
+        <v>369</v>
       </c>
       <c r="G74" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>61</v>
+        <v>371</v>
       </c>
       <c r="L74" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
         <v>372</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>373</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>374</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="F75" s="0" t="s">
         <v>375</v>
       </c>
       <c r="G75" s="0" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I75" s="1" t="s">
         <v>376</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
-        <v>225</v>
+        <v>377</v>
       </c>
       <c r="L75" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="E76" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="F76" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="G76" s="0" t="s">
         <v>348</v>
       </c>
-      <c r="F76" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H76" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>50</v>
       </c>
       <c r="L76" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="E77" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="F77" s="0" t="s">
+        <v>385</v>
+      </c>
+      <c r="G77" s="0" t="s">
         <v>348</v>
       </c>
-      <c r="F77" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H77" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="L77" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="F78" s="0" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="G78" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L78" s="0"/>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="E79" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="F79" s="0" t="s">
+        <v>396</v>
+      </c>
+      <c r="G79" s="0" t="s">
         <v>348</v>
       </c>
-      <c r="F79" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H79" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="L79" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="E80" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="F80" s="0" t="s">
+        <v>402</v>
+      </c>
+      <c r="G80" s="0" t="s">
         <v>348</v>
       </c>
-      <c r="F80" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H80" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="L80" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="E81" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F81" s="0" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="G81" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
-        <v>172</v>
+        <v>410</v>
       </c>
       <c r="L81" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L82" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="E83" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F83" s="0" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="G83" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>418</v>
+        <v>223</v>
       </c>
       <c r="L83" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="E84" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F84" s="0" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="G84" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="L84" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F85" s="0" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="G85" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>50</v>
+        <v>61</v>
       </c>
       <c r="L85" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="F86" s="0" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="G86" s="0" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L86" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="E87" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F87" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="G87" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="L87" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="E88" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F88" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="G88" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
-        <v>88</v>
+        <v>261</v>
       </c>
       <c r="L88" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="E89" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F89" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="G89" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
         <v>50</v>
       </c>
       <c r="L89" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="D90" s="0">
         <v>332351</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="F90" s="0" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="G90" s="0" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L90" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="F91" s="0" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="G91" s="0" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>50</v>
+        <v>170</v>
       </c>
       <c r="L91" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="E92" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F92" s="0" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="G92" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
-        <v>172</v>
+        <v>19</v>
       </c>
       <c r="L92" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="E93" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F93" s="0" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="G93" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
-        <v>397</v>
+        <v>471</v>
       </c>
       <c r="L93" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="F94" s="0" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="G94" s="0" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
         <v>50</v>
       </c>
       <c r="L94" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="E95" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F95" s="0" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="G95" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
-        <v>482</v>
+        <v>170</v>
       </c>
       <c r="L95" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="E96" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F96" s="0" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="G96" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L96" s="0"/>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="E97" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F97" s="0" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="G97" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L97" s="0"/>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="E98" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F98" s="0" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="G98" s="0" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L98" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="E99" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F99" s="0" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="G99" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
-        <v>503</v>
+        <v>377</v>
       </c>
       <c r="L99" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="B100" s="0" t="s">
         <v>504</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>505</v>
       </c>
       <c r="D100" s="0" t="s">
         <v>506</v>
       </c>
       <c r="E100" s="0" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="F100" s="0" t="s">
         <v>507</v>
       </c>
       <c r="G100" s="0" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I100" s="1" t="s">
         <v>508</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L100" s="0"/>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="B101" s="0" t="s">
         <v>504</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>509</v>
       </c>
       <c r="D101" s="0" t="s">
         <v>510</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="F101" s="0" t="s">
         <v>507</v>
       </c>
       <c r="G101" s="0" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I101" s="1" t="s">
         <v>511</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L101" s="0"/>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="B102" s="0" t="s">
         <v>512</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>513</v>
       </c>
       <c r="D102" s="0" t="s">
         <v>514</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="F102" s="0" t="s">
         <v>515</v>
       </c>
       <c r="G102" s="0" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I102" s="1" t="s">
         <v>516</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L102" s="0"/>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
         <v>517</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>518</v>
       </c>
       <c r="D103" s="0" t="s">
         <v>519</v>
       </c>
       <c r="E103" s="0" t="s">
@@ -12181,51 +12169,51 @@
         <v>535</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>536</v>
       </c>
       <c r="D107" s="0" t="s">
         <v>537</v>
       </c>
       <c r="E107" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F107" s="0" t="s">
         <v>538</v>
       </c>
       <c r="G107" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I107" s="1" t="s">
         <v>539</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="L107" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
         <v>540</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>541</v>
       </c>
       <c r="D108" s="0" t="s">
         <v>542</v>
       </c>
       <c r="E108" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F108" s="0" t="s">
         <v>538</v>
       </c>
       <c r="G108" s="0" t="s">
         <v>56</v>
       </c>
@@ -12249,51 +12237,51 @@
         <v>545</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>546</v>
       </c>
       <c r="D109" s="0" t="s">
         <v>547</v>
       </c>
       <c r="E109" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F109" s="0" t="s">
         <v>548</v>
       </c>
       <c r="G109" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I109" s="1" t="s">
         <v>549</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
-        <v>344</v>
+        <v>170</v>
       </c>
       <c r="L109" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
         <v>550</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>551</v>
       </c>
       <c r="D110" s="0" t="s">
         <v>552</v>
       </c>
       <c r="E110" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F110" s="0" t="s">
         <v>548</v>
       </c>
       <c r="G110" s="0" t="s">
         <v>56</v>
       </c>
@@ -12301,157 +12289,157 @@
         <v>17</v>
       </c>
       <c r="I110" s="1" t="s">
         <v>543</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
         <v>61</v>
       </c>
       <c r="L110" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
         <v>553</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>554</v>
       </c>
       <c r="D111" s="0" t="s">
         <v>555</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="F111" s="0" t="s">
         <v>556</v>
       </c>
       <c r="G111" s="0" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I111" s="1" t="s">
         <v>557</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L111" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
         <v>558</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>559</v>
       </c>
       <c r="D112" s="0" t="s">
         <v>560</v>
       </c>
       <c r="E112" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F112" s="0" t="s">
         <v>561</v>
       </c>
       <c r="G112" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I112" s="1" t="s">
         <v>562</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="L112" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
         <v>563</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>564</v>
       </c>
       <c r="D113" s="0" t="s">
         <v>565</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="F113" s="0"/>
       <c r="G113" s="0" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I113" s="1" t="s">
         <v>566</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
-        <v>544</v>
+        <v>50</v>
       </c>
       <c r="L113" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>567</v>
       </c>
       <c r="D114" s="0" t="s">
         <v>568</v>
       </c>
       <c r="E114" s="0" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="F114" s="0" t="s">
         <v>569</v>
       </c>
       <c r="G114" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I114" s="1" t="s">
         <v>570</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L114" s="0"/>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
         <v>571</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>572</v>
       </c>
       <c r="D115" s="0" t="s">
         <v>573</v>
       </c>
       <c r="E115" s="0" t="s">
@@ -12583,2309 +12571,2339 @@
         <v>591</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>592</v>
       </c>
       <c r="D119" s="0" t="s">
         <v>593</v>
       </c>
       <c r="E119" s="0" t="s">
         <v>580</v>
       </c>
       <c r="F119" s="0" t="s">
         <v>594</v>
       </c>
       <c r="G119" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I119" s="1" t="s">
         <v>595</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
-        <v>503</v>
+        <v>266</v>
       </c>
       <c r="L119" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
         <v>596</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>597</v>
       </c>
       <c r="D120" s="0" t="s">
         <v>598</v>
       </c>
       <c r="E120" s="0" t="s">
         <v>580</v>
       </c>
       <c r="F120" s="0" t="s">
         <v>594</v>
       </c>
       <c r="G120" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I120" s="1" t="s">
         <v>599</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="L120" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
         <v>600</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>601</v>
       </c>
       <c r="D121" s="0" t="s">
         <v>602</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="F121" s="0" t="s">
         <v>603</v>
       </c>
       <c r="G121" s="0" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="H121" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I121" s="1" t="s">
         <v>604</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
-        <v>605</v>
+        <v>181</v>
       </c>
       <c r="L121" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
+        <v>605</v>
+      </c>
+      <c r="C122" s="0" t="s">
         <v>606</v>
       </c>
-      <c r="C122" s="0" t="s">
+      <c r="D122" s="0" t="s">
         <v>607</v>
       </c>
-      <c r="D122" s="0" t="s">
+      <c r="E122" s="0" t="s">
+        <v>475</v>
+      </c>
+      <c r="F122" s="0" t="s">
         <v>608</v>
       </c>
-      <c r="E122" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F122" s="0" t="s">
+      <c r="G122" s="0" t="s">
+        <v>477</v>
+      </c>
+      <c r="H122" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I122" s="1" t="s">
         <v>609</v>
-      </c>
-[...7 lines deleted...]
-        <v>610</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L122" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
+        <v>610</v>
+      </c>
+      <c r="C123" s="0" t="s">
         <v>611</v>
       </c>
-      <c r="C123" s="0" t="s">
+      <c r="D123" s="0" t="s">
         <v>612</v>
       </c>
-      <c r="D123" s="0" t="s">
+      <c r="E123" s="0" t="s">
         <v>613</v>
       </c>
-      <c r="E123" s="0" t="s">
+      <c r="F123" s="0" t="s">
         <v>614</v>
       </c>
-      <c r="F123" s="0" t="s">
+      <c r="G123" s="0" t="s">
         <v>615</v>
       </c>
-      <c r="G123" s="0" t="s">
+      <c r="H123" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I123" s="1" t="s">
         <v>616</v>
-      </c>
-[...4 lines deleted...]
-        <v>617</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L123" s="0"/>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
+        <v>617</v>
+      </c>
+      <c r="C124" s="0" t="s">
         <v>618</v>
       </c>
-      <c r="C124" s="0" t="s">
+      <c r="D124" s="0" t="s">
         <v>619</v>
       </c>
-      <c r="D124" s="0" t="s">
+      <c r="E124" s="0" t="s">
+        <v>613</v>
+      </c>
+      <c r="F124" s="0" t="s">
         <v>620</v>
       </c>
-      <c r="E124" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F124" s="0" t="s">
+      <c r="G124" s="0" t="s">
+        <v>615</v>
+      </c>
+      <c r="H124" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I124" s="1" t="s">
         <v>621</v>
-      </c>
-[...7 lines deleted...]
-        <v>622</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L124" s="0"/>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
+        <v>622</v>
+      </c>
+      <c r="C125" s="0" t="s">
         <v>623</v>
       </c>
-      <c r="C125" s="0" t="s">
+      <c r="D125" s="0" t="s">
         <v>624</v>
       </c>
-      <c r="D125" s="0" t="s">
+      <c r="E125" s="0" t="s">
+        <v>613</v>
+      </c>
+      <c r="F125" s="0" t="s">
         <v>625</v>
       </c>
-      <c r="E125" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F125" s="0" t="s">
+      <c r="G125" s="0" t="s">
+        <v>615</v>
+      </c>
+      <c r="H125" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I125" s="1" t="s">
         <v>626</v>
-      </c>
-[...7 lines deleted...]
-        <v>627</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L125" s="0"/>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
+        <v>627</v>
+      </c>
+      <c r="C126" s="0" t="s">
         <v>628</v>
       </c>
-      <c r="C126" s="0" t="s">
+      <c r="D126" s="0" t="s">
         <v>629</v>
       </c>
-      <c r="D126" s="0" t="s">
+      <c r="E126" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="F126" s="0" t="s">
         <v>630</v>
       </c>
-      <c r="E126" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F126" s="0" t="s">
+      <c r="G126" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="H126" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I126" s="1" t="s">
         <v>631</v>
-      </c>
-[...7 lines deleted...]
-        <v>632</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L126" s="0"/>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
+        <v>632</v>
+      </c>
+      <c r="C127" s="0" t="s">
         <v>633</v>
       </c>
-      <c r="C127" s="0" t="s">
+      <c r="D127" s="0" t="s">
         <v>634</v>
       </c>
-      <c r="D127" s="0" t="s">
+      <c r="E127" s="0" t="s">
+        <v>236</v>
+      </c>
+      <c r="F127" s="0" t="s">
         <v>635</v>
       </c>
-      <c r="E127" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F127" s="0" t="s">
+      <c r="G127" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="H127" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I127" s="1" t="s">
         <v>636</v>
-      </c>
-[...7 lines deleted...]
-        <v>637</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L127" s="0"/>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
+        <v>637</v>
+      </c>
+      <c r="C128" s="0" t="s">
         <v>638</v>
       </c>
-      <c r="C128" s="0" t="s">
+      <c r="D128" s="0" t="s">
         <v>639</v>
       </c>
-      <c r="D128" s="0" t="s">
+      <c r="E128" s="0" t="s">
+        <v>236</v>
+      </c>
+      <c r="F128" s="0" t="s">
+        <v>635</v>
+      </c>
+      <c r="G128" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="H128" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I128" s="1" t="s">
         <v>640</v>
-      </c>
-[...13 lines deleted...]
-        <v>642</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L128" s="0"/>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
+        <v>641</v>
+      </c>
+      <c r="C129" s="0" t="s">
+        <v>642</v>
+      </c>
+      <c r="D129" s="0" t="s">
         <v>643</v>
       </c>
-      <c r="C129" s="0" t="s">
+      <c r="E129" s="0" t="s">
         <v>644</v>
       </c>
-      <c r="D129" s="0" t="s">
+      <c r="F129" s="0" t="s">
         <v>645</v>
       </c>
-      <c r="E129" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G129" s="0" t="s">
-        <v>214</v>
+        <v>646</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L129" s="0"/>
+      <c r="L129" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="D130" s="0" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="E130" s="0" t="s">
-        <v>650</v>
+        <v>15</v>
       </c>
       <c r="F130" s="0" t="s">
         <v>651</v>
       </c>
       <c r="G130" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H130" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I130" s="1" t="s">
         <v>652</v>
-      </c>
-[...4 lines deleted...]
-        <v>653</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
-        <v>19</v>
+        <v>50</v>
       </c>
       <c r="L130" s="0">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
+        <v>653</v>
+      </c>
+      <c r="C131" s="0" t="s">
         <v>654</v>
       </c>
-      <c r="C131" s="0" t="s">
+      <c r="D131" s="0" t="s">
         <v>655</v>
-      </c>
-[...1 lines deleted...]
-        <v>656</v>
       </c>
       <c r="E131" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F131" s="0" t="s">
-        <v>657</v>
+        <v>656</v>
       </c>
       <c r="G131" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>658</v>
+        <v>657</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
-        <v>50</v>
+        <v>87</v>
       </c>
       <c r="L131" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
+        <v>658</v>
+      </c>
+      <c r="C132" s="0" t="s">
         <v>659</v>
       </c>
-      <c r="C132" s="0" t="s">
+      <c r="D132" s="0" t="s">
         <v>660</v>
-      </c>
-[...1 lines deleted...]
-        <v>661</v>
       </c>
       <c r="E132" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F132" s="0" t="s">
-        <v>662</v>
+        <v>661</v>
       </c>
       <c r="G132" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>663</v>
+        <v>652</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="L132" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
+        <v>662</v>
+      </c>
+      <c r="C133" s="0" t="s">
+        <v>663</v>
+      </c>
+      <c r="D133" s="0" t="s">
         <v>664</v>
       </c>
-      <c r="C133" s="0" t="s">
+      <c r="E133" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="F133" s="0" t="s">
         <v>665</v>
       </c>
-      <c r="D133" s="0" t="s">
+      <c r="G133" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="H133" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I133" s="1" t="s">
         <v>666</v>
-      </c>
-[...13 lines deleted...]
-        <v>658</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
-        <v>88</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L133" s="0"/>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
+        <v>667</v>
+      </c>
+      <c r="C134" s="0" t="s">
         <v>668</v>
       </c>
-      <c r="C134" s="0" t="s">
+      <c r="D134" s="0" t="s">
         <v>669</v>
       </c>
-      <c r="D134" s="0" t="s">
+      <c r="E134" s="0" t="s">
         <v>670</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="F134" s="0" t="s">
         <v>671</v>
       </c>
       <c r="G134" s="0" t="s">
-        <v>56</v>
+        <v>615</v>
       </c>
       <c r="H134" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I134" s="1" t="s">
         <v>672</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L134" s="0"/>
+      <c r="L134" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
         <v>673</v>
       </c>
       <c r="C135" s="0" t="s">
         <v>674</v>
       </c>
       <c r="D135" s="0" t="s">
         <v>675</v>
       </c>
       <c r="E135" s="0" t="s">
-        <v>676</v>
+        <v>670</v>
       </c>
       <c r="F135" s="0" t="s">
-        <v>677</v>
+        <v>671</v>
       </c>
       <c r="G135" s="0" t="s">
-        <v>616</v>
+        <v>615</v>
       </c>
       <c r="H135" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>678</v>
+        <v>672</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L135" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
-        <v>679</v>
+        <v>676</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="D136" s="0" t="s">
-        <v>681</v>
+        <v>678</v>
       </c>
       <c r="E136" s="0" t="s">
-        <v>676</v>
+        <v>670</v>
       </c>
       <c r="F136" s="0" t="s">
-        <v>677</v>
+        <v>671</v>
       </c>
       <c r="G136" s="0" t="s">
-        <v>616</v>
+        <v>615</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>678</v>
+        <v>672</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L136" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
-        <v>682</v>
+        <v>679</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>683</v>
+        <v>680</v>
       </c>
       <c r="D137" s="0" t="s">
-        <v>684</v>
+        <v>681</v>
       </c>
       <c r="E137" s="0" t="s">
-        <v>676</v>
+        <v>670</v>
       </c>
       <c r="F137" s="0" t="s">
-        <v>677</v>
+        <v>671</v>
       </c>
       <c r="G137" s="0" t="s">
-        <v>616</v>
+        <v>615</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>678</v>
+        <v>672</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L137" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>687</v>
+        <v>684</v>
       </c>
       <c r="E138" s="0" t="s">
-        <v>676</v>
+        <v>670</v>
       </c>
       <c r="F138" s="0" t="s">
-        <v>677</v>
+        <v>671</v>
       </c>
       <c r="G138" s="0" t="s">
-        <v>616</v>
+        <v>615</v>
       </c>
       <c r="H138" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>678</v>
+        <v>672</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L138" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
+        <v>685</v>
+      </c>
+      <c r="C139" s="0" t="s">
+        <v>686</v>
+      </c>
+      <c r="D139" s="0" t="s">
+        <v>687</v>
+      </c>
+      <c r="E139" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="F139" s="0" t="s">
         <v>688</v>
       </c>
-      <c r="C139" s="0" t="s">
+      <c r="G139" s="0" t="s">
+        <v>348</v>
+      </c>
+      <c r="H139" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I139" s="1" t="s">
         <v>689</v>
-      </c>
-[...16 lines deleted...]
-        <v>678</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
-        <v>19</v>
+        <v>690</v>
       </c>
       <c r="L139" s="0">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
         <v>691</v>
       </c>
       <c r="C140" s="0" t="s">
         <v>692</v>
       </c>
       <c r="D140" s="0" t="s">
         <v>693</v>
       </c>
       <c r="E140" s="0" t="s">
-        <v>348</v>
+        <v>580</v>
       </c>
       <c r="F140" s="0" t="s">
         <v>694</v>
       </c>
       <c r="G140" s="0" t="s">
-        <v>350</v>
+        <v>25</v>
       </c>
       <c r="H140" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I140" s="1" t="s">
         <v>695</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
-        <v>50</v>
+        <v>19</v>
       </c>
       <c r="L140" s="0">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
         <v>696</v>
       </c>
       <c r="C141" s="0" t="s">
         <v>697</v>
       </c>
       <c r="D141" s="0" t="s">
         <v>698</v>
       </c>
       <c r="E141" s="0" t="s">
         <v>580</v>
       </c>
       <c r="F141" s="0" t="s">
-        <v>699</v>
+        <v>694</v>
       </c>
       <c r="G141" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>700</v>
+        <v>699</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
-        <v>701</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L141" s="0"/>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
+        <v>700</v>
+      </c>
+      <c r="C142" s="0" t="s">
+        <v>701</v>
+      </c>
+      <c r="D142" s="0" t="s">
         <v>702</v>
-      </c>
-[...4 lines deleted...]
-        <v>704</v>
       </c>
       <c r="E142" s="0" t="s">
         <v>580</v>
       </c>
       <c r="F142" s="0" t="s">
-        <v>699</v>
+        <v>703</v>
       </c>
       <c r="G142" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L142" s="0"/>
+        <v>705</v>
+      </c>
+      <c r="L142" s="0">
+        <v>2</v>
+      </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
         <v>706</v>
       </c>
       <c r="C143" s="0" t="s">
         <v>707</v>
       </c>
       <c r="D143" s="0" t="s">
         <v>708</v>
       </c>
       <c r="E143" s="0" t="s">
         <v>580</v>
       </c>
       <c r="F143" s="0" t="s">
-        <v>709</v>
+        <v>703</v>
       </c>
       <c r="G143" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>710</v>
+        <v>709</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
-        <v>711</v>
+        <v>50</v>
       </c>
       <c r="L143" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
+        <v>710</v>
+      </c>
+      <c r="C144" s="0" t="s">
+        <v>711</v>
+      </c>
+      <c r="D144" s="0" t="s">
         <v>712</v>
-      </c>
-[...4 lines deleted...]
-        <v>714</v>
       </c>
       <c r="E144" s="0" t="s">
         <v>580</v>
       </c>
       <c r="F144" s="0" t="s">
-        <v>709</v>
+        <v>703</v>
       </c>
       <c r="G144" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>715</v>
+        <v>713</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
         <v>50</v>
       </c>
       <c r="L144" s="0">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
+        <v>714</v>
+      </c>
+      <c r="C145" s="0" t="s">
+        <v>715</v>
+      </c>
+      <c r="D145" s="0" t="s">
         <v>716</v>
       </c>
-      <c r="C145" s="0" t="s">
+      <c r="E145" s="0" t="s">
+        <v>475</v>
+      </c>
+      <c r="F145" s="0" t="s">
         <v>717</v>
       </c>
-      <c r="D145" s="0" t="s">
+      <c r="G145" s="0" t="s">
+        <v>477</v>
+      </c>
+      <c r="H145" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I145" s="1" t="s">
         <v>718</v>
-      </c>
-[...13 lines deleted...]
-        <v>719</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
-        <v>50</v>
+        <v>19</v>
       </c>
       <c r="L145" s="0">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
+        <v>719</v>
+      </c>
+      <c r="C146" s="0" t="s">
         <v>720</v>
       </c>
-      <c r="C146" s="0" t="s">
+      <c r="D146" s="0" t="s">
         <v>721</v>
       </c>
-      <c r="D146" s="0" t="s">
+      <c r="E146" s="0" t="s">
+        <v>475</v>
+      </c>
+      <c r="F146" s="0" t="s">
         <v>722</v>
       </c>
-      <c r="E146" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F146" s="0" t="s">
+      <c r="G146" s="0" t="s">
+        <v>477</v>
+      </c>
+      <c r="H146" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I146" s="1" t="s">
         <v>723</v>
-      </c>
-[...7 lines deleted...]
-        <v>724</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="L146" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
+        <v>724</v>
+      </c>
+      <c r="C147" s="0" t="s">
         <v>725</v>
       </c>
-      <c r="C147" s="0" t="s">
+      <c r="D147" s="0" t="s">
         <v>726</v>
       </c>
-      <c r="D147" s="0" t="s">
+      <c r="E147" s="0" t="s">
+        <v>475</v>
+      </c>
+      <c r="F147" s="0" t="s">
         <v>727</v>
       </c>
-      <c r="E147" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F147" s="0" t="s">
+      <c r="G147" s="0" t="s">
+        <v>477</v>
+      </c>
+      <c r="H147" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I147" s="1" t="s">
         <v>728</v>
-      </c>
-[...7 lines deleted...]
-        <v>729</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
         <v>61</v>
       </c>
       <c r="L147" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
+        <v>729</v>
+      </c>
+      <c r="C148" s="0" t="s">
         <v>730</v>
       </c>
-      <c r="C148" s="0" t="s">
+      <c r="D148" s="0" t="s">
         <v>731</v>
       </c>
-      <c r="D148" s="0" t="s">
+      <c r="E148" s="0" t="s">
+        <v>475</v>
+      </c>
+      <c r="F148" s="0" t="s">
         <v>732</v>
       </c>
-      <c r="E148" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F148" s="0" t="s">
+      <c r="G148" s="0" t="s">
+        <v>477</v>
+      </c>
+      <c r="H148" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I148" s="1" t="s">
         <v>733</v>
-      </c>
-[...7 lines deleted...]
-        <v>734</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
-        <v>61</v>
+        <v>734</v>
       </c>
       <c r="L148" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
         <v>735</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>736</v>
       </c>
       <c r="D149" s="0" t="s">
         <v>737</v>
       </c>
       <c r="E149" s="0" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="F149" s="0" t="s">
         <v>738</v>
       </c>
       <c r="G149" s="0" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="H149" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I149" s="1" t="s">
         <v>739</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
-        <v>740</v>
+        <v>61</v>
       </c>
       <c r="L149" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
+        <v>740</v>
+      </c>
+      <c r="C150" s="0" t="s">
         <v>741</v>
       </c>
-      <c r="C150" s="0" t="s">
+      <c r="D150" s="0" t="s">
         <v>742</v>
       </c>
-      <c r="D150" s="0" t="s">
+      <c r="E150" s="0" t="s">
+        <v>670</v>
+      </c>
+      <c r="F150" s="0" t="s">
         <v>743</v>
       </c>
-      <c r="E150" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F150" s="0" t="s">
+      <c r="G150" s="0" t="s">
+        <v>615</v>
+      </c>
+      <c r="H150" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I150" s="1" t="s">
         <v>744</v>
-      </c>
-[...7 lines deleted...]
-        <v>745</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
-        <v>61</v>
+        <v>19</v>
       </c>
       <c r="L150" s="0">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
+        <v>745</v>
+      </c>
+      <c r="C151" s="0" t="s">
         <v>746</v>
       </c>
-      <c r="C151" s="0" t="s">
+      <c r="D151" s="0" t="s">
         <v>747</v>
       </c>
-      <c r="D151" s="0" t="s">
+      <c r="E151" s="0" t="s">
+        <v>670</v>
+      </c>
+      <c r="F151" s="0" t="s">
         <v>748</v>
       </c>
-      <c r="E151" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G151" s="0" t="s">
-        <v>616</v>
+        <v>615</v>
       </c>
       <c r="H151" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>750</v>
+        <v>744</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L151" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
+        <v>749</v>
+      </c>
+      <c r="C152" s="0" t="s">
+        <v>750</v>
+      </c>
+      <c r="D152" s="0" t="s">
         <v>751</v>
       </c>
-      <c r="C152" s="0" t="s">
+      <c r="E152" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="F152" s="0" t="s">
         <v>752</v>
       </c>
-      <c r="D152" s="0" t="s">
+      <c r="G152" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="H152" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I152" s="1" t="s">
         <v>753</v>
-      </c>
-[...13 lines deleted...]
-        <v>750</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="L152" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
+        <v>754</v>
+      </c>
+      <c r="C153" s="0" t="s">
         <v>755</v>
       </c>
-      <c r="C153" s="0" t="s">
+      <c r="D153" s="0" t="s">
         <v>756</v>
-      </c>
-[...1 lines deleted...]
-        <v>757</v>
       </c>
       <c r="E153" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F153" s="0" t="s">
-        <v>758</v>
+        <v>757</v>
       </c>
       <c r="G153" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H153" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>759</v>
+        <v>753</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
-        <v>61</v>
+        <v>50</v>
       </c>
       <c r="L153" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
+        <v>758</v>
+      </c>
+      <c r="C154" s="0" t="s">
+        <v>759</v>
+      </c>
+      <c r="D154" s="0" t="s">
         <v>760</v>
       </c>
-      <c r="C154" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E154" s="0" t="s">
-        <v>23</v>
+        <v>580</v>
       </c>
       <c r="F154" s="0" t="s">
-        <v>763</v>
+        <v>581</v>
       </c>
       <c r="G154" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H154" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
-        <v>50</v>
+        <v>762</v>
       </c>
       <c r="L154" s="0">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="A155" s="0"/>
       <c r="B155" s="0" t="s">
+        <v>763</v>
+      </c>
+      <c r="C155" s="0" t="s">
         <v>764</v>
       </c>
-      <c r="C155" s="0" t="s">
+      <c r="D155" s="0" t="s">
         <v>765</v>
-      </c>
-[...1 lines deleted...]
-        <v>766</v>
       </c>
       <c r="E155" s="0" t="s">
         <v>580</v>
       </c>
       <c r="F155" s="0" t="s">
-        <v>581</v>
+        <v>594</v>
       </c>
       <c r="G155" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H155" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>767</v>
+        <v>232</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
-        <v>768</v>
+        <v>76</v>
       </c>
       <c r="L155" s="0">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
-        <v>769</v>
+        <v>766</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>770</v>
+        <v>767</v>
       </c>
       <c r="D156" s="0" t="s">
-        <v>771</v>
+        <v>768</v>
       </c>
       <c r="E156" s="0" t="s">
         <v>580</v>
       </c>
       <c r="F156" s="0" t="s">
         <v>594</v>
       </c>
       <c r="G156" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H156" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>234</v>
+        <v>769</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
-        <v>283</v>
+        <v>61</v>
       </c>
       <c r="L156" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
+        <v>770</v>
+      </c>
+      <c r="C157" s="0" t="s">
+        <v>771</v>
+      </c>
+      <c r="D157" s="0" t="s">
         <v>772</v>
       </c>
-      <c r="C157" s="0" t="s">
+      <c r="E157" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="F157" s="0" t="s">
         <v>773</v>
       </c>
-      <c r="D157" s="0" t="s">
+      <c r="G157" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="H157" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I157" s="1" t="s">
         <v>774</v>
-      </c>
-[...13 lines deleted...]
-        <v>775</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L157" s="0"/>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
+        <v>775</v>
+      </c>
+      <c r="C158" s="0" t="s">
         <v>776</v>
       </c>
-      <c r="C158" s="0" t="s">
+      <c r="D158" s="0" t="s">
         <v>777</v>
       </c>
-      <c r="D158" s="0" t="s">
+      <c r="E158" s="0" t="s">
+        <v>580</v>
+      </c>
+      <c r="F158" s="0" t="s">
         <v>778</v>
       </c>
-      <c r="E158" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F158" s="0" t="s">
+      <c r="G158" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="H158" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I158" s="1" t="s">
         <v>779</v>
-      </c>
-[...7 lines deleted...]
-        <v>780</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L158" s="0"/>
+      <c r="L158" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
+        <v>780</v>
+      </c>
+      <c r="C159" s="0" t="s">
         <v>781</v>
       </c>
-      <c r="C159" s="0" t="s">
+      <c r="D159" s="0" t="s">
         <v>782</v>
-      </c>
-[...1 lines deleted...]
-        <v>783</v>
       </c>
       <c r="E159" s="0" t="s">
         <v>580</v>
       </c>
       <c r="F159" s="0" t="s">
-        <v>784</v>
+        <v>778</v>
       </c>
       <c r="G159" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H159" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>785</v>
+        <v>783</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L159" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
+        <v>784</v>
+      </c>
+      <c r="C160" s="0" t="s">
+        <v>785</v>
+      </c>
+      <c r="D160" s="0" t="s">
         <v>786</v>
-      </c>
-[...4 lines deleted...]
-        <v>788</v>
       </c>
       <c r="E160" s="0" t="s">
         <v>580</v>
       </c>
       <c r="F160" s="0" t="s">
-        <v>784</v>
+        <v>778</v>
       </c>
       <c r="G160" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H160" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>789</v>
+        <v>779</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
-        <v>225</v>
+        <v>787</v>
       </c>
       <c r="L160" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
       <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
+        <v>788</v>
+      </c>
+      <c r="C161" s="0" t="s">
+        <v>789</v>
+      </c>
+      <c r="D161" s="0" t="s">
         <v>790</v>
-      </c>
-[...4 lines deleted...]
-        <v>792</v>
       </c>
       <c r="E161" s="0" t="s">
         <v>580</v>
       </c>
       <c r="F161" s="0" t="s">
-        <v>784</v>
+        <v>778</v>
       </c>
       <c r="G161" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H161" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>785</v>
+        <v>243</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
-        <v>740</v>
+        <v>19</v>
       </c>
       <c r="L161" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
       <c r="A162" s="0"/>
       <c r="B162" s="0" t="s">
+        <v>791</v>
+      </c>
+      <c r="C162" s="0" t="s">
+        <v>792</v>
+      </c>
+      <c r="D162" s="0" t="s">
         <v>793</v>
-      </c>
-[...4 lines deleted...]
-        <v>795</v>
       </c>
       <c r="E162" s="0" t="s">
         <v>580</v>
       </c>
       <c r="F162" s="0" t="s">
-        <v>784</v>
+        <v>778</v>
       </c>
       <c r="G162" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H162" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>245</v>
+        <v>794</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
-        <v>19</v>
+        <v>544</v>
       </c>
       <c r="L162" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
       <c r="A163" s="0"/>
       <c r="B163" s="0" t="s">
+        <v>795</v>
+      </c>
+      <c r="C163" s="0" t="s">
         <v>796</v>
       </c>
-      <c r="C163" s="0" t="s">
+      <c r="D163" s="0" t="s">
         <v>797</v>
-      </c>
-[...1 lines deleted...]
-        <v>798</v>
       </c>
       <c r="E163" s="0" t="s">
         <v>580</v>
       </c>
       <c r="F163" s="0" t="s">
-        <v>784</v>
+        <v>778</v>
       </c>
       <c r="G163" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H163" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>799</v>
+        <v>783</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
-        <v>61</v>
+        <v>19</v>
       </c>
       <c r="L163" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="80">
       <c r="A164" s="0"/>
       <c r="B164" s="0" t="s">
+        <v>798</v>
+      </c>
+      <c r="C164" s="0" t="s">
+        <v>799</v>
+      </c>
+      <c r="D164" s="0" t="s">
         <v>800</v>
-      </c>
-[...4 lines deleted...]
-        <v>802</v>
       </c>
       <c r="E164" s="0" t="s">
         <v>580</v>
       </c>
       <c r="F164" s="0" t="s">
-        <v>784</v>
+        <v>778</v>
       </c>
       <c r="G164" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H164" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>789</v>
+        <v>801</v>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="s">
-        <v>19</v>
+        <v>266</v>
       </c>
       <c r="L164" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="80">
       <c r="A165" s="0"/>
       <c r="B165" s="0" t="s">
+        <v>802</v>
+      </c>
+      <c r="C165" s="0" t="s">
         <v>803</v>
       </c>
-      <c r="C165" s="0" t="s">
+      <c r="D165" s="0" t="s">
         <v>804</v>
-      </c>
-[...1 lines deleted...]
-        <v>805</v>
       </c>
       <c r="E165" s="0" t="s">
         <v>580</v>
       </c>
       <c r="F165" s="0" t="s">
-        <v>784</v>
+        <v>778</v>
       </c>
       <c r="G165" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H165" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>806</v>
+        <v>805</v>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="s">
-        <v>82</v>
+        <v>61</v>
       </c>
       <c r="L165" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="80">
       <c r="A166" s="0"/>
       <c r="B166" s="0" t="s">
+        <v>806</v>
+      </c>
+      <c r="C166" s="0" t="s">
         <v>807</v>
       </c>
-      <c r="C166" s="0" t="s">
+      <c r="D166" s="0" t="s">
         <v>808</v>
-      </c>
-[...1 lines deleted...]
-        <v>809</v>
       </c>
       <c r="E166" s="0" t="s">
         <v>580</v>
       </c>
       <c r="F166" s="0" t="s">
-        <v>784</v>
+        <v>778</v>
       </c>
       <c r="G166" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H166" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>810</v>
+        <v>809</v>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="s">
         <v>61</v>
       </c>
       <c r="L166" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="80">
       <c r="A167" s="0"/>
       <c r="B167" s="0" t="s">
+        <v>810</v>
+      </c>
+      <c r="C167" s="0" t="s">
         <v>811</v>
       </c>
-      <c r="C167" s="0" t="s">
+      <c r="D167" s="0" t="s">
         <v>812</v>
-      </c>
-[...1 lines deleted...]
-        <v>813</v>
       </c>
       <c r="E167" s="0" t="s">
         <v>580</v>
       </c>
       <c r="F167" s="0" t="s">
-        <v>784</v>
+        <v>778</v>
       </c>
       <c r="G167" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H167" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>814</v>
+        <v>805</v>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="s">
         <v>61</v>
       </c>
       <c r="L167" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="80">
       <c r="A168" s="0"/>
       <c r="B168" s="0" t="s">
+        <v>813</v>
+      </c>
+      <c r="C168" s="0" t="s">
+        <v>814</v>
+      </c>
+      <c r="D168" s="0" t="s">
         <v>815</v>
       </c>
-      <c r="C168" s="0" t="s">
+      <c r="E168" s="0" t="s">
         <v>816</v>
       </c>
-      <c r="D168" s="0" t="s">
+      <c r="F168" s="0" t="s">
         <v>817</v>
       </c>
-      <c r="E168" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G168" s="0" t="s">
-        <v>25</v>
+        <v>477</v>
       </c>
       <c r="H168" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I168" s="1" t="s">
-        <v>810</v>
+        <v>818</v>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="s">
-        <v>61</v>
+        <v>819</v>
       </c>
       <c r="L168" s="0">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="80">
       <c r="A169" s="0"/>
       <c r="B169" s="0" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="D169" s="0" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="E169" s="0" t="s">
-        <v>821</v>
+        <v>580</v>
       </c>
       <c r="F169" s="0" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="G169" s="0" t="s">
-        <v>475</v>
+        <v>16</v>
       </c>
       <c r="H169" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="s">
-        <v>824</v>
+        <v>19</v>
       </c>
       <c r="L169" s="0">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="80">
       <c r="A170" s="0"/>
       <c r="B170" s="0" t="s">
         <v>825</v>
       </c>
       <c r="C170" s="0" t="s">
         <v>826</v>
       </c>
       <c r="D170" s="0" t="s">
         <v>827</v>
       </c>
       <c r="E170" s="0" t="s">
         <v>580</v>
       </c>
       <c r="F170" s="0" t="s">
-        <v>828</v>
+        <v>823</v>
       </c>
       <c r="G170" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H170" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>829</v>
+        <v>824</v>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L170" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="80">
       <c r="A171" s="0"/>
       <c r="B171" s="0" t="s">
+        <v>828</v>
+      </c>
+      <c r="C171" s="0" t="s">
+        <v>829</v>
+      </c>
+      <c r="D171" s="0" t="s">
         <v>830</v>
       </c>
-      <c r="C171" s="0" t="s">
+      <c r="E171" s="0" t="s">
         <v>831</v>
       </c>
-      <c r="D171" s="0" t="s">
+      <c r="F171" s="0" t="s">
         <v>832</v>
       </c>
-      <c r="E171" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G171" s="0" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="H171" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>829</v>
+        <v>833</v>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L171" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="80">
       <c r="A172" s="0"/>
       <c r="B172" s="0" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="D172" s="0" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="E172" s="0" t="s">
-        <v>836</v>
+        <v>831</v>
       </c>
       <c r="F172" s="0" t="s">
         <v>837</v>
       </c>
       <c r="G172" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H172" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I172" s="1" t="s">
         <v>838</v>
       </c>
       <c r="J172" s="0"/>
       <c r="K172" s="0" t="s">
-        <v>701</v>
+        <v>19</v>
       </c>
       <c r="L172" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="80">
       <c r="A173" s="0"/>
       <c r="B173" s="0" t="s">
         <v>839</v>
       </c>
       <c r="C173" s="0" t="s">
         <v>840</v>
       </c>
       <c r="D173" s="0" t="s">
         <v>841</v>
       </c>
       <c r="E173" s="0" t="s">
-        <v>836</v>
+        <v>831</v>
       </c>
       <c r="F173" s="0" t="s">
-        <v>842</v>
+        <v>837</v>
       </c>
       <c r="G173" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H173" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>843</v>
+        <v>838</v>
       </c>
       <c r="J173" s="0"/>
       <c r="K173" s="0" t="s">
-        <v>701</v>
+        <v>19</v>
       </c>
       <c r="L173" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="80">
       <c r="A174" s="0"/>
       <c r="B174" s="0" t="s">
+        <v>842</v>
+      </c>
+      <c r="C174" s="0" t="s">
+        <v>843</v>
+      </c>
+      <c r="D174" s="0" t="s">
         <v>844</v>
       </c>
-      <c r="C174" s="0" t="s">
+      <c r="E174" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="F174" s="0" t="s">
         <v>845</v>
-      </c>
-[...7 lines deleted...]
-        <v>842</v>
       </c>
       <c r="G174" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H174" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>843</v>
+        <v>846</v>
       </c>
       <c r="J174" s="0"/>
       <c r="K174" s="0" t="s">
-        <v>701</v>
+        <v>19</v>
       </c>
       <c r="L174" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="80">
       <c r="A175" s="0"/>
       <c r="B175" s="0" t="s">
         <v>847</v>
       </c>
       <c r="C175" s="0" t="s">
         <v>848</v>
       </c>
       <c r="D175" s="0" t="s">
         <v>849</v>
       </c>
       <c r="E175" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F175" s="0" t="s">
         <v>850</v>
       </c>
       <c r="G175" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H175" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>851</v>
+        <v>281</v>
       </c>
       <c r="J175" s="0"/>
       <c r="K175" s="0" t="s">
-        <v>19</v>
+        <v>762</v>
       </c>
       <c r="L175" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="80">
       <c r="A176" s="0"/>
       <c r="B176" s="0" t="s">
+        <v>851</v>
+      </c>
+      <c r="C176" s="0" t="s">
         <v>852</v>
       </c>
-      <c r="C176" s="0" t="s">
+      <c r="D176" s="0" t="s">
         <v>853</v>
-      </c>
-[...1 lines deleted...]
-        <v>854</v>
       </c>
       <c r="E176" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F176" s="0" t="s">
-        <v>855</v>
+        <v>850</v>
       </c>
       <c r="G176" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H176" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>856</v>
+        <v>854</v>
       </c>
       <c r="J176" s="0"/>
       <c r="K176" s="0" t="s">
-        <v>857</v>
+        <v>61</v>
       </c>
       <c r="L176" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="80">
       <c r="A177" s="0"/>
       <c r="B177" s="0" t="s">
+        <v>855</v>
+      </c>
+      <c r="C177" s="0" t="s">
+        <v>856</v>
+      </c>
+      <c r="D177" s="0" t="s">
+        <v>857</v>
+      </c>
+      <c r="E177" s="0" t="s">
         <v>858</v>
       </c>
-      <c r="C177" s="0" t="s">
+      <c r="F177" s="0" t="s">
         <v>859</v>
       </c>
-      <c r="D177" s="0" t="s">
+      <c r="G177" s="0" t="s">
         <v>860</v>
-      </c>
-[...7 lines deleted...]
-        <v>25</v>
       </c>
       <c r="H177" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I177" s="1" t="s">
         <v>861</v>
       </c>
       <c r="J177" s="0"/>
       <c r="K177" s="0" t="s">
-        <v>61</v>
+        <v>862</v>
       </c>
       <c r="L177" s="0">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="80">
       <c r="A178" s="0"/>
       <c r="B178" s="0" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="C178" s="0" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="D178" s="0" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="E178" s="0" t="s">
-        <v>865</v>
+        <v>831</v>
       </c>
       <c r="F178" s="0" t="s">
         <v>866</v>
       </c>
       <c r="G178" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="H178" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I178" s="1" t="s">
         <v>867</v>
-      </c>
-[...4 lines deleted...]
-        <v>868</v>
       </c>
       <c r="J178" s="0"/>
       <c r="K178" s="0" t="s">
-        <v>61</v>
+        <v>19</v>
       </c>
       <c r="L178" s="0">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="80">
       <c r="A179" s="0"/>
       <c r="B179" s="0" t="s">
+        <v>868</v>
+      </c>
+      <c r="C179" s="0" t="s">
         <v>869</v>
       </c>
-      <c r="C179" s="0" t="s">
+      <c r="D179" s="0" t="s">
         <v>870</v>
       </c>
-      <c r="D179" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E179" s="0" t="s">
-        <v>836</v>
+        <v>831</v>
       </c>
       <c r="F179" s="0" t="s">
-        <v>872</v>
+        <v>832</v>
       </c>
       <c r="G179" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H179" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I179" s="1" t="s">
-        <v>873</v>
+        <v>871</v>
       </c>
       <c r="J179" s="0"/>
       <c r="K179" s="0" t="s">
-        <v>172</v>
+        <v>19</v>
       </c>
       <c r="L179" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="80">
       <c r="A180" s="0"/>
       <c r="B180" s="0" t="s">
+        <v>872</v>
+      </c>
+      <c r="C180" s="0" t="s">
+        <v>873</v>
+      </c>
+      <c r="D180" s="0" t="s">
         <v>874</v>
       </c>
-      <c r="C180" s="0" t="s">
+      <c r="E180" s="0" t="s">
+        <v>831</v>
+      </c>
+      <c r="F180" s="0" t="s">
         <v>875</v>
-      </c>
-[...7 lines deleted...]
-        <v>837</v>
       </c>
       <c r="G180" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H180" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I180" s="1" t="s">
-        <v>877</v>
+        <v>152</v>
       </c>
       <c r="J180" s="0"/>
       <c r="K180" s="0" t="s">
-        <v>344</v>
+        <v>19</v>
       </c>
       <c r="L180" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="80">
       <c r="A181" s="0"/>
       <c r="B181" s="0" t="s">
+        <v>876</v>
+      </c>
+      <c r="C181" s="0" t="s">
+        <v>877</v>
+      </c>
+      <c r="D181" s="0" t="s">
         <v>878</v>
       </c>
-      <c r="C181" s="0" t="s">
+      <c r="E181" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="F181" s="0" t="s">
         <v>879</v>
-      </c>
-[...7 lines deleted...]
-        <v>881</v>
       </c>
       <c r="G181" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H181" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I181" s="1" t="s">
-        <v>154</v>
+        <v>880</v>
       </c>
       <c r="J181" s="0"/>
       <c r="K181" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L181" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="80">
       <c r="A182" s="0"/>
       <c r="B182" s="0" t="s">
+        <v>881</v>
+      </c>
+      <c r="C182" s="0" t="s">
         <v>882</v>
       </c>
-      <c r="C182" s="0" t="s">
+      <c r="D182" s="0">
+        <v>81229741</v>
+      </c>
+      <c r="E182" s="0" t="s">
         <v>883</v>
       </c>
-      <c r="D182" s="0" t="s">
+      <c r="F182" s="0" t="s">
         <v>884</v>
       </c>
-      <c r="E182" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F182" s="0" t="s">
+      <c r="G182" s="0" t="s">
+        <v>615</v>
+      </c>
+      <c r="H182" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I182" s="1" t="s">
         <v>885</v>
-      </c>
-[...7 lines deleted...]
-        <v>886</v>
       </c>
       <c r="J182" s="0"/>
       <c r="K182" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L182" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L182" s="0"/>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="80">
       <c r="A183" s="0"/>
       <c r="B183" s="0" t="s">
+        <v>886</v>
+      </c>
+      <c r="C183" s="0" t="s">
         <v>887</v>
       </c>
-      <c r="C183" s="0" t="s">
+      <c r="D183" s="0" t="s">
         <v>888</v>
-      </c>
-[...1 lines deleted...]
-        <v>81229741</v>
       </c>
       <c r="E183" s="0" t="s">
         <v>889</v>
       </c>
       <c r="F183" s="0" t="s">
         <v>890</v>
       </c>
       <c r="G183" s="0" t="s">
-        <v>616</v>
+        <v>16</v>
       </c>
       <c r="H183" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I183" s="1" t="s">
         <v>891</v>
       </c>
       <c r="J183" s="0"/>
       <c r="K183" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L183" s="0"/>
+        <v>892</v>
+      </c>
+      <c r="L183" s="0">
+        <v>3</v>
+      </c>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="80">
       <c r="A184" s="0"/>
       <c r="B184" s="0" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="C184" s="0" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="D184" s="0" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="E184" s="0" t="s">
-        <v>895</v>
+        <v>15</v>
       </c>
       <c r="F184" s="0" t="s">
         <v>896</v>
       </c>
       <c r="G184" s="0" t="s">
-        <v>16</v>
+        <v>615</v>
       </c>
       <c r="H184" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I184" s="1" t="s">
         <v>897</v>
       </c>
       <c r="J184" s="0"/>
       <c r="K184" s="0" t="s">
         <v>898</v>
       </c>
       <c r="L184" s="0">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="80">
       <c r="A185" s="0"/>
       <c r="B185" s="0" t="s">
         <v>899</v>
       </c>
       <c r="C185" s="0" t="s">
         <v>900</v>
       </c>
       <c r="D185" s="0" t="s">
         <v>901</v>
       </c>
       <c r="E185" s="0" t="s">
-        <v>15</v>
+        <v>580</v>
       </c>
       <c r="F185" s="0" t="s">
         <v>902</v>
       </c>
       <c r="G185" s="0" t="s">
-        <v>616</v>
+        <v>903</v>
       </c>
       <c r="H185" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I185" s="1" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="J185" s="0"/>
       <c r="K185" s="0" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L185" s="0"/>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="80">
-      <c r="A186" s="0"/>
       <c r="B186" s="0" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="C186" s="0" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="D186" s="0" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="E186" s="0" t="s">
-        <v>580</v>
+        <v>23</v>
       </c>
       <c r="F186" s="0" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="G186" s="0" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="H186" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I186" s="1" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="J186" s="0"/>
       <c r="K186" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L186" s="0"/>
+    </row>
+    <row r="187" spans="1:12" customHeight="1" ht="80">
+      <c r="B187" s="0" t="s">
+        <v>911</v>
+      </c>
+      <c r="C187" s="0" t="s">
+        <v>912</v>
+      </c>
+      <c r="D187" s="0" t="s">
+        <v>913</v>
+      </c>
+      <c r="E187" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="F187" s="0" t="s">
+        <v>914</v>
+      </c>
+      <c r="G187" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H187" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I187" s="1" t="s">
+        <v>915</v>
+      </c>
+      <c r="J187" s="0"/>
+      <c r="K187" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L187" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -15031,50 +15049,51 @@
     <hyperlink ref="B162" r:id="rId_hyperlink_161"/>
     <hyperlink ref="B163" r:id="rId_hyperlink_162"/>
     <hyperlink ref="B164" r:id="rId_hyperlink_163"/>
     <hyperlink ref="B165" r:id="rId_hyperlink_164"/>
     <hyperlink ref="B166" r:id="rId_hyperlink_165"/>
     <hyperlink ref="B167" r:id="rId_hyperlink_166"/>
     <hyperlink ref="B168" r:id="rId_hyperlink_167"/>
     <hyperlink ref="B169" r:id="rId_hyperlink_168"/>
     <hyperlink ref="B170" r:id="rId_hyperlink_169"/>
     <hyperlink ref="B171" r:id="rId_hyperlink_170"/>
     <hyperlink ref="B172" r:id="rId_hyperlink_171"/>
     <hyperlink ref="B173" r:id="rId_hyperlink_172"/>
     <hyperlink ref="B174" r:id="rId_hyperlink_173"/>
     <hyperlink ref="B175" r:id="rId_hyperlink_174"/>
     <hyperlink ref="B176" r:id="rId_hyperlink_175"/>
     <hyperlink ref="B177" r:id="rId_hyperlink_176"/>
     <hyperlink ref="B178" r:id="rId_hyperlink_177"/>
     <hyperlink ref="B179" r:id="rId_hyperlink_178"/>
     <hyperlink ref="B180" r:id="rId_hyperlink_179"/>
     <hyperlink ref="B181" r:id="rId_hyperlink_180"/>
     <hyperlink ref="B182" r:id="rId_hyperlink_181"/>
     <hyperlink ref="B183" r:id="rId_hyperlink_182"/>
     <hyperlink ref="B184" r:id="rId_hyperlink_183"/>
     <hyperlink ref="B185" r:id="rId_hyperlink_184"/>
     <hyperlink ref="B186" r:id="rId_hyperlink_185"/>
+    <hyperlink ref="B187" r:id="rId_hyperlink_186"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>