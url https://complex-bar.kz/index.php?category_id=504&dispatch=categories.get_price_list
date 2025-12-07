--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="338">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="340">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -113,446 +113,449 @@
   <si>
     <t>547.00₸</t>
   </si>
   <si>
     <t>Горшок для запекания с крышкой;керамика;100мл;D=6,H=8см;тем.корич.</t>
   </si>
   <si>
     <t>03050202</t>
   </si>
   <si>
     <t>693.00₸</t>
   </si>
   <si>
     <t>Горшок для запекания «№5» для жаркого;керамика;0,5л;D=95,H=115мм;тем.корич.</t>
   </si>
   <si>
     <t>03050205</t>
   </si>
   <si>
     <t>ОБЧ00000338к</t>
   </si>
   <si>
     <t>1964.00₸</t>
   </si>
   <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Горшок для запекания «№6» для жаркого;керамика;0,65л;D=12,H=12см;тем.корич.</t>
+  </si>
+  <si>
+    <t>03050208</t>
+  </si>
+  <si>
+    <t>ОБЧ00000343к</t>
+  </si>
+  <si>
+    <t>2349.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Горшок для запекания «Русский»;керамика;0,5л;D=11,H=11,5см;тем.корич.</t>
+  </si>
+  <si>
+    <t>03050210</t>
+  </si>
+  <si>
+    <t>1148.00₸</t>
+  </si>
+  <si>
+    <t>Горшок для запекания;керамика;250мл;D=105,H=85мм;тем.корич.</t>
+  </si>
+  <si>
+    <t>03050211</t>
+  </si>
+  <si>
+    <t>щек (судок)</t>
+  </si>
+  <si>
+    <t>863.00₸</t>
+  </si>
+  <si>
+    <t>Горшок для запекания «Лакомка»;керамика;0,5л;D=11,H=11см;тем.корич.</t>
+  </si>
+  <si>
+    <t>03050213</t>
+  </si>
+  <si>
+    <t>ОБЧ00000358к</t>
+  </si>
+  <si>
+    <t>2426.00₸</t>
+  </si>
+  <si>
+    <t>Горшок для запекания «Лакомка»;керамика;350мл;D=80,H=105мм;тем.корич.</t>
+  </si>
+  <si>
+    <t>03050214</t>
+  </si>
+  <si>
+    <t>№3</t>
+  </si>
+  <si>
+    <t>801.00₸</t>
+  </si>
+  <si>
+    <t>Горшок для запекания с ручками;керамика;0,5л;D=10,4,H=13,5см;бежев.,коричнев.</t>
+  </si>
+  <si>
+    <t>03050219</t>
+  </si>
+  <si>
+    <t>БЕЛАРУСЬ</t>
+  </si>
+  <si>
+    <t>1305.00₸</t>
+  </si>
+  <si>
+    <t>Горшок для запекания с ручками;керамика;300мл;D=80,H=115мм;желт.,коричнев.</t>
+  </si>
+  <si>
+    <t>03050220</t>
+  </si>
+  <si>
+    <t>1229.00₸</t>
+  </si>
+  <si>
+    <t>Горшок для запекания с ручками;керамика;0,8л</t>
+  </si>
+  <si>
+    <t>03050221</t>
+  </si>
+  <si>
+    <t>07ГД-5</t>
+  </si>
+  <si>
+    <t>1423.00₸</t>
+  </si>
+  <si>
+    <t>Горшок для запекания «Бель Кузин»;фарфор;50мл;D=58,H=60мм;белый</t>
+  </si>
+  <si>
+    <t>03050232</t>
+  </si>
+  <si>
+    <t>000940</t>
+  </si>
+  <si>
+    <t>Revol</t>
+  </si>
+  <si>
+    <t>Miniatures</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>10488.00₸</t>
+  </si>
+  <si>
+    <t>Горшок для запекания «Лакомка» для жаркого;керамика;0,5л;D=130,H=95мм;желт.,коричнев.</t>
+  </si>
+  <si>
+    <t>03050237</t>
+  </si>
+  <si>
+    <t>ОБЧ00000358ж/к</t>
+  </si>
+  <si>
+    <t>Лакомка</t>
+  </si>
+  <si>
+    <t>2572.00₸</t>
+  </si>
+  <si>
+    <t>Горшок для запекания;0,5л</t>
+  </si>
+  <si>
+    <t>03050242</t>
+  </si>
+  <si>
+    <t>Горшок для запекания «№5» для жаркого;керамика;0,5л;D=10,5,H=10см;желт.,коричнев.</t>
+  </si>
+  <si>
+    <t>03050245</t>
+  </si>
+  <si>
+    <t>ОБЧ00000338ж/к</t>
+  </si>
+  <si>
+    <t>Грибок</t>
+  </si>
+  <si>
+    <t>2079.00₸</t>
+  </si>
+  <si>
     <t>1 шт.</t>
   </si>
   <si>
-    <t>Горшок для запекания «№6» для жаркого;керамика;0,65л;D=12,H=12см;тем.корич.</t>
-[...41 lines deleted...]
-    <t>2426.00₸</t>
+    <t>Горшок для запекания «№6» для жаркого;керамика;0,65л;D=12,H=12см;желт.,коричнев.</t>
+  </si>
+  <si>
+    <t>03050246</t>
+  </si>
+  <si>
+    <t>ОБЧ00000343ж/к</t>
+  </si>
+  <si>
+    <t>2464.00₸</t>
+  </si>
+  <si>
+    <t>Горшок для запекания «Бистро» без крышки;фарфор;200мл;D=90,H=75мм;белый</t>
+  </si>
+  <si>
+    <t>03050260</t>
+  </si>
+  <si>
+    <t>Bistro</t>
+  </si>
+  <si>
+    <t>8070.00₸</t>
+  </si>
+  <si>
+    <t>Горшок для запекания «Форно» с ручками;фарфор;450мл;D=12,H=34,L=32,B=30см;желто-зел.</t>
+  </si>
+  <si>
+    <t>03050265</t>
+  </si>
+  <si>
+    <t>FD1271C4711</t>
+  </si>
+  <si>
+    <t>Tognana</t>
+  </si>
+  <si>
+    <t>Forno</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>7123.00₸</t>
+  </si>
+  <si>
+    <t>Горшок для запекания «Форно» с ручками;керамика;450мл;D=120,H=95мм;фиолет.</t>
+  </si>
+  <si>
+    <t>03050267</t>
+  </si>
+  <si>
+    <t>FD1271C3630</t>
+  </si>
+  <si>
+    <t>7793.00₸</t>
+  </si>
+  <si>
+    <t>Горшок для запекания «Мечта хозяйки»;керамика;350мл;D=10,H=11см;коричнев.</t>
+  </si>
+  <si>
+    <t>03050296</t>
+  </si>
+  <si>
+    <t>ОБЧ14457930</t>
+  </si>
+  <si>
+    <t>1925.00₸</t>
+  </si>
+  <si>
+    <t>Горшок для запекания с крышкой;чугун;250мл;D=115,H=65мм;черный</t>
+  </si>
+  <si>
+    <t>03051101</t>
+  </si>
+  <si>
+    <t>DM-115MINICOP</t>
+  </si>
+  <si>
+    <t>Daming</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>5943.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Горшок для запекания «Премиум»;керамика;100мл;D=35,H=60мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03051114</t>
+  </si>
+  <si>
+    <t>ОБЧ00000892</t>
+  </si>
+  <si>
+    <t>1463.00₸</t>
+  </si>
+  <si>
+    <t>34 шт.</t>
+  </si>
+  <si>
+    <t>Горшок для запекания «Тирамису»;керамика;0,55л;D=11,5,H=11см</t>
+  </si>
+  <si>
+    <t>03051117</t>
+  </si>
+  <si>
+    <t>ТИР00009918</t>
+  </si>
+  <si>
+    <t>Тирамису</t>
+  </si>
+  <si>
+    <t>2618.00₸</t>
+  </si>
+  <si>
+    <t>Горшок для запекания «Тирамису»;керамика;0,5л;D=14,H=12см</t>
+  </si>
+  <si>
+    <t>03051118</t>
+  </si>
+  <si>
+    <t>ТИР00004816</t>
+  </si>
+  <si>
+    <t>Горшок для запекания «Тирамису»;керамика;200мл;D=95,H=100мм</t>
+  </si>
+  <si>
+    <t>03051119</t>
+  </si>
+  <si>
+    <t>ТИР00004841</t>
+  </si>
+  <si>
+    <t>1810.00₸</t>
+  </si>
+  <si>
+    <t>Горшок для запекания «Скандинавия»;керамика;0,65л;D=12,H=12см;голуб.</t>
+  </si>
+  <si>
+    <t>03051122</t>
+  </si>
+  <si>
+    <t>СНД00009629</t>
+  </si>
+  <si>
+    <t>Скандинавия</t>
+  </si>
+  <si>
+    <t>2811.00₸</t>
+  </si>
+  <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Горшок для запекания «Скандинавия»;керамика;0,5л;D=14,H=12см;голуб.</t>
+  </si>
+  <si>
+    <t>03051123</t>
+  </si>
+  <si>
+    <t>СНД00009622</t>
+  </si>
+  <si>
+    <t>2503.00₸</t>
+  </si>
+  <si>
+    <t>Горшок для запекания «Скандинавия»;керамика;200мл;D=95,H=100мм;голуб.</t>
+  </si>
+  <si>
+    <t>03051124</t>
+  </si>
+  <si>
+    <t>СНД00009624</t>
+  </si>
+  <si>
+    <t>12 шт.</t>
+  </si>
+  <si>
+    <t>Горшок для запекания «Шоколад»;фарфор;0,5л;D=11,5,H=11,5см;тем.корич.</t>
+  </si>
+  <si>
+    <t>03051126</t>
+  </si>
+  <si>
+    <t>ФРФ88802937</t>
+  </si>
+  <si>
+    <t>Шоколад</t>
+  </si>
+  <si>
+    <t>2541.00₸</t>
   </si>
   <si>
     <t>более 50 шт.</t>
   </si>
   <si>
-    <t>Горшок для запекания «Лакомка»;керамика;350мл;D=80,H=105мм;тем.корич.</t>
-[...298 lines deleted...]
-  <si>
     <t>Горшок для запекания «Шоколад»;фарфор;400мл;D=10,5,H=10,5см;тем.корич.</t>
   </si>
   <si>
     <t>03051127</t>
   </si>
   <si>
     <t>ФРФ88803237</t>
   </si>
   <si>
     <t>1333.00₸</t>
   </si>
   <si>
     <t>Горшок для запекания;керамика;350мл;бордо,черный</t>
   </si>
   <si>
     <t>03051128</t>
   </si>
   <si>
     <t>КРС14457932</t>
   </si>
   <si>
     <t>1240.00₸</t>
   </si>
   <si>
     <t>Горшок для запекания;керамика;350мл;синий</t>
   </si>
   <si>
     <t>03051129</t>
   </si>
   <si>
     <t>РАД14457933c</t>
   </si>
   <si>
     <t>1648.00₸</t>
   </si>
   <si>
     <t>Горшок для запекания;керамика;350мл;зелен.</t>
   </si>
   <si>
     <t>03051130</t>
   </si>
   <si>
-    <t>более 500 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Горшок для запекания «Хрюша»;керамика;0,7л</t>
   </si>
   <si>
     <t>03051131</t>
   </si>
   <si>
     <t>РАД00006721</t>
   </si>
   <si>
     <t>1979.00₸</t>
   </si>
   <si>
     <t>Горшок для запекания;керамика;350мл;голуб.</t>
   </si>
   <si>
     <t>03051133</t>
   </si>
   <si>
     <t>РАД14457933г</t>
   </si>
   <si>
     <t>Синий Крафт</t>
   </si>
   <si>
     <t>1140.00₸</t>
@@ -578,149 +581,146 @@
   <si>
     <t>ПИН00011208</t>
   </si>
   <si>
     <t>Пинки</t>
   </si>
   <si>
     <t>3042.00₸</t>
   </si>
   <si>
     <t>16 шт.</t>
   </si>
   <si>
     <t>Горшок для запекания «Пинки»;керамика;0,6л;D=14см;серый</t>
   </si>
   <si>
     <t>03051147</t>
   </si>
   <si>
     <t>ПИН00011210</t>
   </si>
   <si>
     <t>2734.00₸</t>
   </si>
   <si>
-    <t>5 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Горшок для запекания «Пинки»;керамика;200мл;D=95мм;серый</t>
   </si>
   <si>
     <t>03051148</t>
   </si>
   <si>
     <t>ПИН00011212</t>
   </si>
   <si>
-    <t>2002.00₸</t>
+    <t>2118.00₸</t>
+  </si>
+  <si>
+    <t>21 шт.</t>
   </si>
   <si>
     <t>Горшок для запекания «Пинки»;керамика;350мл;D=10см;серый</t>
   </si>
   <si>
     <t>03051149</t>
   </si>
   <si>
     <t>ПИН00011607</t>
   </si>
   <si>
-    <t>3 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Горшок для запекания «Пинки»;керамика;0,5л;D=13см;серый</t>
   </si>
   <si>
     <t>03051150</t>
   </si>
   <si>
     <t>ПИН00011608</t>
   </si>
   <si>
     <t>3119.00₸</t>
   </si>
   <si>
+    <t>25 шт.</t>
+  </si>
+  <si>
     <t>Горшок для запекания «Маренго»;керамика;200мл;D=95мм</t>
   </si>
   <si>
     <t>03051151</t>
   </si>
   <si>
     <t>МАР00011211</t>
   </si>
   <si>
     <t>Маренго</t>
   </si>
   <si>
-    <t>2118.00₸</t>
-[...2 lines deleted...]
-    <t>17 шт.</t>
+    <t>35 шт.</t>
   </si>
   <si>
     <t>Горшок для запекания «Маренго»;керамика;350мл;D=10см</t>
   </si>
   <si>
     <t>03051152</t>
   </si>
   <si>
     <t>МАР00011596</t>
   </si>
   <si>
     <t>Горшок для запекания «Маренго»;керамика;0,5л;D=13см;черный</t>
   </si>
   <si>
     <t>03051153</t>
   </si>
   <si>
     <t>МАР00011597</t>
   </si>
   <si>
+    <t>28 шт.</t>
+  </si>
+  <si>
     <t>Горшок для запекания «Маренго»;керамика;0,5л;D=14см;черный,серый</t>
   </si>
   <si>
     <t>03051154</t>
   </si>
   <si>
     <t>МАР00011209</t>
   </si>
   <si>
     <t>2141.00₸</t>
   </si>
   <si>
     <t>Горшок для запекания «Маренго»;керамика;0,65л;D=12см</t>
   </si>
   <si>
     <t>03051155</t>
   </si>
   <si>
     <t>МАР00011207</t>
   </si>
   <si>
-    <t>23 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Горшок для запекания «Млечный путь»;фарфор;0,5л;черный,серый</t>
   </si>
   <si>
     <t>03051166</t>
   </si>
   <si>
     <t>ФРФ88802953</t>
   </si>
   <si>
     <t>Млечный Путь</t>
   </si>
   <si>
     <t>2926.00₸</t>
   </si>
   <si>
     <t>Горшок для запекания «Карбон»;фарфор;0,5л;,H=11,5см;черный,матовый</t>
   </si>
   <si>
     <t>03051174</t>
   </si>
   <si>
     <t>ФРФ88802911</t>
   </si>
   <si>
     <t>Carbone</t>
@@ -782,53 +782,50 @@
   <si>
     <t>Горшок для запекания «Лакомка»;керамика;450мл;красный,черный</t>
   </si>
   <si>
     <t>03051182</t>
   </si>
   <si>
     <t>КРС00000362</t>
   </si>
   <si>
     <t>2441.00₸</t>
   </si>
   <si>
     <t>Горшок для запекания в ассортименте;керамика;0,9л;D=170,H=65мм;коричнев.</t>
   </si>
   <si>
     <t>03051183</t>
   </si>
   <si>
     <t>ОБЧ00000912</t>
   </si>
   <si>
     <t>2233.00₸</t>
   </si>
   <si>
-    <t>12 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Горшок для запекания с крышкой;керамика;350мл;D=13,H=7см;коричнев.</t>
   </si>
   <si>
     <t>03051186</t>
   </si>
   <si>
     <t>Regas</t>
   </si>
   <si>
     <t>Round casserole with lid</t>
   </si>
   <si>
     <t>ИСПАНИЯ</t>
   </si>
   <si>
     <t>3535.00₸</t>
   </si>
   <si>
     <t>Горшок для запекания с крышкой;керамика;0,75л;D=17,H=8см;коричнев.</t>
   </si>
   <si>
     <t>03051187</t>
   </si>
   <si>
     <t>5267.00₸</t>
@@ -887,51 +884,51 @@
   <si>
     <t>ФРФ88802973</t>
   </si>
   <si>
     <t>Marrone Reattivo</t>
   </si>
   <si>
     <t>3396.00₸</t>
   </si>
   <si>
     <t>Горшок для запекания «Эрбосо Реативо»;фарфор;0,5л;,H=11,5см;бирюз.,бежев.</t>
   </si>
   <si>
     <t>03051703</t>
   </si>
   <si>
     <t>ФРФ88802975</t>
   </si>
   <si>
     <t>Erboso Reattivo</t>
   </si>
   <si>
     <t>3427.00₸</t>
   </si>
   <si>
-    <t>25 шт.</t>
+    <t>37 шт.</t>
   </si>
   <si>
     <t>Горшок для запекания «Пати»;фарфор;0,5л;,H=11,5см;серый,синий</t>
   </si>
   <si>
     <t>03051704</t>
   </si>
   <si>
     <t>ФРФ88802993</t>
   </si>
   <si>
     <t>Party</t>
   </si>
   <si>
     <t>Горшок для запекания «Эмбер Каст Мэтт»;чугун,дерево;300мл;D=115,H=65мм;черный,св. дерево</t>
   </si>
   <si>
     <t>03051914</t>
   </si>
   <si>
     <t>12501WB</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
@@ -962,117 +959,126 @@
   <si>
     <t>Горшок для запекания «Акварель» Классический;фарфор;350мл;D=145/115,H=53мм;бежев.</t>
   </si>
   <si>
     <t>03051947</t>
   </si>
   <si>
     <t>ИГК 23.350.А.Б</t>
   </si>
   <si>
     <t>Акварель</t>
   </si>
   <si>
     <t>7315.00₸</t>
   </si>
   <si>
     <t>Горшок для запекания «Акварель» Классический;фарфор;0,5л;D=115/145,H=70мм;свет.-сер.</t>
   </si>
   <si>
     <t>03051948</t>
   </si>
   <si>
     <t>ИГК 23.500.А.С- С</t>
   </si>
   <si>
-    <t>10226.00₸</t>
+    <t>11597.00₸</t>
   </si>
   <si>
     <t>Горшок для запекания «Белая» Классический без крышки;фарфор;350мл;D=145/115,H=53мм;белый</t>
   </si>
   <si>
     <t>03051949</t>
   </si>
   <si>
     <t>ИГК 23.350БК</t>
   </si>
   <si>
     <t>Белая</t>
   </si>
   <si>
     <t>3951.00₸</t>
   </si>
   <si>
-    <t>26 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Горшок для запекания «Белая» Классический с крышкой;фарфор;350мл;D=145/115,H=53мм;белый</t>
   </si>
   <si>
     <t>03051950</t>
   </si>
   <si>
     <t>ИГК 23.350</t>
   </si>
   <si>
     <t>5945.00₸</t>
   </si>
   <si>
     <t>Горшок для запекания «Белая» Классический с крышкой;фарфор;0,5л;D=145/115,H=73мм;белый</t>
   </si>
   <si>
     <t>03051951</t>
   </si>
   <si>
     <t>ИГК 23.500</t>
   </si>
   <si>
     <t>8316.00₸</t>
   </si>
   <si>
+    <t>24 шт.</t>
+  </si>
+  <si>
     <t>Горшок для запекания «Белая» Классический без крышки;фарфор;0,5л;D=145/115,H=73мм;белый</t>
   </si>
   <si>
     <t>03051952</t>
   </si>
   <si>
     <t>ИГК 23.500БК</t>
   </si>
   <si>
     <t>5729.00₸</t>
   </si>
   <si>
     <t>Горшок для запекания «Старина»;керамика;0,7л;D=15,H=9см;коричнев.</t>
   </si>
   <si>
     <t>03050902</t>
   </si>
   <si>
     <t>СТР00000378</t>
   </si>
   <si>
     <t>3542.00₸</t>
+  </si>
+  <si>
+    <t>Горшок для запекания «Акварель» Классический;фарфор;0,5л;D=115/145,H=70мм;черный</t>
+  </si>
+  <si>
+    <t>03051982</t>
+  </si>
+  <si>
+    <t>ИГК 23.500.А.Ч</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -3361,62 +3367,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-dlya-gorshkov-dlya-zapekaniya-borisovskaya-keramika-03022286/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-elset-03050201/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-elset-03050202/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zharkogo-s-ruchkami-borisovskaya-keramika-03050205/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zharkogo-borisovskaya-keramika-03050208/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-elset-03050210/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-elset-03050211/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03050213/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03050214/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-03050219/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-03050220/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-03050221/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-revol-03050232/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zharkogo-borisovskaya-keramika-03050237/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-03050242/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zharkogo-s-ruchkami-borisovskaya-keramika-03050245/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zharkogo-borisovskaya-keramika-03050246/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-revol-03050260/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-tognana-03050265/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-tognana-03050267/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03050296/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-s-kryshkoy-daming-03051101/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051114/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051117/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051118/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051119/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051122/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051123/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051124/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051126/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051127/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051128/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051129/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051130/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051131/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051133/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051139/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051146/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051147/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051148/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051149/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051150/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051151/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051152/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051153/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051154/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051155/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051166/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051174/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051175/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051177/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051179/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051181/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051182/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zapekaniya-borisovskaya-keramika-03051183/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-s-kryshkoy-regas-03051186/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-s-kryshkoy-regas-03051187/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051193/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051195/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051196/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051199/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051702/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051703/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051704/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-prohotel-03051914/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-bashkirskii-farfor-03051946/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-bashkirskii-farfor-03051947/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-bashkirskii-farfor-03051948/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-bashkirskii-farfor-03051949/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-bashkirskii-farfor-03051950/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-bashkirskii-farfor-03051951/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-bashkirskii-farfor-03051952/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03050902/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudce-dlya-gorshkov-dlya-zapekaniya-borisovskaya-keramika-03022286/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-elset-03050201/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-elset-03050202/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zharkogo-s-ruchkami-borisovskaya-keramika-03050205/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zharkogo-borisovskaya-keramika-03050208/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-elset-03050210/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-elset-03050211/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03050213/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03050214/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-03050219/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-03050220/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-03050221/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-revol-03050232/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zharkogo-borisovskaya-keramika-03050237/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-03050242/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zharkogo-s-ruchkami-borisovskaya-keramika-03050245/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zharkogo-borisovskaya-keramika-03050246/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-revol-03050260/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-tognana-03050265/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-tognana-03050267/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03050296/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-s-kryshkoy-daming-03051101/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051114/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051117/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051118/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051119/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051122/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051123/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051124/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051126/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051127/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051128/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051129/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051130/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051131/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051133/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051139/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051146/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051147/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051148/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051149/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051150/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051151/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051152/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051153/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051154/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051155/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051166/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051174/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051175/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051177/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051179/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051181/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051182/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zapekaniya-borisovskaya-keramika-03051183/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-s-kryshkoy-regas-03051186/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-s-kryshkoy-regas-03051187/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051193/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051195/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051196/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051199/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051702/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051703/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03051704/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-prohotel-03051914/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-bashkirskii-farfor-03051946/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-bashkirskii-farfor-03051947/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-bashkirskii-farfor-03051948/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-bashkirskii-farfor-03051949/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-bashkirskii-farfor-03051950/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-bashkirskii-farfor-03051951/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-bashkirskii-farfor-03051952/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-borisovskaya-keramika-03050902/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-bashkirskii-farfor-03051982/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L74"/>
+  <dimension ref="A1:L75"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I74" sqref="I74"/>
+      <selection activeCell="I75" sqref="I75"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -3581,145 +3587,145 @@
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>34</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>35</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>36</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="L6" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D7" s="0"/>
       <c r="E7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="0">
         <v>32</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>48</v>
+        <v>37</v>
       </c>
       <c r="L9" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>50</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
@@ -3864,346 +3870,346 @@
         <v>71</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>72</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>73</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="0" t="s">
         <v>74</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>75</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>76</v>
+        <v>37</v>
       </c>
       <c r="L15" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="B16" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="D16" s="0">
         <v>3675</v>
       </c>
       <c r="E16" s="0"/>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>56</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>79</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="G17" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H17" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I17" s="1" t="s">
         <v>82</v>
-      </c>
-[...7 lines deleted...]
-        <v>83</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="L17" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>85</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="D18" s="0" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>76</v>
+        <v>37</v>
       </c>
       <c r="L18" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="D19" s="0">
         <v>642213</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>67</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>69</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>93</v>
       </c>
-      <c r="C20" s="0" t="s">
+      <c r="D20" s="0" t="s">
         <v>94</v>
       </c>
-      <c r="D20" s="0" t="s">
+      <c r="E20" s="0" t="s">
         <v>95</v>
       </c>
-      <c r="E20" s="0" t="s">
+      <c r="F20" s="0" t="s">
         <v>96</v>
       </c>
-      <c r="F20" s="0" t="s">
+      <c r="G20" s="0" t="s">
         <v>97</v>
       </c>
-      <c r="G20" s="0" t="s">
+      <c r="H20" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I20" s="1" t="s">
         <v>98</v>
-      </c>
-[...4 lines deleted...]
-        <v>99</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>100</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="D21" s="0" t="s">
         <v>101</v>
       </c>
-      <c r="D21" s="0" t="s">
+      <c r="E21" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="F21" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="G21" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="H21" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I21" s="1" t="s">
         <v>102</v>
-      </c>
-[...13 lines deleted...]
-        <v>103</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>104</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="D22" s="0" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>76</v>
+        <v>37</v>
       </c>
       <c r="L22" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="C23" s="0" t="s">
+      <c r="D23" s="0" t="s">
         <v>109</v>
       </c>
-      <c r="D23" s="0" t="s">
+      <c r="E23" s="0" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="H23" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I23" s="1" t="s">
         <v>112</v>
-      </c>
-[...4 lines deleted...]
-        <v>113</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="L23" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>115</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="D24" s="0" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>48</v>
+        <v>118</v>
       </c>
       <c r="L24" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
         <v>119</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>120</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>121</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="0" t="s">
         <v>122</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>16</v>
       </c>
@@ -4223,51 +4229,51 @@
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
         <v>124</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>125</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>126</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="0" t="s">
         <v>122</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
         <v>127</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>128</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>129</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="0" t="s">
         <v>122</v>
@@ -4329,719 +4335,719 @@
         <v>137</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>138</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>139</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="0" t="s">
         <v>134</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>140</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="L29" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
         <v>141</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>142</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>143</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="0" t="s">
         <v>134</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
         <v>31</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>48</v>
+        <v>144</v>
       </c>
       <c r="L30" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>48</v>
+        <v>150</v>
       </c>
       <c r="L31" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L32" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L33" s="0"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L34" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>163</v>
+        <v>37</v>
       </c>
       <c r="L35" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L36" s="0"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="G37" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L37" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L38" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="L39" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>187</v>
+        <v>19</v>
       </c>
       <c r="L40" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
         <v>188</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>189</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>190</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="G41" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="1" t="s">
         <v>191</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>32</v>
+        <v>192</v>
       </c>
       <c r="L41" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="1" t="s">
         <v>140</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>195</v>
+        <v>150</v>
       </c>
       <c r="L42" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
         <v>196</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>197</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>198</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="0" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I43" s="1" t="s">
         <v>199</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>48</v>
+        <v>200</v>
       </c>
       <c r="L43" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F44" s="0" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="G44" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>204</v>
+        <v>191</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>205</v>
       </c>
       <c r="L44" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
         <v>206</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>207</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>208</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="0" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="1" t="s">
         <v>140</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>48</v>
+        <v>37</v>
       </c>
       <c r="L45" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
         <v>209</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>210</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>211</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="G46" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="1" t="s">
         <v>199</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>76</v>
+        <v>212</v>
       </c>
       <c r="L46" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L47" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>219</v>
+        <v>83</v>
       </c>
       <c r="L48" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
         <v>220</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>221</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>222</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F49" s="0" t="s">
         <v>223</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="1" t="s">
         <v>224</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>76</v>
+        <v>37</v>
       </c>
       <c r="L49" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="B50" s="0" t="s">
         <v>225</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>226</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>227</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F50" s="0" t="s">
         <v>228</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H50" s="0" t="s">
@@ -5217,654 +5223,685 @@
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
         <v>251</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>252</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>253</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I56" s="1" t="s">
         <v>254</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>255</v>
+        <v>19</v>
       </c>
       <c r="L56" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
+        <v>255</v>
+      </c>
+      <c r="C57" s="0" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
       <c r="D57" s="0">
         <v>13109</v>
       </c>
       <c r="E57" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="F57" s="0" t="s">
         <v>258</v>
       </c>
-      <c r="F57" s="0" t="s">
+      <c r="G57" s="0" t="s">
         <v>259</v>
       </c>
-      <c r="G57" s="0" t="s">
+      <c r="H57" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I57" s="1" t="s">
         <v>260</v>
-      </c>
-[...4 lines deleted...]
-        <v>261</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L57" s="0"/>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
+        <v>261</v>
+      </c>
+      <c r="C58" s="0" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
       <c r="D58" s="0">
         <v>13089</v>
       </c>
       <c r="E58" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="F58" s="0" t="s">
         <v>258</v>
       </c>
-      <c r="F58" s="0" t="s">
+      <c r="G58" s="0" t="s">
         <v>259</v>
       </c>
-      <c r="G58" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H58" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L58" s="0"/>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
+        <v>264</v>
+      </c>
+      <c r="C59" s="0" t="s">
         <v>265</v>
       </c>
-      <c r="C59" s="0" t="s">
+      <c r="D59" s="0" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>32</v>
+        <v>83</v>
       </c>
       <c r="L59" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="B60" s="0" t="s">
+        <v>268</v>
+      </c>
+      <c r="C60" s="0" t="s">
         <v>269</v>
       </c>
-      <c r="C60" s="0" t="s">
+      <c r="D60" s="0" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>255</v>
+        <v>19</v>
       </c>
       <c r="L60" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
+        <v>272</v>
+      </c>
+      <c r="C61" s="0" t="s">
         <v>273</v>
       </c>
-      <c r="C61" s="0" t="s">
+      <c r="D61" s="0" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L61" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="C62" s="0" t="s">
         <v>276</v>
       </c>
-      <c r="C62" s="0" t="s">
+      <c r="D62" s="0" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I62" s="1" t="s">
         <v>224</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>76</v>
+        <v>37</v>
       </c>
       <c r="L62" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
+        <v>279</v>
+      </c>
+      <c r="C63" s="0" t="s">
         <v>280</v>
       </c>
-      <c r="C63" s="0" t="s">
+      <c r="D63" s="0" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F63" s="0" t="s">
+        <v>282</v>
+      </c>
+      <c r="G63" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H63" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I63" s="1" t="s">
         <v>283</v>
-      </c>
-[...7 lines deleted...]
-        <v>284</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="L63" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
+        <v>284</v>
+      </c>
+      <c r="C64" s="0" t="s">
         <v>285</v>
       </c>
-      <c r="C64" s="0" t="s">
+      <c r="D64" s="0" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F64" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="G64" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H64" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I64" s="1" t="s">
         <v>288</v>
-      </c>
-[...7 lines deleted...]
-        <v>289</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="L64" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="C65" s="0" t="s">
         <v>291</v>
       </c>
-      <c r="C65" s="0" t="s">
+      <c r="D65" s="0" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F65" s="0" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>76</v>
+        <v>37</v>
       </c>
       <c r="L65" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
+        <v>294</v>
+      </c>
+      <c r="C66" s="0" t="s">
         <v>295</v>
       </c>
-      <c r="C66" s="0" t="s">
+      <c r="D66" s="0" t="s">
         <v>296</v>
       </c>
-      <c r="D66" s="0" t="s">
+      <c r="E66" s="0" t="s">
         <v>297</v>
       </c>
-      <c r="E66" s="0" t="s">
+      <c r="F66" s="0" t="s">
         <v>298</v>
       </c>
-      <c r="F66" s="0" t="s">
+      <c r="G66" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="H66" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I66" s="1" t="s">
         <v>299</v>
-      </c>
-[...7 lines deleted...]
-        <v>300</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>76</v>
+        <v>37</v>
       </c>
       <c r="L66" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
+        <v>300</v>
+      </c>
+      <c r="C67" s="0" t="s">
         <v>301</v>
       </c>
-      <c r="C67" s="0" t="s">
+      <c r="D67" s="0" t="s">
         <v>302</v>
       </c>
-      <c r="D67" s="0" t="s">
+      <c r="E67" s="0" t="s">
         <v>303</v>
       </c>
-      <c r="E67" s="0" t="s">
+      <c r="F67" s="0" t="s">
         <v>304</v>
       </c>
-      <c r="F67" s="0" t="s">
+      <c r="G67" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H67" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I67" s="1" t="s">
         <v>305</v>
-      </c>
-[...7 lines deleted...]
-        <v>306</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>48</v>
+        <v>150</v>
       </c>
       <c r="L67" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
+        <v>306</v>
+      </c>
+      <c r="C68" s="0" t="s">
         <v>307</v>
       </c>
-      <c r="C68" s="0" t="s">
+      <c r="D68" s="0" t="s">
         <v>308</v>
       </c>
-      <c r="D68" s="0" t="s">
+      <c r="E68" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="F68" s="0" t="s">
         <v>309</v>
       </c>
-      <c r="E68" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F68" s="0" t="s">
+      <c r="G68" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H68" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I68" s="1" t="s">
         <v>310</v>
-      </c>
-[...7 lines deleted...]
-        <v>311</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>32</v>
+        <v>83</v>
       </c>
       <c r="L68" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
+        <v>311</v>
+      </c>
+      <c r="C69" s="0" t="s">
         <v>312</v>
       </c>
-      <c r="C69" s="0" t="s">
+      <c r="D69" s="0" t="s">
         <v>313</v>
       </c>
-      <c r="D69" s="0" t="s">
+      <c r="E69" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="F69" s="0" t="s">
+        <v>309</v>
+      </c>
+      <c r="G69" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H69" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I69" s="1" t="s">
         <v>314</v>
-      </c>
-[...13 lines deleted...]
-        <v>315</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>114</v>
+        <v>83</v>
       </c>
       <c r="L69" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
+        <v>315</v>
+      </c>
+      <c r="C70" s="0" t="s">
         <v>316</v>
       </c>
-      <c r="C70" s="0" t="s">
+      <c r="D70" s="0" t="s">
         <v>317</v>
       </c>
-      <c r="D70" s="0" t="s">
+      <c r="E70" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="F70" s="0" t="s">
         <v>318</v>
       </c>
-      <c r="E70" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F70" s="0" t="s">
+      <c r="G70" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H70" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I70" s="1" t="s">
         <v>319</v>
-      </c>
-[...7 lines deleted...]
-        <v>320</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>321</v>
+        <v>200</v>
       </c>
       <c r="L70" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
+        <v>320</v>
+      </c>
+      <c r="C71" s="0" t="s">
+        <v>321</v>
+      </c>
+      <c r="D71" s="0" t="s">
         <v>322</v>
       </c>
-      <c r="C71" s="0" t="s">
+      <c r="E71" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="F71" s="0" t="s">
+        <v>318</v>
+      </c>
+      <c r="G71" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H71" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I71" s="1" t="s">
         <v>323</v>
-      </c>
-[...16 lines deleted...]
-        <v>325</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>76</v>
+        <v>37</v>
       </c>
       <c r="L71" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
+        <v>324</v>
+      </c>
+      <c r="C72" s="0" t="s">
+        <v>325</v>
+      </c>
+      <c r="D72" s="0" t="s">
         <v>326</v>
       </c>
-      <c r="C72" s="0" t="s">
+      <c r="E72" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="F72" s="0" t="s">
+        <v>318</v>
+      </c>
+      <c r="G72" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H72" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I72" s="1" t="s">
         <v>327</v>
-      </c>
-[...16 lines deleted...]
-        <v>329</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>19</v>
+        <v>328</v>
       </c>
       <c r="L72" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="C73" s="0" t="s">
         <v>330</v>
       </c>
-      <c r="C73" s="0" t="s">
+      <c r="D73" s="0" t="s">
         <v>331</v>
       </c>
-      <c r="D73" s="0" t="s">
+      <c r="E73" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="F73" s="0" t="s">
+        <v>318</v>
+      </c>
+      <c r="G73" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H73" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I73" s="1" t="s">
         <v>332</v>
-      </c>
-[...13 lines deleted...]
-        <v>333</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>76</v>
+        <v>37</v>
       </c>
       <c r="L73" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
+        <v>333</v>
+      </c>
+      <c r="C74" s="0" t="s">
         <v>334</v>
       </c>
-      <c r="C74" s="0" t="s">
+      <c r="D74" s="0" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>336</v>
       </c>
       <c r="E74" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L74" s="0">
         <v>12</v>
       </c>
+    </row>
+    <row r="75" spans="1:12" customHeight="1" ht="80">
+      <c r="B75" s="0" t="s">
+        <v>337</v>
+      </c>
+      <c r="C75" s="0" t="s">
+        <v>338</v>
+      </c>
+      <c r="D75" s="0" t="s">
+        <v>339</v>
+      </c>
+      <c r="E75" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="F75" s="0" t="s">
+        <v>309</v>
+      </c>
+      <c r="G75" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H75" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I75" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="J75" s="0"/>
+      <c r="K75" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L75" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -5898,50 +5935,51 @@
     <hyperlink ref="B50" r:id="rId_hyperlink_49"/>
     <hyperlink ref="B51" r:id="rId_hyperlink_50"/>
     <hyperlink ref="B52" r:id="rId_hyperlink_51"/>
     <hyperlink ref="B53" r:id="rId_hyperlink_52"/>
     <hyperlink ref="B54" r:id="rId_hyperlink_53"/>
     <hyperlink ref="B55" r:id="rId_hyperlink_54"/>
     <hyperlink ref="B56" r:id="rId_hyperlink_55"/>
     <hyperlink ref="B57" r:id="rId_hyperlink_56"/>
     <hyperlink ref="B58" r:id="rId_hyperlink_57"/>
     <hyperlink ref="B59" r:id="rId_hyperlink_58"/>
     <hyperlink ref="B60" r:id="rId_hyperlink_59"/>
     <hyperlink ref="B61" r:id="rId_hyperlink_60"/>
     <hyperlink ref="B62" r:id="rId_hyperlink_61"/>
     <hyperlink ref="B63" r:id="rId_hyperlink_62"/>
     <hyperlink ref="B64" r:id="rId_hyperlink_63"/>
     <hyperlink ref="B65" r:id="rId_hyperlink_64"/>
     <hyperlink ref="B66" r:id="rId_hyperlink_65"/>
     <hyperlink ref="B67" r:id="rId_hyperlink_66"/>
     <hyperlink ref="B68" r:id="rId_hyperlink_67"/>
     <hyperlink ref="B69" r:id="rId_hyperlink_68"/>
     <hyperlink ref="B70" r:id="rId_hyperlink_69"/>
     <hyperlink ref="B71" r:id="rId_hyperlink_70"/>
     <hyperlink ref="B72" r:id="rId_hyperlink_71"/>
     <hyperlink ref="B73" r:id="rId_hyperlink_72"/>
     <hyperlink ref="B74" r:id="rId_hyperlink_73"/>
+    <hyperlink ref="B75" r:id="rId_hyperlink_74"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>