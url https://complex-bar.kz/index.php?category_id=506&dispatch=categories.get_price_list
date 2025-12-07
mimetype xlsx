--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="248">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="247">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -188,51 +188,51 @@
   <si>
     <t>С187</t>
   </si>
   <si>
     <t>1192.00₸</t>
   </si>
   <si>
     <t>Кокотница «М18»;сталь нерж.;110мл;D=6,H=5,L=14см;металлич.</t>
   </si>
   <si>
     <t>03050805</t>
   </si>
   <si>
     <t>5365/С242П47</t>
   </si>
   <si>
     <t>Nytva</t>
   </si>
   <si>
     <t>М18</t>
   </si>
   <si>
     <t>3042.00₸</t>
   </si>
   <si>
-    <t>50 шт.</t>
+    <t>40 шт.</t>
   </si>
   <si>
     <t>Кокотница;сталь нерж.;85мл;D=70,H=35,L=145мм;металлич.</t>
   </si>
   <si>
     <t>03050806</t>
   </si>
   <si>
     <t>871.00₸</t>
   </si>
   <si>
     <t>Кокотница «Соня»;сталь нерж.;90мл;D=70,H=35,L=130мм;металлич.</t>
   </si>
   <si>
     <t>03050807</t>
   </si>
   <si>
     <t>K482172</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>Sonya</t>
   </si>
@@ -317,315 +317,312 @@
   <si>
     <t>Кокотница «Проотель»;сталь нерж.;90мл;D=72,H=30,L=130мм</t>
   </si>
   <si>
     <t>03050817</t>
   </si>
   <si>
     <t>COCO71</t>
   </si>
   <si>
     <t>1379.00₸</t>
   </si>
   <si>
     <t>Кокотница «Проотель»;сталь нерж.;100мл;D=82,H=30,L=170мм</t>
   </si>
   <si>
     <t>03050818</t>
   </si>
   <si>
     <t>COCO82</t>
   </si>
   <si>
     <t>1736.00₸</t>
   </si>
   <si>
-    <t>2 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Кокотница «Проотель»;сталь нерж.;110мл;D=9,H=3,L=17см</t>
   </si>
   <si>
     <t>03050819</t>
   </si>
   <si>
     <t>COCO89</t>
   </si>
   <si>
     <t>1596.00₸</t>
   </si>
   <si>
+    <t>Кокотница «Проотель»;сталь нерж.;160мл;D=95,H=30,L=180мм</t>
+  </si>
+  <si>
+    <t>03050820</t>
+  </si>
+  <si>
+    <t>COCO95</t>
+  </si>
+  <si>
+    <t>2058.00₸</t>
+  </si>
+  <si>
+    <t>Кокотница «Эйвбери ред»;керамика;190мл;D=11см;белый,красный</t>
+  </si>
+  <si>
+    <t>03050821</t>
+  </si>
+  <si>
+    <t>CT6103</t>
+  </si>
+  <si>
+    <t>Utopia</t>
+  </si>
+  <si>
+    <t>Avebury Red</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
+  </si>
+  <si>
+    <t>5537.00₸</t>
+  </si>
+  <si>
+    <t>Кокотница «Поттерс»;фарфор;256мл;D=10,2,L=13,6см</t>
+  </si>
+  <si>
+    <t>03050822</t>
+  </si>
+  <si>
+    <t>6121RG014</t>
+  </si>
+  <si>
+    <t>Robert Gordon</t>
+  </si>
+  <si>
+    <t>Potters</t>
+  </si>
+  <si>
+    <t>9079.00₸</t>
+  </si>
+  <si>
+    <t>Кокотница «Сонет»;сталь нерж.;120мл;D=8,H=3,L=17см;металлич.</t>
+  </si>
+  <si>
+    <t>03051303</t>
+  </si>
+  <si>
+    <t>С187/2</t>
+  </si>
+  <si>
+    <t>2064.00₸</t>
+  </si>
+  <si>
+    <t>Кокотница «Новинка»;сталь нерж.;90мл;D=70,H=35,L=140мм;металлич.</t>
+  </si>
+  <si>
+    <t>03051304</t>
+  </si>
+  <si>
+    <t>С187/1</t>
+  </si>
+  <si>
+    <t>Novinka</t>
+  </si>
+  <si>
+    <t>1664.00₸</t>
+  </si>
+  <si>
+    <t>Кокотница «М18»;сталь нерж.;150мл;D=9,H=3,L=17см;металлич.</t>
+  </si>
+  <si>
+    <t>03051305</t>
+  </si>
+  <si>
+    <t>5363/С244П47</t>
+  </si>
+  <si>
+    <t>2734.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Кокотница;фарфор;200мл;D=105,H=45,L=165мм;белый</t>
+  </si>
+  <si>
+    <t>03051306</t>
+  </si>
+  <si>
+    <t>13083.00₸</t>
+  </si>
+  <si>
+    <t>Кокотница;сталь нерж.;110мл;D=8,H=4,L=16см;металлич.</t>
+  </si>
+  <si>
+    <t>03051307</t>
+  </si>
+  <si>
+    <t>1017.00₸</t>
+  </si>
+  <si>
+    <t>Кокотница «Кунстверк»;фарфор;115мл;D=90,H=32,L=155мм;белый</t>
+  </si>
+  <si>
+    <t>03051312</t>
+  </si>
+  <si>
+    <t>A12338</t>
+  </si>
+  <si>
+    <t>1351.00₸</t>
+  </si>
+  <si>
+    <t>Кокотница «Элеганс»;сталь нерж.,медь;280мл</t>
+  </si>
+  <si>
+    <t>03051315</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>Elegance</t>
+  </si>
+  <si>
+    <t>87141.00₸</t>
+  </si>
+  <si>
+    <t>Кокотница с ручками;фарфор;40мл;D=63,H=30,L=70мм;белый</t>
+  </si>
+  <si>
+    <t>03051316</t>
+  </si>
+  <si>
+    <t>3643.00₸</t>
+  </si>
+  <si>
+    <t>Кокотница «Ностальгия»;керамика;200мл;D=120,H=45мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03051319</t>
+  </si>
+  <si>
+    <t>ЧУГ14457904</t>
+  </si>
+  <si>
+    <t>Борисовская Керамика</t>
+  </si>
+  <si>
+    <t>Чугун</t>
+  </si>
+  <si>
+    <t>1186.00₸</t>
+  </si>
+  <si>
+    <t>Кокотница «Ностальгия»;керамика;200мл;D=120,H=43мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03051320</t>
+  </si>
+  <si>
+    <t>ОБЧ14457902</t>
+  </si>
+  <si>
+    <t>1579.00₸</t>
+  </si>
+  <si>
+    <t>Кокотница №1;керамика;180мл;D=9,H=5см;черный</t>
+  </si>
+  <si>
+    <t>03051321</t>
+  </si>
+  <si>
+    <t>ЧУГ00000415</t>
+  </si>
+  <si>
+    <t>1425.00₸</t>
+  </si>
+  <si>
+    <t>Кокотница «Тирамису»;керамика;250мл;D=9,H=7см</t>
+  </si>
+  <si>
+    <t>03051322</t>
+  </si>
+  <si>
+    <t>ТИР00004856</t>
+  </si>
+  <si>
+    <t>Тирамису</t>
+  </si>
+  <si>
+    <t>1833.00₸</t>
+  </si>
+  <si>
+    <t>Кокотница «Скандинавия»;керамика;250мл;D=9,H=7см;голуб.</t>
+  </si>
+  <si>
+    <t>03051323</t>
+  </si>
+  <si>
+    <t>СНД00009628</t>
+  </si>
+  <si>
+    <t>Скандинавия</t>
+  </si>
+  <si>
+    <t>2195.00₸</t>
+  </si>
+  <si>
+    <t>18 шт.</t>
+  </si>
+  <si>
+    <t>Кокотница «Синий крафт» с крышкой;керамика;200мл;голуб.</t>
+  </si>
+  <si>
+    <t>03051324</t>
+  </si>
+  <si>
+    <t>КРФ00012588</t>
+  </si>
+  <si>
+    <t>Синий Крафт</t>
+  </si>
+  <si>
+    <t>1972.00₸</t>
+  </si>
+  <si>
+    <t>Кокотница «Новарусса»;керамика;250мл;коричнев.</t>
+  </si>
+  <si>
+    <t>03051325</t>
+  </si>
+  <si>
+    <t>МРМ14458143</t>
+  </si>
+  <si>
+    <t>Мрамор</t>
+  </si>
+  <si>
     <t>1 шт.</t>
-  </si>
-[...247 lines deleted...]
-    <t>Мрамор</t>
   </si>
   <si>
     <t>Кокотница «Маренго»;керамика;180мл;D=15см;черный,серый</t>
   </si>
   <si>
     <t>03051326</t>
   </si>
   <si>
     <t>МАР00011598</t>
   </si>
   <si>
     <t>Маренго</t>
   </si>
   <si>
     <t>1402.00₸</t>
   </si>
   <si>
     <t>Кокотница «Маренго»;керамика;250мл;D=9см;черный,серый</t>
   </si>
   <si>
     <t>03051327</t>
   </si>
   <si>
     <t>МАР00011599</t>
   </si>
@@ -3143,1080 +3140,1080 @@
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
         <v>96</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>97</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>98</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>64</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>89</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>99</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="L18" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>101</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="D19" s="0" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>64</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>89</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>105</v>
+        <v>91</v>
       </c>
       <c r="L19" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="C20" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="D20" s="0" t="s">
         <v>106</v>
-      </c>
-[...4 lines deleted...]
-        <v>108</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>64</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>89</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>91</v>
       </c>
       <c r="L20" s="0">
         <v>144</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="C21" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="D21" s="0" t="s">
         <v>110</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="E21" s="0" t="s">
         <v>111</v>
       </c>
-      <c r="D21" s="0" t="s">
+      <c r="F21" s="0" t="s">
         <v>112</v>
       </c>
-      <c r="E21" s="0" t="s">
+      <c r="G21" s="0" t="s">
         <v>113</v>
       </c>
-      <c r="F21" s="0" t="s">
+      <c r="H21" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I21" s="1" t="s">
         <v>114</v>
-      </c>
-[...7 lines deleted...]
-        <v>116</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L21" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="C22" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="D22" s="0" t="s">
         <v>117</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="E22" s="0" t="s">
         <v>118</v>
       </c>
-      <c r="D22" s="0" t="s">
+      <c r="F22" s="0" t="s">
         <v>119</v>
       </c>
-      <c r="E22" s="0" t="s">
+      <c r="G22" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="H22" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I22" s="1" t="s">
         <v>120</v>
-      </c>
-[...10 lines deleted...]
-        <v>122</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L22" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="C23" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="D23" s="0" t="s">
         <v>123</v>
-      </c>
-[...4 lines deleted...]
-        <v>125</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F23" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L23" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="D24" s="0" t="s">
         <v>127</v>
-      </c>
-[...4 lines deleted...]
-        <v>129</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L24" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="C25" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="D25" s="0" t="s">
         <v>132</v>
-      </c>
-[...4 lines deleted...]
-        <v>134</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F25" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="L25" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="D26" s="0">
         <v>615640</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L26" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="D27" s="0">
         <v>0.15</v>
       </c>
       <c r="E27" s="0"/>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L27" s="0">
         <v>130</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="D28" s="0" t="s">
         <v>143</v>
-      </c>
-[...4 lines deleted...]
-        <v>145</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="0" t="s">
         <v>22</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L28" s="0">
         <v>108</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="D29" s="0">
         <v>351009</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D30" s="0">
         <v>615439</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L30" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="D31" s="0" t="s">
         <v>155</v>
       </c>
-      <c r="C31" s="0" t="s">
+      <c r="E31" s="0" t="s">
         <v>156</v>
       </c>
-      <c r="D31" s="0" t="s">
+      <c r="F31" s="0" t="s">
         <v>157</v>
-      </c>
-[...4 lines deleted...]
-        <v>159</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L31" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="D32" s="0" t="s">
         <v>161</v>
       </c>
-      <c r="C32" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E32" s="0" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>105</v>
+        <v>37</v>
       </c>
       <c r="L32" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="C33" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="D33" s="0" t="s">
         <v>165</v>
       </c>
-      <c r="C33" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E33" s="0" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="F33" s="0" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L33" s="0">
         <v>27</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="C34" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="D34" s="0" t="s">
         <v>169</v>
       </c>
-      <c r="C34" s="0" t="s">
+      <c r="E34" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="F34" s="0" t="s">
         <v>170</v>
-      </c>
-[...7 lines deleted...]
-        <v>172</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L34" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="C35" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="D35" s="0" t="s">
         <v>174</v>
       </c>
-      <c r="C35" s="0" t="s">
+      <c r="E35" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="F35" s="0" t="s">
         <v>175</v>
-      </c>
-[...7 lines deleted...]
-        <v>177</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="L35" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>178</v>
+      </c>
+      <c r="C36" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="D36" s="0" t="s">
         <v>180</v>
       </c>
-      <c r="C36" s="0" t="s">
+      <c r="E36" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="F36" s="0" t="s">
         <v>181</v>
-      </c>
-[...7 lines deleted...]
-        <v>183</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L36" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="C37" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="D37" s="0" t="s">
         <v>185</v>
       </c>
-      <c r="C37" s="0" t="s">
+      <c r="E37" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="F37" s="0" t="s">
         <v>186</v>
-      </c>
-[...7 lines deleted...]
-        <v>188</v>
       </c>
       <c r="G37" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>105</v>
+        <v>187</v>
       </c>
       <c r="L37" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="C38" s="0" t="s">
         <v>189</v>
       </c>
-      <c r="C38" s="0" t="s">
+      <c r="D38" s="0" t="s">
         <v>190</v>
       </c>
-      <c r="D38" s="0" t="s">
+      <c r="E38" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="F38" s="0" t="s">
         <v>191</v>
-      </c>
-[...4 lines deleted...]
-        <v>192</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L38" s="0">
         <v>27</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>194</v>
       </c>
-      <c r="C39" s="0" t="s">
+      <c r="D39" s="0" t="s">
         <v>195</v>
       </c>
-      <c r="D39" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E39" s="0" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="L39" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="C40" s="0" t="s">
         <v>198</v>
       </c>
-      <c r="C40" s="0" t="s">
+      <c r="D40" s="0" t="s">
         <v>199</v>
       </c>
-      <c r="D40" s="0" t="s">
+      <c r="E40" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="F40" s="0" t="s">
         <v>200</v>
-      </c>
-[...4 lines deleted...]
-        <v>201</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L40" s="0">
         <v>27</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="C41" s="0" t="s">
         <v>203</v>
       </c>
-      <c r="C41" s="0" t="s">
+      <c r="D41" s="0" t="s">
         <v>204</v>
       </c>
-      <c r="D41" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E41" s="0" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="G41" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="L41" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="B42" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="C42" s="0" t="s">
         <v>207</v>
       </c>
-      <c r="C42" s="0" t="s">
+      <c r="D42" s="0" t="s">
         <v>208</v>
       </c>
-      <c r="D42" s="0" t="s">
+      <c r="E42" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="F42" s="0" t="s">
         <v>209</v>
-      </c>
-[...4 lines deleted...]
-        <v>210</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L42" s="0"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="C43" s="0" t="s">
         <v>212</v>
       </c>
-      <c r="C43" s="0" t="s">
+      <c r="D43" s="0" t="s">
         <v>213</v>
       </c>
-      <c r="D43" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E43" s="0" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L43" s="0">
         <v>27</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="C44" s="0" t="s">
         <v>216</v>
       </c>
-      <c r="C44" s="0" t="s">
+      <c r="D44" s="0" t="s">
         <v>217</v>
       </c>
-      <c r="D44" s="0" t="s">
+      <c r="E44" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="F44" s="0" t="s">
         <v>218</v>
-      </c>
-[...4 lines deleted...]
-        <v>219</v>
       </c>
       <c r="G44" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L44" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="C45" s="0" t="s">
         <v>220</v>
       </c>
-      <c r="C45" s="0" t="s">
+      <c r="D45" s="0" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>64</v>
       </c>
       <c r="F45" s="0" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>91</v>
+        <v>134</v>
       </c>
       <c r="L45" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="C46" s="0" t="s">
         <v>225</v>
       </c>
-      <c r="C46" s="0" t="s">
+      <c r="D46" s="0" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>64</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="G46" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>136</v>
+        <v>18</v>
       </c>
       <c r="L46" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
+        <v>228</v>
+      </c>
+      <c r="C47" s="0" t="s">
         <v>229</v>
       </c>
-      <c r="C47" s="0" t="s">
+      <c r="D47" s="0" t="s">
         <v>230</v>
       </c>
-      <c r="D47" s="0" t="s">
+      <c r="E47" s="0" t="s">
         <v>231</v>
       </c>
-      <c r="E47" s="0" t="s">
+      <c r="F47" s="0" t="s">
         <v>232</v>
       </c>
-      <c r="F47" s="0" t="s">
+      <c r="G47" s="0" t="s">
         <v>233</v>
       </c>
-      <c r="G47" s="0" t="s">
+      <c r="H47" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I47" s="1" t="s">
         <v>234</v>
-      </c>
-[...4 lines deleted...]
-        <v>235</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L47" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>235</v>
+      </c>
+      <c r="C48" s="0" t="s">
         <v>236</v>
       </c>
-      <c r="C48" s="0" t="s">
+      <c r="D48" s="0" t="s">
         <v>237</v>
       </c>
-      <c r="D48" s="0" t="s">
+      <c r="E48" s="0" t="s">
         <v>238</v>
       </c>
-      <c r="E48" s="0" t="s">
+      <c r="F48" s="0" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>42</v>
+        <v>187</v>
       </c>
       <c r="L48" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>241</v>
+      </c>
+      <c r="C49" s="0" t="s">
         <v>242</v>
       </c>
-      <c r="C49" s="0" t="s">
+      <c r="D49" s="0" t="s">
         <v>243</v>
       </c>
-      <c r="D49" s="0" t="s">
+      <c r="E49" s="0" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="H49" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I49" s="1" t="s">
         <v>246</v>
-      </c>
-[...4 lines deleted...]
-        <v>247</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L49" s="0">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>