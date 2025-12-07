--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -73,185 +73,182 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Тажин «Революшн» без крышки;керамика;3л;D=32,H=7см;белый</t>
   </si>
   <si>
     <t>03050677</t>
   </si>
   <si>
     <t>Revol</t>
   </si>
   <si>
     <t>Revolution 2</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>Тажины</t>
   </si>
   <si>
     <t>168315.00₸</t>
   </si>
   <si>
-    <t>1 шт.</t>
+    <t>0 шт.</t>
   </si>
   <si>
     <t>Тажин с крышкой;керамика;0,5л;D=18,H=15см;красный</t>
   </si>
   <si>
     <t>03050685</t>
   </si>
   <si>
     <t>№3КРС14456975</t>
   </si>
   <si>
     <t>Борисовская Керамика</t>
   </si>
   <si>
     <t>Красная Cерия</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>7700.00₸</t>
   </si>
   <si>
     <t>2 шт.</t>
   </si>
   <si>
     <t>Тажин с крышкой;керамика;0,5л;D=18,H=15см;кораллов.</t>
   </si>
   <si>
     <t>03050686</t>
   </si>
   <si>
     <t>№3РАД14456947</t>
   </si>
   <si>
     <t>Радуга</t>
   </si>
   <si>
     <t>5660.00₸</t>
   </si>
   <si>
-    <t>0 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Тажин с крышкой;керамика;1л;D=22,H=17,5см;красный</t>
   </si>
   <si>
     <t>03050687</t>
   </si>
   <si>
     <t>№2 КРС00000748</t>
   </si>
   <si>
     <t>22484.00₸</t>
   </si>
   <si>
-    <t>21 шт.</t>
+    <t>44 шт.</t>
   </si>
   <si>
     <t>Тажин «Тирамису» с крышкой;керамика;0,5л;D=18,H=15см</t>
   </si>
   <si>
     <t>03050689</t>
   </si>
   <si>
     <t>ТИР00005484</t>
   </si>
   <si>
     <t>Тирамису</t>
   </si>
   <si>
     <t>6353.00₸</t>
   </si>
   <si>
     <t>Тажин «Скандинавия» с крышкой;керамика;0,5л;D=18,H=15см;голуб.</t>
   </si>
   <si>
     <t>03050690</t>
   </si>
   <si>
     <t>СНД00009618</t>
   </si>
   <si>
     <t>Скандинавия</t>
   </si>
   <si>
     <t>6815.00₸</t>
   </si>
   <si>
+    <t>Тажин с крышкой;керамика;0,5л;D=18,H=15см;в ассорт.</t>
+  </si>
+  <si>
+    <t>03050692</t>
+  </si>
+  <si>
+    <t>РАД14456947</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Тажин «Пинки» с крышкой;керамика;0,5л;серый</t>
+  </si>
+  <si>
+    <t>03050693</t>
+  </si>
+  <si>
+    <t>ПИН00011606</t>
+  </si>
+  <si>
+    <t>Пинки</t>
+  </si>
+  <si>
+    <t>7392.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Тажин «Маренго» с крышкой;керамика;0,5л</t>
+  </si>
+  <si>
+    <t>03050694</t>
+  </si>
+  <si>
+    <t>МАР00011595</t>
+  </si>
+  <si>
+    <t>Маренго</t>
+  </si>
+  <si>
     <t>более 100 шт.</t>
   </si>
   <si>
-    <t>Тажин с крышкой;керамика;0,5л;D=18,H=15см;в ассорт.</t>
-[...40 lines deleted...]
-  <si>
     <t>Тажин с крышкой;керамика;2,5л;D=28,5,H=23см;оранжев.,тем.корич.</t>
   </si>
   <si>
     <t>03050696</t>
   </si>
   <si>
     <t>ОРП00009125</t>
   </si>
   <si>
     <t>26897.00₸</t>
   </si>
   <si>
     <t>Тажин «Революшн 2» с крышкой;керамика;3л;D=32,H=21,5см;черный,матовый</t>
   </si>
   <si>
     <t>03050697</t>
   </si>
   <si>
     <t>179980.00₸</t>
   </si>
   <si>
     <t>Тажин с крышкой;керамика;0,8л;D=20,H=19см;черный</t>
   </si>
   <si>
     <t>03051901</t>
@@ -317,50 +314,53 @@
     <t>Tajin Colors</t>
   </si>
   <si>
     <t>34820.00₸</t>
   </si>
   <si>
     <t>Тажин с крышкой;керамика;1,6л;D=28,H=21см;фиолет.</t>
   </si>
   <si>
     <t>03051908</t>
   </si>
   <si>
     <t>32541.00₸</t>
   </si>
   <si>
     <t>Тажин с крышкой №1 «Скандинавия»;керамика;2,5л;,H=23,B=28,5см;голуб.</t>
   </si>
   <si>
     <t>03051909</t>
   </si>
   <si>
     <t>СНД00013078</t>
   </si>
   <si>
     <t>30069.00₸</t>
+  </si>
+  <si>
+    <t>19 шт.</t>
   </si>
   <si>
     <t>Тажин «Каракум» с крышкой;керамика;0,5л;D=17,5,H=15см;бежев.</t>
   </si>
   <si>
     <t>03050903</t>
   </si>
   <si>
     <t>КАР00025906</t>
   </si>
   <si>
     <t>Каракум</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -1445,613 +1445,613 @@
         <v>28</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>30</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F4" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G4" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="L4" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="C5" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="C5" s="0" t="s">
+      <c r="D5" s="0" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F5" s="0" t="s">
         <v>24</v>
       </c>
       <c r="G5" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="L5" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="C6" s="0" t="s">
         <v>39</v>
       </c>
-      <c r="C6" s="0" t="s">
+      <c r="D6" s="0" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F6" s="0" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="G6" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="L6" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="C7" s="0" t="s">
         <v>44</v>
       </c>
-      <c r="C7" s="0" t="s">
+      <c r="D7" s="0" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="0" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="G7" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>49</v>
+        <v>19</v>
       </c>
       <c r="L7" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="C8" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="D8" s="0" t="s">
         <v>50</v>
-      </c>
-[...4 lines deleted...]
-        <v>52</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="L8" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="C9" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="D9" s="0" t="s">
         <v>54</v>
-      </c>
-[...4 lines deleted...]
-        <v>56</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="0" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="G9" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="L9" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>59</v>
       </c>
-      <c r="C10" s="0" t="s">
+      <c r="D10" s="0" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="L10" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>64</v>
       </c>
-      <c r="C11" s="0" t="s">
+      <c r="D11" s="0" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="D12" s="0">
         <v>653376</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="D13" s="0">
         <v>91891</v>
       </c>
       <c r="E13" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="F13" s="0" t="s">
         <v>73</v>
       </c>
-      <c r="F13" s="0" t="s">
+      <c r="G13" s="0" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="L13" s="0"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="D14" s="0">
         <v>91889</v>
       </c>
       <c r="E14" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="F14" s="0" t="s">
         <v>73</v>
       </c>
-      <c r="F14" s="0" t="s">
+      <c r="G14" s="0" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="L14" s="0"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="D15" s="0">
         <v>79891</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="G15" s="0" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="L15" s="0"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="D16" s="0">
         <v>79890</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="G16" s="0" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="L16" s="0"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="D17" s="0">
         <v>1890</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G17" s="0" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="L17" s="0"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="D18" s="0">
         <v>40890</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="G18" s="0" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="L18" s="0"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="D19" s="0">
         <v>80890</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="G19" s="0" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="L19" s="0"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>97</v>
       </c>
-      <c r="C20" s="0" t="s">
+      <c r="D20" s="0" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>38</v>
+        <v>100</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
         <v>101</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>102</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F21" s="0" t="s">
         <v>104</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="L21" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>