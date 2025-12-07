--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="879">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="888">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -116,2586 +116,2613 @@
   <si>
     <t>Revolution 2</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>66752.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Форма для запекания овальная с ручками;керамика;,H=35,L=200,B=125мм;черный</t>
   </si>
   <si>
     <t>03021648</t>
   </si>
   <si>
     <t>Belle Cuisin</t>
   </si>
   <si>
     <t>20421.00₸</t>
   </si>
   <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Форма для запекания овальная с ручками;керамика;,H=40,L=240,B=155мм;черный</t>
+  </si>
+  <si>
+    <t>03021649</t>
+  </si>
+  <si>
+    <t>35436.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания с ручкой;керамика;,H=35,L=220мм;белый,красный</t>
+  </si>
+  <si>
+    <t>03021754</t>
+  </si>
+  <si>
+    <t>CT6107</t>
+  </si>
+  <si>
+    <t>Utopia</t>
+  </si>
+  <si>
+    <t>Avebury Red</t>
+  </si>
+  <si>
+    <t>10881.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «кокильница»;металл;металлич.</t>
+  </si>
+  <si>
+    <t>03040403</t>
+  </si>
+  <si>
+    <t>4590.00₸</t>
+  </si>
+  <si>
+    <t>Форма квадратная для запек. «Бель Кузин»;фарфор;50мл;,H=23,L=70,B=70мм;белый</t>
+  </si>
+  <si>
+    <t>03050238</t>
+  </si>
+  <si>
+    <t>5999.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания;фарфор;80мл;,H=40,L=100,B=65мм;белый</t>
+  </si>
+  <si>
+    <t>03050240</t>
+  </si>
+  <si>
+    <t>6230.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Бистро» без крышки;фарфор;120мл;D=9,H=6см;белый</t>
+  </si>
+  <si>
+    <t>03050259</t>
+  </si>
+  <si>
+    <t>Bistro</t>
+  </si>
+  <si>
+    <t>6492.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Пл-Кук»;фарфор;3,1л;,H=7,L=37,B=25см;белый</t>
+  </si>
+  <si>
+    <t>03050401</t>
+  </si>
+  <si>
+    <t>PL041360000</t>
+  </si>
+  <si>
+    <t>Tognana</t>
+  </si>
+  <si>
+    <t>PL-COOK</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>24556.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для запекания овальное «Карнавал»;фарфор;1,2л;,H=5,L=28,B=19см;желт.,белый</t>
+  </si>
+  <si>
+    <t>03050405</t>
+  </si>
+  <si>
+    <t>1702 0326</t>
+  </si>
+  <si>
+    <t>Carnival</t>
+  </si>
+  <si>
+    <t>22962.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для запекания овальное «Карнавал»;фарфор;1,2л;,H=5,L=28,B=19см;зелен.,белый</t>
+  </si>
+  <si>
+    <t>03050406</t>
+  </si>
+  <si>
+    <t>1704 0326</t>
+  </si>
+  <si>
+    <t>Блюдо для запекания овальное «Карнавал»;фарфор;1,2л;,H=5,L=28,B=19см;синий,белый</t>
+  </si>
+  <si>
+    <t>03050408</t>
+  </si>
+  <si>
+    <t>1703 0326</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Симплисити» овальная;фарфор;350мл;,H=40,L=307,B=177мм;белый</t>
+  </si>
+  <si>
+    <t>03050409</t>
+  </si>
+  <si>
+    <t>1101 0320</t>
+  </si>
+  <si>
+    <t>16640.00₸</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Симплисити»;фарфор;185мл;D=16,5см;белый</t>
+  </si>
+  <si>
+    <t>03050410</t>
+  </si>
+  <si>
+    <t>1101 0191</t>
+  </si>
+  <si>
+    <t>9502.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Симплисити»;фарфор;0,5л;D=190,H=35,L=217,B=183мм;белый</t>
+  </si>
+  <si>
+    <t>03050411</t>
+  </si>
+  <si>
+    <t>1101 0316</t>
+  </si>
+  <si>
+    <t>14892.00₸</t>
+  </si>
+  <si>
+    <t>12 шт.</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Симплисити» прямоугольная;фарфор;0,5л;,H=40,L=167,B=122мм;белый</t>
+  </si>
+  <si>
+    <t>03050412</t>
+  </si>
+  <si>
+    <t>1101 0366</t>
+  </si>
+  <si>
+    <t>8863.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Бель Кузин»;фарфор;5л;,H=7,L=43,B=25см;белый</t>
+  </si>
+  <si>
+    <t>03050413</t>
+  </si>
+  <si>
+    <t>005571</t>
+  </si>
+  <si>
+    <t>62763.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для запекания квадратное «Бель Кузин»;фарфор;350мл;,H=4,L=17,B=13см;белый</t>
+  </si>
+  <si>
+    <t>03050414</t>
+  </si>
+  <si>
+    <t>001776</t>
+  </si>
+  <si>
+    <t>11173.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для запекания овальное;фарфор;360мл;,H=40,L=195,B=110мм;белый</t>
+  </si>
+  <si>
+    <t>03050415</t>
+  </si>
+  <si>
+    <t>7939.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания;фарфор;290мл;D=120,H=50,L=145мм;белый</t>
+  </si>
+  <si>
+    <t>03050416</t>
+  </si>
+  <si>
+    <t>19682.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Симплисити» прямоугольная;фарфор;,H=52,L=355,B=305мм;белый</t>
+  </si>
+  <si>
+    <t>03050422</t>
+  </si>
+  <si>
+    <t>1101 0331</t>
+  </si>
+  <si>
+    <t>39655.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Симплисити» прямоугольная;фарфор;2л;,H=52,L=305,B=255мм;белый</t>
+  </si>
+  <si>
+    <t>03050423</t>
+  </si>
+  <si>
+    <t>1101 0342</t>
+  </si>
+  <si>
+    <t>29037.00₸</t>
+  </si>
+  <si>
+    <t>22 шт.</t>
+  </si>
+  <si>
+    <t>Блюдо для запекания на подставке «Проотель»;фарфор,пластик;440мл;,H=45,L=172,B=120мм;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03050424</t>
+  </si>
+  <si>
+    <t>S1293</t>
+  </si>
+  <si>
+    <t>Beckers</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>2524.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для запекания на подставке «Проотель»;фарфор,пластик;450мл;,H=55,L=190,B=140мм;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03050426</t>
+  </si>
+  <si>
+    <t>S1447</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Бель Кузин» прямоугольная;2,5л;,H=65,L=300,B=215мм</t>
+  </si>
+  <si>
+    <t>03050430</t>
+  </si>
+  <si>
+    <t>005569</t>
+  </si>
+  <si>
+    <t>39555.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Бель Кузин»;керамика;80мл;,H=35,L=95,B=65мм;черный</t>
+  </si>
+  <si>
+    <t>03050434</t>
+  </si>
+  <si>
+    <t>8809.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Бель Кузин»;керамика;350мл;,H=4,L=13,B=13см;черный</t>
+  </si>
+  <si>
+    <t>03050435</t>
+  </si>
+  <si>
+    <t>20567.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Бель Кузин» прямоугольная с крышкой;фарфор;0,6л;,H=65,L=230,B=90мм;черный</t>
+  </si>
+  <si>
+    <t>03050437</t>
+  </si>
+  <si>
+    <t>27466.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Симплисити» овальная;фарфор;1,3л;,H=55,L=285,B=190мм;белый</t>
+  </si>
+  <si>
+    <t>03050441</t>
+  </si>
+  <si>
+    <t>1101 0326</t>
+  </si>
+  <si>
+    <t>21853.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Крафт Блю»;фарфор;D=185,H=45мм;синий</t>
+  </si>
+  <si>
+    <t>03050442</t>
+  </si>
+  <si>
+    <t>1130 0316</t>
+  </si>
+  <si>
+    <t>Craft Blue</t>
+  </si>
+  <si>
+    <t>23432.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Крафт Грин» овальная;фарфор;,H=65,L=340,B=190мм;зелен.</t>
+  </si>
+  <si>
+    <t>03050443</t>
+  </si>
+  <si>
+    <t>1131 0321</t>
+  </si>
+  <si>
+    <t>Craft Green</t>
+  </si>
+  <si>
+    <t>38624.00₸</t>
+  </si>
+  <si>
+    <t>28 шт.</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Крафт Терракота» овальная;фарфор;,H=45,L=245,B=135мм;терракот</t>
+  </si>
+  <si>
+    <t>03050444</t>
+  </si>
+  <si>
+    <t>1133 0319</t>
+  </si>
+  <si>
+    <t>Craft Terracotta</t>
+  </si>
+  <si>
+    <t>19127.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Крафт Блю»;фарфор;1,85л;,H=50,L=255,B=255мм;синий</t>
+  </si>
+  <si>
+    <t>03050445</t>
+  </si>
+  <si>
+    <t>1130 0329</t>
+  </si>
+  <si>
+    <t>41349.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Крафт Грин»;фарфор;,H=60,L=355,B=305мм;зелен.</t>
+  </si>
+  <si>
+    <t>03050446</t>
+  </si>
+  <si>
+    <t>1131 0331</t>
+  </si>
+  <si>
+    <t>48487.00₸</t>
+  </si>
+  <si>
+    <t>31 шт.</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Крафт Браун» овальная;фарфор;,H=45,L=215,B=140мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03050447</t>
+  </si>
+  <si>
+    <t>1132 0327</t>
+  </si>
+  <si>
+    <t>Craft Brown</t>
+  </si>
+  <si>
+    <t>19143.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Крафт Браун» овальная;фарфор;370мл;,H=50,L=160,B=135мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03050448</t>
+  </si>
+  <si>
+    <t>1132 0328</t>
+  </si>
+  <si>
+    <t>10942.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания;керамика;230мл;D=10,H=7см;черный</t>
+  </si>
+  <si>
+    <t>03050449</t>
+  </si>
+  <si>
+    <t>14168.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания овальная;фарфор;80мл;,H=42,L=75,B=70мм;черный</t>
+  </si>
+  <si>
+    <t>03050450</t>
+  </si>
+  <si>
+    <t>6669.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания овальная;фарфор;450мл;,H=80,L=135,B=122мм;черный</t>
+  </si>
+  <si>
+    <t>03050451</t>
+  </si>
+  <si>
+    <t>11658.00₸</t>
+  </si>
+  <si>
     <t>более 100 шт.</t>
   </si>
   <si>
-    <t>Форма для запекания овальная с ручками;керамика;,H=40,L=240,B=155мм;черный</t>
-[...302 lines deleted...]
-    <t>20567.00₸</t>
+    <t>Форма для запекания «Крафт Грин» овальная;фарфор;,H=45,L=215,B=140мм;зелен.</t>
+  </si>
+  <si>
+    <t>03050457</t>
+  </si>
+  <si>
+    <t>1131 0327</t>
+  </si>
+  <si>
+    <t>30693.00₸</t>
+  </si>
+  <si>
+    <t>Лазанница «Элис»;фарфор;,H=55,L=210мм;белый</t>
+  </si>
+  <si>
+    <t>03050458</t>
+  </si>
+  <si>
+    <t>ALC3121</t>
+  </si>
+  <si>
+    <t>G. Benedikt Karlovy Vary</t>
+  </si>
+  <si>
+    <t>Alice</t>
+  </si>
+  <si>
+    <t>ЧЕХИЯ</t>
+  </si>
+  <si>
+    <t>7069.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания;фарфор;20мл;,H=2,L=7,B=5см;белый</t>
+  </si>
+  <si>
+    <t>03050460</t>
+  </si>
+  <si>
+    <t>3773.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания;керамика;150мл;D=75,H=50мм;белый</t>
+  </si>
+  <si>
+    <t>03050463</t>
+  </si>
+  <si>
+    <t>13499.00₸</t>
+  </si>
+  <si>
+    <t>19 шт.</t>
+  </si>
+  <si>
+    <t>Форма для запекания;фарфор;150мл;D=75,H=50мм;черный,красный</t>
+  </si>
+  <si>
+    <t>03050464</t>
+  </si>
+  <si>
+    <t>9009.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания;керамика;150мл;D=75,H=50мм;черный</t>
+  </si>
+  <si>
+    <t>03050465</t>
+  </si>
+  <si>
+    <t>14338.00₸</t>
+  </si>
+  <si>
+    <t>35 шт.</t>
+  </si>
+  <si>
+    <t>Форма для запекания;фарфор;400мл;,H=4,L=19,B=13см</t>
+  </si>
+  <si>
+    <t>03050473</t>
+  </si>
+  <si>
+    <t>051238</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>7693.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Кантри Стайл»;фарфор;0,55л;,L=21,B=13см;зелен.</t>
+  </si>
+  <si>
+    <t>03050481</t>
+  </si>
+  <si>
+    <t>TRY3121</t>
+  </si>
+  <si>
+    <t>Country</t>
+  </si>
+  <si>
+    <t>10950.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для формы для запекания «Кантри Стайл»;фарфор;,L=24,B=16см;зелен.</t>
+  </si>
+  <si>
+    <t>03050482</t>
+  </si>
+  <si>
+    <t>TRY3123</t>
+  </si>
+  <si>
+    <t>7131.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Пьюр» овальная;керамика;,H=5,L=30,B=21см;черный</t>
+  </si>
+  <si>
+    <t>03050483</t>
+  </si>
+  <si>
+    <t>B1014106</t>
+  </si>
+  <si>
+    <t>Serax</t>
+  </si>
+  <si>
+    <t>Pure</t>
+  </si>
+  <si>
+    <t>БЕЛЬГИЯ</t>
+  </si>
+  <si>
+    <t>58959.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Пьюр»;керамика;D=25,H=6см;черный</t>
+  </si>
+  <si>
+    <t>03050484</t>
+  </si>
+  <si>
+    <t>B1014103</t>
+  </si>
+  <si>
+    <t>56518.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Пьюр»;керамика;D=31,H=7см;черный</t>
+  </si>
+  <si>
+    <t>03050485</t>
+  </si>
+  <si>
+    <t>B1014104</t>
+  </si>
+  <si>
+    <t>63033.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Пьюр»;керамика;D=20,H=5см;черный</t>
+  </si>
+  <si>
+    <t>03050487</t>
+  </si>
+  <si>
+    <t>B1014102</t>
+  </si>
+  <si>
+    <t>40741.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Пьюр» овальная;керамика;,H=65,L=370,B=260мм;черный</t>
+  </si>
+  <si>
+    <t>03050488</t>
+  </si>
+  <si>
+    <t>B1014107</t>
+  </si>
+  <si>
+    <t>57304.00₸</t>
+  </si>
+  <si>
+    <t>32 шт.</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Пьюр»;керамика;D=16,H=4см;черный</t>
+  </si>
+  <si>
+    <t>03050489</t>
+  </si>
+  <si>
+    <t>B1014101</t>
+  </si>
+  <si>
+    <t>21360.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Пьюр»;керамика;,H=40,L=245,B=160мм;черный</t>
+  </si>
+  <si>
+    <t>03050490</t>
+  </si>
+  <si>
+    <t>B1014105</t>
+  </si>
+  <si>
+    <t>48187.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Бель Кузин»;фарфор;2,5л;,H=65,L=300,B=215мм;черный</t>
+  </si>
+  <si>
+    <t>03050491</t>
+  </si>
+  <si>
+    <t>44083.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Эйвбери блю»;керамика;0,6л;,H=55,L=240,B=180мм;белый,синий</t>
+  </si>
+  <si>
+    <t>03050492</t>
+  </si>
+  <si>
+    <t>CT6009</t>
+  </si>
+  <si>
+    <t>Avebury Blue</t>
+  </si>
+  <si>
+    <t>10126.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для запекания «Блю Дэппл»;фарфор;0,5л;D=19см;белый,синий</t>
+  </si>
+  <si>
+    <t>03050497</t>
+  </si>
+  <si>
+    <t>1710 0316</t>
+  </si>
+  <si>
+    <t>Blue Dapple</t>
+  </si>
+  <si>
+    <t>13606.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Блю Дэппл»;фарфор;225мл;D=16,5см;белый,синий</t>
+  </si>
+  <si>
+    <t>03050498</t>
+  </si>
+  <si>
+    <t>1710 0191</t>
+  </si>
+  <si>
+    <t>10395.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания;эмалиров.чугун;1,1л;,H=12,L=31,5,B=11,5см;красный,бежев.</t>
+  </si>
+  <si>
+    <t>03050501</t>
+  </si>
+  <si>
+    <t>071074</t>
+  </si>
+  <si>
+    <t>149011.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания овальная;чугун;0,5л;,H=50,L=255/200,B=155мм;черный</t>
+  </si>
+  <si>
+    <t>03050502</t>
+  </si>
+  <si>
+    <t>071083</t>
+  </si>
+  <si>
+    <t>39116.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания овальная;чугун;0,5л;,H=50,L=255,B=155мм;красный,бежев.</t>
+  </si>
+  <si>
+    <t>03050503</t>
+  </si>
+  <si>
+    <t>071085</t>
+  </si>
+  <si>
+    <t>48641.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания;чугун;300мл;D=160,H=20,L=207мм;красный,бежев.</t>
+  </si>
+  <si>
+    <t>03050504</t>
+  </si>
+  <si>
+    <t>071089</t>
+  </si>
+  <si>
+    <t>54986.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания;чугун;300мл;D=160,H=20,L=207мм;черный</t>
+  </si>
+  <si>
+    <t>03050505</t>
+  </si>
+  <si>
+    <t>071091</t>
+  </si>
+  <si>
+    <t>29430.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания прямоугольная;чугун;4,5л;,H=75,L=395,B=260мм;красный,бежев.</t>
+  </si>
+  <si>
+    <t>03050506</t>
+  </si>
+  <si>
+    <t>071093</t>
+  </si>
+  <si>
+    <t>157003.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания;эмалиров.чугун;1,1л;,H=12,L=31,5,B=11,5см;черный</t>
+  </si>
+  <si>
+    <t>03050507</t>
+  </si>
+  <si>
+    <t>071070</t>
+  </si>
+  <si>
+    <t>88258.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Бель Кузин»;керамика;450мл;,H=4,L=16,B=10см;черный</t>
+  </si>
+  <si>
+    <t>03050508</t>
+  </si>
+  <si>
+    <t>21714.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Симплисити»;фарфор;0,55л;,H=40,L=215,B=140мм;белый</t>
+  </si>
+  <si>
+    <t>03050520</t>
+  </si>
+  <si>
+    <t>1101 0327</t>
+  </si>
+  <si>
+    <t>14453.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Крафт Браун» овальная;фарфор;370мл;,H=55,L=155,B=105мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03050523</t>
+  </si>
+  <si>
+    <t>1132 0400</t>
+  </si>
+  <si>
+    <t>11620.00₸</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Крафт Терракота» прямоугольная;фарфор;2,27л;,H=55,L=305,B=255мм;терракот</t>
+  </si>
+  <si>
+    <t>03050524</t>
+  </si>
+  <si>
+    <t>1133 0342</t>
+  </si>
+  <si>
+    <t>66359.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Крафт Браун» прямоугольная;фарфор;0,5л;,H=45,L=165,B=123мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03050525</t>
+  </si>
+  <si>
+    <t>1132 0366</t>
+  </si>
+  <si>
+    <t>10334.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Крафт Блю» овальная;фарфор;370мл;,H=55,L=155,B=105мм;синий</t>
+  </si>
+  <si>
+    <t>03050530</t>
+  </si>
+  <si>
+    <t>1130 0400</t>
+  </si>
+  <si>
+    <t>16694.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания;фарфор;170мл;D=125,H=26мм;белый</t>
+  </si>
+  <si>
+    <t>03050540</t>
+  </si>
+  <si>
+    <t>Grandes Clas</t>
+  </si>
+  <si>
+    <t>9618.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Крафт Браун» овальная;фарфор;1,1л;,H=65,L=305,B=170мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03050541</t>
+  </si>
+  <si>
+    <t>1132 0320</t>
+  </si>
+  <si>
+    <t>19381.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Крафт Терракота» овальная;фарфор;,L=30,B=19см</t>
+  </si>
+  <si>
+    <t>03050542</t>
+  </si>
+  <si>
+    <t>1133 0326</t>
+  </si>
+  <si>
+    <t>25880.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Гранито» с ручками;алюм.литой;,H=9,L=40,B=26см;черный</t>
+  </si>
+  <si>
+    <t>03050543</t>
+  </si>
+  <si>
+    <t>00102RGR/40H</t>
+  </si>
+  <si>
+    <t>Risoli</t>
+  </si>
+  <si>
+    <t>Granito</t>
+  </si>
+  <si>
+    <t>76423.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Серфис» с ручкой;керамика;D=140,H=42мм;черный</t>
+  </si>
+  <si>
+    <t>03050544</t>
+  </si>
+  <si>
+    <t>B2616100</t>
+  </si>
+  <si>
+    <t>Surface</t>
+  </si>
+  <si>
+    <t>ИСПАНИЯ</t>
+  </si>
+  <si>
+    <t>16201.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Серфис» с ручкой;керамика;450мл;D=16,H=5см;черный</t>
+  </si>
+  <si>
+    <t>03050545</t>
+  </si>
+  <si>
+    <t>B2616101</t>
+  </si>
+  <si>
+    <t>26843.00₸</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Серфис» с ручкой;керамика;D=210,H=45мм;черный</t>
+  </si>
+  <si>
+    <t>03050546</t>
+  </si>
+  <si>
+    <t>B2616102</t>
+  </si>
+  <si>
+    <t>34581.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Серфис» с ручкой;керамика;1,25л;D=210,H=58мм;черный</t>
+  </si>
+  <si>
+    <t>03050547</t>
+  </si>
+  <si>
+    <t>B2616103</t>
+  </si>
+  <si>
+    <t>36899.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания;фарфор;2,6л;,H=60,L=386,B=274мм;белый</t>
+  </si>
+  <si>
+    <t>03050551</t>
+  </si>
+  <si>
+    <t>4С0035</t>
+  </si>
+  <si>
+    <t>Добрушский фарфоровый завод</t>
+  </si>
+  <si>
+    <t>БЕЛАРУСЬ</t>
+  </si>
+  <si>
+    <t>9433.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания;фарфор;1,7л;,H=59,L=320,B=230мм;белый</t>
+  </si>
+  <si>
+    <t>03050552</t>
+  </si>
+  <si>
+    <t>4С0036</t>
+  </si>
+  <si>
+    <t>7000.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для запекания «Эклипс»;керамика;330мл;,H=45,L=120,B=100мм;красный,черный</t>
+  </si>
+  <si>
+    <t>03050558</t>
+  </si>
+  <si>
+    <t>Eclipse</t>
+  </si>
+  <si>
+    <t>16232.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Эклипс»;керамика;330мл;,H=45,L=120,B=100мм;черный</t>
+  </si>
+  <si>
+    <t>03050559</t>
+  </si>
+  <si>
+    <t>14553.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Эклипс»;керамика;450мл;,H=45,L=160,B=110мм;красный,черный</t>
+  </si>
+  <si>
+    <t>03050560</t>
+  </si>
+  <si>
+    <t>16733.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Эклипс»;керамика;0,7л;,H=50,L=190,B=125мм;красный,черный</t>
+  </si>
+  <si>
+    <t>03050562</t>
+  </si>
+  <si>
+    <t>26596.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Эклипс»;керамика;0,7л;,H=50,L=190,B=125мм;черный</t>
+  </si>
+  <si>
+    <t>03050563</t>
+  </si>
+  <si>
+    <t>29453.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Пуэбла Блю» овальная;фарфор;340мл;,L=25,5,B=13см;белый,синий</t>
+  </si>
+  <si>
+    <t>03050568</t>
+  </si>
+  <si>
+    <t>A120P152A</t>
+  </si>
+  <si>
+    <t>Anfora</t>
+  </si>
+  <si>
+    <t>Puebla Blue</t>
+  </si>
+  <si>
+    <t>МЕКСИКА</t>
+  </si>
+  <si>
+    <t>22323.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Пастораль»;фарфор;1л;,H=57,L=270/215,B=135мм;оранжев.</t>
+  </si>
+  <si>
+    <t>03050569</t>
+  </si>
+  <si>
+    <t>P5225727-SH113</t>
+  </si>
+  <si>
+    <t>Kunstwerk</t>
+  </si>
+  <si>
+    <t>Pastoral</t>
+  </si>
+  <si>
+    <t>5971.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Пастораль»;фарфор;1л;,H=57,L=270,B=135мм;зелен.</t>
+  </si>
+  <si>
+    <t>03050570</t>
+  </si>
+  <si>
+    <t>P5225727-SH115</t>
+  </si>
+  <si>
+    <t>5985.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Пастораль» с ручками;фарфор;0,55л;D=155,H=50,L=196мм;оранжев.</t>
+  </si>
+  <si>
+    <t>03050571</t>
+  </si>
+  <si>
+    <t>P5225920-SH113</t>
+  </si>
+  <si>
+    <t>5131.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Пастораль» с ручками;фарфор;0,55л;D=155,H=55,L=196мм;зелен.</t>
+  </si>
+  <si>
+    <t>03050572</t>
+  </si>
+  <si>
+    <t>P5225920-SH115</t>
+  </si>
+  <si>
+    <t>4711.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Пастораль» овальная с ручками;фарфор;1,25л;,H=6,L=25/31,B=19см;оранжев.</t>
+  </si>
+  <si>
+    <t>03050573</t>
+  </si>
+  <si>
+    <t>P5225631-SH113</t>
+  </si>
+  <si>
+    <t>6636.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Пастораль» овальная с ручками;фарфор;1,25л;,H=6,L=25,B=19см;зелен.</t>
+  </si>
+  <si>
+    <t>03050574</t>
+  </si>
+  <si>
+    <t>P5225631-SH115</t>
+  </si>
+  <si>
+    <t>7063.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания эмалированная;сталь;,L=16,B=12см;белый,синий</t>
+  </si>
+  <si>
+    <t>03050584</t>
+  </si>
+  <si>
+    <t>508R/16</t>
+  </si>
+  <si>
+    <t>3052.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания эмалированная;сталь;350мл;,L=18,B=13,5см;белый,синий</t>
+  </si>
+  <si>
+    <t>03050585</t>
+  </si>
+  <si>
+    <t>508R/18</t>
+  </si>
+  <si>
+    <t>3262.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания эмалированная;сталь;,L=19,5,B=14,5см;белый,синий</t>
+  </si>
+  <si>
+    <t>03050586</t>
+  </si>
+  <si>
+    <t>508R/20</t>
+  </si>
+  <si>
+    <t>3640.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания эмалированная;сталь;,L=24,B=17,5см;белый,синий</t>
+  </si>
+  <si>
+    <t>03050587</t>
+  </si>
+  <si>
+    <t>508R/24</t>
+  </si>
+  <si>
+    <t>4235.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Пастораль»;фарфор;1л;,H=57,L=270,B=135мм;серый</t>
+  </si>
+  <si>
+    <t>03050588</t>
+  </si>
+  <si>
+    <t>P5225727-SH116</t>
+  </si>
+  <si>
+    <t>5733.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Мерси» №10;песчаник;,H=55,L=301,B=223мм;синий</t>
+  </si>
+  <si>
+    <t>03050589</t>
+  </si>
+  <si>
+    <t>B5117137</t>
+  </si>
+  <si>
+    <t>Merci</t>
+  </si>
+  <si>
+    <t>48603.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Мерси» №10;песчаник;,H=55,L=301,B=223мм;голуб.,серый</t>
+  </si>
+  <si>
+    <t>03050590</t>
+  </si>
+  <si>
+    <t>B5117138</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Мерси» №10;песчаник;,H=55,L=301,B=223мм;кремов.</t>
+  </si>
+  <si>
+    <t>03050592</t>
+  </si>
+  <si>
+    <t>B5117140</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Пастораль» с ручками;фарфор;0,55л;D=15,5,H=55,L=19,6см;серый</t>
+  </si>
+  <si>
+    <t>03050594</t>
+  </si>
+  <si>
+    <t>P5225920-SH116</t>
+  </si>
+  <si>
+    <t>4669.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Пастораль» овальная с ручками;фарфор;1,25л;,H=6,L=31/25,B=19см;серый</t>
+  </si>
+  <si>
+    <t>03050595</t>
+  </si>
+  <si>
+    <t>P5225631-SH116</t>
+  </si>
+  <si>
+    <t>7336.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Крафт Вайт» овальная;фарфор;250мл;,L=25,B=13см;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03050598</t>
+  </si>
+  <si>
+    <t>1155 0319</t>
+  </si>
+  <si>
+    <t>Craft White</t>
+  </si>
+  <si>
+    <t>14769.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Симплисити» овальная;фарфор;185мл;,L=20,B=11см;белый</t>
+  </si>
+  <si>
+    <t>03050647</t>
+  </si>
+  <si>
+    <t>1101 0318</t>
+  </si>
+  <si>
+    <t>9880.00₸</t>
   </si>
   <si>
     <t>23 шт.</t>
   </si>
   <si>
-    <t>Форма для запекания «Бель Кузин» прямоугольная с крышкой;фарфор;0,6л;,H=65,L=230,B=90мм;черный</t>
-[...47 lines deleted...]
-    <t>38624.00₸</t>
+    <t>Форма для запекания «Крафт Грин»;фарфор;D=185,H=45мм;зелен.</t>
+  </si>
+  <si>
+    <t>03050901</t>
+  </si>
+  <si>
+    <t>1131 0316</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Форма для запекания с крышкой;чугун;250мл;,L=125,B=91мм;черный</t>
+  </si>
+  <si>
+    <t>03051105</t>
+  </si>
+  <si>
+    <t>DM-1257OCP</t>
+  </si>
+  <si>
+    <t>Daming</t>
+  </si>
+  <si>
+    <t>5635.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания с крышкой;чугун;0,8л;,H=7,L=18,B=14см;красный</t>
+  </si>
+  <si>
+    <t>03051113</t>
+  </si>
+  <si>
+    <t>DM-1814OC</t>
+  </si>
+  <si>
+    <t>12397.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Антуанетт»;керамика;D=15,H=7см;белый</t>
+  </si>
+  <si>
+    <t>03051116</t>
+  </si>
+  <si>
+    <t>Cosy&amp;Trendy</t>
+  </si>
+  <si>
+    <t>Antoinette</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Тирамису»;керамика;0,9л;D=165,H=65мм</t>
+  </si>
+  <si>
+    <t>03051120</t>
+  </si>
+  <si>
+    <t>ТИР00005216</t>
+  </si>
+  <si>
+    <t>Борисовская Керамика</t>
+  </si>
+  <si>
+    <t>Тирамису</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>2580.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Скандинавия»;керамика;0,9л;D=165,H=65мм;голуб.</t>
+  </si>
+  <si>
+    <t>03051125</t>
+  </si>
+  <si>
+    <t>СНД00009626</t>
+  </si>
+  <si>
+    <t>Скандинавия</t>
+  </si>
+  <si>
+    <t>2772.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Бель Кузин»;фарфор;1,7л;,H=60,L=260,B=185мм;белый</t>
+  </si>
+  <si>
+    <t>03051136</t>
+  </si>
+  <si>
+    <t>Bell Cuisine</t>
+  </si>
+  <si>
+    <t>49804.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Миньон»;керамика;0,56л;,H=45,L=220,B=130мм;черный</t>
+  </si>
+  <si>
+    <t>03051143</t>
+  </si>
+  <si>
+    <t>MO145210779</t>
+  </si>
+  <si>
+    <t>Mignon</t>
+  </si>
+  <si>
+    <t>8596.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Миньон»;керамика;440мл;,H=45,L=220,B=135мм;черный</t>
+  </si>
+  <si>
+    <t>03051144</t>
+  </si>
+  <si>
+    <t>MO145220779</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Миньон»;керамика;450мл;,H=43,L=177/150,B=150мм;черный</t>
+  </si>
+  <si>
+    <t>03051145</t>
+  </si>
+  <si>
+    <t>MO145190779</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Карбон»;фарфор;2,5л;,H=9,L=30,B=18см;черный,матовый</t>
+  </si>
+  <si>
+    <t>03051173</t>
+  </si>
+  <si>
+    <t>ФРФ88810111</t>
+  </si>
+  <si>
+    <t>Carbone</t>
+  </si>
+  <si>
+    <t>8278.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Малахит»;фарфор;0,5л;D=150,H=55мм;черный,зелен.</t>
+  </si>
+  <si>
+    <t>03051176</t>
+  </si>
+  <si>
+    <t>ФРФ88801538</t>
+  </si>
+  <si>
+    <t>Малахит</t>
+  </si>
+  <si>
+    <t>2549.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Малахит»;фарфор;2,5л;,H=9,L=30,B=18см;черный,зелен.</t>
+  </si>
+  <si>
+    <t>03051178</t>
+  </si>
+  <si>
+    <t>ФРФ88810138</t>
+  </si>
+  <si>
+    <t>7970.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания прямоугольная средняя;керамика;1,5л;,H=50,L=325,B=185мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03051189</t>
+  </si>
+  <si>
+    <t>ОБЧ14458408</t>
+  </si>
+  <si>
+    <t>5267.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания прямоугольная большая;керамика;4л;,H=65,L=415,B=240мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03051190</t>
+  </si>
+  <si>
+    <t>ОБЧ00004460</t>
+  </si>
+  <si>
+    <t>7369.00₸</t>
+  </si>
+  <si>
+    <t>49 шт.</t>
+  </si>
+  <si>
+    <t>Форма для запекания прямоугольная «Скандинавия»;керамика;1,5л;,H=50,L=325,B=185мм;голуб.</t>
+  </si>
+  <si>
+    <t>03051192</t>
+  </si>
+  <si>
+    <t>СНД00009103</t>
+  </si>
+  <si>
+    <t>6314.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания прямоугольная;керамика;0,8л;,L=24,B=15,5см;коричнев.</t>
+  </si>
+  <si>
+    <t>03051197</t>
+  </si>
+  <si>
+    <t>ОБЧ14458291</t>
+  </si>
+  <si>
+    <t>3797.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Крафт Терракота» овальная;фарфор;370мл;,H=55,L=155,B=105мм;терракот</t>
+  </si>
+  <si>
+    <t>03051514</t>
+  </si>
+  <si>
+    <t>1133 0400</t>
+  </si>
+  <si>
+    <t>19112.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания;фарфор;,H=40,L=155,B=140мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03051516</t>
+  </si>
+  <si>
+    <t>Fine 2 Dine</t>
+  </si>
+  <si>
+    <t>Brass</t>
+  </si>
+  <si>
+    <t>8624.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Революшн Сэндстоун» овальная;фарфор;350мл;,H=40,L=307,B=177мм;бежев.</t>
+  </si>
+  <si>
+    <t>03051518</t>
+  </si>
+  <si>
+    <t>1776 0320</t>
+  </si>
+  <si>
+    <t>Revolution Sandstone</t>
+  </si>
+  <si>
+    <t>19759.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Революшн Гранит» овальная;фарфор;350мл;,H=40,L=307,B=177мм;серый,коричнев.</t>
+  </si>
+  <si>
+    <t>03051519</t>
+  </si>
+  <si>
+    <t>1775 0320</t>
+  </si>
+  <si>
+    <t>Revolution Granite</t>
+  </si>
+  <si>
+    <t>Форма для запекания;керамика;350мл;D=150,H=35мм;черный</t>
+  </si>
+  <si>
+    <t>03051520</t>
+  </si>
+  <si>
+    <t>Regas</t>
+  </si>
+  <si>
+    <t>Casserole Professional</t>
+  </si>
+  <si>
+    <t>1848.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания;керамика;0,7л;D=20,H=5см;черный</t>
+  </si>
+  <si>
+    <t>03051521</t>
+  </si>
+  <si>
+    <t>3196.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания;керамика;3,5л;D=320,H=75мм;черный</t>
+  </si>
+  <si>
+    <t>03051522</t>
+  </si>
+  <si>
+    <t>8494.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания;керамика;1,75л;D=25,H=6см;черный</t>
+  </si>
+  <si>
+    <t>03051523</t>
+  </si>
+  <si>
+    <t>5198.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания;керамика;350мл;D=155,H=35мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03051524</t>
+  </si>
+  <si>
+    <t>Casserole Classic</t>
+  </si>
+  <si>
+    <t>1510.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания;керамика;0,7л;D=20,H=5см;коричнев.</t>
+  </si>
+  <si>
+    <t>03051525</t>
+  </si>
+  <si>
+    <t>2572.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания;керамика;1,75л;D=25,H=6см;коричнев.</t>
+  </si>
+  <si>
+    <t>03051526</t>
+  </si>
+  <si>
+    <t>4105.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания;керамика;0,5л;D=17,H=4см;бежев.</t>
+  </si>
+  <si>
+    <t>03051527</t>
+  </si>
+  <si>
+    <t>Casserole Moka</t>
+  </si>
+  <si>
+    <t>2203.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания;керамика;0,7л;D=20,H=5см;бежев.</t>
+  </si>
+  <si>
+    <t>03051528</t>
+  </si>
+  <si>
+    <t>Форма для запекания;керамика;2л;D=28,H=7см;бежев.</t>
+  </si>
+  <si>
+    <t>03051529</t>
+  </si>
+  <si>
+    <t>6276.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Бель Кузин»;керамика;1,7л;,L=26,B=18,5см;черный</t>
+  </si>
+  <si>
+    <t>03051530</t>
+  </si>
+  <si>
+    <t>Belle Cuisine</t>
+  </si>
+  <si>
+    <t>39563.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания;эмалиров.чугун;1,25л;,H=12,L=26,7,B=11см;черный</t>
+  </si>
+  <si>
+    <t>03051531</t>
+  </si>
+  <si>
+    <t>071072</t>
+  </si>
+  <si>
+    <t>110087.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания;эмалиров.чугун;1,25л;,H=12,L=26,7,B=11см;красный</t>
+  </si>
+  <si>
+    <t>03051532</t>
+  </si>
+  <si>
+    <t>071076</t>
+  </si>
+  <si>
+    <t>257858.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Модерн Китчен» прямоугольная;керамика;3л;,H=75,L=370,B=240мм;бежев.</t>
+  </si>
+  <si>
+    <t>03051929</t>
+  </si>
+  <si>
+    <t>777-081</t>
+  </si>
+  <si>
+    <t>Agness</t>
+  </si>
+  <si>
+    <t>11508.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Модерн Китчен» прямоугольная;керамика;3л;,H=75,L=370,B=240мм;красный</t>
+  </si>
+  <si>
+    <t>03051930</t>
+  </si>
+  <si>
+    <t>777-080</t>
+  </si>
+  <si>
+    <t>12096.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Модерн Китчен» прямоугольная;керамика;3л;,H=75,L=370,B=240мм;лазурн.</t>
+  </si>
+  <si>
+    <t>03051931</t>
+  </si>
+  <si>
+    <t>777-082</t>
+  </si>
+  <si>
+    <t>Форма для запекания овальная;фарфор;2,2л;,H=68,L=390,B=185мм;персик.</t>
+  </si>
+  <si>
+    <t>03051934</t>
+  </si>
+  <si>
+    <t>189-301</t>
+  </si>
+  <si>
+    <t>14504.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания овальная;фарфор;2,2л;,H=68,L=390,B=185мм;тем.корич.</t>
+  </si>
+  <si>
+    <t>03051935</t>
+  </si>
+  <si>
+    <t>189-300</t>
+  </si>
+  <si>
+    <t>Форма для запекания прямоугольная;керамика;,H=6,L=35,B=24см;бежев.</t>
+  </si>
+  <si>
+    <t>03051944</t>
+  </si>
+  <si>
+    <t>777-045</t>
+  </si>
+  <si>
+    <t>11900.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания прямоугольная;керамика;,H=6,L=35,B=24см;бежев.,тем.корич.</t>
+  </si>
+  <si>
+    <t>03051945</t>
+  </si>
+  <si>
+    <t>777-053</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Оранж» блюдо овальное;фарфор;400мл;,H=45,L=255,B=140мм;оранжев.</t>
+  </si>
+  <si>
+    <t>03051955</t>
+  </si>
+  <si>
+    <t>BI040263657</t>
+  </si>
+  <si>
+    <t>Orange</t>
+  </si>
+  <si>
+    <t>11627.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Грин» блюдо овальное;фарфор;400мл;,H=45,L=255,B=140мм;зелен.</t>
+  </si>
+  <si>
+    <t>03051956</t>
+  </si>
+  <si>
+    <t>BI040264711</t>
+  </si>
+  <si>
+    <t>Green</t>
+  </si>
+  <si>
+    <t>Стакан для эспрессо «Фруассэ»;фарфор;80мл;D=65,H=60мм;зелен.</t>
+  </si>
+  <si>
+    <t>03130260</t>
+  </si>
+  <si>
+    <t>Froisses</t>
+  </si>
+  <si>
+    <t>5337.00₸</t>
+  </si>
+  <si>
+    <t>Стакан для эспрессо «Фруассэ»;фарфор;80мл;D=65,H=60мм;фиолет.</t>
+  </si>
+  <si>
+    <t>03130262</t>
+  </si>
+  <si>
+    <t>4697.00₸</t>
+  </si>
+  <si>
+    <t>Стакан для эспрессо «Фруассэ»;фарфор;80мл;D=65,H=60мм;серый</t>
+  </si>
+  <si>
+    <t>03130266</t>
+  </si>
+  <si>
+    <t>9086.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Крафт Блю» овальная;фарфор;,H=25,L=200,B=110мм;синий</t>
+  </si>
+  <si>
+    <t>03171533</t>
+  </si>
+  <si>
+    <t>1130 0318</t>
+  </si>
+  <si>
+    <t>20698.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Америка» порционная;фарфор;230мл;D=190,H=25,L=190,B=160мм;белый</t>
+  </si>
+  <si>
+    <t>04020214</t>
+  </si>
+  <si>
+    <t>Lubiana</t>
+  </si>
+  <si>
+    <t>Ameryka</t>
+  </si>
+  <si>
+    <t>ПОЛЬША</t>
+  </si>
+  <si>
+    <t>5652.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Америка» порционная;фарфор;350мл;D=215,H=30,L=220,B=180мм;белый</t>
+  </si>
+  <si>
+    <t>04020215</t>
+  </si>
+  <si>
+    <t>5791.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода порционная «Пл-Кук»;фарфор;D=175,H=30,L=210мм;белый</t>
+  </si>
+  <si>
+    <t>04020230</t>
+  </si>
+  <si>
+    <t>PL045180000</t>
+  </si>
+  <si>
+    <t>8113.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода порционная «Бель Кузин»;фарфор;150мл;,H=3,L=16,B=11см;белый</t>
+  </si>
+  <si>
+    <t>04020234</t>
+  </si>
+  <si>
+    <t>10688.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Бель Кузин» порционная;фарфор;250мл;,H=3,L=18,B=13см;белый</t>
+  </si>
+  <si>
+    <t>04020235</t>
+  </si>
+  <si>
+    <t>20205.00₸</t>
+  </si>
+  <si>
+    <t>29 шт.</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Бель Кузин» порционная;фарфор;30мл;,H=20,L=75мм;белый</t>
+  </si>
+  <si>
+    <t>04020236</t>
+  </si>
+  <si>
+    <t>6892.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода порционная «Бель Кузин»;фарфор;0,5л;D=150,H=50,L=185мм;белый</t>
+  </si>
+  <si>
+    <t>04020237</t>
+  </si>
+  <si>
+    <t>10981.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода порционная «Бель Кузин»;фарфор;1л;D=185,H=55,L=230мм;белый</t>
+  </si>
+  <si>
+    <t>04020238</t>
+  </si>
+  <si>
+    <t>14107.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Бель Кузин» прямоугольная;фарфор;450мл;,H=45,L=160мм;белый</t>
+  </si>
+  <si>
+    <t>04020239</t>
+  </si>
+  <si>
+    <t>19612.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Бель Кузин» прямоугольная;фарфор;0,7л;,H=5,L=19см;белый</t>
+  </si>
+  <si>
+    <t>04020240</t>
+  </si>
+  <si>
+    <t>25141.00₸</t>
   </si>
   <si>
     <t>38 шт.</t>
   </si>
   <si>
-    <t>Форма для запекания «Крафт Терракота» овальная;фарфор;,H=45,L=245,B=135мм;терракот</t>
-[...86 lines deleted...]
-    <t>6669.00₸</t>
+    <t>Форма для запекания «Лондри» порционная;фарфор;130мл;D=128,H=35мм;белый</t>
+  </si>
+  <si>
+    <t>04020242</t>
+  </si>
+  <si>
+    <t>Londres</t>
+  </si>
+  <si>
+    <t>4967.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Лондри» порционная;фарфор;200мл;D=150,H=35мм;белый</t>
+  </si>
+  <si>
+    <t>04020243</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Лондри» порционная;фарфор;350мл;D=18,H=3,L=22см;белый</t>
+  </si>
+  <si>
+    <t>04020244</t>
+  </si>
+  <si>
+    <t>18211.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Лондри» порционная;фарфор;0,55л;D=210,H=35,L=250мм;белый</t>
+  </si>
+  <si>
+    <t>04020245</t>
+  </si>
+  <si>
+    <t>11150.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания порционная;сталь нерж.;300мл;D=16,H=2см;металлич.</t>
+  </si>
+  <si>
+    <t>04020293</t>
+  </si>
+  <si>
+    <t>509015-16</t>
+  </si>
+  <si>
+    <t>Pintinox</t>
+  </si>
+  <si>
+    <t>13776.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода порционная;фарфор;200мл;D=15,H=3,L=18см;черный</t>
+  </si>
+  <si>
+    <t>04020601</t>
+  </si>
+  <si>
+    <t>6458.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода порционная;фарфор;350мл;D=18,H=4,L=21см;черный</t>
+  </si>
+  <si>
+    <t>04020602</t>
+  </si>
+  <si>
+    <t>8107.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода порционная;чугун;D=160,H=30,L=205мм;черный</t>
+  </si>
+  <si>
+    <t>04020603</t>
+  </si>
+  <si>
+    <t>HMSRD</t>
+  </si>
+  <si>
+    <t>Lodge</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
+  </si>
+  <si>
+    <t>20806.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода порционная прямоугольная «Бель Кузин»;фарфор;330мл;,H=45,L=120,B=100мм;белый</t>
+  </si>
+  <si>
+    <t>04020605</t>
+  </si>
+  <si>
+    <t>17426.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Кунстверк»;фарфор;150мл;D=13,H=2см;белый</t>
+  </si>
+  <si>
+    <t>04020607</t>
+  </si>
+  <si>
+    <t>A8251</t>
+  </si>
+  <si>
+    <t>1799.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Кунстверк» порционная;фарфор;250мл;D=16,H=2,L=19см;белый</t>
+  </si>
+  <si>
+    <t>04020608</t>
+  </si>
+  <si>
+    <t>A8252</t>
+  </si>
+  <si>
+    <t>2079.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Кунстверк» порционная;фарфор;350мл;D=175,H=25,L=207мм;белый</t>
+  </si>
+  <si>
+    <t>04020609</t>
+  </si>
+  <si>
+    <t>A8253</t>
+  </si>
+  <si>
+    <t>3283.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Кунстверк» для запекания;фарфор;0,5л;,H=34,L=225,B=190мм;белый</t>
+  </si>
+  <si>
+    <t>04020610</t>
+  </si>
+  <si>
+    <t>A8254</t>
+  </si>
+  <si>
+    <t>3269.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода порционная;чугун;D=130,H=45,L=170мм;черный</t>
+  </si>
+  <si>
+    <t>04020612</t>
+  </si>
+  <si>
+    <t>HMSB</t>
+  </si>
+  <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Эклипс» порционная;фарфор;250мл;,H=30,L=145,B=130мм;красный,черный</t>
+  </si>
+  <si>
+    <t>04020654</t>
+  </si>
+  <si>
+    <t>11681.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Эклипс» порционная;фарфор;250мл;,H=30,L=145,B=130мм;черный</t>
+  </si>
+  <si>
+    <t>04020655</t>
+  </si>
+  <si>
+    <t>11797.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода порционная для запекания «Эклипс»;фарфор;290мл;D=12,H=5см;красный,черный</t>
+  </si>
+  <si>
+    <t>04020656</t>
+  </si>
+  <si>
+    <t>16725.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Эклипс» порционная;фарфор;290мл;D=12,H=5см;черный</t>
+  </si>
+  <si>
+    <t>04020657</t>
+  </si>
+  <si>
+    <t>Форма для запекания порционная;фарфор;D=15см;черный</t>
+  </si>
+  <si>
+    <t>04020659</t>
+  </si>
+  <si>
+    <t>7477.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания порционная;фарфор;0,5л;D=15,H=5см;красный,черный</t>
+  </si>
+  <si>
+    <t>04020661</t>
+  </si>
+  <si>
+    <t>19997.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Бель Кузин» порционная;керамика;1л;D=20,H=7см;черный</t>
+  </si>
+  <si>
+    <t>04020662</t>
+  </si>
+  <si>
+    <t>39086.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для запек. 2 ручки;керамика;0,9л;D=200,H=55мм;черный,коричнев.</t>
+  </si>
+  <si>
+    <t>04020663</t>
+  </si>
+  <si>
+    <t>ЧУГ00000563</t>
+  </si>
+  <si>
+    <t>Чугун</t>
+  </si>
+  <si>
+    <t>4659.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода с керам. покрыт.;алюмин.,керамика;D=20,H=4,L=30см;коричнев.,бежев.</t>
+  </si>
+  <si>
+    <t>04020925</t>
+  </si>
+  <si>
+    <t>Classe Ceram</t>
+  </si>
+  <si>
+    <t>24002.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода с керам. покрыт.;алюмин.,керамика;D=32,H=7,L=59см;коричнев.,бежев.</t>
+  </si>
+  <si>
+    <t>04020926</t>
+  </si>
+  <si>
+    <t>35420.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода с керам. покрыт.;алюмин.,керамика;D=36,H=6,L=61см;коричнев.,бежев.</t>
+  </si>
+  <si>
+    <t>04020927</t>
+  </si>
+  <si>
+    <t>42533.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Крафт Грин»;фарфор;0,78л;D=21,5,H=25,L=26,B=23,5см;зелен.</t>
+  </si>
+  <si>
+    <t>04021301</t>
+  </si>
+  <si>
+    <t>1131 0317</t>
+  </si>
+  <si>
+    <t>28067.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Крафт Терракота»;фарфор;185мл;D=16,5см;терракот</t>
+  </si>
+  <si>
+    <t>04021302</t>
+  </si>
+  <si>
+    <t>1133 0191</t>
+  </si>
+  <si>
+    <t>17834.00₸</t>
+  </si>
+  <si>
+    <t>50 шт.</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Бель Кузин» порционная;керамика;0,7л;,H=50,L=190,B=125мм;черный</t>
+  </si>
+  <si>
+    <t>04021304</t>
+  </si>
+  <si>
+    <t>25580.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания порционная;керамика;320мл;D=18см;черный</t>
+  </si>
+  <si>
+    <t>04021305</t>
+  </si>
+  <si>
+    <t>21691.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания порционная;керамика;250мл;,H=30,L=145,B=130мм;черный</t>
+  </si>
+  <si>
+    <t>04021308</t>
+  </si>
+  <si>
+    <t>20290.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Крафт Вайт»;фарфор;0,78л;D=215,H=25,L=260,B=235мм;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>04021314</t>
+  </si>
+  <si>
+    <t>1155 0317</t>
+  </si>
+  <si>
+    <t>29730.00₸</t>
+  </si>
+  <si>
+    <t>18 шт.</t>
+  </si>
+  <si>
+    <t>Сковорода порционная «Браун дэппл»;фарфор;D=19см;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>04021327</t>
+  </si>
+  <si>
+    <t>1714 0316</t>
+  </si>
+  <si>
+    <t>Brown Dapple</t>
+  </si>
+  <si>
+    <t>12890.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Браун Дэппл»;фарфор;185мл;D=16,5см;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>04021328</t>
+  </si>
+  <si>
+    <t>1714 0191</t>
+  </si>
+  <si>
+    <t>16009.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания порционная;фарфор;30мл;,H=20,L=75,B=70мм;черный</t>
+  </si>
+  <si>
+    <t>04021330</t>
+  </si>
+  <si>
+    <t>Miniatures</t>
+  </si>
+  <si>
+    <t>4551.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода порционная «Эклипс»;керамика;0,5л;D=15,H=5см;черный</t>
+  </si>
+  <si>
+    <t>04021331</t>
+  </si>
+  <si>
+    <t>20282.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода порционная «Эклипс»;керамика;1л;D=185,H=55мм;красный,черный</t>
+  </si>
+  <si>
+    <t>04021332</t>
+  </si>
+  <si>
+    <t>36491.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Эклипс» порционная;фарфор;1л;D=185,H=55мм;черный</t>
+  </si>
+  <si>
+    <t>04021333</t>
+  </si>
+  <si>
+    <t>20790.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Бель Кузин» порционная;керамика;D=16см;черный</t>
+  </si>
+  <si>
+    <t>04021345</t>
+  </si>
+  <si>
+    <t>21830.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Миньон»;керамика;0,78л;D=165,H=40,L=192мм;черный</t>
+  </si>
+  <si>
+    <t>04021346</t>
+  </si>
+  <si>
+    <t>MO145200779</t>
+  </si>
+  <si>
+    <t>Форма для запекания;фарфор;80мл;D=7,H=4см;белый</t>
+  </si>
+  <si>
+    <t>04140199</t>
+  </si>
+  <si>
+    <t>2695.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Александрия»;фарфор;240мл;D=140,H=35мм;белый</t>
+  </si>
+  <si>
+    <t>04140241</t>
+  </si>
+  <si>
+    <t>Alexandrie</t>
+  </si>
+  <si>
+    <t>12667.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Александрия» прямоугольная;фарфор;1,75л;,H=6,L=28,B=18см;белый</t>
+  </si>
+  <si>
+    <t>04140242</t>
+  </si>
+  <si>
+    <t>33080.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Кунстверк»;фарфор;D=25см</t>
+  </si>
+  <si>
+    <t>04146872</t>
+  </si>
+  <si>
+    <t>A0585</t>
+  </si>
+  <si>
+    <t>6048.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Кунстверк»;фарфор;D=28см</t>
+  </si>
+  <si>
+    <t>04146873</t>
+  </si>
+  <si>
+    <t>A0586</t>
+  </si>
+  <si>
+    <t>6650.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания «Кунстверк»;фарфор;D=30,5см</t>
+  </si>
+  <si>
+    <t>04146874</t>
+  </si>
+  <si>
+    <t>A0587</t>
+  </si>
+  <si>
+    <t>8323.00₸</t>
+  </si>
+  <si>
+    <t>Форма для котлет «Гамбургер»;алюмин.;,H=25,L=110,B=103мм</t>
+  </si>
+  <si>
+    <t>04147327</t>
+  </si>
+  <si>
+    <t>KL</t>
+  </si>
+  <si>
+    <t>4875.00₸</t>
+  </si>
+  <si>
+    <t>Форма для запекания;полипроп.;,H=86,L=340,B=140мм</t>
+  </si>
+  <si>
+    <t>04147939</t>
+  </si>
+  <si>
+    <t>37838.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для запекания «Америка»;фарфор;200мл;,H=27,L=225,B=115мм;белый</t>
+  </si>
+  <si>
+    <t>09101101</t>
+  </si>
+  <si>
+    <t>831.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для запекания «Америка»;фарфор;280мл;,H=35,L=250,B=125мм;белый</t>
+  </si>
+  <si>
+    <t>09101102</t>
+  </si>
+  <si>
+    <t>1111.00₸</t>
+  </si>
+  <si>
+    <t>Блюдо для запекания «Америка»;фарфор;450мл;,H=45,L=270,B=150мм;белый</t>
+  </si>
+  <si>
+    <t>09101104</t>
+  </si>
+  <si>
+    <t>Форма для запекания «5 звезд» без крышки (индукция);эмалиров.чугун;3,5л;,H=65,L=330,B=240мм;тем.сер.</t>
+  </si>
+  <si>
+    <t>03051968</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
+    <t>5 stars</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>76777.00₸</t>
   </si>
   <si>
     <t>5 шт.</t>
   </si>
   <si>
-    <t>Форма для запекания овальная;фарфор;450мл;,H=80,L=135,B=122мм;черный</t>
-[...2047 lines deleted...]
-  <si>
     <t>Форма для запекания «Млечный путь салатовый» прямоугольная большая;фарфор;3л;,H=75,L=315,B=215мм;сал</t>
   </si>
   <si>
     <t>03051957</t>
   </si>
   <si>
     <t>ФРФ88814063</t>
   </si>
   <si>
     <t>Млечный путь салатовый</t>
   </si>
   <si>
     <t>15939.00₸</t>
   </si>
   <si>
     <t>Форма для запекания «Романтика»;фарфор;0,9л;D=165,H=65мм;серый</t>
   </si>
   <si>
     <t>03051202</t>
   </si>
   <si>
     <t>РОМ00022050</t>
   </si>
   <si>
     <t>Романтика</t>
-  </si>
-[...1 lines deleted...]
-    <t>2772.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -2710,51 +2737,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B02930C-424D-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF52CDBB-AECA-11EE-BC40-00505692492F2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8C787D1-E4E0-11EF-BC53-00505692E2D03.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4565BF2-4252-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/690A7EDD-16CE-11EF-BC3F-0050569297EB5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE45-424B-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E90BE3FF-424D-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF9DD3BB-E4E0-11EF-BC53-00505692E2D08.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/393FC2EF-424F-11E8-A155-00259035BB679.gif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/324813E2-E3C8-11EB-BBF2-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB221FB2-424E-11E8-A155-00259035BB6711.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB221FB3-424E-11E8-A155-00259035BB6712.gif"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB221FB5-424E-11E8-A155-00259035BB6713.gif"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1287BD5-424E-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1287BD6-424E-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1287BD7-424E-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1287BD8-424E-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D94E9BEB-AECA-11EE-BC40-00505692492F18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8423BB84-E569-11EF-BC53-00505692E2D019.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E53D1827-424E-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2CCF5F4-E4E0-11EF-BC53-00505692E2D021.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/393FC304-424F-11E8-A155-00259035BB6722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/393FC305-424F-11E8-A155-00259035BB6723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57661FB2-424F-11E8-A155-00259035BB6724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D351B3EA-AECA-11EE-BC40-00505692492F25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC05BAEF-424F-11E8-A155-00259035BB6726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BEBDBFED-E4E0-11EF-BC53-00505692E2D027.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67F9B0E3-E63A-11EF-BC4E-00505692C44728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7FB4452-4250-11E8-A155-00259035BB6729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92E6B304-21BA-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CC5FF07-21BA-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CC5FE55-21BA-11EE-BC0D-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB146A60-21B8-11EE-BC0D-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B512DB52-21B8-11EE-BC0D-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B512DAA0-21B8-11EE-BC0D-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA077AA8-4250-11E8-A155-00259035BB6736.gif"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B58F08E5-E4E0-11EF-BC53-00505692E2D037.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8C7799F-E4E0-11EF-BC53-00505692E2D038.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B633E3BB-4251-11E8-A155-00259035BB6739.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B512DA00-21B8-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF795750-E3C6-11EB-BBF2-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59CA0CF3-AEC8-11EE-BC40-00505692492F42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B58F1567-E4E0-11EF-BC53-00505692E2D043.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2CD1097-E4E0-11EF-BC53-00505692E2D044.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B512D76E-21B8-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92E6B456-21BA-11EE-BC0D-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/487AC054-4253-11E8-A155-00259035BB6747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A16A9D4-21B9-11EE-BC0D-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74A8B250-F151-11EB-BBF2-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92E6B1B2-21BA-11EE-BC0D-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92E6B112-21BA-11EE-BC0D-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E7322AA-4253-11E8-A155-00259035BB6752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E7322AB-4253-11E8-A155-00259035BB6753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A27C740B-4253-11E8-A155-00259035BB6754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A27C740C-4253-11E8-A155-00259035BB6755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE7F8F4C-4253-11E8-A155-00259035BB6756.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/324813E1-E3C8-11EB-BBF2-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92E6B3B6-21BA-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148BFF78-4254-11E8-A155-00259035BB6759.gif"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F409087-424F-11E8-A155-00259035BB6760.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/324813DB-E3C8-11EB-BBF2-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F409090-424F-11E8-A155-00259035BB6762.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86B80FF2-21BA-11EE-BC0D-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C460BEE-E3C8-11EB-BBF2-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F409093-424F-11E8-A155-00259035BB6765.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4555A337-424F-11E8-A155-00259035BB6766.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BEBDB335-E4E0-11EF-BC53-00505692E2D067.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9605932D-4250-11E8-A155-00259035BB6768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CC5FFB9-21BA-11EE-BC0D-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0817B6D2-4251-11E8-A155-00259035BB6770.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CC5FCF1-21BA-11EE-BC0D-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CC6006B-21BA-11EE-BC0D-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2CD044A-E4E0-11EF-BC53-00505692E2D073.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86B80E00-21BA-11EE-BC0D-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30735164-4253-11E8-A155-00259035BB6775.gif"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8841925-4253-11E8-A155-00259035BB6776.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8AC39F5D-F151-11EB-BBF2-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329BED59-4254-11E8-A155-00259035BB6778.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329BED5A-4254-11E8-A155-00259035BB6779.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329BED5B-4254-11E8-A155-00259035BB6780.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8683BC7C-4254-11E8-A155-00259035BB6781.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8683BC7D-4254-11E8-A155-00259035BB6782.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E897D82-4254-11E8-A155-00259035BB6783.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E897D83-4254-11E8-A155-00259035BB6784.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E897D84-4254-11E8-A155-00259035BB6785.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E897D85-4254-11E8-A155-00259035BB6786.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E897D86-4254-11E8-A155-00259035BB6787.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E897D87-4254-11E8-A155-00259035BB6788.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CC5FDB5-21BA-11EE-BC0D-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86B80D4E-21BA-11EE-BC0D-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4AC2518-4254-11E8-A155-00259035BB6791.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CC5FC3F-21BA-11EE-BC0D-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CC5FB8D-21BA-11EE-BC0D-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E5464EB-0DB6-11ED-BBFC-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4AC2528-4254-11E8-A155-00259035BB6795.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECB541D7-4254-11E8-A155-00259035BB6796.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECB541D8-4254-11E8-A155-00259035BB6797.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECB541D9-4254-11E8-A155-00259035BB6798.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86B80C9C-21BA-11EE-BC0D-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/233FB8FD-814A-11E9-BBBA-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8AC39F61-F151-11EB-BBF2-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F283EB5-12C1-11EA-BBC6-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29C71117-814A-11E9-BBBA-005056921CC4103.gif"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3D1CB59C-814A-11E9-BBBA-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3D1CB59D-814A-11E9-BBBA-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/837BE6B6-814A-11E9-BBBA-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE2C84FD-4251-11E8-A155-00259035BB67107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92E6B252-21BA-11EE-BC0D-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CB8-4254-11E8-A155-00259035BB67109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CBF-4254-11E8-A155-00259035BB67110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3BA51CE-814A-11E9-BBBA-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1978C79B-21BA-11EE-BC0D-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8097EC64-814B-11E9-BBBA-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19CC2820-0D95-11EC-BBF2-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F8ED417-647B-11EA-BBCE-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E416953E-53FA-11EA-BBCE-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/324813DC-E3C8-11EB-BBF2-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/324813DD-E3C8-11EB-BBF2-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9724C931-15C9-11EA-BBC6-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A18BF840-15C9-11EA-BBC6-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B4CC5DEF-15C9-11EA-BBC6-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6917891-15C9-11EA-BBC6-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C460BF0-E3C8-11EB-BBF2-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D77D9AE5-15C9-11EA-BBC6-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E62FE95B-15C9-11EA-BBC6-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8972423-15C9-11EA-BBC6-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/052513B0-15CA-11EA-BBC6-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1394A026-15CA-11EA-BBC6-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/174978F4-D8EE-11EB-BBF2-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF16772C-21B8-11EE-BC0D-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF1677CC-21B8-11EE-BC0D-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26A9830F-DC9C-11ED-BC07-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26A98173-DC9C-11ED-BC07-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26A9801F-DC9C-11ED-BC07-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26A97ECB-DC9C-11ED-BC07-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26A97D9B-DC9C-11ED-BC07-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7AEDF010-0604-11EE-BC09-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7AEDF12F-0604-11EE-BC09-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/426F277F-5EF1-11EE-BC0E-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48673493-5EF1-11EE-BC0E-005056921CC4140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFD597DF-E567-11EF-BC53-00505692E2D0141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9DD946A-E567-11EF-BC53-00505692E2D0142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9DD9564-E567-11EF-BC53-00505692E2D0143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CE929A0-21BF-11EE-BC0D-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3FCC1BF-E3D8-11EF-BC57-00505692E049145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3FCC0E9-E3D8-11EF-BC57-00505692E049146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/326E573B-424C-11E8-A155-00259035BB67147.gif"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFF7128A-E567-11EF-BC53-00505692E2D0148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4B64144-E4E0-11EF-BC53-00505692E2D0149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4B635CF-E4E0-11EF-BC53-00505692E2D0150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A99A294-424C-11E8-A155-00259035BB67151.gif"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFF711B4-E567-11EF-BC53-00505692E2D0152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C18678E6-E4E0-11EF-BC53-00505692E2D0153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C186898E-E4E0-11EF-BC53-00505692E2D0154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB7D408E-E4E0-11EF-BC53-00505692E2D0155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB7D32D9-E4E0-11EF-BC53-00505692E2D0156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB7D2591-E4E0-11EF-BC53-00505692E2D0157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BEBDA4CD-E4E0-11EF-BC53-00505692E2D0158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB358-424C-11E8-A155-00259035BB67159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7020E65-424D-11E8-A155-00259035BB67160.gif"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7020E66-424D-11E8-A155-00259035BB67161.gif"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250460D6-424E-11E8-A155-00259035BB67162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFF70FF6-E567-11EF-BC53-00505692E2D0163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91116082-424E-11E8-A155-00259035BB67164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91116083-424E-11E8-A155-00259035BB67165.gif"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91116084-424E-11E8-A155-00259035BB67166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91116085-424E-11E8-A155-00259035BB67167.gif"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5207EAA-424E-11E8-A155-00259035BB67168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D43419C2-4251-11E8-A155-00259035BB67169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D43419C5-4251-11E8-A155-00259035BB67170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFF710DE-E567-11EF-BC53-00505692E2D0171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D43419C7-4251-11E8-A155-00259035BB67172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A2A52A9-4252-11E8-A155-00259035BB67173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA64596D-4252-11E8-A155-00259035BB67174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4B64E6A-E4E0-11EF-BC53-00505692E2D0175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153A99B5-814B-11E9-BBBA-005056921CC4176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E20252DA-424F-11E8-A155-00259035BB67177.gif"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E20252DB-424F-11E8-A155-00259035BB67178.gif"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E20252DC-424F-11E8-A155-00259035BB67179.gif"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E77480D-21C3-11EE-BC0D-005056921CC4180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E77476D-21C3-11EE-BC0D-005056921CC4181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E774B51-21C3-11EE-BC0D-005056921CC4182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B58F2406-E4E0-11EF-BC53-00505692E2D0183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8C76BC7-E4E0-11EF-BC53-00505692E2D0184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E7748BF-21C3-11EE-BC0D-005056921CC4185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E774A11-21C3-11EE-BC0D-005056921CC4186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E774AB1-21C3-11EE-BC0D-005056921CC4187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9866E955-21C3-11EE-BC0D-005056921CC4188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E77462D-21C3-11EE-BC0D-005056921CC4189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E897D80-4254-11E8-A155-00259035BB67190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E77458D-21C3-11EE-BC0D-005056921CC4191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3D1ECE9-814A-11E9-BBBA-005056921CC4192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/671D03CF-424E-11E8-A155-00259035BB67193.gif"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3FCC2BF-E3D8-11EF-BC57-00505692E049194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4B65A02-E4E0-11EF-BC53-00505692E2D0195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE3C6713-4252-11E8-A155-00259035BB67196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE3C6714-4252-11E8-A155-00259035BB67197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE3C6715-4252-11E8-A155-00259035BB67198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8FD7866-FCA3-11EC-BBFA-005056921CC4199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE4A-424E-11E8-A155-00259035BB67200.gif"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE4B-424E-11E8-A155-00259035BB67201.gif"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE4C-424E-11E8-A155-00259035BB67202.gif"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0C1D960-A6C2-11EF-BC53-00505692E2D0203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AB2F32C2-A9D1-11F0-BC4C-0050569297EB204.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B02930C-424D-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF52CDBB-AECA-11EE-BC40-00505692492F2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8C787D1-E4E0-11EF-BC53-00505692E2D03.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4565BF2-4252-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/690A7EDD-16CE-11EF-BC3F-0050569297EB5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE45-424B-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E90BE3FF-424D-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF9DD3BB-E4E0-11EF-BC53-00505692E2D08.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/393FC2EF-424F-11E8-A155-00259035BB679.gif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/324813E2-E3C8-11EB-BBF2-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB221FB2-424E-11E8-A155-00259035BB6711.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB221FB3-424E-11E8-A155-00259035BB6712.gif"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB221FB5-424E-11E8-A155-00259035BB6713.gif"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1287BD5-424E-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1287BD6-424E-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1287BD7-424E-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1287BD8-424E-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D94E9BEB-AECA-11EE-BC40-00505692492F18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8423BB84-E569-11EF-BC53-00505692E2D019.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E53D1827-424E-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2CCF5F4-E4E0-11EF-BC53-00505692E2D021.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/393FC304-424F-11E8-A155-00259035BB6722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/393FC305-424F-11E8-A155-00259035BB6723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57661FB2-424F-11E8-A155-00259035BB6724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D351B3EA-AECA-11EE-BC40-00505692492F25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC05BAEF-424F-11E8-A155-00259035BB6726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BEBDBFED-E4E0-11EF-BC53-00505692E2D027.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67F9B0E3-E63A-11EF-BC4E-00505692C44728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7FB4452-4250-11E8-A155-00259035BB6729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92E6B304-21BA-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CC5FF07-21BA-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CC5FE55-21BA-11EE-BC0D-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB146A60-21B8-11EE-BC0D-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B512DB52-21B8-11EE-BC0D-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B512DAA0-21B8-11EE-BC0D-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA077AA8-4250-11E8-A155-00259035BB6736.gif"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B58F08E5-E4E0-11EF-BC53-00505692E2D037.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8C7799F-E4E0-11EF-BC53-00505692E2D038.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B633E3BB-4251-11E8-A155-00259035BB6739.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B512DA00-21B8-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF795750-E3C6-11EB-BBF2-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59CA0CF3-AEC8-11EE-BC40-00505692492F42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B58F1567-E4E0-11EF-BC53-00505692E2D043.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2CD1097-E4E0-11EF-BC53-00505692E2D044.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B512D76E-21B8-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92E6B456-21BA-11EE-BC0D-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/487AC054-4253-11E8-A155-00259035BB6747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A16A9D4-21B9-11EE-BC0D-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74A8B250-F151-11EB-BBF2-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92E6B1B2-21BA-11EE-BC0D-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92E6B112-21BA-11EE-BC0D-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E7322AA-4253-11E8-A155-00259035BB6752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E7322AB-4253-11E8-A155-00259035BB6753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A27C740B-4253-11E8-A155-00259035BB6754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A27C740C-4253-11E8-A155-00259035BB6755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE7F8F4C-4253-11E8-A155-00259035BB6756.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/324813E1-E3C8-11EB-BBF2-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92E6B3B6-21BA-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148BFF78-4254-11E8-A155-00259035BB6759.gif"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F409087-424F-11E8-A155-00259035BB6760.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/324813DB-E3C8-11EB-BBF2-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F409090-424F-11E8-A155-00259035BB6762.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86B80FF2-21BA-11EE-BC0D-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C460BEE-E3C8-11EB-BBF2-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F409093-424F-11E8-A155-00259035BB6765.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4555A337-424F-11E8-A155-00259035BB6766.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BEBDB335-E4E0-11EF-BC53-00505692E2D067.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9605932D-4250-11E8-A155-00259035BB6768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CC5FFB9-21BA-11EE-BC0D-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0817B6D2-4251-11E8-A155-00259035BB6770.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CC5FCF1-21BA-11EE-BC0D-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CC6006B-21BA-11EE-BC0D-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2CD044A-E4E0-11EF-BC53-00505692E2D073.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86B80E00-21BA-11EE-BC0D-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30735164-4253-11E8-A155-00259035BB6775.gif"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8841925-4253-11E8-A155-00259035BB6776.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8AC39F5D-F151-11EB-BBF2-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329BED59-4254-11E8-A155-00259035BB6778.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329BED5A-4254-11E8-A155-00259035BB6779.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329BED5B-4254-11E8-A155-00259035BB6780.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8683BC7C-4254-11E8-A155-00259035BB6781.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8683BC7D-4254-11E8-A155-00259035BB6782.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E897D82-4254-11E8-A155-00259035BB6783.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E897D83-4254-11E8-A155-00259035BB6784.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E897D84-4254-11E8-A155-00259035BB6785.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E897D86-4254-11E8-A155-00259035BB6786.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E897D87-4254-11E8-A155-00259035BB6787.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CC5FDB5-21BA-11EE-BC0D-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86B80D4E-21BA-11EE-BC0D-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4AC2518-4254-11E8-A155-00259035BB6790.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CC5FC3F-21BA-11EE-BC0D-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CC5FB8D-21BA-11EE-BC0D-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E5464EB-0DB6-11ED-BBFC-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4AC2528-4254-11E8-A155-00259035BB6794.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECB541D7-4254-11E8-A155-00259035BB6795.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECB541D8-4254-11E8-A155-00259035BB6796.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECB541D9-4254-11E8-A155-00259035BB6797.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86B80C9C-21BA-11EE-BC0D-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/233FB8FD-814A-11E9-BBBA-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8AC39F61-F151-11EB-BBF2-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F283EB5-12C1-11EA-BBC6-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29C71117-814A-11E9-BBBA-005056921CC4102.gif"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3D1CB59C-814A-11E9-BBBA-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3D1CB59D-814A-11E9-BBBA-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/837BE6B6-814A-11E9-BBBA-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE2C84FD-4251-11E8-A155-00259035BB67106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92E6B252-21BA-11EE-BC0D-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CB8-4254-11E8-A155-00259035BB67108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CBF-4254-11E8-A155-00259035BB67109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3BA51CE-814A-11E9-BBBA-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1978C79B-21BA-11EE-BC0D-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8097EC64-814B-11E9-BBBA-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19CC2820-0D95-11EC-BBF2-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F8ED417-647B-11EA-BBCE-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E416953E-53FA-11EA-BBCE-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/324813DC-E3C8-11EB-BBF2-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/324813DD-E3C8-11EB-BBF2-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9724C931-15C9-11EA-BBC6-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A18BF840-15C9-11EA-BBC6-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B4CC5DEF-15C9-11EA-BBC6-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6917891-15C9-11EA-BBC6-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C460BF0-E3C8-11EB-BBF2-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D77D9AE5-15C9-11EA-BBC6-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E62FE95B-15C9-11EA-BBC6-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8972423-15C9-11EA-BBC6-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/052513B0-15CA-11EA-BBC6-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1394A026-15CA-11EA-BBC6-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/174978F4-D8EE-11EB-BBF2-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF16772C-21B8-11EE-BC0D-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF1677CC-21B8-11EE-BC0D-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26A9830F-DC9C-11ED-BC07-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26A98173-DC9C-11ED-BC07-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26A9801F-DC9C-11ED-BC07-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26A97ECB-DC9C-11ED-BC07-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26A97D9B-DC9C-11ED-BC07-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7AEDF010-0604-11EE-BC09-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7AEDF12F-0604-11EE-BC09-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/426F277F-5EF1-11EE-BC0E-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48673493-5EF1-11EE-BC0E-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFD597DF-E567-11EF-BC53-00505692E2D0140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9DD946A-E567-11EF-BC53-00505692E2D0141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9DD9564-E567-11EF-BC53-00505692E2D0142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CE929A0-21BF-11EE-BC0D-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3FCC1BF-E3D8-11EF-BC57-00505692E049144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3FCC0E9-E3D8-11EF-BC57-00505692E049145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/326E573B-424C-11E8-A155-00259035BB67146.gif"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFF7128A-E567-11EF-BC53-00505692E2D0147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4B64144-E4E0-11EF-BC53-00505692E2D0148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4B635CF-E4E0-11EF-BC53-00505692E2D0149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A99A294-424C-11E8-A155-00259035BB67150.gif"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFF711B4-E567-11EF-BC53-00505692E2D0151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C18678E6-E4E0-11EF-BC53-00505692E2D0152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C186898E-E4E0-11EF-BC53-00505692E2D0153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB7D408E-E4E0-11EF-BC53-00505692E2D0154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB7D32D9-E4E0-11EF-BC53-00505692E2D0155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB7D2591-E4E0-11EF-BC53-00505692E2D0156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BEBDA4CD-E4E0-11EF-BC53-00505692E2D0157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB358-424C-11E8-A155-00259035BB67158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7020E65-424D-11E8-A155-00259035BB67159.gif"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7020E66-424D-11E8-A155-00259035BB67160.gif"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250460D6-424E-11E8-A155-00259035BB67161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFF70FF6-E567-11EF-BC53-00505692E2D0162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91116082-424E-11E8-A155-00259035BB67163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91116083-424E-11E8-A155-00259035BB67164.gif"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91116084-424E-11E8-A155-00259035BB67165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91116085-424E-11E8-A155-00259035BB67166.gif"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5207EAA-424E-11E8-A155-00259035BB67167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D43419C2-4251-11E8-A155-00259035BB67168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D43419C5-4251-11E8-A155-00259035BB67169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFF710DE-E567-11EF-BC53-00505692E2D0170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D43419C7-4251-11E8-A155-00259035BB67171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A2A52A9-4252-11E8-A155-00259035BB67172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA64596D-4252-11E8-A155-00259035BB67173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4B64E6A-E4E0-11EF-BC53-00505692E2D0174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153A99B5-814B-11E9-BBBA-005056921CC4175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E20252DA-424F-11E8-A155-00259035BB67176.gif"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E20252DB-424F-11E8-A155-00259035BB67177.gif"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E20252DC-424F-11E8-A155-00259035BB67178.gif"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E77480D-21C3-11EE-BC0D-005056921CC4179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E77476D-21C3-11EE-BC0D-005056921CC4180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E774B51-21C3-11EE-BC0D-005056921CC4181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B58F2406-E4E0-11EF-BC53-00505692E2D0182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8C76BC7-E4E0-11EF-BC53-00505692E2D0183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E7748BF-21C3-11EE-BC0D-005056921CC4184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E774A11-21C3-11EE-BC0D-005056921CC4185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E774AB1-21C3-11EE-BC0D-005056921CC4186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9866E955-21C3-11EE-BC0D-005056921CC4187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E77462D-21C3-11EE-BC0D-005056921CC4188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E897D80-4254-11E8-A155-00259035BB67189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E77458D-21C3-11EE-BC0D-005056921CC4190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3D1ECE9-814A-11E9-BBBA-005056921CC4191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/671D03CF-424E-11E8-A155-00259035BB67192.gif"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3FCC2BF-E3D8-11EF-BC57-00505692E049193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4B65A02-E4E0-11EF-BC53-00505692E2D0194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE3C6713-4252-11E8-A155-00259035BB67195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE3C6714-4252-11E8-A155-00259035BB67196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE3C6715-4252-11E8-A155-00259035BB67197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8FD7866-FCA3-11EC-BBFA-005056921CC4198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE4A-424E-11E8-A155-00259035BB67199.gif"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE4B-424E-11E8-A155-00259035BB67200.gif"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE4C-424E-11E8-A155-00259035BB67201.gif"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0C1D960-A6C2-11EF-BC53-00505692E2D0202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AB2F32C2-A9D1-11F0-BC4C-0050569297EB203.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -6109,2763 +6136,2733 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="113" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId113"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>115</xdr:row>
+      <xdr:row>125</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="114" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId114"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>123</xdr:row>
+      <xdr:row>126</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="115" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId115"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>124</xdr:row>
+      <xdr:row>127</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="116" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId116"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>125</xdr:row>
+      <xdr:row>128</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="117" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId117"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>126</xdr:row>
+      <xdr:row>129</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="118" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId118"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>127</xdr:row>
+      <xdr:row>130</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="119" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId119"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>128</xdr:row>
+      <xdr:row>131</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="120" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId120"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>129</xdr:row>
+      <xdr:row>132</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="121" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId121"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>130</xdr:row>
+      <xdr:row>133</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="122" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId122"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>131</xdr:row>
+      <xdr:row>134</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="123" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId123"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>132</xdr:row>
+      <xdr:row>135</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="124" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId124"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>133</xdr:row>
+      <xdr:row>136</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="125" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId125"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>134</xdr:row>
+      <xdr:row>137</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="126" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId126"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>135</xdr:row>
+      <xdr:row>138</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="127" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId127"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>136</xdr:row>
+      <xdr:row>139</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="128" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId128"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>137</xdr:row>
+      <xdr:row>140</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="129" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId129"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>138</xdr:row>
+      <xdr:row>141</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="130" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId130"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>139</xdr:row>
+      <xdr:row>142</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="131" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId131"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>140</xdr:row>
+      <xdr:row>143</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="132" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId132"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>141</xdr:row>
+      <xdr:row>144</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="133" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId133"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>142</xdr:row>
+      <xdr:row>145</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="134" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId134"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>143</xdr:row>
+      <xdr:row>146</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="135" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId135"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>144</xdr:row>
+      <xdr:row>147</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="136" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId136"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>145</xdr:row>
+      <xdr:row>148</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="137" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId137"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>146</xdr:row>
+      <xdr:row>149</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="138" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId138"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>147</xdr:row>
+      <xdr:row>150</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="139" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId139"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>148</xdr:row>
+      <xdr:row>151</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="140" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId140"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>149</xdr:row>
+      <xdr:row>152</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="141" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId141"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>150</xdr:row>
+      <xdr:row>153</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="142" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId142"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>151</xdr:row>
+      <xdr:row>154</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="143" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId143"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>152</xdr:row>
+      <xdr:row>155</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="144" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId144"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>153</xdr:row>
+      <xdr:row>156</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="145" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId145"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>154</xdr:row>
+      <xdr:row>157</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="146" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId146"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>155</xdr:row>
+      <xdr:row>158</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="147" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId147"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>156</xdr:row>
+      <xdr:row>159</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="148" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId148"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>157</xdr:row>
+      <xdr:row>160</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="149" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId149"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>158</xdr:row>
+      <xdr:row>161</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="150" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId150"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>159</xdr:row>
+      <xdr:row>162</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="151" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId151"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>160</xdr:row>
+      <xdr:row>163</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="152" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId152"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>161</xdr:row>
+      <xdr:row>164</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="153" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId153"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>162</xdr:row>
+      <xdr:row>165</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="154" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId154"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>163</xdr:row>
+      <xdr:row>166</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="155" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId155"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>164</xdr:row>
+      <xdr:row>167</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="156" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId156"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>165</xdr:row>
+      <xdr:row>168</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="157" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId157"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>166</xdr:row>
+      <xdr:row>169</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="158" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId158"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>167</xdr:row>
+      <xdr:row>170</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="159" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId159"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>168</xdr:row>
+      <xdr:row>171</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="160" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId160"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>169</xdr:row>
+      <xdr:row>172</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="161" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId161"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>170</xdr:row>
+      <xdr:row>173</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="162" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId162"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>171</xdr:row>
+      <xdr:row>174</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="163" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId163"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>172</xdr:row>
+      <xdr:row>175</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="164" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId164"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>173</xdr:row>
+      <xdr:row>176</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="165" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId165"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>174</xdr:row>
+      <xdr:row>177</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="166" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId166"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>175</xdr:row>
+      <xdr:row>178</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="167" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId167"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>176</xdr:row>
+      <xdr:row>179</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="168" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId168"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>177</xdr:row>
+      <xdr:row>180</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="169" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId169"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>178</xdr:row>
+      <xdr:row>181</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="170" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId170"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>179</xdr:row>
+      <xdr:row>182</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="171" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId171"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>180</xdr:row>
+      <xdr:row>183</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="172" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId172"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>181</xdr:row>
+      <xdr:row>184</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="173" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId173"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>182</xdr:row>
+      <xdr:row>185</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="174" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId174"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>183</xdr:row>
+      <xdr:row>186</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="175" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId175"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>184</xdr:row>
+      <xdr:row>187</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="176" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId176"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>185</xdr:row>
+      <xdr:row>188</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="177" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId177"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>186</xdr:row>
+      <xdr:row>189</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="178" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId178"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>187</xdr:row>
+      <xdr:row>190</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="179" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId179"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>188</xdr:row>
+      <xdr:row>191</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="180" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId180"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>189</xdr:row>
+      <xdr:row>192</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="181" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId181"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>190</xdr:row>
+      <xdr:row>193</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="182" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId182"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>191</xdr:row>
+      <xdr:row>194</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="183" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId183"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>192</xdr:row>
+      <xdr:row>195</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="184" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId184"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>193</xdr:row>
+      <xdr:row>196</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="185" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId185"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>194</xdr:row>
+      <xdr:row>197</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="186" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId186"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>195</xdr:row>
+      <xdr:row>198</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="187" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId187"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>196</xdr:row>
+      <xdr:row>199</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="188" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId188"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>197</xdr:row>
+      <xdr:row>200</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="189" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId189"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>198</xdr:row>
+      <xdr:row>201</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="190" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId190"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>199</xdr:row>
+      <xdr:row>202</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="191" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId191"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>200</xdr:row>
+      <xdr:row>204</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="192" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId192"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>201</xdr:row>
+      <xdr:row>205</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="193" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId193"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>202</xdr:row>
+      <xdr:row>206</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="194" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId194"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>203</xdr:row>
+      <xdr:row>207</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="195" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId195"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>204</xdr:row>
+      <xdr:row>208</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="196" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId196"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>205</xdr:row>
+      <xdr:row>209</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="197" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId197"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>206</xdr:row>
+      <xdr:row>211</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="198" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId198"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>208</xdr:row>
+      <xdr:row>212</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="199" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId199"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>209</xdr:row>
+      <xdr:row>213</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="200" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId200"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>210</xdr:row>
+      <xdr:row>214</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="201" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId201"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>211</xdr:row>
+      <xdr:row>215</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="202" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId202"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>212</xdr:row>
+      <xdr:row>217</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="203" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId203"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId204"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -9124,62 +9121,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-ovalnoe-steelite-03020579/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-servirovochnoe-revol-03021390/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-ovals-ruchkami-revol-03021648/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-ovals-ruchkami-revol-03021649/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-s-ruchkoy-utopia-03021754/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kokilnica-03040403/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-kvadratnaya-d-zapek-revol-03050238/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-revol-03050240/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-bez-kryshki-revol-03050259/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-tognana-03050401/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-ovalnoe-steelite-03050405/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-ovalnoe-steelite-03050406/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-ovalnoe-steelite-03050408/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-ovalnoe-steelite-03050409/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-steelite-03050410/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-steelite-03050411/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-pryamougolnoe-steelite-03050412/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-revol-03050413/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-kvadratnoe-revol-03050414/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-ovalnoe-revol-03050415/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-revol-03050416/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-pryamougolnoe-steelite-03050422/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-pryamougolnoe-steelite-03050423/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-na-podstavke-beckers-03050424/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-na-podstavke-03050426/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-pryamougolnoe-revol-03050430/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-revol-03050434/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-revol-03050435/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-revol-03050437/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-ovalnoe-steelite-03050441/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-steelite-03050442/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-ovalnoe-steelite-03050443/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-ovalnoe-steelite-03050444/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-steelite-03050445/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-steelite-03050446/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-ovalnaya-steelite-03050447/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-ovalnaya-steelite-03050448/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-revol-03050449/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-ovalnaya-revol-03050450/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-ovalnaya-revol-03050451/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-ovalnaya-steelite-03050457/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lazannica-g-benedikt-karlovy-vary-03050458/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-revol-03050460/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-revol-03050463/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-revol-03050464/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-revol-03050465/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-glubokoe-d-zapek-matfer-03050473/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-g-benedikt-karlovy-vary-03050481/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-formy-dlya-zapekaniya-g-benedikt-karlovy-vary-03050482/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-ovald-zapekaniya-serax-03050483/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-serax-03050484/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-serax-03050485/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-serax-03050487/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-ovalnoe-serax-03050488/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-serax-03050489/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-serax-03050490/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-revol-03050491/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-utopia-03050492/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-steelite-03050497/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-steelite-03050498/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-matfer-03050501/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-ovalnoe-matfer-03050502/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-ovalnoe-matfer-03050503/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-matfer-03050504/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-matfer-03050505/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-pryamougolnoe-matfer-03050506/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-matfer-03050507/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-revol-03050508/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-steelite-03050520/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-ovalnoe-steelite-03050523/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-pryamougolnoe-steelite-03050524/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-pryamougolnoe-steelite-03050525/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-ovalnoe-steelite-03050530/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-revol-03050540/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-ovald-zapekaniya-steelite-03050541/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-ovald-zapekaniya-steelite-03050542/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-s-ruchkami-risoli-03050543/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-s-ruchkoy-serax-03050544/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-s-ruchkoy-serax-03050545/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-s-ruchkoy-serax-03050546/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-s-ruchkoy-serax-03050547/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-dobrushskiy-farforovyy-zavod-03050551/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-dobrushskiy-farforovyy-zavod-03050552/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zapekaniya-revol-03050558/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zapekaniya-revol-03050559/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-revol-03050560/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zapekaniya-revol-03050561/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zapekaniya-revol-03050562/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zapekaniya-revol-03050563/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-anfora-03050568/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-pryamougd-zapeks-ruchk-kunstwerk-03050569/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-pryamougd-zapeks-ruchk-kunstwerk-03050570/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-s-ruchkami-kunstwerk-03050571/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-s-ruchkami-kunstwerk-03050572/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-ovald-zapeks-ruchk-kunstwerk-03050573/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-ovald-zapeks-ruchk-kunstwerk-03050574/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-prohotel-03050584/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-prohotel-03050585/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-prohotel-03050586/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-prohotel-03050587/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-pryamougd-zapeks-ruchk-kunstwerk-03050588/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-10-serax-03050589/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-10-serax-03050590/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-10-serax-03050592/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-s-ruchkami-kunstwerk-03050594/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-ovald-zapeks-ruchk-kunstwerk-03050595/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-ovalnoe-steelite-03050598/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-ovalnoe-steelite-03050647/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-steelite-03050901/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-s-kryshkoy-daming-03051105/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-s-kryshkoy-daming-03051113/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zapekaniya-cosy-and-trendy-03051116/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zapekaniya-borisovskaya-keramika-03051120/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zapekaniya-borisovskaya-keramika-03051125/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-revol-03051136/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-borisovskaya-keramika-03051173/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-borisovskaya-keramika-03051176/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-borisovskaya-keramika-03051178/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-pryamougolnaya-srednyaya-borisovskaya-keramika-03051189/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-pryamougolnaya-bolshaya-borisovskaya-keramika-03051190/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-pryamougolnaya-borisovskaya-keramika-03051192/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-pryamougolnaya-borisovskaya-keramika-03051197/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-ovalnoe-steelite-03051514/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-fine-2-dine-03051516/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-ovalnoe-steelite-03051518/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-ovalnoe-steelite-03051519/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-regas-03051520/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-regas-03051521/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-regas-03051522/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-regas-03051523/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-regas-03051524/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-regas-03051525/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-regas-03051526/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-regas-03051527/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-regas-03051528/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-regas-03051529/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-revol-03051530/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-matfer-03051531/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-matfer-03051532/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-agness-03051929/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-agness-03051930/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-agness-03051931/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-agness-03051934/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-agness-03051935/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-agness-03051944/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-agness-03051945/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-tognana-03051955/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-tognana-03051956/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-espresso-revol-03130260/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-espresso-revol-03130262/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-espresso-revol-03130266/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/seledochnica-steelite-03171533/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-lubiana-04020214/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-lubiana-04020215/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-tognana-04020230/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-revol-04020234/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-revol-04020235/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-dlya-komplimenta-revol-04020236/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-revol-04020237/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-revol-04020238/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-pryamougolnaya-revol-04020239/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-pryamougolnaya-revol-04020240/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-revol-04020242/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-revol-04020243/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-revol-04020244/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-revol-04020245/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-pintinox-04020293/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-revol-04020601/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-revol-04020602/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-lodge-04020603/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-pryamougolnaya-revol-04020605/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-kunstwerk-04020607/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-kunstwerk-04020608/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-kunstwerk-04020609/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-kunstwerk-04020610/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-lodge-04020612/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-dlya-zapekaniya-revol-04020654/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-dlya-zapekaniya-revol-04020655/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-dlya-zapekaniya-revol-04020656/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-dlya-zapekaniya-revol-04020657/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-revol-04020659/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-revol-04020661/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-revol-04020662/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-zapek-2-ruchki-borisovskaya-keramika-04020663/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-keram-pokryt-matfer-04020925/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-keram-pokryt-matfer-04020926/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-keram-pokryt-matfer-04020927/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-steelite-04021301/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-steelite-04021302/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-revol-04021304/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-revol-04021305/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-revol-04021308/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-steelite-04021314/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-steelite-04021327/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-steelite-04021328/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-revol-04021330/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-revol-04021331/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-revol-04021332/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-revol-04021333/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-revol-04021345/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-revol-04140199/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-revol-04140241/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-pryamougolnaya-revol-04140242/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-d-vypechki-zapekaniya-kunstwerk-04146872/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-d-vypechki-zapekaniya-kunstwerk-04146873/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-d-vypechki-zapekaniya-kunstwerk-04146874/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-kotlet-kl-04147327/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-hleba-matfer-04147939/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-lubiana-09101101/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-lubiana-09101102/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-lubiana-09101104/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-servirovki-aps-03051968/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-borisovskaya-keramika-03051957/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-borisovskaya-keramika-03051202/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-ovalnoe-steelite-03020579/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-servirovochnoe-revol-03021390/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-ovals-ruchkami-revol-03021648/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-ovals-ruchkami-revol-03021649/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-s-ruchkoy-utopia-03021754/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kokilnica-03040403/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-kvadratnaya-d-zapek-revol-03050238/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-revol-03050240/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-bez-kryshki-revol-03050259/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-tognana-03050401/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-ovalnoe-steelite-03050405/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-ovalnoe-steelite-03050406/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-ovalnoe-steelite-03050408/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-ovalnoe-steelite-03050409/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-steelite-03050410/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-steelite-03050411/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-pryamougolnoe-steelite-03050412/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-revol-03050413/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-kvadratnoe-revol-03050414/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-ovalnoe-revol-03050415/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-revol-03050416/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-pryamougolnoe-steelite-03050422/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-pryamougolnoe-steelite-03050423/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-na-podstavke-beckers-03050424/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-na-podstavke-03050426/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-pryamougolnoe-revol-03050430/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-revol-03050434/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-revol-03050435/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-revol-03050437/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-ovalnoe-steelite-03050441/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-steelite-03050442/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-ovalnoe-steelite-03050443/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-ovalnoe-steelite-03050444/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-steelite-03050445/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-steelite-03050446/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-ovalnaya-steelite-03050447/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-ovalnaya-steelite-03050448/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-revol-03050449/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-ovalnaya-revol-03050450/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-ovalnaya-revol-03050451/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-ovalnaya-steelite-03050457/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lazannica-g-benedikt-karlovy-vary-03050458/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-revol-03050460/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-revol-03050463/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-revol-03050464/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-revol-03050465/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-glubokoe-d-zapek-matfer-03050473/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-g-benedikt-karlovy-vary-03050481/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-formy-dlya-zapekaniya-g-benedikt-karlovy-vary-03050482/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-ovald-zapekaniya-serax-03050483/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-serax-03050484/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-serax-03050485/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-serax-03050487/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-ovalnoe-serax-03050488/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-serax-03050489/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-serax-03050490/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-revol-03050491/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-utopia-03050492/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-steelite-03050497/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-steelite-03050498/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-matfer-03050501/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-ovalnoe-matfer-03050502/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-ovalnoe-matfer-03050503/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-matfer-03050504/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-matfer-03050505/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-pryamougolnoe-matfer-03050506/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-matfer-03050507/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-revol-03050508/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-steelite-03050520/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-ovalnoe-steelite-03050523/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-pryamougolnoe-steelite-03050524/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-pryamougolnoe-steelite-03050525/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-ovalnoe-steelite-03050530/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-revol-03050540/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-ovald-zapekaniya-steelite-03050541/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-ovald-zapekaniya-steelite-03050542/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-s-ruchkami-risoli-03050543/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-s-ruchkoy-serax-03050544/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-s-ruchkoy-serax-03050545/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-s-ruchkoy-serax-03050546/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-s-ruchkoy-serax-03050547/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-dobrushskiy-farforovyy-zavod-03050551/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-dobrushskiy-farforovyy-zavod-03050552/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zapekaniya-revol-03050558/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zapekaniya-revol-03050559/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-revol-03050560/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zapekaniya-revol-03050562/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zapekaniya-revol-03050563/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-anfora-03050568/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-pryamougd-zapeks-ruchk-kunstwerk-03050569/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-pryamougd-zapeks-ruchk-kunstwerk-03050570/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-s-ruchkami-kunstwerk-03050571/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-s-ruchkami-kunstwerk-03050572/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-ovald-zapeks-ruchk-kunstwerk-03050573/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-ovald-zapeks-ruchk-kunstwerk-03050574/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-prohotel-03050584/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-prohotel-03050585/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-prohotel-03050586/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-prohotel-03050587/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-pryamougd-zapeks-ruchk-kunstwerk-03050588/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-10-serax-03050589/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-10-serax-03050590/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-10-serax-03050592/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-s-ruchkami-kunstwerk-03050594/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-ovald-zapeks-ruchk-kunstwerk-03050595/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-ovalnoe-steelite-03050598/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-ovalnoe-steelite-03050647/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-steelite-03050901/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-s-kryshkoy-daming-03051105/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-s-kryshkoy-daming-03051113/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zapekaniya-cosy-and-trendy-03051116/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zapekaniya-borisovskaya-keramika-03051120/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zapekaniya-borisovskaya-keramika-03051125/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-revol-03051136/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-tognana-03051143/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-ovalnaya-tognana-03051144/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-tognana-03051145/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-borisovskaya-keramika-03051173/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-borisovskaya-keramika-03051176/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-borisovskaya-keramika-03051178/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-pryamougolnaya-srednyaya-borisovskaya-keramika-03051189/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-pryamougolnaya-bolshaya-borisovskaya-keramika-03051190/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-pryamougolnaya-borisovskaya-keramika-03051192/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-pryamougolnaya-borisovskaya-keramika-03051197/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-ovalnoe-steelite-03051514/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-fine-2-dine-03051516/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-ovalnoe-steelite-03051518/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-ovalnoe-steelite-03051519/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-regas-03051520/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-regas-03051521/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-regas-03051522/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-regas-03051523/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-regas-03051524/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-regas-03051525/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-regas-03051526/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-regas-03051527/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-regas-03051528/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-regas-03051529/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-revol-03051530/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-matfer-03051531/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-matfer-03051532/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-agness-03051929/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-agness-03051930/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-agness-03051931/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-agness-03051934/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-agness-03051935/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-agness-03051944/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-agness-03051945/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-tognana-03051955/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-tognana-03051956/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-espresso-revol-03130260/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-espresso-revol-03130262/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-espresso-revol-03130266/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/seledochnica-steelite-03171533/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-lubiana-04020214/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-lubiana-04020215/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-tognana-04020230/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-revol-04020234/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-revol-04020235/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-dlya-komplimenta-revol-04020236/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-revol-04020237/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-revol-04020238/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-pryamougolnaya-revol-04020239/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-pryamougolnaya-revol-04020240/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-revol-04020242/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-revol-04020243/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-revol-04020244/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-revol-04020245/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-pintinox-04020293/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-revol-04020601/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-revol-04020602/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-lodge-04020603/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-pryamougolnaya-revol-04020605/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-kunstwerk-04020607/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-kunstwerk-04020608/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-kunstwerk-04020609/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-kunstwerk-04020610/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-lodge-04020612/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-dlya-zapekaniya-revol-04020654/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-dlya-zapekaniya-revol-04020655/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-dlya-zapekaniya-revol-04020656/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-dlya-zapekaniya-revol-04020657/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-revol-04020659/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-revol-04020661/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-revol-04020662/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-zapek-2-ruchki-borisovskaya-keramika-04020663/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-keram-pokryt-matfer-04020925/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-keram-pokryt-matfer-04020926/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-keram-pokryt-matfer-04020927/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-steelite-04021301/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-steelite-04021302/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-revol-04021304/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-revol-04021305/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-revol-04021308/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-steelite-04021314/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-steelite-04021327/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-steelite-04021328/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-revol-04021330/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-revol-04021331/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-revol-04021332/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-revol-04021333/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-revol-04021345/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-tognana-04021346/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-revol-04140199/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-revol-04140241/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-pryamougolnaya-revol-04140242/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-d-vypechki-zapekaniya-kunstwerk-04146872/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-d-vypechki-zapekaniya-kunstwerk-04146873/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-d-vypechki-zapekaniya-kunstwerk-04146874/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-kotlet-kl-04147327/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-hleba-matfer-04147939/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-lubiana-09101101/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-lubiana-09101102/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-zapekaniya-lubiana-09101104/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-servirovki-aps-03051968/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-borisovskaya-keramika-03051957/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-borisovskaya-keramika-03051202/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L215"/>
+  <dimension ref="A1:L218"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I215" sqref="I215"/>
+      <selection activeCell="I218" sqref="I218"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -9320,655 +9317,655 @@
         <v>34</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>35</v>
       </c>
       <c r="D5" s="0">
         <v>647582</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F5" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G5" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>36</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L5" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="C6" s="0" t="s">
         <v>38</v>
       </c>
-      <c r="C6" s="0" t="s">
+      <c r="D6" s="0" t="s">
         <v>39</v>
       </c>
-      <c r="D6" s="0" t="s">
+      <c r="E6" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="E6" s="0" t="s">
+      <c r="F6" s="0" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="G6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L6" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="C7" s="0" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="D7" s="0">
         <v>353373</v>
       </c>
       <c r="E7" s="0"/>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L7" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="C8" s="0" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="D8" s="0">
         <v>617548</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F8" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L8" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="D9" s="0">
         <v>636148</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L9" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="D10" s="0">
         <v>642212</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L10" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>57</v>
       </c>
-      <c r="C11" s="0" t="s">
+      <c r="D11" s="0" t="s">
         <v>58</v>
       </c>
-      <c r="D11" s="0" t="s">
+      <c r="E11" s="0" t="s">
         <v>59</v>
       </c>
-      <c r="E11" s="0" t="s">
+      <c r="F11" s="0" t="s">
         <v>60</v>
       </c>
-      <c r="F11" s="0" t="s">
+      <c r="G11" s="0" t="s">
         <v>61</v>
       </c>
-      <c r="G11" s="0" t="s">
+      <c r="H11" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I11" s="1" t="s">
         <v>62</v>
-      </c>
-[...4 lines deleted...]
-        <v>63</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>64</v>
+        <v>28</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="C12" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="D12" s="0" t="s">
         <v>65</v>
-      </c>
-[...4 lines deleted...]
-        <v>67</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L12" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="C13" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="D13" s="0" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>72</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L13" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="C14" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="D14" s="0" t="s">
         <v>73</v>
-      </c>
-[...4 lines deleted...]
-        <v>75</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L14" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="C15" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D15" s="0" t="s">
         <v>76</v>
-      </c>
-[...4 lines deleted...]
-        <v>78</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>28</v>
+        <v>78</v>
       </c>
       <c r="L15" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>80</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="L16" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>84</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="L17" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>89</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="D18" s="0" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L18" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>93</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="D19" s="0" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F19" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>97</v>
       </c>
-      <c r="C20" s="0" t="s">
+      <c r="D20" s="0" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F20" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L20" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="D21" s="0">
         <v>615445</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L21" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="D22" s="0">
         <v>618412</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F22" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L22" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>107</v>
       </c>
-      <c r="C23" s="0" t="s">
+      <c r="D23" s="0" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>64</v>
+        <v>110</v>
       </c>
       <c r="L23" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
         <v>111</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>112</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>113</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>17</v>
       </c>
@@ -10123,6216 +10120,6306 @@
         <v>133</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>134</v>
       </c>
       <c r="D29" s="0">
         <v>642970</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F29" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>135</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>136</v>
+        <v>87</v>
       </c>
       <c r="L29" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="C30" s="0" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="D30" s="0">
         <v>642118</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F30" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L30" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>140</v>
       </c>
-      <c r="C31" s="0" t="s">
+      <c r="D31" s="0" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L31" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>144</v>
       </c>
-      <c r="C32" s="0" t="s">
+      <c r="D32" s="0" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L32" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="C33" s="0" t="s">
         <v>149</v>
       </c>
-      <c r="C33" s="0" t="s">
+      <c r="D33" s="0" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F33" s="0" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="L33" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="C34" s="0" t="s">
         <v>155</v>
       </c>
-      <c r="C34" s="0" t="s">
+      <c r="D34" s="0" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L34" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="C35" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="C35" s="0" t="s">
+      <c r="D35" s="0" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L35" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="C36" s="0" t="s">
         <v>164</v>
       </c>
-      <c r="C36" s="0" t="s">
+      <c r="D36" s="0" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="L36" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="C37" s="0" t="s">
         <v>169</v>
       </c>
-      <c r="C37" s="0" t="s">
+      <c r="D37" s="0" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="G37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L37" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="C38" s="0" t="s">
         <v>174</v>
       </c>
-      <c r="C38" s="0" t="s">
+      <c r="D38" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="L38" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="D39" s="0">
         <v>643721</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>181</v>
+        <v>28</v>
       </c>
       <c r="L39" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="D40" s="0">
         <v>643717</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>185</v>
+        <v>28</v>
       </c>
       <c r="L40" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="D41" s="0">
         <v>643623</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>33</v>
+        <v>186</v>
       </c>
       <c r="L41" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="C42" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="D42" s="0" t="s">
         <v>189</v>
-      </c>
-[...4 lines deleted...]
-        <v>191</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L42" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="C43" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="D43" s="0" t="s">
         <v>193</v>
       </c>
-      <c r="C43" s="0" t="s">
+      <c r="E43" s="0" t="s">
         <v>194</v>
       </c>
-      <c r="D43" s="0" t="s">
+      <c r="F43" s="0" t="s">
         <v>195</v>
       </c>
-      <c r="E43" s="0" t="s">
+      <c r="G43" s="0" t="s">
         <v>196</v>
       </c>
-      <c r="F43" s="0" t="s">
+      <c r="H43" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I43" s="1" t="s">
         <v>197</v>
-      </c>
-[...7 lines deleted...]
-        <v>199</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L43" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="D44" s="0">
         <v>615476</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L44" s="0"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="D45" s="0">
         <v>646421</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="L45" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="D46" s="0">
         <v>646422</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L46" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="D47" s="0">
         <v>646423</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="L47" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="D48" s="0" t="s">
         <v>214</v>
       </c>
-      <c r="C48" s="0" t="s">
+      <c r="E48" s="0" t="s">
         <v>215</v>
-      </c>
-[...4 lines deleted...]
-        <v>217</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="D49" s="0" t="s">
         <v>219</v>
       </c>
-      <c r="C49" s="0" t="s">
+      <c r="E49" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="F49" s="0" t="s">
         <v>220</v>
       </c>
-      <c r="D49" s="0" t="s">
+      <c r="G49" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="H49" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I49" s="1" t="s">
         <v>221</v>
-      </c>
-[...13 lines deleted...]
-        <v>223</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L49" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
+        <v>222</v>
+      </c>
+      <c r="C50" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="D50" s="0" t="s">
         <v>224</v>
       </c>
-      <c r="C50" s="0" t="s">
+      <c r="E50" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="F50" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="G50" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="H50" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I50" s="1" t="s">
         <v>225</v>
-      </c>
-[...16 lines deleted...]
-        <v>227</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L50" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="C51" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="D51" s="0" t="s">
         <v>228</v>
       </c>
-      <c r="C51" s="0" t="s">
+      <c r="E51" s="0" t="s">
         <v>229</v>
       </c>
-      <c r="D51" s="0" t="s">
+      <c r="F51" s="0" t="s">
         <v>230</v>
       </c>
-      <c r="E51" s="0" t="s">
+      <c r="G51" s="0" t="s">
         <v>231</v>
       </c>
-      <c r="F51" s="0" t="s">
+      <c r="H51" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I51" s="1" t="s">
         <v>232</v>
-      </c>
-[...7 lines deleted...]
-        <v>234</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L51" s="0"/>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="C52" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="D52" s="0" t="s">
         <v>235</v>
       </c>
-      <c r="C52" s="0" t="s">
+      <c r="E52" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="F52" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="G52" s="0" t="s">
+        <v>231</v>
+      </c>
+      <c r="H52" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I52" s="1" t="s">
         <v>236</v>
-      </c>
-[...16 lines deleted...]
-        <v>238</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L52" s="0"/>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
+        <v>237</v>
+      </c>
+      <c r="C53" s="0" t="s">
+        <v>238</v>
+      </c>
+      <c r="D53" s="0" t="s">
         <v>239</v>
       </c>
-      <c r="C53" s="0" t="s">
+      <c r="E53" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="F53" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="G53" s="0" t="s">
+        <v>231</v>
+      </c>
+      <c r="H53" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I53" s="1" t="s">
         <v>240</v>
-      </c>
-[...16 lines deleted...]
-        <v>242</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L53" s="0"/>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
+        <v>241</v>
+      </c>
+      <c r="C54" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="D54" s="0" t="s">
         <v>243</v>
       </c>
-      <c r="C54" s="0" t="s">
+      <c r="E54" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="F54" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="G54" s="0" t="s">
+        <v>231</v>
+      </c>
+      <c r="H54" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I54" s="1" t="s">
         <v>244</v>
-      </c>
-[...16 lines deleted...]
-        <v>246</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="C55" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="D55" s="0" t="s">
         <v>247</v>
       </c>
-      <c r="C55" s="0" t="s">
+      <c r="E55" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="F55" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="G55" s="0" t="s">
+        <v>231</v>
+      </c>
+      <c r="H55" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I55" s="1" t="s">
         <v>248</v>
-      </c>
-[...16 lines deleted...]
-        <v>250</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="L55" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
+        <v>250</v>
+      </c>
+      <c r="C56" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="D56" s="0" t="s">
         <v>252</v>
       </c>
-      <c r="C56" s="0" t="s">
+      <c r="E56" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="F56" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="G56" s="0" t="s">
+        <v>231</v>
+      </c>
+      <c r="H56" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I56" s="1" t="s">
         <v>253</v>
-      </c>
-[...16 lines deleted...]
-        <v>255</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L56" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
+        <v>254</v>
+      </c>
+      <c r="C57" s="0" t="s">
+        <v>255</v>
+      </c>
+      <c r="D57" s="0" t="s">
         <v>256</v>
       </c>
-      <c r="C57" s="0" t="s">
+      <c r="E57" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="F57" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="G57" s="0" t="s">
+        <v>231</v>
+      </c>
+      <c r="H57" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I57" s="1" t="s">
         <v>257</v>
-      </c>
-[...16 lines deleted...]
-        <v>259</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L57" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="D58" s="0">
         <v>642068</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F58" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L58" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
+        <v>261</v>
+      </c>
+      <c r="C59" s="0" t="s">
+        <v>262</v>
+      </c>
+      <c r="D59" s="0" t="s">
         <v>263</v>
       </c>
-      <c r="C59" s="0" t="s">
+      <c r="E59" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="F59" s="0" t="s">
         <v>264</v>
-      </c>
-[...7 lines deleted...]
-        <v>266</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>33</v>
+        <v>186</v>
       </c>
       <c r="L59" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="C60" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="D60" s="0" t="s">
         <v>268</v>
-      </c>
-[...4 lines deleted...]
-        <v>270</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L60" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
+        <v>271</v>
+      </c>
+      <c r="C61" s="0" t="s">
+        <v>272</v>
+      </c>
+      <c r="D61" s="0" t="s">
         <v>273</v>
-      </c>
-[...4 lines deleted...]
-        <v>275</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L61" s="0"/>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="C62" s="0" t="s">
+        <v>276</v>
+      </c>
+      <c r="D62" s="0" t="s">
         <v>277</v>
       </c>
-      <c r="C62" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E62" s="0" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L62" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
+        <v>279</v>
+      </c>
+      <c r="C63" s="0" t="s">
+        <v>280</v>
+      </c>
+      <c r="D63" s="0" t="s">
         <v>281</v>
       </c>
-      <c r="C63" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E63" s="0" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L63" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
+        <v>283</v>
+      </c>
+      <c r="C64" s="0" t="s">
+        <v>284</v>
+      </c>
+      <c r="D64" s="0" t="s">
         <v>285</v>
       </c>
-      <c r="C64" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E64" s="0" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="L64" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="C65" s="0" t="s">
+        <v>288</v>
+      </c>
+      <c r="D65" s="0" t="s">
         <v>289</v>
       </c>
-      <c r="C65" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E65" s="0" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L65" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
+        <v>291</v>
+      </c>
+      <c r="C66" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="D66" s="0" t="s">
         <v>293</v>
       </c>
-      <c r="C66" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E66" s="0" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L66" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
+        <v>295</v>
+      </c>
+      <c r="C67" s="0" t="s">
+        <v>296</v>
+      </c>
+      <c r="D67" s="0" t="s">
         <v>297</v>
       </c>
-      <c r="C67" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E67" s="0" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="L67" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
+        <v>299</v>
+      </c>
+      <c r="C68" s="0" t="s">
+        <v>300</v>
+      </c>
+      <c r="D68" s="0" t="s">
         <v>301</v>
       </c>
-      <c r="C68" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E68" s="0" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L68" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="D69" s="0">
         <v>642062</v>
       </c>
       <c r="E69" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F69" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G69" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>33</v>
+        <v>186</v>
       </c>
       <c r="L69" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
+        <v>306</v>
+      </c>
+      <c r="C70" s="0" t="s">
+        <v>307</v>
+      </c>
+      <c r="D70" s="0" t="s">
         <v>308</v>
-      </c>
-[...4 lines deleted...]
-        <v>310</v>
       </c>
       <c r="E70" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F70" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G70" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L70" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
+        <v>310</v>
+      </c>
+      <c r="C71" s="0" t="s">
+        <v>311</v>
+      </c>
+      <c r="D71" s="0" t="s">
         <v>312</v>
-      </c>
-[...4 lines deleted...]
-        <v>314</v>
       </c>
       <c r="E71" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F71" s="0" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="G71" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="L71" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
+        <v>315</v>
+      </c>
+      <c r="C72" s="0" t="s">
+        <v>316</v>
+      </c>
+      <c r="D72" s="0" t="s">
         <v>317</v>
-      </c>
-[...4 lines deleted...]
-        <v>319</v>
       </c>
       <c r="E72" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F72" s="0" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="G72" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L72" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
+        <v>319</v>
+      </c>
+      <c r="C73" s="0" t="s">
+        <v>320</v>
+      </c>
+      <c r="D73" s="0" t="s">
         <v>321</v>
-      </c>
-[...4 lines deleted...]
-        <v>323</v>
       </c>
       <c r="E73" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F73" s="0" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="G73" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L73" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="C74" s="0" t="s">
+        <v>324</v>
+      </c>
+      <c r="D74" s="0" t="s">
         <v>325</v>
-      </c>
-[...4 lines deleted...]
-        <v>327</v>
       </c>
       <c r="E74" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F74" s="0" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="G74" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>28</v>
+        <v>110</v>
       </c>
       <c r="L74" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="D75" s="0">
         <v>612426</v>
       </c>
       <c r="E75" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F75" s="0" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="G75" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="L75" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
+        <v>331</v>
+      </c>
+      <c r="C76" s="0" t="s">
+        <v>332</v>
+      </c>
+      <c r="D76" s="0" t="s">
         <v>333</v>
-      </c>
-[...4 lines deleted...]
-        <v>335</v>
       </c>
       <c r="E76" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F76" s="0" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="G76" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="L76" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
+        <v>335</v>
+      </c>
+      <c r="C77" s="0" t="s">
+        <v>336</v>
+      </c>
+      <c r="D77" s="0" t="s">
         <v>337</v>
-      </c>
-[...4 lines deleted...]
-        <v>339</v>
       </c>
       <c r="E77" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F77" s="0" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="G77" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L77" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
+        <v>339</v>
+      </c>
+      <c r="C78" s="0" t="s">
+        <v>340</v>
+      </c>
+      <c r="D78" s="0" t="s">
         <v>341</v>
       </c>
-      <c r="C78" s="0" t="s">
+      <c r="E78" s="0" t="s">
         <v>342</v>
       </c>
-      <c r="D78" s="0" t="s">
+      <c r="F78" s="0" t="s">
         <v>343</v>
       </c>
-      <c r="E78" s="0" t="s">
+      <c r="G78" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="H78" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I78" s="1" t="s">
         <v>344</v>
-      </c>
-[...10 lines deleted...]
-        <v>346</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L78" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
+        <v>345</v>
+      </c>
+      <c r="C79" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="D79" s="0" t="s">
         <v>347</v>
       </c>
-      <c r="C79" s="0" t="s">
+      <c r="E79" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="F79" s="0" t="s">
         <v>348</v>
       </c>
-      <c r="D79" s="0" t="s">
+      <c r="G79" s="0" t="s">
         <v>349</v>
       </c>
-      <c r="E79" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F79" s="0" t="s">
+      <c r="H79" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I79" s="1" t="s">
         <v>350</v>
-      </c>
-[...7 lines deleted...]
-        <v>352</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L79" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
+        <v>351</v>
+      </c>
+      <c r="C80" s="0" t="s">
+        <v>352</v>
+      </c>
+      <c r="D80" s="0" t="s">
         <v>353</v>
       </c>
-      <c r="C80" s="0" t="s">
+      <c r="E80" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="F80" s="0" t="s">
+        <v>348</v>
+      </c>
+      <c r="G80" s="0" t="s">
+        <v>349</v>
+      </c>
+      <c r="H80" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I80" s="1" t="s">
         <v>354</v>
-      </c>
-[...16 lines deleted...]
-        <v>356</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="L80" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
+        <v>356</v>
+      </c>
+      <c r="C81" s="0" t="s">
+        <v>357</v>
+      </c>
+      <c r="D81" s="0" t="s">
         <v>358</v>
       </c>
-      <c r="C81" s="0" t="s">
+      <c r="E81" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="F81" s="0" t="s">
+        <v>348</v>
+      </c>
+      <c r="G81" s="0" t="s">
+        <v>349</v>
+      </c>
+      <c r="H81" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I81" s="1" t="s">
         <v>359</v>
-      </c>
-[...16 lines deleted...]
-        <v>361</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L81" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
+        <v>360</v>
+      </c>
+      <c r="C82" s="0" t="s">
+        <v>361</v>
+      </c>
+      <c r="D82" s="0" t="s">
         <v>362</v>
       </c>
-      <c r="C82" s="0" t="s">
+      <c r="E82" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="F82" s="0" t="s">
+        <v>348</v>
+      </c>
+      <c r="G82" s="0" t="s">
+        <v>231</v>
+      </c>
+      <c r="H82" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I82" s="1" t="s">
         <v>363</v>
-      </c>
-[...16 lines deleted...]
-        <v>365</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L82" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
+        <v>364</v>
+      </c>
+      <c r="C83" s="0" t="s">
+        <v>365</v>
+      </c>
+      <c r="D83" s="0" t="s">
         <v>366</v>
       </c>
-      <c r="C83" s="0" t="s">
+      <c r="E83" s="0" t="s">
         <v>367</v>
-      </c>
-[...4 lines deleted...]
-        <v>369</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L83" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
+        <v>370</v>
+      </c>
+      <c r="C84" s="0" t="s">
+        <v>371</v>
+      </c>
+      <c r="D84" s="0" t="s">
         <v>372</v>
       </c>
-      <c r="C84" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E84" s="0" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L84" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="D85" s="0">
         <v>635280</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F85" s="0" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="G85" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L85" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="D86" s="0">
         <v>635281</v>
       </c>
       <c r="E86" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F86" s="0" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="G86" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L86" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="D87" s="0">
         <v>647600</v>
       </c>
       <c r="E87" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F87" s="0" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="G87" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L87" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="D88" s="0">
-        <v>647601</v>
+        <v>635285</v>
       </c>
       <c r="E88" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F88" s="0" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="G88" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L88" s="0">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="D89" s="0">
-        <v>635285</v>
+        <v>635286</v>
       </c>
       <c r="E89" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F89" s="0" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="G89" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L89" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="C90" s="0" t="s">
+        <v>391</v>
+      </c>
+      <c r="D90" s="0" t="s">
         <v>392</v>
       </c>
-      <c r="C90" s="0" t="s">
+      <c r="E90" s="0" t="s">
         <v>393</v>
       </c>
-      <c r="D90" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="F90" s="0" t="s">
-        <v>378</v>
+        <v>394</v>
       </c>
       <c r="G90" s="0" t="s">
-        <v>26</v>
+        <v>395</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L90" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L90" s="0"/>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="F91" s="0" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="G91" s="0" t="s">
-        <v>400</v>
+        <v>120</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="L91" s="0"/>
+        <v>403</v>
+      </c>
+      <c r="L91" s="0">
+        <v>24</v>
+      </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>405</v>
+        <v>400</v>
       </c>
       <c r="F92" s="0" t="s">
-        <v>406</v>
+        <v>401</v>
       </c>
       <c r="G92" s="0" t="s">
         <v>120</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I92" s="1" t="s">
         <v>407</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
-        <v>408</v>
+        <v>186</v>
       </c>
       <c r="L92" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
+        <v>408</v>
+      </c>
+      <c r="C93" s="0" t="s">
         <v>409</v>
       </c>
-      <c r="C93" s="0" t="s">
+      <c r="D93" s="0" t="s">
         <v>410</v>
       </c>
-      <c r="D93" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E93" s="0" t="s">
-        <v>405</v>
+        <v>400</v>
       </c>
       <c r="F93" s="0" t="s">
-        <v>406</v>
+        <v>401</v>
       </c>
       <c r="G93" s="0" t="s">
         <v>120</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>412</v>
+        <v>411</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="L93" s="0">
-        <v>24</v>
+        <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
         <v>413</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>414</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>415</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>405</v>
+        <v>400</v>
       </c>
       <c r="F94" s="0" t="s">
-        <v>406</v>
+        <v>401</v>
       </c>
       <c r="G94" s="0" t="s">
         <v>120</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I94" s="1" t="s">
         <v>416</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="L94" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
         <v>417</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>418</v>
       </c>
       <c r="D95" s="0" t="s">
         <v>419</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>405</v>
+        <v>400</v>
       </c>
       <c r="F95" s="0" t="s">
-        <v>406</v>
+        <v>401</v>
       </c>
       <c r="G95" s="0" t="s">
         <v>120</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I95" s="1" t="s">
         <v>420</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
-        <v>408</v>
+        <v>403</v>
       </c>
       <c r="L95" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
         <v>421</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>422</v>
       </c>
       <c r="D96" s="0" t="s">
         <v>423</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>405</v>
+        <v>400</v>
       </c>
       <c r="F96" s="0" t="s">
-        <v>406</v>
+        <v>401</v>
       </c>
       <c r="G96" s="0" t="s">
         <v>120</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I96" s="1" t="s">
         <v>424</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
-        <v>33</v>
+        <v>403</v>
       </c>
       <c r="L96" s="0">
-        <v>1</v>
+        <v>16</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
         <v>425</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>426</v>
       </c>
       <c r="D97" s="0" t="s">
         <v>427</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>405</v>
-[...3 lines deleted...]
-      </c>
+        <v>125</v>
+      </c>
+      <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
         <v>120</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I97" s="1" t="s">
         <v>428</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
-        <v>37</v>
+        <v>412</v>
       </c>
       <c r="L97" s="0">
-        <v>16</v>
+        <v>48</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
         <v>429</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>430</v>
       </c>
       <c r="D98" s="0" t="s">
         <v>431</v>
       </c>
       <c r="E98" s="0" t="s">
         <v>125</v>
       </c>
       <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
         <v>120</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I98" s="1" t="s">
         <v>432</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>408</v>
+        <v>403</v>
       </c>
       <c r="L98" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
         <v>433</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>434</v>
       </c>
       <c r="D99" s="0" t="s">
         <v>435</v>
       </c>
       <c r="E99" s="0" t="s">
         <v>125</v>
       </c>
       <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
         <v>120</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I99" s="1" t="s">
         <v>436</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
-        <v>437</v>
+        <v>412</v>
       </c>
       <c r="L99" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
+        <v>437</v>
+      </c>
+      <c r="C100" s="0" t="s">
         <v>438</v>
       </c>
-      <c r="C100" s="0" t="s">
+      <c r="D100" s="0" t="s">
         <v>439</v>
-      </c>
-[...1 lines deleted...]
-        <v>440</v>
       </c>
       <c r="E100" s="0" t="s">
         <v>125</v>
       </c>
       <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
         <v>120</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="L100" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
+        <v>441</v>
+      </c>
+      <c r="C101" s="0" t="s">
         <v>442</v>
       </c>
-      <c r="C101" s="0" t="s">
+      <c r="D101" s="0" t="s">
         <v>443</v>
       </c>
-      <c r="D101" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E101" s="0" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F101" s="0"/>
+        <v>400</v>
+      </c>
+      <c r="F101" s="0" t="s">
+        <v>401</v>
+      </c>
       <c r="G101" s="0" t="s">
         <v>120</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="L101" s="0">
-        <v>48</v>
+        <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
+        <v>445</v>
+      </c>
+      <c r="C102" s="0" t="s">
         <v>446</v>
       </c>
-      <c r="C102" s="0" t="s">
+      <c r="D102" s="0" t="s">
         <v>447</v>
       </c>
-      <c r="D102" s="0" t="s">
+      <c r="E102" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="F102" s="0" t="s">
         <v>448</v>
       </c>
-      <c r="E102" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G102" s="0" t="s">
-        <v>120</v>
+        <v>231</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I102" s="1" t="s">
         <v>449</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
-        <v>408</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="L102" s="0"/>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
         <v>450</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>451</v>
       </c>
       <c r="D103" s="0" t="s">
         <v>452</v>
       </c>
       <c r="E103" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="F103" s="0" t="s">
+        <v>448</v>
+      </c>
+      <c r="G103" s="0" t="s">
         <v>231</v>
       </c>
-      <c r="F103" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H103" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>454</v>
+        <v>449</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L103" s="0"/>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
+        <v>453</v>
+      </c>
+      <c r="C104" s="0" t="s">
+        <v>454</v>
+      </c>
+      <c r="D104" s="0" t="s">
         <v>455</v>
       </c>
-      <c r="C104" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E104" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="F104" s="0" t="s">
+        <v>448</v>
+      </c>
+      <c r="G104" s="0" t="s">
         <v>231</v>
       </c>
-      <c r="F104" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H104" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>454</v>
+        <v>449</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L104" s="0"/>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
+        <v>456</v>
+      </c>
+      <c r="C105" s="0" t="s">
+        <v>457</v>
+      </c>
+      <c r="D105" s="0" t="s">
         <v>458</v>
       </c>
-      <c r="C105" s="0" t="s">
+      <c r="E105" s="0" t="s">
+        <v>400</v>
+      </c>
+      <c r="F105" s="0" t="s">
+        <v>401</v>
+      </c>
+      <c r="G105" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="H105" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I105" s="1" t="s">
         <v>459</v>
-      </c>
-[...16 lines deleted...]
-        <v>454</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="L105" s="0"/>
+        <v>412</v>
+      </c>
+      <c r="L105" s="0">
+        <v>24</v>
+      </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
+        <v>460</v>
+      </c>
+      <c r="C106" s="0" t="s">
         <v>461</v>
       </c>
-      <c r="C106" s="0" t="s">
+      <c r="D106" s="0" t="s">
         <v>462</v>
       </c>
-      <c r="D106" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E106" s="0" t="s">
-        <v>405</v>
+        <v>400</v>
       </c>
       <c r="F106" s="0" t="s">
-        <v>406</v>
+        <v>401</v>
       </c>
       <c r="G106" s="0" t="s">
         <v>120</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
-        <v>408</v>
+        <v>186</v>
       </c>
       <c r="L106" s="0">
-        <v>24</v>
+        <v>16</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
+        <v>464</v>
+      </c>
+      <c r="C107" s="0" t="s">
         <v>465</v>
       </c>
-      <c r="C107" s="0" t="s">
+      <c r="D107" s="0" t="s">
         <v>466</v>
       </c>
-      <c r="D107" s="0" t="s">
+      <c r="E107" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F107" s="0" t="s">
         <v>467</v>
       </c>
-      <c r="E107" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G107" s="0" t="s">
-        <v>120</v>
+        <v>17</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I107" s="1" t="s">
         <v>468</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="L107" s="0">
-        <v>16</v>
+        <v>24</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
         <v>469</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>470</v>
       </c>
       <c r="D108" s="0" t="s">
         <v>471</v>
       </c>
       <c r="E108" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F108" s="0" t="s">
-        <v>472</v>
+        <v>16</v>
       </c>
       <c r="G108" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>473</v>
+        <v>472</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
-        <v>28</v>
+        <v>473</v>
       </c>
       <c r="L108" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
         <v>474</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>475</v>
       </c>
       <c r="D109" s="0" t="s">
         <v>476</v>
       </c>
       <c r="E109" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F109" s="0" t="s">
-        <v>16</v>
+        <v>151</v>
       </c>
       <c r="G109" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>477</v>
+        <v>147</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="L109" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
+        <v>478</v>
+      </c>
+      <c r="C110" s="0" t="s">
         <v>479</v>
       </c>
-      <c r="C110" s="0" t="s">
+      <c r="D110" s="0" t="s">
         <v>480</v>
       </c>
-      <c r="D110" s="0" t="s">
+      <c r="E110" s="0" t="s">
         <v>481</v>
       </c>
-      <c r="E110" s="0" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F110" s="0"/>
       <c r="G110" s="0" t="s">
-        <v>17</v>
+        <v>120</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>148</v>
+        <v>482</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
-        <v>482</v>
+        <v>28</v>
       </c>
       <c r="L110" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
         <v>483</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>484</v>
       </c>
       <c r="D111" s="0" t="s">
         <v>485</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>486</v>
+        <v>481</v>
       </c>
       <c r="F111" s="0"/>
       <c r="G111" s="0" t="s">
         <v>120</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L111" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
+        <v>487</v>
+      </c>
+      <c r="C112" s="0" t="s">
         <v>488</v>
       </c>
-      <c r="C112" s="0" t="s">
+      <c r="D112" s="0">
+        <v>4672015</v>
+      </c>
+      <c r="E112" s="0" t="s">
         <v>489</v>
       </c>
-      <c r="D112" s="0" t="s">
+      <c r="F112" s="0" t="s">
         <v>490</v>
       </c>
-      <c r="E112" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F112" s="0"/>
       <c r="G112" s="0" t="s">
-        <v>120</v>
+        <v>231</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>491</v>
+        <v>51</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L112" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
+        <v>491</v>
+      </c>
+      <c r="C113" s="0" t="s">
         <v>492</v>
       </c>
-      <c r="C113" s="0" t="s">
+      <c r="D113" s="0" t="s">
         <v>493</v>
-      </c>
-[...1 lines deleted...]
-        <v>4672015</v>
       </c>
       <c r="E113" s="0" t="s">
         <v>494</v>
       </c>
       <c r="F113" s="0" t="s">
         <v>495</v>
       </c>
       <c r="G113" s="0" t="s">
-        <v>233</v>
+        <v>496</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>52</v>
+        <v>497</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L113" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
+        <v>498</v>
+      </c>
+      <c r="C114" s="0" t="s">
+        <v>499</v>
+      </c>
+      <c r="D114" s="0" t="s">
+        <v>500</v>
+      </c>
+      <c r="E114" s="0" t="s">
+        <v>494</v>
+      </c>
+      <c r="F114" s="0" t="s">
+        <v>501</v>
+      </c>
+      <c r="G114" s="0" t="s">
         <v>496</v>
-      </c>
-[...13 lines deleted...]
-        <v>501</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I114" s="1" t="s">
         <v>502</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="L114" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
         <v>503</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>504</v>
       </c>
-      <c r="D115" s="0" t="s">
+      <c r="D115" s="0">
+        <v>614850</v>
+      </c>
+      <c r="E115" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="F115" s="0" t="s">
         <v>505</v>
       </c>
-      <c r="E115" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F115" s="0" t="s">
+      <c r="G115" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="H115" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I115" s="1" t="s">
         <v>506</v>
-      </c>
-[...7 lines deleted...]
-        <v>507</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
-        <v>185</v>
+        <v>28</v>
       </c>
       <c r="L115" s="0">
-        <v>12</v>
+        <v>2</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
-      <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
+        <v>507</v>
+      </c>
+      <c r="C116" s="0" t="s">
         <v>508</v>
       </c>
-      <c r="C116" s="0" t="s">
+      <c r="D116" s="0" t="s">
         <v>509</v>
       </c>
-      <c r="D116" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E116" s="0" t="s">
-        <v>24</v>
+        <v>59</v>
       </c>
       <c r="F116" s="0" t="s">
         <v>510</v>
       </c>
       <c r="G116" s="0" t="s">
-        <v>26</v>
+        <v>120</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I116" s="1" t="s">
         <v>511</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L116" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L116" s="0"/>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="B117" s="0" t="s">
         <v>512</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>513</v>
       </c>
       <c r="D117" s="0" t="s">
         <v>514</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>499</v>
+        <v>59</v>
       </c>
       <c r="F117" s="0" t="s">
-        <v>515</v>
+        <v>510</v>
       </c>
       <c r="G117" s="0" t="s">
-        <v>501</v>
+        <v>120</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>516</v>
+        <v>511</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L117" s="0"/>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="B118" s="0" t="s">
+        <v>515</v>
+      </c>
+      <c r="C118" s="0" t="s">
+        <v>516</v>
+      </c>
+      <c r="D118" s="0" t="s">
         <v>517</v>
       </c>
-      <c r="C118" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E118" s="0" t="s">
-        <v>499</v>
+        <v>59</v>
       </c>
       <c r="F118" s="0" t="s">
-        <v>520</v>
+        <v>510</v>
       </c>
       <c r="G118" s="0" t="s">
-        <v>501</v>
+        <v>120</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>521</v>
+        <v>511</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L118" s="0"/>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="B119" s="0" t="s">
+        <v>518</v>
+      </c>
+      <c r="C119" s="0" t="s">
+        <v>519</v>
+      </c>
+      <c r="D119" s="0" t="s">
+        <v>520</v>
+      </c>
+      <c r="E119" s="0" t="s">
+        <v>494</v>
+      </c>
+      <c r="F119" s="0" t="s">
+        <v>521</v>
+      </c>
+      <c r="G119" s="0" t="s">
+        <v>496</v>
+      </c>
+      <c r="H119" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I119" s="1" t="s">
         <v>522</v>
-      </c>
-[...19 lines deleted...]
-        <v>525</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L119" s="0"/>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="B120" s="0" t="s">
+        <v>523</v>
+      </c>
+      <c r="C120" s="0" t="s">
+        <v>524</v>
+      </c>
+      <c r="D120" s="0" t="s">
+        <v>525</v>
+      </c>
+      <c r="E120" s="0" t="s">
+        <v>494</v>
+      </c>
+      <c r="F120" s="0" t="s">
         <v>526</v>
       </c>
-      <c r="C120" s="0" t="s">
+      <c r="G120" s="0" t="s">
+        <v>496</v>
+      </c>
+      <c r="H120" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I120" s="1" t="s">
         <v>527</v>
-      </c>
-[...14 lines deleted...]
-        <v>529</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="L120" s="0"/>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="B121" s="0" t="s">
+        <v>528</v>
+      </c>
+      <c r="C121" s="0" t="s">
+        <v>529</v>
+      </c>
+      <c r="D121" s="0" t="s">
         <v>530</v>
       </c>
-      <c r="C121" s="0" t="s">
+      <c r="E121" s="0" t="s">
+        <v>494</v>
+      </c>
+      <c r="F121" s="0" t="s">
+        <v>526</v>
+      </c>
+      <c r="G121" s="0" t="s">
+        <v>496</v>
+      </c>
+      <c r="H121" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I121" s="1" t="s">
         <v>531</v>
-      </c>
-[...14 lines deleted...]
-        <v>533</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
-        <v>534</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="L121" s="0"/>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="B122" s="0" t="s">
+        <v>532</v>
+      </c>
+      <c r="C122" s="0" t="s">
+        <v>533</v>
+      </c>
+      <c r="D122" s="0" t="s">
+        <v>534</v>
+      </c>
+      <c r="E122" s="0" t="s">
+        <v>494</v>
+      </c>
+      <c r="F122" s="0"/>
+      <c r="G122" s="0" t="s">
+        <v>496</v>
+      </c>
+      <c r="H122" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I122" s="1" t="s">
         <v>535</v>
-      </c>
-[...19 lines deleted...]
-        <v>538</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="L122" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="B123" s="0" t="s">
-        <v>539</v>
+        <v>536</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>540</v>
+        <v>537</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>541</v>
+        <v>538</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>499</v>
+        <v>494</v>
       </c>
       <c r="F123" s="0"/>
       <c r="G123" s="0" t="s">
-        <v>501</v>
+        <v>496</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>542</v>
+        <v>539</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
-        <v>28</v>
+        <v>540</v>
       </c>
       <c r="L123" s="0">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
-      <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
+        <v>541</v>
+      </c>
+      <c r="C124" s="0" t="s">
+        <v>542</v>
+      </c>
+      <c r="D124" s="0" t="s">
         <v>543</v>
       </c>
-      <c r="C124" s="0" t="s">
+      <c r="E124" s="0" t="s">
+        <v>494</v>
+      </c>
+      <c r="F124" s="0" t="s">
+        <v>501</v>
+      </c>
+      <c r="G124" s="0" t="s">
+        <v>496</v>
+      </c>
+      <c r="H124" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I124" s="1" t="s">
         <v>544</v>
-      </c>
-[...16 lines deleted...]
-        <v>546</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L124" s="0">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
-      <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
+        <v>545</v>
+      </c>
+      <c r="C125" s="0" t="s">
+        <v>546</v>
+      </c>
+      <c r="D125" s="0" t="s">
         <v>547</v>
       </c>
-      <c r="C125" s="0" t="s">
+      <c r="E125" s="0" t="s">
+        <v>494</v>
+      </c>
+      <c r="F125" s="0"/>
+      <c r="G125" s="0" t="s">
+        <v>496</v>
+      </c>
+      <c r="H125" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I125" s="1" t="s">
         <v>548</v>
-      </c>
-[...16 lines deleted...]
-        <v>551</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L125" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>553</v>
+        <v>550</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>554</v>
+        <v>551</v>
       </c>
       <c r="E126" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F126" s="0" t="s">
-        <v>555</v>
+        <v>157</v>
       </c>
       <c r="G126" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>556</v>
+        <v>552</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L126" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
+        <v>553</v>
+      </c>
+      <c r="C127" s="0" t="s">
+        <v>554</v>
+      </c>
+      <c r="D127" s="0">
+        <v>604825</v>
+      </c>
+      <c r="E127" s="0" t="s">
+        <v>555</v>
+      </c>
+      <c r="F127" s="0" t="s">
+        <v>556</v>
+      </c>
+      <c r="G127" s="0" t="s">
+        <v>231</v>
+      </c>
+      <c r="H127" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I127" s="1" t="s">
         <v>557</v>
-      </c>
-[...19 lines deleted...]
-        <v>556</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L127" s="0">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
+        <v>558</v>
+      </c>
+      <c r="C128" s="0" t="s">
+        <v>559</v>
+      </c>
+      <c r="D128" s="0" t="s">
+        <v>560</v>
+      </c>
+      <c r="E128" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F128" s="0" t="s">
         <v>561</v>
       </c>
-      <c r="C128" s="0" t="s">
+      <c r="G128" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H128" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I128" s="1" t="s">
         <v>562</v>
-      </c>
-[...16 lines deleted...]
-        <v>565</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L128" s="0"/>
+      <c r="L128" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
+        <v>563</v>
+      </c>
+      <c r="C129" s="0" t="s">
+        <v>564</v>
+      </c>
+      <c r="D129" s="0" t="s">
+        <v>565</v>
+      </c>
+      <c r="E129" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F129" s="0" t="s">
         <v>566</v>
       </c>
-      <c r="C129" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G129" s="0" t="s">
-        <v>351</v>
+        <v>17</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>568</v>
+        <v>562</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L129" s="0"/>
+      <c r="L129" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
+        <v>567</v>
+      </c>
+      <c r="C130" s="0" t="s">
+        <v>568</v>
+      </c>
+      <c r="D130" s="0">
+        <v>9159</v>
+      </c>
+      <c r="E130" s="0" t="s">
         <v>569</v>
       </c>
-      <c r="C130" s="0" t="s">
+      <c r="F130" s="0" t="s">
         <v>570</v>
       </c>
-      <c r="D130" s="0">
-[...7 lines deleted...]
-      </c>
       <c r="G130" s="0" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="H130" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I130" s="1" t="s">
         <v>571</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L130" s="0"/>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
         <v>572</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>573</v>
       </c>
       <c r="D131" s="0">
-        <v>9142</v>
+        <v>9144</v>
       </c>
       <c r="E131" s="0" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="F131" s="0" t="s">
-        <v>564</v>
+        <v>570</v>
       </c>
       <c r="G131" s="0" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I131" s="1" t="s">
         <v>574</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L131" s="0"/>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
         <v>575</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>576</v>
       </c>
       <c r="D132" s="0">
-        <v>159</v>
+        <v>9140</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="F132" s="0" t="s">
+        <v>570</v>
+      </c>
+      <c r="G132" s="0" t="s">
+        <v>349</v>
+      </c>
+      <c r="H132" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I132" s="1" t="s">
         <v>577</v>
-      </c>
-[...7 lines deleted...]
-        <v>578</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L132" s="0"/>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
+        <v>578</v>
+      </c>
+      <c r="C133" s="0" t="s">
         <v>579</v>
       </c>
-      <c r="C133" s="0" t="s">
+      <c r="D133" s="0">
+        <v>9142</v>
+      </c>
+      <c r="E133" s="0" t="s">
+        <v>569</v>
+      </c>
+      <c r="F133" s="0" t="s">
+        <v>570</v>
+      </c>
+      <c r="G133" s="0" t="s">
+        <v>349</v>
+      </c>
+      <c r="H133" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I133" s="1" t="s">
         <v>580</v>
-      </c>
-[...16 lines deleted...]
-        <v>581</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L133" s="0"/>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
+        <v>581</v>
+      </c>
+      <c r="C134" s="0" t="s">
         <v>582</v>
       </c>
-      <c r="C134" s="0" t="s">
+      <c r="D134" s="0">
+        <v>159</v>
+      </c>
+      <c r="E134" s="0" t="s">
+        <v>569</v>
+      </c>
+      <c r="F134" s="0" t="s">
         <v>583</v>
       </c>
-      <c r="D134" s="0">
-[...7 lines deleted...]
-      </c>
       <c r="G134" s="0" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="H134" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I134" s="1" t="s">
         <v>584</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L134" s="0"/>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
         <v>585</v>
       </c>
       <c r="C135" s="0" t="s">
         <v>586</v>
       </c>
       <c r="D135" s="0">
-        <v>77145</v>
+        <v>144</v>
       </c>
       <c r="E135" s="0" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="F135" s="0" t="s">
+        <v>583</v>
+      </c>
+      <c r="G135" s="0" t="s">
+        <v>349</v>
+      </c>
+      <c r="H135" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I135" s="1" t="s">
         <v>587</v>
-      </c>
-[...7 lines deleted...]
-        <v>588</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L135" s="0"/>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
+        <v>588</v>
+      </c>
+      <c r="C136" s="0" t="s">
         <v>589</v>
       </c>
-      <c r="C136" s="0" t="s">
+      <c r="D136" s="0">
+        <v>142</v>
+      </c>
+      <c r="E136" s="0" t="s">
+        <v>569</v>
+      </c>
+      <c r="F136" s="0" t="s">
+        <v>583</v>
+      </c>
+      <c r="G136" s="0" t="s">
+        <v>349</v>
+      </c>
+      <c r="H136" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I136" s="1" t="s">
         <v>590</v>
-      </c>
-[...16 lines deleted...]
-        <v>568</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L136" s="0"/>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
         <v>591</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>592</v>
       </c>
       <c r="D137" s="0">
-        <v>77146</v>
+        <v>77145</v>
       </c>
       <c r="E137" s="0" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="F137" s="0" t="s">
-        <v>587</v>
+        <v>593</v>
       </c>
       <c r="G137" s="0" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L137" s="0"/>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="D138" s="0">
-        <v>642056</v>
+        <v>77144</v>
       </c>
       <c r="E138" s="0" t="s">
-        <v>24</v>
+        <v>569</v>
       </c>
       <c r="F138" s="0" t="s">
-        <v>596</v>
+        <v>593</v>
       </c>
       <c r="G138" s="0" t="s">
-        <v>26</v>
+        <v>349</v>
       </c>
       <c r="H138" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>597</v>
+        <v>574</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L138" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L138" s="0"/>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
+        <v>597</v>
+      </c>
+      <c r="C139" s="0" t="s">
         <v>598</v>
       </c>
-      <c r="C139" s="0" t="s">
+      <c r="D139" s="0">
+        <v>77146</v>
+      </c>
+      <c r="E139" s="0" t="s">
+        <v>569</v>
+      </c>
+      <c r="F139" s="0" t="s">
+        <v>593</v>
+      </c>
+      <c r="G139" s="0" t="s">
+        <v>349</v>
+      </c>
+      <c r="H139" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I139" s="1" t="s">
         <v>599</v>
-      </c>
-[...14 lines deleted...]
-        <v>601</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L139" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L139" s="0"/>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
+        <v>600</v>
+      </c>
+      <c r="C140" s="0" t="s">
+        <v>601</v>
+      </c>
+      <c r="D140" s="0">
+        <v>642056</v>
+      </c>
+      <c r="E140" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="F140" s="0" t="s">
         <v>602</v>
       </c>
-      <c r="C140" s="0" t="s">
-[...8 lines deleted...]
-      <c r="F140" s="0"/>
       <c r="G140" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H140" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>605</v>
+        <v>603</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L140" s="0">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
+        <v>604</v>
+      </c>
+      <c r="C141" s="0" t="s">
+        <v>605</v>
+      </c>
+      <c r="D141" s="0" t="s">
         <v>606</v>
       </c>
-      <c r="C141" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E141" s="0" t="s">
-        <v>609</v>
+        <v>215</v>
       </c>
       <c r="F141" s="0"/>
       <c r="G141" s="0" t="s">
-        <v>120</v>
+        <v>26</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>610</v>
+        <v>607</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L141" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
-        <v>611</v>
+        <v>608</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>612</v>
+        <v>609</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>613</v>
+        <v>610</v>
       </c>
       <c r="E142" s="0" t="s">
-        <v>609</v>
+        <v>215</v>
       </c>
       <c r="F142" s="0"/>
       <c r="G142" s="0" t="s">
-        <v>120</v>
+        <v>26</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>614</v>
+        <v>611</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L142" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
+        <v>612</v>
+      </c>
+      <c r="C143" s="0" t="s">
+        <v>613</v>
+      </c>
+      <c r="D143" s="0" t="s">
+        <v>614</v>
+      </c>
+      <c r="E143" s="0" t="s">
         <v>615</v>
-      </c>
-[...7 lines deleted...]
-        <v>609</v>
       </c>
       <c r="F143" s="0"/>
       <c r="G143" s="0" t="s">
         <v>120</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>610</v>
+        <v>616</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L143" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
+        <v>617</v>
+      </c>
+      <c r="C144" s="0" t="s">
         <v>618</v>
       </c>
-      <c r="C144" s="0" t="s">
+      <c r="D144" s="0" t="s">
         <v>619</v>
       </c>
-      <c r="D144" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E144" s="0" t="s">
-        <v>609</v>
+        <v>615</v>
       </c>
       <c r="F144" s="0"/>
       <c r="G144" s="0" t="s">
         <v>120</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>621</v>
+        <v>620</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L144" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
+        <v>621</v>
+      </c>
+      <c r="C145" s="0" t="s">
         <v>622</v>
       </c>
-      <c r="C145" s="0" t="s">
+      <c r="D145" s="0" t="s">
         <v>623</v>
       </c>
-      <c r="D145" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E145" s="0" t="s">
-        <v>609</v>
+        <v>615</v>
       </c>
       <c r="F145" s="0"/>
       <c r="G145" s="0" t="s">
         <v>120</v>
       </c>
       <c r="H145" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>621</v>
+        <v>616</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L145" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
+        <v>624</v>
+      </c>
+      <c r="C146" s="0" t="s">
         <v>625</v>
       </c>
-      <c r="C146" s="0" t="s">
+      <c r="D146" s="0" t="s">
         <v>626</v>
       </c>
-      <c r="D146" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E146" s="0" t="s">
-        <v>609</v>
+        <v>615</v>
       </c>
       <c r="F146" s="0"/>
       <c r="G146" s="0" t="s">
         <v>120</v>
       </c>
       <c r="H146" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>628</v>
+        <v>627</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L146" s="0"/>
+      <c r="L146" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
+        <v>628</v>
+      </c>
+      <c r="C147" s="0" t="s">
         <v>629</v>
       </c>
-      <c r="C147" s="0" t="s">
+      <c r="D147" s="0" t="s">
         <v>630</v>
       </c>
-      <c r="D147" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E147" s="0" t="s">
-        <v>609</v>
+        <v>615</v>
       </c>
       <c r="F147" s="0"/>
       <c r="G147" s="0" t="s">
         <v>120</v>
       </c>
       <c r="H147" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>628</v>
+        <v>627</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L147" s="0"/>
+      <c r="L147" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
+        <v>631</v>
+      </c>
+      <c r="C148" s="0" t="s">
         <v>632</v>
       </c>
-      <c r="C148" s="0" t="s">
+      <c r="D148" s="0" t="s">
         <v>633</v>
       </c>
-      <c r="D148" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E148" s="0" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>615</v>
+      </c>
+      <c r="F148" s="0"/>
       <c r="G148" s="0" t="s">
         <v>120</v>
       </c>
       <c r="H148" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>636</v>
+        <v>634</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="L148" s="0"/>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
+        <v>635</v>
+      </c>
+      <c r="C149" s="0" t="s">
+        <v>636</v>
+      </c>
+      <c r="D149" s="0" t="s">
         <v>637</v>
       </c>
-      <c r="C149" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E149" s="0" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>615</v>
+      </c>
+      <c r="F149" s="0"/>
       <c r="G149" s="0" t="s">
         <v>120</v>
       </c>
       <c r="H149" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>636</v>
+        <v>634</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L149" s="0"/>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
+        <v>638</v>
+      </c>
+      <c r="C150" s="0" t="s">
+        <v>639</v>
+      </c>
+      <c r="D150" s="0" t="s">
+        <v>640</v>
+      </c>
+      <c r="E150" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="F150" s="0" t="s">
         <v>641</v>
       </c>
-      <c r="C150" s="0" t="s">
+      <c r="G150" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="H150" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I150" s="1" t="s">
         <v>642</v>
-      </c>
-[...16 lines deleted...]
-        <v>644</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="L150" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
+        <v>643</v>
+      </c>
+      <c r="C151" s="0" t="s">
+        <v>644</v>
+      </c>
+      <c r="D151" s="0" t="s">
         <v>645</v>
       </c>
-      <c r="C151" s="0" t="s">
+      <c r="E151" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="F151" s="0" t="s">
         <v>646</v>
       </c>
-      <c r="D151" s="0">
-[...7 lines deleted...]
-      </c>
       <c r="G151" s="0" t="s">
-        <v>26</v>
+        <v>120</v>
       </c>
       <c r="H151" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>647</v>
+        <v>642</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L151" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L151" s="0"/>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
+        <v>647</v>
+      </c>
+      <c r="C152" s="0" t="s">
         <v>648</v>
       </c>
-      <c r="C152" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D152" s="0">
-        <v>639849</v>
+        <v>640645</v>
       </c>
       <c r="E152" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F152" s="0" t="s">
-        <v>643</v>
+        <v>649</v>
       </c>
       <c r="G152" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H152" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I152" s="1" t="s">
         <v>650</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L152" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
         <v>651</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>652</v>
       </c>
-      <c r="D153" s="0" t="s">
+      <c r="D153" s="0">
+        <v>638116</v>
+      </c>
+      <c r="E153" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="F153" s="0" t="s">
+        <v>649</v>
+      </c>
+      <c r="G153" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="H153" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I153" s="1" t="s">
         <v>653</v>
-      </c>
-[...13 lines deleted...]
-        <v>654</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="L153" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
+        <v>654</v>
+      </c>
+      <c r="C154" s="0" t="s">
         <v>655</v>
       </c>
-      <c r="C154" s="0" t="s">
+      <c r="D154" s="0">
+        <v>639849</v>
+      </c>
+      <c r="E154" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="F154" s="0" t="s">
+        <v>649</v>
+      </c>
+      <c r="G154" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="H154" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I154" s="1" t="s">
         <v>656</v>
-      </c>
-[...16 lines deleted...]
-        <v>660</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="L154" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="A155" s="0"/>
       <c r="B155" s="0" t="s">
-        <v>661</v>
+        <v>657</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>662</v>
-[...2 lines deleted...]
-        <v>1304</v>
+        <v>658</v>
+      </c>
+      <c r="D155" s="0" t="s">
+        <v>659</v>
       </c>
       <c r="E155" s="0" t="s">
-        <v>657</v>
+        <v>15</v>
       </c>
       <c r="F155" s="0" t="s">
-        <v>658</v>
+        <v>146</v>
       </c>
       <c r="G155" s="0" t="s">
-        <v>659</v>
+        <v>17</v>
       </c>
       <c r="H155" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>663</v>
+        <v>660</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L155" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
+        <v>661</v>
+      </c>
+      <c r="C156" s="0" t="s">
+        <v>662</v>
+      </c>
+      <c r="D156" s="0">
+        <v>1302</v>
+      </c>
+      <c r="E156" s="0" t="s">
+        <v>663</v>
+      </c>
+      <c r="F156" s="0" t="s">
         <v>664</v>
       </c>
-      <c r="C156" s="0" t="s">
+      <c r="G156" s="0" t="s">
         <v>665</v>
       </c>
-      <c r="D156" s="0" t="s">
+      <c r="H156" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I156" s="1" t="s">
         <v>666</v>
-      </c>
-[...13 lines deleted...]
-        <v>667</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
-        <v>28</v>
+        <v>186</v>
       </c>
       <c r="L156" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
+        <v>667</v>
+      </c>
+      <c r="C157" s="0" t="s">
         <v>668</v>
       </c>
-      <c r="C157" s="0" t="s">
+      <c r="D157" s="0">
+        <v>1304</v>
+      </c>
+      <c r="E157" s="0" t="s">
+        <v>663</v>
+      </c>
+      <c r="F157" s="0" t="s">
+        <v>664</v>
+      </c>
+      <c r="G157" s="0" t="s">
+        <v>665</v>
+      </c>
+      <c r="H157" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I157" s="1" t="s">
         <v>669</v>
-      </c>
-[...16 lines deleted...]
-        <v>670</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="L157" s="0">
-        <v>3</v>
+        <v>24</v>
       </c>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
+        <v>670</v>
+      </c>
+      <c r="C158" s="0" t="s">
         <v>671</v>
       </c>
-      <c r="C158" s="0" t="s">
+      <c r="D158" s="0" t="s">
         <v>672</v>
       </c>
-      <c r="D158" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E158" s="0" t="s">
-        <v>24</v>
+        <v>59</v>
       </c>
       <c r="F158" s="0" t="s">
-        <v>31</v>
+        <v>60</v>
       </c>
       <c r="G158" s="0" t="s">
-        <v>26</v>
+        <v>120</v>
       </c>
       <c r="H158" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I158" s="1" t="s">
         <v>673</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
-        <v>213</v>
+        <v>28</v>
       </c>
       <c r="L158" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
         <v>674</v>
       </c>
       <c r="C159" s="0" t="s">
         <v>675</v>
       </c>
       <c r="D159" s="0">
-        <v>619109</v>
+        <v>615412</v>
       </c>
       <c r="E159" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F159" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G159" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H159" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I159" s="1" t="s">
         <v>676</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L159" s="0">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
         <v>677</v>
       </c>
       <c r="C160" s="0" t="s">
         <v>678</v>
       </c>
       <c r="D160" s="0">
-        <v>616953</v>
+        <v>614831</v>
       </c>
       <c r="E160" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F160" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G160" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H160" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I160" s="1" t="s">
         <v>679</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
-        <v>28</v>
+        <v>680</v>
       </c>
       <c r="L160" s="0">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
       <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="D161" s="0">
-        <v>614847</v>
+        <v>619109</v>
       </c>
       <c r="E161" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F161" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G161" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H161" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L161" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
       <c r="A162" s="0"/>
       <c r="B162" s="0" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="D162" s="0">
-        <v>614849</v>
+        <v>616953</v>
       </c>
       <c r="E162" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F162" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G162" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H162" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="L162" s="0">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
       <c r="A163" s="0"/>
       <c r="B163" s="0" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="C163" s="0" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="D163" s="0">
-        <v>616952</v>
+        <v>614847</v>
       </c>
       <c r="E163" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F163" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G163" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H163" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
-        <v>154</v>
+        <v>28</v>
       </c>
       <c r="L163" s="0">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="80">
       <c r="A164" s="0"/>
       <c r="B164" s="0" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="C164" s="0" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="D164" s="0">
-        <v>615460</v>
+        <v>614849</v>
       </c>
       <c r="E164" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F164" s="0" t="s">
-        <v>691</v>
+        <v>31</v>
       </c>
       <c r="G164" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H164" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I164" s="1" t="s">
         <v>692</v>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="s">
-        <v>28</v>
+        <v>186</v>
       </c>
       <c r="L164" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="80">
       <c r="A165" s="0"/>
       <c r="B165" s="0" t="s">
         <v>693</v>
       </c>
       <c r="C165" s="0" t="s">
         <v>694</v>
       </c>
       <c r="D165" s="0">
-        <v>615459</v>
+        <v>616952</v>
       </c>
       <c r="E165" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F165" s="0" t="s">
-        <v>691</v>
+        <v>31</v>
       </c>
       <c r="G165" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H165" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>473</v>
+        <v>695</v>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="L165" s="0">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="80">
       <c r="A166" s="0"/>
       <c r="B166" s="0" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="D166" s="0">
-        <v>615465</v>
+        <v>615460</v>
       </c>
       <c r="E166" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F166" s="0" t="s">
-        <v>691</v>
+        <v>699</v>
       </c>
       <c r="G166" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H166" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="s">
-        <v>154</v>
+        <v>28</v>
       </c>
       <c r="L166" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="80">
       <c r="A167" s="0"/>
       <c r="B167" s="0" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="D167" s="0">
-        <v>615466</v>
+        <v>615459</v>
       </c>
       <c r="E167" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F167" s="0" t="s">
-        <v>691</v>
+        <v>699</v>
       </c>
       <c r="G167" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H167" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>701</v>
+        <v>468</v>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="s">
-        <v>28</v>
+        <v>314</v>
       </c>
       <c r="L167" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="80">
       <c r="A168" s="0"/>
       <c r="B168" s="0" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>703</v>
-[...1 lines deleted...]
-      <c r="D168" s="0" t="s">
         <v>704</v>
       </c>
+      <c r="D168" s="0">
+        <v>615465</v>
+      </c>
       <c r="E168" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="F168" s="0" t="s">
+        <v>699</v>
+      </c>
+      <c r="G168" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="H168" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I168" s="1" t="s">
         <v>705</v>
-      </c>
-[...8 lines deleted...]
-        <v>706</v>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="s">
-        <v>64</v>
+        <v>696</v>
       </c>
       <c r="L168" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="80">
       <c r="A169" s="0"/>
       <c r="B169" s="0" t="s">
+        <v>706</v>
+      </c>
+      <c r="C169" s="0" t="s">
         <v>707</v>
       </c>
-      <c r="C169" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D169" s="0">
-        <v>638373</v>
+        <v>615466</v>
       </c>
       <c r="E169" s="0" t="s">
         <v>24</v>
       </c>
-      <c r="F169" s="0"/>
+      <c r="F169" s="0" t="s">
+        <v>699</v>
+      </c>
       <c r="G169" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H169" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>709</v>
+        <v>708</v>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L169" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="80">
       <c r="A170" s="0"/>
       <c r="B170" s="0" t="s">
+        <v>709</v>
+      </c>
+      <c r="C170" s="0" t="s">
         <v>710</v>
       </c>
-      <c r="C170" s="0" t="s">
+      <c r="D170" s="0" t="s">
         <v>711</v>
       </c>
-      <c r="D170" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E170" s="0" t="s">
-        <v>24</v>
+        <v>712</v>
       </c>
       <c r="F170" s="0"/>
       <c r="G170" s="0" t="s">
-        <v>26</v>
+        <v>61</v>
       </c>
       <c r="H170" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L170" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="80">
       <c r="A171" s="0"/>
       <c r="B171" s="0" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="C171" s="0" t="s">
-        <v>714</v>
-[...1 lines deleted...]
-      <c r="D171" s="0" t="s">
         <v>715</v>
       </c>
+      <c r="D171" s="0">
+        <v>638373</v>
+      </c>
       <c r="E171" s="0" t="s">
-        <v>716</v>
+        <v>24</v>
       </c>
       <c r="F171" s="0"/>
       <c r="G171" s="0" t="s">
-        <v>717</v>
+        <v>26</v>
       </c>
       <c r="H171" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>718</v>
+        <v>716</v>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L171" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="80">
       <c r="A172" s="0"/>
       <c r="B172" s="0" t="s">
-        <v>719</v>
+        <v>717</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>720</v>
+        <v>718</v>
       </c>
       <c r="D172" s="0">
-        <v>614854</v>
+        <v>638376</v>
       </c>
       <c r="E172" s="0" t="s">
         <v>24</v>
       </c>
-      <c r="F172" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F172" s="0"/>
       <c r="G172" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H172" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I172" s="1" t="s">
-        <v>721</v>
+        <v>719</v>
       </c>
       <c r="J172" s="0"/>
       <c r="K172" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L172" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="80">
       <c r="A173" s="0"/>
       <c r="B173" s="0" t="s">
+        <v>720</v>
+      </c>
+      <c r="C173" s="0" t="s">
+        <v>721</v>
+      </c>
+      <c r="D173" s="0" t="s">
         <v>722</v>
       </c>
-      <c r="C173" s="0" t="s">
+      <c r="E173" s="0" t="s">
         <v>723</v>
-      </c>
-[...4 lines deleted...]
-        <v>405</v>
       </c>
       <c r="F173" s="0"/>
       <c r="G173" s="0" t="s">
-        <v>120</v>
+        <v>724</v>
       </c>
       <c r="H173" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I173" s="1" t="s">
         <v>725</v>
       </c>
       <c r="J173" s="0"/>
       <c r="K173" s="0" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="L173" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="80">
       <c r="A174" s="0"/>
       <c r="B174" s="0" t="s">
         <v>726</v>
       </c>
       <c r="C174" s="0" t="s">
         <v>727</v>
       </c>
-      <c r="D174" s="0" t="s">
+      <c r="D174" s="0">
+        <v>614854</v>
+      </c>
+      <c r="E174" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="F174" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="G174" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="H174" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I174" s="1" t="s">
         <v>728</v>
-      </c>
-[...11 lines deleted...]
-        <v>729</v>
       </c>
       <c r="J174" s="0"/>
       <c r="K174" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L174" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="80">
       <c r="A175" s="0"/>
       <c r="B175" s="0" t="s">
+        <v>729</v>
+      </c>
+      <c r="C175" s="0" t="s">
         <v>730</v>
       </c>
-      <c r="C175" s="0" t="s">
+      <c r="D175" s="0" t="s">
         <v>731</v>
       </c>
-      <c r="D175" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E175" s="0" t="s">
-        <v>405</v>
-[...3 lines deleted...]
-      </c>
+        <v>400</v>
+      </c>
+      <c r="F175" s="0"/>
       <c r="G175" s="0" t="s">
         <v>120</v>
       </c>
       <c r="H175" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="J175" s="0"/>
       <c r="K175" s="0" t="s">
-        <v>408</v>
+        <v>186</v>
       </c>
       <c r="L175" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="80">
       <c r="A176" s="0"/>
       <c r="B176" s="0" t="s">
+        <v>733</v>
+      </c>
+      <c r="C176" s="0" t="s">
         <v>734</v>
       </c>
-      <c r="C176" s="0" t="s">
+      <c r="D176" s="0" t="s">
         <v>735</v>
       </c>
-      <c r="D176" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E176" s="0" t="s">
-        <v>405</v>
+        <v>400</v>
       </c>
       <c r="F176" s="0"/>
       <c r="G176" s="0" t="s">
         <v>120</v>
       </c>
       <c r="H176" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>737</v>
+        <v>736</v>
       </c>
       <c r="J176" s="0"/>
       <c r="K176" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L176" s="0">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="80">
       <c r="A177" s="0"/>
       <c r="B177" s="0" t="s">
+        <v>737</v>
+      </c>
+      <c r="C177" s="0" t="s">
         <v>738</v>
       </c>
-      <c r="C177" s="0" t="s">
+      <c r="D177" s="0" t="s">
         <v>739</v>
       </c>
-      <c r="D177" s="0" t="s">
+      <c r="E177" s="0" t="s">
+        <v>400</v>
+      </c>
+      <c r="F177" s="0" t="s">
+        <v>400</v>
+      </c>
+      <c r="G177" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="H177" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I177" s="1" t="s">
         <v>740</v>
-      </c>
-[...11 lines deleted...]
-        <v>718</v>
       </c>
       <c r="J177" s="0"/>
       <c r="K177" s="0" t="s">
-        <v>741</v>
+        <v>412</v>
       </c>
       <c r="L177" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="80">
       <c r="A178" s="0"/>
       <c r="B178" s="0" t="s">
+        <v>741</v>
+      </c>
+      <c r="C178" s="0" t="s">
         <v>742</v>
       </c>
-      <c r="C178" s="0" t="s">
+      <c r="D178" s="0" t="s">
         <v>743</v>
       </c>
-      <c r="D178" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E178" s="0" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>400</v>
+      </c>
+      <c r="F178" s="0"/>
       <c r="G178" s="0" t="s">
-        <v>26</v>
+        <v>120</v>
       </c>
       <c r="H178" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I178" s="1" t="s">
         <v>744</v>
       </c>
       <c r="J178" s="0"/>
       <c r="K178" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L178" s="0">
-        <v>6</v>
+        <v>32</v>
       </c>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="80">
       <c r="A179" s="0"/>
       <c r="B179" s="0" t="s">
         <v>745</v>
       </c>
       <c r="C179" s="0" t="s">
         <v>746</v>
       </c>
-      <c r="D179" s="0">
-        <v>635276</v>
+      <c r="D179" s="0" t="s">
+        <v>747</v>
       </c>
       <c r="E179" s="0" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>723</v>
+      </c>
+      <c r="F179" s="0"/>
       <c r="G179" s="0" t="s">
-        <v>26</v>
+        <v>724</v>
       </c>
       <c r="H179" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I179" s="1" t="s">
-        <v>747</v>
+        <v>725</v>
       </c>
       <c r="J179" s="0"/>
       <c r="K179" s="0" t="s">
-        <v>28</v>
+        <v>748</v>
       </c>
       <c r="L179" s="0">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="80">
       <c r="A180" s="0"/>
       <c r="B180" s="0" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="C180" s="0" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="D180" s="0">
-        <v>639002</v>
+        <v>635274</v>
       </c>
       <c r="E180" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F180" s="0" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="G180" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H180" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I180" s="1" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="J180" s="0"/>
       <c r="K180" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L180" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="80">
       <c r="A181" s="0"/>
       <c r="B181" s="0" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="C181" s="0" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="D181" s="0">
-        <v>638146</v>
+        <v>635276</v>
       </c>
       <c r="E181" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F181" s="0" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="G181" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H181" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I181" s="1" t="s">
-        <v>750</v>
+        <v>754</v>
       </c>
       <c r="J181" s="0"/>
       <c r="K181" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L181" s="0">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="80">
       <c r="A182" s="0"/>
       <c r="B182" s="0" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="C182" s="0" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="D182" s="0">
-        <v>644691</v>
+        <v>639002</v>
       </c>
       <c r="E182" s="0" t="s">
         <v>24</v>
       </c>
-      <c r="F182" s="0"/>
+      <c r="F182" s="0" t="s">
+        <v>376</v>
+      </c>
       <c r="G182" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H182" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I182" s="1" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="J182" s="0"/>
       <c r="K182" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L182" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="80">
       <c r="A183" s="0"/>
       <c r="B183" s="0" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="C183" s="0" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="D183" s="0">
-        <v>644717</v>
+        <v>638146</v>
       </c>
       <c r="E183" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F183" s="0" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="G183" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H183" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>758</v>
+        <v>757</v>
       </c>
       <c r="J183" s="0"/>
       <c r="K183" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L183" s="0">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="80">
       <c r="A184" s="0"/>
       <c r="B184" s="0" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="C184" s="0" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="D184" s="0">
-        <v>644754</v>
+        <v>644691</v>
       </c>
       <c r="E184" s="0" t="s">
         <v>24</v>
       </c>
-      <c r="F184" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F184" s="0"/>
       <c r="G184" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H184" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I184" s="1" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="J184" s="0"/>
       <c r="K184" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L184" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="80">
       <c r="A185" s="0"/>
       <c r="B185" s="0" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="C185" s="0" t="s">
-        <v>763</v>
-[...1 lines deleted...]
-      <c r="D185" s="0" t="s">
         <v>764</v>
       </c>
+      <c r="D185" s="0">
+        <v>644717</v>
+      </c>
       <c r="E185" s="0" t="s">
-        <v>499</v>
+        <v>24</v>
       </c>
       <c r="F185" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="G185" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="H185" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I185" s="1" t="s">
         <v>765</v>
-      </c>
-[...7 lines deleted...]
-        <v>766</v>
       </c>
       <c r="J185" s="0"/>
       <c r="K185" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L185" s="0">
-        <v>10</v>
+        <v>3</v>
       </c>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="80">
       <c r="A186" s="0"/>
       <c r="B186" s="0" t="s">
+        <v>766</v>
+      </c>
+      <c r="C186" s="0" t="s">
         <v>767</v>
       </c>
-      <c r="C186" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D186" s="0">
-        <v>675220</v>
+        <v>644754</v>
       </c>
       <c r="E186" s="0" t="s">
-        <v>217</v>
+        <v>24</v>
       </c>
       <c r="F186" s="0" t="s">
-        <v>769</v>
+        <v>31</v>
       </c>
       <c r="G186" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H186" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I186" s="1" t="s">
-        <v>770</v>
+        <v>768</v>
       </c>
       <c r="J186" s="0"/>
       <c r="K186" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L186" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="80">
       <c r="A187" s="0"/>
       <c r="B187" s="0" t="s">
+        <v>769</v>
+      </c>
+      <c r="C187" s="0" t="s">
+        <v>770</v>
+      </c>
+      <c r="D187" s="0" t="s">
         <v>771</v>
       </c>
-      <c r="C187" s="0" t="s">
+      <c r="E187" s="0" t="s">
+        <v>494</v>
+      </c>
+      <c r="F187" s="0" t="s">
         <v>772</v>
       </c>
-      <c r="D187" s="0">
-[...7 lines deleted...]
-      </c>
       <c r="G187" s="0" t="s">
-        <v>26</v>
+        <v>496</v>
       </c>
       <c r="H187" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I187" s="1" t="s">
         <v>773</v>
       </c>
       <c r="J187" s="0"/>
       <c r="K187" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L187" s="0">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="80">
       <c r="A188" s="0"/>
       <c r="B188" s="0" t="s">
         <v>774</v>
       </c>
       <c r="C188" s="0" t="s">
         <v>775</v>
       </c>
       <c r="D188" s="0">
-        <v>675236</v>
+        <v>675220</v>
       </c>
       <c r="E188" s="0" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="F188" s="0" t="s">
-        <v>769</v>
+        <v>776</v>
       </c>
       <c r="G188" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H188" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="J188" s="0"/>
       <c r="K188" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L188" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="80">
       <c r="A189" s="0"/>
       <c r="B189" s="0" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="C189" s="0" t="s">
-        <v>778</v>
-[...1 lines deleted...]
-      <c r="D189" s="0" t="s">
         <v>779</v>
       </c>
+      <c r="D189" s="0">
+        <v>675232</v>
+      </c>
       <c r="E189" s="0" t="s">
-        <v>15</v>
+        <v>215</v>
       </c>
       <c r="F189" s="0" t="s">
-        <v>152</v>
+        <v>776</v>
       </c>
       <c r="G189" s="0" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H189" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I189" s="1" t="s">
         <v>780</v>
       </c>
       <c r="J189" s="0"/>
       <c r="K189" s="0" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="L189" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="80">
       <c r="A190" s="0"/>
       <c r="B190" s="0" t="s">
         <v>781</v>
       </c>
       <c r="C190" s="0" t="s">
         <v>782</v>
       </c>
-      <c r="D190" s="0" t="s">
+      <c r="D190" s="0">
+        <v>675236</v>
+      </c>
+      <c r="E190" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="F190" s="0" t="s">
+        <v>776</v>
+      </c>
+      <c r="G190" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="H190" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I190" s="1" t="s">
         <v>783</v>
-      </c>
-[...13 lines deleted...]
-        <v>784</v>
       </c>
       <c r="J190" s="0"/>
       <c r="K190" s="0" t="s">
-        <v>534</v>
+        <v>28</v>
       </c>
       <c r="L190" s="0">
-        <v>36</v>
+        <v>1</v>
       </c>
     </row>
     <row r="191" spans="1:12" customHeight="1" ht="80">
       <c r="A191" s="0"/>
       <c r="B191" s="0" t="s">
+        <v>784</v>
+      </c>
+      <c r="C191" s="0" t="s">
         <v>785</v>
       </c>
-      <c r="C191" s="0" t="s">
+      <c r="D191" s="0" t="s">
         <v>786</v>
       </c>
-      <c r="D191" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E191" s="0" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F191" s="0" t="s">
-        <v>31</v>
+        <v>151</v>
       </c>
       <c r="G191" s="0" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="H191" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I191" s="1" t="s">
         <v>787</v>
       </c>
       <c r="J191" s="0"/>
       <c r="K191" s="0" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="L191" s="0">
-        <v>3</v>
+        <v>12</v>
       </c>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="80">
       <c r="A192" s="0"/>
       <c r="B192" s="0" t="s">
         <v>788</v>
       </c>
       <c r="C192" s="0" t="s">
         <v>789</v>
       </c>
-      <c r="D192" s="0">
-        <v>644693</v>
+      <c r="D192" s="0" t="s">
+        <v>790</v>
       </c>
       <c r="E192" s="0" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F192" s="0" t="s">
-        <v>691</v>
+        <v>157</v>
       </c>
       <c r="G192" s="0" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="H192" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I192" s="1" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="J192" s="0"/>
       <c r="K192" s="0" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="L192" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="80">
       <c r="A193" s="0"/>
       <c r="B193" s="0" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="C193" s="0" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="D193" s="0">
-        <v>642093</v>
+        <v>642065</v>
       </c>
       <c r="E193" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F193" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G193" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H193" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I193" s="1" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="J193" s="0"/>
       <c r="K193" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L193" s="0">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="80">
       <c r="A194" s="0"/>
       <c r="B194" s="0" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="C194" s="0" t="s">
-        <v>796</v>
-[...1 lines deleted...]
-      <c r="D194" s="0" t="s">
         <v>797</v>
       </c>
+      <c r="D194" s="0">
+        <v>644693</v>
+      </c>
       <c r="E194" s="0" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F194" s="0" t="s">
-        <v>472</v>
+        <v>699</v>
       </c>
       <c r="G194" s="0" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H194" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I194" s="1" t="s">
         <v>798</v>
       </c>
       <c r="J194" s="0"/>
       <c r="K194" s="0" t="s">
-        <v>799</v>
+        <v>110</v>
       </c>
       <c r="L194" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="80">
       <c r="A195" s="0"/>
       <c r="B195" s="0" t="s">
+        <v>799</v>
+      </c>
+      <c r="C195" s="0" t="s">
         <v>800</v>
       </c>
-      <c r="C195" s="0" t="s">
+      <c r="D195" s="0">
+        <v>642093</v>
+      </c>
+      <c r="E195" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="F195" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="G195" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="H195" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I195" s="1" t="s">
         <v>801</v>
-      </c>
-[...16 lines deleted...]
-        <v>804</v>
       </c>
       <c r="J195" s="0"/>
       <c r="K195" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L195" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="80">
       <c r="A196" s="0"/>
       <c r="B196" s="0" t="s">
-        <v>805</v>
+        <v>802</v>
       </c>
       <c r="C196" s="0" t="s">
-        <v>806</v>
+        <v>803</v>
       </c>
       <c r="D196" s="0" t="s">
-        <v>807</v>
+        <v>804</v>
       </c>
       <c r="E196" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F196" s="0" t="s">
-        <v>803</v>
+        <v>467</v>
       </c>
       <c r="G196" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H196" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I196" s="1" t="s">
-        <v>808</v>
+        <v>805</v>
       </c>
       <c r="J196" s="0"/>
       <c r="K196" s="0" t="s">
-        <v>28</v>
+        <v>806</v>
       </c>
       <c r="L196" s="0">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="80">
       <c r="A197" s="0"/>
       <c r="B197" s="0" t="s">
+        <v>807</v>
+      </c>
+      <c r="C197" s="0" t="s">
+        <v>808</v>
+      </c>
+      <c r="D197" s="0" t="s">
         <v>809</v>
       </c>
-      <c r="C197" s="0" t="s">
+      <c r="E197" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F197" s="0" t="s">
         <v>810</v>
       </c>
-      <c r="D197" s="0">
-[...5 lines deleted...]
-      <c r="F197" s="0" t="s">
+      <c r="G197" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H197" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I197" s="1" t="s">
         <v>811</v>
-      </c>
-[...7 lines deleted...]
-        <v>812</v>
       </c>
       <c r="J197" s="0"/>
       <c r="K197" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L197" s="0"/>
+      <c r="L197" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="198" spans="1:12" customHeight="1" ht="80">
       <c r="A198" s="0"/>
       <c r="B198" s="0" t="s">
+        <v>812</v>
+      </c>
+      <c r="C198" s="0" t="s">
         <v>813</v>
       </c>
-      <c r="C198" s="0" t="s">
+      <c r="D198" s="0" t="s">
         <v>814</v>
       </c>
-      <c r="D198" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E198" s="0" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F198" s="0" t="s">
-        <v>378</v>
+        <v>810</v>
       </c>
       <c r="G198" s="0" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="H198" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I198" s="1" t="s">
         <v>815</v>
       </c>
       <c r="J198" s="0"/>
       <c r="K198" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L198" s="0"/>
+      <c r="L198" s="0">
+        <v>36</v>
+      </c>
     </row>
     <row r="199" spans="1:12" customHeight="1" ht="80">
       <c r="A199" s="0"/>
       <c r="B199" s="0" t="s">
         <v>816</v>
       </c>
       <c r="C199" s="0" t="s">
         <v>817</v>
       </c>
       <c r="D199" s="0">
-        <v>635300</v>
+        <v>642078</v>
       </c>
       <c r="E199" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F199" s="0" t="s">
-        <v>378</v>
+        <v>818</v>
       </c>
       <c r="G199" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H199" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I199" s="1" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="J199" s="0"/>
       <c r="K199" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L199" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L199" s="0"/>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="80">
       <c r="A200" s="0"/>
       <c r="B200" s="0" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="C200" s="0" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="D200" s="0">
-        <v>635301</v>
+        <v>644831</v>
       </c>
       <c r="E200" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F200" s="0" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="G200" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H200" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I200" s="1" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="J200" s="0"/>
       <c r="K200" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L200" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L200" s="0"/>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="80">
       <c r="A201" s="0"/>
       <c r="B201" s="0" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="C201" s="0" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="D201" s="0">
-        <v>651527</v>
+        <v>635300</v>
       </c>
       <c r="E201" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F201" s="0" t="s">
-        <v>31</v>
+        <v>376</v>
       </c>
       <c r="G201" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H201" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I201" s="1" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="J201" s="0"/>
       <c r="K201" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L201" s="0">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="202" spans="1:12" customHeight="1" ht="80">
       <c r="A202" s="0"/>
       <c r="B202" s="0" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="C202" s="0" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="D202" s="0">
-        <v>616105</v>
+        <v>635301</v>
       </c>
       <c r="E202" s="0" t="s">
         <v>24</v>
       </c>
-      <c r="F202" s="0"/>
+      <c r="F202" s="0" t="s">
+        <v>376</v>
+      </c>
       <c r="G202" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H202" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I202" s="1" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="J202" s="0"/>
       <c r="K202" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L202" s="0">
-        <v>12</v>
+        <v>2</v>
       </c>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="80">
       <c r="A203" s="0"/>
       <c r="B203" s="0" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="C203" s="0" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="D203" s="0">
-        <v>612507</v>
+        <v>651527</v>
       </c>
       <c r="E203" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F203" s="0" t="s">
-        <v>830</v>
+        <v>31</v>
       </c>
       <c r="G203" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H203" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I203" s="1" t="s">
         <v>831</v>
       </c>
       <c r="J203" s="0"/>
       <c r="K203" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L203" s="0">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="204" spans="1:12" customHeight="1" ht="80">
+      <c r="B204" s="0" t="s">
         <v>832</v>
       </c>
-      <c r="L203" s="0">
-[...5 lines deleted...]
-      <c r="B204" s="0" t="s">
+      <c r="C204" s="0" t="s">
         <v>833</v>
       </c>
-      <c r="C204" s="0" t="s">
+      <c r="D204" s="0" t="s">
         <v>834</v>
       </c>
-      <c r="D204" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E204" s="0" t="s">
-        <v>24</v>
+        <v>59</v>
       </c>
       <c r="F204" s="0" t="s">
-        <v>830</v>
+        <v>510</v>
       </c>
       <c r="G204" s="0" t="s">
-        <v>26</v>
+        <v>120</v>
       </c>
       <c r="H204" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I204" s="1" t="s">
-        <v>835</v>
+        <v>511</v>
       </c>
       <c r="J204" s="0"/>
       <c r="K204" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L204" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L204" s="0"/>
     </row>
     <row r="205" spans="1:12" customHeight="1" ht="80">
       <c r="A205" s="0"/>
       <c r="B205" s="0" t="s">
+        <v>835</v>
+      </c>
+      <c r="C205" s="0" t="s">
         <v>836</v>
       </c>
-      <c r="C205" s="0" t="s">
+      <c r="D205" s="0">
+        <v>616105</v>
+      </c>
+      <c r="E205" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="F205" s="0"/>
+      <c r="G205" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="H205" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I205" s="1" t="s">
         <v>837</v>
-      </c>
-[...16 lines deleted...]
-        <v>839</v>
       </c>
       <c r="J205" s="0"/>
       <c r="K205" s="0" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="L205" s="0">
-        <v>2</v>
+        <v>12</v>
       </c>
     </row>
     <row r="206" spans="1:12" customHeight="1" ht="80">
       <c r="A206" s="0"/>
       <c r="B206" s="0" t="s">
+        <v>838</v>
+      </c>
+      <c r="C206" s="0" t="s">
+        <v>839</v>
+      </c>
+      <c r="D206" s="0">
+        <v>612507</v>
+      </c>
+      <c r="E206" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="F206" s="0" t="s">
         <v>840</v>
       </c>
-      <c r="C206" s="0" t="s">
+      <c r="G206" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="H206" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I206" s="1" t="s">
         <v>841</v>
-      </c>
-[...16 lines deleted...]
-        <v>843</v>
       </c>
       <c r="J206" s="0"/>
       <c r="K206" s="0" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="L206" s="0">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="207" spans="1:12" customHeight="1" ht="80">
       <c r="A207" s="0"/>
       <c r="B207" s="0" t="s">
+        <v>842</v>
+      </c>
+      <c r="C207" s="0" t="s">
+        <v>843</v>
+      </c>
+      <c r="D207" s="0">
+        <v>616258</v>
+      </c>
+      <c r="E207" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="F207" s="0" t="s">
+        <v>840</v>
+      </c>
+      <c r="G207" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="H207" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I207" s="1" t="s">
         <v>844</v>
-      </c>
-[...19 lines deleted...]
-        <v>847</v>
       </c>
       <c r="J207" s="0"/>
       <c r="K207" s="0" t="s">
-        <v>741</v>
+        <v>28</v>
       </c>
       <c r="L207" s="0">
-        <v>8</v>
+        <v>2</v>
       </c>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="80">
+      <c r="A208" s="0"/>
       <c r="B208" s="0" t="s">
+        <v>845</v>
+      </c>
+      <c r="C208" s="0" t="s">
+        <v>846</v>
+      </c>
+      <c r="D208" s="0" t="s">
+        <v>847</v>
+      </c>
+      <c r="E208" s="0" t="s">
+        <v>400</v>
+      </c>
+      <c r="F208" s="0" t="s">
+        <v>400</v>
+      </c>
+      <c r="G208" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="H208" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I208" s="1" t="s">
         <v>848</v>
-      </c>
-[...17 lines deleted...]
-        <v>851</v>
       </c>
       <c r="J208" s="0"/>
       <c r="K208" s="0" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="L208" s="0"/>
+        <v>186</v>
+      </c>
+      <c r="L208" s="0">
+        <v>2</v>
+      </c>
     </row>
     <row r="209" spans="1:12" customHeight="1" ht="80">
       <c r="A209" s="0"/>
       <c r="B209" s="0" t="s">
+        <v>849</v>
+      </c>
+      <c r="C209" s="0" t="s">
+        <v>850</v>
+      </c>
+      <c r="D209" s="0" t="s">
+        <v>851</v>
+      </c>
+      <c r="E209" s="0" t="s">
+        <v>400</v>
+      </c>
+      <c r="F209" s="0" t="s">
+        <v>400</v>
+      </c>
+      <c r="G209" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="H209" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I209" s="1" t="s">
         <v>852</v>
-      </c>
-[...17 lines deleted...]
-        <v>854</v>
       </c>
       <c r="J209" s="0"/>
       <c r="K209" s="0" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="L209" s="0">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="210" spans="1:12" customHeight="1" ht="80">
       <c r="A210" s="0"/>
       <c r="B210" s="0" t="s">
+        <v>853</v>
+      </c>
+      <c r="C210" s="0" t="s">
+        <v>854</v>
+      </c>
+      <c r="D210" s="0" t="s">
         <v>855</v>
       </c>
-      <c r="C210" s="0" t="s">
+      <c r="E210" s="0" t="s">
+        <v>400</v>
+      </c>
+      <c r="F210" s="0" t="s">
+        <v>400</v>
+      </c>
+      <c r="G210" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="H210" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I210" s="1" t="s">
         <v>856</v>
-      </c>
-[...16 lines deleted...]
-        <v>857</v>
       </c>
       <c r="J210" s="0"/>
       <c r="K210" s="0" t="s">
-        <v>28</v>
+        <v>355</v>
       </c>
       <c r="L210" s="0">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="211" spans="1:12" customHeight="1" ht="80">
-      <c r="A211" s="0"/>
       <c r="B211" s="0" t="s">
+        <v>857</v>
+      </c>
+      <c r="C211" s="0" t="s">
         <v>858</v>
       </c>
-      <c r="C211" s="0" t="s">
+      <c r="D211" s="0">
+        <v>9260</v>
+      </c>
+      <c r="E211" s="0" t="s">
         <v>859</v>
       </c>
-      <c r="D211" s="0">
-[...7 lines deleted...]
-      </c>
+      <c r="F211" s="0"/>
       <c r="G211" s="0" t="s">
-        <v>659</v>
+        <v>496</v>
       </c>
       <c r="H211" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I211" s="1" t="s">
         <v>860</v>
       </c>
       <c r="J211" s="0"/>
       <c r="K211" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L211" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L211" s="0"/>
     </row>
     <row r="212" spans="1:12" customHeight="1" ht="80">
       <c r="A212" s="0"/>
       <c r="B212" s="0" t="s">
         <v>861</v>
       </c>
       <c r="C212" s="0" t="s">
         <v>862</v>
       </c>
       <c r="D212" s="0">
-        <v>1115</v>
+        <v>118539</v>
       </c>
       <c r="E212" s="0" t="s">
-        <v>657</v>
-[...3 lines deleted...]
-      </c>
+        <v>215</v>
+      </c>
+      <c r="F212" s="0"/>
       <c r="G212" s="0" t="s">
-        <v>659</v>
+        <v>26</v>
       </c>
       <c r="H212" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I212" s="1" t="s">
-        <v>860</v>
+        <v>863</v>
       </c>
       <c r="J212" s="0"/>
       <c r="K212" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L212" s="0">
-        <v>24</v>
+        <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:12" customHeight="1" ht="80">
       <c r="A213" s="0"/>
       <c r="B213" s="0" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="C213" s="0" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="D213" s="0">
-        <v>88311</v>
+        <v>1308</v>
       </c>
       <c r="E213" s="0" t="s">
-        <v>865</v>
+        <v>663</v>
       </c>
       <c r="F213" s="0" t="s">
+        <v>664</v>
+      </c>
+      <c r="G213" s="0" t="s">
+        <v>665</v>
+      </c>
+      <c r="H213" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I213" s="1" t="s">
         <v>866</v>
-      </c>
-[...7 lines deleted...]
-        <v>868</v>
       </c>
       <c r="J213" s="0"/>
       <c r="K213" s="0" t="s">
-        <v>832</v>
+        <v>28</v>
       </c>
       <c r="L213" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="214" spans="1:12" customHeight="1" ht="80">
+      <c r="A214" s="0"/>
       <c r="B214" s="0" t="s">
+        <v>867</v>
+      </c>
+      <c r="C214" s="0" t="s">
+        <v>868</v>
+      </c>
+      <c r="D214" s="0">
+        <v>1112</v>
+      </c>
+      <c r="E214" s="0" t="s">
+        <v>663</v>
+      </c>
+      <c r="F214" s="0" t="s">
+        <v>664</v>
+      </c>
+      <c r="G214" s="0" t="s">
+        <v>665</v>
+      </c>
+      <c r="H214" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I214" s="1" t="s">
         <v>869</v>
-      </c>
-[...19 lines deleted...]
-        <v>873</v>
       </c>
       <c r="J214" s="0"/>
       <c r="K214" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L214" s="0"/>
+      <c r="L214" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="215" spans="1:12" customHeight="1" ht="80">
       <c r="A215" s="0"/>
       <c r="B215" s="0" t="s">
-        <v>874</v>
+        <v>870</v>
       </c>
       <c r="C215" s="0" t="s">
-        <v>875</v>
-[...2 lines deleted...]
-        <v>876</v>
+        <v>871</v>
+      </c>
+      <c r="D215" s="0">
+        <v>1115</v>
       </c>
       <c r="E215" s="0" t="s">
-        <v>499</v>
+        <v>663</v>
       </c>
       <c r="F215" s="0" t="s">
-        <v>877</v>
+        <v>664</v>
       </c>
       <c r="G215" s="0" t="s">
-        <v>501</v>
+        <v>665</v>
       </c>
       <c r="H215" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I215" s="1" t="s">
-        <v>878</v>
+        <v>869</v>
       </c>
       <c r="J215" s="0"/>
       <c r="K215" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L215" s="0">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="216" spans="1:12" customHeight="1" ht="80">
+      <c r="A216" s="0"/>
+      <c r="B216" s="0" t="s">
+        <v>872</v>
+      </c>
+      <c r="C216" s="0" t="s">
+        <v>873</v>
+      </c>
+      <c r="D216" s="0">
+        <v>88311</v>
+      </c>
+      <c r="E216" s="0" t="s">
+        <v>874</v>
+      </c>
+      <c r="F216" s="0" t="s">
+        <v>875</v>
+      </c>
+      <c r="G216" s="0" t="s">
+        <v>876</v>
+      </c>
+      <c r="H216" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I216" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="J216" s="0"/>
+      <c r="K216" s="0" t="s">
+        <v>878</v>
+      </c>
+      <c r="L216" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="217" spans="1:12" customHeight="1" ht="80">
+      <c r="B217" s="0" t="s">
+        <v>879</v>
+      </c>
+      <c r="C217" s="0" t="s">
+        <v>880</v>
+      </c>
+      <c r="D217" s="0" t="s">
+        <v>881</v>
+      </c>
+      <c r="E217" s="0" t="s">
+        <v>494</v>
+      </c>
+      <c r="F217" s="0" t="s">
+        <v>882</v>
+      </c>
+      <c r="G217" s="0" t="s">
+        <v>496</v>
+      </c>
+      <c r="H217" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I217" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="J217" s="0"/>
+      <c r="K217" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L217" s="0"/>
+    </row>
+    <row r="218" spans="1:12" customHeight="1" ht="80">
+      <c r="A218" s="0"/>
+      <c r="B218" s="0" t="s">
+        <v>884</v>
+      </c>
+      <c r="C218" s="0" t="s">
+        <v>885</v>
+      </c>
+      <c r="D218" s="0" t="s">
+        <v>886</v>
+      </c>
+      <c r="E218" s="0" t="s">
+        <v>494</v>
+      </c>
+      <c r="F218" s="0" t="s">
+        <v>887</v>
+      </c>
+      <c r="G218" s="0" t="s">
+        <v>496</v>
+      </c>
+      <c r="H218" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I218" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="J218" s="0"/>
+      <c r="K218" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L218" s="0">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
@@ -16509,50 +16596,53 @@
     <hyperlink ref="B191" r:id="rId_hyperlink_190"/>
     <hyperlink ref="B192" r:id="rId_hyperlink_191"/>
     <hyperlink ref="B193" r:id="rId_hyperlink_192"/>
     <hyperlink ref="B194" r:id="rId_hyperlink_193"/>
     <hyperlink ref="B195" r:id="rId_hyperlink_194"/>
     <hyperlink ref="B196" r:id="rId_hyperlink_195"/>
     <hyperlink ref="B197" r:id="rId_hyperlink_196"/>
     <hyperlink ref="B198" r:id="rId_hyperlink_197"/>
     <hyperlink ref="B199" r:id="rId_hyperlink_198"/>
     <hyperlink ref="B200" r:id="rId_hyperlink_199"/>
     <hyperlink ref="B201" r:id="rId_hyperlink_200"/>
     <hyperlink ref="B202" r:id="rId_hyperlink_201"/>
     <hyperlink ref="B203" r:id="rId_hyperlink_202"/>
     <hyperlink ref="B204" r:id="rId_hyperlink_203"/>
     <hyperlink ref="B205" r:id="rId_hyperlink_204"/>
     <hyperlink ref="B206" r:id="rId_hyperlink_205"/>
     <hyperlink ref="B207" r:id="rId_hyperlink_206"/>
     <hyperlink ref="B208" r:id="rId_hyperlink_207"/>
     <hyperlink ref="B209" r:id="rId_hyperlink_208"/>
     <hyperlink ref="B210" r:id="rId_hyperlink_209"/>
     <hyperlink ref="B211" r:id="rId_hyperlink_210"/>
     <hyperlink ref="B212" r:id="rId_hyperlink_211"/>
     <hyperlink ref="B213" r:id="rId_hyperlink_212"/>
     <hyperlink ref="B214" r:id="rId_hyperlink_213"/>
     <hyperlink ref="B215" r:id="rId_hyperlink_214"/>
+    <hyperlink ref="B216" r:id="rId_hyperlink_215"/>
+    <hyperlink ref="B217" r:id="rId_hyperlink_216"/>
+    <hyperlink ref="B218" r:id="rId_hyperlink_217"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>