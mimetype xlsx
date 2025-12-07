--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -149,186 +149,186 @@
   <si>
     <t>1 шт.</t>
   </si>
   <si>
     <t>Бумага для конусов и сэндвичей[2500шт];,L=40,B=33см;черный,белый</t>
   </si>
   <si>
     <t>04142117</t>
   </si>
   <si>
     <t>Бумага для конусов и сэндвичей[1000шт];,L=30,B=40см</t>
   </si>
   <si>
     <t>04142119</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>27112.00₸</t>
   </si>
   <si>
-    <t>47 шт.</t>
+    <t>37 шт.</t>
   </si>
   <si>
     <t>Бумага для конусов и сэндвичей[1000шт];,L=40,B=40см</t>
   </si>
   <si>
     <t>04142120</t>
   </si>
   <si>
     <t>28229.00₸</t>
   </si>
   <si>
     <t>Бумага для конусов и сэндвичей[1000шт];,L=30,B=30см</t>
   </si>
   <si>
     <t>04142121</t>
   </si>
   <si>
     <t>24348.00₸</t>
   </si>
   <si>
     <t>более 50 шт.</t>
   </si>
   <si>
     <t>Бумага для конусов и сэндвичей «Клетка»[1000шт];,L=16,B=16см</t>
   </si>
   <si>
     <t>04142125</t>
   </si>
   <si>
     <t>Fab up</t>
   </si>
   <si>
     <t>19651.00₸</t>
   </si>
   <si>
     <t>8 шт.</t>
   </si>
   <si>
     <t>Бумага для конусов и сэндвичей «Крафт»[1000шт];,L=16,B=16см</t>
   </si>
   <si>
     <t>04142126</t>
   </si>
   <si>
     <t>20498.00₸</t>
   </si>
   <si>
-    <t>19 шт.</t>
+    <t>17 шт.</t>
   </si>
   <si>
     <t>Бумага для конусов и сэндвичей «Комикс»[1000шт];,L=16,B=16см</t>
   </si>
   <si>
     <t>04142127</t>
   </si>
   <si>
     <t>18473.00₸</t>
   </si>
   <si>
     <t>Бумага для конусов и сэндвичей «Энергия»[1000шт];,L=40,B=30см;белый,салатов.</t>
   </si>
   <si>
     <t>04142128</t>
   </si>
   <si>
     <t>35343.00₸</t>
   </si>
   <si>
     <t>Бумага для конусов и сэндвичей «Энергия»[1000шт];,L=40,B=30см;белый,черный</t>
   </si>
   <si>
     <t>04142129</t>
   </si>
   <si>
     <t>35613.00₸</t>
   </si>
   <si>
-    <t>49 шт.</t>
+    <t>41 шт.</t>
   </si>
   <si>
     <t>Бумага для конусов и сэндвичей «Крафт»[1000шт];,L=40,B=30см;бежев.,коричнев.</t>
   </si>
   <si>
     <t>04142130</t>
   </si>
   <si>
     <t>40672.00₸</t>
   </si>
   <si>
     <t>Конус для картофеля фри «Газета» набор[2500шт];бумага;,L=17,5,B=17,5см</t>
   </si>
   <si>
     <t>04142131</t>
   </si>
   <si>
     <t>52682.00₸</t>
   </si>
   <si>
     <t>Бумага для конусов и сэндвичей «Известия»[1000шт];,L=30,5,B=30,5см</t>
   </si>
   <si>
     <t>04142132</t>
   </si>
   <si>
     <t>27620.00₸</t>
   </si>
   <si>
     <t>Бумага для конусов и сэндвичей «Корова»[1000шт];,L=30,5,B=30,5см</t>
   </si>
   <si>
     <t>04142133</t>
   </si>
   <si>
     <t>27605.00₸</t>
   </si>
   <si>
     <t>Бумага для конусов и сэндвичей «Нива»[1000шт];,L=30,5,B=30,5см</t>
   </si>
   <si>
     <t>04142134</t>
   </si>
   <si>
     <t>30315.00₸</t>
   </si>
   <si>
-    <t>Конус для картофеля фри «Газета» набор[200шт];,L=17,5,B=17,5см</t>
+    <t>Бумага для конусов и сэндвичей «Газета»[200шт];,L=17,5,B=17,5см</t>
   </si>
   <si>
     <t>04142137</t>
   </si>
   <si>
     <t>6230.00₸</t>
   </si>
   <si>
-    <t>28 шт.</t>
+    <t>11 шт.</t>
   </si>
   <si>
     <t>Бумага для конусов и сэндвичей «Футбольный мяч»[1000шт];,L=30,5,B=30,5см;белый</t>
   </si>
   <si>
     <t>04142138</t>
   </si>
   <si>
     <t>19089.00₸</t>
   </si>
   <si>
     <t>Бумага для конусов и сэндвичей «Футбольный мяч»[1000шт];,L=30,5,B=30,5см;бежев.</t>
   </si>
   <si>
     <t>04142139</t>
   </si>
   <si>
     <t>20621.00₸</t>
   </si>
   <si>
     <t>Бумага для конусов и сэндвичей «Советский футбол»[500шт];,L=30,B=30см</t>
   </si>
   <si>
     <t>04142140</t>
   </si>
@@ -357,53 +357,50 @@
     <t>Бумага для конусов и сэндвичей «Газета»[1000шт];,L=30,5,B=30,5см;белый</t>
   </si>
   <si>
     <t>04146653</t>
   </si>
   <si>
     <t>Б00076</t>
   </si>
   <si>
     <t>26735.00₸</t>
   </si>
   <si>
     <t>2 шт.</t>
   </si>
   <si>
     <t>Бумага для конусов и сэндвичей «Газета»[1000шт];,L=30,5,B=30,5см;бежев.</t>
   </si>
   <si>
     <t>04146654</t>
   </si>
   <si>
     <t>Б00077</t>
   </si>
   <si>
     <t>33511.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>3 шт.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -2410,51 +2407,51 @@
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
         <v>110</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>111</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>112</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>113</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>114</v>
+        <v>19</v>
       </c>
       <c r="L28" s="0">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>