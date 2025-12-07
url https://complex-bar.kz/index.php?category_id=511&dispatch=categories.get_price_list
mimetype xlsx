--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="206">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="213">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -185,51 +185,51 @@
   <si>
     <t>НИДЕРЛАНДЫ</t>
   </si>
   <si>
     <t>35066.00₸</t>
   </si>
   <si>
     <t>более 50 шт.</t>
   </si>
   <si>
     <t>Емкость для закусок «Ро Дизайн Бай Эрбиси» в виде морского ежа;керамика;D=8см;белый</t>
   </si>
   <si>
     <t>03035066</t>
   </si>
   <si>
     <t>RD19165</t>
   </si>
   <si>
     <t>ИНДОНЕЗИЯ</t>
   </si>
   <si>
     <t>47171.00₸</t>
   </si>
   <si>
-    <t>36 шт.</t>
+    <t>37 шт.</t>
   </si>
   <si>
     <t>Емкость для закусок «Ро Дизайн Бай Эрбиси» в виде краба;керамика;130мл;D=26,H=17см;коричнев.</t>
   </si>
   <si>
     <t>03035067</t>
   </si>
   <si>
     <t>RD19170</t>
   </si>
   <si>
     <t>51706.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
     <t>Емкость для закусок «Мумбаи» с ручками;сталь нерж.;3л;D=95,H=55мм;металлич.</t>
   </si>
   <si>
     <t>03035184</t>
   </si>
   <si>
     <t>APS</t>
   </si>
@@ -257,260 +257,257 @@
   <si>
     <t>13 шт.</t>
   </si>
   <si>
     <t>Емкость для закусок «Тэкс-Мэкс»;сталь нерж.;350мл;D=97/55,H=83мм;металлич.</t>
   </si>
   <si>
     <t>03035316</t>
   </si>
   <si>
     <t>R5760M10154</t>
   </si>
   <si>
     <t>Tognana</t>
   </si>
   <si>
     <t>Tex-Mex</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>4774.00₸</t>
   </si>
   <si>
+    <t>Емкость для закусок «Сотейник»;сталь нерж.;0,5л;D=11,H=6см;медный</t>
+  </si>
+  <si>
+    <t>03035370</t>
+  </si>
+  <si>
+    <t>Proff Cuisine</t>
+  </si>
+  <si>
+    <t>9100.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для закусок «Яйцо» набор для дегустаций (-20 +100С)[100шт];полипроп.;D=42,H=60мм</t>
+  </si>
+  <si>
+    <t>03070101</t>
+  </si>
+  <si>
+    <t>Flo</t>
+  </si>
+  <si>
+    <t>56087.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для закусок «Боро» для подачи с жидким азотом;стекло;400мл;прозр.</t>
+  </si>
+  <si>
+    <t>03070501</t>
+  </si>
+  <si>
+    <t>XVIT-329</t>
+  </si>
+  <si>
+    <t>Boro</t>
+  </si>
+  <si>
+    <t>54694.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для закусок «Боро» для подачи с жидким азотом;стекло;75мл;прозр.</t>
+  </si>
+  <si>
+    <t>03070503</t>
+  </si>
+  <si>
+    <t>XVIT-327</t>
+  </si>
+  <si>
+    <t>36229.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Емкость для закусок «Боро» сотейник;стекло;150мл;D=9см;прозр.</t>
+  </si>
+  <si>
+    <t>03070504</t>
+  </si>
+  <si>
+    <t>XVIT-0201</t>
+  </si>
+  <si>
+    <t>39309.00₸</t>
+  </si>
+  <si>
+    <t>34 шт.</t>
+  </si>
+  <si>
+    <t>Емкость для закусок «Боро» сотейник;стекло;100мл;D=60/225,H=45мм;прозр.</t>
+  </si>
+  <si>
+    <t>03070505</t>
+  </si>
+  <si>
+    <t>XVIT-0200</t>
+  </si>
+  <si>
+    <t>25357.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для закусок «Проотель» дуршлаг-мини;сталь нерж.;D=93,H=45мм</t>
+  </si>
+  <si>
+    <t>04030347</t>
+  </si>
+  <si>
+    <t>COLM90M</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>ИНДИЯ</t>
+  </si>
+  <si>
+    <t>1911.00₸</t>
+  </si>
+  <si>
     <t>более 100 шт.</t>
   </si>
   <si>
-    <t>Емкость для закусок «Сотейник»;сталь нерж.;0,5л;D=11,H=6см;медный</t>
-[...100 lines deleted...]
-  <si>
     <t>Емкость для закусок «Проотель» дуршлаг-мини;сталь нерж.;D=97,H=55мм</t>
   </si>
   <si>
     <t>04030348</t>
   </si>
   <si>
     <t>COLM90</t>
   </si>
   <si>
     <t>2156.00₸</t>
   </si>
   <si>
     <t>43 шт.</t>
   </si>
   <si>
     <t>Емкость для закусок «Проотель» дуршлаг-мини;сталь нерж.;D=130,H=65мм</t>
   </si>
   <si>
     <t>04030349</t>
   </si>
   <si>
     <t>COLM130</t>
   </si>
   <si>
     <t>3857.00₸</t>
   </si>
   <si>
+    <t>50 шт.</t>
+  </si>
+  <si>
     <t>Емкость для закусок «Кунстверк» для хлебных палочек;фарфор;D=15,H=14см</t>
   </si>
   <si>
     <t>04081315</t>
   </si>
   <si>
     <t>A7077</t>
   </si>
   <si>
     <t>Kunstwerk</t>
   </si>
   <si>
     <t>4193.00₸</t>
   </si>
   <si>
     <t>Емкость для закусок косой срез;сталь нерж.,медь;450мл;D=95мм</t>
   </si>
   <si>
     <t>04081334</t>
   </si>
   <si>
     <t>9217.00₸</t>
   </si>
   <si>
     <t>Емкость для закусок рифленая;сталь нерж.,медь;350мл;D=85,H=85мм</t>
   </si>
   <si>
     <t>04081336</t>
   </si>
   <si>
     <t>7677.00₸</t>
   </si>
   <si>
     <t>Емкость для закусок косой срез;сталь нерж.;450мл;D=95мм</t>
   </si>
   <si>
     <t>04081337</t>
   </si>
   <si>
     <t>7469.00₸</t>
   </si>
   <si>
     <t>Емкость для закусок рифленая;сталь нерж.;350мл;D=85,H=85мм</t>
   </si>
   <si>
     <t>04081339</t>
   </si>
   <si>
-    <t>5922.00₸</t>
+    <t>6107.00₸</t>
   </si>
   <si>
     <t>Емкость для закусок 6 ячеек;дерево;,H=13,L=30,B=21см</t>
   </si>
   <si>
     <t>04081344</t>
   </si>
   <si>
     <t>WSCS05</t>
   </si>
   <si>
     <t>12327.00₸</t>
   </si>
   <si>
     <t>Емкость для закусок 4 ячейки;сталь гальван.,дерево;D=21,5,H=11,5см</t>
   </si>
   <si>
     <t>04081345</t>
   </si>
   <si>
     <t>WSCS06</t>
   </si>
   <si>
     <t>10528.00₸</t>
   </si>
   <si>
-    <t>35 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Емкость для закусок;сталь нерж.,латунь;0,56л;D=10,H=10см;латун.,металлич.</t>
   </si>
   <si>
     <t>04082544</t>
   </si>
   <si>
     <t>CP_BS003</t>
   </si>
   <si>
     <t>Craster</t>
   </si>
   <si>
     <t>65551.00₸</t>
   </si>
   <si>
     <t>Емкость для закусок;сталь нерж.,латунь;330мл;D=85,H=85мм;латун.,металлич.</t>
   </si>
   <si>
     <t>04082545</t>
   </si>
   <si>
     <t>CP_BS002</t>
   </si>
   <si>
     <t>46100.00₸</t>
@@ -633,50 +630,74 @@
     <t>7854.00₸</t>
   </si>
   <si>
     <t>Емкость для закусок «Фобос»;керамика;250мл;D=95,H=60мм;черный,синий</t>
   </si>
   <si>
     <t>04082561</t>
   </si>
   <si>
     <t>LPHO019NB225095</t>
   </si>
   <si>
     <t>Емкость для закусок для картофеля фри;фарфор;,H=7,L=12,B=11см;черный</t>
   </si>
   <si>
     <t>04142118</t>
   </si>
   <si>
     <t>Revol</t>
   </si>
   <si>
     <t>French Classics</t>
   </si>
   <si>
     <t>8096.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для закусок «Тэкс-Мэкс»;сталь нерж.;D=16см;черный</t>
+  </si>
+  <si>
+    <t>04082614</t>
+  </si>
+  <si>
+    <t>R5760R80160</t>
+  </si>
+  <si>
+    <t>23065.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для закусок «Тэкс-Мэкс»;сталь нерж.;D=12см;черный</t>
+  </si>
+  <si>
+    <t>04082613</t>
+  </si>
+  <si>
+    <t>R5760R70160</t>
+  </si>
+  <si>
+    <t>15624.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -2185,62 +2206,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-d-kartoshki-fri-matfer-03032201/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zakusok-genware-03032616/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-podachi-genware-03032617/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-podachi-s-ruchkoy-robert-gordon-03032643/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-podachi-s-reshetkoy-pordamsa-03033503/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-podachi-s-kryshkoy-studio-raw-03033505/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-podachi-studio-raw-03035066/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-podachi-studio-raw-03035067/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-podachi-aps-03035184/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zakusok-studio-raw-03035237/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zakusok-tognana-03035316/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zakusok-proff-cuisine-03035370/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-degustacion-matfer-03070101/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovsh-d-podachi-s-zhidkim-azotom-pordamsa-03070501/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovsh-d-podachi-s-zhidkim-azotom-pordamsa-03070503/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/soteynik-d-podachi-pordamsa-03070504/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/soteynik-d-podachi-pordamsa-03070505/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-mini-d-podachi-prohotel-04030347/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-mini-d-podachi-prohotel-04030348/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-mini-d-podachi-prohotel-04030349/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-hlebnyh-palochek-kunstwerk-04081315/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-zakusok-kosoy-srez-aps-04081334/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-zakusok-rifl-aps-04081336/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-zakusok-kosoy-srez-aps-04081337/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-zakusok-rifl-aps-04081339/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-zakusok-s-ruchk-6yacheek-prohotel-04081344/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-zakusok-s-ruchk-4yacheyki-prohotel-04081345/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zakusok-craster-04082544/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zakusok-craster-04082545/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zakusok-craster-04082546/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zakusok-craster-04082547/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zakusok-craster-04082552/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zakusok-craster-04082553/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zakusok-craster-04082554/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zakusok-craster-04082555/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zakusok-le-coq-04082558/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zakusok-le-coq-04082559/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zakusok-le-coq-04082560/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zakusok-le-coq-04082561/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zakusok-revol-04142118/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-d-kartoshki-fri-matfer-03032201/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zakusok-genware-03032616/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-podachi-genware-03032617/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-podachi-s-ruchkoy-robert-gordon-03032643/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-podachi-s-reshetkoy-pordamsa-03033503/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-podachi-s-kryshkoy-studio-raw-03033505/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-podachi-studio-raw-03035066/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-podachi-studio-raw-03035067/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-podachi-aps-03035184/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zakusok-studio-raw-03035237/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zakusok-tognana-03035316/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zakusok-proff-cuisine-03035370/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-degustacion-matfer-03070101/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovsh-d-podachi-s-zhidkim-azotom-pordamsa-03070501/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovsh-d-podachi-s-zhidkim-azotom-pordamsa-03070503/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/soteynik-d-podachi-pordamsa-03070504/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/soteynik-d-podachi-pordamsa-03070505/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-mini-d-podachi-prohotel-04030347/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-mini-d-podachi-prohotel-04030348/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-mini-d-podachi-prohotel-04030349/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-hlebnyh-palochek-kunstwerk-04081315/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-zakusok-kosoy-srez-aps-04081334/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-zakusok-rifl-aps-04081336/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-zakusok-kosoy-srez-aps-04081337/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-zakusok-rifl-aps-04081339/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-zakusok-s-ruchk-6yacheek-prohotel-04081344/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-zakusok-s-ruchk-4yacheyki-prohotel-04081345/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zakusok-craster-04082544/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zakusok-craster-04082545/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zakusok-craster-04082546/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zakusok-craster-04082547/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zakusok-craster-04082552/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zakusok-craster-04082553/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zakusok-craster-04082554/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zakusok-craster-04082555/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zakusok-le-coq-04082558/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zakusok-le-coq-04082559/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zakusok-le-coq-04082560/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zakusok-le-coq-04082561/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zakusok-revol-04142118/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zakusok-tognana-04082614/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-zakusok-tognana-04082613/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L41"/>
+  <dimension ref="A1:L43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I41" sqref="I41"/>
+      <selection activeCell="I43" sqref="I43"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -2607,345 +2628,345 @@
         <v>73</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>74</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>75</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>76</v>
       </c>
       <c r="F12" s="0" t="s">
         <v>77</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>78</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>79</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="L12" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="D13" s="0">
         <v>32115937</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>78</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="0"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="D14" s="0">
         <v>705180</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="0"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>89</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="D15" s="0" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>94</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>99</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="L17" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>104</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="D18" s="0" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>108</v>
+        <v>19</v>
       </c>
       <c r="L18" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="D19" s="0" t="s">
         <v>109</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="E19" s="0" t="s">
         <v>110</v>
-      </c>
-[...4 lines deleted...]
-        <v>112</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>80</v>
+        <v>113</v>
       </c>
       <c r="L19" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>115</v>
       </c>
-      <c r="C20" s="0" t="s">
+      <c r="D20" s="0" t="s">
         <v>116</v>
       </c>
-      <c r="D20" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E20" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="L20" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>120</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="D21" s="0" t="s">
         <v>121</v>
       </c>
-      <c r="D21" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>50</v>
+        <v>123</v>
       </c>
       <c r="L21" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
         <v>124</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>125</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>126</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>127</v>
       </c>
       <c r="F22" s="0" t="s">
         <v>127</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>78</v>
       </c>
@@ -3081,553 +3102,617 @@
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>140</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
         <v>141</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>142</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>143</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>144</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
         <v>145</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>146</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>147</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>148</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>149</v>
+        <v>50</v>
       </c>
       <c r="L28" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>150</v>
       </c>
-      <c r="C29" s="0" t="s">
+      <c r="D29" s="0" t="s">
         <v>151</v>
       </c>
-      <c r="D29" s="0" t="s">
+      <c r="E29" s="0" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L29" s="0"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="C30" s="0" t="s">
         <v>155</v>
       </c>
-      <c r="C30" s="0" t="s">
+      <c r="D30" s="0" t="s">
         <v>156</v>
       </c>
-      <c r="D30" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E30" s="0" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L30" s="0"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>159</v>
       </c>
-      <c r="C31" s="0" t="s">
+      <c r="D31" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="D31" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E31" s="0" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L31" s="0"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>163</v>
       </c>
-      <c r="C32" s="0" t="s">
+      <c r="D32" s="0" t="s">
         <v>164</v>
       </c>
-      <c r="D32" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E32" s="0" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L32" s="0"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="C33" s="0" t="s">
         <v>167</v>
       </c>
-      <c r="C33" s="0" t="s">
+      <c r="D33" s="0" t="s">
         <v>168</v>
       </c>
-      <c r="D33" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E33" s="0" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L33" s="0"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="C34" s="0" t="s">
         <v>171</v>
       </c>
-      <c r="C34" s="0" t="s">
+      <c r="D34" s="0" t="s">
         <v>172</v>
       </c>
-      <c r="D34" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E34" s="0" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L34" s="0"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="C35" s="0" t="s">
         <v>175</v>
       </c>
-      <c r="C35" s="0" t="s">
+      <c r="D35" s="0" t="s">
         <v>176</v>
       </c>
-      <c r="D35" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E35" s="0" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L35" s="0"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>178</v>
+      </c>
+      <c r="C36" s="0" t="s">
         <v>179</v>
       </c>
-      <c r="C36" s="0" t="s">
+      <c r="D36" s="0" t="s">
         <v>180</v>
       </c>
-      <c r="D36" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E36" s="0" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L36" s="0"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="C37" s="0" t="s">
         <v>183</v>
       </c>
-      <c r="C37" s="0" t="s">
+      <c r="D37" s="0" t="s">
         <v>184</v>
       </c>
-      <c r="D37" s="0" t="s">
+      <c r="E37" s="0" t="s">
         <v>185</v>
       </c>
-      <c r="E37" s="0" t="s">
+      <c r="F37" s="0" t="s">
         <v>186</v>
       </c>
-      <c r="F37" s="0" t="s">
+      <c r="G37" s="0" t="s">
         <v>187</v>
       </c>
-      <c r="G37" s="0" t="s">
+      <c r="H37" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I37" s="1" t="s">
         <v>188</v>
-      </c>
-[...4 lines deleted...]
-        <v>189</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>50</v>
       </c>
       <c r="L37" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="C38" s="0" t="s">
         <v>190</v>
       </c>
-      <c r="C38" s="0" t="s">
+      <c r="D38" s="0" t="s">
         <v>191</v>
       </c>
-      <c r="D38" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E38" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="F38" s="0" t="s">
         <v>186</v>
       </c>
-      <c r="F38" s="0" t="s">
+      <c r="G38" s="0" t="s">
         <v>187</v>
       </c>
-      <c r="G38" s="0" t="s">
+      <c r="H38" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I38" s="1" t="s">
         <v>188</v>
-      </c>
-[...4 lines deleted...]
-        <v>189</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L38" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>193</v>
       </c>
-      <c r="C39" s="0" t="s">
+      <c r="D39" s="0" t="s">
         <v>194</v>
       </c>
-      <c r="D39" s="0" t="s">
+      <c r="E39" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="F39" s="0" t="s">
         <v>195</v>
       </c>
-      <c r="E39" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F39" s="0" t="s">
+      <c r="G39" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="H39" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I39" s="1" t="s">
         <v>196</v>
-      </c>
-[...7 lines deleted...]
-        <v>197</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>80</v>
+        <v>113</v>
       </c>
       <c r="L39" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="C40" s="0" t="s">
         <v>198</v>
       </c>
-      <c r="C40" s="0" t="s">
+      <c r="D40" s="0" t="s">
         <v>199</v>
       </c>
-      <c r="D40" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E40" s="0" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="G40" s="0" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="1" t="s">
         <v>134</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>50</v>
       </c>
       <c r="L40" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="C41" s="0" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
       <c r="D41" s="0">
         <v>648812</v>
       </c>
       <c r="E41" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="F41" s="0" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
       <c r="G41" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L41" s="0"/>
+    </row>
+    <row r="42" spans="1:12" customHeight="1" ht="80">
+      <c r="B42" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="C42" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="D42" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="E42" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="F42" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="G42" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="H42" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I42" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="J42" s="0"/>
+      <c r="K42" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L42" s="0"/>
+    </row>
+    <row r="43" spans="1:12" customHeight="1" ht="80">
+      <c r="B43" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="C43" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="D43" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="E43" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="F43" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="G43" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="H43" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I43" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="J43" s="0"/>
+      <c r="K43" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L43" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B23" r:id="rId_hyperlink_22"/>
     <hyperlink ref="B24" r:id="rId_hyperlink_23"/>
     <hyperlink ref="B25" r:id="rId_hyperlink_24"/>
     <hyperlink ref="B26" r:id="rId_hyperlink_25"/>
     <hyperlink ref="B27" r:id="rId_hyperlink_26"/>
     <hyperlink ref="B28" r:id="rId_hyperlink_27"/>
     <hyperlink ref="B29" r:id="rId_hyperlink_28"/>
     <hyperlink ref="B30" r:id="rId_hyperlink_29"/>
     <hyperlink ref="B31" r:id="rId_hyperlink_30"/>
     <hyperlink ref="B32" r:id="rId_hyperlink_31"/>
     <hyperlink ref="B33" r:id="rId_hyperlink_32"/>
     <hyperlink ref="B34" r:id="rId_hyperlink_33"/>
     <hyperlink ref="B35" r:id="rId_hyperlink_34"/>
     <hyperlink ref="B36" r:id="rId_hyperlink_35"/>
     <hyperlink ref="B37" r:id="rId_hyperlink_36"/>
     <hyperlink ref="B38" r:id="rId_hyperlink_37"/>
     <hyperlink ref="B39" r:id="rId_hyperlink_38"/>
     <hyperlink ref="B40" r:id="rId_hyperlink_39"/>
     <hyperlink ref="B41" r:id="rId_hyperlink_40"/>
+    <hyperlink ref="B42" r:id="rId_hyperlink_41"/>
+    <hyperlink ref="B43" r:id="rId_hyperlink_42"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>