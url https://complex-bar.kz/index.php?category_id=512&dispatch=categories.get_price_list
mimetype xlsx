--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -74,585 +74,585 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Стакан для подачи «Эскаль»;стекло;180мл;D=77,H=78мм;прозр.</t>
   </si>
   <si>
     <t>01020118</t>
   </si>
   <si>
     <t>L3751</t>
   </si>
   <si>
     <t>Arcoroc</t>
   </si>
   <si>
     <t>Eskale</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>Банки и стаканы для подачи закусок</t>
   </si>
   <si>
-    <t>2100.00₸</t>
+    <t>1659.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Стакан для подачи «Эскаль»;стекло;90мл;D=6см</t>
+  </si>
+  <si>
+    <t>01020119</t>
+  </si>
+  <si>
+    <t>L7172</t>
+  </si>
+  <si>
+    <t>2177.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Стакан для подачи «Эскаль»;стекло;420мл;D=97,H=96мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020706</t>
+  </si>
+  <si>
+    <t>L3749</t>
+  </si>
+  <si>
+    <t>3066.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Стакан для подачи «Эскаль»;стекло;310мл;D=90,H=87мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020707</t>
+  </si>
+  <si>
+    <t>L3750</t>
+  </si>
+  <si>
+    <t>2107.00₸</t>
+  </si>
+  <si>
+    <t>Банка для подачи набор[12шт];стекло;80мл;D=60,H=55мм;металлич.</t>
+  </si>
+  <si>
+    <t>01081401</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>12929.00₸</t>
+  </si>
+  <si>
+    <t>0 шт.</t>
+  </si>
+  <si>
+    <t>Банка для подачи набор[12шт];стекло;160мл;D=6,H=8см</t>
+  </si>
+  <si>
+    <t>01081617</t>
+  </si>
+  <si>
+    <t>9302.00₸</t>
+  </si>
+  <si>
+    <t>Стакан для подачи набор[200шт];полистир.пищ.;230мл;,H=64,L=70,B=70мм;прозр.</t>
+  </si>
+  <si>
+    <t>01130902</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>Flo</t>
+  </si>
+  <si>
+    <t>87218.00₸</t>
+  </si>
+  <si>
+    <t>Стакан для подачи набор[500шт];полистир.пищ.;50мл;,H=55,L=55,B=55мм;прозр.</t>
+  </si>
+  <si>
+    <t>01130914</t>
+  </si>
+  <si>
+    <t>166551.00₸</t>
+  </si>
+  <si>
+    <t>Стакан для подачи с крышкой набор[12шт];стекло;200мл;D=9,H=6см</t>
+  </si>
+  <si>
+    <t>03031156</t>
+  </si>
+  <si>
+    <t>26350.00₸</t>
+  </si>
+  <si>
+    <t>Стакан для подачи с крышкой набор[12шт];стекло;160мл;D=6,H=8см</t>
+  </si>
+  <si>
+    <t>03031191</t>
+  </si>
+  <si>
+    <t>35844.00₸</t>
+  </si>
+  <si>
+    <t>Стакан для подачи с крышкой набор[12шт];стекло;140мл;D=6,H=7см</t>
+  </si>
+  <si>
+    <t>03031464</t>
+  </si>
+  <si>
+    <t>41589-14</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>43559.00₸</t>
+  </si>
+  <si>
+    <t>03031465</t>
+  </si>
+  <si>
+    <t>41589-16</t>
+  </si>
+  <si>
+    <t>44329.00₸</t>
+  </si>
+  <si>
+    <t>Стакан для подачи с крышкой набор[12шт];стекло;220мл;D=7,H=8см</t>
+  </si>
+  <si>
+    <t>03031467</t>
+  </si>
+  <si>
+    <t>41589-22</t>
+  </si>
+  <si>
+    <t>55625.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Стакан для подачи с крышкой набор[12шт];стекло;80мл;D=60,H=55мм</t>
+  </si>
+  <si>
+    <t>03031554</t>
+  </si>
+  <si>
+    <t>36098.00₸</t>
+  </si>
+  <si>
+    <t>Стакан для подачи «Бистро»;хр.стекло;130мл;D=62,H=60мм;прозр.</t>
+  </si>
+  <si>
+    <t>03032547</t>
+  </si>
+  <si>
+    <t>4191 0130</t>
+  </si>
+  <si>
+    <t>Rona</t>
+  </si>
+  <si>
+    <t>Bistro</t>
+  </si>
+  <si>
+    <t>СЛОВАКИЯ</t>
+  </si>
+  <si>
+    <t>1317.00₸</t>
+  </si>
+  <si>
+    <t>Банка для подачи «Вэк» с крышкой;стекло;75мл;D=55,H=60мм</t>
+  </si>
+  <si>
+    <t>03033204</t>
+  </si>
+  <si>
+    <t>Weck</t>
+  </si>
+  <si>
+    <t>1949.00₸</t>
+  </si>
+  <si>
+    <t>Банка для подачи «Вэк» с крышкой;стекло;145мл;D=55,H=90мм</t>
+  </si>
+  <si>
+    <t>03033205</t>
+  </si>
+  <si>
+    <t>2049.00₸</t>
+  </si>
+  <si>
+    <t>Банка для подачи «Вэк» с крышкой;стекло;290мл;D=9,H=9см</t>
+  </si>
+  <si>
+    <t>03033206</t>
+  </si>
+  <si>
+    <t>3619.00₸</t>
+  </si>
+  <si>
+    <t>Банка для подачи «Вэк» с крышкой;стекло;0,58л;D=11,H=9см</t>
+  </si>
+  <si>
+    <t>03033207</t>
+  </si>
+  <si>
+    <t>4051.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Стакан для подачи «Мурано Ланче»;стекло;200мл;D=88,H=70мм;прозр.</t>
+  </si>
+  <si>
+    <t>03035198</t>
+  </si>
+  <si>
+    <t>VDVM100640</t>
+  </si>
+  <si>
+    <t>Vidivi</t>
+  </si>
+  <si>
+    <t>Murano Lance</t>
+  </si>
+  <si>
+    <t>3596.00₸</t>
+  </si>
+  <si>
+    <t>Стакан для подачи «Мурано Граффио»;стекло;200мл;D=88,H=70мм;прозр.</t>
+  </si>
+  <si>
+    <t>03035199</t>
+  </si>
+  <si>
+    <t>VDVM100630</t>
+  </si>
+  <si>
+    <t>Murano Graffio</t>
+  </si>
+  <si>
+    <t>Стакан для подачи «Мурано Оттико»;стекло;200мл;D=88,H=70мм;прозр.</t>
+  </si>
+  <si>
+    <t>03035200</t>
+  </si>
+  <si>
+    <t>VDVM100650</t>
+  </si>
+  <si>
+    <t>Murano Ottico</t>
+  </si>
+  <si>
+    <t>Банка для подачи «Вэк» набор с крышкой[12шт];стекло,дерево;D=6,H=7см;прозр.,св. дерево</t>
+  </si>
+  <si>
+    <t>03035288</t>
+  </si>
+  <si>
+    <t>73643.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>03173504</t>
+  </si>
+  <si>
+    <t>39378.00₸</t>
+  </si>
+  <si>
+    <t>Стакан для подачи с крышкой набор[12шт];стекло;220мл;D=7,H=8см;прозр.</t>
+  </si>
+  <si>
+    <t>03190601</t>
+  </si>
+  <si>
+    <t>23716.00₸</t>
+  </si>
+  <si>
+    <t>Стакан для подачи с крышкой набор[3шт];стекло;370мл;D=110,H=75мм</t>
+  </si>
+  <si>
+    <t>03190602</t>
+  </si>
+  <si>
+    <t>12213.00₸</t>
+  </si>
+  <si>
+    <t>Банка для подачи «Фидо» круглая с крышкой;стекло;200мл;D=83,H=84,B=83мм;прозр.</t>
+  </si>
+  <si>
+    <t>04142254</t>
+  </si>
+  <si>
+    <t>141360FSA121990</t>
+  </si>
+  <si>
+    <t>Bormioli Rocco</t>
+  </si>
+  <si>
+    <t>Fido</t>
+  </si>
+  <si>
+    <t>3435.00₸</t>
+  </si>
+  <si>
+    <t>Банка для подачи «Фидо» круглая с крышкой;стекло;125мл;D=83,H=71мм;прозр.</t>
+  </si>
+  <si>
+    <t>04142259</t>
+  </si>
+  <si>
+    <t>141370FSA121990</t>
+  </si>
+  <si>
+    <t>3188.00₸</t>
+  </si>
+  <si>
+    <t>Банка для подачи «Фидо» круглая с крышкой;стекло;200мл;D=83,H=84мм;прозр.</t>
+  </si>
+  <si>
+    <t>04147701</t>
+  </si>
+  <si>
+    <t>1.41360d</t>
+  </si>
+  <si>
+    <t>2926.00₸</t>
+  </si>
+  <si>
+    <t>Банка для подачи с крышкой;стекло;D=8,H=9см</t>
+  </si>
+  <si>
+    <t>04148544</t>
+  </si>
+  <si>
+    <t>032749</t>
+  </si>
+  <si>
+    <t>3866.00₸</t>
+  </si>
+  <si>
+    <t>Банка для подачи «Вик» круглая с крышкой;стекло;140мл;D=60,H=75мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148545</t>
+  </si>
+  <si>
+    <t>032747</t>
+  </si>
+  <si>
+    <t>4212.00₸</t>
+  </si>
+  <si>
+    <t>Банка для подачи с крышкой;стекло;220мл;D=65,H=80мм</t>
+  </si>
+  <si>
+    <t>04148546</t>
+  </si>
+  <si>
+    <t>032746</t>
+  </si>
+  <si>
+    <t>3311.00₸</t>
+  </si>
+  <si>
+    <t>Банка для подачи набор с крышкой для презентаций[100шт];алюмин.;D=80,H=35мм</t>
+  </si>
+  <si>
+    <t>04148562</t>
+  </si>
+  <si>
+    <t>100/1041</t>
+  </si>
+  <si>
+    <t>100% Chef</t>
+  </si>
+  <si>
+    <t>ИСПАНИЯ</t>
+  </si>
+  <si>
+    <t>49134.00₸</t>
+  </si>
+  <si>
+    <t>Банка для подачи круглая без крышки;стекло;100мл;D=57,H=74мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148585</t>
+  </si>
+  <si>
+    <t>Revol</t>
+  </si>
+  <si>
+    <t>2426.00₸</t>
+  </si>
+  <si>
+    <t>Банка для подачи круглая с крышкой;стекло;200мл;D=84,H=97мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148586</t>
+  </si>
+  <si>
+    <t>50 9102</t>
+  </si>
+  <si>
+    <t>Playground</t>
+  </si>
+  <si>
+    <t>6797.00₸</t>
+  </si>
+  <si>
+    <t>Банка для подачи круглая с крышкой;стекло;125мл;D=84,H=76мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148587</t>
+  </si>
+  <si>
+    <t>50 9101</t>
+  </si>
+  <si>
+    <t>6620.00₸</t>
+  </si>
+  <si>
+    <t>Банка для подачи «Кватро Стаджони» круглая без крышки;стекло;320мл;D=89,H=108мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148588</t>
+  </si>
+  <si>
+    <t>354756VSZ121990</t>
+  </si>
+  <si>
+    <t>Quattro Stagioni</t>
+  </si>
+  <si>
+    <t>1325.00₸</t>
+  </si>
+  <si>
+    <t>Банка для подачи круглая с крышкой;стекло,металл;220мл;D=82,H=85мм;прозр.,металлич.</t>
+  </si>
+  <si>
+    <t>04148604</t>
+  </si>
+  <si>
+    <t>Optima</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>1017.00₸</t>
+  </si>
+  <si>
+    <t>Банка для подачи круглая с крышкой;стекло,металл;170мл;D=75,H=80мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148605</t>
+  </si>
+  <si>
+    <t>863.00₸</t>
+  </si>
+  <si>
+    <t>Банка для подачи круглая с крышкой;стекло,металл;170мл;D=6,H=7см;прозр.</t>
+  </si>
+  <si>
+    <t>04148614</t>
+  </si>
+  <si>
+    <t>УТ-000000097</t>
+  </si>
+  <si>
+    <t>917.00₸</t>
+  </si>
+  <si>
+    <t>Банка для подачи круглая с крышкой;стекло,металл;170мл;D=8,H=11см;прозр.</t>
+  </si>
+  <si>
+    <t>04148615</t>
+  </si>
+  <si>
+    <t>УТ-00000002</t>
+  </si>
+  <si>
+    <t>1063.00₸</t>
+  </si>
+  <si>
+    <t>Банка для подачи круглая с крышкой;стекло,металл;220мл;D=82,H=85мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148632</t>
+  </si>
+  <si>
+    <t>932.00₸</t>
+  </si>
+  <si>
+    <t>Банка для подачи;сталь нерж.;120мл;D=65,H=40мм</t>
+  </si>
+  <si>
+    <t>04148633</t>
+  </si>
+  <si>
+    <t>3450.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
-    <t>Стакан для подачи «Эскаль»;стекло;90мл;D=6см</t>
-[...520 lines deleted...]
-  <si>
     <t>Банка для подачи;сталь нерж.;0,8л;D=12,H=8см</t>
   </si>
   <si>
     <t>04148634</t>
   </si>
   <si>
-    <t>8886.00₸</t>
+    <t>9479.00₸</t>
   </si>
   <si>
     <t>09050341</t>
   </si>
   <si>
     <t>1.41370/ю</t>
   </si>
   <si>
     <t>1478.00₸</t>
   </si>
   <si>
     <t>Банка для подачи «Вик» круглая с крышкой;стекло;290мл;D=10,H=6см;прозр.</t>
   </si>
   <si>
     <t>09100870</t>
   </si>
   <si>
     <t>032748</t>
   </si>
   <si>
     <t>6545.00₸</t>
   </si>
   <si>
     <t>Банка для подачи с крышкой;стекло;60мл;D=4,H=8см;прозр.</t>
   </si>
@@ -2620,1527 +2620,1527 @@
         <v>31</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>32</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>34</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="L5" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" s="0" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="D6" s="0">
         <v>82370</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I6" s="1" t="s">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L6" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" s="0" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="D7" s="0">
         <v>82371</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L7" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="C8" s="0" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="D8" s="0">
         <v>705155</v>
       </c>
       <c r="E8" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="F8" s="0" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L8" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="D9" s="0">
         <v>531404</v>
       </c>
       <c r="E9" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="F9" s="0" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="G9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="D10" s="0">
         <v>82345</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="D11" s="0">
         <v>82314</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>59</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>60</v>
       </c>
-      <c r="D12" s="0" t="s">
+      <c r="E12" s="0" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="H12" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I12" s="1" t="s">
         <v>63</v>
-      </c>
-[...4 lines deleted...]
-        <v>64</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="C13" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="D13" s="0" t="s">
         <v>65</v>
       </c>
-      <c r="D13" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>68</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="D14" s="0" t="s">
         <v>69</v>
       </c>
-      <c r="D14" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E14" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="D15" s="0">
         <v>82310</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>76</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>77</v>
       </c>
-      <c r="D16" s="0" t="s">
+      <c r="E16" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="E16" s="0" t="s">
+      <c r="F16" s="0" t="s">
         <v>79</v>
       </c>
-      <c r="F16" s="0" t="s">
+      <c r="G16" s="0" t="s">
         <v>80</v>
       </c>
-      <c r="G16" s="0" t="s">
+      <c r="H16" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I16" s="1" t="s">
         <v>81</v>
-      </c>
-[...4 lines deleted...]
-        <v>82</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L16" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="D17" s="0">
         <v>82350</v>
       </c>
       <c r="E17" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F17" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="G17" s="0" t="s">
         <v>38</v>
       </c>
-      <c r="F17" s="0" t="s">
+      <c r="H17" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I17" s="1" t="s">
         <v>85</v>
-      </c>
-[...7 lines deleted...]
-        <v>86</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>87</v>
+        <v>30</v>
       </c>
       <c r="L17" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="D18" s="0">
         <v>82351</v>
       </c>
       <c r="E18" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F18" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="G18" s="0" t="s">
         <v>38</v>
       </c>
-      <c r="F18" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L18" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="D19" s="0">
         <v>82352</v>
       </c>
       <c r="E19" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F19" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="G19" s="0" t="s">
         <v>38</v>
       </c>
-      <c r="F19" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="L19" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D20" s="0">
         <v>82354</v>
       </c>
       <c r="E20" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F20" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="G20" s="0" t="s">
         <v>38</v>
       </c>
-      <c r="F20" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>87</v>
+        <v>95</v>
       </c>
       <c r="L20" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>97</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="D21" s="0" t="s">
         <v>98</v>
       </c>
-      <c r="D21" s="0" t="s">
+      <c r="E21" s="0" t="s">
         <v>99</v>
       </c>
-      <c r="E21" s="0" t="s">
+      <c r="F21" s="0" t="s">
         <v>100</v>
       </c>
-      <c r="F21" s="0" t="s">
+      <c r="G21" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="H21" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I21" s="1" t="s">
         <v>101</v>
-      </c>
-[...7 lines deleted...]
-        <v>102</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>87</v>
+        <v>95</v>
       </c>
       <c r="L21" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>103</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="D22" s="0" t="s">
         <v>104</v>
       </c>
-      <c r="D22" s="0" t="s">
+      <c r="E22" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="F22" s="0" t="s">
         <v>105</v>
       </c>
-      <c r="E22" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G22" s="0" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L22" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>107</v>
       </c>
-      <c r="C23" s="0" t="s">
+      <c r="D23" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="D23" s="0" t="s">
+      <c r="E23" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="F23" s="0" t="s">
         <v>109</v>
       </c>
-      <c r="E23" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G23" s="0" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L23" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="D24" s="0">
         <v>82245</v>
       </c>
       <c r="E24" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F24" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="G24" s="0" t="s">
         <v>38</v>
       </c>
-      <c r="F24" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H24" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>72</v>
+        <v>113</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>114</v>
       </c>
       <c r="D25" s="0">
         <v>82312</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>115</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
         <v>116</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>117</v>
       </c>
       <c r="D26" s="0">
         <v>82316</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>118</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>119</v>
+        <v>40</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="D27" s="0">
         <v>82346</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>123</v>
       </c>
-      <c r="C28" s="0" t="s">
+      <c r="D28" s="0" t="s">
         <v>124</v>
       </c>
-      <c r="D28" s="0" t="s">
+      <c r="E28" s="0" t="s">
         <v>125</v>
       </c>
-      <c r="E28" s="0" t="s">
+      <c r="F28" s="0" t="s">
         <v>126</v>
       </c>
-      <c r="F28" s="0" t="s">
+      <c r="G28" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="H28" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I28" s="1" t="s">
         <v>127</v>
-      </c>
-[...7 lines deleted...]
-        <v>128</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>87</v>
+        <v>95</v>
       </c>
       <c r="L28" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="C29" s="0" t="s">
+      <c r="D29" s="0" t="s">
         <v>130</v>
       </c>
-      <c r="D29" s="0" t="s">
+      <c r="E29" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="F29" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="G29" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="H29" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I29" s="1" t="s">
         <v>131</v>
-      </c>
-[...13 lines deleted...]
-        <v>132</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>87</v>
+        <v>20</v>
       </c>
       <c r="L29" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="C30" s="0" t="s">
         <v>133</v>
       </c>
-      <c r="C30" s="0" t="s">
+      <c r="D30" s="0" t="s">
         <v>134</v>
       </c>
-      <c r="D30" s="0" t="s">
+      <c r="E30" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="F30" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="G30" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="H30" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I30" s="1" t="s">
         <v>135</v>
-      </c>
-[...13 lines deleted...]
-        <v>136</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L30" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>137</v>
       </c>
-      <c r="C31" s="0" t="s">
+      <c r="D31" s="0" t="s">
         <v>138</v>
       </c>
-      <c r="D31" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E31" s="0" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L31" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>141</v>
       </c>
-      <c r="C32" s="0" t="s">
+      <c r="D32" s="0" t="s">
         <v>142</v>
       </c>
-      <c r="D32" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E32" s="0" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="C33" s="0" t="s">
         <v>145</v>
       </c>
-      <c r="C33" s="0" t="s">
+      <c r="D33" s="0" t="s">
         <v>146</v>
       </c>
-      <c r="D33" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E33" s="0" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L33" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="C34" s="0" t="s">
         <v>149</v>
       </c>
-      <c r="C34" s="0" t="s">
+      <c r="D34" s="0" t="s">
         <v>150</v>
       </c>
-      <c r="D34" s="0" t="s">
+      <c r="E34" s="0" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="H34" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I34" s="1" t="s">
         <v>153</v>
-      </c>
-[...4 lines deleted...]
-        <v>154</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L34" s="0"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="C35" s="0" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="D35" s="0">
         <v>647766</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L35" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="C36" s="0" t="s">
         <v>159</v>
       </c>
-      <c r="C36" s="0" t="s">
+      <c r="D36" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="D36" s="0" t="s">
+      <c r="E36" s="0" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="C37" s="0" t="s">
         <v>164</v>
       </c>
-      <c r="C37" s="0" t="s">
+      <c r="D37" s="0" t="s">
         <v>165</v>
       </c>
-      <c r="D37" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E37" s="0" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L37" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="C38" s="0" t="s">
         <v>168</v>
       </c>
-      <c r="C38" s="0" t="s">
+      <c r="D38" s="0" t="s">
         <v>169</v>
       </c>
-      <c r="D38" s="0" t="s">
+      <c r="E38" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="F38" s="0" t="s">
         <v>170</v>
       </c>
-      <c r="E38" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F38" s="0" t="s">
+      <c r="G38" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="H38" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I38" s="1" t="s">
         <v>171</v>
-      </c>
-[...7 lines deleted...]
-        <v>172</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L38" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="D39" s="0">
         <v>4148604</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="H39" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I39" s="1" t="s">
         <v>176</v>
-      </c>
-[...4 lines deleted...]
-        <v>177</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L39" s="0">
         <v>136</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="C40" s="0" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="D40" s="0">
         <v>4148605</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L40" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="C41" s="0" t="s">
         <v>181</v>
       </c>
-      <c r="C41" s="0" t="s">
+      <c r="D41" s="0" t="s">
         <v>182</v>
       </c>
-      <c r="D41" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E41" s="0" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L41" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="C42" s="0" t="s">
         <v>185</v>
       </c>
-      <c r="C42" s="0" t="s">
+      <c r="D42" s="0" t="s">
         <v>186</v>
       </c>
-      <c r="D42" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E42" s="0" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L42" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="B43" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="C43" s="0" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="D43" s="0">
         <v>4148632</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L43" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="C44" s="0" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="D44" s="0">
         <v>40654</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>20</v>
+        <v>194</v>
       </c>
       <c r="L44" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
         <v>195</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>196</v>
       </c>
       <c r="D45" s="0">
         <v>40659</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I45" s="1" t="s">
         <v>197</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L45" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="B46" s="0" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>198</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>199</v>
       </c>
       <c r="E46" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="F46" s="0" t="s">
         <v>126</v>
       </c>
-      <c r="F46" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G46" s="0" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I46" s="1" t="s">
         <v>200</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L46" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
         <v>201</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>202</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>203</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I47" s="1" t="s">
         <v>204</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L47" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
         <v>205</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>206</v>
       </c>
       <c r="D48" s="0">
         <v>532526</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F48" s="0" t="s">
         <v>207</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I48" s="1" t="s">
         <v>208</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="L48" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
         <v>209</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>210</v>
       </c>
       <c r="D49" s="0">
         <v>532529</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I49" s="1" t="s">
         <v>211</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L49" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
         <v>212</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>213</v>
       </c>
       <c r="D50" s="0">
         <v>532530</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F50" s="0" t="s">
         <v>207</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I50" s="1" t="s">
         <v>214</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>20</v>
+        <v>194</v>
       </c>
       <c r="L50" s="0">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>