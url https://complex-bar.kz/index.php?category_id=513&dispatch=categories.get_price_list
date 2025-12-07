--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="232">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="238">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -71,72 +71,72 @@
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Подставка для яйца;сталь;D=5,H=10см;металлич.</t>
   </si>
   <si>
     <t>03171701</t>
   </si>
   <si>
     <t>Eternum</t>
   </si>
   <si>
     <t>БЕЛЬГИЯ</t>
   </si>
   <si>
     <t>Подставки для яиц</t>
   </si>
   <si>
     <t>3150.00₸</t>
   </si>
   <si>
-    <t>17 шт.</t>
+    <t>более 50 шт.</t>
   </si>
   <si>
     <t>Подставка для яйца «Принцип»;фарфор;D=120,H=35мм;белый</t>
   </si>
   <si>
     <t>03171702</t>
   </si>
   <si>
     <t>PRI4812</t>
   </si>
   <si>
     <t>G. Benedikt Karlovy Vary</t>
   </si>
   <si>
     <t>Princip</t>
   </si>
   <si>
     <t>ЧЕХИЯ</t>
   </si>
   <si>
-    <t>3435.00₸</t>
+    <t>3612.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Подставка для яйца «Симплисити Вайт»;фарфор;D=45,H=45мм;белый</t>
   </si>
   <si>
     <t>03171703</t>
   </si>
   <si>
     <t>1101 0206</t>
   </si>
   <si>
     <t>Steelite</t>
   </si>
   <si>
     <t>Simpl White</t>
   </si>
   <si>
     <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
   </si>
   <si>
     <t>3188.00₸</t>
   </si>
@@ -206,51 +206,51 @@
   <si>
     <t>Portofino</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>4767.00₸</t>
   </si>
   <si>
     <t>Подставка для яйца «Афродита»;фарфор;D=45,H=45мм;белый,золотой</t>
   </si>
   <si>
     <t>03171709</t>
   </si>
   <si>
     <t>2687-gold</t>
   </si>
   <si>
     <t>Afrodyta</t>
   </si>
   <si>
     <t>2241.00₸</t>
   </si>
   <si>
-    <t>37 шт.</t>
+    <t>34 шт.</t>
   </si>
   <si>
     <t>Подставка для яйца «Мелодия»;фарфор;D=123,H=30мм;белый</t>
   </si>
   <si>
     <t>03171714</t>
   </si>
   <si>
     <t>MEL4812</t>
   </si>
   <si>
     <t>Melodie</t>
   </si>
   <si>
     <t>3643.00₸</t>
   </si>
   <si>
     <t>Подставка для яйца «Чино»;фарфор;D=47,H=46мм;белый,бежев.</t>
   </si>
   <si>
     <t>03171715</t>
   </si>
   <si>
     <t>1106 0206</t>
   </si>
@@ -272,147 +272,144 @@
   <si>
     <t>Honey Nat</t>
   </si>
   <si>
     <t>3065.00₸</t>
   </si>
   <si>
     <t>Подставка для яйца «Бистро»;фарфор;D=55,H=55мм;белый</t>
   </si>
   <si>
     <t>03171721</t>
   </si>
   <si>
     <t>PY046060000</t>
   </si>
   <si>
     <t>Bistro</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>4137.00₸</t>
   </si>
   <si>
+    <t>Подставка для яйца «Атлантис»;фарфор;D=14,H=3см;белый</t>
+  </si>
+  <si>
+    <t>03171724</t>
+  </si>
+  <si>
+    <t>ATL4812</t>
+  </si>
+  <si>
+    <t>Lilien Austria</t>
+  </si>
+  <si>
+    <t>Atlantis</t>
+  </si>
+  <si>
+    <t>АВСТРИЯ</t>
+  </si>
+  <si>
+    <t>4782.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для яйца «Принцип»;фарфор;D=47,H=45мм;белый</t>
+  </si>
+  <si>
+    <t>03171725</t>
+  </si>
+  <si>
+    <t>PRI3604</t>
+  </si>
+  <si>
+    <t>3234.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для яйца «Афродита»;фарфор;D=45,H=45мм;белый</t>
+  </si>
+  <si>
+    <t>03171726</t>
+  </si>
+  <si>
+    <t>2687-white</t>
+  </si>
+  <si>
+    <t>1925.00₸</t>
+  </si>
+  <si>
     <t>1 шт.</t>
   </si>
   <si>
-    <t>Подставка для яйца «Атлантис»;фарфор;D=14,H=3см;белый</t>
-[...46 lines deleted...]
-  <si>
     <t>Подставка для яйца «Кларет»;фарфор;D=45,H=45мм;бежев.,бордо</t>
   </si>
   <si>
     <t>03171728</t>
   </si>
   <si>
     <t>1503 A206</t>
   </si>
   <si>
     <t>Ivory Claret</t>
   </si>
   <si>
     <t>3412.00₸</t>
   </si>
   <si>
     <t>Подставка для яйца «Максим»;фарфор;D=77,H=40мм;белый</t>
   </si>
   <si>
     <t>03171729</t>
   </si>
   <si>
     <t>MAX4808</t>
   </si>
   <si>
     <t>Maxim</t>
   </si>
   <si>
     <t>3681.00₸</t>
   </si>
   <si>
     <t>Подставка для яйца «Монако Вайт»;фарфор;D=45,H=45мм;белый</t>
   </si>
   <si>
     <t>03171730</t>
   </si>
   <si>
     <t>9001 C040</t>
   </si>
   <si>
     <t>Monaco White</t>
   </si>
   <si>
     <t>4228.00₸</t>
   </si>
   <si>
-    <t>более 50 шт.</t>
+    <t>19 шт.</t>
   </si>
   <si>
     <t>Подставка для яйца «Антуанетт»;фарфор;D=47,H=45мм;белый,олив.</t>
   </si>
   <si>
     <t>03171732</t>
   </si>
   <si>
     <t>9019 C040</t>
   </si>
   <si>
     <t>Antoinette</t>
   </si>
   <si>
     <t>5814.00₸</t>
   </si>
   <si>
     <t>Подставка для яйца «Ин Ситу»;фарфор;D=50,H=63мм;белый</t>
   </si>
   <si>
     <t>03171733</t>
   </si>
   <si>
     <t>051412</t>
   </si>
@@ -497,50 +494,53 @@
   <si>
     <t>Craft Brown</t>
   </si>
   <si>
     <t>3951.00₸</t>
   </si>
   <si>
     <t>Подставка для яйца «Опшенс»;фарфор;D=35/50,H=65мм;белый</t>
   </si>
   <si>
     <t>03171739</t>
   </si>
   <si>
     <t>71 4001/99 4003</t>
   </si>
   <si>
     <t>Bauscher</t>
   </si>
   <si>
     <t>Options</t>
   </si>
   <si>
     <t>5213.00₸</t>
   </si>
   <si>
+    <t>32 шт.</t>
+  </si>
+  <si>
     <t>Подставка для яйца «Карат»;фарфор;D=130,H=25мм;белый</t>
   </si>
   <si>
     <t>03171740</t>
   </si>
   <si>
     <t>25 4000</t>
   </si>
   <si>
     <t>Carat</t>
   </si>
   <si>
     <t>2980.00₸</t>
   </si>
   <si>
     <t>Подставка для яйца «Моцарт»;фарфор;D=45,H=55мм;белый</t>
   </si>
   <si>
     <t>03171741</t>
   </si>
   <si>
     <t>57 4001</t>
   </si>
   <si>
     <t>Mozart</t>
@@ -668,93 +668,111 @@
   <si>
     <t>5953.00₸</t>
   </si>
   <si>
     <t>Подставка для яйца «Бейзик»;стекло;D=12,7см;прозр.</t>
   </si>
   <si>
     <t>03171752</t>
   </si>
   <si>
     <t>53382/b</t>
   </si>
   <si>
     <t>Pasabahce</t>
   </si>
   <si>
     <t>Basic</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>707.00₸</t>
   </si>
   <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
     <t>Подставка для яйца;фарфор;,L=12,B=11см;коричнев.</t>
   </si>
   <si>
     <t>03171758</t>
   </si>
   <si>
     <t>Fine 2 Dine</t>
   </si>
   <si>
     <t>Black Ceres</t>
   </si>
   <si>
     <t>4336.00₸</t>
   </si>
   <si>
     <t>Подставка для яйца «Революшн»;фарфор;D=45,H=45мм;бежев.</t>
   </si>
   <si>
     <t>03171759</t>
   </si>
   <si>
     <t>1776 0206</t>
   </si>
   <si>
     <t>Revolution Sandstone</t>
   </si>
   <si>
     <t>5421.00₸</t>
   </si>
   <si>
     <t>Подставка для яйца «Революшн»;фарфор;D=45,H=45мм;серый,коричнев.</t>
   </si>
   <si>
     <t>03171760</t>
   </si>
   <si>
     <t>1775 0206</t>
   </si>
   <si>
     <t>Revolution Granite</t>
   </si>
   <si>
     <t>3342.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для яйца;сталь нерж.;D=85,H=20мм;металлич.</t>
+  </si>
+  <si>
+    <t>03171762</t>
+  </si>
+  <si>
+    <t>00032</t>
+  </si>
+  <si>
+    <t>ИНДИЯ</t>
+  </si>
+  <si>
+    <t>1393.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -769,51 +787,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979FCE4-424B-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9749150C-E568-11EF-BC53-00505692E2D02.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97491412-E568-11EF-BC53-00505692E2D03.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A2261F36-424B-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E67DC078-E3D9-11EF-BC4E-00505692C4475.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA471A37-424B-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A720C52-424C-11E8-A155-00259035BB677.gif"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/834597B5-279B-11F0-BC4F-00505692C4478.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D7A83E2-E568-11EF-BC53-00505692E2D09.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68EC67C2-424C-11E8-A155-00259035BB6710.gif"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80ED46B5-424C-11E8-A155-00259035BB6711.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFDBC8C1-E3D3-11EB-BBF2-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D7A86BF-E568-11EF-BC53-00505692E2D013.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D70971E0-424D-11E8-A155-00259035BB6714.gif"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E67DBFA2-E3D9-11EF-BC4E-00505692C44715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1287BCD-424E-11E8-A155-00259035BB6716.gif"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D7A8501-E568-11EF-BC53-00505692E2D017.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9C749E7-E3D3-11EB-BBF2-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E67DC14E-E3D9-11EF-BC4E-00505692C44719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E407958D-21BF-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE02B1B9-4250-11E8-A155-00259035BB6721.gif"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E08251A0-E3D9-11EF-BC4E-00505692C44722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DDEDEB9C-21BF-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DDEDEA38-21BF-11EE-BC0D-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DDEDEAEA-21BF-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E67DBD84-E3D9-11EF-BC4E-00505692C44726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D7A85D7-E568-11EF-BC53-00505692E2D027.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97491606-E568-11EF-BC53-00505692E2D028.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9749133C-E568-11EF-BC53-00505692E2D029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1AA2A232-EA57-11EB-BBF2-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E407962D-21BF-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A32EE94-4252-11E8-A155-00259035BB6732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C7E7C8D-4253-11E8-A155-00259035BB6733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E40796CD-21BF-11EE-BC0D-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/268E4A9B-4254-11E8-A155-00259035BB6735.gif"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DDEDE986-21BF-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DAAFC216-4254-11E8-A155-00259035BB6737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA887595-53FA-11EA-BBCE-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DDEDE834-21BF-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DDEDE794-21BF-11EE-BC0D-005056921CC440.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979FCE4-424B-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9749150C-E568-11EF-BC53-00505692E2D02.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97491412-E568-11EF-BC53-00505692E2D03.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A2261F36-424B-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E67DC078-E3D9-11EF-BC4E-00505692C4475.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA471A37-424B-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A720C52-424C-11E8-A155-00259035BB677.gif"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/834597B5-279B-11F0-BC4F-00505692C4478.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D7A83E2-E568-11EF-BC53-00505692E2D09.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68EC67C2-424C-11E8-A155-00259035BB6710.gif"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80ED46B5-424C-11E8-A155-00259035BB6711.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFDBC8C1-E3D3-11EB-BBF2-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D7A86BF-E568-11EF-BC53-00505692E2D013.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D70971E0-424D-11E8-A155-00259035BB6714.gif"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E67DBFA2-E3D9-11EF-BC4E-00505692C44715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1287BCD-424E-11E8-A155-00259035BB6716.gif"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D7A8501-E568-11EF-BC53-00505692E2D017.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9C749E7-E3D3-11EB-BBF2-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E67DC14E-E3D9-11EF-BC4E-00505692C44719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E407958D-21BF-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE02B1B9-4250-11E8-A155-00259035BB6721.gif"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E08251A0-E3D9-11EF-BC4E-00505692C44722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DDEDEB9C-21BF-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DDEDEA38-21BF-11EE-BC0D-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DDEDEAEA-21BF-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E67DBD84-E3D9-11EF-BC4E-00505692C44726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D7A85D7-E568-11EF-BC53-00505692E2D027.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97491606-E568-11EF-BC53-00505692E2D028.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9749133C-E568-11EF-BC53-00505692E2D029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1AA2A232-EA57-11EB-BBF2-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E407962D-21BF-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A32EE94-4252-11E8-A155-00259035BB6732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C7E7C8D-4253-11E8-A155-00259035BB6733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E40796CD-21BF-11EE-BC0D-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/268E4A9B-4254-11E8-A155-00259035BB6735.gif"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DDEDE986-21BF-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DAAFC216-4254-11E8-A155-00259035BB6737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA887595-53FA-11EA-BBCE-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DDEDE834-21BF-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DDEDE794-21BF-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C7D75AAD-C7F0-11F0-BC5A-00505692E2D041.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1961,50 +1979,80 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>40</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="40" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="41" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2263,62 +2311,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-eternum-03171701/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-g-benedikt-karlovy-vary-03171702/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-steelite-03171703/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-lubiana-03171704/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-lubiana-03171705/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-arcoroc-03171706/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-tognana-03171708/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-lubiana-03171709/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-g-benedikt-karlovy-vary-03171714/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-steelite-03171715/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-steelite-03171716/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-tognana-03171721/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-lilien-austria-03171724/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-g-benedikt-karlovy-vary-03171725/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-lubiana-03171726/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-steelite-03171728/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-g-benedikt-karlovy-vary-03171729/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-steelite-03171730/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-steelite-03171732/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-matfer-03171733/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-aps-03171734/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-lubiana-03171735/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-steelite-03171736/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-steelite-03171737/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-steelite-03171738/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-bauscher-03171739/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-bauscher-03171740/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-bauscher-03171741/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-bauscher-03171742/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-paderno-03171743/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-rosenthal-03171744/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-bauscher-03171745/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-serax-03171746/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-steelite-03171747/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-aps-03171748/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-steelite-03171750/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-pasabahce-03171752/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-fine-2-dine-03171758/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-steelite-03171759/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-steelite-03171760/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-eternum-03171701/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-g-benedikt-karlovy-vary-03171702/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-steelite-03171703/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-lubiana-03171704/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-lubiana-03171705/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-arcoroc-03171706/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-tognana-03171708/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-lubiana-03171709/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-g-benedikt-karlovy-vary-03171714/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-steelite-03171715/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-steelite-03171716/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-tognana-03171721/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-lilien-austria-03171724/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-g-benedikt-karlovy-vary-03171725/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-lubiana-03171726/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-steelite-03171728/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-g-benedikt-karlovy-vary-03171729/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-steelite-03171730/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-steelite-03171732/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-matfer-03171733/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-aps-03171734/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-lubiana-03171735/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-steelite-03171736/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-steelite-03171737/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-steelite-03171738/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-bauscher-03171739/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-bauscher-03171740/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-bauscher-03171741/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-bauscher-03171742/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-paderno-03171743/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-rosenthal-03171744/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-bauscher-03171745/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-serax-03171746/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-steelite-03171747/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-aps-03171748/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-steelite-03171750/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-pasabahce-03171752/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-fine-2-dine-03171758/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-steelite-03171759/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-steelite-03171760/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-yayca-aps-03171762/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L41"/>
+  <dimension ref="A1:L42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I41" sqref="I41"/>
+      <selection activeCell="I42" sqref="I42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -2427,51 +2475,51 @@
         <v>27</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>28</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F4" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G4" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>33</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="L4" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>35</v>
       </c>
       <c r="D5" s="0">
         <v>1687</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>36</v>
       </c>
       <c r="F5" s="0" t="s">
         <v>36</v>
       </c>
       <c r="G5" s="0" t="s">
         <v>37</v>
       </c>
@@ -2733,617 +2781,617 @@
         <v>79</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>80</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>81</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F13" s="0" t="s">
         <v>82</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>83</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>84</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>85</v>
+        <v>50</v>
       </c>
       <c r="L13" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>86</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="D14" s="0" t="s">
         <v>87</v>
       </c>
-      <c r="D14" s="0" t="s">
+      <c r="E14" s="0" t="s">
         <v>88</v>
       </c>
-      <c r="E14" s="0" t="s">
+      <c r="F14" s="0" t="s">
         <v>89</v>
       </c>
-      <c r="F14" s="0" t="s">
+      <c r="G14" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="G14" s="0" t="s">
+      <c r="H14" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I14" s="1" t="s">
         <v>91</v>
-      </c>
-[...4 lines deleted...]
-        <v>92</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>50</v>
       </c>
       <c r="L14" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>93</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="D15" s="0" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>97</v>
+        <v>50</v>
       </c>
       <c r="L15" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="C16" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="D16" s="0" t="s">
         <v>98</v>
-      </c>
-[...4 lines deleted...]
-        <v>100</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>36</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>61</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>85</v>
+        <v>100</v>
       </c>
       <c r="L16" s="0">
         <v>60</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>102</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>50</v>
       </c>
       <c r="L17" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>107</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="D18" s="0" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>50</v>
       </c>
       <c r="L18" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>112</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="D19" s="0" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="L19" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>118</v>
       </c>
-      <c r="C20" s="0" t="s">
+      <c r="D20" s="0" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>50</v>
       </c>
       <c r="L20" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>123</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="D21" s="0" t="s">
         <v>124</v>
       </c>
-      <c r="D21" s="0" t="s">
+      <c r="E21" s="0" t="s">
         <v>125</v>
       </c>
-      <c r="E21" s="0" t="s">
+      <c r="F21" s="0" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>50</v>
       </c>
       <c r="L21" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="D22" s="0">
         <v>83848</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="H22" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I22" s="1" t="s">
         <v>132</v>
-      </c>
-[...4 lines deleted...]
-        <v>133</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>50</v>
       </c>
       <c r="L22" s="0">
         <v>60</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="D23" s="0">
         <v>2787</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>36</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>50</v>
       </c>
       <c r="L23" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>138</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="D24" s="0" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="L24" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>144</v>
       </c>
-      <c r="C25" s="0" t="s">
+      <c r="D25" s="0" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>50</v>
       </c>
       <c r="L25" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="C26" s="0" t="s">
         <v>149</v>
       </c>
-      <c r="C26" s="0" t="s">
+      <c r="D26" s="0" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>50</v>
       </c>
       <c r="L26" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>154</v>
       </c>
-      <c r="C27" s="0" t="s">
+      <c r="D27" s="0" t="s">
         <v>155</v>
       </c>
-      <c r="D27" s="0" t="s">
+      <c r="E27" s="0" t="s">
         <v>156</v>
       </c>
-      <c r="E27" s="0" t="s">
+      <c r="F27" s="0" t="s">
         <v>157</v>
       </c>
-      <c r="F27" s="0" t="s">
+      <c r="G27" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="H27" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I27" s="1" t="s">
         <v>158</v>
-      </c>
-[...7 lines deleted...]
-        <v>159</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>117</v>
+        <v>159</v>
       </c>
       <c r="L27" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
         <v>160</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>161</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>162</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="F28" s="0" t="s">
         <v>163</v>
       </c>
       <c r="G28" s="0" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>164</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>50</v>
       </c>
       <c r="L28" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
         <v>165</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>166</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>167</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="F29" s="0" t="s">
         <v>168</v>
       </c>
       <c r="G29" s="0" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>169</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>50</v>
       </c>
       <c r="L29" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
         <v>170</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>171</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>172</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="F30" s="0" t="s">
         <v>173</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="1" t="s">
         <v>174</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>50</v>
       </c>
       <c r="L30" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
         <v>175</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>176</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>177</v>
@@ -3363,83 +3411,83 @@
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>50</v>
       </c>
       <c r="L31" s="0"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
         <v>180</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>181</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>182</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>183</v>
       </c>
       <c r="F32" s="0" t="s">
         <v>184</v>
       </c>
       <c r="G32" s="0" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I32" s="1" t="s">
         <v>185</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>50</v>
       </c>
       <c r="L32" s="0"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
         <v>186</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>187</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>188</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="F33" s="0" t="s">
         <v>189</v>
       </c>
       <c r="G33" s="0" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I33" s="1" t="s">
         <v>190</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>50</v>
       </c>
       <c r="L33" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
         <v>191</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>192</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>193</v>
@@ -3473,73 +3521,73 @@
         <v>197</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>198</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>199</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F35" s="0" t="s">
         <v>200</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>201</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>85</v>
+        <v>100</v>
       </c>
       <c r="L35" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
         <v>202</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>203</v>
       </c>
       <c r="D36" s="0">
         <v>83851</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I36" s="1" t="s">
         <v>204</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>50</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
         <v>205</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>206</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>207</v>
@@ -3573,199 +3621,230 @@
         <v>210</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>211</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>212</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>213</v>
       </c>
       <c r="F38" s="0" t="s">
         <v>214</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>215</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I38" s="1" t="s">
         <v>216</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>143</v>
+        <v>217</v>
       </c>
       <c r="L38" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D39" s="0">
         <v>604612</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>50</v>
       </c>
       <c r="L39" s="0"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L40" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G41" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>50</v>
       </c>
       <c r="L41" s="0">
         <v>12</v>
       </c>
+    </row>
+    <row r="42" spans="1:12" customHeight="1" ht="80">
+      <c r="A42" s="0"/>
+      <c r="B42" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="C42" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="D42" s="0" t="s">
+        <v>235</v>
+      </c>
+      <c r="E42" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="F42" s="0"/>
+      <c r="G42" s="0" t="s">
+        <v>236</v>
+      </c>
+      <c r="H42" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I42" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="J42" s="0"/>
+      <c r="K42" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="L42" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B23" r:id="rId_hyperlink_22"/>
     <hyperlink ref="B24" r:id="rId_hyperlink_23"/>
     <hyperlink ref="B25" r:id="rId_hyperlink_24"/>
     <hyperlink ref="B26" r:id="rId_hyperlink_25"/>
     <hyperlink ref="B27" r:id="rId_hyperlink_26"/>
     <hyperlink ref="B28" r:id="rId_hyperlink_27"/>
     <hyperlink ref="B29" r:id="rId_hyperlink_28"/>
     <hyperlink ref="B30" r:id="rId_hyperlink_29"/>
     <hyperlink ref="B31" r:id="rId_hyperlink_30"/>
     <hyperlink ref="B32" r:id="rId_hyperlink_31"/>
     <hyperlink ref="B33" r:id="rId_hyperlink_32"/>
     <hyperlink ref="B34" r:id="rId_hyperlink_33"/>
     <hyperlink ref="B35" r:id="rId_hyperlink_34"/>
     <hyperlink ref="B36" r:id="rId_hyperlink_35"/>
     <hyperlink ref="B37" r:id="rId_hyperlink_36"/>
     <hyperlink ref="B38" r:id="rId_hyperlink_37"/>
     <hyperlink ref="B39" r:id="rId_hyperlink_38"/>
     <hyperlink ref="B40" r:id="rId_hyperlink_39"/>
     <hyperlink ref="B41" r:id="rId_hyperlink_40"/>
+    <hyperlink ref="B42" r:id="rId_hyperlink_41"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>