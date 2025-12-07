--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -294,50 +294,80 @@
     <t>2 шт.</t>
   </si>
   <si>
     <t>Мисосупница;пластик;170мл;D=10,5,H=10,5см;черный</t>
   </si>
   <si>
     <t>03120465</t>
   </si>
   <si>
     <t>15SJ055</t>
   </si>
   <si>
     <t>2940.00₸</t>
   </si>
   <si>
     <t>Мисосупница;пластик;300мл;D=110,H=68мм;черный</t>
   </si>
   <si>
     <t>03120659</t>
   </si>
   <si>
     <t>19SJ013</t>
   </si>
   <si>
     <t>5831.00₸</t>
+  </si>
+  <si>
+    <t>Мисосупница «Джап Блэк»;керамика;D=10,H=8см;черный</t>
+  </si>
+  <si>
+    <t>03120480</t>
+  </si>
+  <si>
+    <t>JP104100779</t>
+  </si>
+  <si>
+    <t>Tognana</t>
+  </si>
+  <si>
+    <t>Jap Black</t>
+  </si>
+  <si>
+    <t>9548.00₸</t>
+  </si>
+  <si>
+    <t>Мисосупница «Джап Нью Браун»;керамика;D=10,H=8см;бежев.</t>
+  </si>
+  <si>
+    <t>03120479</t>
+  </si>
+  <si>
+    <t>JP104100767</t>
+  </si>
+  <si>
+    <t>Jap New Brown</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1126,62 +1156,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-kunstwerk-03120236/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-kunstwerk-03120237/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-prohotel-03120243/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-s-kryshkoy-prohotel-03120244/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-kyoto-03120247/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-prohotel-03120248/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-prohotel-03120249/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-prohotel-03120250/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-prohotel-03120251/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-prohotel-03120252/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-prohotel-03120265/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-s-kryshkoy-03120271/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-kunstwerk-03120376/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-kunstwerk-03120382/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-kunstwerk-03120384/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-prohotel-03120456/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-prohotel-03120465/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-prohotel-03120659/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-kunstwerk-03120236/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-kunstwerk-03120237/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-prohotel-03120243/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-s-kryshkoy-prohotel-03120244/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-kyoto-03120247/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-prohotel-03120248/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-prohotel-03120249/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-prohotel-03120250/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-prohotel-03120251/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-prohotel-03120252/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-prohotel-03120265/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-s-kryshkoy-03120271/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-kunstwerk-03120376/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-kunstwerk-03120382/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-kunstwerk-03120384/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-prohotel-03120456/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-prohotel-03120465/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-prohotel-03120659/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-tognana-03120480/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/misosupnica-tognana-03120479/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L19"/>
+  <dimension ref="A1:L21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I19" sqref="I19"/>
+      <selection activeCell="I21" sqref="I21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -1794,71 +1824,135 @@
         <v>91</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F19" s="0" t="s">
         <v>28</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>92</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L19" s="0">
         <v>60</v>
       </c>
     </row>
+    <row r="20" spans="1:12" customHeight="1" ht="80">
+      <c r="B20" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="C20" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="D20" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="E20" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="F20" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="G20" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H20" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I20" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="J20" s="0"/>
+      <c r="K20" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="L20" s="0"/>
+    </row>
+    <row r="21" spans="1:12" customHeight="1" ht="80">
+      <c r="B21" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="C21" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="D21" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="E21" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="F21" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="G21" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H21" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I21" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="J21" s="0"/>
+      <c r="K21" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="L21" s="0"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
+    <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
+    <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>