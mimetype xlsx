--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="325">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="314">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -98,104 +98,101 @@
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Набор столовых приборов береза на 6 персон[24шт];сталь нерж.,пластик;,H=40,L=29,B=24,5см</t>
   </si>
   <si>
     <t>03110633</t>
   </si>
   <si>
     <t>17A07091</t>
   </si>
   <si>
     <t>Pintinox</t>
   </si>
   <si>
     <t>Sushi Queen</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>111681.00₸</t>
   </si>
   <si>
-    <t>10 шт.</t>
+    <t>6 шт.</t>
   </si>
   <si>
     <t>Набор столовых приборов (махагон) на 6 персон[24шт];сталь нерж.,пластик;,H=40,L=29,B=24,5см</t>
   </si>
   <si>
     <t>03110634</t>
   </si>
   <si>
     <t>17B07091</t>
   </si>
   <si>
     <t>101825.00₸</t>
   </si>
   <si>
     <t>8 шт.</t>
   </si>
   <si>
     <t>Набор столовых приборов (тик) на 6 персон[24шт];сталь нерж.,пластик;,H=40,L=29,B=24,5см</t>
   </si>
   <si>
     <t>03110635</t>
   </si>
   <si>
     <t>17C07091</t>
   </si>
   <si>
-    <t>20 шт.</t>
+    <t>17 шт.</t>
   </si>
   <si>
     <t>Набор столовых приборов «Аляска» на 6 персон[24шт];сталь нерж.</t>
   </si>
   <si>
     <t>03110637</t>
   </si>
   <si>
     <t>2080-BE24</t>
   </si>
   <si>
     <t>Eternum</t>
   </si>
   <si>
     <t>Alaska</t>
   </si>
   <si>
     <t>БЕЛЬГИЯ</t>
   </si>
   <si>
     <t>109410.00₸</t>
   </si>
   <si>
-    <t>5 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Набор столовых приборов вилки для канапе 3+3[6шт];сталь нерж.</t>
   </si>
   <si>
     <t>03110639</t>
   </si>
   <si>
     <t>APS</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>8879.00₸</t>
   </si>
   <si>
     <t>Набор столовых приборов на 6 персон[24шт];,H=40,L=29,B=24,5см;черный</t>
   </si>
   <si>
     <t>03110642</t>
   </si>
   <si>
     <t>11C07091</t>
   </si>
   <si>
     <t>Freccia</t>
@@ -245,668 +242,650 @@
   <si>
     <t>0LD0B091</t>
   </si>
   <si>
     <t>Набор столовых приборов «Кингс Стэйнлесс Стил»[7шт];сталь нерж.</t>
   </si>
   <si>
     <t>03110649</t>
   </si>
   <si>
     <t>ZKIS1107</t>
   </si>
   <si>
     <t>Arthur Price</t>
   </si>
   <si>
     <t>Kings Stainless Steel</t>
   </si>
   <si>
     <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
   </si>
   <si>
     <t>58166.00₸</t>
   </si>
   <si>
+    <t>Набор столовых приборов на 1 персону[7шт];сталь нерж.</t>
+  </si>
+  <si>
+    <t>03110650</t>
+  </si>
+  <si>
+    <t>ZHIS1107</t>
+  </si>
+  <si>
+    <t>03110651</t>
+  </si>
+  <si>
+    <t>ZECC1107</t>
+  </si>
+  <si>
+    <t>Empire Flame</t>
+  </si>
+  <si>
+    <t>295996.00₸</t>
+  </si>
+  <si>
+    <t>Набор столовых приборов «Ворвик»[7шт];сталь нерж.</t>
+  </si>
+  <si>
+    <t>03110656</t>
+  </si>
+  <si>
+    <t>ZWAR1107</t>
+  </si>
+  <si>
+    <t>Warwick</t>
+  </si>
+  <si>
+    <t>8.00₸</t>
+  </si>
+  <si>
+    <t>Набор столовых приборов «Привиледж» на 1 персону[4шт];сталь нерж.</t>
+  </si>
+  <si>
+    <t>03110657</t>
+  </si>
+  <si>
+    <t>0510008Z</t>
+  </si>
+  <si>
+    <t>Privilege</t>
+  </si>
+  <si>
+    <t>14715.00₸</t>
+  </si>
+  <si>
+    <t>Набор столовых приборов на 1 персону[4шт];сталь нерж.</t>
+  </si>
+  <si>
+    <t>03110658</t>
+  </si>
+  <si>
+    <t>0880008Z</t>
+  </si>
+  <si>
+    <t>Swing</t>
+  </si>
+  <si>
+    <t>9841.00₸</t>
+  </si>
+  <si>
+    <t>03110659</t>
+  </si>
+  <si>
+    <t>2070008Z</t>
+  </si>
+  <si>
+    <t>Trumpet</t>
+  </si>
+  <si>
+    <t>7831.00₸</t>
+  </si>
+  <si>
+    <t>03110660</t>
+  </si>
+  <si>
+    <t>1670008Z</t>
+  </si>
+  <si>
+    <t>Trend</t>
+  </si>
+  <si>
+    <t>7693.00₸</t>
+  </si>
+  <si>
+    <t>Набор столовых приборов «Пагайя»[4шт];сталь нерж.</t>
+  </si>
+  <si>
+    <t>03110661</t>
+  </si>
+  <si>
+    <t>2470008Z</t>
+  </si>
+  <si>
+    <t>Pagaia</t>
+  </si>
+  <si>
+    <t>6515.00₸</t>
+  </si>
+  <si>
+    <t>03110662</t>
+  </si>
+  <si>
+    <t>2140008Z</t>
+  </si>
+  <si>
+    <t>Bristol</t>
+  </si>
+  <si>
+    <t>6599.00₸</t>
+  </si>
+  <si>
+    <t>03110663</t>
+  </si>
+  <si>
+    <t>0ZC2008Z</t>
+  </si>
+  <si>
+    <t>Palace Titan</t>
+  </si>
+  <si>
+    <t>29237.00₸</t>
+  </si>
+  <si>
+    <t>03110664</t>
+  </si>
+  <si>
+    <t>0850008Z</t>
+  </si>
+  <si>
+    <t>Infinito</t>
+  </si>
+  <si>
+    <t>10003.00₸</t>
+  </si>
+  <si>
+    <t>03110665</t>
+  </si>
+  <si>
+    <t>0JA4008Z</t>
+  </si>
+  <si>
+    <t>SettGoldSWA</t>
+  </si>
+  <si>
+    <t>22908.00₸</t>
+  </si>
+  <si>
+    <t>03110666</t>
+  </si>
+  <si>
+    <t>0JB4008Z</t>
+  </si>
+  <si>
+    <t>SettBronzSWA</t>
+  </si>
+  <si>
+    <t>29830.00₸</t>
+  </si>
+  <si>
+    <t>Набор столовых приборов «Дворцовые (М-17)» на 6 персон[24шт];сталь нерж.</t>
+  </si>
+  <si>
+    <t>03110667</t>
+  </si>
+  <si>
+    <t>СН-24М17ЦМГ</t>
+  </si>
+  <si>
+    <t>Pavlov</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>30169.00₸</t>
+  </si>
+  <si>
+    <t>03110669</t>
+  </si>
+  <si>
+    <t>105000B6</t>
+  </si>
+  <si>
+    <t>Baby</t>
+  </si>
+  <si>
+    <t>20506.00₸</t>
+  </si>
+  <si>
+    <t>Набор столовых приборов «Суши квин» на 6 персон[24шт];сталь нерж.;черный</t>
+  </si>
+  <si>
+    <t>03110671</t>
+  </si>
+  <si>
+    <t>17E07091</t>
+  </si>
+  <si>
+    <t>53338.00₸</t>
+  </si>
+  <si>
+    <t>Набор столовых приборов детский[4шт];сталь нерж.</t>
+  </si>
+  <si>
+    <t>03112020</t>
+  </si>
+  <si>
+    <t>52538-98</t>
+  </si>
+  <si>
+    <t>Sambonet</t>
+  </si>
+  <si>
+    <t>0.00₸</t>
+  </si>
+  <si>
+    <t>Набор столовых приборов на 1 персону[4шт];сталь нерж.;черный</t>
+  </si>
+  <si>
+    <t>03112021</t>
+  </si>
+  <si>
+    <t>Guy Degrenne</t>
+  </si>
+  <si>
+    <t>XY Black</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>53061.00₸</t>
+  </si>
+  <si>
+    <t>03112025</t>
+  </si>
+  <si>
+    <t>Absolu</t>
+  </si>
+  <si>
+    <t>32802.00₸</t>
+  </si>
+  <si>
+    <t>Набор столовых приборов «Sveva»;сталь нерж.</t>
+  </si>
+  <si>
+    <t>03112027</t>
+  </si>
+  <si>
+    <t>4PCS "Sveva"</t>
+  </si>
+  <si>
+    <t>Mepra</t>
+  </si>
+  <si>
+    <t>22053.00₸</t>
+  </si>
+  <si>
+    <t>Набор столовых приборов «Diamante»;сталь нерж.</t>
+  </si>
+  <si>
+    <t>03112028</t>
+  </si>
+  <si>
+    <t>4PCS "Diamante"</t>
+  </si>
+  <si>
+    <t>22962.00₸</t>
+  </si>
+  <si>
+    <t>Набор столовых приборов «Ginevra Ice»;сталь нерж.</t>
+  </si>
+  <si>
+    <t>03112029</t>
+  </si>
+  <si>
+    <t>4PCS "Ginevra Ice"</t>
+  </si>
+  <si>
+    <t>21984.00₸</t>
+  </si>
+  <si>
+    <t>Набор столовых приборов «Michelangelo»;сталь нерж.</t>
+  </si>
+  <si>
+    <t>03112030</t>
+  </si>
+  <si>
+    <t>4PCS "Michelangelo"</t>
+  </si>
+  <si>
+    <t>23870.00₸</t>
+  </si>
+  <si>
+    <t>Набор столовых приборов «Goccia»;сталь нерж.</t>
+  </si>
+  <si>
+    <t>03112031</t>
+  </si>
+  <si>
+    <t>4PCS "Goccia"</t>
+  </si>
+  <si>
+    <t>6646.00₸</t>
+  </si>
+  <si>
+    <t>Набор столовых приборов «Morgana»;сталь нерж.</t>
+  </si>
+  <si>
+    <t>03112032</t>
+  </si>
+  <si>
+    <t>4PCS "Morgana"</t>
+  </si>
+  <si>
+    <t>6984.00₸</t>
+  </si>
+  <si>
+    <t>Набор столовых приборов «Aria»;сталь нерж.</t>
+  </si>
+  <si>
+    <t>03112033</t>
+  </si>
+  <si>
+    <t>4PCS "Aria"</t>
+  </si>
+  <si>
+    <t>34958.00₸</t>
+  </si>
+  <si>
+    <t>Набор столовых приборов «Mediterranea Ice»;сталь нерж.</t>
+  </si>
+  <si>
+    <t>03112034</t>
+  </si>
+  <si>
+    <t>4PCS "Mediterranea Ice"</t>
+  </si>
+  <si>
+    <t>19197.00₸</t>
+  </si>
+  <si>
+    <t>Набор столовых приборов «Arte Bronzo»;сталь нерж.</t>
+  </si>
+  <si>
+    <t>03112035</t>
+  </si>
+  <si>
+    <t>4PCS "Arte Bronzo"</t>
+  </si>
+  <si>
+    <t>28614.00₸</t>
+  </si>
+  <si>
+    <t>Набор столовых приборов «DolceV PeltrBronzo»;сталь нерж.</t>
+  </si>
+  <si>
+    <t>03112036</t>
+  </si>
+  <si>
+    <t>4PCS "DolceV PeltrBronzo"</t>
+  </si>
+  <si>
+    <t>239948.00₸</t>
+  </si>
+  <si>
+    <t>Набор столовых приборов «Dolce Vita Peltro»;сталь нерж.</t>
+  </si>
+  <si>
+    <t>03112037</t>
+  </si>
+  <si>
+    <t>4PCS "Dolce Vita Peltro"</t>
+  </si>
+  <si>
+    <t>27651.00₸</t>
+  </si>
+  <si>
+    <t>Набор столовых приборов «Due Oro Nero»;сталь нерж.</t>
+  </si>
+  <si>
+    <t>03112038</t>
+  </si>
+  <si>
+    <t>4PCS "Due Oro Nero"</t>
+  </si>
+  <si>
+    <t>64157.00₸</t>
+  </si>
+  <si>
+    <t>Набор столовых приборов «Dolce Vita»;сталь нерж.</t>
+  </si>
+  <si>
+    <t>03112039</t>
+  </si>
+  <si>
+    <t>4PCS "Dolce Vita"</t>
+  </si>
+  <si>
+    <t>46570.00₸</t>
+  </si>
+  <si>
+    <t>Набор столовых приборов «Зоуи» на 6 персон подарочный[24шт];сталь нерж.;матовый</t>
+  </si>
+  <si>
+    <t>03112040</t>
+  </si>
+  <si>
+    <t>B1319010GB</t>
+  </si>
+  <si>
+    <t>Serax</t>
+  </si>
+  <si>
+    <t>Zoё</t>
+  </si>
+  <si>
+    <t>309733.00₸</t>
+  </si>
+  <si>
+    <t>Набор столовых приборов «Зоуи» на 6 персон подарочный[24шт];сталь нерж.;антрацит</t>
+  </si>
+  <si>
+    <t>03112041</t>
+  </si>
+  <si>
+    <t>B1319011GB</t>
+  </si>
+  <si>
+    <t>441896.00₸</t>
+  </si>
+  <si>
+    <t>Набор столовых приборов «Зоуи» на 6 персон подарочный[24шт];сталь нерж.;черный</t>
+  </si>
+  <si>
+    <t>03112042</t>
+  </si>
+  <si>
+    <t>B1319012GB</t>
+  </si>
+  <si>
+    <t>289089.00₸</t>
+  </si>
+  <si>
+    <t>Набор столовых приборов «Бэби» детский вилка+ложка;сталь;,L=225,B=25мм;стальной</t>
+  </si>
+  <si>
+    <t>03114421</t>
+  </si>
+  <si>
+    <t>66970/030-TR</t>
+  </si>
+  <si>
+    <t>Бэби</t>
+  </si>
+  <si>
+    <t>3696.00₸</t>
+  </si>
+  <si>
+    <t>Набор столовых приборов «Антошка» детский[4шт];сталь нерж.;серебрист.</t>
+  </si>
+  <si>
+    <t>03115070</t>
+  </si>
+  <si>
+    <t>9787/1297435</t>
+  </si>
+  <si>
+    <t>Nytva</t>
+  </si>
+  <si>
+    <t>Антошка</t>
+  </si>
+  <si>
+    <t>6853.00₸</t>
+  </si>
+  <si>
+    <t>Набор столовых приборов на 1 персону[3шт];сталь</t>
+  </si>
+  <si>
+    <t>04071324</t>
+  </si>
+  <si>
+    <t>0RK0T0BN</t>
+  </si>
+  <si>
+    <t>Matite baby</t>
+  </si>
+  <si>
+    <t>12844.00₸</t>
+  </si>
+  <si>
+    <t>Набор столовых приборов «Аляска» ложка+вилка для салата;сталь нерж.;,L=235/70,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>04110321</t>
+  </si>
+  <si>
+    <t>2080-10</t>
+  </si>
+  <si>
+    <t>22577.00₸</t>
+  </si>
+  <si>
     <t>2 шт.</t>
   </si>
   <si>
-    <t>Набор столовых приборов на 1 персону[7шт];сталь нерж.</t>
-[...5 lines deleted...]
-    <t>ZHIS1107</t>
+    <t>Набор столовых приборов «Алайниа» ложка+вилка для салата;сталь нерж.;,L=290/115,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>04110324</t>
+  </si>
+  <si>
+    <t>3020-10</t>
+  </si>
+  <si>
+    <t>Alinea</t>
+  </si>
+  <si>
+    <t>29391.00₸</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Набор столовых приборов «Багет» ложка+вилка для салата;сталь нерж.;,L=200/65,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>04110332</t>
+  </si>
+  <si>
+    <t>1610-10</t>
+  </si>
+  <si>
+    <t>Baguette</t>
+  </si>
+  <si>
+    <t>34681.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Набор столовых приборов «Осло» ложка+вилка для салата;сталь нерж.;,L=300/100,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>04110338</t>
+  </si>
+  <si>
+    <t>1930-10</t>
+  </si>
+  <si>
+    <t>Oslo</t>
+  </si>
+  <si>
+    <t>45092.00₸</t>
+  </si>
+  <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Набор столовых приборов «Адажио» ложка+вилка для салата;сталь нерж.;,L=235/63,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>04110342</t>
+  </si>
+  <si>
+    <t>2090-10</t>
+  </si>
+  <si>
+    <t>Adagio</t>
+  </si>
+  <si>
+    <t>25649.00₸</t>
+  </si>
+  <si>
+    <t>Набор столовых приборов «Атлантис» ложка+вилка для салата;сталь нерж.;,L=290/100,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>04110346</t>
+  </si>
+  <si>
+    <t>3010-10</t>
+  </si>
+  <si>
+    <t>Atlantis</t>
+  </si>
+  <si>
+    <t>41134.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
-    <t>03110651</t>
-[...601 lines deleted...]
-  <si>
     <t>Набор столовых приборов «Риволи» ложка и вилка для салата;сталь нерж.;,L=205/70,B=2мм;металлич.</t>
   </si>
   <si>
     <t>04110350</t>
   </si>
   <si>
     <t>1921-10</t>
   </si>
   <si>
     <t>Rivoli</t>
   </si>
   <si>
     <t>8255.00₸</t>
   </si>
   <si>
     <t>Набор столовых приборов «Ансер» ложка+вилка для салата;сталь нерж.;,L=210/75,B=2мм;металлич.</t>
   </si>
   <si>
     <t>04110371</t>
   </si>
   <si>
     <t>1670-10</t>
   </si>
   <si>
     <t>Anser</t>
@@ -978,62 +957,50 @@
     <t>Olivia</t>
   </si>
   <si>
     <t>103812.00₸</t>
   </si>
   <si>
     <t>Набор столовых приборов «Саппоро бэйсик» на 6 персон[24шт];сталь нерж.;фиолет.,матовый</t>
   </si>
   <si>
     <t>03115217</t>
   </si>
   <si>
     <t>Sapporo</t>
   </si>
   <si>
     <t>46914.00₸</t>
   </si>
   <si>
     <t>Набор столовых приборов «Осло» на 6 персон[24шт];сталь нерж.;металлич.</t>
   </si>
   <si>
     <t>03115219</t>
   </si>
   <si>
     <t>120213.00₸</t>
-  </si>
-[...10 lines deleted...]
-    <t>18326.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1048,51 +1015,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2EDFFBD-F161-11EB-BBF2-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/523758BC-21B9-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A208AE73-4250-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A208AE74-4250-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7FB440F-4250-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A63BD620-4252-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5237581C-21B9-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6FE4AD00-1104-11EA-BBC6-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/783CEFD9-1104-11EA-BBC6-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8375EBB9-1104-11EA-BBC6-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C646361-1104-11EA-BBC6-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C47DBA88-FBB1-11ED-BC09-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE863EE8-FBB1-11ED-BC09-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE863DCA-FBB1-11ED-BC09-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE863CBE-FBB1-11ED-BC09-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98F9C834-4ABE-11F0-BC59-00505692E04916.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB9ACF7C-3484-11EF-BC57-00505692E04917.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52375BEE-21B9-11EE-BC0D-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52375C8E-21B9-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5708A191-E3D4-11EB-BBF2-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5708A192-E3D4-11EB-BBF2-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5DAA205F-E3D4-11EB-BBF2-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A86049E-29B8-11EB-BBDD-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A86049F-29B8-11EB-BBDD-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5834A680-21B9-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A8604A1-29B8-11EB-BBDD-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5834A5BC-21B9-11EE-BC0D-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A8604A3-29B8-11EB-BBDD-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A8604A4-29B8-11EB-BBDD-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5834A4F8-21B9-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5834A808-21B9-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5834A744-21B9-11EE-BC0D-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20AB9253-29B8-11EB-BBDD-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20AB9254-29B8-11EB-BBDD-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20AB9255-29B8-11EB-BBDD-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52375A0E-21B9-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52375AAE-21B9-11EE-BC0D-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5237596E-21B9-11EE-BC0D-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1978C9B1-21BA-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C15929F-D795-11ED-BC05-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6FAC9BA0-5A44-11EA-BBCE-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C762C29-424C-11E8-A155-00259035BB6742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44993A25-424C-11E8-A155-00259035BB6743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74E919ED-424C-11E8-A155-00259035BB6744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EFD0D90-424C-11E8-A155-00259035BB6745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EFD0DA3-424C-11E8-A155-00259035BB6746.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B10217C9-424C-11E8-A155-00259035BB6747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB376-424C-11E8-A155-00259035BB6748.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D0A45DC-424D-11E8-A155-00259035BB6749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443A2ADB-4251-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2D31FF2-63AF-11EF-BC4D-00505692C44751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2D31E32-63AF-11EF-BC4D-00505692C44752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BCC7C57F-63AF-11EF-BC4D-00505692C44753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BCC7C485-63AF-11EF-BC4D-00505692C44754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BCC7C183-63AF-11EF-BC4D-00505692C44755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BCC7C379-63AF-11EF-BC4D-00505692C44756.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2EDFFBD-F161-11EB-BBF2-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/523758BC-21B9-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A208AE73-4250-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A208AE74-4250-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7FB440F-4250-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A63BD620-4252-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5237581C-21B9-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6FE4AD00-1104-11EA-BBC6-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/783CEFD9-1104-11EA-BBC6-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8375EBB9-1104-11EA-BBC6-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C646361-1104-11EA-BBC6-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C47DBA88-FBB1-11ED-BC09-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE863EE8-FBB1-11ED-BC09-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE863DCA-FBB1-11ED-BC09-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98F9C834-4ABE-11F0-BC59-00505692E04915.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB9ACF7C-3484-11EF-BC57-00505692E04916.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52375BEE-21B9-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52375C8E-21B9-11EE-BC0D-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5708A191-E3D4-11EB-BBF2-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5708A192-E3D4-11EB-BBF2-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5DAA205F-E3D4-11EB-BBF2-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A86049E-29B8-11EB-BBDD-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A86049F-29B8-11EB-BBDD-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5834A680-21B9-11EE-BC0D-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A8604A1-29B8-11EB-BBDD-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5834A5BC-21B9-11EE-BC0D-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A8604A3-29B8-11EB-BBDD-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A8604A4-29B8-11EB-BBDD-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5834A4F8-21B9-11EE-BC0D-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5834A808-21B9-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5834A744-21B9-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20AB9253-29B8-11EB-BBDD-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20AB9254-29B8-11EB-BBDD-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20AB9255-29B8-11EB-BBDD-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52375A0E-21B9-11EE-BC0D-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52375AAE-21B9-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5237596E-21B9-11EE-BC0D-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1978C9B1-21BA-11EE-BC0D-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C15929F-D795-11ED-BC05-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6FAC9BA0-5A44-11EA-BBCE-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C762C29-424C-11E8-A155-00259035BB6741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44993A25-424C-11E8-A155-00259035BB6742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74E919ED-424C-11E8-A155-00259035BB6743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EFD0D90-424C-11E8-A155-00259035BB6744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EFD0DA3-424C-11E8-A155-00259035BB6745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B10217C9-424C-11E8-A155-00259035BB6746.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB376-424C-11E8-A155-00259035BB6747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D0A45DC-424D-11E8-A155-00259035BB6748.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443A2ADB-4251-11E8-A155-00259035BB6749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2D31FF2-63AF-11EF-BC4D-00505692C44750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2D31E32-63AF-11EF-BC4D-00505692C44751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BCC7C57F-63AF-11EF-BC4D-00505692C44752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BCC7C485-63AF-11EF-BC4D-00505692C44753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BCC7C183-63AF-11EF-BC4D-00505692C44754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BCC7C379-63AF-11EF-BC4D-00505692C44755.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1477,111 +1444,111 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>15</xdr:row>
+      <xdr:row>20</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>21</xdr:row>
+      <xdr:row>25</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>26</xdr:row>
+      <xdr:row>27</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -2690,80 +2657,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>65</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="55" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -3022,62 +2959,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-3-predmeta-tramontina-03110627/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-bereza-pintinox-03110633/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-mahagon-pintinox-03110634/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-tik-pintinox-03110635/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-24predmeta-eternum-03110637/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-aps-03110639/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-pintinox-03110642/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-pintinox-03110644/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-pintinox-03110645/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-pintinox-03110646/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-pintinox-03110647/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-arthur-price-03110649/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-arthur-price-03110650/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-arthur-price-03110651/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-arthur-price-03110655/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-arthur-price-03110656/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-pintinox-03110657/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-pintinox-03110658/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-pintinox-03110659/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-pintinox-03110660/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-pintinox-03110661/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-pintinox-03110662/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-pintinox-03110663/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-pintinox-03110664/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-pintinox-03110665/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-pintinox-03110666/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-pavlov-03110667/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-4-predmeta-pintinox-03110669/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-24-predm-pintinox-03110671/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-detskiy-4pr-ta-sambonet-03112020/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-guy-degrenne-03112021/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-guy-degrenne-03112025/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-mepra-03112027/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-mepra-03112028/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-mepra-03112029/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-mepra-03112030/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-mepra-03112031/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-mepra-03112032/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-mepra-03112033/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-mepra-03112034/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-mepra-03112035/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-mepra-03112036/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-mepra-03112037/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-mepra-03112038/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-mepra-03112039/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-podarochnyy-serax-03112040/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-podarochnyy-serax-03112041/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-podarochnyy-serax-03112042/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/detskiy-nabor-iz-2-predmetov-tramontina-03114421/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-dobrostal-nytva-03115070/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-3pr-ta-pintinox-04071324/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhkavilka-dlya-salata-eternum-04110321/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhkavilka-dlya-salata-eternum-04110324/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhkavilka-dlya-salata-eternum-04110332/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhkavilka-dlya-salata-eternum-04110338/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhkavilka-dlya-salata-eternum-04110342/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhkavilka-dlya-salata-eternum-04110346/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-eternum-04110350/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhkavilka-dlya-salata-eternum-04110371/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-eternum-04110747/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-eternum-03115214/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-kunstwerk-03115195/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-kunstwerk-03115216/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-pintinox-03115215/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-kunstwerk-03115217/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-eternum-03115219/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-kunstwerk-03115196/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-3-predmeta-tramontina-03110627/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-bereza-pintinox-03110633/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-mahagon-pintinox-03110634/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-tik-pintinox-03110635/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-24predmeta-eternum-03110637/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-aps-03110639/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-pintinox-03110642/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-pintinox-03110644/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-pintinox-03110645/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-pintinox-03110646/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-pintinox-03110647/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-arthur-price-03110649/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-arthur-price-03110650/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-arthur-price-03110651/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-arthur-price-03110656/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-pintinox-03110657/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-pintinox-03110658/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-pintinox-03110659/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-pintinox-03110660/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-pintinox-03110661/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-pintinox-03110662/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-pintinox-03110663/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-pintinox-03110664/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-pintinox-03110665/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-pintinox-03110666/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-pavlov-03110667/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-4-predmeta-pintinox-03110669/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-24-predm-pintinox-03110671/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-detskiy-4pr-ta-sambonet-03112020/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-guy-degrenne-03112021/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-guy-degrenne-03112025/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-mepra-03112027/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-mepra-03112028/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-mepra-03112029/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-mepra-03112030/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-mepra-03112031/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-mepra-03112032/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-mepra-03112033/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-mepra-03112034/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-mepra-03112035/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-mepra-03112036/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-mepra-03112037/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-mepra-03112038/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-mepra-03112039/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-podarochnyy-serax-03112040/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-podarochnyy-serax-03112041/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-podarochnyy-serax-03112042/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/detskiy-nabor-iz-2-predmetov-tramontina-03114421/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-dobrostal-nytva-03115070/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-3pr-ta-pintinox-04071324/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhkavilka-dlya-salata-eternum-04110321/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhkavilka-dlya-salata-eternum-04110324/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhkavilka-dlya-salata-eternum-04110332/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhkavilka-dlya-salata-eternum-04110338/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhkavilka-dlya-salata-eternum-04110342/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhkavilka-dlya-salata-eternum-04110346/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-eternum-04110350/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhkavilka-dlya-salata-eternum-04110371/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-eternum-04110747/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-eternum-03115214/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-kunstwerk-03115195/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-kunstwerk-03115216/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-pintinox-03115215/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-kunstwerk-03115217/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stolovyh-priborov-eternum-03115219/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L68"/>
+  <dimension ref="A1:L66"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I68" sqref="I68"/>
+      <selection activeCell="I66" sqref="I66"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -3252,2044 +3189,1979 @@
         <v>37</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>38</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>39</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F6" s="0" t="s">
         <v>41</v>
       </c>
       <c r="G6" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>43</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="L6" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="C7" s="0" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="D7" s="0">
         <v>16905</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="H7" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I7" s="1" t="s">
         <v>48</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="C8" s="0" t="s">
         <v>50</v>
       </c>
-      <c r="C8" s="0" t="s">
+      <c r="D8" s="0" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="0" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="0"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>55</v>
       </c>
-      <c r="C9" s="0" t="s">
+      <c r="D9" s="0" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="0" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="G9" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>60</v>
       </c>
-      <c r="C10" s="0" t="s">
+      <c r="D10" s="0" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>63</v>
       </c>
-      <c r="C11" s="0" t="s">
+      <c r="D11" s="0" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>66</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>69</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="D13" s="0" t="s">
         <v>70</v>
       </c>
-      <c r="D13" s="0" t="s">
+      <c r="E13" s="0" t="s">
         <v>71</v>
       </c>
-      <c r="E13" s="0" t="s">
+      <c r="F13" s="0" t="s">
         <v>72</v>
       </c>
-      <c r="F13" s="0" t="s">
+      <c r="G13" s="0" t="s">
         <v>73</v>
       </c>
-      <c r="G13" s="0" t="s">
+      <c r="H13" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I13" s="1" t="s">
         <v>74</v>
-      </c>
-[...4 lines deleted...]
-        <v>75</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>76</v>
+        <v>19</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="C14" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="D14" s="0" t="s">
         <v>77</v>
       </c>
-      <c r="C14" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E14" s="0" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="H14" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I14" s="1" t="s">
         <v>74</v>
-      </c>
-[...4 lines deleted...]
-        <v>75</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>80</v>
+        <v>19</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="C15" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="D15" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="E15" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="F15" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="G15" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="H15" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I15" s="1" t="s">
         <v>81</v>
-      </c>
-[...16 lines deleted...]
-        <v>84</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
-      <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="C16" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="D16" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="E16" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="F16" s="0" t="s">
         <v>85</v>
       </c>
-      <c r="D16" s="0" t="s">
+      <c r="G16" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="H16" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I16" s="1" t="s">
         <v>86</v>
-      </c>
-[...13 lines deleted...]
-        <v>88</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L16" s="0"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="B17" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="C17" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="D17" s="0" t="s">
         <v>89</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="E17" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="F17" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="D17" s="0" t="s">
+      <c r="G17" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="H17" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I17" s="1" t="s">
         <v>91</v>
-      </c>
-[...13 lines deleted...]
-        <v>93</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="0"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="B18" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="C18" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="D18" s="0" t="s">
         <v>94</v>
-      </c>
-[...4 lines deleted...]
-        <v>96</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="0"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="B19" s="0" t="s">
-        <v>99</v>
+        <v>92</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="0"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="B20" s="0" t="s">
-        <v>99</v>
+        <v>92</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="0"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
+      <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F21" s="0" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L21" s="0"/>
+      <c r="L21" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
-      <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>112</v>
+        <v>92</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F22" s="0" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L22" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L22" s="0"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="B23" s="0" t="s">
-        <v>99</v>
+        <v>92</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="0"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="B24" s="0" t="s">
-        <v>99</v>
+        <v>92</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="0"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="B25" s="0" t="s">
-        <v>99</v>
+        <v>92</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L25" s="0"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
+      <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>99</v>
+        <v>92</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="0"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
-      <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>99</v>
+        <v>130</v>
       </c>
       <c r="C27" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="D27" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="E27" s="0" t="s">
         <v>133</v>
       </c>
-      <c r="D27" s="0" t="s">
+      <c r="F27" s="0"/>
+      <c r="G27" s="0" t="s">
         <v>134</v>
       </c>
-      <c r="E27" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F27" s="0" t="s">
+      <c r="H27" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I27" s="1" t="s">
         <v>135</v>
-      </c>
-[...7 lines deleted...]
-        <v>136</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L27" s="0"/>
+      <c r="L27" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
+      <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="D28" s="0" t="s">
         <v>137</v>
       </c>
-      <c r="C28" s="0" t="s">
+      <c r="E28" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="F28" s="0" t="s">
         <v>138</v>
       </c>
-      <c r="D28" s="0" t="s">
+      <c r="G28" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="H28" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I28" s="1" t="s">
         <v>139</v>
-      </c>
-[...11 lines deleted...]
-        <v>142</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>76</v>
+        <v>19</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>99</v>
+        <v>140</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>145</v>
+        <v>24</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L29" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L29" s="0"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="D30" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="E30" s="0" t="s">
         <v>147</v>
       </c>
-      <c r="C30" s="0" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L30" s="0"/>
+      <c r="L30" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="D31" s="0">
+        <v>195162</v>
+      </c>
+      <c r="E31" s="0" t="s">
         <v>151</v>
       </c>
-      <c r="C31" s="0" t="s">
+      <c r="F31" s="0" t="s">
         <v>152</v>
       </c>
-      <c r="D31" s="0" t="s">
+      <c r="G31" s="0" t="s">
         <v>153</v>
       </c>
-      <c r="E31" s="0" t="s">
+      <c r="H31" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I31" s="1" t="s">
         <v>154</v>
-      </c>
-[...8 lines deleted...]
-        <v>155</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L31" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L31" s="0"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="D32" s="0">
+        <v>191421</v>
+      </c>
+      <c r="E32" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="F32" s="0" t="s">
         <v>156</v>
       </c>
-      <c r="C32" s="0" t="s">
+      <c r="G32" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="H32" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I32" s="1" t="s">
         <v>157</v>
-      </c>
-[...16 lines deleted...]
-        <v>161</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L32" s="0"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>99</v>
+        <v>158</v>
       </c>
       <c r="C33" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="D33" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="E33" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="F33" s="0"/>
+      <c r="G33" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="H33" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I33" s="1" t="s">
         <v>162</v>
-      </c>
-[...16 lines deleted...]
-        <v>164</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L33" s="0"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="C34" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="D34" s="0" t="s">
         <v>165</v>
       </c>
-      <c r="C34" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E34" s="0" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L34" s="0"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L35" s="0"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L36" s="0"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L37" s="0"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L38" s="0"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L39" s="0"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L40" s="0"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L41" s="0"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L42" s="0"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L43" s="0"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L44" s="0"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L45" s="0"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="C46" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="D46" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="E46" s="0" t="s">
         <v>214</v>
       </c>
-      <c r="C46" s="0" t="s">
+      <c r="F46" s="0" t="s">
         <v>215</v>
       </c>
-      <c r="D46" s="0" t="s">
+      <c r="G46" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H46" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I46" s="1" t="s">
         <v>216</v>
-      </c>
-[...11 lines deleted...]
-        <v>217</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L46" s="0"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="C47" s="0" t="s">
         <v>218</v>
       </c>
-      <c r="C47" s="0" t="s">
+      <c r="D47" s="0" t="s">
         <v>219</v>
       </c>
-      <c r="D47" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E47" s="0" t="s">
-        <v>221</v>
+        <v>214</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>222</v>
+        <v>215</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L47" s="0"/>
+      <c r="L47" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>221</v>
+        <v>214</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>222</v>
+        <v>215</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L48" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L48" s="0"/>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="D49" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="E49" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F49" s="0" t="s">
         <v>228</v>
       </c>
-      <c r="C49" s="0" t="s">
+      <c r="G49" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H49" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I49" s="1" t="s">
         <v>229</v>
-      </c>
-[...16 lines deleted...]
-        <v>231</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L49" s="0"/>
+      <c r="L49" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="C50" s="0" t="s">
+        <v>231</v>
+      </c>
+      <c r="D50" s="0" t="s">
         <v>232</v>
       </c>
-      <c r="C50" s="0" t="s">
+      <c r="E50" s="0" t="s">
         <v>233</v>
       </c>
-      <c r="D50" s="0" t="s">
+      <c r="F50" s="0" t="s">
         <v>234</v>
       </c>
-      <c r="E50" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F50" s="0" t="s">
+      <c r="G50" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="H50" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I50" s="1" t="s">
         <v>235</v>
-      </c>
-[...7 lines deleted...]
-        <v>236</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L50" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
+        <v>236</v>
+      </c>
+      <c r="C51" s="0" t="s">
         <v>237</v>
       </c>
-      <c r="C51" s="0" t="s">
+      <c r="D51" s="0" t="s">
         <v>238</v>
       </c>
-      <c r="D51" s="0" t="s">
+      <c r="E51" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="F51" s="0" t="s">
         <v>239</v>
       </c>
-      <c r="E51" s="0" t="s">
+      <c r="G51" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="H51" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I51" s="1" t="s">
         <v>240</v>
-      </c>
-[...10 lines deleted...]
-        <v>242</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L51" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
+        <v>241</v>
+      </c>
+      <c r="C52" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="D52" s="0" t="s">
         <v>243</v>
       </c>
-      <c r="C52" s="0" t="s">
+      <c r="E52" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="F52" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="G52" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H52" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I52" s="1" t="s">
         <v>244</v>
-      </c>
-[...16 lines deleted...]
-        <v>247</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>80</v>
+        <v>245</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="C53" s="0" t="s">
+        <v>247</v>
+      </c>
+      <c r="D53" s="0" t="s">
         <v>248</v>
-      </c>
-[...4 lines deleted...]
-        <v>250</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>41</v>
+        <v>249</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
+        <v>252</v>
+      </c>
+      <c r="C54" s="0" t="s">
         <v>253</v>
       </c>
-      <c r="C54" s="0" t="s">
+      <c r="D54" s="0" t="s">
         <v>254</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="G54" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="L54" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
+        <v>258</v>
+      </c>
+      <c r="C55" s="0" t="s">
         <v>259</v>
       </c>
-      <c r="C55" s="0" t="s">
+      <c r="D55" s="0" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="L55" s="0">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
+        <v>264</v>
+      </c>
+      <c r="C56" s="0" t="s">
         <v>265</v>
       </c>
-      <c r="C56" s="0" t="s">
+      <c r="D56" s="0" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>270</v>
+        <v>19</v>
       </c>
       <c r="L56" s="0">
-        <v>15</v>
+        <v>60</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="C57" s="0" t="s">
+        <v>270</v>
+      </c>
+      <c r="D57" s="0" t="s">
         <v>271</v>
-      </c>
-[...4 lines deleted...]
-        <v>273</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>19</v>
+        <v>274</v>
       </c>
       <c r="L57" s="0">
-        <v>60</v>
+        <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="C58" s="0" t="s">
         <v>276</v>
       </c>
-      <c r="C58" s="0" t="s">
+      <c r="D58" s="0" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>281</v>
+        <v>19</v>
       </c>
       <c r="L58" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
+        <v>280</v>
+      </c>
+      <c r="C59" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="D59" s="0" t="s">
         <v>282</v>
-      </c>
-[...4 lines deleted...]
-        <v>284</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L59" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
+        <v>285</v>
+      </c>
+      <c r="C60" s="0" t="s">
+        <v>286</v>
+      </c>
+      <c r="D60" s="0" t="s">
         <v>287</v>
-      </c>
-[...4 lines deleted...]
-        <v>289</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L60" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>293</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="D61" s="0"/>
       <c r="E61" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>295</v>
+        <v>267</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L61" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="D62" s="0"/>
       <c r="E62" s="0" t="s">
-        <v>40</v>
+        <v>295</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>274</v>
+        <v>296</v>
       </c>
       <c r="G62" s="0" t="s">
-        <v>42</v>
+        <v>297</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>19</v>
+        <v>245</v>
       </c>
       <c r="L62" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
+        <v>299</v>
+      </c>
+      <c r="C63" s="0" t="s">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
       <c r="D63" s="0"/>
       <c r="E63" s="0" t="s">
+        <v>295</v>
+      </c>
+      <c r="F63" s="0" t="s">
+        <v>301</v>
+      </c>
+      <c r="G63" s="0" t="s">
+        <v>297</v>
+      </c>
+      <c r="H63" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I63" s="1" t="s">
         <v>302</v>
-      </c>
-[...10 lines deleted...]
-        <v>305</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L63" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="D64" s="0"/>
       <c r="E64" s="0" t="s">
-        <v>302</v>
+        <v>23</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>304</v>
+        <v>25</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L64" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="D65" s="0"/>
       <c r="E65" s="0" t="s">
-        <v>23</v>
+        <v>295</v>
       </c>
       <c r="F65" s="0" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="G65" s="0" t="s">
-        <v>25</v>
+        <v>297</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L65" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="D66" s="0"/>
       <c r="E66" s="0" t="s">
-        <v>302</v>
+        <v>40</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>316</v>
+        <v>261</v>
       </c>
       <c r="G66" s="0" t="s">
-        <v>304</v>
+        <v>42</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L66" s="0">
-        <v>1</v>
-[...61 lines deleted...]
-      <c r="L68" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
@@ -5317,52 +5189,50 @@
     <hyperlink ref="B42" r:id="rId_hyperlink_41"/>
     <hyperlink ref="B43" r:id="rId_hyperlink_42"/>
     <hyperlink ref="B44" r:id="rId_hyperlink_43"/>
     <hyperlink ref="B45" r:id="rId_hyperlink_44"/>
     <hyperlink ref="B46" r:id="rId_hyperlink_45"/>
     <hyperlink ref="B47" r:id="rId_hyperlink_46"/>
     <hyperlink ref="B48" r:id="rId_hyperlink_47"/>
     <hyperlink ref="B49" r:id="rId_hyperlink_48"/>
     <hyperlink ref="B50" r:id="rId_hyperlink_49"/>
     <hyperlink ref="B51" r:id="rId_hyperlink_50"/>
     <hyperlink ref="B52" r:id="rId_hyperlink_51"/>
     <hyperlink ref="B53" r:id="rId_hyperlink_52"/>
     <hyperlink ref="B54" r:id="rId_hyperlink_53"/>
     <hyperlink ref="B55" r:id="rId_hyperlink_54"/>
     <hyperlink ref="B56" r:id="rId_hyperlink_55"/>
     <hyperlink ref="B57" r:id="rId_hyperlink_56"/>
     <hyperlink ref="B58" r:id="rId_hyperlink_57"/>
     <hyperlink ref="B59" r:id="rId_hyperlink_58"/>
     <hyperlink ref="B60" r:id="rId_hyperlink_59"/>
     <hyperlink ref="B61" r:id="rId_hyperlink_60"/>
     <hyperlink ref="B62" r:id="rId_hyperlink_61"/>
     <hyperlink ref="B63" r:id="rId_hyperlink_62"/>
     <hyperlink ref="B64" r:id="rId_hyperlink_63"/>
     <hyperlink ref="B65" r:id="rId_hyperlink_64"/>
     <hyperlink ref="B66" r:id="rId_hyperlink_65"/>
-    <hyperlink ref="B67" r:id="rId_hyperlink_66"/>
-    <hyperlink ref="B68" r:id="rId_hyperlink_67"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>