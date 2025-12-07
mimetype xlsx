--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -71,1290 +71,1290 @@
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Ложка для мисосупа;фарфор;,H=55,L=155,B=135мм;белый</t>
   </si>
   <si>
     <t>03110149</t>
   </si>
   <si>
     <t>Revol</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>Ложки для мисосупа</t>
   </si>
   <si>
     <t>3650.00₸</t>
   </si>
   <si>
-    <t>28 шт.</t>
+    <t>27 шт.</t>
   </si>
   <si>
     <t>Ложка для бульона «Багет»;сталь нерж.;,L=175/55,B=3мм;металлич.</t>
   </si>
   <si>
     <t>03110156</t>
   </si>
   <si>
     <t>2610-33</t>
   </si>
   <si>
     <t>Eternum</t>
   </si>
   <si>
     <t>Baguette</t>
   </si>
   <si>
     <t>БЕЛЬГИЯ</t>
   </si>
   <si>
     <t>Ложки для бульона</t>
   </si>
   <si>
     <t>2796.00₸</t>
   </si>
   <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Осло»;сталь нерж.;,L=184/57,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110166</t>
+  </si>
+  <si>
+    <t>1930-33</t>
+  </si>
+  <si>
+    <t>Oslo</t>
+  </si>
+  <si>
+    <t>5167.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Атлантис»;сталь нерж.;,L=170/50,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110171</t>
+  </si>
+  <si>
+    <t>3010-33</t>
+  </si>
+  <si>
+    <t>Atlantis</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Ложка для мисосупа «Монако Вайт»;фарфор;,L=130,B=45мм;белый</t>
+  </si>
+  <si>
+    <t>03110172</t>
+  </si>
+  <si>
+    <t>9001 C244</t>
+  </si>
+  <si>
+    <t>Steelite</t>
+  </si>
+  <si>
+    <t>Monaco White</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
+  </si>
+  <si>
+    <t>5837.00₸</t>
+  </si>
+  <si>
+    <t>36 шт.</t>
+  </si>
+  <si>
+    <t>Ложка для мисосупа «Проотель»;фарфор</t>
+  </si>
+  <si>
+    <t>03110197</t>
+  </si>
+  <si>
+    <t>sn201-2</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>182.00₸</t>
+  </si>
+  <si>
+    <t>0 шт.</t>
+  </si>
+  <si>
+    <t>Ложка для мисосупа «Кунстверк»;фарфор;,L=130,B=35мм;белый</t>
+  </si>
+  <si>
+    <t>03110198</t>
+  </si>
+  <si>
+    <t>A6451</t>
+  </si>
+  <si>
+    <t>Kunstwerk</t>
+  </si>
+  <si>
+    <t>329.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Аляска»;сталь нерж.;,L=180/55,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111023</t>
+  </si>
+  <si>
+    <t>2080-33</t>
+  </si>
+  <si>
+    <t>Alaska</t>
+  </si>
+  <si>
+    <t>3281.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Библос»;сталь нерж.;,L=17,3см;металлич.</t>
+  </si>
+  <si>
+    <t>03111039</t>
+  </si>
+  <si>
+    <t>1840-33</t>
+  </si>
+  <si>
+    <t>Byblos</t>
+  </si>
+  <si>
+    <t>7323.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Орли»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03111044</t>
+  </si>
+  <si>
+    <t>1420-33</t>
+  </si>
+  <si>
+    <t>Orly</t>
+  </si>
+  <si>
+    <t>1048.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «X-LO»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03111046</t>
+  </si>
+  <si>
+    <t>3090-33</t>
+  </si>
+  <si>
+    <t>X-LO</t>
+  </si>
+  <si>
+    <t>1440.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Ивен»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03111061</t>
+  </si>
+  <si>
+    <t>52537-02</t>
+  </si>
+  <si>
+    <t>Sambonet</t>
+  </si>
+  <si>
+    <t>Even</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>5052.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мисосупа «Кунстверк»;фарфор;,H=10,L=140,B=47мм;белый</t>
+  </si>
+  <si>
+    <t>03111101</t>
+  </si>
+  <si>
+    <t>A0235</t>
+  </si>
+  <si>
+    <t>413.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Ложка для мисосупа «Кунстверк»;фарфор;,H=10,L=140,B=47мм;черный</t>
+  </si>
+  <si>
+    <t>03111103</t>
+  </si>
+  <si>
+    <t>A0235W13</t>
+  </si>
+  <si>
+    <t>686.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мисосупа «Аура»;фарфор;,H=40,L=133,B=43мм;белый</t>
+  </si>
+  <si>
+    <t>03111106</t>
+  </si>
+  <si>
+    <t>6300 P358</t>
+  </si>
+  <si>
+    <t>Rene Ozorio</t>
+  </si>
+  <si>
+    <t>Aura</t>
+  </si>
+  <si>
+    <t>2934.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мисосупа «Кунстверк»;фарфор;,H=13,L=150,B=40мм;белый</t>
+  </si>
+  <si>
+    <t>03111107</t>
+  </si>
+  <si>
+    <t>A5242</t>
+  </si>
+  <si>
+    <t>1057.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мисосупа «Кунстверк»;фарфор;,H=14,L=140,B=45мм;белый</t>
+  </si>
+  <si>
+    <t>03111108</t>
+  </si>
+  <si>
+    <t>A3500</t>
+  </si>
+  <si>
+    <t>567.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мисосупа «Кунстверк»;фарфор;,H=14,L=140,B=45мм;черный</t>
+  </si>
+  <si>
+    <t>03111109</t>
+  </si>
+  <si>
+    <t>A3500W13</t>
+  </si>
+  <si>
+    <t>665.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мисосупа «Кунстверк»;фарфор;,H=9,L=130,B=48мм;черный</t>
+  </si>
+  <si>
+    <t>03111110</t>
+  </si>
+  <si>
+    <t>A15195W13</t>
+  </si>
+  <si>
+    <t>546.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мисосупа «Сохо» сервировочная с подставкой;керамика;,L=23,B=11см;тем.корич.</t>
+  </si>
+  <si>
+    <t>03111112</t>
+  </si>
+  <si>
+    <t>S10-113-18</t>
+  </si>
+  <si>
+    <t>Beckers</t>
+  </si>
+  <si>
+    <t>2667.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мисосупа «Кунстверк»;керамика;,H=3,L=16,B=4см;зелен.</t>
+  </si>
+  <si>
+    <t>03111113</t>
+  </si>
+  <si>
+    <t>G055-Green</t>
+  </si>
+  <si>
+    <t>1953.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Диаз»;сталь нерж.;,L=182/51,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111115</t>
+  </si>
+  <si>
+    <t>T5109</t>
+  </si>
+  <si>
+    <t>Chef&amp;Sommelier</t>
+  </si>
+  <si>
+    <t>Diaz</t>
+  </si>
+  <si>
+    <t>7490.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Киа»;сталь нерж.;,L=180/50,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111117</t>
+  </si>
+  <si>
+    <t>T5409</t>
+  </si>
+  <si>
+    <t>Kya</t>
+  </si>
+  <si>
+    <t>4053.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Лаццо»;сталь нерж.;,L=178/50,B=10мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111119</t>
+  </si>
+  <si>
+    <t>T4709</t>
+  </si>
+  <si>
+    <t>Lazzo</t>
+  </si>
+  <si>
+    <t>4564.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Миллениум»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03111132</t>
+  </si>
+  <si>
+    <t>Pintinox</t>
+  </si>
+  <si>
+    <t>Millenium</t>
+  </si>
+  <si>
+    <t>2734.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Пэлас»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03111133</t>
+  </si>
+  <si>
+    <t>Palace</t>
+  </si>
+  <si>
+    <t>2118.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Витториале»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03111135</t>
+  </si>
+  <si>
+    <t>Vittoriale</t>
+  </si>
+  <si>
+    <t>3119.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мисосупа «Опшенс»;фарфор;белый</t>
+  </si>
+  <si>
+    <t>03111138</t>
+  </si>
+  <si>
+    <t>71 7900</t>
+  </si>
+  <si>
+    <t>Bauscher</t>
+  </si>
+  <si>
+    <t>Options</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>9356.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Ложка для мисосупа;фарфор;,L=13см;белый</t>
+  </si>
+  <si>
+    <t>03111139</t>
+  </si>
+  <si>
+    <t>1733.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Бамбу»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03111174</t>
+  </si>
+  <si>
+    <t>52519-02</t>
+  </si>
+  <si>
+    <t>Bamboo</t>
+  </si>
+  <si>
+    <t>9656.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Кингс Стэйнлесс Стил»;сталь нерж.;,L=177/50,B=49мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03111192</t>
+  </si>
+  <si>
+    <t>ZKIS0050</t>
+  </si>
+  <si>
+    <t>Arthur Price</t>
+  </si>
+  <si>
+    <t>Kings Stainless Steel</t>
+  </si>
+  <si>
+    <t>3927.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мисосупа «Кунстверк»;фарфор;,H=90,L=130,B=48мм;белый</t>
+  </si>
+  <si>
+    <t>03112835</t>
+  </si>
+  <si>
+    <t>A15195</t>
+  </si>
+  <si>
+    <t>385.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Блэк Оук»;сталь нерж.;,L=18см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>03112839</t>
+  </si>
+  <si>
+    <t>T9209</t>
+  </si>
+  <si>
+    <t>Black Oak</t>
+  </si>
+  <si>
+    <t>6475.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Тотал блэк»;сталь нерж.;черный</t>
+  </si>
+  <si>
+    <t>03112843</t>
+  </si>
+  <si>
+    <t>19D00039</t>
+  </si>
+  <si>
+    <t>Infinito bl</t>
+  </si>
+  <si>
+    <t>4898.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Фултон Винтаж Коппер» состаренная;сталь нерж.;,L=16,5см;медный</t>
+  </si>
+  <si>
+    <t>03112887</t>
+  </si>
+  <si>
+    <t>5735SX002</t>
+  </si>
+  <si>
+    <t>Fulton Vintage Copper</t>
+  </si>
+  <si>
+    <t>2865.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Экко»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03112916</t>
+  </si>
+  <si>
+    <t>56.0489.6040</t>
+  </si>
+  <si>
+    <t>Hepp</t>
+  </si>
+  <si>
+    <t>Ecco</t>
+  </si>
+  <si>
+    <t>1810.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Анзо»;сталь нерж.;,L=180/45,B=50мм;металлич.</t>
+  </si>
+  <si>
+    <t>03112923</t>
+  </si>
+  <si>
+    <t>1820-33</t>
+  </si>
+  <si>
+    <t>Anzo</t>
+  </si>
+  <si>
+    <t>3658.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Гест стар»;сталь нерж.;,L=18,5см</t>
+  </si>
+  <si>
+    <t>03113008</t>
+  </si>
+  <si>
+    <t>Guy Degrenne</t>
+  </si>
+  <si>
+    <t>Guest Star</t>
+  </si>
+  <si>
+    <t>7477.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Эксклюзив»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03113013</t>
+  </si>
+  <si>
+    <t>01.0025.1630</t>
+  </si>
+  <si>
+    <t>Exclusiv</t>
+  </si>
+  <si>
+    <t>4112.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Эмоушн»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03113014</t>
+  </si>
+  <si>
+    <t>01.0054.1630</t>
+  </si>
+  <si>
+    <t>Emotion</t>
+  </si>
+  <si>
+    <t>4220.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03113015</t>
+  </si>
+  <si>
+    <t>01.0050.1630</t>
+  </si>
+  <si>
+    <t>4320.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Чиппендейл»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03113016</t>
+  </si>
+  <si>
+    <t>01.0043.1630</t>
+  </si>
+  <si>
+    <t>Chippendale</t>
+  </si>
+  <si>
+    <t>5183.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Контур»;сталь нерж.</t>
+  </si>
+  <si>
+    <t>03113017</t>
+  </si>
+  <si>
+    <t>01.0036.1630</t>
+  </si>
+  <si>
+    <t>Contour</t>
+  </si>
+  <si>
+    <t>4851.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона;сталь нерж.</t>
+  </si>
+  <si>
+    <t>03113018</t>
+  </si>
+  <si>
+    <t>01.0053.1630</t>
+  </si>
+  <si>
+    <t>Accent</t>
+  </si>
+  <si>
+    <t>4875.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Медан»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03113019</t>
+  </si>
+  <si>
+    <t>56.4489.6040</t>
+  </si>
+  <si>
+    <t>Medan</t>
+  </si>
+  <si>
+    <t>4366.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Даймонд»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03113020</t>
+  </si>
+  <si>
+    <t>01.0042.1630</t>
+  </si>
+  <si>
+    <t>Diamond</t>
+  </si>
+  <si>
+    <t>4813.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Багет»;сталь нерж.;,L=16,2см;металлич.</t>
+  </si>
+  <si>
+    <t>03113021</t>
+  </si>
+  <si>
+    <t>1610-33</t>
+  </si>
+  <si>
+    <t>2357.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Аркада»;сталь нерж.;,L=17,3см;металлич.</t>
+  </si>
+  <si>
+    <t>03113022</t>
+  </si>
+  <si>
+    <t>1620-33</t>
+  </si>
+  <si>
+    <t>Arcade</t>
+  </si>
+  <si>
+    <t>2180.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Рубан»;сталь нерж.;,L=17,3см;металлич.</t>
+  </si>
+  <si>
+    <t>03113024</t>
+  </si>
+  <si>
+    <t>1640-33</t>
+  </si>
+  <si>
+    <t>Ruban</t>
+  </si>
+  <si>
+    <t>3396.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Лувр»;сталь нерж.;,L=16,5см;серебрян.</t>
+  </si>
+  <si>
+    <t>03113025</t>
+  </si>
+  <si>
+    <t>1650-33</t>
+  </si>
+  <si>
+    <t>Louvre</t>
+  </si>
+  <si>
+    <t>3157.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Ансер»;,L=173,B=25мм;металлич.</t>
+  </si>
+  <si>
+    <t>03113026</t>
+  </si>
+  <si>
+    <t>1670-33</t>
+  </si>
+  <si>
+    <t>Anser</t>
+  </si>
+  <si>
+    <t>2819.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мисосупа «Млечный путь» с подставкой;фарфор;,H=3,L=14см;черный,серый</t>
+  </si>
+  <si>
+    <t>03113031</t>
+  </si>
+  <si>
+    <t>ФРФ88806753</t>
+  </si>
+  <si>
+    <t>Борисовская Керамика</t>
+  </si>
+  <si>
+    <t>Млечный Путь</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>4351.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мисосупа «Карбон»;фарфор;,L=15/5см;черный,матовый</t>
+  </si>
+  <si>
+    <t>03113035</t>
+  </si>
+  <si>
+    <t>ФРФ88805211</t>
+  </si>
+  <si>
+    <t>Carbone</t>
+  </si>
+  <si>
+    <t>1271.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мисосупа «Карбон» с подставкой;фарфор;,H=45,L=150/60мм;черный,матовый</t>
+  </si>
+  <si>
+    <t>03113036</t>
+  </si>
+  <si>
+    <t>ФРФ88806711</t>
+  </si>
+  <si>
+    <t>2233.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мисосупа «Малахит»;фарфор;,H=3,L=15/5см;черный,зелен.</t>
+  </si>
+  <si>
+    <t>03113037</t>
+  </si>
+  <si>
+    <t>ФРФ88805238</t>
+  </si>
+  <si>
+    <t>Малахит</t>
+  </si>
+  <si>
+    <t>1225.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мисосупа «Малахит» с подставкой;фарфор;,H=45,L=150/50мм;черный,зелен.</t>
+  </si>
+  <si>
+    <t>03113038</t>
+  </si>
+  <si>
+    <t>ФРФ88806738</t>
+  </si>
+  <si>
+    <t>2156.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Дистрест»;сталь нерж.;,L=16,5см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>03113077</t>
+  </si>
+  <si>
+    <t>5727SX002</t>
+  </si>
+  <si>
+    <t>Varick By Steelite</t>
+  </si>
+  <si>
+    <t>Distressed Briar</t>
+  </si>
+  <si>
+    <t>ИНДИЯ</t>
+  </si>
+  <si>
+    <t>6153.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Мескана»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03114005</t>
+  </si>
+  <si>
+    <t>56.1389.6040</t>
+  </si>
+  <si>
+    <t>Mescana</t>
+  </si>
+  <si>
+    <t>4243.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мисосупа «Киото-вайт»;сталь нерж.;белый</t>
+  </si>
+  <si>
+    <t>03114009</t>
+  </si>
+  <si>
+    <t>Broggi</t>
+  </si>
+  <si>
+    <t>Kyoto-white</t>
+  </si>
+  <si>
+    <t>7500.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Астория»;сталь нерж.;,L=182/50,B=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>03114024</t>
+  </si>
+  <si>
+    <t>1520-33</t>
+  </si>
+  <si>
+    <t>Astoria</t>
+  </si>
+  <si>
+    <t>2657.00₸</t>
+  </si>
+  <si>
+    <t>46 шт.</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Орсэй»;сталь нерж.;,L=183/50,B=45мм</t>
+  </si>
+  <si>
+    <t>03114025</t>
+  </si>
+  <si>
+    <t>990-33</t>
+  </si>
+  <si>
+    <t>Orsay</t>
+  </si>
+  <si>
+    <t>1448.00₸</t>
+  </si>
+  <si>
+    <t>12 шт.</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Ханиборн»;сталь нерж.;,L=20,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03114027</t>
+  </si>
+  <si>
+    <t>5976SX002</t>
+  </si>
+  <si>
+    <t>Honeybourne</t>
+  </si>
+  <si>
+    <t>3596.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мисосупа;пластик;,L=14см;белый</t>
+  </si>
+  <si>
+    <t>03114041</t>
+  </si>
+  <si>
+    <t>026/White</t>
+  </si>
+  <si>
+    <t>KYOTO</t>
+  </si>
+  <si>
+    <t>ТАЙВАНЬ (КИТАЙ)</t>
+  </si>
+  <si>
+    <t>670.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Ханна антик»;сталь нерж.;,L=16,6см;металлич.</t>
+  </si>
+  <si>
+    <t>03114044</t>
+  </si>
+  <si>
+    <t>52620-02</t>
+  </si>
+  <si>
+    <t>Hannah Antiq</t>
+  </si>
+  <si>
+    <t>6984.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мисосупа;пластик;,H=30,L=95,B=70мм;белый</t>
+  </si>
+  <si>
+    <t>03114045</t>
+  </si>
+  <si>
+    <t>026/156</t>
+  </si>
+  <si>
+    <t>553.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мисосупа «Маррон Реативо» с подставкой;фарфор;,H=3,L=14см;коричнев.,кремов.</t>
+  </si>
+  <si>
+    <t>03114068</t>
+  </si>
+  <si>
+    <t>ФРФ88806773</t>
+  </si>
+  <si>
+    <t>Marrone Reattivo</t>
+  </si>
+  <si>
+    <t>4197.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мисосупа «Эрбосо Реативо» с подставкой;фарфор;,H=3,L=14см;малахит.,кремов.</t>
+  </si>
+  <si>
+    <t>03114069</t>
+  </si>
+  <si>
+    <t>ФРФ88806775</t>
+  </si>
+  <si>
+    <t>Erboso Reattivo</t>
+  </si>
+  <si>
+    <t>3619.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мисосупа «Пати» с подставкой;фарфор;,H=3,L=14см;серый,синий</t>
+  </si>
+  <si>
+    <t>03114070</t>
+  </si>
+  <si>
+    <t>ФРФ88806793</t>
+  </si>
+  <si>
+    <t>Party</t>
+  </si>
+  <si>
+    <t>5044.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мисосупа «Пунто Бьянка»;фарфор;,H=3,L=14см;белый,черный</t>
+  </si>
+  <si>
+    <t>03114071</t>
+  </si>
+  <si>
+    <t>ФРФ88806751</t>
+  </si>
+  <si>
+    <t>Punto Bianca</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Лозанна»;сталь нерж.;,L=18,2см;металлич.</t>
+  </si>
+  <si>
+    <t>03114407</t>
+  </si>
+  <si>
+    <t>11LAUS 013</t>
+  </si>
+  <si>
+    <t>Sola</t>
+  </si>
+  <si>
+    <t>Lausanne</t>
+  </si>
+  <si>
+    <t>НИДЕРЛАНДЫ</t>
+  </si>
+  <si>
+    <t>4289.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Палермо»;сталь нерж.;,L=17см;металлич.</t>
+  </si>
+  <si>
+    <t>03114412</t>
+  </si>
+  <si>
+    <t>11PALP 023</t>
+  </si>
+  <si>
+    <t>Palermo</t>
+  </si>
+  <si>
+    <t>3797.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Эрмитаж»;сталь нерж.;,L=18см;металлич.</t>
+  </si>
+  <si>
+    <t>03114416</t>
+  </si>
+  <si>
+    <t>11HERM 023</t>
+  </si>
+  <si>
+    <t>Hermitage</t>
+  </si>
+  <si>
+    <t>2988.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Фюз мартеле»;сталь нерж.;,L=18,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03114424</t>
+  </si>
+  <si>
+    <t>Fuse Martele</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Багет»;сталь нерж.;,L=17,5см;серебрист.</t>
+  </si>
+  <si>
+    <t>03115061</t>
+  </si>
+  <si>
+    <t>52586-02</t>
+  </si>
+  <si>
+    <t>5029.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для палочек;фарфор;,H=15,L=70мм;черный</t>
+  </si>
+  <si>
+    <t>03171803</t>
+  </si>
+  <si>
+    <t>№17</t>
+  </si>
+  <si>
+    <t>IKER</t>
+  </si>
+  <si>
+    <t>Палочки китайские</t>
+  </si>
+  <si>
+    <t>439.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для палочек «Киото-блэк»;керамика;,H=15,L=70,B=20мм;черный</t>
+  </si>
+  <si>
+    <t>03171815</t>
+  </si>
+  <si>
+    <t>H2807/PT211</t>
+  </si>
+  <si>
+    <t>Kyoto-black</t>
+  </si>
+  <si>
+    <t>420.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для ложки для мисосупа «Кунстверк»;фарфор;,H=10,L=91,B=53мм;белый</t>
+  </si>
+  <si>
+    <t>03171818</t>
+  </si>
+  <si>
+    <t>A8057</t>
+  </si>
+  <si>
+    <t>Подставки для ложек мисосупа</t>
+  </si>
+  <si>
+    <t>Подставка для палочек «Кунстверк»;фарфор;,H=13,L=70,B=20мм;белый</t>
+  </si>
+  <si>
+    <t>03171819</t>
+  </si>
+  <si>
+    <t>A3876</t>
+  </si>
+  <si>
+    <t>175.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для палочек «Любяна»;фарфор;,H=20,L=67мм;белый</t>
+  </si>
+  <si>
+    <t>03171821</t>
+  </si>
+  <si>
+    <t>0061</t>
+  </si>
+  <si>
+    <t>Lubiana</t>
+  </si>
+  <si>
+    <t>ПОЛЬША</t>
+  </si>
+  <si>
+    <t>1279.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для палочек «Кунстверк»;фарфор;,H=15,L=70,B=20мм;черный</t>
+  </si>
+  <si>
+    <t>03171822</t>
+  </si>
+  <si>
+    <t>A3876W13</t>
+  </si>
+  <si>
+    <t>168.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для ложки для мисосупа «Кунстверк»;фарфор;,H=10,L=91,B=53мм;черный</t>
+  </si>
+  <si>
+    <t>03171823</t>
+  </si>
+  <si>
+    <t>A8057W13</t>
+  </si>
+  <si>
+    <t>490.00₸</t>
+  </si>
+  <si>
     <t>более 500 шт.</t>
   </si>
   <si>
-    <t>Ложка для бульона «Осло»;сталь нерж.;,L=184/57,B=4мм;металлич.</t>
-[...1195 lines deleted...]
-  <si>
     <t>Подставка для ложки для мисосупа «Аура»;фарфор;,H=33,L=92,B=54мм;белый</t>
   </si>
   <si>
     <t>03171824</t>
   </si>
   <si>
     <t>6300 P357</t>
   </si>
   <si>
     <t>3704.00₸</t>
   </si>
   <si>
-    <t>31 шт.</t>
+    <t>30 шт.</t>
   </si>
   <si>
     <t>Подставка для ложки для мисосупа «Кунстверк»;фарфор;,H=25,L=91,B=55мм;белый</t>
   </si>
   <si>
     <t>03171826</t>
   </si>
   <si>
     <t>A1883</t>
   </si>
   <si>
     <t>1029.00₸</t>
   </si>
   <si>
     <t>Подставка для ложки для мисосупа «Кунстверк»;фарфор;,H=25,L=91,B=55мм;черный</t>
   </si>
   <si>
     <t>03171827</t>
   </si>
   <si>
     <t>A1883W13</t>
   </si>
   <si>
     <t>700.00₸</t>
   </si>
@@ -1529,63 +1529,63 @@
   <si>
     <t>Палочки китайские 10 пар многоразовые;пластик;,L=270,B=6мм;черный</t>
   </si>
   <si>
     <t>06080222</t>
   </si>
   <si>
     <t>Q001/B-0841</t>
   </si>
   <si>
     <t>1498.00₸</t>
   </si>
   <si>
     <t>Палочки китайские «Варибаши» в индивидуальной упаковке набор[100шт];бамбук;,L=24см</t>
   </si>
   <si>
     <t>06080236</t>
   </si>
   <si>
     <t>A11-003</t>
   </si>
   <si>
     <t>3465.00₸</t>
   </si>
   <si>
-    <t>3 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Палочки китайские «Тенсоки» в индивидуальной упаковке набор[100шт];бамбук;,L=24см</t>
   </si>
   <si>
     <t>06080237</t>
   </si>
   <si>
     <t>A11-014</t>
   </si>
   <si>
     <t>3241.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
   </si>
   <si>
     <t>Подставка для ложки для мисосупа «Пунто Бьянка»;фарфор;,H=2,L=19,B=9см;белый,черный</t>
   </si>
   <si>
     <t>03177238</t>
   </si>
   <si>
     <t>ФРФ88813751</t>
   </si>
   <si>
     <t>Палочки китайские «Тэкс-Мэкс» 18/0 набор[2шт];сталь нерж.;металлич.</t>
   </si>
   <si>
     <t>06080311</t>
   </si>
   <si>
     <t>R5784F60154</t>
   </si>
   <si>
     <t>Tognana</t>
   </si>
 </sst>
 </file>
 
@@ -4560,1743 +4560,1743 @@
         <v>64</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>65</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>66</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="0" t="s">
         <v>67</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>68</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="L10" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>70</v>
       </c>
-      <c r="C11" s="0" t="s">
+      <c r="D11" s="0" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L11" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>75</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L12" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>80</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="D13" s="0" t="s">
         <v>81</v>
       </c>
-      <c r="D13" s="0" t="s">
+      <c r="E13" s="0" t="s">
         <v>82</v>
       </c>
-      <c r="E13" s="0" t="s">
+      <c r="F13" s="0" t="s">
         <v>83</v>
       </c>
-      <c r="F13" s="0" t="s">
+      <c r="G13" s="0" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L13" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>87</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="D14" s="0" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F14" s="0" t="s">
         <v>57</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="L14" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>92</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="D15" s="0" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F15" s="0" t="s">
         <v>57</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="L15" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>96</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>97</v>
       </c>
-      <c r="D16" s="0" t="s">
+      <c r="E16" s="0" t="s">
         <v>98</v>
       </c>
-      <c r="E16" s="0" t="s">
+      <c r="F16" s="0" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L16" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>102</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F17" s="0" t="s">
         <v>57</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>106</v>
+        <v>53</v>
       </c>
       <c r="L17" s="0">
         <v>144</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="C18" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="D18" s="0" t="s">
         <v>107</v>
-      </c>
-[...4 lines deleted...]
-        <v>109</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F18" s="0" t="s">
         <v>57</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="L18" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="D19" s="0" t="s">
         <v>111</v>
-      </c>
-[...4 lines deleted...]
-        <v>113</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F19" s="0" t="s">
         <v>57</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="L19" s="0">
         <v>480</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="C20" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="D20" s="0" t="s">
         <v>115</v>
-      </c>
-[...4 lines deleted...]
-        <v>117</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F20" s="0" t="s">
         <v>57</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="L20" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="C21" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="D21" s="0" t="s">
         <v>119</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="E21" s="0" t="s">
         <v>120</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C22" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="D22" s="0" t="s">
         <v>124</v>
-      </c>
-[...4 lines deleted...]
-        <v>126</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F22" s="0" t="s">
         <v>57</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L22" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="C23" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="D23" s="0" t="s">
         <v>128</v>
       </c>
-      <c r="C23" s="0" t="s">
+      <c r="E23" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="D23" s="0" t="s">
+      <c r="F23" s="0" t="s">
         <v>130</v>
-      </c>
-[...4 lines deleted...]
-        <v>132</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L23" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="D24" s="0" t="s">
         <v>134</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="E24" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="F24" s="0" t="s">
         <v>135</v>
-      </c>
-[...7 lines deleted...]
-        <v>137</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L24" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="C25" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="D25" s="0" t="s">
         <v>139</v>
       </c>
-      <c r="C25" s="0" t="s">
+      <c r="E25" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="F25" s="0" t="s">
         <v>140</v>
-      </c>
-[...7 lines deleted...]
-        <v>142</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>38</v>
+        <v>142</v>
       </c>
       <c r="L25" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="B26" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="C26" s="0" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="D26" s="0">
         <v>22700039</v>
       </c>
       <c r="E26" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="F26" s="0" t="s">
         <v>146</v>
       </c>
-      <c r="F26" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G26" s="0" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L26" s="0"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="D27" s="0">
         <v>16900039</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="G27" s="0" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L27" s="0"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="D28" s="0">
         <v>16400039</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="F28" s="0" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="G28" s="0" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L28" s="0"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>157</v>
       </c>
-      <c r="C29" s="0" t="s">
+      <c r="D29" s="0" t="s">
         <v>158</v>
       </c>
-      <c r="D29" s="0" t="s">
+      <c r="E29" s="0" t="s">
         <v>159</v>
       </c>
-      <c r="E29" s="0" t="s">
+      <c r="F29" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="F29" s="0" t="s">
+      <c r="G29" s="0" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="L29" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="C30" s="0" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="D30" s="0">
         <v>638850</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L30" s="0"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>168</v>
       </c>
-      <c r="C31" s="0" t="s">
+      <c r="D31" s="0" t="s">
         <v>169</v>
       </c>
-      <c r="D31" s="0" t="s">
+      <c r="E31" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="F31" s="0" t="s">
         <v>170</v>
       </c>
-      <c r="E31" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G31" s="0" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L31" s="0"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>173</v>
       </c>
-      <c r="C32" s="0" t="s">
+      <c r="D32" s="0" t="s">
         <v>174</v>
       </c>
-      <c r="D32" s="0" t="s">
+      <c r="E32" s="0" t="s">
         <v>175</v>
       </c>
-      <c r="E32" s="0" t="s">
+      <c r="F32" s="0" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>178</v>
+      </c>
+      <c r="C33" s="0" t="s">
         <v>179</v>
       </c>
-      <c r="C33" s="0" t="s">
+      <c r="D33" s="0" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F33" s="0" t="s">
         <v>57</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="L33" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="C34" s="0" t="s">
         <v>183</v>
       </c>
-      <c r="C34" s="0" t="s">
+      <c r="D34" s="0" t="s">
         <v>184</v>
       </c>
-      <c r="D34" s="0" t="s">
+      <c r="E34" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="F34" s="0" t="s">
         <v>185</v>
-      </c>
-[...4 lines deleted...]
-        <v>186</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>38</v>
+        <v>142</v>
       </c>
       <c r="L34" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="B35" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="C35" s="0" t="s">
         <v>188</v>
       </c>
-      <c r="C35" s="0" t="s">
+      <c r="D35" s="0" t="s">
         <v>189</v>
       </c>
-      <c r="D35" s="0" t="s">
+      <c r="E35" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="F35" s="0" t="s">
         <v>190</v>
       </c>
-      <c r="E35" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G35" s="0" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L35" s="0"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="C36" s="0" t="s">
         <v>193</v>
       </c>
-      <c r="C36" s="0" t="s">
+      <c r="D36" s="0" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>42</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L36" s="0"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="C37" s="0" t="s">
         <v>198</v>
       </c>
-      <c r="C37" s="0" t="s">
+      <c r="D37" s="0" t="s">
         <v>199</v>
       </c>
-      <c r="D37" s="0" t="s">
+      <c r="E37" s="0" t="s">
         <v>200</v>
       </c>
-      <c r="E37" s="0" t="s">
+      <c r="F37" s="0" t="s">
         <v>201</v>
       </c>
-      <c r="F37" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G37" s="0" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L37" s="0"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="C38" s="0" t="s">
         <v>204</v>
       </c>
-      <c r="C38" s="0" t="s">
+      <c r="D38" s="0" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L38" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
       <c r="D39" s="0">
         <v>223491</v>
       </c>
       <c r="E39" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="F39" s="0" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L39" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="B40" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="C40" s="0" t="s">
         <v>214</v>
       </c>
-      <c r="C40" s="0" t="s">
+      <c r="D40" s="0" t="s">
         <v>215</v>
       </c>
-      <c r="D40" s="0" t="s">
+      <c r="E40" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="F40" s="0" t="s">
         <v>216</v>
       </c>
-      <c r="E40" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G40" s="0" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L40" s="0"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="C41" s="0" t="s">
         <v>219</v>
       </c>
-      <c r="C41" s="0" t="s">
+      <c r="D41" s="0" t="s">
         <v>220</v>
       </c>
-      <c r="D41" s="0" t="s">
+      <c r="E41" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="F41" s="0" t="s">
         <v>221</v>
       </c>
-      <c r="E41" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G41" s="0" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L41" s="0"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="B42" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="C42" s="0" t="s">
         <v>224</v>
       </c>
-      <c r="C42" s="0" t="s">
+      <c r="D42" s="0" t="s">
         <v>225</v>
       </c>
-      <c r="D42" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E42" s="0" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="G42" s="0" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L42" s="0"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="B43" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="C43" s="0" t="s">
         <v>228</v>
       </c>
-      <c r="C43" s="0" t="s">
+      <c r="D43" s="0" t="s">
         <v>229</v>
       </c>
-      <c r="D43" s="0" t="s">
+      <c r="E43" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="F43" s="0" t="s">
         <v>230</v>
       </c>
-      <c r="E43" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G43" s="0" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L43" s="0"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="B44" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="C44" s="0" t="s">
         <v>233</v>
       </c>
-      <c r="C44" s="0" t="s">
+      <c r="D44" s="0" t="s">
         <v>234</v>
       </c>
-      <c r="D44" s="0" t="s">
+      <c r="E44" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="F44" s="0" t="s">
         <v>235</v>
       </c>
-      <c r="E44" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G44" s="0" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L44" s="0"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="B45" s="0" t="s">
+        <v>237</v>
+      </c>
+      <c r="C45" s="0" t="s">
         <v>238</v>
       </c>
-      <c r="C45" s="0" t="s">
+      <c r="D45" s="0" t="s">
         <v>239</v>
       </c>
-      <c r="D45" s="0" t="s">
+      <c r="E45" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="F45" s="0" t="s">
         <v>240</v>
       </c>
-      <c r="E45" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G45" s="0" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L45" s="0"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="B46" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="C46" s="0" t="s">
         <v>243</v>
       </c>
-      <c r="C46" s="0" t="s">
+      <c r="D46" s="0" t="s">
         <v>244</v>
       </c>
-      <c r="D46" s="0" t="s">
+      <c r="E46" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="F46" s="0" t="s">
         <v>245</v>
       </c>
-      <c r="E46" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G46" s="0" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L46" s="0"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="B47" s="0" t="s">
+        <v>247</v>
+      </c>
+      <c r="C47" s="0" t="s">
         <v>248</v>
       </c>
-      <c r="C47" s="0" t="s">
+      <c r="D47" s="0" t="s">
         <v>249</v>
       </c>
-      <c r="D47" s="0" t="s">
+      <c r="E47" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="F47" s="0" t="s">
         <v>250</v>
       </c>
-      <c r="E47" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G47" s="0" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L47" s="0"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="B48" s="0" t="s">
+        <v>252</v>
+      </c>
+      <c r="C48" s="0" t="s">
         <v>253</v>
       </c>
-      <c r="C48" s="0" t="s">
+      <c r="D48" s="0" t="s">
         <v>254</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F48" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L48" s="0"/>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="B49" s="0" t="s">
+        <v>256</v>
+      </c>
+      <c r="C49" s="0" t="s">
         <v>257</v>
       </c>
-      <c r="C49" s="0" t="s">
+      <c r="D49" s="0" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L49" s="0"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="B50" s="0" t="s">
+        <v>261</v>
+      </c>
+      <c r="C50" s="0" t="s">
         <v>262</v>
       </c>
-      <c r="C50" s="0" t="s">
+      <c r="D50" s="0" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>264</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L50" s="0"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="B51" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="C51" s="0" t="s">
         <v>267</v>
       </c>
-      <c r="C51" s="0" t="s">
+      <c r="D51" s="0" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L51" s="0"/>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="B52" s="0" t="s">
+        <v>271</v>
+      </c>
+      <c r="C52" s="0" t="s">
         <v>272</v>
       </c>
-      <c r="C52" s="0" t="s">
+      <c r="D52" s="0" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="G52" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L52" s="0"/>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
+        <v>276</v>
+      </c>
+      <c r="C53" s="0" t="s">
         <v>277</v>
       </c>
-      <c r="C53" s="0" t="s">
+      <c r="D53" s="0" t="s">
         <v>278</v>
       </c>
-      <c r="D53" s="0" t="s">
+      <c r="E53" s="0" t="s">
         <v>279</v>
       </c>
-      <c r="E53" s="0" t="s">
+      <c r="F53" s="0" t="s">
         <v>280</v>
       </c>
-      <c r="F53" s="0" t="s">
+      <c r="G53" s="0" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>33</v>
       </c>
       <c r="L53" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="B54" s="0" t="s">
+        <v>283</v>
+      </c>
+      <c r="C54" s="0" t="s">
         <v>284</v>
       </c>
-      <c r="C54" s="0" t="s">
+      <c r="D54" s="0" t="s">
         <v>285</v>
       </c>
-      <c r="D54" s="0" t="s">
+      <c r="E54" s="0" t="s">
+        <v>279</v>
+      </c>
+      <c r="F54" s="0" t="s">
         <v>286</v>
       </c>
-      <c r="E54" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G54" s="0" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L54" s="0"/>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="B55" s="0" t="s">
+        <v>288</v>
+      </c>
+      <c r="C55" s="0" t="s">
         <v>289</v>
       </c>
-      <c r="C55" s="0" t="s">
+      <c r="D55" s="0" t="s">
         <v>290</v>
       </c>
-      <c r="D55" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E55" s="0" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L55" s="0"/>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="B56" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="C56" s="0" t="s">
         <v>293</v>
       </c>
-      <c r="C56" s="0" t="s">
+      <c r="D56" s="0" t="s">
         <v>294</v>
       </c>
-      <c r="D56" s="0" t="s">
+      <c r="E56" s="0" t="s">
+        <v>279</v>
+      </c>
+      <c r="F56" s="0" t="s">
         <v>295</v>
       </c>
-      <c r="E56" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G56" s="0" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L56" s="0"/>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="B57" s="0" t="s">
+        <v>297</v>
+      </c>
+      <c r="C57" s="0" t="s">
         <v>298</v>
       </c>
-      <c r="C57" s="0" t="s">
+      <c r="D57" s="0" t="s">
         <v>299</v>
       </c>
-      <c r="D57" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E57" s="0" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G57" s="0" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L57" s="0"/>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
+        <v>301</v>
+      </c>
+      <c r="C58" s="0" t="s">
         <v>302</v>
       </c>
-      <c r="C58" s="0" t="s">
+      <c r="D58" s="0" t="s">
         <v>303</v>
       </c>
-      <c r="D58" s="0" t="s">
+      <c r="E58" s="0" t="s">
         <v>304</v>
       </c>
-      <c r="E58" s="0" t="s">
+      <c r="F58" s="0" t="s">
         <v>305</v>
       </c>
-      <c r="F58" s="0" t="s">
+      <c r="G58" s="0" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>164</v>
+        <v>53</v>
       </c>
       <c r="L58" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
+        <v>308</v>
+      </c>
+      <c r="C59" s="0" t="s">
         <v>309</v>
       </c>
-      <c r="C59" s="0" t="s">
+      <c r="D59" s="0" t="s">
         <v>310</v>
       </c>
-      <c r="D59" s="0" t="s">
+      <c r="E59" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="F59" s="0" t="s">
         <v>311</v>
       </c>
-      <c r="E59" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G59" s="0" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L59" s="0"/>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
+        <v>313</v>
+      </c>
+      <c r="C60" s="0" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
       <c r="D60" s="0">
         <v>1920516001</v>
       </c>
       <c r="E60" s="0" t="s">
+        <v>315</v>
+      </c>
+      <c r="F60" s="0" t="s">
         <v>316</v>
       </c>
-      <c r="F60" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G60" s="0" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L60" s="0"/>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
+        <v>318</v>
+      </c>
+      <c r="C61" s="0" t="s">
         <v>319</v>
       </c>
-      <c r="C61" s="0" t="s">
+      <c r="D61" s="0" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="L61" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
+        <v>324</v>
+      </c>
+      <c r="C62" s="0" t="s">
         <v>325</v>
       </c>
-      <c r="C62" s="0" t="s">
+      <c r="D62" s="0" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>33</v>
+        <v>329</v>
       </c>
       <c r="L62" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="B63" s="0" t="s">
         <v>330</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>331</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>332</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>42</v>
       </c>
       <c r="F63" s="0" t="s">
         <v>333</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H63" s="0" t="s">
@@ -6330,57 +6330,57 @@
       </c>
       <c r="H64" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I64" s="1" t="s">
         <v>340</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L64" s="0"/>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
         <v>341</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>342</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>343</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="F65" s="0" t="s">
         <v>344</v>
       </c>
       <c r="G65" s="0" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I65" s="1" t="s">
         <v>345</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L65" s="0"/>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
         <v>346</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>347</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>348</v>
       </c>
       <c r="E66" s="0" t="s">
@@ -6392,1252 +6392,1252 @@
       </c>
       <c r="H66" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I66" s="1" t="s">
         <v>349</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L66" s="0"/>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
         <v>350</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>351</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>352</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="F67" s="0" t="s">
         <v>353</v>
       </c>
       <c r="G67" s="0" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I67" s="1" t="s">
         <v>354</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L67" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
         <v>355</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>356</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>357</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="F68" s="0" t="s">
         <v>358</v>
       </c>
       <c r="G68" s="0" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I68" s="1" t="s">
         <v>359</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L68" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
         <v>360</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>361</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>362</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="F69" s="0" t="s">
         <v>363</v>
       </c>
       <c r="G69" s="0" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I69" s="1" t="s">
         <v>364</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>33</v>
       </c>
       <c r="L69" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
         <v>365</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>366</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>367</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="F70" s="0" t="s">
         <v>368</v>
       </c>
       <c r="G70" s="0" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>369</v>
+        <v>359</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>106</v>
+        <v>27</v>
       </c>
       <c r="L70" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
+        <v>369</v>
+      </c>
+      <c r="C71" s="0" t="s">
         <v>370</v>
       </c>
-      <c r="C71" s="0" t="s">
+      <c r="D71" s="0" t="s">
         <v>371</v>
       </c>
-      <c r="D71" s="0" t="s">
+      <c r="E71" s="0" t="s">
         <v>372</v>
       </c>
-      <c r="E71" s="0" t="s">
+      <c r="F71" s="0" t="s">
         <v>373</v>
       </c>
-      <c r="F71" s="0" t="s">
+      <c r="G71" s="0" t="s">
         <v>374</v>
-      </c>
-[...1 lines deleted...]
-        <v>375</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>376</v>
+        <v>375</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L71" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="C72" s="0" t="s">
         <v>377</v>
       </c>
-      <c r="C72" s="0" t="s">
+      <c r="D72" s="0" t="s">
         <v>378</v>
       </c>
-      <c r="D72" s="0" t="s">
+      <c r="E72" s="0" t="s">
+        <v>372</v>
+      </c>
+      <c r="F72" s="0" t="s">
         <v>379</v>
       </c>
-      <c r="E72" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G72" s="0" t="s">
-        <v>375</v>
+        <v>374</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L72" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
+        <v>381</v>
+      </c>
+      <c r="C73" s="0" t="s">
         <v>382</v>
       </c>
-      <c r="C73" s="0" t="s">
+      <c r="D73" s="0" t="s">
         <v>383</v>
       </c>
-      <c r="D73" s="0" t="s">
+      <c r="E73" s="0" t="s">
+        <v>372</v>
+      </c>
+      <c r="F73" s="0" t="s">
         <v>384</v>
       </c>
-      <c r="E73" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G73" s="0" t="s">
-        <v>375</v>
+        <v>374</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L73" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
+        <v>386</v>
+      </c>
+      <c r="C74" s="0" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
       <c r="D74" s="0">
         <v>236802</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="F74" s="0" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="G74" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L74" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="C75" s="0" t="s">
         <v>390</v>
       </c>
-      <c r="C75" s="0" t="s">
+      <c r="D75" s="0" t="s">
         <v>391</v>
       </c>
-      <c r="D75" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E75" s="0" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="F75" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G75" s="0" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L75" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
+        <v>393</v>
+      </c>
+      <c r="C76" s="0" t="s">
         <v>394</v>
       </c>
-      <c r="C76" s="0" t="s">
+      <c r="D76" s="0" t="s">
         <v>395</v>
       </c>
-      <c r="D76" s="0" t="s">
+      <c r="E76" s="0" t="s">
         <v>396</v>
-      </c>
-[...1 lines deleted...]
-        <v>397</v>
       </c>
       <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="H76" s="0" t="s">
+        <v>397</v>
+      </c>
+      <c r="I76" s="1" t="s">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>399</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L76" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
+        <v>399</v>
+      </c>
+      <c r="C77" s="0" t="s">
         <v>400</v>
       </c>
-      <c r="C77" s="0" t="s">
+      <c r="D77" s="0" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
       <c r="E77" s="0" t="s">
         <v>338</v>
       </c>
       <c r="F77" s="0" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="G77" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H77" s="0" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L77" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
+        <v>404</v>
+      </c>
+      <c r="C78" s="0" t="s">
         <v>405</v>
       </c>
-      <c r="C78" s="0" t="s">
+      <c r="D78" s="0" t="s">
         <v>406</v>
-      </c>
-[...1 lines deleted...]
-        <v>407</v>
       </c>
       <c r="E78" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F78" s="0" t="s">
         <v>57</v>
       </c>
       <c r="G78" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H78" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="L78" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
+        <v>408</v>
+      </c>
+      <c r="C79" s="0" t="s">
         <v>409</v>
       </c>
-      <c r="C79" s="0" t="s">
+      <c r="D79" s="0" t="s">
         <v>410</v>
-      </c>
-[...1 lines deleted...]
-        <v>411</v>
       </c>
       <c r="E79" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F79" s="0" t="s">
         <v>57</v>
       </c>
       <c r="G79" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H79" s="0" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>412</v>
+        <v>411</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="L79" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
+        <v>412</v>
+      </c>
+      <c r="C80" s="0" t="s">
         <v>413</v>
       </c>
-      <c r="C80" s="0" t="s">
+      <c r="D80" s="0" t="s">
         <v>414</v>
       </c>
-      <c r="D80" s="0" t="s">
+      <c r="E80" s="0" t="s">
         <v>415</v>
       </c>
-      <c r="E80" s="0" t="s">
+      <c r="F80" s="0" t="s">
+        <v>415</v>
+      </c>
+      <c r="G80" s="0" t="s">
         <v>416</v>
       </c>
-      <c r="F80" s="0" t="s">
-[...2 lines deleted...]
-      <c r="G80" s="0" t="s">
+      <c r="H80" s="0" t="s">
+        <v>397</v>
+      </c>
+      <c r="I80" s="1" t="s">
         <v>417</v>
-      </c>
-[...4 lines deleted...]
-        <v>418</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L80" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
+        <v>418</v>
+      </c>
+      <c r="C81" s="0" t="s">
         <v>419</v>
       </c>
-      <c r="C81" s="0" t="s">
+      <c r="D81" s="0" t="s">
         <v>420</v>
-      </c>
-[...1 lines deleted...]
-        <v>421</v>
       </c>
       <c r="E81" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F81" s="0" t="s">
         <v>57</v>
       </c>
       <c r="G81" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H81" s="0" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>422</v>
+        <v>421</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L81" s="0">
         <v>240</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
+        <v>422</v>
+      </c>
+      <c r="C82" s="0" t="s">
         <v>423</v>
       </c>
-      <c r="C82" s="0" t="s">
+      <c r="D82" s="0" t="s">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>425</v>
       </c>
       <c r="E82" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F82" s="0" t="s">
         <v>57</v>
       </c>
       <c r="G82" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H82" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>27</v>
+        <v>426</v>
       </c>
       <c r="L82" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
         <v>427</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>428</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>429</v>
       </c>
       <c r="E83" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="F83" s="0" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="G83" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H83" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I83" s="1" t="s">
         <v>430</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
         <v>431</v>
       </c>
       <c r="L83" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
         <v>432</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>433</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>434</v>
       </c>
       <c r="E84" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F84" s="0" t="s">
         <v>57</v>
       </c>
       <c r="G84" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H84" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I84" s="1" t="s">
         <v>435</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L84" s="0">
         <v>288</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
         <v>436</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>437</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>438</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F85" s="0" t="s">
         <v>57</v>
       </c>
       <c r="G85" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H85" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I85" s="1" t="s">
         <v>439</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="L85" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
         <v>440</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>441</v>
       </c>
       <c r="D86" s="0" t="s">
         <v>442</v>
       </c>
       <c r="E86" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F86" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G86" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H86" s="0" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="I86" s="1" t="s">
         <v>443</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
-        <v>27</v>
+        <v>426</v>
       </c>
       <c r="L86" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
         <v>444</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>445</v>
       </c>
       <c r="D87" s="0" t="s">
         <v>446</v>
       </c>
       <c r="E87" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F87" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G87" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H87" s="0" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="I87" s="1" t="s">
         <v>447</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L87" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
         <v>448</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>449</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>450</v>
       </c>
       <c r="E88" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F88" s="0" t="s">
         <v>57</v>
       </c>
       <c r="G88" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H88" s="0" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="I88" s="1" t="s">
         <v>451</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L88" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
         <v>452</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>453</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>454</v>
       </c>
       <c r="E89" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F89" s="0" t="s">
         <v>57</v>
       </c>
       <c r="G89" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H89" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I89" s="1" t="s">
         <v>455</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L89" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
         <v>456</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>457</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>458</v>
       </c>
       <c r="E90" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="F90" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="F90" s="0" t="s">
+      <c r="G90" s="0" t="s">
         <v>161</v>
       </c>
-      <c r="G90" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H90" s="0" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="I90" s="1" t="s">
         <v>459</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>106</v>
+        <v>53</v>
       </c>
       <c r="L90" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="B91" s="0" t="s">
         <v>460</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>461</v>
       </c>
       <c r="D91" s="0" t="s">
         <v>462</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="F91" s="0" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="G91" s="0" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="H91" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I91" s="1" t="s">
         <v>463</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L91" s="0"/>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="B92" s="0" t="s">
         <v>464</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>465</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>466</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="F92" s="0" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G92" s="0" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="H92" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I92" s="1" t="s">
         <v>467</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L92" s="0"/>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
         <v>468</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>469</v>
       </c>
       <c r="D93" s="0" t="s">
         <v>470</v>
       </c>
       <c r="E93" s="0" t="s">
         <v>471</v>
       </c>
       <c r="F93" s="0" t="s">
         <v>472</v>
       </c>
       <c r="G93" s="0" t="s">
         <v>473</v>
       </c>
       <c r="H93" s="0" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="I93" s="1" t="s">
         <v>474</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L93" s="0"/>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="B94" s="0" t="s">
         <v>475</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>476</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>477</v>
       </c>
       <c r="E94" s="0" t="s">
         <v>338</v>
       </c>
       <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
         <v>339</v>
       </c>
       <c r="H94" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I94" s="1" t="s">
         <v>478</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L94" s="0"/>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
         <v>479</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>480</v>
       </c>
       <c r="D95" s="0" t="s">
         <v>481</v>
       </c>
       <c r="E95" s="0" t="s">
         <v>338</v>
       </c>
       <c r="F95" s="0"/>
       <c r="G95" s="0" t="s">
         <v>339</v>
       </c>
       <c r="H95" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I95" s="1" t="s">
         <v>482</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L95" s="0"/>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
         <v>483</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>484</v>
       </c>
       <c r="D96" s="0" t="s">
         <v>485</v>
       </c>
       <c r="E96" s="0"/>
       <c r="F96" s="0" t="s">
         <v>486</v>
       </c>
       <c r="G96" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H96" s="0" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="I96" s="1" t="s">
         <v>487</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L96" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="B97" s="0" t="s">
         <v>488</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>489</v>
       </c>
       <c r="D97" s="0" t="s">
         <v>490</v>
       </c>
       <c r="E97" s="0"/>
       <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
-        <v>375</v>
+        <v>374</v>
       </c>
       <c r="H97" s="0" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="I97" s="1" t="s">
         <v>491</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L97" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
         <v>492</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>493</v>
       </c>
       <c r="D98" s="0">
         <v>10019</v>
       </c>
       <c r="E98" s="0" t="s">
         <v>494</v>
       </c>
       <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="H98" s="0" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="I98" s="1" t="s">
         <v>495</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L98" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
         <v>496</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>497</v>
       </c>
       <c r="D99" s="0" t="s">
         <v>498</v>
       </c>
       <c r="E99" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F99" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G99" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H99" s="0" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="I99" s="1" t="s">
         <v>499</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
-        <v>27</v>
+        <v>426</v>
       </c>
       <c r="L99" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
         <v>500</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>501</v>
       </c>
       <c r="D100" s="0" t="s">
         <v>502</v>
       </c>
       <c r="E100" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F100" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G100" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H100" s="0" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="I100" s="1" t="s">
         <v>503</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
-        <v>504</v>
+        <v>53</v>
       </c>
       <c r="L100" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
+        <v>504</v>
+      </c>
+      <c r="C101" s="0" t="s">
         <v>505</v>
       </c>
-      <c r="C101" s="0" t="s">
+      <c r="D101" s="0" t="s">
         <v>506</v>
-      </c>
-[...1 lines deleted...]
-        <v>507</v>
       </c>
       <c r="E101" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F101" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G101" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H101" s="0" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
-        <v>69</v>
+        <v>508</v>
       </c>
       <c r="L101" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="B102" s="0" t="s">
         <v>509</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>510</v>
       </c>
       <c r="D102" s="0" t="s">
         <v>511</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="F102" s="0"/>
       <c r="G102" s="0" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="H102" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L102" s="0"/>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
         <v>512</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>513</v>
       </c>
       <c r="D103" s="0" t="s">
         <v>514</v>
       </c>
       <c r="E103" s="0" t="s">
         <v>515</v>
       </c>
       <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H103" s="0" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L103" s="0">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>