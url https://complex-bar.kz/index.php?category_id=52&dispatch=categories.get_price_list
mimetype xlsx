--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -74,246 +74,246 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Контейнер для теста;полиэтилен;14л;,H=75,L=600,B=400мм;белый</t>
   </si>
   <si>
     <t>04011433</t>
   </si>
   <si>
     <t>41762-07</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>Контейнеры для теста</t>
   </si>
   <si>
     <t>20405.00₸</t>
   </si>
   <si>
-    <t>32 шт.</t>
+    <t>1 шт.</t>
   </si>
   <si>
     <t>Контейнер для теста;полиэтилен;19л;,H=95,L=600,B=400мм;белый</t>
   </si>
   <si>
     <t>04011436</t>
   </si>
   <si>
     <t>41762-09</t>
   </si>
   <si>
     <t>22654.00₸</t>
   </si>
   <si>
-    <t>1 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Контейнер для теста без крышки;полипроп.;,H=7,L=60,B=40см;белый</t>
   </si>
   <si>
     <t>04011474</t>
   </si>
   <si>
     <t>ACONTEN</t>
   </si>
   <si>
     <t>Zio Pepe</t>
   </si>
   <si>
     <t>21491.00₸</t>
   </si>
   <si>
-    <t>3 шт.</t>
+    <t>0 шт.</t>
   </si>
   <si>
     <t>Контейнер для теста без крышки;полипроп.;,H=10,L=60,B=40см;белый</t>
   </si>
   <si>
     <t>04011475</t>
   </si>
   <si>
     <t>ACONTEN2</t>
   </si>
   <si>
     <t>24879.00₸</t>
   </si>
   <si>
+    <t>29 шт.</t>
+  </si>
+  <si>
+    <t>Контейнер для теста;полипроп.;20л;,H=14,L=53,B=41см;белый</t>
+  </si>
+  <si>
+    <t>04011837</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>38108.00₸</t>
+  </si>
+  <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
+    <t>Контейнер для теста;полиэтилен;10л;,H=8,L=53,B=41см;белый</t>
+  </si>
+  <si>
+    <t>04011858</t>
+  </si>
+  <si>
+    <t>25772.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Контейнер для теста;полипроп.;,H=15,L=53,B=40см;белый</t>
+  </si>
+  <si>
+    <t>04012480</t>
+  </si>
+  <si>
+    <t>31039.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Контейнер для теста;полипроп.;,H=65,L=648,B=424мм;белый</t>
+  </si>
+  <si>
+    <t>04012530</t>
+  </si>
+  <si>
+    <t>18057.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для теста;полиэтилен;26л;,H=13,L=60,B=40см;белый</t>
+  </si>
+  <si>
+    <t>04012801</t>
+  </si>
+  <si>
+    <t>41762-13</t>
+  </si>
+  <si>
+    <t>23971.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для теста;полиэтилен;20л;,H=10,L=60,B=40см;белый</t>
+  </si>
+  <si>
+    <t>04012838</t>
+  </si>
+  <si>
+    <t>24440.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для теста;полипроп.;,H=8,L=65,B=43см;белый</t>
+  </si>
+  <si>
+    <t>04013991</t>
+  </si>
+  <si>
+    <t>Restola</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>8355.00₸</t>
+  </si>
+  <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Контейнер для теста;полипроп.;,H=8,L=65,B=43см;голуб.</t>
+  </si>
+  <si>
+    <t>04013992</t>
+  </si>
+  <si>
+    <t>17 шт.</t>
+  </si>
+  <si>
+    <t>Контейнер для теста;полиэтилен;14л;D=48,H=12см;белый</t>
+  </si>
+  <si>
+    <t>04014342</t>
+  </si>
+  <si>
+    <t>20082.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для теста;полиэтилен;24л;D=48,H=18см;белый</t>
+  </si>
+  <si>
+    <t>04014343</t>
+  </si>
+  <si>
+    <t>25041.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для теста;полипроп.;14л;,H=7,L=60,B=40см;белый</t>
+  </si>
+  <si>
+    <t>04014714</t>
+  </si>
+  <si>
+    <t>CASS604007</t>
+  </si>
+  <si>
+    <t>Gimetal</t>
+  </si>
+  <si>
+    <t>16186.00₸</t>
+  </si>
+  <si>
     <t>более 100 шт.</t>
   </si>
   <si>
-    <t>Контейнер для теста;полипроп.;20л;,H=14,L=53,B=41см;белый</t>
-[...130 lines deleted...]
-  <si>
     <t>Контейнер для теста без крышки;полипроп.;20л;,H=10,L=60,B=40см;белый</t>
   </si>
   <si>
     <t>04014715</t>
   </si>
   <si>
     <t>CASS604010</t>
   </si>
   <si>
     <t>18411.00₸</t>
   </si>
   <si>
-    <t>более 50 шт.</t>
+    <t>43 шт.</t>
   </si>
   <si>
     <t>Контейнер для теста;поликарбонат;,H=76,L=660,B=460мм;белый</t>
   </si>
   <si>
     <t>09100706</t>
   </si>
   <si>
     <t>DB18263CW148</t>
   </si>
   <si>
     <t>Cambro</t>
   </si>
   <si>
     <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
   </si>
   <si>
     <t>32433.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -1276,531 +1276,531 @@
       <c r="A3" s="0"/>
       <c r="B3" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>21</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E3" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F3" s="0"/>
       <c r="G3" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H3" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J3" s="0"/>
       <c r="K3" s="0" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L3" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="80">
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="C4" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="C4" s="0" t="s">
+      <c r="D4" s="0" t="s">
         <v>26</v>
       </c>
-      <c r="D4" s="0" t="s">
+      <c r="E4" s="0" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="F4" s="0"/>
       <c r="G4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="L4" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="C5" s="0" t="s">
         <v>31</v>
       </c>
-      <c r="C5" s="0" t="s">
+      <c r="D5" s="0" t="s">
         <v>32</v>
       </c>
-      <c r="D5" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" s="0" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="L5" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" s="0" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="D6" s="0">
         <v>510501</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L6" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" s="0" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="D7" s="0">
         <v>510505</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L7" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="C8" s="0" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="D8" s="0">
         <v>510502</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="L8" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="D9" s="0">
         <v>140550</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>53</v>
+        <v>29</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="C10" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="D10" s="0" t="s">
         <v>54</v>
-      </c>
-[...4 lines deleted...]
-        <v>56</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>53</v>
+        <v>29</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="D11" s="0">
         <v>510112</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>53</v>
+        <v>29</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="D12" s="0">
         <v>422108516</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>35</v>
+        <v>64</v>
       </c>
       <c r="L12" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="D13" s="0">
         <v>422108502</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="L13" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="D14" s="0">
         <v>510531</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>53</v>
+        <v>29</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="D15" s="0">
         <v>510532</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>53</v>
+        <v>29</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>75</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>76</v>
       </c>
-      <c r="D16" s="0" t="s">
+      <c r="E16" s="0" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>35</v>
+        <v>79</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
         <v>80</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>81</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>82</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>83</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>84</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
         <v>85</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>86</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>87</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>88</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>89</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>90</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>53</v>
+        <v>29</v>
       </c>
       <c r="L18" s="0">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>