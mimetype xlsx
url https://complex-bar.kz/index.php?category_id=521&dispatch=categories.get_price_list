--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2069">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2063">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -233,5937 +233,5919 @@
   <si>
     <t>М18</t>
   </si>
   <si>
     <t>1040.00₸</t>
   </si>
   <si>
     <t>более 50 шт.</t>
   </si>
   <si>
     <t>Ложка десертная «Аляска»;сталь нерж.;,L=183/50,B=4мм;металлич.</t>
   </si>
   <si>
     <t>03110143</t>
   </si>
   <si>
     <t>2080-15</t>
   </si>
   <si>
     <t>Alaska</t>
   </si>
   <si>
     <t>2287.00₸</t>
   </si>
   <si>
+    <t>Ложка десертная «Алайниа»;сталь нерж.;,L=190/60,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110147</t>
+  </si>
+  <si>
+    <t>3020-15</t>
+  </si>
+  <si>
+    <t>Alinea</t>
+  </si>
+  <si>
+    <t>3696.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Ауде»;сталь нерж.;,L=180/60,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110148</t>
+  </si>
+  <si>
+    <t>1922-15</t>
+  </si>
+  <si>
+    <t>Aude</t>
+  </si>
+  <si>
+    <t>1025.00₸</t>
+  </si>
+  <si>
+    <t>37 шт.</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Багет»;сталь нерж.;,L=180/65,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110154</t>
+  </si>
+  <si>
+    <t>1610-15</t>
+  </si>
+  <si>
+    <t>Baguette</t>
+  </si>
+  <si>
+    <t>3319.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Осло»;сталь нерж.;,L=190/60,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110165</t>
+  </si>
+  <si>
+    <t>1930-15</t>
+  </si>
+  <si>
+    <t>Oslo</t>
+  </si>
+  <si>
+    <t>5398.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Адажио»;сталь нерж.;,L=185/55,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110168</t>
+  </si>
+  <si>
+    <t>2090-15</t>
+  </si>
+  <si>
+    <t>Adagio</t>
+  </si>
+  <si>
+    <t>2811.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Атлантис»;сталь нерж.;,L=180/65,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110170</t>
+  </si>
+  <si>
+    <t>3010-15</t>
+  </si>
+  <si>
+    <t>Atlantis</t>
+  </si>
+  <si>
+    <t>2880.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Ивенталь»;сталь нерж.;,L=185/60,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110174</t>
+  </si>
+  <si>
+    <t>1630-15</t>
+  </si>
+  <si>
+    <t>Eventail</t>
+  </si>
+  <si>
+    <t>3797.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Сапорро»;сталь нерж.;,L=170/54,B=5мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110180</t>
+  </si>
+  <si>
+    <t>1220-15</t>
+  </si>
+  <si>
+    <t>Saporro</t>
+  </si>
+  <si>
+    <t>986.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Оливия»;сталь нерж.;,L=200/60,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110183</t>
+  </si>
+  <si>
+    <t>04900004</t>
+  </si>
+  <si>
+    <t>Pintinox</t>
+  </si>
+  <si>
+    <t>Olivia</t>
+  </si>
+  <si>
+    <t>3997.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Концепт»;сталь нерж.;,L=200/50,B=35мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110185</t>
+  </si>
+  <si>
+    <t>04500004</t>
+  </si>
+  <si>
+    <t>Concept</t>
+  </si>
+  <si>
+    <t>4551.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Ансер Голд»;сталь нерж.;,L=180/65,B=4мм;металлич.,золотой</t>
+  </si>
+  <si>
+    <t>03110189</t>
+  </si>
+  <si>
+    <t>1673-15</t>
+  </si>
+  <si>
+    <t>Anser Gold</t>
+  </si>
+  <si>
+    <t>1579.00₸</t>
+  </si>
+  <si>
     <t>более 1 000 шт.</t>
   </si>
   <si>
-    <t>Ложка десертная «Алайниа»;сталь нерж.;,L=190/60,B=4мм;металлич.</t>
-[...155 lines deleted...]
-    <t>4551.00₸</t>
+    <t>Ложка десертная «Багет»;сталь нерж.;,L=180/60,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110194</t>
+  </si>
+  <si>
+    <t>01.0032.1050</t>
+  </si>
+  <si>
+    <t>Hepp</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>3299.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Профиль»;сталь нерж.;,L=183/60,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110196</t>
+  </si>
+  <si>
+    <t>01.0048.1050</t>
+  </si>
+  <si>
+    <t>Profile</t>
+  </si>
+  <si>
+    <t>2942.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Нова»;сталь нерж.;,L=205/93,B=4мм;граф.</t>
+  </si>
+  <si>
+    <t>03110213</t>
+  </si>
+  <si>
+    <t>1250-6</t>
+  </si>
+  <si>
+    <t>Ножи десертные</t>
+  </si>
+  <si>
+    <t>755.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Берна»;,L=193/85,B=15мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110228</t>
+  </si>
+  <si>
+    <t>FCH</t>
+  </si>
+  <si>
+    <t>ПОРТУГАЛИЯ</t>
+  </si>
+  <si>
+    <t>1548.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Нож десертный «Флоренция»;металлич.</t>
+  </si>
+  <si>
+    <t>03110239</t>
+  </si>
+  <si>
+    <t>2603.00₸</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Нож десертный «Окто»;сталь нерж.;,L=215,B=20мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110248</t>
+  </si>
+  <si>
+    <t>1790-6</t>
+  </si>
+  <si>
+    <t>Octo</t>
+  </si>
+  <si>
+    <t>4043.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Париж гоулд»;,L=21см;металлич.</t>
+  </si>
+  <si>
+    <t>03110251</t>
+  </si>
+  <si>
+    <t>1764.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Ансер»;сталь нерж.;,L=21,B=2см;металлич.</t>
+  </si>
+  <si>
+    <t>03110260</t>
+  </si>
+  <si>
+    <t>1670-6</t>
+  </si>
+  <si>
+    <t>3050.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Риволи-Ауде»;сталь нерж.;,L=205/100,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110268</t>
+  </si>
+  <si>
+    <t>1922-6</t>
+  </si>
+  <si>
+    <t>Rivoli Aude</t>
+  </si>
+  <si>
+    <t>2280.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Сонет»;сталь нерж.;,L=210/110,B=17мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110273</t>
+  </si>
+  <si>
+    <t>С4</t>
+  </si>
+  <si>
+    <t>Trud</t>
+  </si>
+  <si>
+    <t>Sonet</t>
+  </si>
+  <si>
+    <t>1440.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Лувр»;сталь нерж.;,L=210/110,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110282</t>
+  </si>
+  <si>
+    <t>1650-6</t>
+  </si>
+  <si>
+    <t>5429.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Фрида»;сталь нерж.;,L=197/90,B=10мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110285</t>
+  </si>
+  <si>
+    <t>958-6</t>
+  </si>
+  <si>
+    <t>2033.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «М18»;сталь нерж.;,L=196/110,B=13мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110288</t>
+  </si>
+  <si>
+    <t>4788/СД77П47</t>
+  </si>
+  <si>
+    <t>1679.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Аляска»;сталь нерж.;,L=203/110,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110293</t>
+  </si>
+  <si>
+    <t>2080-6</t>
+  </si>
+  <si>
+    <t>2957.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Алайниа»;сталь нерж.;,L=220/115,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110298</t>
+  </si>
+  <si>
+    <t>3020-6</t>
+  </si>
+  <si>
+    <t>3912.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Берна»;,L=175/55,B=23мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110323</t>
+  </si>
+  <si>
+    <t>Вилки десертные</t>
+  </si>
+  <si>
+    <t>1125.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Нова»;сталь нерж.;,L=157/55,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110328</t>
+  </si>
+  <si>
+    <t>1250-4</t>
+  </si>
+  <si>
+    <t>624.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Нова»;сталь нерж.;,L=184/65,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110329</t>
+  </si>
+  <si>
+    <t>1250-14</t>
+  </si>
+  <si>
+    <t>886.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Риволи»;сталь нерж.;,L=150/50,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110352</t>
+  </si>
+  <si>
+    <t>1921-4</t>
+  </si>
+  <si>
+    <t>1217.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Ансер»;сталь нерж.;,L=185/60,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110355</t>
+  </si>
+  <si>
+    <t>1670-14</t>
+  </si>
+  <si>
+    <t>2472.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Ансер»;сталь нерж.;,L=145/50,B=20мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110357</t>
+  </si>
+  <si>
+    <t>1670-4</t>
+  </si>
+  <si>
+    <t>1656.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Риволи»;сталь нерж.;,L=180/62,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110361</t>
+  </si>
+  <si>
+    <t>1921-14</t>
+  </si>
+  <si>
+    <t>1887.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Павловская»;сталь нерж.;,L=183/55,B=20мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110362</t>
+  </si>
+  <si>
+    <t>СВ8</t>
+  </si>
+  <si>
+    <t>Pavlov</t>
+  </si>
+  <si>
+    <t>M3</t>
+  </si>
+  <si>
+    <t>1155.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Сонет»;сталь нерж.;,L=170/45,B=22мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110367</t>
+  </si>
+  <si>
+    <t>С5</t>
+  </si>
+  <si>
+    <t>786.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Дориа»;сталь нерж.;,L=15/5,B=1см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>03110370</t>
+  </si>
+  <si>
+    <t>8004-4</t>
+  </si>
+  <si>
+    <t>Doria</t>
+  </si>
+  <si>
+    <t>2926.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Лувр»;сталь нерж.;,L=183/70,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110375</t>
+  </si>
+  <si>
+    <t>1650-14S</t>
+  </si>
+  <si>
+    <t>3966.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Лувр»;сталь нерж.;,L=145/50,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110376</t>
+  </si>
+  <si>
+    <t>1650-4</t>
+  </si>
+  <si>
+    <t>5937.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Фрида»;сталь нерж.;,L=175/65,B=24мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110382</t>
+  </si>
+  <si>
+    <t>958-14</t>
+  </si>
+  <si>
+    <t>1063.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Фрида»;сталь нерж.;,L=14/5,B=1см;металлич.</t>
+  </si>
+  <si>
+    <t>03110384</t>
+  </si>
+  <si>
+    <t>958-4</t>
+  </si>
+  <si>
+    <t>409.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «М18»;сталь нерж.;,L=176/60,B=23мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110389</t>
+  </si>
+  <si>
+    <t>СД62</t>
+  </si>
+  <si>
+    <t>847.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Аляска»;сталь нерж.;,L=180/57,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110394</t>
+  </si>
+  <si>
+    <t>2080-14</t>
+  </si>
+  <si>
+    <t>1979.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Аляска»;сталь нерж.;,L=143/50,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110395</t>
+  </si>
+  <si>
+    <t>2080-4</t>
+  </si>
+  <si>
+    <t>1479.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Алайниа»;сталь нерж.;,L=195/60,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110399</t>
+  </si>
+  <si>
+    <t>3020-14</t>
+  </si>
+  <si>
+    <t>3712.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Ансер» для мороженого;сталь нерж.;,L=140/45,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110434</t>
+  </si>
+  <si>
+    <t>1670-18</t>
+  </si>
+  <si>
+    <t>7531.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Лувр» для мороженого;сталь нерж.;,L=135/45,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110439</t>
+  </si>
+  <si>
+    <t>1650-18</t>
+  </si>
+  <si>
+    <t>3673.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «М18» для мороженого;сталь нерж.;,L=137/46,B=31мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110458</t>
+  </si>
+  <si>
+    <t>С0308П47</t>
+  </si>
+  <si>
+    <t>424.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Риволи»;сталь нерж.;,L=190/77,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110703</t>
+  </si>
+  <si>
+    <t>1921-6</t>
+  </si>
+  <si>
+    <t>2449.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Багет» составной;сталь нерж.;,L=215/115,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110706</t>
+  </si>
+  <si>
+    <t>1610-61</t>
+  </si>
+  <si>
+    <t>5052.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Перле»;сталь нерж.;,L=212/115,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110712</t>
+  </si>
+  <si>
+    <t>302-6</t>
+  </si>
+  <si>
+    <t>Perle</t>
+  </si>
+  <si>
+    <t>2403.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Осло»;сталь нерж.;,L=210/100,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110719</t>
+  </si>
+  <si>
+    <t>1930-6</t>
+  </si>
+  <si>
+    <t>3373.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Адажио»;сталь нерж.;,L=205/85,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110723</t>
+  </si>
+  <si>
+    <t>2090-6</t>
+  </si>
+  <si>
+    <t>3019.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Багет»;сталь нерж.;,L=210/115,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110726</t>
+  </si>
+  <si>
+    <t>2610-6</t>
+  </si>
+  <si>
+    <t>Нож десертный «Атлантис»;сталь нерж.;,L=215/115,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110730</t>
+  </si>
+  <si>
+    <t>3010-6</t>
+  </si>
+  <si>
+    <t>3242.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Атлантис» составной;сталь нерж.;,L=210/100,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110731</t>
+  </si>
+  <si>
+    <t>3010-61</t>
+  </si>
+  <si>
+    <t>8370.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Ивенталь»;сталь нерж.;,L=210/115,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110734</t>
+  </si>
+  <si>
+    <t>1630-6</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Нож десертный «Оливия»;сталь нерж.;,L=215/100,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110745</t>
+  </si>
+  <si>
+    <t>04900006</t>
+  </si>
+  <si>
+    <t>ВЬЕТНАМ</t>
+  </si>
+  <si>
+    <t>6453.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Концепт»;сталь нерж.;,L=215/70,B=15мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110748</t>
+  </si>
+  <si>
+    <t>04500006</t>
+  </si>
+  <si>
+    <t>6761.00₸</t>
+  </si>
+  <si>
+    <t>32 шт.</t>
+  </si>
+  <si>
+    <t>Нож десертный «Ансер Голд»;сталь нерж.;,L=210/110,B=4мм;металлич.,золотой</t>
+  </si>
+  <si>
+    <t>03110757</t>
+  </si>
+  <si>
+    <t>1673-6</t>
+  </si>
+  <si>
+    <t>3080.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Сапорро»;сталь нерж.;,L=200/89,B=5мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110760</t>
+  </si>
+  <si>
+    <t>1220-6</t>
+  </si>
+  <si>
+    <t>1363.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Профиль»;сталь нерж.;,L=202/90,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110766</t>
+  </si>
+  <si>
+    <t>01.0048.1810</t>
+  </si>
+  <si>
+    <t>3261.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Багет»;сталь нерж.;,L=212/113,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110769</t>
+  </si>
+  <si>
+    <t>01.0032.1850</t>
+  </si>
+  <si>
+    <t>3855.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Эко Ансер»;сталь нерж.;,L=205/110,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110781</t>
+  </si>
+  <si>
+    <t>968-6</t>
+  </si>
+  <si>
+    <t>Eco Anser</t>
+  </si>
+  <si>
+    <t>2118.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «X-15»;сталь нерж.;,L=215/110,B=10мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110784</t>
+  </si>
+  <si>
+    <t>1860-6</t>
+  </si>
+  <si>
+    <t>X-15</t>
+  </si>
+  <si>
+    <t>7292.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «M188»;сталь нерж.;,L=195/95,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110788</t>
+  </si>
+  <si>
+    <t>S007-10</t>
+  </si>
+  <si>
+    <t>Beckers</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>378.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Эмбосс»;сталь нерж.;,L=196/93,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110792</t>
+  </si>
+  <si>
+    <t>S037-10</t>
+  </si>
+  <si>
+    <t>Amboss</t>
+  </si>
+  <si>
+    <t>535.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Суперга»;сталь нерж.;,L=190/88,B=10мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110796</t>
+  </si>
+  <si>
+    <t>031000L6</t>
+  </si>
+  <si>
+    <t>Superga</t>
+  </si>
+  <si>
+    <t>2634.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Эргономика» для фруктов;сталь нерж.;,L=17,8см;металлич.</t>
+  </si>
+  <si>
+    <t>03110800</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Ауде»;сталь нерж.;,L=178/60,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110802</t>
+  </si>
+  <si>
+    <t>1922-14</t>
+  </si>
+  <si>
+    <t>894.00₸</t>
+  </si>
+  <si>
+    <t>28 шт.</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Ауде»;сталь нерж.;,L=150/50,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110803</t>
+  </si>
+  <si>
+    <t>1922-4</t>
+  </si>
+  <si>
+    <t>878.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Багет»;сталь нерж.;,L=150/50,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110808</t>
+  </si>
+  <si>
+    <t>1610-4</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Багет»;сталь нерж.;,L=185/60,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110809</t>
+  </si>
+  <si>
+    <t>1610-14</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Перле»;сталь нерж.;,L=170/50,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110812</t>
+  </si>
+  <si>
+    <t>302-14</t>
+  </si>
+  <si>
+    <t>1271.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Осло»;сталь нерж.;,L=190/60,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110817</t>
+  </si>
+  <si>
+    <t>1930-14</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Осло»;сталь нерж.;,L=145/45,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110818</t>
+  </si>
+  <si>
+    <t>1930-4</t>
+  </si>
+  <si>
+    <t>2156.00₸</t>
+  </si>
+  <si>
+    <t>45 шт.</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Адажио»;сталь нерж.;,L=185/55,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110821</t>
+  </si>
+  <si>
+    <t>2090-14</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Адажио»;сталь нерж.;,L=140/45,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110822</t>
+  </si>
+  <si>
+    <t>2090-4</t>
+  </si>
+  <si>
+    <t>1895.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Атлантис»;сталь нерж.;,L=190/65,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110825</t>
+  </si>
+  <si>
+    <t>3010-14</t>
+  </si>
+  <si>
+    <t>2565.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Атлантис»;сталь нерж.;,L=145/50,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110826</t>
+  </si>
+  <si>
+    <t>3010-4</t>
+  </si>
+  <si>
+    <t>1725.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Ивенталь»;сталь нерж.;,L=185/63,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110829</t>
+  </si>
+  <si>
+    <t>1630-14</t>
+  </si>
+  <si>
+    <t>3535.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Сапорро»;сталь нерж.;,L=145/50,B=5мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110838</t>
+  </si>
+  <si>
+    <t>1220-4</t>
+  </si>
+  <si>
+    <t>924.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Сапорро»;сталь нерж.;,L=190/60,B=5мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110840</t>
+  </si>
+  <si>
+    <t>1220-14</t>
+  </si>
+  <si>
+    <t>971.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Оливия»;сталь нерж.;,L=200/65,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110842</t>
+  </si>
+  <si>
+    <t>04900005</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Оливия»;сталь нерж.;,L=171/55,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110843</t>
+  </si>
+  <si>
+    <t>04900017</t>
+  </si>
+  <si>
+    <t>2919.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Концепт»;сталь нерж.;,L=200/50,B=25мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110846</t>
+  </si>
+  <si>
+    <t>04500005</t>
+  </si>
+  <si>
+    <t>4312.00₸</t>
+  </si>
+  <si>
+    <t>40 шт.</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Концепт»;сталь нерж.;,L=170/40,B=25мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110847</t>
+  </si>
+  <si>
+    <t>04500017</t>
+  </si>
+  <si>
+    <t>3204.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Ансер Голд»;сталь нерж.;,L=145/50,B=4мм;металлич.,золотой</t>
+  </si>
+  <si>
+    <t>03110855</t>
+  </si>
+  <si>
+    <t>1673-4</t>
+  </si>
+  <si>
+    <t>2865.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Ансер Голд»;сталь нерж.;,L=185/60,B=4мм;металлич.,золотой</t>
+  </si>
+  <si>
+    <t>03110856</t>
+  </si>
+  <si>
+    <t>1673-14</t>
+  </si>
+  <si>
+    <t>4112.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Профиль»;сталь нерж.;,L=185/65,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110863</t>
+  </si>
+  <si>
+    <t>01.0048.1060</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Багет»;сталь нерж.;,L=155/50,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110865</t>
+  </si>
+  <si>
+    <t>01.0032.1120</t>
+  </si>
+  <si>
+    <t>2038.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Эко Ансер»;сталь нерж.;,L=145/55,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110877</t>
+  </si>
+  <si>
+    <t>968-4</t>
+  </si>
+  <si>
+    <t>948.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Эко Ансер»;сталь нерж.;,L=183/65,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110878</t>
+  </si>
+  <si>
+    <t>968-14</t>
+  </si>
+  <si>
+    <t>1371.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Эко Багет»;сталь нерж.;,L=182/65,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110881</t>
+  </si>
+  <si>
+    <t>2611-14</t>
+  </si>
+  <si>
+    <t>Eco Baguette</t>
+  </si>
+  <si>
+    <t>709.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «X-15»;сталь нерж.;,L=146/40,B=5мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110884</t>
+  </si>
+  <si>
+    <t>1860-4</t>
+  </si>
+  <si>
+    <t>6184.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «X-15»;сталь нерж.;,L=19/5,B=1см;металлич.</t>
+  </si>
+  <si>
+    <t>03110885</t>
+  </si>
+  <si>
+    <t>1860-14</t>
+  </si>
+  <si>
+    <t>8932.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «M188»;сталь нерж.;,L=175/60,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110888</t>
+  </si>
+  <si>
+    <t>S007-9</t>
+  </si>
+  <si>
+    <t>M188</t>
+  </si>
+  <si>
+    <t>300.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Суперга»;сталь нерж.;,L=15/6,B=1см;металлич.</t>
+  </si>
+  <si>
+    <t>03110890</t>
+  </si>
+  <si>
+    <t>0310M017</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Эмбосс»;сталь нерж.;,L=185/65,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110892</t>
+  </si>
+  <si>
+    <t>S037-9</t>
+  </si>
+  <si>
+    <t>447.00₸</t>
+  </si>
+  <si>
+    <t>31 шт.</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Сеттеченто»;сталь нерж.;,L=17,1см;металлич.</t>
+  </si>
+  <si>
+    <t>03110895</t>
+  </si>
+  <si>
+    <t>Settecento</t>
+  </si>
+  <si>
+    <t>2626.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Багет»;сталь нерж.;,L=145/50,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110896</t>
+  </si>
+  <si>
+    <t>2610-4</t>
+  </si>
+  <si>
+    <t>1302.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Суперга»;сталь нерж.;,L=175/60,B=10мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110899</t>
+  </si>
+  <si>
+    <t>0312M005</t>
+  </si>
+  <si>
+    <t>1171.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Эпок» для фруктов;сталь нерж.;,L=17,8см;металлич.</t>
+  </si>
+  <si>
+    <t>03110900</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Эко Ансер»;сталь нерж.;,L=185/66,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110902</t>
+  </si>
+  <si>
+    <t>968-15</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Эко Багет»;сталь нерж.;,L=180/60,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110903</t>
+  </si>
+  <si>
+    <t>2611-15</t>
+  </si>
+  <si>
+    <t>1248.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «X-15»;сталь нерж.;,L=19/6,B=1см;металлич.</t>
+  </si>
+  <si>
+    <t>03110904</t>
+  </si>
+  <si>
+    <t>1860-15</t>
+  </si>
+  <si>
+    <t>13021.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «M188»;сталь нерж.;,L=175/60,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110905</t>
+  </si>
+  <si>
+    <t>S007-8</t>
+  </si>
+  <si>
+    <t>309.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Эмбосс»;сталь нерж.;,L=187/60,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110906</t>
+  </si>
+  <si>
+    <t>S037-8</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Сонет»;сталь нерж.;,L=17/6,B=4см;металлич.</t>
+  </si>
+  <si>
+    <t>03110907</t>
+  </si>
+  <si>
+    <t>C6</t>
+  </si>
+  <si>
+    <t>740.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Сеттеченто»;сталь нерж.;,L=170/55,B=35мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110908</t>
+  </si>
+  <si>
+    <t>2495.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Суперга»;сталь нерж.;,L=175/70,B=10мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110909</t>
+  </si>
+  <si>
+    <t>0312M004</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Павловская»;сталь нерж.;,L=180/61,B=40мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110910</t>
+  </si>
+  <si>
+    <t>СЛ56</t>
+  </si>
+  <si>
+    <t>855.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Стреза»;сталь;,L=17,2см;металлич.</t>
+  </si>
+  <si>
+    <t>03110911</t>
+  </si>
+  <si>
+    <t>03200004</t>
+  </si>
+  <si>
+    <t>Stresa</t>
+  </si>
+  <si>
+    <t>1872.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Аркада»;сталь нерж.;,L=180/60,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110912</t>
+  </si>
+  <si>
+    <t>1620-15</t>
+  </si>
+  <si>
+    <t>Arcade</t>
+  </si>
+  <si>
+    <t>2480.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Библос»;сталь нерж.;,L=185/65,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110913</t>
+  </si>
+  <si>
+    <t>1840-15</t>
+  </si>
+  <si>
+    <t>Byblos</t>
+  </si>
+  <si>
+    <t>6014.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Ингрис»;сталь нерж.;,L=18/6,B=1см;металлич.</t>
+  </si>
+  <si>
+    <t>03110914</t>
+  </si>
+  <si>
+    <t>1700-15</t>
+  </si>
+  <si>
+    <t>Ingres</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Брамини»;сталь нерж.;,L=180/60,B=7мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110918</t>
+  </si>
+  <si>
+    <t>S060-7</t>
+  </si>
+  <si>
+    <t>907.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Диаз»;сталь нерж.;,L=214/101,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110919</t>
+  </si>
+  <si>
+    <t>T5106</t>
+  </si>
+  <si>
+    <t>Chef&amp;Sommelier</t>
+  </si>
+  <si>
+    <t>Diaz</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>6146.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Киа»;сталь нерж.;,L=19/6,B=1см;металлич.</t>
+  </si>
+  <si>
+    <t>03110920</t>
+  </si>
+  <si>
+    <t>T5406</t>
+  </si>
+  <si>
+    <t>Kya</t>
+  </si>
+  <si>
+    <t>2989.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Лаццо»;сталь нерж.;,L=185/65,B=10мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110921</t>
+  </si>
+  <si>
+    <t>T4706</t>
+  </si>
+  <si>
+    <t>Lazzo</t>
+  </si>
+  <si>
+    <t>4536.00₸</t>
+  </si>
+  <si>
+    <t>48 шт.</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Аура»;,L=18,6см;металлич.</t>
+  </si>
+  <si>
+    <t>03110922</t>
+  </si>
+  <si>
+    <t>01.0050.1050</t>
+  </si>
+  <si>
+    <t>Aura</t>
+  </si>
+  <si>
+    <t>3119.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Палладиум»;сталь нерж.;,L=182/60,B=5мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110923</t>
+  </si>
+  <si>
+    <t>05900004</t>
+  </si>
+  <si>
+    <t>Palladium</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Эко Багет»;сталь;,L=179,B=35мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110925</t>
+  </si>
+  <si>
+    <t>02800004</t>
+  </si>
+  <si>
+    <t>1818.00₸</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Миллениум»;сталь нерж.;,L=18,7см;металлич.</t>
+  </si>
+  <si>
+    <t>03110926</t>
+  </si>
+  <si>
+    <t>Millenium</t>
+  </si>
+  <si>
+    <t>2803.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Пэлас»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03110927</t>
+  </si>
+  <si>
+    <t>Palace</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Витториале»;сталь нерж.;,L=18,8см;металлич.</t>
+  </si>
+  <si>
+    <t>03110928</t>
+  </si>
+  <si>
+    <t>Vittoriale</t>
+  </si>
+  <si>
+    <t>3157.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Питагора»;сталь нерж.;,L=180/55,B=37мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110930</t>
+  </si>
+  <si>
+    <t>08100004</t>
+  </si>
+  <si>
+    <t>Pitagora</t>
+  </si>
+  <si>
+    <t>3573.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Штутгарт»;сталь нерж.;,L=177/60,B=35мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110937</t>
+  </si>
+  <si>
+    <t>Stuttgart</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Крем»;сталь нерж.;,L=17,7см;металлич.</t>
+  </si>
+  <si>
+    <t>03110938</t>
+  </si>
+  <si>
+    <t>62511-25</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
+    <t>Cream</t>
+  </si>
+  <si>
+    <t>3419.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Деко»;сталь нерж.;,L=18см;серебрист.</t>
+  </si>
+  <si>
+    <t>03110940</t>
+  </si>
+  <si>
+    <t>52503-25</t>
+  </si>
+  <si>
+    <t>Sambonet</t>
+  </si>
+  <si>
+    <t>Deco</t>
+  </si>
+  <si>
+    <t>3003.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Эллада»;сталь нерж.;,L=18,7см;металлич.</t>
+  </si>
+  <si>
+    <t>03110941</t>
+  </si>
+  <si>
+    <t>07900004</t>
+  </si>
+  <si>
+    <t>Ellade</t>
+  </si>
+  <si>
+    <t>11943.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Савой»;сталь нерж.;,L=180/55,B=35мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110948</t>
+  </si>
+  <si>
+    <t>Savoy</t>
+  </si>
+  <si>
+    <t>1995.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Ивен»;сталь нерж.;,L=18,9см;металлич.</t>
+  </si>
+  <si>
+    <t>03110949</t>
+  </si>
+  <si>
+    <t>52537-25</t>
+  </si>
+  <si>
+    <t>Even</t>
+  </si>
+  <si>
+    <t>4066.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Казали» состаренная;сталь нерж.;,L=165/50,B=35мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110952</t>
+  </si>
+  <si>
+    <t>Casali Stonewashed</t>
+  </si>
+  <si>
+    <t>4128.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Атлантис Бейсик»;сталь нерж.;,L=187,B=39мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110953</t>
+  </si>
+  <si>
+    <t>3011-15</t>
+  </si>
+  <si>
+    <t>Atlantis B</t>
+  </si>
+  <si>
+    <t>1810.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Профиль»;сталь нерж.;,L=185/60,B=40мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110954</t>
+  </si>
+  <si>
+    <t>H205-7</t>
+  </si>
+  <si>
+    <t>Kunstwerk</t>
+  </si>
+  <si>
+    <t>1260.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Эко Кембридж»;сталь нерж.;,L=10,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110955</t>
+  </si>
+  <si>
+    <t>Eco Cambr</t>
+  </si>
+  <si>
+    <t>717.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Аляска бэйсик»;сталь нерж.;,L=182/55,B=3мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03110956</t>
+  </si>
+  <si>
+    <t>Alaska Basic</t>
+  </si>
+  <si>
+    <t>1022.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Байрон»;сталь нерж.;,L=17,9см;металлич.</t>
+  </si>
+  <si>
+    <t>03110959</t>
+  </si>
+  <si>
+    <t>08000004</t>
+  </si>
+  <si>
+    <t>Byron</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Бамбу»;сталь нерж.;,L=18,8см;металлич.</t>
+  </si>
+  <si>
+    <t>03110960</t>
+  </si>
+  <si>
+    <t>52519-25</t>
+  </si>
+  <si>
+    <t>Bamboo</t>
+  </si>
+  <si>
+    <t>9287.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Сеттеченто Стоун»;сталь нерж.;,L=17,1см;стальной</t>
+  </si>
+  <si>
+    <t>03110961</t>
+  </si>
+  <si>
+    <t>SettecentoSW</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Ансер Бэйсик»;сталь нерж.;,L=185,B=38мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110965</t>
+  </si>
+  <si>
+    <t>Anser Basic</t>
+  </si>
+  <si>
+    <t>1078.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Ром»;сталь нерж.;,L=18,6см;металлич.</t>
+  </si>
+  <si>
+    <t>03110966</t>
+  </si>
+  <si>
+    <t>52546-25</t>
+  </si>
+  <si>
+    <t>Rome</t>
+  </si>
+  <si>
+    <t>5059.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Серфис»;сталь нерж.;,L=18см;металлич.</t>
+  </si>
+  <si>
+    <t>03110969</t>
+  </si>
+  <si>
+    <t>B0616457</t>
+  </si>
+  <si>
+    <t>Serax</t>
+  </si>
+  <si>
+    <t>Surface</t>
+  </si>
+  <si>
+    <t>8224.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Кингс Стэйнлесс Стил»;сталь нерж.;,L=184/65,B=42мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03110970</t>
+  </si>
+  <si>
+    <t>ZKIS0030</t>
+  </si>
+  <si>
+    <t>Arthur Price</t>
+  </si>
+  <si>
+    <t>Kings Stainless Steel</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
+  </si>
+  <si>
+    <t>3927.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Дрим»;сталь нерж.;,L=18см;металлич.</t>
+  </si>
+  <si>
+    <t>03110972</t>
+  </si>
+  <si>
+    <t>52515-25</t>
+  </si>
+  <si>
+    <t>Dream</t>
+  </si>
+  <si>
+    <t>2210.00₸</t>
+  </si>
+  <si>
+    <t>03110973</t>
+  </si>
+  <si>
+    <t>Vittoriale S</t>
+  </si>
+  <si>
+    <t>4289.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Роял»;сталь нерж.;,L=180,B=35мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03110980</t>
+  </si>
+  <si>
+    <t>01.0049.1050</t>
+  </si>
+  <si>
+    <t>Royal</t>
+  </si>
+  <si>
+    <t>3134.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Пьюр»;сталь нерж.;,L=182,B=37мм;антрацит</t>
+  </si>
+  <si>
+    <t>03110981</t>
+  </si>
+  <si>
+    <t>B1317008</t>
+  </si>
+  <si>
+    <t>Pure</t>
+  </si>
+  <si>
+    <t>7662.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Шарм» состаренная;сталь нерж.;,L=178/55,B=35мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110982</t>
+  </si>
+  <si>
+    <t>R5760F40144</t>
+  </si>
+  <si>
+    <t>Tognana</t>
+  </si>
+  <si>
+    <t>Charme</t>
+  </si>
+  <si>
+    <t>6869.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Блэк Оук»;сталь нерж.;,L=18,2см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>03110983</t>
+  </si>
+  <si>
+    <t>T9206</t>
+  </si>
+  <si>
+    <t>Black Oak</t>
+  </si>
+  <si>
+    <t>10493.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Тотал блэк»;сталь нерж.;,L=18,2см;черный</t>
+  </si>
+  <si>
+    <t>03110985</t>
+  </si>
+  <si>
+    <t>19D00004</t>
+  </si>
+  <si>
+    <t>Infinito bl</t>
+  </si>
+  <si>
+    <t>4382.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Бэйс»;сталь нерж.;,L=180,B=35мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110986</t>
+  </si>
+  <si>
+    <t>B1318104</t>
+  </si>
+  <si>
+    <t>Base</t>
+  </si>
+  <si>
+    <t>8401.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Версаль»;сталь нерж.;,L=18,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03110989</t>
+  </si>
+  <si>
+    <t>JAY</t>
+  </si>
+  <si>
+    <t>Versalles</t>
+  </si>
+  <si>
+    <t>ИСПАНИЯ</t>
+  </si>
+  <si>
+    <t>1202.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Эйч-арт ПВД Голд»;сталь нерж.;,L=18,8см;золотой</t>
+  </si>
+  <si>
+    <t>03110990</t>
+  </si>
+  <si>
+    <t>52727G25</t>
+  </si>
+  <si>
+    <t>H-Art PVD Gold</t>
+  </si>
+  <si>
+    <t>10272.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Экко»;сталь нерж.;,L=19,9см;металлич.</t>
+  </si>
+  <si>
+    <t>03110991</t>
+  </si>
+  <si>
+    <t>56.0404.6040</t>
+  </si>
+  <si>
+    <t>Ecco</t>
+  </si>
+  <si>
+    <t>1941.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Анзо»;сталь нерж.;,L=19см;металлич.</t>
+  </si>
+  <si>
+    <t>03110992</t>
+  </si>
+  <si>
+    <t>1820-15</t>
+  </si>
+  <si>
+    <t>Anzo</t>
+  </si>
+  <si>
+    <t>4990.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Пьюр»;сталь нерж.;,L=182,B=23мм;металлич.,матовый</t>
+  </si>
+  <si>
+    <t>03110993</t>
+  </si>
+  <si>
+    <t>B1318008M</t>
+  </si>
+  <si>
+    <t>10010.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Эксклюзив»;сталь нерж.;,L=18см;металлич.</t>
+  </si>
+  <si>
+    <t>03110999</t>
+  </si>
+  <si>
+    <t>01.0025.1050</t>
+  </si>
+  <si>
+    <t>Exclusiv</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Равенна»;сталь нерж.;,L=19,1см;серебрист.</t>
+  </si>
+  <si>
+    <t>03111000</t>
+  </si>
+  <si>
+    <t>1490-14</t>
+  </si>
+  <si>
+    <t>Ravenna</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Роял Пасифик»;,L=180/60,B=35мм</t>
+  </si>
+  <si>
+    <t>03111124</t>
+  </si>
+  <si>
+    <t>1.5.127.00.011</t>
+  </si>
+  <si>
+    <t>FORTES</t>
+  </si>
+  <si>
+    <t>5075.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Ингрис»;сталь нерж.;,L=210/110,B=5мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111324</t>
+  </si>
+  <si>
+    <t>1700-6</t>
+  </si>
+  <si>
+    <t>1864.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Брамини»;сталь нерж.;,L=210/100,B=7мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111326</t>
+  </si>
+  <si>
+    <t>S060-9</t>
+  </si>
+  <si>
+    <t>1005.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Аура»;,L=20,1см;металлич.</t>
+  </si>
+  <si>
+    <t>03111341</t>
+  </si>
+  <si>
+    <t>01.0050.1810</t>
+  </si>
+  <si>
+    <t>3527.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Пэлас»;сталь нерж.;,L=18,2см;металлич.</t>
+  </si>
+  <si>
+    <t>03111401</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Стреза»;сталь;,L=178/60,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111402</t>
+  </si>
+  <si>
+    <t>03200005</t>
+  </si>
+  <si>
+    <t>1833.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Стреза»;сталь закал.;,L=150/55,B=20мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111403</t>
+  </si>
+  <si>
+    <t>03200017</t>
+  </si>
+  <si>
+    <t>1317.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Аркада»;сталь нерж.;,L=185/60,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111404</t>
+  </si>
+  <si>
+    <t>1620-14</t>
+  </si>
+  <si>
+    <t>2749.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Аркада»;сталь нерж.;,L=145/45,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111405</t>
+  </si>
+  <si>
+    <t>1620-4</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Эллада»;сталь нерж.;,L=18,4см;металлич.</t>
+  </si>
+  <si>
+    <t>03111406</t>
+  </si>
+  <si>
+    <t>07900005</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Библос»;сталь нерж.;,L=187/60,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111407</t>
+  </si>
+  <si>
+    <t>1840-14</t>
+  </si>
+  <si>
+    <t>5960.00₸</t>
   </si>
   <si>
     <t>2 шт.</t>
   </si>
   <si>
-    <t>Ложка десертная «Ансер Голд»;сталь нерж.;,L=180/65,B=4мм;металлич.,золотой</t>
-[...929 lines deleted...]
-    <t>2919.00₸</t>
+    <t>Вилка десертная «Ингрис»;сталь нерж.;,L=18/6,B=1см;металлич.</t>
+  </si>
+  <si>
+    <t>03111408</t>
+  </si>
+  <si>
+    <t>1700-14</t>
+  </si>
+  <si>
+    <t>871.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Ингрис»;сталь нерж.;,L=145/50,B=10мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111409</t>
+  </si>
+  <si>
+    <t>1700-4</t>
+  </si>
+  <si>
+    <t>593.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Брамини»;сталь нерж.;,L=160/50,B=7мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111415</t>
+  </si>
+  <si>
+    <t>S060-4</t>
+  </si>
+  <si>
+    <t>Bramini</t>
+  </si>
+  <si>
+    <t>574.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Брамини»;сталь нерж.;,L=180/60,B=7мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111416</t>
+  </si>
+  <si>
+    <t>S060-8</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Эмбосс»;сталь нерж.;,L=150/59,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111417</t>
+  </si>
+  <si>
+    <t>S037-11</t>
+  </si>
+  <si>
+    <t>358.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Диаз»;сталь нерж.;,L=190/60,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111418</t>
+  </si>
+  <si>
+    <t>T5105</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Киа»;сталь нерж.;,L=19/6,B=1см;металлич.</t>
+  </si>
+  <si>
+    <t>03111420</t>
+  </si>
+  <si>
+    <t>T5405</t>
+  </si>
+  <si>
+    <t>2961.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Лаццо»;сталь нерж.;,L=185/70,B=10мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111422</t>
+  </si>
+  <si>
+    <t>T4705</t>
+  </si>
+  <si>
+    <t>5348.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Аура»;,L=18,3см;металлич.</t>
+  </si>
+  <si>
+    <t>03111424</t>
+  </si>
+  <si>
+    <t>01.0050.1060</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Палладиум»;сталь нерж.;,L=185/60,B=5мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111425</t>
+  </si>
+  <si>
+    <t>05900005</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Роял Пасифик»;,L=180/60,B=25мм</t>
+  </si>
+  <si>
+    <t>03111429</t>
+  </si>
+  <si>
+    <t>1.5.127.00.012</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Крем»;сталь нерж.;,L=15,2см;металлич.</t>
+  </si>
+  <si>
+    <t>03111431</t>
+  </si>
+  <si>
+    <t>62511-55</t>
+  </si>
+  <si>
+    <t>3881.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Эко Багет»;сталь;,L=177/60,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111433</t>
+  </si>
+  <si>
+    <t>02800005</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Багет»;сталь нерж.;,L=18,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03111434</t>
+  </si>
+  <si>
+    <t>08300005</t>
+  </si>
+  <si>
+    <t>4151.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Миллениум»;сталь нерж.;,L=18,7см;металлич.</t>
+  </si>
+  <si>
+    <t>03111435</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Романино»;сталь нерж.;,L=18,7см;металлич.</t>
+  </si>
+  <si>
+    <t>03111436</t>
+  </si>
+  <si>
+    <t>06500005</t>
+  </si>
+  <si>
+    <t>Romanino</t>
+  </si>
+  <si>
+    <t>2264.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Синтезис»;сталь нерж.;,L=18,3см;металлич.</t>
+  </si>
+  <si>
+    <t>03111437</t>
+  </si>
+  <si>
+    <t>Synthesis</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Витториале»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03111438</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Пэлас»;сталь нерж.;,L=14,6см;металлич.</t>
+  </si>
+  <si>
+    <t>03111439</t>
+  </si>
+  <si>
+    <t>1487.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Витториале»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03111440</t>
+  </si>
+  <si>
+    <t>2103.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Миллениум»;сталь нерж.;,L=18,7см;металлич.</t>
+  </si>
+  <si>
+    <t>03111441</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Лаццо»;сталь нерж.;,L=15,3см;металлич.</t>
+  </si>
+  <si>
+    <t>03111445</t>
+  </si>
+  <si>
+    <t>T0420</t>
+  </si>
+  <si>
+    <t>6118.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Библос»;сталь нерж.;,L=145/20,B=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111449</t>
+  </si>
+  <si>
+    <t>1840-4</t>
+  </si>
+  <si>
+    <t>6237.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Экспо»;сталь нерж.;,L=190/65,B=20мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111450</t>
+  </si>
+  <si>
+    <t>Expo Satinato</t>
+  </si>
+  <si>
+    <t>2988.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Галис»;сталь нерж.;,L=17,7см;металлич.</t>
+  </si>
+  <si>
+    <t>03111453</t>
+  </si>
+  <si>
+    <t>089X0005</t>
+  </si>
+  <si>
+    <t>Galles</t>
+  </si>
+  <si>
+    <t>840.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Штутгарт»;сталь нерж.;,L=175/20,B=20мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111460</t>
+  </si>
+  <si>
+    <t>1902.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Палладиум»;сталь нерж.;,L=15,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03111463</t>
+  </si>
+  <si>
+    <t>05900017</t>
+  </si>
+  <si>
+    <t>2326.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Деко»;сталь нерж.;,L=18см;серебрист.</t>
+  </si>
+  <si>
+    <t>03111466</t>
+  </si>
+  <si>
+    <t>52503-26</t>
+  </si>
+  <si>
+    <t>2950.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Линеа Кью»;сталь нерж.;,L=17,7см;металлич.</t>
+  </si>
+  <si>
+    <t>03111469</t>
+  </si>
+  <si>
+    <t>52530-26</t>
+  </si>
+  <si>
+    <t>Linea Q</t>
+  </si>
+  <si>
+    <t>6199.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Квин Энн»;сталь нерж.;,L=17,6см;металлич.</t>
+  </si>
+  <si>
+    <t>03111472</t>
+  </si>
+  <si>
+    <t>52507-26</t>
+  </si>
+  <si>
+    <t>Queen Anne</t>
+  </si>
+  <si>
+    <t>2911.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Кингс Сильвер Плэйт»;посеребрен.;,L=183,B=25мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03111475</t>
+  </si>
+  <si>
+    <t>KIPA0040</t>
+  </si>
+  <si>
+    <t>Kings Silver Plate</t>
+  </si>
+  <si>
+    <t>20213.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Ивен»;сталь нерж.;,L=19см;металлич.</t>
+  </si>
+  <si>
+    <t>03111480</t>
+  </si>
+  <si>
+    <t>52537-26</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Казали» состаренная;сталь нерж.;,L=165/55,B=20мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111486</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Казали» состаренная;сталь нерж.;,L=14,6см;металлич.</t>
+  </si>
+  <si>
+    <t>03111487</t>
+  </si>
+  <si>
+    <t>2518.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Атлантис Бейсик»;сталь нерж.;,L=188,B=20мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111488</t>
+  </si>
+  <si>
+    <t>3011-14</t>
+  </si>
+  <si>
+    <t>1294.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Профиль»;сталь нерж.;,L=189/60,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111489</t>
+  </si>
+  <si>
+    <t>H205-8</t>
+  </si>
+  <si>
+    <t>1316.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Эко Кембридж»;сталь нерж.</t>
+  </si>
+  <si>
+    <t>03111490</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Элит»;сталь нерж.;,L=19,B=22см;металлич.</t>
+  </si>
+  <si>
+    <t>03111491</t>
+  </si>
+  <si>
+    <t>D031-8</t>
+  </si>
+  <si>
+    <t>Elite</t>
+  </si>
+  <si>
+    <t>3598.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Киото»;сталь нерж.;,L=175/55,B=8мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111492</t>
+  </si>
+  <si>
+    <t>E006F/D018-8</t>
+  </si>
+  <si>
+    <t>Kyoto</t>
+  </si>
+  <si>
+    <t>2128.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Нова бэйсик»;сталь нерж.;,L=182,B=22мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111493</t>
+  </si>
+  <si>
+    <t>S105-8</t>
+  </si>
+  <si>
+    <t>Nova Basic</t>
+  </si>
+  <si>
+    <t>756.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Багет бэйсик»;сталь нерж.;,L=185,B=25мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111494</t>
+  </si>
+  <si>
+    <t>Baguette Basic</t>
+  </si>
+  <si>
+    <t>1218.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Аляска бэйсик»;сталь нерж.;,L=182/55,B=3мм</t>
+  </si>
+  <si>
+    <t>03111495</t>
+  </si>
+  <si>
+    <t>Аляска бэйсик</t>
+  </si>
+  <si>
+    <t>1141.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Бамбу»;сталь нерж.;,L=14,6см;металлич.</t>
+  </si>
+  <si>
+    <t>03111497</t>
+  </si>
+  <si>
+    <t>52519-55</t>
+  </si>
+  <si>
+    <t>9787.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Перлес»;сталь нерж.;,L=18,3см;металлич.</t>
+  </si>
+  <si>
+    <t>03111498</t>
+  </si>
+  <si>
+    <t>52502-26</t>
+  </si>
+  <si>
+    <t>Perles</t>
+  </si>
+  <si>
+    <t>3542.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Сеттеченто Стоун»;сталь нерж.;,L=17,1см;стальной</t>
+  </si>
+  <si>
+    <t>03111499</t>
+  </si>
+  <si>
+    <t>Нож десертный «Пэлас»;сталь нерж.;,L=20см;металлич.</t>
+  </si>
+  <si>
+    <t>03111501</t>
+  </si>
+  <si>
+    <t>7423.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Стреза»;сталь;,H=23,L=22/10,B=15,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03111502</t>
+  </si>
+  <si>
+    <t>03200006</t>
+  </si>
+  <si>
+    <t>4135.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Аркада»;сталь нерж.;,L=215/110,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111504</t>
+  </si>
+  <si>
+    <t>1620-6</t>
+  </si>
+  <si>
+    <t>3073.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Эллада»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03111505</t>
+  </si>
+  <si>
+    <t>07900006</t>
+  </si>
+  <si>
+    <t>12413.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Библос»;сталь нерж.;,L=212/110,B=10мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111506</t>
+  </si>
+  <si>
+    <t>1840-6</t>
+  </si>
+  <si>
+    <t>7315.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Библос» с составной ручкой;сталь нерж.;,L=21/11,B=1см;металлич.</t>
+  </si>
+  <si>
+    <t>03111507</t>
+  </si>
+  <si>
+    <t>1840-61</t>
+  </si>
+  <si>
+    <t>18581.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Киа» с ручкой моноблок;сталь нерж.;,L=210/95,B=10мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111514</t>
+  </si>
+  <si>
+    <t>T5408</t>
+  </si>
+  <si>
+    <t>2765.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Лаццо» с ручкой моноблок;сталь нерж.;,L=21/11,B=1см;металлич.</t>
+  </si>
+  <si>
+    <t>03111517</t>
+  </si>
+  <si>
+    <t>T4708</t>
+  </si>
+  <si>
+    <t>7581.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Диаз» с ручкой моноблок;сталь нерж.;,L=190/85,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111520</t>
+  </si>
+  <si>
+    <t>T5108</t>
+  </si>
+  <si>
+    <t>6797.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Палладиум»;сталь нерж.;,L=210/100,B=5мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111521</t>
+  </si>
+  <si>
+    <t>05900006</t>
+  </si>
+  <si>
+    <t>6222.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Роял Пасифик»;,L=20,8см;металлич.</t>
+  </si>
+  <si>
+    <t>03111526</t>
+  </si>
+  <si>
+    <t>1.5.127.00.015</t>
+  </si>
+  <si>
+    <t>3666.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Крем» с составной ручкой;сталь нерж.;,L=20,3см;металлич.</t>
+  </si>
+  <si>
+    <t>03111527</t>
+  </si>
+  <si>
+    <t>62511-27</t>
+  </si>
+  <si>
+    <t>4790.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Эко Багет»;сталь;,L=195/90,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111530</t>
+  </si>
+  <si>
+    <t>028000L6</t>
+  </si>
+  <si>
+    <t>4158.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Багет»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03111531</t>
+  </si>
+  <si>
+    <t>08300006</t>
+  </si>
+  <si>
+    <t>4328.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Миллениум»;сталь нерж.;,L=18,7см;металлич.</t>
+  </si>
+  <si>
+    <t>03111532</t>
+  </si>
+  <si>
+    <t>Нож десертный «Синтезис»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03111534</t>
+  </si>
+  <si>
+    <t>3596.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Витториале»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03111536</t>
+  </si>
+  <si>
+    <t>4713.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Питагора»;сталь нерж.;,L=21см;металлич.</t>
+  </si>
+  <si>
+    <t>03111538</t>
+  </si>
+  <si>
+    <t>08100006</t>
+  </si>
+  <si>
+    <t>Нож десертный «Сеттеченто»;сталь нерж.;,L=20см;металлич.</t>
+  </si>
+  <si>
+    <t>03111541</t>
+  </si>
+  <si>
+    <t>8963.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Галис»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03111545</t>
+  </si>
+  <si>
+    <t>089X00L6</t>
+  </si>
+  <si>
+    <t>Нож десертный «Бора» моноблок;сталь нерж.;,L=20,7см</t>
+  </si>
+  <si>
+    <t>03111546</t>
+  </si>
+  <si>
+    <t>T7608</t>
+  </si>
+  <si>
+    <t>Arcoroc</t>
+  </si>
+  <si>
+    <t>Bora</t>
+  </si>
+  <si>
+    <t>1946.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Штутгарт»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03111552</t>
+  </si>
+  <si>
+    <t>3465.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Багет»;сталь нерж.;,L=90/175мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111556</t>
+  </si>
+  <si>
+    <t>08300019</t>
+  </si>
+  <si>
+    <t>5483.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Деко»;сталь нерж.;,L=20,3см;серебрист.</t>
+  </si>
+  <si>
+    <t>03111561</t>
+  </si>
+  <si>
+    <t>52503-27</t>
+  </si>
+  <si>
+    <t>4105.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Линеа Кью»;сталь нерж.;,L=17,7см;металлич.</t>
+  </si>
+  <si>
+    <t>03111564</t>
+  </si>
+  <si>
+    <t>52530-27</t>
+  </si>
+  <si>
+    <t>8571.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Кингс Сильвер Плэйт»;посеребрен.;,L=224,B=20мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03111570</t>
+  </si>
+  <si>
+    <t>KIPA0620</t>
+  </si>
+  <si>
+    <t>26512.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Ивен»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03111575</t>
+  </si>
+  <si>
+    <t>52537-27</t>
+  </si>
+  <si>
+    <t>5722.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Казали» состаренная;сталь нерж.;,L=195/95,B=17мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111580</t>
+  </si>
+  <si>
+    <t>7993.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Профиль»;сталь нерж.;,L=205/90,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111581</t>
+  </si>
+  <si>
+    <t>H205-9</t>
+  </si>
+  <si>
+    <t>1750.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Эко Кембридж»;сталь нерж.;,L=195/90,B=16мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111582</t>
+  </si>
+  <si>
+    <t>1279.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Элит»;сталь нерж.;,L=215/100,B=15мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111584</t>
+  </si>
+  <si>
+    <t>D031-9</t>
+  </si>
+  <si>
+    <t>3885.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Нова бэйсик»;сталь нерж.;,L=200,B=26мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111585</t>
+  </si>
+  <si>
+    <t>S105-9</t>
+  </si>
+  <si>
+    <t>1729.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Багет бэйсик»;сталь нерж.;,L=214,B=16мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111586</t>
+  </si>
+  <si>
+    <t>2058.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Аляска бэйсик»;сталь нерж.;,L=205/100,B=5мм</t>
+  </si>
+  <si>
+    <t>03111587</t>
+  </si>
+  <si>
+    <t>1820.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Киото»;сталь нерж.;,L=205/100,B=10мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111590</t>
+  </si>
+  <si>
+    <t>E006F/D018-9</t>
+  </si>
+  <si>
+    <t>Нож десертный «Аркада Бэйсик»;сталь нерж.;,L=210,B=16мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111596</t>
+  </si>
+  <si>
+    <t>Arcada Basic</t>
+  </si>
+  <si>
+    <t>1981.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Ансер Бэйсик»;сталь нерж.;,L=21/11,B=2см;металлич.</t>
+  </si>
+  <si>
+    <t>03111597</t>
+  </si>
+  <si>
+    <t>Нож десертный «Денвер»;сталь нерж.;,L=210,B=17мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111598</t>
+  </si>
+  <si>
+    <t>Denver Basic</t>
+  </si>
+  <si>
+    <t>1953.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Пэлас» для мороженого;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03111720</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Библос» для мороженого;сталь нерж.;,L=13,B=3см;металлич.</t>
+  </si>
+  <si>
+    <t>03111728</t>
+  </si>
+  <si>
+    <t>1840-18</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Равенна»;сталь нерж.;,L=19,2см;серебрист.</t>
+  </si>
+  <si>
+    <t>03112000</t>
+  </si>
+  <si>
+    <t>1490-15</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Аркада Бэйсик»;сталь нерж.;,L=187,B=24мм;металлич.</t>
+  </si>
+  <si>
+    <t>03112306</t>
+  </si>
+  <si>
+    <t>1176.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Ансер Бэйсик»;сталь нерж.;,L=185,B=25мм;металлич.</t>
+  </si>
+  <si>
+    <t>03112307</t>
+  </si>
+  <si>
+    <t>903.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Денвер»;сталь нерж.;,L=185,B=65мм;металлич.</t>
+  </si>
+  <si>
+    <t>03112308</t>
+  </si>
+  <si>
+    <t>1106.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Саппоро бэйсик»;сталь нерж.;,L=180,B=23мм;металлич.</t>
+  </si>
+  <si>
+    <t>03112310</t>
+  </si>
+  <si>
+    <t>S049-8</t>
+  </si>
+  <si>
+    <t>Sapporo/ S04</t>
+  </si>
+  <si>
+    <t>1274.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Ром»;сталь нерж.;,L=18,7см;металлич.</t>
+  </si>
+  <si>
+    <t>03112311</t>
+  </si>
+  <si>
+    <t>52546-26</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Порто»;сталь нерж.;,L=170/55,B=20мм;металлич.</t>
+  </si>
+  <si>
+    <t>03112314</t>
+  </si>
+  <si>
+    <t>E007F-8</t>
+  </si>
+  <si>
+    <t>Porto</t>
+  </si>
+  <si>
+    <t>2387.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Калипсо»;сталь нерж.;,L=175/55,B=22мм;металлич.</t>
+  </si>
+  <si>
+    <t>03112315</t>
+  </si>
+  <si>
+    <t>E013F-8</t>
+  </si>
+  <si>
+    <t>Calypso</t>
+  </si>
+  <si>
+    <t>2065.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Гранд»;сталь нерж.;,L=180/60,B=25мм;металлич.</t>
+  </si>
+  <si>
+    <t>03112316</t>
+  </si>
+  <si>
+    <t>E015F/E015P-8</t>
+  </si>
+  <si>
+    <t>Grand</t>
+  </si>
+  <si>
+    <t>2212.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Рустик»;сталь нерж.,пластик;,L=15/5,B=2см;коричнев.,металлич.</t>
+  </si>
+  <si>
+    <t>03112317</t>
+  </si>
+  <si>
+    <t>8005-4</t>
+  </si>
+  <si>
+    <t>Rustic</t>
+  </si>
+  <si>
+    <t>3281.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Кингс Стэйнлесс Стил»;сталь нерж.;,L=183/75,B=25мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03112318</t>
+  </si>
+  <si>
+    <t>ZKIS0040</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Кингс Стэйнлесс Стил»;сталь нерж.;,L=138/50,B=20мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03112319</t>
+  </si>
+  <si>
+    <t>ZKIS0130</t>
+  </si>
+  <si>
+    <t>3458.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Дрим»;сталь нерж.;,L=18см;металлич.</t>
+  </si>
+  <si>
+    <t>03112321</t>
+  </si>
+  <si>
+    <t>52515-26</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Шарм» состаренная;сталь нерж.;,L=180/60,B=22мм;металлич.</t>
+  </si>
+  <si>
+    <t>03112333</t>
+  </si>
+  <si>
+    <t>R5760F50144</t>
+  </si>
+  <si>
+    <t>4975.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Блэк Оук»;сталь нерж.;,L=18,3см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>03112335</t>
+  </si>
+  <si>
+    <t>T9205</t>
+  </si>
+  <si>
+    <t>10143.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная;сталь нерж.;,L=18,7см;металлич.</t>
+  </si>
+  <si>
+    <t>03112336</t>
+  </si>
+  <si>
+    <t>T9105</t>
+  </si>
+  <si>
+    <t>Acoma</t>
+  </si>
+  <si>
+    <t>5103.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Тотал блэк»;сталь нерж.;,L=18,1см;черный</t>
+  </si>
+  <si>
+    <t>03112337</t>
+  </si>
+  <si>
+    <t>19D00005</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Тотал блэк»;сталь нерж.;,L=21см;черный</t>
+  </si>
+  <si>
+    <t>03112338</t>
+  </si>
+  <si>
+    <t>19D00017</t>
+  </si>
+  <si>
+    <t>3619.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Пьюр»;сталь нерж.;,L=182,B=23мм;черный</t>
+  </si>
+  <si>
+    <t>03112340</t>
+  </si>
+  <si>
+    <t>B1317007</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Бэйс»;сталь нерж.;,L=180,B=24мм;металлич.</t>
+  </si>
+  <si>
+    <t>03112341</t>
+  </si>
+  <si>
+    <t>B1318103</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Фултон Винтаж Коппер» состаренная;сталь нерж.;,L=17,8см;медный</t>
+  </si>
+  <si>
+    <t>03112346</t>
+  </si>
+  <si>
+    <t>5735SX023</t>
+  </si>
+  <si>
+    <t>Steelite</t>
+  </si>
+  <si>
+    <t>Fulton Vintage Copper</t>
+  </si>
+  <si>
+    <t>3812.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Джио Понти»;сталь нерж.;,L=17,9см;металлич.</t>
+  </si>
+  <si>
+    <t>03112348</t>
+  </si>
+  <si>
+    <t>52560-26</t>
+  </si>
+  <si>
+    <t>Gio Ponti</t>
+  </si>
+  <si>
+    <t>5267.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Багет винтаж»;сталь нерж.;,H=20,L=175,B=60мм;металлич.</t>
+  </si>
+  <si>
+    <t>03112350</t>
+  </si>
+  <si>
+    <t>52486-26</t>
+  </si>
+  <si>
+    <t>Baguette Vin</t>
+  </si>
+  <si>
+    <t>7570.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Версаль»;сталь нерж.;,L=18,4см;металлич.</t>
+  </si>
+  <si>
+    <t>03112351</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Винтаж ПВД Коппер»;сталь нерж.;,L=17,8см;медный</t>
+  </si>
+  <si>
+    <t>03112352</t>
+  </si>
+  <si>
+    <t>62412C26</t>
+  </si>
+  <si>
+    <t>Vintage PVD Copper</t>
+  </si>
+  <si>
+    <t>7924.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Эйч-арт ПВД Голд»;сталь нерж.;,L=19см;золотой</t>
+  </si>
+  <si>
+    <t>03112353</t>
+  </si>
+  <si>
+    <t>52727G26</t>
+  </si>
+  <si>
+    <t>13298.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Экко»;сталь нерж.;,L=19,7см;металлич.</t>
+  </si>
+  <si>
+    <t>03112355</t>
+  </si>
+  <si>
+    <t>56.0405.6040</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Саппоро бэйсик»;сталь нерж.;,L=18/5,B=2см;черный,матовый</t>
+  </si>
+  <si>
+    <t>03112358</t>
+  </si>
+  <si>
+    <t>S049-8b</t>
+  </si>
+  <si>
+    <t>Sapporo</t>
+  </si>
+  <si>
+    <t>1582.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Дольче Вита»;сталь нерж.;,L=17,8см;металлич.</t>
+  </si>
+  <si>
+    <t>03112359</t>
+  </si>
+  <si>
+    <t>Dolce vita</t>
+  </si>
+  <si>
+    <t>9086.00₸</t>
+  </si>
+  <si>
+    <t>14 шт.</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Анзо»;сталь нерж.;,L=145/40,B=22мм;металлич.</t>
+  </si>
+  <si>
+    <t>03112360</t>
+  </si>
+  <si>
+    <t>1820-4</t>
+  </si>
+  <si>
+    <t>2541.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Анзо»;сталь нерж.;,L=190/60,B=23мм;металлич.</t>
+  </si>
+  <si>
+    <t>03112361</t>
+  </si>
+  <si>
+    <t>1820-14</t>
+  </si>
+  <si>
+    <t>4597.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Гест стар»;сталь нерж.;,L=18,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03112368</t>
+  </si>
+  <si>
+    <t>Guy Degrenne</t>
+  </si>
+  <si>
+    <t>Guest Star</t>
+  </si>
+  <si>
+    <t>7100.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Гест стар»;сталь нерж.;,L=13,9см;металлич.</t>
+  </si>
+  <si>
+    <t>03112369</t>
+  </si>
+  <si>
+    <t>7200.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Эксклюзив»;сталь нерж.;,L=18см;металлич.</t>
+  </si>
+  <si>
+    <t>03112372</t>
+  </si>
+  <si>
+    <t>01.0025.1060</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Чиппендейл»;сталь нерж.;,L=18,6см;металлич.</t>
+  </si>
+  <si>
+    <t>03112374</t>
+  </si>
+  <si>
+    <t>01.0043.1060</t>
+  </si>
+  <si>
+    <t>Chippendale</t>
+  </si>
+  <si>
+    <t>5344.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная;сталь нерж.;,L=18,1см</t>
+  </si>
+  <si>
+    <t>03112375</t>
+  </si>
+  <si>
+    <t>01.0053.1060</t>
+  </si>
+  <si>
+    <t>Accent</t>
+  </si>
+  <si>
+    <t>4875.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Медан»;сталь нерж.;,L=19,4см;металлич.</t>
+  </si>
+  <si>
+    <t>03112376</t>
+  </si>
+  <si>
+    <t>56.4405.6040</t>
+  </si>
+  <si>
+    <t>Medan</t>
+  </si>
+  <si>
+    <t>4366.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Даймонд»;сталь нерж.;,L=18см;металлич.</t>
+  </si>
+  <si>
+    <t>03112377</t>
+  </si>
+  <si>
+    <t>01.0042.1060</t>
+  </si>
+  <si>
+    <t>Diamond</t>
+  </si>
+  <si>
+    <t>4813.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Рубан»;сталь нерж.;,L=18,2см;металлич.</t>
+  </si>
+  <si>
+    <t>03112378</t>
+  </si>
+  <si>
+    <t>1640-14</t>
+  </si>
+  <si>
+    <t>Ruban</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Лувр»;сталь нерж.;,L=18,3см;серебрян.</t>
+  </si>
+  <si>
+    <t>03112379</t>
+  </si>
+  <si>
+    <t>1650-14S/X</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Контур»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03112381</t>
+  </si>
+  <si>
+    <t>1800-14</t>
+  </si>
+  <si>
+    <t>Contour</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Элеганс»;сталь нерж.;,L=17,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03112382</t>
+  </si>
+  <si>
+    <t>966-14</t>
+  </si>
+  <si>
+    <t>Elegance</t>
+  </si>
+  <si>
+    <t>1386.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Артезия»;сталь нерж.;,L=19см;металлич.</t>
+  </si>
+  <si>
+    <t>03112383</t>
+  </si>
+  <si>
+    <t>983-14</t>
+  </si>
+  <si>
+    <t>Artesia</t>
+  </si>
+  <si>
+    <t>3512.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Хеи»;сталь нерж.;,L=18,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03112387</t>
+  </si>
+  <si>
+    <t>B0719006</t>
+  </si>
+  <si>
+    <t>Heii</t>
+  </si>
+  <si>
+    <t>9002.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Рустик» уцененная;сталь нерж.,пластик;,L=15/5см</t>
+  </si>
+  <si>
+    <t>03112388</t>
+  </si>
+  <si>
+    <t>8005-4/ю</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Боксис»;сталь нерж.;,L=185,B=25мм;металлич.</t>
+  </si>
+  <si>
+    <t>03112391</t>
+  </si>
+  <si>
+    <t>B1318205</t>
+  </si>
+  <si>
+    <t>Boxy`s</t>
+  </si>
+  <si>
+    <t>6538.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Пас-парту»;сталь нерж.;,L=17,8см;металлич.,матовый</t>
+  </si>
+  <si>
+    <t>03112392</t>
+  </si>
+  <si>
+    <t>B1318306</t>
+  </si>
+  <si>
+    <t>Passe-partout</t>
+  </si>
+  <si>
+    <t>4513.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Перфект имперфекшн»;сталь нерж.;,L=16,B=2см;металлич.</t>
+  </si>
+  <si>
+    <t>03112393</t>
+  </si>
+  <si>
+    <t>B0718225</t>
+  </si>
+  <si>
+    <t>Perfect Imperfection</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Линеа»;сталь нерж.;,L=17,4см;медный</t>
+  </si>
+  <si>
+    <t>03112394</t>
+  </si>
+  <si>
+    <t>52713C26</t>
+  </si>
+  <si>
+    <t>Linear</t>
+  </si>
+  <si>
+    <t>7500.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Линеа кью»;сталь нерж.;,L=17,7см;черный</t>
+  </si>
+  <si>
+    <t>03112395</t>
+  </si>
+  <si>
+    <t>52730B26</t>
+  </si>
+  <si>
+    <t>14877.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Ханна антик»;сталь нерж.;,L=17,7см;металлич.</t>
+  </si>
+  <si>
+    <t>03112396</t>
+  </si>
+  <si>
+    <t>52620-26</t>
+  </si>
+  <si>
+    <t>Hannah Antiq</t>
+  </si>
+  <si>
+    <t>7223.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Флэт»;сталь нерж.;,L=17,8см;шампань</t>
+  </si>
+  <si>
+    <t>03112398</t>
+  </si>
+  <si>
+    <t>62712P26</t>
+  </si>
+  <si>
+    <t>Flat</t>
+  </si>
+  <si>
+    <t>6569.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Флэт»;сталь нерж.;,L=18см;золотой</t>
+  </si>
+  <si>
+    <t>03112399</t>
+  </si>
+  <si>
+    <t>62712G26</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Флэт Винтаж»;сталь нерж.;,L=18см;металлич.</t>
+  </si>
+  <si>
+    <t>03112400</t>
+  </si>
+  <si>
+    <t>62412-26</t>
+  </si>
+  <si>
+    <t>Flat Vintage</t>
+  </si>
+  <si>
+    <t>3227.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Саппоро бэйсик»;сталь нерж.;,L=200,B=17мм;металлич.</t>
+  </si>
+  <si>
+    <t>03112501</t>
+  </si>
+  <si>
+    <t>S049-9</t>
+  </si>
+  <si>
+    <t>1477.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Ром»;сталь нерж.;,L=22,7см;металлич.</t>
+  </si>
+  <si>
+    <t>03112502</t>
+  </si>
+  <si>
+    <t>52546-27</t>
+  </si>
+  <si>
+    <t>7192.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Порто»;сталь нерж.;,L=200,B=17мм;металлич.</t>
+  </si>
+  <si>
+    <t>03112504</t>
+  </si>
+  <si>
+    <t>E007F-4</t>
+  </si>
+  <si>
+    <t>Нож десертный «Калипсо»;сталь нерж.;,L=21см;металлич.</t>
+  </si>
+  <si>
+    <t>03112505</t>
+  </si>
+  <si>
+    <t>E013F-4</t>
+  </si>
+  <si>
+    <t>Нож десертный «Гранд»;сталь нерж.;,L=210/100,B=15мм;металлич.</t>
+  </si>
+  <si>
+    <t>03112506</t>
+  </si>
+  <si>
+    <t>E015F/E015P-4</t>
+  </si>
+  <si>
+    <t>1708.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Кингс Стэйнлесс Стил»;сталь нерж.;,L=218,B=20мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03112507</t>
+  </si>
+  <si>
+    <t>ZKIS0920</t>
+  </si>
+  <si>
+    <t>5799.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Роял»;сталь хромир.;,L=205,B=18мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03112518</t>
+  </si>
+  <si>
+    <t>01.0049.1810</t>
+  </si>
+  <si>
+    <t>3519.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Пьюр»;сталь нерж.;,L=200,B=17мм;черный</t>
+  </si>
+  <si>
+    <t>03112519</t>
+  </si>
+  <si>
+    <t>B1317006</t>
+  </si>
+  <si>
+    <t>7962.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Шарм» состаренный;сталь нерж.;,L=210/100,B=17мм;металлич.</t>
+  </si>
+  <si>
+    <t>03112520</t>
+  </si>
+  <si>
+    <t>R5760F60144</t>
+  </si>
+  <si>
+    <t>8555.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Блэк Оук»;сталь нерж.;,L=21,5см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>03112521</t>
+  </si>
+  <si>
+    <t>T9208</t>
+  </si>
+  <si>
+    <t>15204.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Тотал блэк»;сталь нерж.;черный</t>
+  </si>
+  <si>
+    <t>03112523</t>
+  </si>
+  <si>
+    <t>19D00006</t>
+  </si>
+  <si>
+    <t>ИНДОНЕЗИЯ</t>
+  </si>
+  <si>
+    <t>Нож десертный «Бэйс»;сталь нерж.;,L=200,B=19мм;металлич.</t>
+  </si>
+  <si>
+    <t>03112524</t>
+  </si>
+  <si>
+    <t>B1318105</t>
+  </si>
+  <si>
+    <t>5914.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Джио Понти»;сталь нерж.;,L=22,3см;металлич.</t>
+  </si>
+  <si>
+    <t>03112530</t>
+  </si>
+  <si>
+    <t>52560-27</t>
+  </si>
+  <si>
+    <t>Нож десертный «Багет винтаж»;сталь нерж.;,L=20,3см;металлич.</t>
+  </si>
+  <si>
+    <t>03112532</t>
+  </si>
+  <si>
+    <t>52486-27</t>
+  </si>
+  <si>
+    <t>7177.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Версаль»;сталь нерж.;,L=20,2см;металлич.</t>
+  </si>
+  <si>
+    <t>03112533</t>
+  </si>
+  <si>
+    <t>1848.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Винтаж ПВД Коппер»;сталь нерж.;,L=20,8см;медный</t>
+  </si>
+  <si>
+    <t>03112534</t>
+  </si>
+  <si>
+    <t>62412C27</t>
+  </si>
+  <si>
+    <t>10834.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Эйч-арт ПВД Голд»;сталь нерж.;,L=20,3см;золотой</t>
+  </si>
+  <si>
+    <t>03112535</t>
+  </si>
+  <si>
+    <t>52727G27</t>
+  </si>
+  <si>
+    <t>13945.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03112536</t>
+  </si>
+  <si>
+    <t>56.2306.6049</t>
+  </si>
+  <si>
+    <t>Style</t>
+  </si>
+  <si>
+    <t>Нож десертный «Саппоро бэйсик»;сталь нерж.;,L=200/100,B=16мм;черный,матовый</t>
+  </si>
+  <si>
+    <t>03112539</t>
+  </si>
+  <si>
+    <t>S049-9b</t>
+  </si>
+  <si>
+    <t>Нож десертный «Анзо»;сталь нерж.;,L=215/100,B=16мм;металлич.</t>
+  </si>
+  <si>
+    <t>03112540</t>
+  </si>
+  <si>
+    <t>1820-6</t>
+  </si>
+  <si>
+    <t>4736.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Анзо» с ручкой эрго;сталь нерж.;,L=215/100,B=15мм;металлич.</t>
+  </si>
+  <si>
+    <t>03112541</t>
+  </si>
+  <si>
+    <t>1820-6E</t>
+  </si>
+  <si>
+    <t>5129.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Гест стар»;сталь нерж.;,L=21,9см;металлич.</t>
+  </si>
+  <si>
+    <t>03112548</t>
+  </si>
+  <si>
+    <t>Нож десертный «Крейцбанд»;сталь нерж.;,L=21,3см;металлич.</t>
+  </si>
+  <si>
+    <t>03112549</t>
+  </si>
+  <si>
+    <t>01.0013.1810</t>
+  </si>
+  <si>
+    <t>Kreuzband</t>
+  </si>
+  <si>
+    <t>6368.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Эксклюзив»;сталь нерж.;,L=20,9см;металлич.</t>
+  </si>
+  <si>
+    <t>03112550</t>
+  </si>
+  <si>
+    <t>01.0025.1810</t>
+  </si>
+  <si>
+    <t>6730.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Чиппендейл»;сталь нерж.;,L=21,1см;металлич.</t>
+  </si>
+  <si>
+    <t>03112552</t>
+  </si>
+  <si>
+    <t>01.0043.1810</t>
+  </si>
+  <si>
+    <t>7285.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Контур»;сталь нерж.;,L=20,6см</t>
+  </si>
+  <si>
+    <t>03112553</t>
+  </si>
+  <si>
+    <t>01.0036.1810</t>
+  </si>
+  <si>
+    <t>7092.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный;сталь нерж.;,L=22см</t>
+  </si>
+  <si>
+    <t>03112554</t>
+  </si>
+  <si>
+    <t>01.0053.1810</t>
+  </si>
+  <si>
+    <t>5498.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Медан»;сталь нерж.;,L=21,7см;металлич.</t>
+  </si>
+  <si>
+    <t>03112555</t>
+  </si>
+  <si>
+    <t>55.4406.6049</t>
+  </si>
+  <si>
+    <t>4851.00₸</t>
+  </si>
+  <si>
+    <t>03112556</t>
+  </si>
+  <si>
+    <t>56.4406.6049</t>
+  </si>
+  <si>
+    <t>Нож десертный «Даймонд»;сталь нерж.;,L=20,6см;металлич.</t>
+  </si>
+  <si>
+    <t>03112557</t>
+  </si>
+  <si>
+    <t>01.0042.1810</t>
+  </si>
+  <si>
+    <t>Нож десертный «Рубан»;сталь нерж.;,L=22,2см;металлич.</t>
+  </si>
+  <si>
+    <t>03112558</t>
+  </si>
+  <si>
+    <t>1640-6</t>
+  </si>
+  <si>
+    <t>4089.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Шатле»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03112560</t>
+  </si>
+  <si>
+    <t>1680-6</t>
+  </si>
+  <si>
+    <t>Chatelet</t>
+  </si>
+  <si>
+    <t>Нож десертный «Контур»;сталь нерж.;,L=21,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03112562</t>
+  </si>
+  <si>
+    <t>1800-6</t>
+  </si>
+  <si>
+    <t>Нож десертный «Элеганс»;сталь нерж.;,L=19см;металлич.</t>
+  </si>
+  <si>
+    <t>03112563</t>
+  </si>
+  <si>
+    <t>966-6</t>
+  </si>
+  <si>
+    <t>2257.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Артезия»;сталь нерж.;,L=20,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03112564</t>
+  </si>
+  <si>
+    <t>983-6</t>
+  </si>
+  <si>
+    <t>3943.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Хеи»;сталь нерж.;,L=205,B=20мм;металлич.</t>
+  </si>
+  <si>
+    <t>03112567</t>
+  </si>
+  <si>
+    <t>B0719005</t>
+  </si>
+  <si>
+    <t>6900.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Пас-парту»;сталь нерж.;металлич.,матовый</t>
+  </si>
+  <si>
+    <t>03112570</t>
+  </si>
+  <si>
+    <t>B1318305</t>
+  </si>
+  <si>
+    <t>5236.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Бали»;сталь нерж.;,L=20,6см</t>
+  </si>
+  <si>
+    <t>03112572</t>
+  </si>
+  <si>
+    <t>11BALI114</t>
+  </si>
+  <si>
+    <t>Sola</t>
+  </si>
+  <si>
+    <t>Bali</t>
+  </si>
+  <si>
+    <t>НИДЕРЛАНДЫ</t>
+  </si>
+  <si>
+    <t>Нож десертный «Эрмитаж»;сталь нерж.;,L=22,1см;металлич.</t>
+  </si>
+  <si>
+    <t>03112573</t>
+  </si>
+  <si>
+    <t>11HERM 114</t>
+  </si>
+  <si>
+    <t>Hermitage</t>
+  </si>
+  <si>
+    <t>4012.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Лозанна»;сталь нерж.;,L=20,7см;металлич.</t>
+  </si>
+  <si>
+    <t>03112574</t>
+  </si>
+  <si>
+    <t>11LAUS 114</t>
+  </si>
+  <si>
+    <t>Lausanne</t>
+  </si>
+  <si>
+    <t>Нож десертный «Палермо»;сталь нерж.;,L=21,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03112575</t>
+  </si>
+  <si>
+    <t>11PALP 114</t>
+  </si>
+  <si>
+    <t>Palermo</t>
+  </si>
+  <si>
+    <t>Нож десертный «Лаццо Патина»;сталь нерж.;,L=21,3см;металлич.,матовый</t>
+  </si>
+  <si>
+    <t>03112577</t>
+  </si>
+  <si>
+    <t>T9308</t>
+  </si>
+  <si>
+    <t>Lazzo Patina</t>
+  </si>
+  <si>
+    <t>5152.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Эмоушн»;сталь нерж.;,L=21,3см;металлич.</t>
+  </si>
+  <si>
+    <t>03112578</t>
+  </si>
+  <si>
+    <t>56.1306.6049</t>
+  </si>
+  <si>
+    <t>Emotion</t>
+  </si>
+  <si>
+    <t>Нож десертный «Домо Мэтт»;сталь нерж.;,L=21,6см;металлич.,матовый</t>
+  </si>
+  <si>
+    <t>03112582</t>
+  </si>
+  <si>
+    <t>Vista Alegre</t>
+  </si>
+  <si>
+    <t>Domo Matt</t>
+  </si>
+  <si>
+    <t>14492.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный;сталь нерж.;,L=21,8см;металлич.,матовый</t>
+  </si>
+  <si>
+    <t>03112583</t>
+  </si>
+  <si>
+    <t>Velvet Matt</t>
+  </si>
+  <si>
+    <t>4574.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Астория»;сталь нерж.;,L=21,9см;металлич.</t>
+  </si>
+  <si>
+    <t>03112584</t>
+  </si>
+  <si>
+    <t>1520-6</t>
+  </si>
+  <si>
+    <t>Astoria</t>
+  </si>
+  <si>
+    <t>3265.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Орсэй»;сталь нерж.;,L=210/100,B=15мм;металлич.</t>
+  </si>
+  <si>
+    <t>03112585</t>
+  </si>
+  <si>
+    <t>990-6</t>
+  </si>
+  <si>
+    <t>Orsay</t>
+  </si>
+  <si>
+    <t>1949.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Спига Голд»;сталь нерж.;,L=19см;золотой</t>
+  </si>
+  <si>
+    <t>03112586</t>
+  </si>
+  <si>
+    <t>A0032-OV13</t>
+  </si>
+  <si>
+    <t>Pordamsa</t>
+  </si>
+  <si>
+    <t>Spiga gold</t>
+  </si>
+  <si>
+    <t>8186.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Ханиборн»;сталь нерж.;,L=21см;металлич.</t>
+  </si>
+  <si>
+    <t>03112588</t>
+  </si>
+  <si>
+    <t>5976SX051</t>
+  </si>
+  <si>
+    <t>Honeybourne</t>
+  </si>
+  <si>
+    <t>3365.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Мерси» набор[4шт];дерево;,L=140,B=15мм</t>
+  </si>
+  <si>
+    <t>03112775</t>
+  </si>
+  <si>
+    <t>B0217103</t>
+  </si>
+  <si>
+    <t>Merci</t>
+  </si>
+  <si>
+    <t>12074.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Мерси»;сталь нерж.;,L=140,B=15мм;серый</t>
+  </si>
+  <si>
+    <t>03112776</t>
+  </si>
+  <si>
+    <t>B0717006</t>
+  </si>
+  <si>
+    <t>Нож десертный «Мерси»;сталь нерж.;,L=140,B=15мм;антрацит</t>
+  </si>
+  <si>
+    <t>03112777</t>
+  </si>
+  <si>
+    <t>B0717005</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Мерси» набор[4шт];дерево;,L=140,B=25мм</t>
+  </si>
+  <si>
+    <t>03112860</t>
+  </si>
+  <si>
+    <t>B0217101</t>
+  </si>
+  <si>
+    <t>13768.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Мерси» с зубчиками;сталь нерж.;,L=140,B=25мм;антрацит</t>
+  </si>
+  <si>
+    <t>03112862</t>
+  </si>
+  <si>
+    <t>B0717003</t>
+  </si>
+  <si>
+    <t>5082.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Мерси»;сталь нерж.;,L=140,B=25мм;серый</t>
+  </si>
+  <si>
+    <t>03112863</t>
+  </si>
+  <si>
+    <t>B0717002</t>
+  </si>
+  <si>
+    <t>1879.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Мерси» с зубчиками;сталь нерж.;,L=140,B=25мм;серый</t>
+  </si>
+  <si>
+    <t>03112864</t>
+  </si>
+  <si>
+    <t>B0717004</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Исео» 18/0;сталь нерж.;,L=18,9см;серебрист.</t>
+  </si>
+  <si>
+    <t>03112942</t>
+  </si>
+  <si>
+    <t>1570-14</t>
+  </si>
+  <si>
+    <t>Iseo Hammered</t>
+  </si>
+  <si>
+    <t>1925.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Исео» 18/0;сталь нерж.;,L=18,9см;серебрист.</t>
+  </si>
+  <si>
+    <t>03112943</t>
+  </si>
+  <si>
+    <t>1570-15</t>
+  </si>
+  <si>
+    <t>1448.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Фидл Винтаж Сатин»;сталь нерж.;,L=21,2см;металлич.,матовый</t>
+  </si>
+  <si>
+    <t>03113208</t>
+  </si>
+  <si>
+    <t>FDVS 880005</t>
+  </si>
+  <si>
+    <t>Charingworth</t>
+  </si>
+  <si>
+    <t>Fiddle Vitage Satin</t>
+  </si>
+  <si>
+    <t>Нож десертный;медь;,L=21см;медный</t>
+  </si>
+  <si>
+    <t>03113291</t>
+  </si>
+  <si>
+    <t>A0032-CO13</t>
+  </si>
+  <si>
+    <t>12166.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Чиппендейл»;сталь нерж.;,L=18,2см;металлич.</t>
+  </si>
+  <si>
+    <t>03113401</t>
+  </si>
+  <si>
+    <t>01.0043.1050</t>
+  </si>
+  <si>
+    <t>5183.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Контур»;сталь нерж.;,L=17,7см</t>
+  </si>
+  <si>
+    <t>03113402</t>
+  </si>
+  <si>
+    <t>01.0036.1050</t>
+  </si>
+  <si>
+    <t>Ложка десертная;сталь нерж.;,L=18,1см</t>
+  </si>
+  <si>
+    <t>03113403</t>
+  </si>
+  <si>
+    <t>01.0053.1050</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Медан»;сталь нерж.;,L=19,6см;металлич.</t>
+  </si>
+  <si>
+    <t>03113404</t>
+  </si>
+  <si>
+    <t>56.4404.6040</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Даймонд»;сталь нерж.;,L=18см;металлич.</t>
+  </si>
+  <si>
+    <t>03113405</t>
+  </si>
+  <si>
+    <t>01.0042.1050</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Рубан»;сталь нерж.;,L=18,2см;металлич.</t>
+  </si>
+  <si>
+    <t>03113406</t>
+  </si>
+  <si>
+    <t>1640-15</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Лувр»;сталь нерж.;серебрян.</t>
+  </si>
+  <si>
+    <t>03113407</t>
+  </si>
+  <si>
+    <t>1650-15S/X</t>
+  </si>
+  <si>
+    <t>4890.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Шатле»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03113408</t>
+  </si>
+  <si>
+    <t>1680-15</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Контур»;сталь нерж.;,L=18,3см;металлич.</t>
+  </si>
+  <si>
+    <t>03113409</t>
+  </si>
+  <si>
+    <t>1800-15</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Элеганс»;сталь нерж.;,L=17,8см;металлич.</t>
+  </si>
+  <si>
+    <t>03113410</t>
+  </si>
+  <si>
+    <t>966-15</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Артезия»;сталь нерж.;,L=18,8см;металлич.</t>
+  </si>
+  <si>
+    <t>03113411</t>
+  </si>
+  <si>
+    <t>983-15</t>
+  </si>
+  <si>
+    <t>2318.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Хеи»;сталь нерж.;,L=18,8см</t>
+  </si>
+  <si>
+    <t>03113414</t>
+  </si>
+  <si>
+    <t>B0719007</t>
+  </si>
+  <si>
+    <t>5860.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Пас-парту»;сталь нерж.;,L=20,5см;металлич.,матовый</t>
+  </si>
+  <si>
+    <t>03113417</t>
+  </si>
+  <si>
+    <t>B1318307</t>
+  </si>
+  <si>
+    <t>6630.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Перфект имперфекшн»;сталь нерж.;,L=177,B=47мм;металлич.</t>
+  </si>
+  <si>
+    <t>03113418</t>
+  </si>
+  <si>
+    <t>B0718226</t>
+  </si>
+  <si>
+    <t>10488.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Баобаб Сатин»;сталь нерж.;,L=18,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03113419</t>
+  </si>
+  <si>
+    <t>BBS 880006</t>
+  </si>
+  <si>
+    <t>Studio William</t>
+  </si>
+  <si>
+    <t>Baobab Satin</t>
+  </si>
+  <si>
+    <t>3827.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Бальса Миррор»;сталь нерж.;,L=18,8см;металлич.</t>
+  </si>
+  <si>
+    <t>03113420</t>
+  </si>
+  <si>
+    <t>BLM 880006</t>
+  </si>
+  <si>
+    <t>Balsa Mirror</t>
+  </si>
+  <si>
+    <t>4898.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Махогани Сатин»;сталь нерж.;,L=18,8см;металлич.</t>
+  </si>
+  <si>
+    <t>03113421</t>
+  </si>
+  <si>
+    <t>MHS 880006</t>
+  </si>
+  <si>
+    <t>Mahogany Satin</t>
+  </si>
+  <si>
+    <t>5090.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Фидл Винтаж Сатин»;сталь нерж.;,L=18,8см;металлич.,матовый</t>
+  </si>
+  <si>
+    <t>03113422</t>
+  </si>
+  <si>
+    <t>FDVS 880006</t>
+  </si>
+  <si>
+    <t>2464.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Твист»;сталь нерж.;,L=18,7см;металлич.</t>
+  </si>
+  <si>
+    <t>03113423</t>
+  </si>
+  <si>
+    <t>11TWIS012</t>
+  </si>
+  <si>
+    <t>Twist</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Бали»;сталь нерж.;,L=19см;металлич.</t>
+  </si>
+  <si>
+    <t>03113424</t>
+  </si>
+  <si>
+    <t>11BALI012</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Эрмитаж»;сталь нерж.;,L=18,7см;металлич.</t>
+  </si>
+  <si>
+    <t>03113425</t>
+  </si>
+  <si>
+    <t>11HERM 012</t>
+  </si>
+  <si>
+    <t>3296.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Лозанна»;сталь нерж.;,L=18,6см;металлич.</t>
+  </si>
+  <si>
+    <t>03113426</t>
+  </si>
+  <si>
+    <t>11LAUS 012</t>
+  </si>
+  <si>
+    <t>4282.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Палермо»;сталь нерж.;,L=17,9см;металлич.</t>
+  </si>
+  <si>
+    <t>03113427</t>
+  </si>
+  <si>
+    <t>11PALP 012</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Лаццо Патина»;сталь нерж.;,L=185/65,B=10мм;металлич.,матовый</t>
+  </si>
+  <si>
+    <t>03113429</t>
+  </si>
+  <si>
+    <t>T9306</t>
+  </si>
+  <si>
+    <t>3444.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Мескана»;сталь нерж.;,L=19,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03113431</t>
+  </si>
+  <si>
+    <t>56.1304.6040</t>
+  </si>
+  <si>
+    <t>Mescana</t>
+  </si>
+  <si>
+    <t>4243.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Волюто»;сталь нерж.;,L=15,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03113432</t>
+  </si>
+  <si>
+    <t>T7528</t>
+  </si>
+  <si>
+    <t>Voluto</t>
+  </si>
+  <si>
+    <t>980.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Зоуи»;сталь нерж.;,L=184,B=30мм;антрацит</t>
+  </si>
+  <si>
+    <t>03113433</t>
+  </si>
+  <si>
+    <t>B1319008A</t>
+  </si>
+  <si>
+    <t>Zoё</t>
+  </si>
+  <si>
+    <t>12005.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Домо Мэтт»;сталь нерж.;,L=18,4см;металлич.,матовый</t>
+  </si>
+  <si>
+    <t>03113434</t>
+  </si>
+  <si>
+    <t>Ложка десертная;сталь нерж.;,L=18,4см;металлич.,матовый</t>
+  </si>
+  <si>
+    <t>03113435</t>
+  </si>
+  <si>
+    <t>3311.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Астория»;сталь нерж.;,L=19,6см;металлич.</t>
+  </si>
+  <si>
+    <t>03113436</t>
+  </si>
+  <si>
+    <t>1520-15</t>
+  </si>
+  <si>
+    <t>2842.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Орсэй»;сталь нерж.;,L=19/6,B=4см;металлич.</t>
+  </si>
+  <si>
+    <t>03113437</t>
+  </si>
+  <si>
+    <t>990-15</t>
+  </si>
+  <si>
+    <t>1194.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Спига Голд»;сталь нерж.;,L=18,5см;золотой</t>
+  </si>
+  <si>
+    <t>03113438</t>
+  </si>
+  <si>
+    <t>A0032-OV15</t>
+  </si>
+  <si>
+    <t>8170.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Зоуи»;сталь нерж.;,L=184,B=3мм;металлич.,матовый</t>
+  </si>
+  <si>
+    <t>03113439</t>
+  </si>
+  <si>
+    <t>B1319008</t>
+  </si>
+  <si>
+    <t>8879.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Зоуи»;сталь нерж.;,L=184,B=3мм;черный</t>
+  </si>
+  <si>
+    <t>03113440</t>
+  </si>
+  <si>
+    <t>B1319008B</t>
+  </si>
+  <si>
+    <t>12682.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Ханиборн»;сталь нерж.;,L=15,9см;металлич.</t>
+  </si>
+  <si>
+    <t>03113441</t>
+  </si>
+  <si>
+    <t>5976SX003</t>
+  </si>
+  <si>
+    <t>3111.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Зоуи»;сталь нерж.,посеребрен.;,L=184,B=30мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03113442</t>
+  </si>
+  <si>
+    <t>B1319008S</t>
+  </si>
+  <si>
+    <t>34273.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Мерси Микс»;сталь нерж.;,L=18см;металлич.</t>
+  </si>
+  <si>
+    <t>03113446</t>
+  </si>
+  <si>
+    <t>B0718304</t>
+  </si>
+  <si>
+    <t>Merci Mix</t>
+  </si>
+  <si>
+    <t>7115.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Пэлас Мартелатто»;сталь нерж.;,L=18,2см;серебрист.</t>
+  </si>
+  <si>
+    <t>03113447</t>
+  </si>
+  <si>
+    <t>Palace Martellato</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Пэлас Мартеллато Трэжер Хани»;сталь нерж.;,L=18,2см;золотой</t>
+  </si>
+  <si>
+    <t>03113448</t>
+  </si>
+  <si>
+    <t>1TG00004</t>
+  </si>
+  <si>
+    <t>Palace Martellato Treasure Honey</t>
+  </si>
+  <si>
+    <t>7069.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Пэлас Мартеллато Трэжер Коппер»;сталь нерж.;,L=18,2см;медный</t>
+  </si>
+  <si>
+    <t>03113449</t>
+  </si>
+  <si>
+    <t>1TH00004</t>
+  </si>
+  <si>
+    <t>Palace Martellato Treasure Copper</t>
+  </si>
+  <si>
+    <t>Вилка десертная;медь;,L=18,2см;медный</t>
+  </si>
+  <si>
+    <t>03113784</t>
+  </si>
+  <si>
+    <t>A0032-CO14</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Твист»;сталь нерж.;,L=18,8см;металлич.</t>
+  </si>
+  <si>
+    <t>03113901</t>
+  </si>
+  <si>
+    <t>11TWIS022</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Бали»;сталь нерж.;,L=19,1см;металлич.</t>
+  </si>
+  <si>
+    <t>03113903</t>
+  </si>
+  <si>
+    <t>11BALI022</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Эрмитаж»;сталь нерж.;,L=18,8см;металлич.</t>
+  </si>
+  <si>
+    <t>03113905</t>
+  </si>
+  <si>
+    <t>11HERM 022</t>
+  </si>
+  <si>
+    <t>3127.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Эрмитаж»;сталь нерж.;,L=15см;металлич.</t>
+  </si>
+  <si>
+    <t>03113906</t>
+  </si>
+  <si>
+    <t>11HERM 404</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Лозанна»;сталь нерж.;,L=18,7см;металлич.</t>
+  </si>
+  <si>
+    <t>03113907</t>
+  </si>
+  <si>
+    <t>11LAUS 022</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Лозанна»;сталь нерж.;,L=15см;металлич.</t>
+  </si>
+  <si>
+    <t>03113908</t>
+  </si>
+  <si>
+    <t>11LAUS 404</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Палермо»;сталь нерж.;,L=18,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03113909</t>
+  </si>
+  <si>
+    <t>11PALP 022</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Палермо»;сталь нерж.;,L=15,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03113910</t>
+  </si>
+  <si>
+    <t>11PALP 404</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Лаццо Патина»;сталь нерж.;,L=18,5см;металлич.,матовый</t>
+  </si>
+  <si>
+    <t>03113912</t>
+  </si>
+  <si>
+    <t>T9305</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Дистрест»;сталь нерж.;,L=17,8см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>03113914</t>
+  </si>
+  <si>
+    <t>5727SX023</t>
+  </si>
+  <si>
+    <t>Varick By Steelite</t>
+  </si>
+  <si>
+    <t>Distressed Briar</t>
+  </si>
+  <si>
+    <t>ИНДИЯ</t>
+  </si>
+  <si>
+    <t>5635.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Мескана»;сталь нерж.;,L=19,3см;металлич.</t>
+  </si>
+  <si>
+    <t>03113915</t>
+  </si>
+  <si>
+    <t>56.1305.6040</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Бамбу»;сталь нерж.;,L=18,8см;шампань</t>
+  </si>
+  <si>
+    <t>03113916</t>
+  </si>
+  <si>
+    <t>52719P26</t>
+  </si>
+  <si>
+    <t>13791.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Эмоушен»;сталь нерж.;,L=16см;металлич.</t>
+  </si>
+  <si>
+    <t>03113917</t>
+  </si>
+  <si>
+    <t>01.0054.1750</t>
+  </si>
+  <si>
+    <t>2056.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Мескана»;сталь нерж.;,L=16см;металлич.</t>
+  </si>
+  <si>
+    <t>03113918</t>
+  </si>
+  <si>
+    <t>56.1375.6040</t>
+  </si>
+  <si>
+    <t>2195.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Домо Мэтт»;сталь нерж.;,L=19,3см;металлич.,матовый</t>
+  </si>
+  <si>
+    <t>03113921</t>
+  </si>
+  <si>
+    <t>Вилка десертная;сталь нерж.;,L=18,4см;металлич.,матовый</t>
+  </si>
+  <si>
+    <t>03113922</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Астория»;сталь нерж.;,L=195/60,B=20мм;металлич.</t>
+  </si>
+  <si>
+    <t>03113924</t>
+  </si>
+  <si>
+    <t>1520-14</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Орсэй»;сталь нерж.;,L=192/55,B=19мм</t>
+  </si>
+  <si>
+    <t>03113925</t>
+  </si>
+  <si>
+    <t>990-14</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Орсэй»;сталь нерж.;,L=14,5см;серебрист.</t>
+  </si>
+  <si>
+    <t>03113926</t>
+  </si>
+  <si>
+    <t>990-4</t>
+  </si>
+  <si>
+    <t>1109.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Астория»;сталь нерж.;,L=147/45,B=23мм;металлич.</t>
+  </si>
+  <si>
+    <t>03113927</t>
+  </si>
+  <si>
+    <t>1520-4</t>
+  </si>
+  <si>
+    <t>3150.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Спига Голд»;сталь нерж.;,L=18,5см;золотой</t>
+  </si>
+  <si>
+    <t>03113928</t>
+  </si>
+  <si>
+    <t>A0032-OV14</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Зоуи»;сталь нерж.;,L=184,B=18,5мм;черный</t>
+  </si>
+  <si>
+    <t>03113929</t>
+  </si>
+  <si>
+    <t>B1319007B</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Ханиборн»;сталь нерж.;,L=18см;металлич.</t>
+  </si>
+  <si>
+    <t>03113931</t>
+  </si>
+  <si>
+    <t>5976SX023</t>
+  </si>
+  <si>
+    <t>3181.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Зоуи»;сталь нерж.,посеребрен.;,L=181,B=18мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03113935</t>
+  </si>
+  <si>
+    <t>B1319007S</t>
+  </si>
+  <si>
+    <t>30492.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Ханна антик»;сталь нерж.;,L=20,3см;металлич.</t>
+  </si>
+  <si>
+    <t>03113942</t>
+  </si>
+  <si>
+    <t>52620-27</t>
+  </si>
+  <si>
+    <t>7731.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Эпок»;сталь нерж.;,L=15,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03113945</t>
+  </si>
+  <si>
+    <t>10149.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Мерси Микс»;сталь нерж.;,L=18см;металлич.</t>
+  </si>
+  <si>
+    <t>03113946</t>
+  </si>
+  <si>
+    <t>B0718303</t>
+  </si>
+  <si>
+    <t>Нож десертный «Мерси Микс»;сталь нерж.;,L=19см;металлич.</t>
+  </si>
+  <si>
+    <t>03113947</t>
+  </si>
+  <si>
+    <t>B0718305</t>
+  </si>
+  <si>
+    <t>7354.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Пэлас Мартелатто»;сталь нерж.;,L=18,2см;серебрист.</t>
+  </si>
+  <si>
+    <t>03113949</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Пэлас Мартеллато Трэжер Блэк»;сталь нерж.;,L=18,2см;черный</t>
+  </si>
+  <si>
+    <t>03113950</t>
+  </si>
+  <si>
+    <t>1TD00005</t>
+  </si>
+  <si>
+    <t>Palace Martellato Treasure Black</t>
+  </si>
+  <si>
+    <t>7616.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Пэлас Мартеллато Трэжер Хани»;сталь нерж.;,L=18,2см;золотой</t>
+  </si>
+  <si>
+    <t>03113951</t>
+  </si>
+  <si>
+    <t>1TG00005</t>
+  </si>
+  <si>
+    <t>8686.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Пэлас Мартеллато Трэжер Коппер»;сталь нерж.;,L=18,2см;медный</t>
+  </si>
+  <si>
+    <t>03113952</t>
+  </si>
+  <si>
+    <t>1TH00005</t>
+  </si>
+  <si>
+    <t>Ложка десертная;медь;,L=18,5см;медный</t>
+  </si>
+  <si>
+    <t>03114012</t>
+  </si>
+  <si>
+    <t>A0032-CO15</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Фюз мартеле»;сталь нерж.;,L=19,1см;металлич.</t>
+  </si>
+  <si>
+    <t>03114425</t>
+  </si>
+  <si>
+    <t>Fuse Martele</t>
+  </si>
+  <si>
+    <t>4905.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Фюз мартеле»;сталь нерж.;,L=19,1см;металлич.</t>
+  </si>
+  <si>
+    <t>03114426</t>
+  </si>
+  <si>
+    <t>Нож десертный «Фюз мартеле»;сталь нерж.;,L=19,2см;металлич.</t>
+  </si>
+  <si>
+    <t>03114427</t>
+  </si>
+  <si>
+    <t>7585.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Кэролин»;сталь нерж.;,L=18,4см;металлич.</t>
+  </si>
+  <si>
+    <t>03114440</t>
+  </si>
+  <si>
+    <t>5742SX023</t>
+  </si>
+  <si>
+    <t>Folio By Steelite</t>
+  </si>
+  <si>
+    <t>Carolyn </t>
+  </si>
+  <si>
+    <t>8825.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Кэролин»;сталь нерж.;,L=18,4см;металлич.</t>
+  </si>
+  <si>
+    <t>03114446</t>
+  </si>
+  <si>
+    <t>5742SX003</t>
+  </si>
+  <si>
+    <t>Нож десертный «Кэролин»;сталь нерж.;,L=21,2см;металлич.</t>
+  </si>
+  <si>
+    <t>03114448</t>
+  </si>
+  <si>
+    <t>5742SX051</t>
+  </si>
+  <si>
+    <t>6715.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Домо»;сталь нерж.;,L=19,3см;металлич.</t>
+  </si>
+  <si>
+    <t>03114455</t>
+  </si>
+  <si>
+    <t>Domo</t>
+  </si>
+  <si>
+    <t>6422.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Пэлас Мартеллато Трэжер Блэк»;сталь нерж.;,L=20см;черный</t>
+  </si>
+  <si>
+    <t>03114458</t>
+  </si>
+  <si>
+    <t>1TD00006</t>
+  </si>
+  <si>
+    <t>8355.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Пэлас Мартеллато Трэжер Хани»;сталь нерж.;,L=20см;золотой</t>
+  </si>
+  <si>
+    <t>03114459</t>
+  </si>
+  <si>
+    <t>1TG00006</t>
+  </si>
+  <si>
+    <t>Нож десертный «Пэлас Мартеллато Трэжер Коппер»;сталь нерж.;,L=20см;медный</t>
+  </si>
+  <si>
+    <t>03114460</t>
+  </si>
+  <si>
+    <t>1TH00006</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Пэлас Мартеллато Трэжер Блэк»;сталь нерж.;,L=180/60,B=35мм;черный</t>
+  </si>
+  <si>
+    <t>03114461</t>
+  </si>
+  <si>
+    <t>1TD00004</t>
+  </si>
+  <si>
+    <t>7608.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Пэлас Мартелатто»;сталь нерж.;,L=200/92,B=17мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03114462</t>
+  </si>
+  <si>
+    <t>3650.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Фиори»;хромоник. сталь;,L=18,7см;хромиров.</t>
+  </si>
+  <si>
+    <t>03114519</t>
+  </si>
+  <si>
+    <t>Fiori</t>
+  </si>
+  <si>
+    <t>ШВЕЙЦАРИЯ</t>
+  </si>
+  <si>
+    <t>6153.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Фиори»;хромоник. сталь;,L=18,8см;хромиров.</t>
+  </si>
+  <si>
+    <t>03114520</t>
+  </si>
+  <si>
+    <t>6622.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Фиори»;хромоник. сталь;,L=20,2см;хромиров.</t>
+  </si>
+  <si>
+    <t>03114521</t>
+  </si>
+  <si>
+    <t>7015.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Фиори»;хромоник. сталь;,L=13,9см;хромиров.</t>
+  </si>
+  <si>
+    <t>03114523</t>
+  </si>
+  <si>
+    <t>5352.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Сан Ремо»;хромоник. сталь;,L=18,7см;хромиров.</t>
+  </si>
+  <si>
+    <t>03114525</t>
+  </si>
+  <si>
+    <t>San Remo</t>
+  </si>
+  <si>
+    <t>7323.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Сан Ремо»;хромоник. сталь;,L=18,9см;хромиров.</t>
+  </si>
+  <si>
+    <t>03114526</t>
+  </si>
+  <si>
+    <t>Нож десертный «Сан Ремо»;хромоник. сталь;,L=20,7см;хромиров.</t>
+  </si>
+  <si>
+    <t>03114527</t>
+  </si>
+  <si>
+    <t>7831.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Сан Ремо»;хромоник. сталь;,L=16,7см;хромиров.</t>
+  </si>
+  <si>
+    <t>03114529</t>
+  </si>
+  <si>
+    <t>6122.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Монтевидео»;хромоник. сталь;,L=19,6см;хромиров.</t>
+  </si>
+  <si>
+    <t>03114532</t>
+  </si>
+  <si>
+    <t>Montevideo</t>
+  </si>
+  <si>
+    <t>5260.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Монтевидео»;хромоник. сталь;,L=19,6см;хромиров.</t>
+  </si>
+  <si>
+    <t>03114533</t>
+  </si>
+  <si>
+    <t>Нож десертный «Монтевидео»;хромоник. сталь;,L=21,9см;хромиров.</t>
+  </si>
+  <si>
+    <t>03114534</t>
+  </si>
+  <si>
+    <t>5683.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Монтевидео»;хромоник. сталь;,L=15см;хромиров.</t>
+  </si>
+  <si>
+    <t>03114536</t>
+  </si>
+  <si>
+    <t>2665.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Роял»;хромоник. сталь;,L=19см;хромиров.</t>
+  </si>
+  <si>
+    <t>03114541</t>
+  </si>
+  <si>
+    <t>7131.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Роял»;хромоник. сталь;,L=19,1см;хромиров.</t>
+  </si>
+  <si>
+    <t>03114542</t>
+  </si>
+  <si>
+    <t>Нож десертный «Роял»;хромоник. сталь;,L=20,8см;хромиров.</t>
+  </si>
+  <si>
+    <t>03114543</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Роял»;хромоник. сталь;,L=16,5см;хромиров.</t>
+  </si>
+  <si>
+    <t>03114545</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Кубизм 21»;хромоник. сталь;,L=18,8см;хромиров.</t>
+  </si>
+  <si>
+    <t>03114547</t>
+  </si>
+  <si>
+    <t>Cubism 21</t>
+  </si>
+  <si>
+    <t>7346.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Кубизм 21»;хромоник. сталь;,L=18,8см;хромиров.</t>
+  </si>
+  <si>
+    <t>03114548</t>
+  </si>
+  <si>
+    <t>8986.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Кубизм 21»;хромоник. сталь;,L=20,9см;хромиров.</t>
+  </si>
+  <si>
+    <t>03114549</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Багет»;сталь нерж.;,L=17,6см;серебрист.</t>
+  </si>
+  <si>
+    <t>03115053</t>
+  </si>
+  <si>
+    <t>52586-26</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Багет»;сталь нерж.;,L=18см;серебрист.</t>
+  </si>
+  <si>
+    <t>03115054</t>
+  </si>
+  <si>
+    <t>52586-25</t>
+  </si>
+  <si>
+    <t>Нож десертный «Багет»;сталь нерж.;,L=20,4см;серебрист.</t>
+  </si>
+  <si>
+    <t>03115057</t>
+  </si>
+  <si>
+    <t>52586-27</t>
+  </si>
+  <si>
+    <t>5706.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Багет»;сталь нерж.;,L=13,7см;серебрист.</t>
+  </si>
+  <si>
+    <t>03115065</t>
+  </si>
+  <si>
+    <t>52586-55</t>
+  </si>
+  <si>
+    <t>4543.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Перлес»;сталь нерж.;,L=218,B=19мм;металлич.</t>
+  </si>
+  <si>
+    <t>03115069</t>
+  </si>
+  <si>
+    <t>52502-27</t>
+  </si>
+  <si>
+    <t>9649.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Сибарис»;сталь;,L=21см;металлич.</t>
+  </si>
+  <si>
+    <t>03115111</t>
+  </si>
+  <si>
+    <t>LSYB013AX913001</t>
+  </si>
+  <si>
+    <t>Le CoQ</t>
+  </si>
+  <si>
+    <t>Sybaris</t>
+  </si>
+  <si>
+    <t>4682.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Сибарис»;сталь;,L=18см;металлич.</t>
+  </si>
+  <si>
+    <t>03115112</t>
+  </si>
+  <si>
+    <t>LSYB013AX914001</t>
+  </si>
+  <si>
+    <t>4405.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Сибарис»;сталь;,L=18см;металлич.</t>
+  </si>
+  <si>
+    <t>03115113</t>
+  </si>
+  <si>
+    <t>LSYB013AX915001</t>
+  </si>
+  <si>
+    <t>Нож десертный «Каллиполис»;сталь;,L=21см;металлич.</t>
+  </si>
+  <si>
+    <t>03115119</t>
+  </si>
+  <si>
+    <t>LKAL000AX913003</t>
+  </si>
+  <si>
+    <t>Kallipolis</t>
+  </si>
+  <si>
+    <t>5244.00₸</t>
+  </si>
+  <si>
+    <t>Ложка десертная «Каллиполис»;сталь;,L=18см;металлич.</t>
+  </si>
+  <si>
+    <t>03115120</t>
+  </si>
+  <si>
+    <t>LKAL000AX914003</t>
+  </si>
+  <si>
+    <t>5229.00₸</t>
+  </si>
+  <si>
+    <t>29 шт.</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Каллиполис»;сталь;,L=18см;металлич.</t>
+  </si>
+  <si>
+    <t>03115121</t>
+  </si>
+  <si>
+    <t>LKAL000AX915003</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Визув»;сталь нерж.;,L=14,2см;металлич.</t>
+  </si>
+  <si>
+    <t>03115193</t>
+  </si>
+  <si>
+    <t>951-4</t>
+  </si>
+  <si>
+    <t>Vesuve</t>
+  </si>
+  <si>
+    <t>278.00₸</t>
   </si>
   <si>
     <t>23 шт.</t>
   </si>
   <si>
-    <t>Вилка десертная «Концепт»;сталь нерж.;,L=200/50,B=25мм;металлич.</t>
-[...1802 lines deleted...]
-    <t>3596.00₸</t>
+    <t>Нож десертный «Пируэт»;сталь нерж.;,L=20см;серебрист.</t>
+  </si>
+  <si>
+    <t>03151321</t>
+  </si>
+  <si>
+    <t>5732SX051</t>
+  </si>
+  <si>
+    <t>Pirouette</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Тапас»;сталь нерж.;,L=120/17,B=40мм;металлич.</t>
+  </si>
+  <si>
+    <t>04110229</t>
+  </si>
+  <si>
+    <t>Tapas</t>
   </si>
   <si>
     <t>17 шт.</t>
   </si>
   <si>
-    <t>Нож десертный «Витториале»;сталь нерж.;металлич.</t>
-[...119 lines deleted...]
-    <t>5722.00₸</t>
+    <t>Ложка десертная для меда;бук;D=3,L=15/17см</t>
+  </si>
+  <si>
+    <t>04110796</t>
+  </si>
+  <si>
+    <t>2819.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Филет»;сталь нерж.;,L=185/65,B=25мм;металлич.</t>
+  </si>
+  <si>
+    <t>09100964</t>
+  </si>
+  <si>
+    <t>05400005</t>
+  </si>
+  <si>
+    <t>Filet</t>
+  </si>
+  <si>
+    <t>2873.00₸</t>
+  </si>
+  <si>
+    <t>Нож десертный «Филет»;сталь нерж.;,L=21,5см;металлич.</t>
+  </si>
+  <si>
+    <t>09100965</t>
+  </si>
+  <si>
+    <t>05400006</t>
+  </si>
+  <si>
+    <t>6407.00₸</t>
   </si>
   <si>
     <t>34 шт.</t>
-  </si>
-[...2851 lines deleted...]
-    <t>6407.00₸</t>
   </si>
   <si>
     <t>Ложка десертная «Филет»;сталь нерж.;,L=15см;металлич.</t>
   </si>
   <si>
     <t>09100966</t>
   </si>
   <si>
     <t>05400004</t>
   </si>
   <si>
     <t>2488.00₸</t>
   </si>
   <si>
     <t>Нож десертный «Метрополитан» 18/10;сталь нерж.;,L=20,7см;металлич.</t>
   </si>
   <si>
     <t>03115107</t>
   </si>
   <si>
     <t>Broggi</t>
   </si>
   <si>
     <t>Metropolitan</t>
   </si>
@@ -21072,3957 +21054,3957 @@
         <v>67</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>68</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>69</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F11" s="0" t="s">
         <v>70</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>71</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>72</v>
+        <v>42</v>
       </c>
       <c r="L11" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>73</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>66</v>
       </c>
       <c r="L12" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="D13" s="0" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="L13" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>84</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="D14" s="0" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L14" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="D15" s="0" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L15" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>95</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L16" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>100</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L17" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>105</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="D18" s="0" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>110</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="D19" s="0" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>115</v>
       </c>
-      <c r="C20" s="0" t="s">
+      <c r="D20" s="0" t="s">
         <v>116</v>
       </c>
-      <c r="D20" s="0" t="s">
+      <c r="E20" s="0" t="s">
         <v>117</v>
       </c>
-      <c r="E20" s="0" t="s">
+      <c r="F20" s="0" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L20" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>121</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="D21" s="0" t="s">
         <v>122</v>
       </c>
-      <c r="D21" s="0" t="s">
+      <c r="E21" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="F21" s="0" t="s">
         <v>123</v>
-      </c>
-[...4 lines deleted...]
-        <v>124</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>126</v>
+        <v>19</v>
       </c>
       <c r="L21" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="C22" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="D22" s="0" t="s">
         <v>127</v>
-      </c>
-[...4 lines deleted...]
-        <v>129</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F22" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L22" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>132</v>
       </c>
-      <c r="C23" s="0" t="s">
+      <c r="D23" s="0" t="s">
         <v>133</v>
       </c>
-      <c r="D23" s="0" t="s">
+      <c r="E23" s="0" t="s">
         <v>134</v>
       </c>
-      <c r="E23" s="0" t="s">
+      <c r="F23" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="G23" s="0" t="s">
         <v>135</v>
-      </c>
-[...4 lines deleted...]
-        <v>136</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="0">
         <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>138</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="D24" s="0" t="s">
         <v>139</v>
       </c>
-      <c r="D24" s="0" t="s">
+      <c r="E24" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="F24" s="0" t="s">
         <v>140</v>
       </c>
-      <c r="E24" s="0" t="s">
+      <c r="G24" s="0" t="s">
         <v>135</v>
-      </c>
-[...4 lines deleted...]
-        <v>136</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>143</v>
       </c>
-      <c r="C25" s="0" t="s">
+      <c r="D25" s="0" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F25" s="0" t="s">
         <v>28</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H25" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="I25" s="1" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L25" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="C26" s="0" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="D26" s="0">
         <v>175002</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="H26" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="I26" s="1" t="s">
         <v>151</v>
-      </c>
-[...4 lines deleted...]
-        <v>152</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="D27" s="0">
         <v>172002</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="H27" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="L27" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>158</v>
       </c>
-      <c r="C28" s="0" t="s">
+      <c r="D28" s="0" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F28" s="0" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H28" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="D29" s="0">
         <v>226002</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="H29" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="L29" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="C30" s="0" t="s">
         <v>166</v>
       </c>
-      <c r="C30" s="0" t="s">
+      <c r="D30" s="0" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F30" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H30" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>72</v>
+        <v>42</v>
       </c>
       <c r="L30" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>169</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>170</v>
       </c>
-      <c r="C31" s="0" t="s">
+      <c r="D31" s="0" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H31" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>89</v>
+        <v>66</v>
       </c>
       <c r="L31" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>175</v>
       </c>
-      <c r="C32" s="0" t="s">
+      <c r="D32" s="0" t="s">
         <v>176</v>
       </c>
-      <c r="D32" s="0" t="s">
+      <c r="E32" s="0" t="s">
         <v>177</v>
       </c>
-      <c r="E32" s="0" t="s">
+      <c r="F32" s="0" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H32" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L32" s="0">
         <v>240</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="C33" s="0" t="s">
         <v>181</v>
       </c>
-      <c r="C33" s="0" t="s">
+      <c r="D33" s="0" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F33" s="0" t="s">
         <v>52</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H33" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L33" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="C34" s="0" t="s">
         <v>185</v>
       </c>
-      <c r="C34" s="0" t="s">
+      <c r="D34" s="0" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F34" s="0" t="s">
         <v>58</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H34" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L34" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="C35" s="0" t="s">
         <v>189</v>
       </c>
-      <c r="C35" s="0" t="s">
+      <c r="D35" s="0" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F35" s="0" t="s">
         <v>64</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H35" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>54</v>
       </c>
       <c r="L35" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="C36" s="0" t="s">
         <v>193</v>
       </c>
-      <c r="C36" s="0" t="s">
+      <c r="D36" s="0" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F36" s="0" t="s">
         <v>70</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H36" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L36" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="C37" s="0" t="s">
         <v>197</v>
       </c>
-      <c r="C37" s="0" t="s">
+      <c r="D37" s="0" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="G37" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H37" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L37" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="C38" s="0" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
       <c r="D38" s="0">
         <v>175010</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="H38" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="I38" s="1" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L38" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>205</v>
       </c>
-      <c r="C39" s="0" t="s">
+      <c r="D39" s="0" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F39" s="0" t="s">
         <v>28</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H39" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L39" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="C40" s="0" t="s">
         <v>209</v>
       </c>
-      <c r="C40" s="0" t="s">
+      <c r="D40" s="0" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F40" s="0" t="s">
         <v>28</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H40" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L40" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="C41" s="0" t="s">
         <v>213</v>
       </c>
-      <c r="C41" s="0" t="s">
+      <c r="D41" s="0" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F41" s="0" t="s">
         <v>46</v>
       </c>
       <c r="G41" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H41" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>54</v>
       </c>
       <c r="L41" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>216</v>
+      </c>
+      <c r="C42" s="0" t="s">
         <v>217</v>
       </c>
-      <c r="C42" s="0" t="s">
+      <c r="D42" s="0" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F42" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H42" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L42" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="C43" s="0" t="s">
         <v>221</v>
       </c>
-      <c r="C43" s="0" t="s">
+      <c r="D43" s="0" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F43" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H43" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>42</v>
+        <v>88</v>
       </c>
       <c r="L43" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="C44" s="0" t="s">
         <v>225</v>
       </c>
-      <c r="C44" s="0" t="s">
+      <c r="D44" s="0" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F44" s="0" t="s">
         <v>46</v>
       </c>
       <c r="G44" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H44" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>66</v>
       </c>
       <c r="L44" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>228</v>
+      </c>
+      <c r="C45" s="0" t="s">
         <v>229</v>
       </c>
-      <c r="C45" s="0" t="s">
+      <c r="D45" s="0" t="s">
         <v>230</v>
       </c>
-      <c r="D45" s="0" t="s">
+      <c r="E45" s="0" t="s">
         <v>231</v>
       </c>
-      <c r="E45" s="0" t="s">
+      <c r="F45" s="0" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H45" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L45" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="C46" s="0" t="s">
         <v>235</v>
       </c>
-      <c r="C46" s="0" t="s">
+      <c r="D46" s="0" t="s">
         <v>236</v>
       </c>
-      <c r="D46" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E46" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="F46" s="0" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="G46" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H46" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L46" s="0">
         <v>240</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
+        <v>238</v>
+      </c>
+      <c r="C47" s="0" t="s">
         <v>239</v>
       </c>
-      <c r="C47" s="0" t="s">
+      <c r="D47" s="0" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H47" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L47" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>243</v>
+      </c>
+      <c r="C48" s="0" t="s">
         <v>244</v>
       </c>
-      <c r="C48" s="0" t="s">
+      <c r="D48" s="0" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F48" s="0" t="s">
         <v>52</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H48" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L48" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>247</v>
+      </c>
+      <c r="C49" s="0" t="s">
         <v>248</v>
       </c>
-      <c r="C49" s="0" t="s">
+      <c r="D49" s="0" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F49" s="0" t="s">
         <v>52</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H49" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>89</v>
+        <v>54</v>
       </c>
       <c r="L49" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="C50" s="0" t="s">
         <v>252</v>
       </c>
-      <c r="C50" s="0" t="s">
+      <c r="D50" s="0" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F50" s="0" t="s">
         <v>58</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H50" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>66</v>
+        <v>54</v>
       </c>
       <c r="L50" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
+        <v>255</v>
+      </c>
+      <c r="C51" s="0" t="s">
         <v>256</v>
       </c>
-      <c r="C51" s="0" t="s">
+      <c r="D51" s="0" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F51" s="0" t="s">
         <v>58</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H51" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L51" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
+        <v>259</v>
+      </c>
+      <c r="C52" s="0" t="s">
         <v>260</v>
       </c>
-      <c r="C52" s="0" t="s">
+      <c r="D52" s="0" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F52" s="0" t="s">
         <v>64</v>
       </c>
       <c r="G52" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H52" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L52" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
+        <v>263</v>
+      </c>
+      <c r="C53" s="0" t="s">
         <v>264</v>
       </c>
-      <c r="C53" s="0" t="s">
+      <c r="D53" s="0" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F53" s="0" t="s">
         <v>70</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H53" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L53" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="C54" s="0" t="s">
         <v>268</v>
       </c>
-      <c r="C54" s="0" t="s">
+      <c r="D54" s="0" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F54" s="0" t="s">
         <v>70</v>
       </c>
       <c r="G54" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H54" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>72</v>
+        <v>88</v>
       </c>
       <c r="L54" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
+        <v>271</v>
+      </c>
+      <c r="C55" s="0" t="s">
         <v>272</v>
       </c>
-      <c r="C55" s="0" t="s">
+      <c r="D55" s="0" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H55" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>89</v>
+        <v>42</v>
       </c>
       <c r="L55" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="C56" s="0" t="s">
         <v>276</v>
       </c>
-      <c r="C56" s="0" t="s">
+      <c r="D56" s="0" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F56" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L56" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
+        <v>279</v>
+      </c>
+      <c r="C57" s="0" t="s">
         <v>280</v>
       </c>
-      <c r="C57" s="0" t="s">
+      <c r="D57" s="0" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F57" s="0" t="s">
         <v>52</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>284</v>
+        <v>48</v>
       </c>
       <c r="L57" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
+        <v>283</v>
+      </c>
+      <c r="C58" s="0" t="s">
+        <v>284</v>
+      </c>
+      <c r="D58" s="0" t="s">
         <v>285</v>
-      </c>
-[...4 lines deleted...]
-        <v>287</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F58" s="0" t="s">
         <v>64</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L58" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="C59" s="0" t="s">
+        <v>288</v>
+      </c>
+      <c r="D59" s="0" t="s">
         <v>289</v>
-      </c>
-[...4 lines deleted...]
-        <v>291</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F59" s="0" t="s">
         <v>46</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H59" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L59" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
+        <v>291</v>
+      </c>
+      <c r="C60" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="D60" s="0" t="s">
         <v>293</v>
-      </c>
-[...4 lines deleted...]
-        <v>295</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H60" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L60" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
+        <v>295</v>
+      </c>
+      <c r="C61" s="0" t="s">
+        <v>296</v>
+      </c>
+      <c r="D61" s="0" t="s">
         <v>297</v>
-      </c>
-[...4 lines deleted...]
-        <v>299</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H61" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>89</v>
+        <v>66</v>
       </c>
       <c r="L61" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
+        <v>300</v>
+      </c>
+      <c r="C62" s="0" t="s">
+        <v>301</v>
+      </c>
+      <c r="D62" s="0" t="s">
         <v>302</v>
-      </c>
-[...4 lines deleted...]
-        <v>304</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H62" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L62" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
+        <v>304</v>
+      </c>
+      <c r="C63" s="0" t="s">
+        <v>305</v>
+      </c>
+      <c r="D63" s="0" t="s">
         <v>306</v>
-      </c>
-[...4 lines deleted...]
-        <v>308</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F63" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H63" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L63" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
+        <v>308</v>
+      </c>
+      <c r="C64" s="0" t="s">
+        <v>309</v>
+      </c>
+      <c r="D64" s="0" t="s">
         <v>310</v>
-      </c>
-[...4 lines deleted...]
-        <v>312</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="G64" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H64" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L64" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
+        <v>311</v>
+      </c>
+      <c r="C65" s="0" t="s">
+        <v>312</v>
+      </c>
+      <c r="D65" s="0" t="s">
         <v>313</v>
-      </c>
-[...4 lines deleted...]
-        <v>315</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F65" s="0" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H65" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L65" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
+        <v>315</v>
+      </c>
+      <c r="C66" s="0" t="s">
+        <v>316</v>
+      </c>
+      <c r="D66" s="0" t="s">
         <v>317</v>
-      </c>
-[...4 lines deleted...]
-        <v>319</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="G66" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H66" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L66" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
+        <v>319</v>
+      </c>
+      <c r="C67" s="0" t="s">
+        <v>320</v>
+      </c>
+      <c r="D67" s="0" t="s">
         <v>321</v>
-      </c>
-[...4 lines deleted...]
-        <v>323</v>
       </c>
       <c r="E67" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F67" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="G67" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H67" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="L67" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="C68" s="0" t="s">
+        <v>324</v>
+      </c>
+      <c r="D68" s="0" t="s">
         <v>325</v>
       </c>
-      <c r="C68" s="0" t="s">
+      <c r="E68" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="F68" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="G68" s="0" t="s">
         <v>326</v>
       </c>
-      <c r="D68" s="0" t="s">
+      <c r="H68" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="I68" s="1" t="s">
         <v>327</v>
-      </c>
-[...13 lines deleted...]
-        <v>329</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L68" s="0">
         <v>120</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
+        <v>328</v>
+      </c>
+      <c r="C69" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="D69" s="0" t="s">
         <v>330</v>
       </c>
-      <c r="C69" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E69" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F69" s="0" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="G69" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H69" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="L69" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
+        <v>333</v>
+      </c>
+      <c r="C70" s="0" t="s">
+        <v>334</v>
+      </c>
+      <c r="D70" s="0" t="s">
         <v>335</v>
-      </c>
-[...4 lines deleted...]
-        <v>337</v>
       </c>
       <c r="E70" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F70" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="G70" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H70" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L70" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
+        <v>337</v>
+      </c>
+      <c r="C71" s="0" t="s">
+        <v>338</v>
+      </c>
+      <c r="D71" s="0" t="s">
         <v>339</v>
-      </c>
-[...4 lines deleted...]
-        <v>341</v>
       </c>
       <c r="E71" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F71" s="0" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="G71" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H71" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>153</v>
+        <v>19</v>
       </c>
       <c r="L71" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
+        <v>341</v>
+      </c>
+      <c r="C72" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="D72" s="0" t="s">
         <v>343</v>
       </c>
-      <c r="C72" s="0" t="s">
+      <c r="E72" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="F72" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="G72" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="H72" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="I72" s="1" t="s">
         <v>344</v>
-      </c>
-[...16 lines deleted...]
-        <v>346</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L72" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
+        <v>345</v>
+      </c>
+      <c r="C73" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="D73" s="0" t="s">
         <v>347</v>
       </c>
-      <c r="C73" s="0" t="s">
+      <c r="E73" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="F73" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="G73" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="H73" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="I73" s="1" t="s">
         <v>348</v>
-      </c>
-[...16 lines deleted...]
-        <v>350</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L73" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
+        <v>349</v>
+      </c>
+      <c r="C74" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="D74" s="0" t="s">
         <v>351</v>
-      </c>
-[...4 lines deleted...]
-        <v>353</v>
       </c>
       <c r="E74" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F74" s="0" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="G74" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H74" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>42</v>
+        <v>88</v>
       </c>
       <c r="L74" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
+        <v>354</v>
+      </c>
+      <c r="C75" s="0" t="s">
+        <v>355</v>
+      </c>
+      <c r="D75" s="0" t="s">
         <v>356</v>
-      </c>
-[...4 lines deleted...]
-        <v>358</v>
       </c>
       <c r="E75" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F75" s="0" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="G75" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H75" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L75" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
+        <v>359</v>
+      </c>
+      <c r="C76" s="0" t="s">
+        <v>360</v>
+      </c>
+      <c r="D76" s="0" t="s">
         <v>361</v>
       </c>
-      <c r="C76" s="0" t="s">
+      <c r="E76" s="0" t="s">
         <v>362</v>
-      </c>
-[...4 lines deleted...]
-        <v>364</v>
       </c>
       <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="H76" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L76" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
+        <v>365</v>
+      </c>
+      <c r="C77" s="0" t="s">
+        <v>366</v>
+      </c>
+      <c r="D77" s="0" t="s">
         <v>367</v>
-      </c>
-[...4 lines deleted...]
-        <v>369</v>
       </c>
       <c r="E77" s="0"/>
       <c r="F77" s="0" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="G77" s="0" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="H77" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L77" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
+        <v>370</v>
+      </c>
+      <c r="C78" s="0" t="s">
+        <v>371</v>
+      </c>
+      <c r="D78" s="0" t="s">
         <v>372</v>
       </c>
-      <c r="C78" s="0" t="s">
+      <c r="E78" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="F78" s="0" t="s">
         <v>373</v>
-      </c>
-[...7 lines deleted...]
-        <v>375</v>
       </c>
       <c r="G78" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H78" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L78" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="D79" s="0">
         <v>13221105</v>
       </c>
       <c r="E79" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="0" t="s">
         <v>22</v>
       </c>
       <c r="G79" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H79" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I79" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L79" s="0"/>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
+        <v>377</v>
+      </c>
+      <c r="C80" s="0" t="s">
+        <v>378</v>
+      </c>
+      <c r="D80" s="0" t="s">
         <v>379</v>
-      </c>
-[...4 lines deleted...]
-        <v>381</v>
       </c>
       <c r="E80" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F80" s="0" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="G80" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H80" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
-        <v>89</v>
+        <v>381</v>
       </c>
       <c r="L80" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
+        <v>382</v>
+      </c>
+      <c r="C81" s="0" t="s">
         <v>383</v>
       </c>
-      <c r="C81" s="0" t="s">
+      <c r="D81" s="0" t="s">
         <v>384</v>
-      </c>
-[...1 lines deleted...]
-        <v>385</v>
       </c>
       <c r="E81" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F81" s="0" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="G81" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H81" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
-        <v>72</v>
+        <v>42</v>
       </c>
       <c r="L81" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
+        <v>386</v>
+      </c>
+      <c r="C82" s="0" t="s">
         <v>387</v>
       </c>
-      <c r="C82" s="0" t="s">
+      <c r="D82" s="0" t="s">
         <v>388</v>
-      </c>
-[...1 lines deleted...]
-        <v>389</v>
       </c>
       <c r="E82" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F82" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="G82" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H82" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L82" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="C83" s="0" t="s">
         <v>390</v>
       </c>
-      <c r="C83" s="0" t="s">
+      <c r="D83" s="0" t="s">
         <v>391</v>
-      </c>
-[...1 lines deleted...]
-        <v>392</v>
       </c>
       <c r="E83" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F83" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="G83" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H83" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L83" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
+        <v>392</v>
+      </c>
+      <c r="C84" s="0" t="s">
         <v>393</v>
       </c>
-      <c r="C84" s="0" t="s">
+      <c r="D84" s="0" t="s">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>395</v>
       </c>
       <c r="E84" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F84" s="0" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="G84" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H84" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>396</v>
+        <v>395</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L84" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
+        <v>396</v>
+      </c>
+      <c r="C85" s="0" t="s">
         <v>397</v>
       </c>
-      <c r="C85" s="0" t="s">
+      <c r="D85" s="0" t="s">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>399</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F85" s="0" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="G85" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H85" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L85" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
+        <v>399</v>
+      </c>
+      <c r="C86" s="0" t="s">
         <v>400</v>
       </c>
-      <c r="C86" s="0" t="s">
+      <c r="D86" s="0" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
       <c r="E86" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F86" s="0" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="G86" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H86" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
-        <v>66</v>
+        <v>403</v>
       </c>
       <c r="L86" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
         <v>404</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>405</v>
       </c>
       <c r="D87" s="0" t="s">
         <v>406</v>
       </c>
       <c r="E87" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F87" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="G87" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H87" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L87" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
         <v>407</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>408</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>409</v>
       </c>
       <c r="E88" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F88" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="G88" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H88" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I88" s="1" t="s">
         <v>410</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L88" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
         <v>411</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>412</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>413</v>
       </c>
       <c r="E89" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F89" s="0" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="G89" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H89" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I89" s="1" t="s">
         <v>414</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>72</v>
+        <v>88</v>
       </c>
       <c r="L89" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
         <v>415</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>416</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>417</v>
       </c>
       <c r="E90" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F90" s="0" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="G90" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H90" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I90" s="1" t="s">
         <v>418</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L90" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
         <v>419</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>420</v>
       </c>
       <c r="D91" s="0" t="s">
         <v>421</v>
       </c>
       <c r="E91" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F91" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="G91" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H91" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I91" s="1" t="s">
         <v>422</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L91" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
         <v>423</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>424</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>425</v>
       </c>
       <c r="E92" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F92" s="0" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="G92" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H92" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I92" s="1" t="s">
         <v>426</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L92" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
         <v>427</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>428</v>
       </c>
       <c r="D93" s="0" t="s">
         <v>429</v>
       </c>
       <c r="E93" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F93" s="0" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="G93" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H93" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I93" s="1" t="s">
         <v>430</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
-        <v>324</v>
+        <v>19</v>
       </c>
       <c r="L93" s="0">
         <v>120</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
         <v>431</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>432</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>433</v>
       </c>
       <c r="E94" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="F94" s="0" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="G94" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H94" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L94" s="0">
         <v>120</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
         <v>434</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>435</v>
       </c>
       <c r="D95" s="0" t="s">
         <v>436</v>
       </c>
       <c r="E95" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="F95" s="0" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="G95" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H95" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I95" s="1" t="s">
         <v>437</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
-        <v>438</v>
+        <v>54</v>
       </c>
       <c r="L95" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
+        <v>438</v>
+      </c>
+      <c r="C96" s="0" t="s">
         <v>439</v>
       </c>
-      <c r="C96" s="0" t="s">
+      <c r="D96" s="0" t="s">
         <v>440</v>
       </c>
-      <c r="D96" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E96" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F96" s="0" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="G96" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H96" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
-        <v>66</v>
+        <v>442</v>
       </c>
       <c r="L96" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
         <v>443</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>444</v>
       </c>
       <c r="D97" s="0" t="s">
         <v>445</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F97" s="0" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="G97" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H97" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I97" s="1" t="s">
         <v>446</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="L97" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
         <v>447</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>448</v>
       </c>
       <c r="D98" s="0" t="s">
         <v>449</v>
       </c>
       <c r="E98" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F98" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="G98" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H98" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I98" s="1" t="s">
         <v>450</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>89</v>
+        <v>19</v>
       </c>
       <c r="L98" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
         <v>451</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>452</v>
       </c>
       <c r="D99" s="0" t="s">
         <v>453</v>
       </c>
       <c r="E99" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F99" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="G99" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H99" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I99" s="1" t="s">
         <v>454</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
-        <v>89</v>
+        <v>42</v>
       </c>
       <c r="L99" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
         <v>455</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>456</v>
       </c>
       <c r="D100" s="0" t="s">
         <v>457</v>
       </c>
       <c r="E100" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="F100" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="G100" s="0" t="s">
         <v>135</v>
       </c>
-      <c r="F100" s="0" t="s">
+      <c r="H100" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="I100" s="1" t="s">
         <v>141</v>
-      </c>
-[...7 lines deleted...]
-        <v>142</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L100" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
         <v>458</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>459</v>
       </c>
       <c r="D101" s="0" t="s">
         <v>460</v>
       </c>
       <c r="E101" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="F101" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="G101" s="0" t="s">
         <v>135</v>
       </c>
-      <c r="F101" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H101" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I101" s="1" t="s">
         <v>461</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L101" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
         <v>462</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>463</v>
       </c>
       <c r="D102" s="0" t="s">
         <v>464</v>
       </c>
       <c r="E102" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F102" s="0" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="G102" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H102" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I102" s="1" t="s">
         <v>465</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
         <v>54</v>
       </c>
       <c r="L102" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
         <v>466</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>467</v>
       </c>
       <c r="D103" s="0" t="s">
         <v>468</v>
       </c>
       <c r="E103" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F103" s="0" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="G103" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H103" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I103" s="1" t="s">
         <v>469</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
-        <v>42</v>
+        <v>88</v>
       </c>
       <c r="L103" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
         <v>470</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>471</v>
       </c>
       <c r="D104" s="0" t="s">
         <v>472</v>
       </c>
       <c r="E104" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F104" s="0" t="s">
         <v>473</v>
       </c>
       <c r="G104" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H104" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I104" s="1" t="s">
         <v>474</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L104" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
         <v>475</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>476</v>
       </c>
       <c r="D105" s="0" t="s">
         <v>477</v>
       </c>
       <c r="E105" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F105" s="0" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="G105" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H105" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I105" s="1" t="s">
         <v>478</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L105" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
         <v>479</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>480</v>
       </c>
       <c r="D106" s="0" t="s">
         <v>481</v>
       </c>
       <c r="E106" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F106" s="0" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="G106" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H106" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I106" s="1" t="s">
         <v>482</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L106" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
         <v>483</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>484</v>
       </c>
       <c r="D107" s="0" t="s">
         <v>485</v>
       </c>
       <c r="E107" s="0"/>
       <c r="F107" s="0" t="s">
         <v>486</v>
       </c>
       <c r="G107" s="0" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="H107" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I107" s="1" t="s">
         <v>487</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L107" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
         <v>488</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>489</v>
       </c>
       <c r="D108" s="0" t="s">
         <v>490</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F108" s="0" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="G108" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H108" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I108" s="1" t="s">
         <v>65</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
-        <v>66</v>
+        <v>491</v>
       </c>
       <c r="L108" s="0">
         <v>240</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="E109" s="0"/>
       <c r="F109" s="0" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="G109" s="0" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="H109" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="L109" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="D110" s="0">
         <v>20500005</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F110" s="0" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="G110" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H110" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
-        <v>500</v>
+        <v>19</v>
       </c>
       <c r="L110" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
         <v>501</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>502</v>
       </c>
       <c r="D111" s="0" t="s">
         <v>503</v>
       </c>
       <c r="E111" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F111" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="G111" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H111" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I111" s="1" t="s">
         <v>504</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L111" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
         <v>505</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>506</v>
       </c>
       <c r="D112" s="0" t="s">
         <v>507</v>
       </c>
       <c r="E112" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F112" s="0" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="G112" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H112" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I112" s="1" t="s">
         <v>508</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L112" s="0">
         <v>240</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
         <v>509</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>510</v>
       </c>
       <c r="D113" s="0">
         <v>10681105</v>
       </c>
       <c r="E113" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F113" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G113" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H113" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I113" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L113" s="0"/>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
         <v>511</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>512</v>
       </c>
       <c r="D114" s="0" t="s">
         <v>513</v>
       </c>
       <c r="E114" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F114" s="0" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="G114" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I114" s="1" t="s">
         <v>469</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
-        <v>89</v>
+        <v>66</v>
       </c>
       <c r="L114" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
         <v>514</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>515</v>
       </c>
       <c r="D115" s="0" t="s">
         <v>516</v>
       </c>
       <c r="E115" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F115" s="0" t="s">
         <v>473</v>
       </c>
       <c r="G115" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I115" s="1" t="s">
         <v>517</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
-        <v>89</v>
+        <v>19</v>
       </c>
       <c r="L115" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
         <v>518</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>519</v>
       </c>
       <c r="D116" s="0" t="s">
         <v>520</v>
       </c>
       <c r="E116" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F116" s="0" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="G116" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I116" s="1" t="s">
         <v>521</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L116" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
         <v>522</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>523</v>
       </c>
       <c r="D117" s="0" t="s">
         <v>524</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="F117" s="0"/>
       <c r="G117" s="0" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I117" s="1" t="s">
         <v>525</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L117" s="0">
         <v>480</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
         <v>526</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>527</v>
       </c>
       <c r="D118" s="0" t="s">
         <v>528</v>
       </c>
       <c r="E118" s="0"/>
       <c r="F118" s="0" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="G118" s="0" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
         <v>66</v>
       </c>
       <c r="L118" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
         <v>529</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>530</v>
       </c>
       <c r="D119" s="0" t="s">
         <v>531</v>
       </c>
       <c r="E119" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="F119" s="0" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="G119" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I119" s="1" t="s">
         <v>532</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L119" s="0">
         <v>240</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
         <v>533</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>534</v>
       </c>
       <c r="D120" s="0">
         <v>20500004</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F120" s="0" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="G120" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I120" s="1" t="s">
         <v>535</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L120" s="0"/>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
         <v>536</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>537</v>
       </c>
       <c r="D121" s="0" t="s">
         <v>538</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F121" s="0" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="G121" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H121" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I121" s="1" t="s">
         <v>65</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L121" s="0">
         <v>240</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
         <v>539</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>540</v>
       </c>
       <c r="D122" s="0" t="s">
         <v>541</v>
       </c>
       <c r="E122" s="0" t="s">
+        <v>231</v>
+      </c>
+      <c r="F122" s="0" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
       <c r="G122" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I122" s="1" t="s">
         <v>542</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L122" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
         <v>543</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>544</v>
       </c>
       <c r="D123" s="0" t="s">
         <v>545</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F123" s="0" t="s">
         <v>546</v>
       </c>
       <c r="G123" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I123" s="1" t="s">
         <v>547</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L123" s="0">
         <v>120</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
         <v>548</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>549</v>
       </c>
       <c r="D124" s="0" t="s">
         <v>550</v>
       </c>
       <c r="E124" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F124" s="0" t="s">
         <v>551</v>
       </c>
       <c r="G124" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I124" s="1" t="s">
         <v>552</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L124" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
         <v>553</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>554</v>
       </c>
       <c r="D125" s="0" t="s">
         <v>555</v>
       </c>
       <c r="E125" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F125" s="0" t="s">
         <v>556</v>
       </c>
       <c r="G125" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I125" s="1" t="s">
         <v>557</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L125" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
         <v>558</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>559</v>
       </c>
       <c r="D126" s="0" t="s">
         <v>560</v>
       </c>
       <c r="E126" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F126" s="0" t="s">
         <v>561</v>
       </c>
       <c r="G126" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
-        <v>54</v>
+        <v>19</v>
       </c>
       <c r="L126" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
         <v>562</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>563</v>
       </c>
       <c r="D127" s="0" t="s">
         <v>564</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="F127" s="0"/>
       <c r="G127" s="0" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I127" s="1" t="s">
         <v>565</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L127" s="0">
         <v>240</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
         <v>566</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>567</v>
       </c>
       <c r="D128" s="0" t="s">
         <v>568</v>
@@ -25108,1109 +25090,1109 @@
         <v>17</v>
       </c>
       <c r="I130" s="1" t="s">
         <v>582</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
         <v>583</v>
       </c>
       <c r="L130" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
         <v>584</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>585</v>
       </c>
       <c r="D131" s="0" t="s">
         <v>586</v>
       </c>
       <c r="E131" s="0" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="F131" s="0" t="s">
         <v>587</v>
       </c>
       <c r="G131" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I131" s="1" t="s">
         <v>588</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L131" s="0"/>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
         <v>589</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>590</v>
       </c>
       <c r="D132" s="0" t="s">
         <v>591</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F132" s="0" t="s">
         <v>592</v>
       </c>
       <c r="G132" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I132" s="1" t="s">
         <v>582</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
-        <v>500</v>
+        <v>19</v>
       </c>
       <c r="L132" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
         <v>593</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>594</v>
       </c>
       <c r="D133" s="0" t="s">
         <v>595</v>
       </c>
       <c r="E133" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F133" s="0" t="s">
         <v>473</v>
       </c>
       <c r="G133" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I133" s="1" t="s">
         <v>596</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
-        <v>66</v>
+        <v>597</v>
       </c>
       <c r="L133" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="D134" s="0">
         <v>22700004</v>
       </c>
       <c r="E134" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F134" s="0" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="G134" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H134" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L134" s="0"/>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="D135" s="0">
         <v>16900004</v>
       </c>
       <c r="E135" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F135" s="0" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="G135" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H135" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L135" s="0"/>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="D136" s="0">
         <v>16400004</v>
       </c>
       <c r="E136" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F136" s="0" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="G136" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L136" s="0"/>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="D137" s="0" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="E137" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F137" s="0" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="G137" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L137" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="D138" s="0">
         <v>13000004</v>
       </c>
       <c r="E138" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F138" s="0" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="G138" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H138" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L138" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="D139" s="0" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="E139" s="0" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="F139" s="0" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="G139" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H139" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L139" s="0"/>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="D140" s="0" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="E140" s="0" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="F140" s="0" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="G140" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H140" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L140" s="0"/>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="E141" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F141" s="0" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="G141" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L141" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="D142" s="0">
         <v>17000004</v>
       </c>
       <c r="E142" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F142" s="0" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="G142" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L142" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="E143" s="0" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="F143" s="0" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="G143" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L143" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="D144" s="0">
         <v>21020004</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F144" s="0" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="G144" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
-        <v>153</v>
+        <v>19</v>
       </c>
       <c r="L144" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="E145" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F145" s="0" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="G145" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H145" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L145" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="D146" s="0" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="E146" s="0" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="F146" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G146" s="0" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="H146" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L146" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="D147" s="0">
         <v>49154594</v>
       </c>
       <c r="E147" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F147" s="0" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="G147" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H147" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L147" s="0">
         <v>120</v>
       </c>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="D148" s="0"/>
       <c r="E148" s="0" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="F148" s="0" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="G148" s="0" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="H148" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L148" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="D149" s="0" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="E149" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F149" s="0" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="G149" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H149" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L149" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="D150" s="0" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="E150" s="0" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="F150" s="0" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="G150" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H150" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L150" s="0"/>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="D151" s="0">
         <v>20540004</v>
       </c>
       <c r="E151" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F151" s="0" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="G151" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H151" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I151" s="1" t="s">
         <v>71</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L151" s="0"/>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="D152" s="0"/>
       <c r="E152" s="0" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="F152" s="0" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="G152" s="0" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="H152" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L152" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="D153" s="0" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="E153" s="0" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="F153" s="0" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="G153" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H153" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
-        <v>89</v>
+        <v>54</v>
       </c>
       <c r="L153" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="D154" s="0" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="E154" s="0" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="F154" s="0" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="G154" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H154" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
-        <v>66</v>
+        <v>19</v>
       </c>
       <c r="L154" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="A155" s="0"/>
       <c r="B155" s="0" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="D155" s="0" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="E155" s="0" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="F155" s="0" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="G155" s="0" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="H155" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L155" s="0"/>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="D156" s="0" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="E156" s="0" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="F156" s="0" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="G156" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H156" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L156" s="0"/>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="D157" s="0">
         <v>16420004</v>
       </c>
       <c r="E157" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F157" s="0" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="G157" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H157" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L157" s="0"/>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="D158" s="0" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="E158" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="F158" s="0" t="s">
+        <v>710</v>
+      </c>
+      <c r="G158" s="0" t="s">
         <v>135</v>
-      </c>
-[...4 lines deleted...]
-        <v>136</v>
       </c>
       <c r="H158" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L158" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="D159" s="0" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="E159" s="0" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="F159" s="0" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="G159" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H159" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L159" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="D160" s="0" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="E160" s="0" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="F160" s="0" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="G160" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H160" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L160" s="0"/>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
       <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="D161" s="0" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="E161" s="0" t="s">
         <v>569</v>
       </c>
       <c r="F161" s="0" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="G161" s="0" t="s">
         <v>571</v>
       </c>
       <c r="H161" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
-        <v>727</v>
+        <v>66</v>
       </c>
       <c r="L161" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
       <c r="A162" s="0"/>
       <c r="B162" s="0" t="s">
         <v>728</v>
       </c>
       <c r="C162" s="0" t="s">
         <v>729</v>
       </c>
       <c r="D162" s="0" t="s">
         <v>730</v>
       </c>
       <c r="E162" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F162" s="0" t="s">
         <v>731</v>
       </c>
       <c r="G162" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H162" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I162" s="1" t="s">
         <v>732</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L162" s="0"/>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
       <c r="A163" s="0"/>
       <c r="B163" s="0" t="s">
         <v>733</v>
       </c>
       <c r="C163" s="0" t="s">
         <v>734</v>
       </c>
       <c r="D163" s="0" t="s">
         <v>735</v>
       </c>
       <c r="E163" s="0" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="F163" s="0" t="s">
         <v>736</v>
       </c>
       <c r="G163" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H163" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I163" s="1" t="s">
         <v>737</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L163" s="0"/>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="80">
       <c r="A164" s="0"/>
       <c r="B164" s="0" t="s">
         <v>738</v>
       </c>
       <c r="C164" s="0" t="s">
@@ -26232,11550 +26214,11550 @@
         <v>17</v>
       </c>
       <c r="I164" s="1" t="s">
         <v>743</v>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L164" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="80">
       <c r="A165" s="0"/>
       <c r="B165" s="0" t="s">
         <v>744</v>
       </c>
       <c r="C165" s="0" t="s">
         <v>745</v>
       </c>
       <c r="D165" s="0" t="s">
         <v>746</v>
       </c>
       <c r="E165" s="0" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="F165" s="0" t="s">
         <v>747</v>
       </c>
       <c r="G165" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H165" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I165" s="1" t="s">
         <v>748</v>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="s">
         <v>54</v>
       </c>
       <c r="L165" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="80">
       <c r="A166" s="0"/>
       <c r="B166" s="0" t="s">
         <v>749</v>
       </c>
       <c r="C166" s="0" t="s">
         <v>750</v>
       </c>
       <c r="D166" s="0" t="s">
         <v>751</v>
       </c>
       <c r="E166" s="0" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="F166" s="0" t="s">
         <v>752</v>
       </c>
       <c r="G166" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="H166" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I166" s="1" t="s">
         <v>753</v>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L166" s="0"/>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="80">
       <c r="A167" s="0"/>
       <c r="B167" s="0" t="s">
         <v>754</v>
       </c>
       <c r="C167" s="0" t="s">
         <v>755</v>
       </c>
       <c r="D167" s="0" t="s">
         <v>756</v>
       </c>
       <c r="E167" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F167" s="0" t="s">
         <v>757</v>
       </c>
       <c r="G167" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H167" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I167" s="1" t="s">
         <v>758</v>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L167" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="80">
       <c r="A168" s="0"/>
       <c r="B168" s="0" t="s">
         <v>759</v>
       </c>
       <c r="C168" s="0" t="s">
         <v>760</v>
       </c>
       <c r="D168" s="0" t="s">
         <v>761</v>
       </c>
       <c r="E168" s="0" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="F168" s="0" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="G168" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H168" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I168" s="1" t="s">
         <v>762</v>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L168" s="0"/>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="80">
       <c r="B169" s="0" t="s">
         <v>763</v>
       </c>
       <c r="C169" s="0" t="s">
         <v>764</v>
       </c>
       <c r="D169" s="0" t="s">
         <v>765</v>
       </c>
       <c r="E169" s="0" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="F169" s="0" t="s">
         <v>766</v>
       </c>
       <c r="G169" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="H169" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I169" s="1" t="s">
         <v>454</v>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L169" s="0"/>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="80">
       <c r="A170" s="0"/>
       <c r="B170" s="0" t="s">
         <v>767</v>
       </c>
       <c r="C170" s="0" t="s">
         <v>768</v>
       </c>
       <c r="D170" s="0" t="s">
         <v>769</v>
       </c>
       <c r="E170" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F170" s="0" t="s">
         <v>770</v>
       </c>
       <c r="G170" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H170" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="s">
         <v>66</v>
       </c>
       <c r="L170" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="80">
       <c r="A171" s="0"/>
       <c r="B171" s="0" t="s">
         <v>771</v>
       </c>
       <c r="C171" s="0" t="s">
         <v>772</v>
       </c>
       <c r="D171" s="0" t="s">
         <v>773</v>
       </c>
       <c r="E171" s="0" t="s">
         <v>774</v>
       </c>
       <c r="F171" s="0"/>
       <c r="G171" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="H171" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I171" s="1" t="s">
         <v>775</v>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L171" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="80">
       <c r="A172" s="0"/>
       <c r="B172" s="0" t="s">
         <v>776</v>
       </c>
       <c r="C172" s="0" t="s">
         <v>777</v>
       </c>
       <c r="D172" s="0" t="s">
         <v>778</v>
       </c>
       <c r="E172" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F172" s="0" t="s">
         <v>561</v>
       </c>
       <c r="G172" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H172" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I172" s="1" t="s">
         <v>779</v>
       </c>
       <c r="J172" s="0"/>
       <c r="K172" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L172" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="80">
       <c r="A173" s="0"/>
       <c r="B173" s="0" t="s">
         <v>780</v>
       </c>
       <c r="C173" s="0" t="s">
         <v>781</v>
       </c>
       <c r="D173" s="0" t="s">
         <v>782</v>
       </c>
       <c r="E173" s="0" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="F173" s="0"/>
       <c r="G173" s="0" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="H173" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I173" s="1" t="s">
         <v>783</v>
       </c>
       <c r="J173" s="0"/>
       <c r="K173" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L173" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="80">
       <c r="A174" s="0"/>
       <c r="B174" s="0" t="s">
         <v>784</v>
       </c>
       <c r="C174" s="0" t="s">
         <v>785</v>
       </c>
       <c r="D174" s="0" t="s">
         <v>786</v>
       </c>
       <c r="E174" s="0" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="F174" s="0" t="s">
         <v>587</v>
       </c>
       <c r="G174" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="H174" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I174" s="1" t="s">
         <v>787</v>
       </c>
       <c r="J174" s="0"/>
       <c r="K174" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L174" s="0"/>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="80">
       <c r="A175" s="0"/>
       <c r="B175" s="0" t="s">
         <v>788</v>
       </c>
       <c r="C175" s="0" t="s">
         <v>789</v>
       </c>
       <c r="D175" s="0">
         <v>16900005</v>
       </c>
       <c r="E175" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F175" s="0" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="G175" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H175" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I175" s="1" t="s">
         <v>422</v>
       </c>
       <c r="J175" s="0"/>
       <c r="K175" s="0" t="s">
-        <v>66</v>
+        <v>19</v>
       </c>
       <c r="L175" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="80">
       <c r="A176" s="0"/>
       <c r="B176" s="0" t="s">
         <v>790</v>
       </c>
       <c r="C176" s="0" t="s">
         <v>791</v>
       </c>
       <c r="D176" s="0" t="s">
         <v>792</v>
       </c>
       <c r="E176" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F176" s="0" t="s">
         <v>546</v>
       </c>
       <c r="G176" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H176" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I176" s="1" t="s">
         <v>793</v>
       </c>
       <c r="J176" s="0"/>
       <c r="K176" s="0" t="s">
-        <v>89</v>
+        <v>66</v>
       </c>
       <c r="L176" s="0">
         <v>120</v>
       </c>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="80">
       <c r="A177" s="0"/>
       <c r="B177" s="0" t="s">
         <v>794</v>
       </c>
       <c r="C177" s="0" t="s">
         <v>795</v>
       </c>
       <c r="D177" s="0" t="s">
         <v>796</v>
       </c>
       <c r="E177" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F177" s="0" t="s">
         <v>546</v>
       </c>
       <c r="G177" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H177" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I177" s="1" t="s">
         <v>797</v>
       </c>
       <c r="J177" s="0"/>
       <c r="K177" s="0" t="s">
-        <v>500</v>
+        <v>798</v>
       </c>
       <c r="L177" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="80">
       <c r="A178" s="0"/>
       <c r="B178" s="0" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="C178" s="0" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="D178" s="0" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="E178" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F178" s="0" t="s">
         <v>551</v>
       </c>
       <c r="G178" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H178" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I178" s="1" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="J178" s="0"/>
       <c r="K178" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L178" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="80">
       <c r="A179" s="0"/>
       <c r="B179" s="0" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="C179" s="0" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="D179" s="0" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="E179" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F179" s="0" t="s">
         <v>551</v>
       </c>
       <c r="G179" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H179" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I179" s="1" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="J179" s="0"/>
       <c r="K179" s="0" t="s">
-        <v>42</v>
+        <v>88</v>
       </c>
       <c r="L179" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="80">
       <c r="A180" s="0"/>
       <c r="B180" s="0" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="C180" s="0" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="D180" s="0" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="E180" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F180" s="0" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="G180" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H180" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I180" s="1" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="J180" s="0"/>
       <c r="K180" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L180" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="80">
       <c r="A181" s="0"/>
       <c r="B181" s="0" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="C181" s="0" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="D181" s="0" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="E181" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F181" s="0" t="s">
         <v>556</v>
       </c>
       <c r="G181" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H181" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I181" s="1" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="J181" s="0"/>
       <c r="K181" s="0" t="s">
-        <v>66</v>
+        <v>813</v>
       </c>
       <c r="L181" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="80">
       <c r="A182" s="0"/>
       <c r="B182" s="0" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="C182" s="0" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="D182" s="0" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="E182" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F182" s="0" t="s">
         <v>561</v>
       </c>
       <c r="G182" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H182" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I182" s="1" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="J182" s="0"/>
       <c r="K182" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L182" s="0">
         <v>300</v>
       </c>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="80">
       <c r="A183" s="0"/>
       <c r="B183" s="0" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="C183" s="0" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="D183" s="0" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="E183" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F183" s="0" t="s">
         <v>561</v>
       </c>
       <c r="G183" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H183" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="J183" s="0"/>
       <c r="K183" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L183" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="80">
       <c r="A184" s="0"/>
       <c r="B184" s="0" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="C184" s="0" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="D184" s="0" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="E184" s="0"/>
       <c r="F184" s="0" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="G184" s="0" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="H184" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I184" s="1" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="J184" s="0"/>
       <c r="K184" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L184" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="80">
       <c r="A185" s="0"/>
       <c r="B185" s="0" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="C185" s="0" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="D185" s="0" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="E185" s="0"/>
       <c r="F185" s="0" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="G185" s="0" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="H185" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I185" s="1" t="s">
         <v>565</v>
       </c>
       <c r="J185" s="0"/>
       <c r="K185" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L185" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="80">
       <c r="A186" s="0"/>
       <c r="B186" s="0" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="C186" s="0" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="D186" s="0" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="E186" s="0"/>
       <c r="F186" s="0" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="G186" s="0" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="H186" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I186" s="1" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="J186" s="0"/>
       <c r="K186" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L186" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="80">
       <c r="A187" s="0"/>
       <c r="B187" s="0" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="C187" s="0" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="D187" s="0" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="E187" s="0" t="s">
         <v>569</v>
       </c>
       <c r="F187" s="0" t="s">
         <v>570</v>
       </c>
       <c r="G187" s="0" t="s">
         <v>571</v>
       </c>
       <c r="H187" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I187" s="1" t="s">
         <v>572</v>
       </c>
       <c r="J187" s="0"/>
       <c r="K187" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L187" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="80">
       <c r="A188" s="0"/>
       <c r="B188" s="0" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="C188" s="0" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="D188" s="0" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="E188" s="0" t="s">
         <v>569</v>
       </c>
       <c r="F188" s="0" t="s">
         <v>576</v>
       </c>
       <c r="G188" s="0" t="s">
         <v>571</v>
       </c>
       <c r="H188" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="J188" s="0"/>
       <c r="K188" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L188" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="80">
       <c r="A189" s="0"/>
       <c r="B189" s="0" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="C189" s="0" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="D189" s="0" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="E189" s="0" t="s">
         <v>569</v>
       </c>
       <c r="F189" s="0" t="s">
         <v>581</v>
       </c>
       <c r="G189" s="0" t="s">
         <v>571</v>
       </c>
       <c r="H189" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I189" s="1" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="J189" s="0"/>
       <c r="K189" s="0" t="s">
-        <v>66</v>
+        <v>54</v>
       </c>
       <c r="L189" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="80">
       <c r="A190" s="0"/>
       <c r="B190" s="0" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="C190" s="0" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="D190" s="0" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="E190" s="0" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="F190" s="0" t="s">
         <v>587</v>
       </c>
       <c r="G190" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="H190" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I190" s="1" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="J190" s="0"/>
       <c r="K190" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L190" s="0"/>
     </row>
     <row r="191" spans="1:12" customHeight="1" ht="80">
       <c r="A191" s="0"/>
       <c r="B191" s="0" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="C191" s="0" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="D191" s="0" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="E191" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F191" s="0" t="s">
         <v>592</v>
       </c>
       <c r="G191" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H191" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I191" s="1" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="J191" s="0"/>
       <c r="K191" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L191" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="80">
       <c r="A192" s="0"/>
       <c r="B192" s="0" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="C192" s="0" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="D192" s="0" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="E192" s="0" t="s">
         <v>774</v>
       </c>
       <c r="F192" s="0"/>
       <c r="G192" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="H192" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I192" s="1" t="s">
         <v>775</v>
       </c>
       <c r="J192" s="0"/>
       <c r="K192" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L192" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="80">
       <c r="A193" s="0"/>
       <c r="B193" s="0" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="C193" s="0" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="D193" s="0" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="E193" s="0" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="F193" s="0" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="G193" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H193" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I193" s="1" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="J193" s="0"/>
       <c r="K193" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L193" s="0"/>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="80">
       <c r="A194" s="0"/>
       <c r="B194" s="0" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="C194" s="0" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="D194" s="0" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="E194" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F194" s="0" t="s">
         <v>473</v>
       </c>
       <c r="G194" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H194" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I194" s="1" t="s">
         <v>596</v>
       </c>
       <c r="J194" s="0"/>
       <c r="K194" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L194" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="80">
       <c r="A195" s="0"/>
       <c r="B195" s="0" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
       <c r="C195" s="0" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="D195" s="0" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
       <c r="E195" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F195" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="G195" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H195" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I195" s="1" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="J195" s="0"/>
       <c r="K195" s="0" t="s">
-        <v>66</v>
+        <v>19</v>
       </c>
       <c r="L195" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="80">
       <c r="A196" s="0"/>
       <c r="B196" s="0" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="C196" s="0" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="D196" s="0">
         <v>22700005</v>
       </c>
       <c r="E196" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F196" s="0" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="G196" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H196" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I196" s="1" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="J196" s="0"/>
       <c r="K196" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L196" s="0"/>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="80">
       <c r="A197" s="0"/>
       <c r="B197" s="0" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="C197" s="0" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="D197" s="0" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="E197" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F197" s="0" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="G197" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H197" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I197" s="1" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="J197" s="0"/>
       <c r="K197" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L197" s="0"/>
     </row>
     <row r="198" spans="1:12" customHeight="1" ht="80">
       <c r="A198" s="0"/>
       <c r="B198" s="0" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="C198" s="0" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="D198" s="0">
         <v>20300005</v>
       </c>
       <c r="E198" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F198" s="0" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="G198" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H198" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I198" s="1" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="J198" s="0"/>
       <c r="K198" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L198" s="0"/>
     </row>
     <row r="199" spans="1:12" customHeight="1" ht="80">
       <c r="A199" s="0"/>
       <c r="B199" s="0" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
       <c r="C199" s="0" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="D199" s="0">
         <v>16400005</v>
       </c>
       <c r="E199" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F199" s="0" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="G199" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H199" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I199" s="1" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="J199" s="0"/>
       <c r="K199" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L199" s="0"/>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="80">
       <c r="A200" s="0"/>
       <c r="B200" s="0" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="C200" s="0" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="D200" s="0">
         <v>16900017</v>
       </c>
       <c r="E200" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F200" s="0" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="G200" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H200" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I200" s="1" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="J200" s="0"/>
       <c r="K200" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L200" s="0"/>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="80">
       <c r="A201" s="0"/>
       <c r="B201" s="0" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="C201" s="0" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="D201" s="0">
         <v>16400017</v>
       </c>
       <c r="E201" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F201" s="0" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="G201" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H201" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I201" s="1" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="J201" s="0"/>
       <c r="K201" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L201" s="0"/>
     </row>
     <row r="202" spans="1:12" customHeight="1" ht="80">
       <c r="A202" s="0"/>
       <c r="B202" s="0" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="C202" s="0" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="D202" s="0">
         <v>22700017</v>
       </c>
       <c r="E202" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F202" s="0" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="G202" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H202" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I202" s="1" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="J202" s="0"/>
       <c r="K202" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L202" s="0"/>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="80">
       <c r="A203" s="0"/>
       <c r="B203" s="0" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="C203" s="0" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="D203" s="0" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
       <c r="E203" s="0" t="s">
         <v>569</v>
       </c>
       <c r="F203" s="0" t="s">
         <v>581</v>
       </c>
       <c r="G203" s="0" t="s">
         <v>571</v>
       </c>
       <c r="H203" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I203" s="1" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="J203" s="0"/>
       <c r="K203" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L203" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="204" spans="1:12" customHeight="1" ht="80">
       <c r="A204" s="0"/>
       <c r="B204" s="0" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="C204" s="0" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="D204" s="0" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="E204" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F204" s="0" t="s">
         <v>556</v>
       </c>
       <c r="G204" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H204" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I204" s="1" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="J204" s="0"/>
       <c r="K204" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L204" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="205" spans="1:12" customHeight="1" ht="80">
       <c r="A205" s="0"/>
       <c r="B205" s="0" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="C205" s="0" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="D205" s="0">
         <v>20400005</v>
       </c>
       <c r="E205" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F205" s="0" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
       <c r="G205" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H205" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I205" s="1" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
       <c r="J205" s="0"/>
       <c r="K205" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L205" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:12" customHeight="1" ht="80">
       <c r="A206" s="0"/>
       <c r="B206" s="0" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
       <c r="C206" s="0" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="D206" s="0" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
       <c r="E206" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F206" s="0" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
       <c r="G206" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H206" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I206" s="1" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="J206" s="0"/>
       <c r="K206" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L206" s="0"/>
     </row>
     <row r="207" spans="1:12" customHeight="1" ht="80">
       <c r="A207" s="0"/>
       <c r="B207" s="0" t="s">
-        <v>900</v>
+        <v>902</v>
       </c>
       <c r="C207" s="0" t="s">
-        <v>901</v>
+        <v>903</v>
       </c>
       <c r="D207" s="0">
         <v>13000005</v>
       </c>
       <c r="E207" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F207" s="0" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="G207" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H207" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I207" s="1" t="s">
-        <v>902</v>
+        <v>904</v>
       </c>
       <c r="J207" s="0"/>
       <c r="K207" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L207" s="0">
         <v>120</v>
       </c>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="80">
       <c r="A208" s="0"/>
       <c r="B208" s="0" t="s">
-        <v>903</v>
+        <v>905</v>
       </c>
       <c r="C208" s="0" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
       <c r="D208" s="0" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="E208" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F208" s="0" t="s">
         <v>592</v>
       </c>
       <c r="G208" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H208" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I208" s="1" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="J208" s="0"/>
       <c r="K208" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L208" s="0"/>
     </row>
     <row r="209" spans="1:12" customHeight="1" ht="80">
       <c r="A209" s="0"/>
       <c r="B209" s="0" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
       <c r="C209" s="0" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="D209" s="0" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
       <c r="E209" s="0" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="F209" s="0" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="G209" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H209" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I209" s="1" t="s">
-        <v>910</v>
+        <v>912</v>
       </c>
       <c r="J209" s="0"/>
       <c r="K209" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L209" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:12" customHeight="1" ht="80">
       <c r="A210" s="0"/>
       <c r="B210" s="0" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
       <c r="C210" s="0" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
       <c r="D210" s="0" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
       <c r="E210" s="0" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="F210" s="0" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="G210" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H210" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I210" s="1" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
       <c r="J210" s="0"/>
       <c r="K210" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L210" s="0"/>
     </row>
     <row r="211" spans="1:12" customHeight="1" ht="80">
       <c r="A211" s="0"/>
       <c r="B211" s="0" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="C211" s="0" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="D211" s="0" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="E211" s="0" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="F211" s="0" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
       <c r="G211" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H211" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I211" s="1" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="J211" s="0"/>
       <c r="K211" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L211" s="0"/>
     </row>
     <row r="212" spans="1:12" customHeight="1" ht="80">
       <c r="A212" s="0"/>
       <c r="B212" s="0" t="s">
-        <v>921</v>
+        <v>923</v>
       </c>
       <c r="C212" s="0" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
       <c r="D212" s="0" t="s">
-        <v>923</v>
+        <v>925</v>
       </c>
       <c r="E212" s="0" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="F212" s="0" t="s">
-        <v>924</v>
+        <v>926</v>
       </c>
       <c r="G212" s="0" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="H212" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I212" s="1" t="s">
-        <v>925</v>
+        <v>927</v>
       </c>
       <c r="J212" s="0"/>
       <c r="K212" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L212" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:12" customHeight="1" ht="80">
       <c r="A213" s="0"/>
       <c r="B213" s="0" t="s">
-        <v>926</v>
+        <v>928</v>
       </c>
       <c r="C213" s="0" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="D213" s="0" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="E213" s="0" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="F213" s="0" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="G213" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H213" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I213" s="1" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="J213" s="0"/>
       <c r="K213" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L213" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="214" spans="1:12" customHeight="1" ht="80">
       <c r="A214" s="0"/>
       <c r="B214" s="0" t="s">
-        <v>929</v>
+        <v>931</v>
       </c>
       <c r="C214" s="0" t="s">
-        <v>930</v>
+        <v>932</v>
       </c>
       <c r="D214" s="0">
         <v>21020005</v>
       </c>
       <c r="E214" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F214" s="0" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="G214" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H214" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I214" s="1" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="J214" s="0"/>
       <c r="K214" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L214" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="215" spans="1:12" customHeight="1" ht="80">
       <c r="A215" s="0"/>
       <c r="B215" s="0" t="s">
-        <v>931</v>
+        <v>933</v>
       </c>
       <c r="C215" s="0" t="s">
-        <v>932</v>
+        <v>934</v>
       </c>
       <c r="D215" s="0">
         <v>21020017</v>
       </c>
       <c r="E215" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F215" s="0" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="G215" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H215" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I215" s="1" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
       <c r="J215" s="0"/>
       <c r="K215" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L215" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="216" spans="1:12" customHeight="1" ht="80">
       <c r="A216" s="0"/>
       <c r="B216" s="0" t="s">
-        <v>934</v>
+        <v>936</v>
       </c>
       <c r="C216" s="0" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="D216" s="0" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
       <c r="E216" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F216" s="0" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="G216" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H216" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I216" s="1" t="s">
-        <v>937</v>
+        <v>939</v>
       </c>
       <c r="J216" s="0"/>
       <c r="K216" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L216" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="217" spans="1:12" customHeight="1" ht="80">
       <c r="A217" s="0"/>
       <c r="B217" s="0" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
       <c r="C217" s="0" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
       <c r="D217" s="0" t="s">
-        <v>940</v>
+        <v>942</v>
       </c>
       <c r="E217" s="0" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="F217" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G217" s="0" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="H217" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I217" s="1" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
       <c r="J217" s="0"/>
       <c r="K217" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L217" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="218" spans="1:12" customHeight="1" ht="80">
       <c r="A218" s="0"/>
       <c r="B218" s="0" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
       <c r="C218" s="0" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
       <c r="D218" s="0">
         <v>49154595</v>
       </c>
       <c r="E218" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F218" s="0" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="G218" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H218" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I218" s="1" t="s">
         <v>59</v>
       </c>
       <c r="J218" s="0"/>
       <c r="K218" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L218" s="0">
         <v>120</v>
       </c>
     </row>
     <row r="219" spans="1:12" customHeight="1" ht="80">
       <c r="A219" s="0"/>
       <c r="B219" s="0" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
       <c r="C219" s="0" t="s">
-        <v>945</v>
+        <v>947</v>
       </c>
       <c r="D219" s="0" t="s">
-        <v>946</v>
+        <v>948</v>
       </c>
       <c r="E219" s="0" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="F219" s="0" t="s">
-        <v>947</v>
+        <v>949</v>
       </c>
       <c r="G219" s="0" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="H219" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I219" s="1" t="s">
-        <v>948</v>
+        <v>950</v>
       </c>
       <c r="J219" s="0"/>
       <c r="K219" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L219" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="220" spans="1:12" customHeight="1" ht="80">
       <c r="A220" s="0"/>
       <c r="B220" s="0" t="s">
-        <v>949</v>
+        <v>951</v>
       </c>
       <c r="C220" s="0" t="s">
-        <v>950</v>
+        <v>952</v>
       </c>
       <c r="D220" s="0" t="s">
-        <v>951</v>
+        <v>953</v>
       </c>
       <c r="E220" s="0" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="F220" s="0" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
       <c r="G220" s="0" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="H220" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I220" s="1" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="J220" s="0"/>
       <c r="K220" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L220" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="221" spans="1:12" customHeight="1" ht="80">
       <c r="A221" s="0"/>
       <c r="B221" s="0" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
       <c r="C221" s="0" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
       <c r="D221" s="0" t="s">
-        <v>956</v>
+        <v>958</v>
       </c>
       <c r="E221" s="0" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="F221" s="0" t="s">
-        <v>957</v>
+        <v>959</v>
       </c>
       <c r="G221" s="0" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="H221" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I221" s="1" t="s">
-        <v>958</v>
+        <v>960</v>
       </c>
       <c r="J221" s="0"/>
       <c r="K221" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L221" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="222" spans="1:12" customHeight="1" ht="80">
       <c r="A222" s="0"/>
       <c r="B222" s="0" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="C222" s="0" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
       <c r="D222" s="0"/>
       <c r="E222" s="0" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="F222" s="0" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
       <c r="G222" s="0" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="H222" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I222" s="1" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="J222" s="0"/>
       <c r="K222" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L222" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="223" spans="1:12" customHeight="1" ht="80">
       <c r="A223" s="0"/>
       <c r="B223" s="0" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="C223" s="0" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
       <c r="D223" s="0" t="s">
-        <v>965</v>
+        <v>967</v>
       </c>
       <c r="E223" s="0" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="F223" s="0" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="G223" s="0" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="H223" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I223" s="1" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="J223" s="0"/>
       <c r="K223" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L223" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="224" spans="1:12" customHeight="1" ht="80">
       <c r="A224" s="0"/>
       <c r="B224" s="0" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
       <c r="C224" s="0" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="D224" s="0" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
       <c r="E224" s="0" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="F224" s="0" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="G224" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H224" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I224" s="1" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
       <c r="J224" s="0"/>
       <c r="K224" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L224" s="0"/>
     </row>
     <row r="225" spans="1:12" customHeight="1" ht="80">
       <c r="A225" s="0"/>
       <c r="B225" s="0" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="C225" s="0" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="D225" s="0" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="E225" s="0" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="F225" s="0" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="G225" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H225" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I225" s="1" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="J225" s="0"/>
       <c r="K225" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L225" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="226" spans="1:12" customHeight="1" ht="80">
       <c r="A226" s="0"/>
       <c r="B226" s="0" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="C226" s="0" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="D226" s="0">
         <v>20540005</v>
       </c>
       <c r="E226" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F226" s="0" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="G226" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H226" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I226" s="1" t="s">
         <v>71</v>
       </c>
       <c r="J226" s="0"/>
       <c r="K226" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L226" s="0"/>
     </row>
     <row r="227" spans="1:12" customHeight="1" ht="80">
       <c r="A227" s="0"/>
       <c r="B227" s="0" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="C227" s="0" t="s">
-        <v>979</v>
+        <v>981</v>
       </c>
       <c r="D227" s="0">
         <v>16900006</v>
       </c>
       <c r="E227" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F227" s="0" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="G227" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H227" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I227" s="1" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
       <c r="J227" s="0"/>
       <c r="K227" s="0" t="s">
-        <v>981</v>
+        <v>19</v>
       </c>
       <c r="L227" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="228" spans="1:12" customHeight="1" ht="80">
       <c r="A228" s="0"/>
       <c r="B228" s="0" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="C228" s="0" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="D228" s="0" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="E228" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F228" s="0" t="s">
         <v>546</v>
       </c>
       <c r="G228" s="0" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="H228" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I228" s="1" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="J228" s="0"/>
       <c r="K228" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L228" s="0">
         <v>120</v>
       </c>
     </row>
     <row r="229" spans="1:12" customHeight="1" ht="80">
       <c r="A229" s="0"/>
       <c r="B229" s="0" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="C229" s="0" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="D229" s="0" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="E229" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F229" s="0" t="s">
         <v>551</v>
       </c>
       <c r="G229" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H229" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I229" s="1" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="J229" s="0"/>
       <c r="K229" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L229" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="230" spans="1:12" customHeight="1" ht="80">
       <c r="A230" s="0"/>
       <c r="B230" s="0" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="C230" s="0" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="D230" s="0" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="E230" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F230" s="0" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="G230" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H230" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I230" s="1" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="J230" s="0"/>
       <c r="K230" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L230" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="231" spans="1:12" customHeight="1" ht="80">
       <c r="A231" s="0"/>
       <c r="B231" s="0" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="C231" s="0" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="D231" s="0" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="E231" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F231" s="0" t="s">
         <v>556</v>
       </c>
       <c r="G231" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H231" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I231" s="1" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="J231" s="0"/>
       <c r="K231" s="0" t="s">
-        <v>998</v>
+        <v>66</v>
       </c>
       <c r="L231" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="232" spans="1:12" customHeight="1" ht="80">
       <c r="A232" s="0"/>
       <c r="B232" s="0" t="s">
         <v>999</v>
       </c>
       <c r="C232" s="0" t="s">
         <v>1000</v>
       </c>
       <c r="D232" s="0" t="s">
         <v>1001</v>
       </c>
       <c r="E232" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F232" s="0" t="s">
         <v>556</v>
       </c>
       <c r="G232" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H232" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I232" s="1" t="s">
         <v>1002</v>
       </c>
       <c r="J232" s="0"/>
       <c r="K232" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L232" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="233" spans="1:12" customHeight="1" ht="80">
       <c r="A233" s="0"/>
       <c r="B233" s="0" t="s">
         <v>1003</v>
       </c>
       <c r="C233" s="0" t="s">
         <v>1004</v>
       </c>
       <c r="D233" s="0" t="s">
         <v>1005</v>
       </c>
       <c r="E233" s="0" t="s">
         <v>569</v>
       </c>
       <c r="F233" s="0" t="s">
         <v>576</v>
       </c>
       <c r="G233" s="0" t="s">
         <v>571</v>
       </c>
       <c r="H233" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I233" s="1" t="s">
         <v>1006</v>
       </c>
       <c r="J233" s="0"/>
       <c r="K233" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L233" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="234" spans="1:12" customHeight="1" ht="80">
       <c r="A234" s="0"/>
       <c r="B234" s="0" t="s">
         <v>1007</v>
       </c>
       <c r="C234" s="0" t="s">
         <v>1008</v>
       </c>
       <c r="D234" s="0" t="s">
         <v>1009</v>
       </c>
       <c r="E234" s="0" t="s">
         <v>569</v>
       </c>
       <c r="F234" s="0" t="s">
         <v>581</v>
       </c>
       <c r="G234" s="0" t="s">
         <v>571</v>
       </c>
       <c r="H234" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I234" s="1" t="s">
         <v>1010</v>
       </c>
       <c r="J234" s="0"/>
       <c r="K234" s="0" t="s">
-        <v>126</v>
+        <v>813</v>
       </c>
       <c r="L234" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="235" spans="1:12" customHeight="1" ht="80">
       <c r="A235" s="0"/>
       <c r="B235" s="0" t="s">
         <v>1011</v>
       </c>
       <c r="C235" s="0" t="s">
         <v>1012</v>
       </c>
       <c r="D235" s="0" t="s">
         <v>1013</v>
       </c>
       <c r="E235" s="0" t="s">
         <v>569</v>
       </c>
       <c r="F235" s="0" t="s">
         <v>570</v>
       </c>
       <c r="G235" s="0" t="s">
         <v>571</v>
       </c>
       <c r="H235" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I235" s="1" t="s">
         <v>1014</v>
       </c>
       <c r="J235" s="0"/>
       <c r="K235" s="0" t="s">
         <v>66</v>
       </c>
       <c r="L235" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="236" spans="1:12" customHeight="1" ht="80">
       <c r="A236" s="0"/>
       <c r="B236" s="0" t="s">
         <v>1015</v>
       </c>
       <c r="C236" s="0" t="s">
         <v>1016</v>
       </c>
       <c r="D236" s="0" t="s">
         <v>1017</v>
       </c>
       <c r="E236" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F236" s="0" t="s">
         <v>592</v>
       </c>
       <c r="G236" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H236" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I236" s="1" t="s">
         <v>1018</v>
       </c>
       <c r="J236" s="0"/>
       <c r="K236" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L236" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="237" spans="1:12" customHeight="1" ht="80">
       <c r="A237" s="0"/>
       <c r="B237" s="0" t="s">
         <v>1019</v>
       </c>
       <c r="C237" s="0" t="s">
         <v>1020</v>
       </c>
       <c r="D237" s="0" t="s">
         <v>1021</v>
       </c>
       <c r="E237" s="0" t="s">
         <v>774</v>
       </c>
       <c r="F237" s="0"/>
       <c r="G237" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="H237" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I237" s="1" t="s">
         <v>1022</v>
       </c>
       <c r="J237" s="0"/>
       <c r="K237" s="0" t="s">
-        <v>1023</v>
+        <v>82</v>
       </c>
       <c r="L237" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="238" spans="1:12" customHeight="1" ht="80">
       <c r="A238" s="0"/>
       <c r="B238" s="0" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C238" s="0" t="s">
         <v>1024</v>
       </c>
-      <c r="C238" s="0" t="s">
+      <c r="D238" s="0" t="s">
         <v>1025</v>
       </c>
-      <c r="D238" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E238" s="0" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="F238" s="0" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="G238" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H238" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I238" s="1" t="s">
-        <v>1027</v>
+        <v>1026</v>
       </c>
       <c r="J238" s="0"/>
       <c r="K238" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L238" s="0"/>
     </row>
     <row r="239" spans="1:12" customHeight="1" ht="80">
       <c r="A239" s="0"/>
       <c r="B239" s="0" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C239" s="0" t="s">
         <v>1028</v>
       </c>
-      <c r="C239" s="0" t="s">
+      <c r="D239" s="0" t="s">
         <v>1029</v>
       </c>
-      <c r="D239" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E239" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F239" s="0" t="s">
         <v>473</v>
       </c>
       <c r="G239" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H239" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I239" s="1" t="s">
-        <v>1031</v>
+        <v>1030</v>
       </c>
       <c r="J239" s="0"/>
       <c r="K239" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L239" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="240" spans="1:12" customHeight="1" ht="80">
       <c r="A240" s="0"/>
       <c r="B240" s="0" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C240" s="0" t="s">
         <v>1032</v>
       </c>
-      <c r="C240" s="0" t="s">
+      <c r="D240" s="0" t="s">
         <v>1033</v>
       </c>
-      <c r="D240" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E240" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F240" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="G240" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H240" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I240" s="1" t="s">
-        <v>1035</v>
+        <v>1034</v>
       </c>
       <c r="J240" s="0"/>
       <c r="K240" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L240" s="0"/>
     </row>
     <row r="241" spans="1:12" customHeight="1" ht="80">
       <c r="A241" s="0"/>
       <c r="B241" s="0" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C241" s="0" t="s">
         <v>1036</v>
-      </c>
-[...1 lines deleted...]
-        <v>1037</v>
       </c>
       <c r="D241" s="0">
         <v>22700006</v>
       </c>
       <c r="E241" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F241" s="0" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="G241" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H241" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I241" s="1" t="s">
-        <v>1035</v>
+        <v>1034</v>
       </c>
       <c r="J241" s="0"/>
       <c r="K241" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L241" s="0"/>
     </row>
     <row r="242" spans="1:12" customHeight="1" ht="80">
       <c r="A242" s="0"/>
       <c r="B242" s="0" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C242" s="0" t="s">
         <v>1038</v>
-      </c>
-[...1 lines deleted...]
-        <v>1039</v>
       </c>
       <c r="D242" s="0">
         <v>20300006</v>
       </c>
       <c r="E242" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F242" s="0" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="G242" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H242" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I242" s="1" t="s">
-        <v>1040</v>
+        <v>1039</v>
       </c>
       <c r="J242" s="0"/>
       <c r="K242" s="0" t="s">
-        <v>1041</v>
+        <v>19</v>
       </c>
       <c r="L242" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="243" spans="1:12" customHeight="1" ht="80">
       <c r="B243" s="0" t="s">
-        <v>1042</v>
+        <v>1040</v>
       </c>
       <c r="C243" s="0" t="s">
-        <v>1043</v>
+        <v>1041</v>
       </c>
       <c r="D243" s="0">
         <v>16400006</v>
       </c>
       <c r="E243" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F243" s="0" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="G243" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H243" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I243" s="1" t="s">
-        <v>1044</v>
+        <v>1042</v>
       </c>
       <c r="J243" s="0"/>
       <c r="K243" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L243" s="0"/>
     </row>
     <row r="244" spans="1:12" customHeight="1" ht="80">
       <c r="A244" s="0"/>
       <c r="B244" s="0" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C244" s="0" t="s">
+        <v>1044</v>
+      </c>
+      <c r="D244" s="0" t="s">
         <v>1045</v>
       </c>
-      <c r="C244" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E244" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F244" s="0" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="G244" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H244" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I244" s="1" t="s">
-        <v>1035</v>
+        <v>1034</v>
       </c>
       <c r="J244" s="0"/>
       <c r="K244" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L244" s="0"/>
     </row>
     <row r="245" spans="1:12" customHeight="1" ht="80">
       <c r="A245" s="0"/>
       <c r="B245" s="0" t="s">
-        <v>1048</v>
+        <v>1046</v>
       </c>
       <c r="C245" s="0" t="s">
-        <v>1049</v>
+        <v>1047</v>
       </c>
       <c r="D245" s="0">
         <v>20500006</v>
       </c>
       <c r="E245" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F245" s="0" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="G245" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H245" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I245" s="1" t="s">
-        <v>1050</v>
+        <v>1048</v>
       </c>
       <c r="J245" s="0"/>
       <c r="K245" s="0" t="s">
-        <v>284</v>
+        <v>19</v>
       </c>
       <c r="L245" s="0"/>
     </row>
     <row r="246" spans="1:12" customHeight="1" ht="80">
       <c r="A246" s="0"/>
       <c r="B246" s="0" t="s">
+        <v>1049</v>
+      </c>
+      <c r="C246" s="0" t="s">
+        <v>1050</v>
+      </c>
+      <c r="D246" s="0" t="s">
         <v>1051</v>
       </c>
-      <c r="C246" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E246" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F246" s="0" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
       <c r="G246" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H246" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I246" s="1" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="J246" s="0"/>
       <c r="K246" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L246" s="0"/>
     </row>
     <row r="247" spans="1:12" customHeight="1" ht="80">
       <c r="A247" s="0"/>
       <c r="B247" s="0" t="s">
+        <v>1052</v>
+      </c>
+      <c r="C247" s="0" t="s">
+        <v>1053</v>
+      </c>
+      <c r="D247" s="0" t="s">
         <v>1054</v>
       </c>
-      <c r="C247" s="0" t="s">
+      <c r="E247" s="0" t="s">
         <v>1055</v>
       </c>
-      <c r="D247" s="0" t="s">
+      <c r="F247" s="0" t="s">
         <v>1056</v>
-      </c>
-[...4 lines deleted...]
-        <v>1058</v>
       </c>
       <c r="G247" s="0" t="s">
         <v>571</v>
       </c>
       <c r="H247" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I247" s="1" t="s">
-        <v>1059</v>
+        <v>1057</v>
       </c>
       <c r="J247" s="0"/>
       <c r="K247" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L247" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="248" spans="1:12" customHeight="1" ht="80">
       <c r="A248" s="0"/>
       <c r="B248" s="0" t="s">
-        <v>1060</v>
+        <v>1058</v>
       </c>
       <c r="C248" s="0" t="s">
-        <v>1061</v>
+        <v>1059</v>
       </c>
       <c r="D248" s="0">
         <v>13000006</v>
       </c>
       <c r="E248" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F248" s="0" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="G248" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H248" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I248" s="1" t="s">
-        <v>1062</v>
+        <v>1060</v>
       </c>
       <c r="J248" s="0"/>
       <c r="K248" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L248" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="249" spans="1:12" customHeight="1" ht="80">
       <c r="A249" s="0"/>
       <c r="B249" s="0" t="s">
+        <v>1061</v>
+      </c>
+      <c r="C249" s="0" t="s">
+        <v>1062</v>
+      </c>
+      <c r="D249" s="0" t="s">
         <v>1063</v>
       </c>
-      <c r="C249" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E249" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F249" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="G249" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H249" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I249" s="1" t="s">
-        <v>1066</v>
+        <v>1064</v>
       </c>
       <c r="J249" s="0"/>
       <c r="K249" s="0" t="s">
         <v>66</v>
       </c>
       <c r="L249" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="250" spans="1:12" customHeight="1" ht="80">
       <c r="A250" s="0"/>
       <c r="B250" s="0" t="s">
+        <v>1065</v>
+      </c>
+      <c r="C250" s="0" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D250" s="0" t="s">
         <v>1067</v>
       </c>
-      <c r="C250" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E250" s="0" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="F250" s="0" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="G250" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H250" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I250" s="1" t="s">
-        <v>1070</v>
+        <v>1068</v>
       </c>
       <c r="J250" s="0"/>
       <c r="K250" s="0" t="s">
-        <v>157</v>
+        <v>19</v>
       </c>
       <c r="L250" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="251" spans="1:12" customHeight="1" ht="80">
       <c r="A251" s="0"/>
       <c r="B251" s="0" t="s">
+        <v>1069</v>
+      </c>
+      <c r="C251" s="0" t="s">
+        <v>1070</v>
+      </c>
+      <c r="D251" s="0" t="s">
         <v>1071</v>
       </c>
-      <c r="C251" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E251" s="0" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="F251" s="0" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="G251" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H251" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I251" s="1" t="s">
-        <v>1074</v>
+        <v>1072</v>
       </c>
       <c r="J251" s="0"/>
       <c r="K251" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L251" s="0"/>
     </row>
     <row r="252" spans="1:12" customHeight="1" ht="80">
       <c r="A252" s="0"/>
       <c r="B252" s="0" t="s">
+        <v>1073</v>
+      </c>
+      <c r="C252" s="0" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D252" s="0" t="s">
         <v>1075</v>
       </c>
-      <c r="C252" s="0" t="s">
+      <c r="E252" s="0" t="s">
+        <v>695</v>
+      </c>
+      <c r="F252" s="0" t="s">
+        <v>926</v>
+      </c>
+      <c r="G252" s="0" t="s">
+        <v>697</v>
+      </c>
+      <c r="H252" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="I252" s="1" t="s">
         <v>1076</v>
-      </c>
-[...16 lines deleted...]
-        <v>1078</v>
       </c>
       <c r="J252" s="0"/>
       <c r="K252" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L252" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="253" spans="1:12" customHeight="1" ht="80">
       <c r="A253" s="0"/>
       <c r="B253" s="0" t="s">
+        <v>1077</v>
+      </c>
+      <c r="C253" s="0" t="s">
+        <v>1078</v>
+      </c>
+      <c r="D253" s="0" t="s">
         <v>1079</v>
       </c>
-      <c r="C253" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E253" s="0" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="F253" s="0" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="G253" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H253" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I253" s="1" t="s">
-        <v>1082</v>
+        <v>1080</v>
       </c>
       <c r="J253" s="0"/>
       <c r="K253" s="0" t="s">
-        <v>1083</v>
+        <v>19</v>
       </c>
       <c r="L253" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="254" spans="1:12" customHeight="1" ht="80">
       <c r="A254" s="0"/>
       <c r="B254" s="0" t="s">
-        <v>1084</v>
+        <v>1081</v>
       </c>
       <c r="C254" s="0" t="s">
-        <v>1085</v>
+        <v>1082</v>
       </c>
       <c r="D254" s="0">
         <v>21020006</v>
       </c>
       <c r="E254" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F254" s="0" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="G254" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H254" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I254" s="1" t="s">
-        <v>1086</v>
+        <v>1083</v>
       </c>
       <c r="J254" s="0"/>
       <c r="K254" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L254" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="255" spans="1:12" customHeight="1" ht="80">
       <c r="A255" s="0"/>
       <c r="B255" s="0" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C255" s="0" t="s">
+        <v>1085</v>
+      </c>
+      <c r="D255" s="0" t="s">
+        <v>1086</v>
+      </c>
+      <c r="E255" s="0" t="s">
+        <v>655</v>
+      </c>
+      <c r="F255" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="G255" s="0" t="s">
+        <v>363</v>
+      </c>
+      <c r="H255" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="I255" s="1" t="s">
         <v>1087</v>
-      </c>
-[...19 lines deleted...]
-        <v>1090</v>
       </c>
       <c r="J255" s="0"/>
       <c r="K255" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L255" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="256" spans="1:12" customHeight="1" ht="80">
       <c r="A256" s="0"/>
       <c r="B256" s="0" t="s">
-        <v>1091</v>
+        <v>1088</v>
       </c>
       <c r="C256" s="0" t="s">
-        <v>1092</v>
+        <v>1089</v>
       </c>
       <c r="D256" s="0">
         <v>49154596</v>
       </c>
       <c r="E256" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F256" s="0" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="G256" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H256" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I256" s="1" t="s">
-        <v>1093</v>
+        <v>1090</v>
       </c>
       <c r="J256" s="0"/>
       <c r="K256" s="0" t="s">
-        <v>438</v>
+        <v>19</v>
       </c>
       <c r="L256" s="0">
         <v>120</v>
       </c>
     </row>
     <row r="257" spans="1:12" customHeight="1" ht="80">
       <c r="A257" s="0"/>
       <c r="B257" s="0" t="s">
+        <v>1091</v>
+      </c>
+      <c r="C257" s="0" t="s">
+        <v>1092</v>
+      </c>
+      <c r="D257" s="0" t="s">
+        <v>1093</v>
+      </c>
+      <c r="E257" s="0" t="s">
+        <v>655</v>
+      </c>
+      <c r="F257" s="0" t="s">
+        <v>949</v>
+      </c>
+      <c r="G257" s="0" t="s">
+        <v>363</v>
+      </c>
+      <c r="H257" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="I257" s="1" t="s">
         <v>1094</v>
-      </c>
-[...19 lines deleted...]
-        <v>1097</v>
       </c>
       <c r="J257" s="0"/>
       <c r="K257" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L257" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="258" spans="1:12" customHeight="1" ht="80">
       <c r="A258" s="0"/>
       <c r="B258" s="0" t="s">
+        <v>1095</v>
+      </c>
+      <c r="C258" s="0" t="s">
+        <v>1096</v>
+      </c>
+      <c r="D258" s="0" t="s">
+        <v>1097</v>
+      </c>
+      <c r="E258" s="0" t="s">
+        <v>655</v>
+      </c>
+      <c r="F258" s="0" t="s">
+        <v>959</v>
+      </c>
+      <c r="G258" s="0" t="s">
+        <v>363</v>
+      </c>
+      <c r="H258" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="I258" s="1" t="s">
         <v>1098</v>
-      </c>
-[...19 lines deleted...]
-        <v>1101</v>
       </c>
       <c r="J258" s="0"/>
       <c r="K258" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L258" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="259" spans="1:12" customHeight="1" ht="80">
       <c r="A259" s="0"/>
       <c r="B259" s="0" t="s">
-        <v>1102</v>
+        <v>1099</v>
       </c>
       <c r="C259" s="0" t="s">
-        <v>1103</v>
+        <v>1100</v>
       </c>
       <c r="D259" s="0"/>
       <c r="E259" s="0" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="F259" s="0" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
       <c r="G259" s="0" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="H259" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I259" s="1" t="s">
-        <v>1104</v>
+        <v>1101</v>
       </c>
       <c r="J259" s="0"/>
       <c r="K259" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L259" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="260" spans="1:12" customHeight="1" ht="80">
       <c r="A260" s="0"/>
       <c r="B260" s="0" t="s">
-        <v>1105</v>
+        <v>1102</v>
       </c>
       <c r="C260" s="0" t="s">
-        <v>1106</v>
+        <v>1103</v>
       </c>
       <c r="D260" s="0"/>
       <c r="E260" s="0" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="F260" s="0" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="G260" s="0" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="H260" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I260" s="1" t="s">
-        <v>1107</v>
+        <v>1104</v>
       </c>
       <c r="J260" s="0"/>
       <c r="K260" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L260" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="261" spans="1:12" customHeight="1" ht="80">
       <c r="A261" s="0"/>
       <c r="B261" s="0" t="s">
-        <v>1108</v>
+        <v>1105</v>
       </c>
       <c r="C261" s="0" t="s">
-        <v>1109</v>
+        <v>1106</v>
       </c>
       <c r="D261" s="0" t="s">
-        <v>1110</v>
+        <v>1107</v>
       </c>
       <c r="E261" s="0" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="F261" s="0" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
       <c r="G261" s="0" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="H261" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I261" s="1" t="s">
-        <v>1104</v>
+        <v>1101</v>
       </c>
       <c r="J261" s="0"/>
       <c r="K261" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L261" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="262" spans="1:12" customHeight="1" ht="80">
       <c r="A262" s="0"/>
       <c r="B262" s="0" t="s">
-        <v>1111</v>
+        <v>1108</v>
       </c>
       <c r="C262" s="0" t="s">
-        <v>1112</v>
+        <v>1109</v>
       </c>
       <c r="D262" s="0"/>
       <c r="E262" s="0" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="F262" s="0" t="s">
-        <v>1113</v>
+        <v>1110</v>
       </c>
       <c r="G262" s="0" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="H262" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I262" s="1" t="s">
-        <v>1114</v>
+        <v>1111</v>
       </c>
       <c r="J262" s="0"/>
       <c r="K262" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L262" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="263" spans="1:12" customHeight="1" ht="80">
       <c r="A263" s="0"/>
       <c r="B263" s="0" t="s">
-        <v>1115</v>
+        <v>1112</v>
       </c>
       <c r="C263" s="0" t="s">
-        <v>1116</v>
+        <v>1113</v>
       </c>
       <c r="D263" s="0"/>
       <c r="E263" s="0" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="F263" s="0" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="G263" s="0" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="H263" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I263" s="1" t="s">
-        <v>1104</v>
+        <v>1101</v>
       </c>
       <c r="J263" s="0"/>
       <c r="K263" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L263" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="264" spans="1:12" customHeight="1" ht="80">
       <c r="A264" s="0"/>
       <c r="B264" s="0" t="s">
-        <v>1117</v>
+        <v>1114</v>
       </c>
       <c r="C264" s="0" t="s">
-        <v>1118</v>
+        <v>1115</v>
       </c>
       <c r="D264" s="0"/>
       <c r="E264" s="0" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="F264" s="0" t="s">
-        <v>1119</v>
+        <v>1116</v>
       </c>
       <c r="G264" s="0" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="H264" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I264" s="1" t="s">
-        <v>1120</v>
+        <v>1117</v>
       </c>
       <c r="J264" s="0"/>
       <c r="K264" s="0" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="L264" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="265" spans="1:12" customHeight="1" ht="80">
       <c r="A265" s="0"/>
       <c r="B265" s="0" t="s">
-        <v>1121</v>
+        <v>1118</v>
       </c>
       <c r="C265" s="0" t="s">
-        <v>1122</v>
+        <v>1119</v>
       </c>
       <c r="D265" s="0">
         <v>16900022</v>
       </c>
       <c r="E265" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F265" s="0" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="G265" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H265" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I265" s="1" t="s">
         <v>797</v>
       </c>
       <c r="J265" s="0"/>
       <c r="K265" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L265" s="0"/>
     </row>
     <row r="266" spans="1:12" customHeight="1" ht="80">
       <c r="A266" s="0"/>
       <c r="B266" s="0" t="s">
-        <v>1123</v>
+        <v>1120</v>
       </c>
       <c r="C266" s="0" t="s">
-        <v>1124</v>
+        <v>1121</v>
       </c>
       <c r="D266" s="0" t="s">
-        <v>1125</v>
+        <v>1122</v>
       </c>
       <c r="E266" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F266" s="0" t="s">
         <v>556</v>
       </c>
       <c r="G266" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H266" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I266" s="1" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="J266" s="0"/>
       <c r="K266" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L266" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="267" spans="1:12" customHeight="1" ht="80">
       <c r="A267" s="0"/>
       <c r="B267" s="0" t="s">
-        <v>1126</v>
+        <v>1123</v>
       </c>
       <c r="C267" s="0" t="s">
-        <v>1127</v>
+        <v>1124</v>
       </c>
       <c r="D267" s="0" t="s">
-        <v>1128</v>
+        <v>1125</v>
       </c>
       <c r="E267" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F267" s="0" t="s">
         <v>770</v>
       </c>
       <c r="G267" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H267" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I267" s="1" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="J267" s="0"/>
       <c r="K267" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L267" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="268" spans="1:12" customHeight="1" ht="80">
       <c r="A268" s="0"/>
       <c r="B268" s="0" t="s">
-        <v>1129</v>
+        <v>1126</v>
       </c>
       <c r="C268" s="0" t="s">
-        <v>1130</v>
+        <v>1127</v>
       </c>
       <c r="D268" s="0"/>
       <c r="E268" s="0" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="F268" s="0" t="s">
-        <v>1113</v>
+        <v>1110</v>
       </c>
       <c r="G268" s="0" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="H268" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I268" s="1" t="s">
-        <v>1131</v>
+        <v>1128</v>
       </c>
       <c r="J268" s="0"/>
       <c r="K268" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L268" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="269" spans="1:12" customHeight="1" ht="80">
       <c r="A269" s="0"/>
       <c r="B269" s="0" t="s">
-        <v>1132</v>
+        <v>1129</v>
       </c>
       <c r="C269" s="0" t="s">
-        <v>1133</v>
+        <v>1130</v>
       </c>
       <c r="D269" s="0"/>
       <c r="E269" s="0" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="F269" s="0" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="G269" s="0" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="H269" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I269" s="1" t="s">
-        <v>1134</v>
+        <v>1131</v>
       </c>
       <c r="J269" s="0"/>
       <c r="K269" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L269" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="270" spans="1:12" customHeight="1" ht="80">
       <c r="A270" s="0"/>
       <c r="B270" s="0" t="s">
-        <v>1135</v>
+        <v>1132</v>
       </c>
       <c r="C270" s="0" t="s">
-        <v>1136</v>
+        <v>1133</v>
       </c>
       <c r="D270" s="0"/>
       <c r="E270" s="0" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="F270" s="0" t="s">
-        <v>1119</v>
+        <v>1116</v>
       </c>
       <c r="G270" s="0" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="H270" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I270" s="1" t="s">
-        <v>1137</v>
+        <v>1134</v>
       </c>
       <c r="J270" s="0"/>
       <c r="K270" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L270" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="271" spans="1:12" customHeight="1" ht="80">
       <c r="A271" s="0"/>
       <c r="B271" s="0" t="s">
+        <v>1135</v>
+      </c>
+      <c r="C271" s="0" t="s">
+        <v>1136</v>
+      </c>
+      <c r="D271" s="0" t="s">
+        <v>1137</v>
+      </c>
+      <c r="E271" s="0" t="s">
+        <v>655</v>
+      </c>
+      <c r="F271" s="0" t="s">
         <v>1138</v>
       </c>
-      <c r="C271" s="0" t="s">
+      <c r="G271" s="0" t="s">
+        <v>363</v>
+      </c>
+      <c r="H271" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="I271" s="1" t="s">
         <v>1139</v>
-      </c>
-[...16 lines deleted...]
-        <v>1142</v>
       </c>
       <c r="J271" s="0"/>
       <c r="K271" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L271" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="272" spans="1:12" customHeight="1" ht="80">
       <c r="A272" s="0"/>
       <c r="B272" s="0" t="s">
-        <v>1143</v>
+        <v>1140</v>
       </c>
       <c r="C272" s="0" t="s">
-        <v>1144</v>
+        <v>1141</v>
       </c>
       <c r="D272" s="0" t="s">
-        <v>1145</v>
+        <v>1142</v>
       </c>
       <c r="E272" s="0" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="F272" s="0" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="G272" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H272" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I272" s="1" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="J272" s="0"/>
       <c r="K272" s="0" t="s">
-        <v>89</v>
+        <v>54</v>
       </c>
       <c r="L272" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="273" spans="1:12" customHeight="1" ht="80">
       <c r="A273" s="0"/>
       <c r="B273" s="0" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C273" s="0" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D273" s="0" t="s">
+        <v>1145</v>
+      </c>
+      <c r="E273" s="0" t="s">
+        <v>655</v>
+      </c>
+      <c r="F273" s="0" t="s">
         <v>1146</v>
       </c>
-      <c r="C273" s="0" t="s">
+      <c r="G273" s="0" t="s">
+        <v>363</v>
+      </c>
+      <c r="H273" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="I273" s="1" t="s">
         <v>1147</v>
-      </c>
-[...16 lines deleted...]
-        <v>1150</v>
       </c>
       <c r="J273" s="0"/>
       <c r="K273" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L273" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="274" spans="1:12" customHeight="1" ht="80">
       <c r="A274" s="0"/>
       <c r="B274" s="0" t="s">
+        <v>1148</v>
+      </c>
+      <c r="C274" s="0" t="s">
+        <v>1149</v>
+      </c>
+      <c r="D274" s="0" t="s">
+        <v>1150</v>
+      </c>
+      <c r="E274" s="0" t="s">
+        <v>655</v>
+      </c>
+      <c r="F274" s="0" t="s">
         <v>1151</v>
       </c>
-      <c r="C274" s="0" t="s">
+      <c r="G274" s="0" t="s">
+        <v>363</v>
+      </c>
+      <c r="H274" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="I274" s="1" t="s">
         <v>1152</v>
-      </c>
-[...16 lines deleted...]
-        <v>1155</v>
       </c>
       <c r="J274" s="0"/>
       <c r="K274" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L274" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="275" spans="1:12" customHeight="1" ht="80">
       <c r="A275" s="0"/>
       <c r="B275" s="0" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C275" s="0" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D275" s="0" t="s">
+        <v>1155</v>
+      </c>
+      <c r="E275" s="0" t="s">
+        <v>655</v>
+      </c>
+      <c r="F275" s="0" t="s">
         <v>1156</v>
       </c>
-      <c r="C275" s="0" t="s">
+      <c r="G275" s="0" t="s">
+        <v>363</v>
+      </c>
+      <c r="H275" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="I275" s="1" t="s">
         <v>1157</v>
-      </c>
-[...16 lines deleted...]
-        <v>1160</v>
       </c>
       <c r="J275" s="0"/>
       <c r="K275" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L275" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="276" spans="1:12" customHeight="1" ht="80">
       <c r="A276" s="0"/>
       <c r="B276" s="0" t="s">
-        <v>1161</v>
+        <v>1158</v>
       </c>
       <c r="C276" s="0" t="s">
-        <v>1162</v>
+        <v>1159</v>
       </c>
       <c r="D276" s="0" t="s">
-        <v>1163</v>
+        <v>1160</v>
       </c>
       <c r="E276" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F276" s="0" t="s">
-        <v>1164</v>
+        <v>1161</v>
       </c>
       <c r="G276" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H276" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I276" s="1" t="s">
-        <v>1165</v>
+        <v>1162</v>
       </c>
       <c r="J276" s="0"/>
       <c r="K276" s="0" t="s">
-        <v>89</v>
+        <v>42</v>
       </c>
       <c r="L276" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="277" spans="1:12" customHeight="1" ht="80">
       <c r="A277" s="0"/>
       <c r="B277" s="0" t="s">
-        <v>1166</v>
+        <v>1163</v>
       </c>
       <c r="C277" s="0" t="s">
-        <v>1167</v>
+        <v>1164</v>
       </c>
       <c r="D277" s="0" t="s">
-        <v>1168</v>
+        <v>1165</v>
       </c>
       <c r="E277" s="0" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="F277" s="0" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="G277" s="0" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="H277" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I277" s="1" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="J277" s="0"/>
       <c r="K277" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L277" s="0"/>
     </row>
     <row r="278" spans="1:12" customHeight="1" ht="80">
       <c r="A278" s="0"/>
       <c r="B278" s="0" t="s">
+        <v>1166</v>
+      </c>
+      <c r="C278" s="0" t="s">
+        <v>1167</v>
+      </c>
+      <c r="D278" s="0" t="s">
+        <v>1168</v>
+      </c>
+      <c r="E278" s="0" t="s">
+        <v>695</v>
+      </c>
+      <c r="F278" s="0" t="s">
+        <v>696</v>
+      </c>
+      <c r="G278" s="0" t="s">
+        <v>697</v>
+      </c>
+      <c r="H278" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="I278" s="1" t="s">
         <v>1169</v>
-      </c>
-[...19 lines deleted...]
-        <v>1172</v>
       </c>
       <c r="J278" s="0"/>
       <c r="K278" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L278" s="0"/>
     </row>
     <row r="279" spans="1:12" customHeight="1" ht="80">
       <c r="A279" s="0"/>
       <c r="B279" s="0" t="s">
-        <v>1173</v>
+        <v>1170</v>
       </c>
       <c r="C279" s="0" t="s">
-        <v>1174</v>
+        <v>1171</v>
       </c>
       <c r="D279" s="0" t="s">
-        <v>1175</v>
+        <v>1172</v>
       </c>
       <c r="E279" s="0" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="F279" s="0" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="G279" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H279" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I279" s="1" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="J279" s="0"/>
       <c r="K279" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L279" s="0"/>
     </row>
     <row r="280" spans="1:12" customHeight="1" ht="80">
       <c r="A280" s="0"/>
       <c r="B280" s="0" t="s">
-        <v>1176</v>
+        <v>1173</v>
       </c>
       <c r="C280" s="0" t="s">
-        <v>1177</v>
+        <v>1174</v>
       </c>
       <c r="D280" s="0" t="s">
-        <v>1178</v>
+        <v>1175</v>
       </c>
       <c r="E280" s="0" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="F280" s="0" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="G280" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H280" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I280" s="1" t="s">
-        <v>1179</v>
+        <v>1176</v>
       </c>
       <c r="J280" s="0"/>
       <c r="K280" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L280" s="0"/>
     </row>
     <row r="281" spans="1:12" customHeight="1" ht="80">
       <c r="A281" s="0"/>
       <c r="B281" s="0" t="s">
-        <v>1180</v>
+        <v>1177</v>
       </c>
       <c r="C281" s="0" t="s">
-        <v>1181</v>
+        <v>1178</v>
       </c>
       <c r="D281" s="0" t="s">
-        <v>1182</v>
+        <v>1179</v>
       </c>
       <c r="E281" s="0" t="s">
         <v>569</v>
       </c>
       <c r="F281" s="0" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="G281" s="0" t="s">
         <v>571</v>
       </c>
       <c r="H281" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I281" s="1" t="s">
-        <v>1183</v>
+        <v>1180</v>
       </c>
       <c r="J281" s="0"/>
       <c r="K281" s="0" t="s">
-        <v>66</v>
+        <v>88</v>
       </c>
       <c r="L281" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="282" spans="1:12" customHeight="1" ht="80">
       <c r="A282" s="0"/>
       <c r="B282" s="0" t="s">
-        <v>1184</v>
+        <v>1181</v>
       </c>
       <c r="C282" s="0" t="s">
-        <v>1185</v>
+        <v>1182</v>
       </c>
       <c r="D282" s="0" t="s">
-        <v>1186</v>
+        <v>1183</v>
       </c>
       <c r="E282" s="0" t="s">
         <v>569</v>
       </c>
       <c r="F282" s="0" t="s">
-        <v>1187</v>
+        <v>1184</v>
       </c>
       <c r="G282" s="0" t="s">
         <v>571</v>
       </c>
       <c r="H282" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I282" s="1" t="s">
-        <v>1188</v>
+        <v>1185</v>
       </c>
       <c r="J282" s="0"/>
       <c r="K282" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L282" s="0"/>
     </row>
     <row r="283" spans="1:12" customHeight="1" ht="80">
       <c r="A283" s="0"/>
       <c r="B283" s="0" t="s">
-        <v>1189</v>
+        <v>1186</v>
       </c>
       <c r="C283" s="0" t="s">
-        <v>1190</v>
+        <v>1187</v>
       </c>
       <c r="D283" s="0" t="s">
-        <v>1191</v>
+        <v>1188</v>
       </c>
       <c r="E283" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F283" s="0" t="s">
         <v>731</v>
       </c>
       <c r="G283" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H283" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I283" s="1" t="s">
         <v>732</v>
       </c>
       <c r="J283" s="0"/>
       <c r="K283" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L283" s="0"/>
     </row>
     <row r="284" spans="1:12" customHeight="1" ht="80">
       <c r="B284" s="0" t="s">
-        <v>1192</v>
+        <v>1189</v>
       </c>
       <c r="C284" s="0" t="s">
-        <v>1193</v>
+        <v>1190</v>
       </c>
       <c r="D284" s="0" t="s">
-        <v>1194</v>
+        <v>1191</v>
       </c>
       <c r="E284" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F284" s="0" t="s">
         <v>731</v>
       </c>
       <c r="G284" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H284" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I284" s="1" t="s">
-        <v>1195</v>
+        <v>1192</v>
       </c>
       <c r="J284" s="0"/>
       <c r="K284" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L284" s="0"/>
     </row>
     <row r="285" spans="1:12" customHeight="1" ht="80">
       <c r="A285" s="0"/>
       <c r="B285" s="0" t="s">
-        <v>1196</v>
+        <v>1193</v>
       </c>
       <c r="C285" s="0" t="s">
-        <v>1197</v>
+        <v>1194</v>
       </c>
       <c r="D285" s="0" t="s">
-        <v>1198</v>
+        <v>1195</v>
       </c>
       <c r="E285" s="0" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="F285" s="0" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="G285" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H285" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I285" s="1" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="J285" s="0"/>
       <c r="K285" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L285" s="0"/>
     </row>
     <row r="286" spans="1:12" customHeight="1" ht="80">
       <c r="A286" s="0"/>
       <c r="B286" s="0" t="s">
-        <v>1199</v>
+        <v>1196</v>
       </c>
       <c r="C286" s="0" t="s">
-        <v>1200</v>
+        <v>1197</v>
       </c>
       <c r="D286" s="0" t="s">
-        <v>1201</v>
+        <v>1198</v>
       </c>
       <c r="E286" s="0" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="F286" s="0" t="s">
         <v>736</v>
       </c>
       <c r="G286" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H286" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I286" s="1" t="s">
         <v>737</v>
       </c>
       <c r="J286" s="0"/>
       <c r="K286" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L286" s="0"/>
     </row>
     <row r="287" spans="1:12" customHeight="1" ht="80">
       <c r="A287" s="0"/>
       <c r="B287" s="0" t="s">
+        <v>1199</v>
+      </c>
+      <c r="C287" s="0" t="s">
+        <v>1200</v>
+      </c>
+      <c r="D287" s="0" t="s">
+        <v>1201</v>
+      </c>
+      <c r="E287" s="0" t="s">
         <v>1202</v>
       </c>
-      <c r="C287" s="0" t="s">
+      <c r="F287" s="0" t="s">
         <v>1203</v>
       </c>
-      <c r="D287" s="0" t="s">
+      <c r="G287" s="0" t="s">
+        <v>697</v>
+      </c>
+      <c r="H287" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="I287" s="1" t="s">
         <v>1204</v>
-      </c>
-[...13 lines deleted...]
-        <v>1207</v>
       </c>
       <c r="J287" s="0"/>
       <c r="K287" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L287" s="0"/>
     </row>
     <row r="288" spans="1:12" customHeight="1" ht="80">
       <c r="A288" s="0"/>
       <c r="B288" s="0" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C288" s="0" t="s">
+        <v>1206</v>
+      </c>
+      <c r="D288" s="0" t="s">
+        <v>1207</v>
+      </c>
+      <c r="E288" s="0" t="s">
+        <v>626</v>
+      </c>
+      <c r="F288" s="0" t="s">
         <v>1208</v>
-      </c>
-[...10 lines deleted...]
-        <v>1211</v>
       </c>
       <c r="G288" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H288" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I288" s="1" t="s">
-        <v>1212</v>
+        <v>1209</v>
       </c>
       <c r="J288" s="0"/>
       <c r="K288" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L288" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="289" spans="1:12" customHeight="1" ht="80">
       <c r="A289" s="0"/>
       <c r="B289" s="0" t="s">
+        <v>1210</v>
+      </c>
+      <c r="C289" s="0" t="s">
+        <v>1211</v>
+      </c>
+      <c r="D289" s="0" t="s">
+        <v>1212</v>
+      </c>
+      <c r="E289" s="0" t="s">
+        <v>626</v>
+      </c>
+      <c r="F289" s="0" t="s">
         <v>1213</v>
-      </c>
-[...10 lines deleted...]
-        <v>1216</v>
       </c>
       <c r="G289" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H289" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I289" s="1" t="s">
-        <v>1217</v>
+        <v>1214</v>
       </c>
       <c r="J289" s="0"/>
       <c r="K289" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L289" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="290" spans="1:12" customHeight="1" ht="80">
       <c r="A290" s="0"/>
       <c r="B290" s="0" t="s">
-        <v>1218</v>
+        <v>1215</v>
       </c>
       <c r="C290" s="0" t="s">
-        <v>1219</v>
+        <v>1216</v>
       </c>
       <c r="D290" s="0">
         <v>11084005</v>
       </c>
       <c r="E290" s="0" t="s">
         <v>740</v>
       </c>
       <c r="F290" s="0" t="s">
         <v>741</v>
       </c>
       <c r="G290" s="0" t="s">
         <v>742</v>
       </c>
       <c r="H290" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I290" s="1" t="s">
         <v>743</v>
       </c>
       <c r="J290" s="0"/>
       <c r="K290" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L290" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="291" spans="1:12" customHeight="1" ht="80">
       <c r="A291" s="0"/>
       <c r="B291" s="0" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C291" s="0" t="s">
+        <v>1218</v>
+      </c>
+      <c r="D291" s="0" t="s">
+        <v>1219</v>
+      </c>
+      <c r="E291" s="0" t="s">
+        <v>626</v>
+      </c>
+      <c r="F291" s="0" t="s">
         <v>1220</v>
-      </c>
-[...10 lines deleted...]
-        <v>1223</v>
       </c>
       <c r="G291" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H291" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I291" s="1" t="s">
-        <v>1224</v>
+        <v>1221</v>
       </c>
       <c r="J291" s="0"/>
       <c r="K291" s="0" t="s">
-        <v>126</v>
+        <v>813</v>
       </c>
       <c r="L291" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="292" spans="1:12" customHeight="1" ht="80">
       <c r="A292" s="0"/>
       <c r="B292" s="0" t="s">
-        <v>1225</v>
+        <v>1222</v>
       </c>
       <c r="C292" s="0" t="s">
-        <v>1226</v>
+        <v>1223</v>
       </c>
       <c r="D292" s="0" t="s">
-        <v>1227</v>
+        <v>1224</v>
       </c>
       <c r="E292" s="0" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="F292" s="0" t="s">
         <v>747</v>
       </c>
       <c r="G292" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H292" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I292" s="1" t="s">
-        <v>1228</v>
+        <v>1225</v>
       </c>
       <c r="J292" s="0"/>
       <c r="K292" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L292" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="293" spans="1:12" customHeight="1" ht="80">
       <c r="A293" s="0"/>
       <c r="B293" s="0" t="s">
-        <v>1229</v>
+        <v>1226</v>
       </c>
       <c r="C293" s="0" t="s">
-        <v>1230</v>
+        <v>1227</v>
       </c>
       <c r="D293" s="0" t="s">
-        <v>1231</v>
+        <v>1228</v>
       </c>
       <c r="E293" s="0" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="F293" s="0" t="s">
         <v>752</v>
       </c>
       <c r="G293" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="H293" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I293" s="1" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="J293" s="0"/>
       <c r="K293" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L293" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="294" spans="1:12" customHeight="1" ht="80">
       <c r="A294" s="0"/>
       <c r="B294" s="0" t="s">
+        <v>1229</v>
+      </c>
+      <c r="C294" s="0" t="s">
+        <v>1230</v>
+      </c>
+      <c r="D294" s="0" t="s">
+        <v>1231</v>
+      </c>
+      <c r="E294" s="0" t="s">
+        <v>655</v>
+      </c>
+      <c r="F294" s="0" t="s">
         <v>1232</v>
       </c>
-      <c r="C294" s="0" t="s">
+      <c r="G294" s="0" t="s">
+        <v>363</v>
+      </c>
+      <c r="H294" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="I294" s="1" t="s">
         <v>1233</v>
-      </c>
-[...16 lines deleted...]
-        <v>1236</v>
       </c>
       <c r="J294" s="0"/>
       <c r="K294" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L294" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="295" spans="1:12" customHeight="1" ht="80">
       <c r="A295" s="0"/>
       <c r="B295" s="0" t="s">
-        <v>1237</v>
+        <v>1234</v>
       </c>
       <c r="C295" s="0" t="s">
-        <v>1238</v>
+        <v>1235</v>
       </c>
       <c r="D295" s="0">
         <v>10641105</v>
       </c>
       <c r="E295" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F295" s="0" t="s">
-        <v>1239</v>
+        <v>1236</v>
       </c>
       <c r="G295" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H295" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I295" s="1" t="s">
-        <v>1240</v>
+        <v>1237</v>
       </c>
       <c r="J295" s="0"/>
       <c r="K295" s="0" t="s">
-        <v>1241</v>
+        <v>1238</v>
       </c>
       <c r="L295" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="296" spans="1:12" customHeight="1" ht="80">
       <c r="A296" s="0"/>
       <c r="B296" s="0" t="s">
-        <v>1242</v>
+        <v>1239</v>
       </c>
       <c r="C296" s="0" t="s">
-        <v>1243</v>
+        <v>1240</v>
       </c>
       <c r="D296" s="0" t="s">
-        <v>1244</v>
+        <v>1241</v>
       </c>
       <c r="E296" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F296" s="0" t="s">
         <v>757</v>
       </c>
       <c r="G296" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H296" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I296" s="1" t="s">
-        <v>1245</v>
+        <v>1242</v>
       </c>
       <c r="J296" s="0"/>
       <c r="K296" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L296" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="297" spans="1:12" customHeight="1" ht="80">
       <c r="A297" s="0"/>
       <c r="B297" s="0" t="s">
-        <v>1246</v>
+        <v>1243</v>
       </c>
       <c r="C297" s="0" t="s">
-        <v>1247</v>
+        <v>1244</v>
       </c>
       <c r="D297" s="0" t="s">
-        <v>1248</v>
+        <v>1245</v>
       </c>
       <c r="E297" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F297" s="0" t="s">
         <v>757</v>
       </c>
       <c r="G297" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H297" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I297" s="1" t="s">
-        <v>1249</v>
+        <v>1246</v>
       </c>
       <c r="J297" s="0"/>
       <c r="K297" s="0" t="s">
-        <v>1250</v>
+        <v>54</v>
       </c>
       <c r="L297" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="298" spans="1:12" customHeight="1" ht="80">
       <c r="A298" s="0"/>
       <c r="B298" s="0" t="s">
-        <v>1251</v>
+        <v>1247</v>
       </c>
       <c r="C298" s="0" t="s">
-        <v>1252</v>
+        <v>1248</v>
       </c>
       <c r="D298" s="0">
         <v>223485</v>
       </c>
       <c r="E298" s="0" t="s">
-        <v>1253</v>
+        <v>1249</v>
       </c>
       <c r="F298" s="0" t="s">
-        <v>1254</v>
+        <v>1250</v>
       </c>
       <c r="G298" s="0" t="s">
         <v>571</v>
       </c>
       <c r="H298" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I298" s="1" t="s">
-        <v>1255</v>
+        <v>1251</v>
       </c>
       <c r="J298" s="0"/>
       <c r="K298" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L298" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="299" spans="1:12" customHeight="1" ht="80">
       <c r="A299" s="0"/>
       <c r="B299" s="0" t="s">
-        <v>1256</v>
+        <v>1252</v>
       </c>
       <c r="C299" s="0" t="s">
-        <v>1257</v>
+        <v>1253</v>
       </c>
       <c r="D299" s="0">
         <v>223489</v>
       </c>
       <c r="E299" s="0" t="s">
-        <v>1253</v>
+        <v>1249</v>
       </c>
       <c r="F299" s="0" t="s">
-        <v>1254</v>
+        <v>1250</v>
       </c>
       <c r="G299" s="0" t="s">
         <v>571</v>
       </c>
       <c r="H299" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I299" s="1" t="s">
-        <v>1258</v>
+        <v>1254</v>
       </c>
       <c r="J299" s="0"/>
       <c r="K299" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L299" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="300" spans="1:12" customHeight="1" ht="80">
       <c r="B300" s="0" t="s">
-        <v>1259</v>
+        <v>1255</v>
       </c>
       <c r="C300" s="0" t="s">
-        <v>1260</v>
+        <v>1256</v>
       </c>
       <c r="D300" s="0" t="s">
-        <v>1261</v>
+        <v>1257</v>
       </c>
       <c r="E300" s="0" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="F300" s="0" t="s">
         <v>766</v>
       </c>
       <c r="G300" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="H300" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I300" s="1" t="s">
         <v>454</v>
       </c>
       <c r="J300" s="0"/>
       <c r="K300" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L300" s="0"/>
     </row>
     <row r="301" spans="1:12" customHeight="1" ht="80">
       <c r="B301" s="0" t="s">
+        <v>1258</v>
+      </c>
+      <c r="C301" s="0" t="s">
+        <v>1259</v>
+      </c>
+      <c r="D301" s="0" t="s">
+        <v>1260</v>
+      </c>
+      <c r="E301" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="F301" s="0" t="s">
+        <v>1261</v>
+      </c>
+      <c r="G301" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="H301" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="I301" s="1" t="s">
         <v>1262</v>
-      </c>
-[...19 lines deleted...]
-        <v>1266</v>
       </c>
       <c r="J301" s="0"/>
       <c r="K301" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L301" s="0"/>
     </row>
     <row r="302" spans="1:12" customHeight="1" ht="80">
       <c r="B302" s="0" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C302" s="0" t="s">
+        <v>1264</v>
+      </c>
+      <c r="D302" s="0" t="s">
+        <v>1265</v>
+      </c>
+      <c r="E302" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="F302" s="0" t="s">
+        <v>1266</v>
+      </c>
+      <c r="G302" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="H302" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="I302" s="1" t="s">
         <v>1267</v>
-      </c>
-[...19 lines deleted...]
-        <v>1271</v>
       </c>
       <c r="J302" s="0"/>
       <c r="K302" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L302" s="0"/>
     </row>
     <row r="303" spans="1:12" customHeight="1" ht="80">
       <c r="B303" s="0" t="s">
+        <v>1268</v>
+      </c>
+      <c r="C303" s="0" t="s">
+        <v>1269</v>
+      </c>
+      <c r="D303" s="0" t="s">
+        <v>1270</v>
+      </c>
+      <c r="E303" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="F303" s="0" t="s">
+        <v>1271</v>
+      </c>
+      <c r="G303" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="H303" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="I303" s="1" t="s">
         <v>1272</v>
-      </c>
-[...19 lines deleted...]
-        <v>1276</v>
       </c>
       <c r="J303" s="0"/>
       <c r="K303" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L303" s="0"/>
     </row>
     <row r="304" spans="1:12" customHeight="1" ht="80">
       <c r="B304" s="0" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C304" s="0" t="s">
+        <v>1274</v>
+      </c>
+      <c r="D304" s="0" t="s">
+        <v>1275</v>
+      </c>
+      <c r="E304" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="F304" s="0" t="s">
+        <v>1276</v>
+      </c>
+      <c r="G304" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="H304" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="I304" s="1" t="s">
         <v>1277</v>
-      </c>
-[...19 lines deleted...]
-        <v>1281</v>
       </c>
       <c r="J304" s="0"/>
       <c r="K304" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L304" s="0"/>
     </row>
     <row r="305" spans="1:12" customHeight="1" ht="80">
       <c r="B305" s="0" t="s">
-        <v>1282</v>
+        <v>1278</v>
       </c>
       <c r="C305" s="0" t="s">
-        <v>1283</v>
+        <v>1279</v>
       </c>
       <c r="D305" s="0" t="s">
-        <v>1284</v>
+        <v>1280</v>
       </c>
       <c r="E305" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F305" s="0" t="s">
-        <v>1285</v>
+        <v>1281</v>
       </c>
       <c r="G305" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H305" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I305" s="1" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="J305" s="0"/>
       <c r="K305" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L305" s="0"/>
     </row>
     <row r="306" spans="1:12" customHeight="1" ht="80">
       <c r="B306" s="0" t="s">
-        <v>1286</v>
+        <v>1282</v>
       </c>
       <c r="C306" s="0" t="s">
-        <v>1287</v>
+        <v>1283</v>
       </c>
       <c r="D306" s="0" t="s">
-        <v>1288</v>
+        <v>1284</v>
       </c>
       <c r="E306" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F306" s="0" t="s">
         <v>52</v>
       </c>
       <c r="G306" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H306" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I306" s="1" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="J306" s="0"/>
       <c r="K306" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L306" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="307" spans="1:12" customHeight="1" ht="80">
       <c r="B307" s="0" t="s">
-        <v>1289</v>
+        <v>1285</v>
       </c>
       <c r="C307" s="0" t="s">
-        <v>1290</v>
+        <v>1286</v>
       </c>
       <c r="D307" s="0" t="s">
-        <v>1291</v>
+        <v>1287</v>
       </c>
       <c r="E307" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F307" s="0" t="s">
-        <v>1292</v>
+        <v>1288</v>
       </c>
       <c r="G307" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H307" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I307" s="1" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="J307" s="0"/>
       <c r="K307" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L307" s="0"/>
     </row>
     <row r="308" spans="1:12" customHeight="1" ht="80">
       <c r="B308" s="0" t="s">
-        <v>1293</v>
+        <v>1289</v>
       </c>
       <c r="C308" s="0" t="s">
-        <v>1294</v>
+        <v>1290</v>
       </c>
       <c r="D308" s="0" t="s">
-        <v>1295</v>
+        <v>1291</v>
       </c>
       <c r="E308" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F308" s="0" t="s">
-        <v>1296</v>
+        <v>1292</v>
       </c>
       <c r="G308" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H308" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I308" s="1" t="s">
-        <v>1297</v>
+        <v>1293</v>
       </c>
       <c r="J308" s="0"/>
       <c r="K308" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L308" s="0"/>
     </row>
     <row r="309" spans="1:12" customHeight="1" ht="80">
       <c r="A309" s="0"/>
       <c r="B309" s="0" t="s">
-        <v>1298</v>
+        <v>1294</v>
       </c>
       <c r="C309" s="0" t="s">
-        <v>1299</v>
+        <v>1295</v>
       </c>
       <c r="D309" s="0" t="s">
-        <v>1300</v>
+        <v>1296</v>
       </c>
       <c r="E309" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F309" s="0" t="s">
-        <v>1301</v>
+        <v>1297</v>
       </c>
       <c r="G309" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H309" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I309" s="1" t="s">
-        <v>1302</v>
+        <v>1298</v>
       </c>
       <c r="J309" s="0"/>
       <c r="K309" s="0" t="s">
         <v>54</v>
       </c>
       <c r="L309" s="0"/>
     </row>
     <row r="310" spans="1:12" customHeight="1" ht="80">
       <c r="A310" s="0"/>
       <c r="B310" s="0" t="s">
-        <v>1303</v>
+        <v>1299</v>
       </c>
       <c r="C310" s="0" t="s">
-        <v>1304</v>
+        <v>1300</v>
       </c>
       <c r="D310" s="0" t="s">
-        <v>1305</v>
+        <v>1301</v>
       </c>
       <c r="E310" s="0" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="F310" s="0" t="s">
-        <v>1306</v>
+        <v>1302</v>
       </c>
       <c r="G310" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H310" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I310" s="1" t="s">
-        <v>1307</v>
+        <v>1303</v>
       </c>
       <c r="J310" s="0"/>
       <c r="K310" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L310" s="0"/>
     </row>
     <row r="311" spans="1:12" customHeight="1" ht="80">
       <c r="A311" s="0"/>
       <c r="B311" s="0" t="s">
-        <v>1308</v>
+        <v>1304</v>
       </c>
       <c r="C311" s="0" t="s">
-        <v>1309</v>
+        <v>1305</v>
       </c>
       <c r="D311" s="0" t="s">
-        <v>1310</v>
+        <v>1306</v>
       </c>
       <c r="E311" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F311" s="0" t="s">
-        <v>1164</v>
+        <v>1161</v>
       </c>
       <c r="G311" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H311" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I311" s="1" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="J311" s="0"/>
       <c r="K311" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L311" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="312" spans="1:12" customHeight="1" ht="80">
       <c r="A312" s="0"/>
       <c r="B312" s="0" t="s">
-        <v>1311</v>
+        <v>1307</v>
       </c>
       <c r="C312" s="0" t="s">
-        <v>1312</v>
+        <v>1308</v>
       </c>
       <c r="D312" s="0" t="s">
-        <v>1313</v>
+        <v>1309</v>
       </c>
       <c r="E312" s="0" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="F312" s="0" t="s">
-        <v>1314</v>
+        <v>1310</v>
       </c>
       <c r="G312" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H312" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I312" s="1" t="s">
-        <v>1315</v>
+        <v>1311</v>
       </c>
       <c r="J312" s="0"/>
       <c r="K312" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L312" s="0"/>
     </row>
     <row r="313" spans="1:12" customHeight="1" ht="80">
       <c r="A313" s="0"/>
       <c r="B313" s="0" t="s">
-        <v>1316</v>
+        <v>1312</v>
       </c>
       <c r="C313" s="0" t="s">
-        <v>1317</v>
+        <v>1313</v>
       </c>
       <c r="D313" s="0" t="s">
-        <v>1318</v>
+        <v>1314</v>
       </c>
       <c r="E313" s="0" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="F313" s="0" t="s">
-        <v>1319</v>
+        <v>1315</v>
       </c>
       <c r="G313" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H313" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I313" s="1" t="s">
-        <v>1320</v>
+        <v>1316</v>
       </c>
       <c r="J313" s="0"/>
       <c r="K313" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L313" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="314" spans="1:12" customHeight="1" ht="80">
       <c r="A314" s="0"/>
       <c r="B314" s="0" t="s">
-        <v>1321</v>
+        <v>1317</v>
       </c>
       <c r="C314" s="0" t="s">
-        <v>1322</v>
+        <v>1318</v>
       </c>
       <c r="D314" s="0" t="s">
-        <v>1323</v>
+        <v>1319</v>
       </c>
       <c r="E314" s="0" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="F314" s="0" t="s">
-        <v>1324</v>
+        <v>1320</v>
       </c>
       <c r="G314" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H314" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I314" s="1" t="s">
         <v>482</v>
       </c>
       <c r="J314" s="0"/>
       <c r="K314" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L314" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="315" spans="1:12" customHeight="1" ht="80">
       <c r="A315" s="0"/>
       <c r="B315" s="0" t="s">
-        <v>1325</v>
+        <v>1321</v>
       </c>
       <c r="C315" s="0" t="s">
-        <v>1326</v>
+        <v>1322</v>
       </c>
       <c r="D315" s="0" t="s">
-        <v>1327</v>
+        <v>1323</v>
       </c>
       <c r="E315" s="0" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="F315" s="0" t="s">
-        <v>1328</v>
+        <v>1324</v>
       </c>
       <c r="G315" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H315" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I315" s="1" t="s">
-        <v>1329</v>
+        <v>1325</v>
       </c>
       <c r="J315" s="0"/>
       <c r="K315" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L315" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="316" spans="1:12" customHeight="1" ht="80">
       <c r="A316" s="0"/>
       <c r="B316" s="0" t="s">
-        <v>1330</v>
+        <v>1326</v>
       </c>
       <c r="C316" s="0" t="s">
-        <v>1331</v>
+        <v>1327</v>
       </c>
       <c r="D316" s="0" t="s">
-        <v>1332</v>
+        <v>1328</v>
       </c>
       <c r="E316" s="0" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="F316" s="0" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="G316" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H316" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I316" s="1" t="s">
-        <v>1333</v>
+        <v>1329</v>
       </c>
       <c r="J316" s="0"/>
       <c r="K316" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L316" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="317" spans="1:12" customHeight="1" ht="80">
       <c r="A317" s="0"/>
       <c r="B317" s="0" t="s">
-        <v>1334</v>
+        <v>1330</v>
       </c>
       <c r="C317" s="0" t="s">
-        <v>1335</v>
+        <v>1331</v>
       </c>
       <c r="D317" s="0" t="s">
-        <v>1336</v>
+        <v>1332</v>
       </c>
       <c r="E317" s="0" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="F317" s="0" t="s">
-        <v>1337</v>
+        <v>1333</v>
       </c>
       <c r="G317" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H317" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I317" s="1" t="s">
-        <v>1338</v>
+        <v>1334</v>
       </c>
       <c r="J317" s="0"/>
       <c r="K317" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L317" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="318" spans="1:12" customHeight="1" ht="80">
       <c r="A318" s="0"/>
       <c r="B318" s="0" t="s">
-        <v>1339</v>
+        <v>1335</v>
       </c>
       <c r="C318" s="0" t="s">
-        <v>1340</v>
+        <v>1336</v>
       </c>
       <c r="D318" s="0" t="s">
-        <v>1341</v>
+        <v>1337</v>
       </c>
       <c r="E318" s="0" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="F318" s="0" t="s">
-        <v>1342</v>
+        <v>1338</v>
       </c>
       <c r="G318" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H318" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I318" s="1" t="s">
-        <v>1343</v>
+        <v>1339</v>
       </c>
       <c r="J318" s="0"/>
       <c r="K318" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L318" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="319" spans="1:12" customHeight="1" ht="80">
       <c r="A319" s="0"/>
       <c r="B319" s="0" t="s">
-        <v>1344</v>
+        <v>1340</v>
       </c>
       <c r="C319" s="0" t="s">
-        <v>1345</v>
+        <v>1341</v>
       </c>
       <c r="D319" s="0" t="s">
-        <v>1346</v>
+        <v>1342</v>
       </c>
       <c r="E319" s="0" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="F319" s="0" t="s">
-        <v>1342</v>
+        <v>1338</v>
       </c>
       <c r="G319" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H319" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I319" s="1" t="s">
-        <v>1343</v>
+        <v>1339</v>
       </c>
       <c r="J319" s="0"/>
       <c r="K319" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L319" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="320" spans="1:12" customHeight="1" ht="80">
       <c r="A320" s="0"/>
       <c r="B320" s="0" t="s">
-        <v>1347</v>
+        <v>1343</v>
       </c>
       <c r="C320" s="0" t="s">
-        <v>1348</v>
+        <v>1344</v>
       </c>
       <c r="D320" s="0" t="s">
-        <v>1349</v>
+        <v>1345</v>
       </c>
       <c r="E320" s="0" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="F320" s="0" t="s">
-        <v>1350</v>
+        <v>1346</v>
       </c>
       <c r="G320" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H320" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I320" s="1" t="s">
-        <v>1351</v>
+        <v>1347</v>
       </c>
       <c r="J320" s="0"/>
       <c r="K320" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L320" s="0"/>
     </row>
     <row r="321" spans="1:12" customHeight="1" ht="80">
       <c r="A321" s="0"/>
       <c r="B321" s="0" t="s">
-        <v>1352</v>
+        <v>1348</v>
       </c>
       <c r="C321" s="0" t="s">
-        <v>1353</v>
+        <v>1349</v>
       </c>
       <c r="D321" s="0" t="s">
-        <v>1354</v>
+        <v>1350</v>
       </c>
       <c r="E321" s="0" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="F321" s="0" t="s">
-        <v>1141</v>
+        <v>1138</v>
       </c>
       <c r="G321" s="0" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="H321" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I321" s="1" t="s">
-        <v>1355</v>
+        <v>1351</v>
       </c>
       <c r="J321" s="0"/>
       <c r="K321" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L321" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="322" spans="1:12" customHeight="1" ht="80">
       <c r="A322" s="0"/>
       <c r="B322" s="0" t="s">
-        <v>1356</v>
+        <v>1352</v>
       </c>
       <c r="C322" s="0" t="s">
-        <v>1357</v>
+        <v>1353</v>
       </c>
       <c r="D322" s="0" t="s">
-        <v>1358</v>
+        <v>1354</v>
       </c>
       <c r="E322" s="0" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="F322" s="0" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="G322" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H322" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I322" s="1" t="s">
-        <v>1359</v>
+        <v>1355</v>
       </c>
       <c r="J322" s="0"/>
       <c r="K322" s="0" t="s">
-        <v>89</v>
+        <v>66</v>
       </c>
       <c r="L322" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="323" spans="1:12" customHeight="1" ht="80">
       <c r="A323" s="0"/>
       <c r="B323" s="0" t="s">
-        <v>1360</v>
+        <v>1356</v>
       </c>
       <c r="C323" s="0" t="s">
-        <v>1361</v>
+        <v>1357</v>
       </c>
       <c r="D323" s="0" t="s">
-        <v>1362</v>
+        <v>1358</v>
       </c>
       <c r="E323" s="0" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="F323" s="0" t="s">
-        <v>1149</v>
+        <v>1146</v>
       </c>
       <c r="G323" s="0" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="H323" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I323" s="1" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
       <c r="J323" s="0"/>
       <c r="K323" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L323" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="324" spans="1:12" customHeight="1" ht="80">
       <c r="A324" s="0"/>
       <c r="B324" s="0" t="s">
-        <v>1363</v>
+        <v>1359</v>
       </c>
       <c r="C324" s="0" t="s">
-        <v>1364</v>
+        <v>1360</v>
       </c>
       <c r="D324" s="0" t="s">
-        <v>1365</v>
+        <v>1361</v>
       </c>
       <c r="E324" s="0" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="F324" s="0" t="s">
-        <v>1154</v>
+        <v>1151</v>
       </c>
       <c r="G324" s="0" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="H324" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I324" s="1" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
       <c r="J324" s="0"/>
       <c r="K324" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L324" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="325" spans="1:12" customHeight="1" ht="80">
       <c r="A325" s="0"/>
       <c r="B325" s="0" t="s">
-        <v>1366</v>
+        <v>1362</v>
       </c>
       <c r="C325" s="0" t="s">
-        <v>1367</v>
+        <v>1363</v>
       </c>
       <c r="D325" s="0" t="s">
-        <v>1368</v>
+        <v>1364</v>
       </c>
       <c r="E325" s="0" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="F325" s="0" t="s">
-        <v>1159</v>
+        <v>1156</v>
       </c>
       <c r="G325" s="0" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="H325" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I325" s="1" t="s">
-        <v>1369</v>
+        <v>1365</v>
       </c>
       <c r="J325" s="0"/>
       <c r="K325" s="0" t="s">
-        <v>89</v>
+        <v>42</v>
       </c>
       <c r="L325" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="326" spans="1:12" customHeight="1" ht="80">
       <c r="A326" s="0"/>
       <c r="B326" s="0" t="s">
-        <v>1370</v>
+        <v>1366</v>
       </c>
       <c r="C326" s="0" t="s">
-        <v>1371</v>
+        <v>1367</v>
       </c>
       <c r="D326" s="0" t="s">
-        <v>1372</v>
+        <v>1368</v>
       </c>
       <c r="E326" s="0" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="F326" s="0" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="G326" s="0" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="H326" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I326" s="1" t="s">
-        <v>1373</v>
+        <v>1369</v>
       </c>
       <c r="J326" s="0"/>
       <c r="K326" s="0" t="s">
-        <v>54</v>
+        <v>19</v>
       </c>
       <c r="L326" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="327" spans="1:12" customHeight="1" ht="80">
       <c r="A327" s="0"/>
       <c r="B327" s="0" t="s">
-        <v>1374</v>
+        <v>1370</v>
       </c>
       <c r="C327" s="0" t="s">
-        <v>1375</v>
+        <v>1371</v>
       </c>
       <c r="D327" s="0" t="s">
-        <v>1376</v>
+        <v>1372</v>
       </c>
       <c r="E327" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="F327" s="0" t="s">
+        <v>710</v>
+      </c>
+      <c r="G327" s="0" t="s">
         <v>135</v>
       </c>
-      <c r="F327" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H327" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I327" s="1" t="s">
-        <v>1377</v>
+        <v>1373</v>
       </c>
       <c r="J327" s="0"/>
       <c r="K327" s="0" t="s">
-        <v>1378</v>
+        <v>491</v>
       </c>
       <c r="L327" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="328" spans="1:12" customHeight="1" ht="80">
       <c r="A328" s="0"/>
       <c r="B328" s="0" t="s">
-        <v>1379</v>
+        <v>1374</v>
       </c>
       <c r="C328" s="0" t="s">
-        <v>1380</v>
+        <v>1375</v>
       </c>
       <c r="D328" s="0" t="s">
-        <v>1381</v>
+        <v>1376</v>
       </c>
       <c r="E328" s="0" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="F328" s="0" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="G328" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H328" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I328" s="1" t="s">
-        <v>1382</v>
+        <v>1377</v>
       </c>
       <c r="J328" s="0"/>
       <c r="K328" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L328" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="329" spans="1:12" customHeight="1" ht="80">
       <c r="A329" s="0"/>
       <c r="B329" s="0" t="s">
-        <v>1383</v>
+        <v>1378</v>
       </c>
       <c r="C329" s="0" t="s">
-        <v>1384</v>
+        <v>1379</v>
       </c>
       <c r="D329" s="0" t="s">
-        <v>1385</v>
+        <v>1380</v>
       </c>
       <c r="E329" s="0" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="F329" s="0" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="G329" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H329" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I329" s="1" t="s">
-        <v>1386</v>
+        <v>1381</v>
       </c>
       <c r="J329" s="0"/>
       <c r="K329" s="0" t="s">
-        <v>1387</v>
+        <v>381</v>
       </c>
       <c r="L329" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="330" spans="1:12" customHeight="1" ht="80">
       <c r="A330" s="0"/>
       <c r="B330" s="0" t="s">
-        <v>1388</v>
+        <v>1382</v>
       </c>
       <c r="C330" s="0" t="s">
-        <v>1389</v>
+        <v>1383</v>
       </c>
       <c r="D330" s="0" t="s">
-        <v>1390</v>
+        <v>1384</v>
       </c>
       <c r="E330" s="0" t="s">
         <v>569</v>
       </c>
       <c r="F330" s="0" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="G330" s="0" t="s">
         <v>571</v>
       </c>
       <c r="H330" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I330" s="1" t="s">
-        <v>1391</v>
+        <v>1385</v>
       </c>
       <c r="J330" s="0"/>
       <c r="K330" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L330" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="331" spans="1:12" customHeight="1" ht="80">
       <c r="A331" s="0"/>
       <c r="B331" s="0" t="s">
-        <v>1392</v>
+        <v>1386</v>
       </c>
       <c r="C331" s="0" t="s">
-        <v>1393</v>
+        <v>1387</v>
       </c>
       <c r="D331" s="0" t="s">
-        <v>1394</v>
+        <v>1388</v>
       </c>
       <c r="E331" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F331" s="0" t="s">
         <v>731</v>
       </c>
       <c r="G331" s="0" t="s">
-        <v>1395</v>
+        <v>1389</v>
       </c>
       <c r="H331" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I331" s="1" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="J331" s="0"/>
       <c r="K331" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L331" s="0"/>
     </row>
     <row r="332" spans="1:12" customHeight="1" ht="80">
       <c r="A332" s="0"/>
       <c r="B332" s="0" t="s">
-        <v>1396</v>
+        <v>1390</v>
       </c>
       <c r="C332" s="0" t="s">
-        <v>1397</v>
+        <v>1391</v>
       </c>
       <c r="D332" s="0" t="s">
-        <v>1398</v>
+        <v>1392</v>
       </c>
       <c r="E332" s="0" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="F332" s="0" t="s">
         <v>736</v>
       </c>
       <c r="G332" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H332" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I332" s="1" t="s">
-        <v>1399</v>
+        <v>1393</v>
       </c>
       <c r="J332" s="0"/>
       <c r="K332" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L332" s="0"/>
     </row>
     <row r="333" spans="1:12" customHeight="1" ht="80">
       <c r="A333" s="0"/>
       <c r="B333" s="0" t="s">
-        <v>1400</v>
+        <v>1394</v>
       </c>
       <c r="C333" s="0" t="s">
-        <v>1401</v>
+        <v>1395</v>
       </c>
       <c r="D333" s="0" t="s">
-        <v>1402</v>
+        <v>1396</v>
       </c>
       <c r="E333" s="0" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="F333" s="0" t="s">
-        <v>1211</v>
+        <v>1208</v>
       </c>
       <c r="G333" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H333" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I333" s="1" t="s">
-        <v>1082</v>
+        <v>1080</v>
       </c>
       <c r="J333" s="0"/>
       <c r="K333" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L333" s="0"/>
     </row>
     <row r="334" spans="1:12" customHeight="1" ht="80">
       <c r="A334" s="0"/>
       <c r="B334" s="0" t="s">
-        <v>1403</v>
+        <v>1397</v>
       </c>
       <c r="C334" s="0" t="s">
-        <v>1404</v>
+        <v>1398</v>
       </c>
       <c r="D334" s="0" t="s">
-        <v>1405</v>
+        <v>1399</v>
       </c>
       <c r="E334" s="0" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="F334" s="0" t="s">
-        <v>1216</v>
+        <v>1213</v>
       </c>
       <c r="G334" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H334" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I334" s="1" t="s">
-        <v>1406</v>
+        <v>1400</v>
       </c>
       <c r="J334" s="0"/>
       <c r="K334" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L334" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="335" spans="1:12" customHeight="1" ht="80">
       <c r="A335" s="0"/>
       <c r="B335" s="0" t="s">
-        <v>1407</v>
+        <v>1401</v>
       </c>
       <c r="C335" s="0" t="s">
-        <v>1408</v>
+        <v>1402</v>
       </c>
       <c r="D335" s="0">
         <v>11084006</v>
       </c>
       <c r="E335" s="0" t="s">
         <v>740</v>
       </c>
       <c r="F335" s="0" t="s">
         <v>741</v>
       </c>
       <c r="G335" s="0" t="s">
         <v>742</v>
       </c>
       <c r="H335" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I335" s="1" t="s">
-        <v>1409</v>
+        <v>1403</v>
       </c>
       <c r="J335" s="0"/>
       <c r="K335" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L335" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="336" spans="1:12" customHeight="1" ht="80">
       <c r="A336" s="0"/>
       <c r="B336" s="0" t="s">
-        <v>1410</v>
+        <v>1404</v>
       </c>
       <c r="C336" s="0" t="s">
-        <v>1411</v>
+        <v>1405</v>
       </c>
       <c r="D336" s="0" t="s">
-        <v>1412</v>
+        <v>1406</v>
       </c>
       <c r="E336" s="0" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="F336" s="0" t="s">
-        <v>1223</v>
+        <v>1220</v>
       </c>
       <c r="G336" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H336" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I336" s="1" t="s">
-        <v>1413</v>
+        <v>1407</v>
       </c>
       <c r="J336" s="0"/>
       <c r="K336" s="0" t="s">
-        <v>126</v>
+        <v>813</v>
       </c>
       <c r="L336" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="337" spans="1:12" customHeight="1" ht="80">
       <c r="A337" s="0"/>
       <c r="B337" s="0" t="s">
-        <v>1414</v>
+        <v>1408</v>
       </c>
       <c r="C337" s="0" t="s">
-        <v>1415</v>
+        <v>1409</v>
       </c>
       <c r="D337" s="0" t="s">
-        <v>1416</v>
+        <v>1410</v>
       </c>
       <c r="E337" s="0" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="F337" s="0" t="s">
         <v>747</v>
       </c>
       <c r="G337" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H337" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I337" s="1" t="s">
-        <v>1417</v>
+        <v>1411</v>
       </c>
       <c r="J337" s="0"/>
       <c r="K337" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L337" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="338" spans="1:12" customHeight="1" ht="80">
       <c r="A338" s="0"/>
       <c r="B338" s="0" t="s">
-        <v>1418</v>
+        <v>1412</v>
       </c>
       <c r="C338" s="0" t="s">
-        <v>1419</v>
+        <v>1413</v>
       </c>
       <c r="D338" s="0" t="s">
-        <v>1420</v>
+        <v>1414</v>
       </c>
       <c r="E338" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="F338" s="0" t="s">
+        <v>1415</v>
+      </c>
+      <c r="G338" s="0" t="s">
         <v>135</v>
       </c>
-      <c r="F338" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H338" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I338" s="1" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="J338" s="0"/>
       <c r="K338" s="0" t="s">
-        <v>500</v>
+        <v>798</v>
       </c>
       <c r="L338" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="339" spans="1:12" customHeight="1" ht="80">
       <c r="A339" s="0"/>
       <c r="B339" s="0" t="s">
-        <v>1422</v>
+        <v>1416</v>
       </c>
       <c r="C339" s="0" t="s">
-        <v>1423</v>
+        <v>1417</v>
       </c>
       <c r="D339" s="0" t="s">
-        <v>1424</v>
+        <v>1418</v>
       </c>
       <c r="E339" s="0" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="F339" s="0" t="s">
-        <v>1235</v>
+        <v>1232</v>
       </c>
       <c r="G339" s="0" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="H339" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I339" s="1" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="J339" s="0"/>
       <c r="K339" s="0" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="L339" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="340" spans="1:12" customHeight="1" ht="80">
       <c r="A340" s="0"/>
       <c r="B340" s="0" t="s">
-        <v>1425</v>
+        <v>1419</v>
       </c>
       <c r="C340" s="0" t="s">
-        <v>1426</v>
+        <v>1420</v>
       </c>
       <c r="D340" s="0" t="s">
-        <v>1427</v>
+        <v>1421</v>
       </c>
       <c r="E340" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F340" s="0" t="s">
         <v>757</v>
       </c>
       <c r="G340" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H340" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I340" s="1" t="s">
-        <v>1428</v>
+        <v>1422</v>
       </c>
       <c r="J340" s="0"/>
       <c r="K340" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L340" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="341" spans="1:12" customHeight="1" ht="80">
       <c r="A341" s="0"/>
       <c r="B341" s="0" t="s">
-        <v>1429</v>
+        <v>1423</v>
       </c>
       <c r="C341" s="0" t="s">
-        <v>1430</v>
+        <v>1424</v>
       </c>
       <c r="D341" s="0" t="s">
-        <v>1431</v>
+        <v>1425</v>
       </c>
       <c r="E341" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F341" s="0" t="s">
         <v>757</v>
       </c>
       <c r="G341" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H341" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I341" s="1" t="s">
-        <v>1432</v>
+        <v>1426</v>
       </c>
       <c r="J341" s="0"/>
       <c r="K341" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L341" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="342" spans="1:12" customHeight="1" ht="80">
       <c r="A342" s="0"/>
       <c r="B342" s="0" t="s">
-        <v>1433</v>
+        <v>1427</v>
       </c>
       <c r="C342" s="0" t="s">
-        <v>1434</v>
+        <v>1428</v>
       </c>
       <c r="D342" s="0">
         <v>210630</v>
       </c>
       <c r="E342" s="0" t="s">
-        <v>1253</v>
+        <v>1249</v>
       </c>
       <c r="F342" s="0" t="s">
-        <v>1254</v>
+        <v>1250</v>
       </c>
       <c r="G342" s="0" t="s">
         <v>571</v>
       </c>
       <c r="H342" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I342" s="1" t="s">
-        <v>1050</v>
+        <v>1048</v>
       </c>
       <c r="J342" s="0"/>
       <c r="K342" s="0" t="s">
-        <v>1241</v>
+        <v>19</v>
       </c>
       <c r="L342" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="343" spans="1:12" customHeight="1" ht="80">
       <c r="B343" s="0" t="s">
-        <v>1435</v>
+        <v>1429</v>
       </c>
       <c r="C343" s="0" t="s">
-        <v>1436</v>
+        <v>1430</v>
       </c>
       <c r="D343" s="0" t="s">
-        <v>1437</v>
+        <v>1431</v>
       </c>
       <c r="E343" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="F343" s="0" t="s">
+        <v>1432</v>
+      </c>
+      <c r="G343" s="0" t="s">
         <v>135</v>
       </c>
-      <c r="F343" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H343" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I343" s="1" t="s">
-        <v>1439</v>
+        <v>1433</v>
       </c>
       <c r="J343" s="0"/>
       <c r="K343" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L343" s="0"/>
     </row>
     <row r="344" spans="1:12" customHeight="1" ht="80">
       <c r="B344" s="0" t="s">
-        <v>1440</v>
+        <v>1434</v>
       </c>
       <c r="C344" s="0" t="s">
-        <v>1441</v>
+        <v>1435</v>
       </c>
       <c r="D344" s="0" t="s">
-        <v>1442</v>
+        <v>1436</v>
       </c>
       <c r="E344" s="0" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="F344" s="0" t="s">
         <v>766</v>
       </c>
       <c r="G344" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="H344" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I344" s="1" t="s">
-        <v>1443</v>
+        <v>1437</v>
       </c>
       <c r="J344" s="0"/>
       <c r="K344" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L344" s="0"/>
     </row>
     <row r="345" spans="1:12" customHeight="1" ht="80">
       <c r="B345" s="0" t="s">
-        <v>1444</v>
+        <v>1438</v>
       </c>
       <c r="C345" s="0" t="s">
-        <v>1445</v>
+        <v>1439</v>
       </c>
       <c r="D345" s="0" t="s">
-        <v>1446</v>
+        <v>1440</v>
       </c>
       <c r="E345" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="F345" s="0" t="s">
+        <v>1261</v>
+      </c>
+      <c r="G345" s="0" t="s">
         <v>135</v>
       </c>
-      <c r="F345" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H345" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I345" s="1" t="s">
-        <v>1447</v>
+        <v>1441</v>
       </c>
       <c r="J345" s="0"/>
       <c r="K345" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L345" s="0"/>
     </row>
     <row r="346" spans="1:12" customHeight="1" ht="80">
       <c r="B346" s="0" t="s">
-        <v>1448</v>
+        <v>1442</v>
       </c>
       <c r="C346" s="0" t="s">
-        <v>1449</v>
+        <v>1443</v>
       </c>
       <c r="D346" s="0" t="s">
-        <v>1450</v>
+        <v>1444</v>
       </c>
       <c r="E346" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="F346" s="0" t="s">
+        <v>1288</v>
+      </c>
+      <c r="G346" s="0" t="s">
         <v>135</v>
       </c>
-      <c r="F346" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H346" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I346" s="1" t="s">
-        <v>1451</v>
+        <v>1445</v>
       </c>
       <c r="J346" s="0"/>
       <c r="K346" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L346" s="0"/>
     </row>
     <row r="347" spans="1:12" customHeight="1" ht="80">
       <c r="B347" s="0" t="s">
-        <v>1452</v>
+        <v>1446</v>
       </c>
       <c r="C347" s="0" t="s">
-        <v>1453</v>
+        <v>1447</v>
       </c>
       <c r="D347" s="0" t="s">
-        <v>1454</v>
+        <v>1448</v>
       </c>
       <c r="E347" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="F347" s="0" t="s">
+        <v>1266</v>
+      </c>
+      <c r="G347" s="0" t="s">
         <v>135</v>
       </c>
-      <c r="F347" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H347" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I347" s="1" t="s">
-        <v>1455</v>
+        <v>1449</v>
       </c>
       <c r="J347" s="0"/>
       <c r="K347" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L347" s="0"/>
     </row>
     <row r="348" spans="1:12" customHeight="1" ht="80">
       <c r="B348" s="0" t="s">
-        <v>1456</v>
+        <v>1450</v>
       </c>
       <c r="C348" s="0" t="s">
-        <v>1457</v>
+        <v>1451</v>
       </c>
       <c r="D348" s="0" t="s">
-        <v>1458</v>
+        <v>1452</v>
       </c>
       <c r="E348" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="F348" s="0" t="s">
+        <v>1271</v>
+      </c>
+      <c r="G348" s="0" t="s">
         <v>135</v>
       </c>
-      <c r="F348" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H348" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I348" s="1" t="s">
-        <v>1459</v>
+        <v>1453</v>
       </c>
       <c r="J348" s="0"/>
       <c r="K348" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L348" s="0"/>
     </row>
     <row r="349" spans="1:12" customHeight="1" ht="80">
       <c r="B349" s="0" t="s">
-        <v>1456</v>
+        <v>1450</v>
       </c>
       <c r="C349" s="0" t="s">
-        <v>1460</v>
+        <v>1454</v>
       </c>
       <c r="D349" s="0" t="s">
-        <v>1461</v>
+        <v>1455</v>
       </c>
       <c r="E349" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="F349" s="0" t="s">
+        <v>1271</v>
+      </c>
+      <c r="G349" s="0" t="s">
         <v>135</v>
       </c>
-      <c r="F349" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H349" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I349" s="1" t="s">
-        <v>1459</v>
+        <v>1453</v>
       </c>
       <c r="J349" s="0"/>
       <c r="K349" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L349" s="0"/>
     </row>
     <row r="350" spans="1:12" customHeight="1" ht="80">
       <c r="B350" s="0" t="s">
-        <v>1462</v>
+        <v>1456</v>
       </c>
       <c r="C350" s="0" t="s">
-        <v>1463</v>
+        <v>1457</v>
       </c>
       <c r="D350" s="0" t="s">
-        <v>1464</v>
+        <v>1458</v>
       </c>
       <c r="E350" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="F350" s="0" t="s">
+        <v>1276</v>
+      </c>
+      <c r="G350" s="0" t="s">
         <v>135</v>
       </c>
-      <c r="F350" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H350" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I350" s="1" t="s">
-        <v>1447</v>
+        <v>1441</v>
       </c>
       <c r="J350" s="0"/>
       <c r="K350" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L350" s="0"/>
     </row>
     <row r="351" spans="1:12" customHeight="1" ht="80">
       <c r="B351" s="0" t="s">
-        <v>1465</v>
+        <v>1459</v>
       </c>
       <c r="C351" s="0" t="s">
-        <v>1466</v>
+        <v>1460</v>
       </c>
       <c r="D351" s="0" t="s">
-        <v>1467</v>
+        <v>1461</v>
       </c>
       <c r="E351" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F351" s="0" t="s">
-        <v>1285</v>
+        <v>1281</v>
       </c>
       <c r="G351" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H351" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I351" s="1" t="s">
-        <v>1468</v>
+        <v>1462</v>
       </c>
       <c r="J351" s="0"/>
       <c r="K351" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L351" s="0"/>
     </row>
     <row r="352" spans="1:12" customHeight="1" ht="80">
       <c r="B352" s="0" t="s">
-        <v>1469</v>
+        <v>1463</v>
       </c>
       <c r="C352" s="0" t="s">
-        <v>1470</v>
+        <v>1464</v>
       </c>
       <c r="D352" s="0" t="s">
-        <v>1471</v>
+        <v>1465</v>
       </c>
       <c r="E352" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F352" s="0" t="s">
-        <v>1472</v>
+        <v>1466</v>
       </c>
       <c r="G352" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H352" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I352" s="1" t="s">
-        <v>1320</v>
+        <v>1316</v>
       </c>
       <c r="J352" s="0"/>
       <c r="K352" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L352" s="0"/>
     </row>
     <row r="353" spans="1:12" customHeight="1" ht="80">
       <c r="B353" s="0" t="s">
-        <v>1473</v>
+        <v>1467</v>
       </c>
       <c r="C353" s="0" t="s">
-        <v>1474</v>
+        <v>1468</v>
       </c>
       <c r="D353" s="0" t="s">
-        <v>1475</v>
+        <v>1469</v>
       </c>
       <c r="E353" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F353" s="0" t="s">
-        <v>1292</v>
+        <v>1288</v>
       </c>
       <c r="G353" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H353" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I353" s="1" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="J353" s="0"/>
       <c r="K353" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L353" s="0"/>
     </row>
     <row r="354" spans="1:12" customHeight="1" ht="80">
       <c r="B354" s="0" t="s">
-        <v>1476</v>
+        <v>1470</v>
       </c>
       <c r="C354" s="0" t="s">
-        <v>1477</v>
+        <v>1471</v>
       </c>
       <c r="D354" s="0" t="s">
-        <v>1478</v>
+        <v>1472</v>
       </c>
       <c r="E354" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F354" s="0" t="s">
-        <v>1296</v>
+        <v>1292</v>
       </c>
       <c r="G354" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H354" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I354" s="1" t="s">
-        <v>1479</v>
+        <v>1473</v>
       </c>
       <c r="J354" s="0"/>
       <c r="K354" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L354" s="0"/>
     </row>
     <row r="355" spans="1:12" customHeight="1" ht="80">
       <c r="A355" s="0"/>
       <c r="B355" s="0" t="s">
-        <v>1480</v>
+        <v>1474</v>
       </c>
       <c r="C355" s="0" t="s">
-        <v>1481</v>
+        <v>1475</v>
       </c>
       <c r="D355" s="0" t="s">
-        <v>1482</v>
+        <v>1476</v>
       </c>
       <c r="E355" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F355" s="0" t="s">
-        <v>1301</v>
+        <v>1297</v>
       </c>
       <c r="G355" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H355" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I355" s="1" t="s">
-        <v>1483</v>
+        <v>1477</v>
       </c>
       <c r="J355" s="0"/>
       <c r="K355" s="0" t="s">
         <v>54</v>
       </c>
       <c r="L355" s="0"/>
     </row>
     <row r="356" spans="1:12" customHeight="1" ht="80">
       <c r="A356" s="0"/>
       <c r="B356" s="0" t="s">
-        <v>1484</v>
+        <v>1478</v>
       </c>
       <c r="C356" s="0" t="s">
-        <v>1485</v>
+        <v>1479</v>
       </c>
       <c r="D356" s="0" t="s">
-        <v>1486</v>
+        <v>1480</v>
       </c>
       <c r="E356" s="0" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="F356" s="0" t="s">
-        <v>1306</v>
+        <v>1302</v>
       </c>
       <c r="G356" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H356" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I356" s="1" t="s">
-        <v>1487</v>
+        <v>1481</v>
       </c>
       <c r="J356" s="0"/>
       <c r="K356" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L356" s="0"/>
     </row>
     <row r="357" spans="1:12" customHeight="1" ht="80">
       <c r="A357" s="0"/>
       <c r="B357" s="0" t="s">
-        <v>1488</v>
+        <v>1482</v>
       </c>
       <c r="C357" s="0" t="s">
-        <v>1489</v>
+        <v>1483</v>
       </c>
       <c r="D357" s="0" t="s">
-        <v>1490</v>
+        <v>1484</v>
       </c>
       <c r="E357" s="0" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="F357" s="0" t="s">
-        <v>1319</v>
+        <v>1315</v>
       </c>
       <c r="G357" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H357" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I357" s="1" t="s">
-        <v>1491</v>
+        <v>1485</v>
       </c>
       <c r="J357" s="0"/>
       <c r="K357" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L357" s="0"/>
     </row>
     <row r="358" spans="1:12" customHeight="1" ht="80">
       <c r="A358" s="0"/>
       <c r="B358" s="0" t="s">
-        <v>1492</v>
+        <v>1486</v>
       </c>
       <c r="C358" s="0" t="s">
-        <v>1493</v>
+        <v>1487</v>
       </c>
       <c r="D358" s="0" t="s">
-        <v>1494</v>
+        <v>1488</v>
       </c>
       <c r="E358" s="0" t="s">
-        <v>1495</v>
+        <v>1489</v>
       </c>
       <c r="F358" s="0" t="s">
-        <v>1496</v>
+        <v>1490</v>
       </c>
       <c r="G358" s="0" t="s">
-        <v>1497</v>
+        <v>1491</v>
       </c>
       <c r="H358" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I358" s="1" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="J358" s="0"/>
       <c r="K358" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L358" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="359" spans="1:12" customHeight="1" ht="80">
       <c r="A359" s="0"/>
       <c r="B359" s="0" t="s">
-        <v>1498</v>
+        <v>1492</v>
       </c>
       <c r="C359" s="0" t="s">
-        <v>1499</v>
+        <v>1493</v>
       </c>
       <c r="D359" s="0" t="s">
-        <v>1500</v>
+        <v>1494</v>
       </c>
       <c r="E359" s="0" t="s">
+        <v>1489</v>
+      </c>
+      <c r="F359" s="0" t="s">
         <v>1495</v>
       </c>
-      <c r="F359" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G359" s="0" t="s">
-        <v>1497</v>
+        <v>1491</v>
       </c>
       <c r="H359" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I359" s="1" t="s">
-        <v>1502</v>
+        <v>1496</v>
       </c>
       <c r="J359" s="0"/>
       <c r="K359" s="0" t="s">
-        <v>89</v>
+        <v>19</v>
       </c>
       <c r="L359" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="360" spans="1:12" customHeight="1" ht="80">
       <c r="A360" s="0"/>
       <c r="B360" s="0" t="s">
-        <v>1503</v>
+        <v>1497</v>
       </c>
       <c r="C360" s="0" t="s">
-        <v>1504</v>
+        <v>1498</v>
       </c>
       <c r="D360" s="0" t="s">
-        <v>1505</v>
+        <v>1499</v>
       </c>
       <c r="E360" s="0" t="s">
-        <v>1495</v>
+        <v>1489</v>
       </c>
       <c r="F360" s="0" t="s">
-        <v>1506</v>
+        <v>1500</v>
       </c>
       <c r="G360" s="0" t="s">
-        <v>1497</v>
+        <v>1491</v>
       </c>
       <c r="H360" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I360" s="1" t="s">
-        <v>1040</v>
+        <v>1039</v>
       </c>
       <c r="J360" s="0"/>
       <c r="K360" s="0" t="s">
-        <v>89</v>
+        <v>54</v>
       </c>
       <c r="L360" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="361" spans="1:12" customHeight="1" ht="80">
       <c r="A361" s="0"/>
       <c r="B361" s="0" t="s">
-        <v>1507</v>
+        <v>1501</v>
       </c>
       <c r="C361" s="0" t="s">
-        <v>1508</v>
+        <v>1502</v>
       </c>
       <c r="D361" s="0" t="s">
-        <v>1509</v>
+        <v>1503</v>
       </c>
       <c r="E361" s="0" t="s">
-        <v>1495</v>
+        <v>1489</v>
       </c>
       <c r="F361" s="0" t="s">
-        <v>1510</v>
+        <v>1504</v>
       </c>
       <c r="G361" s="0" t="s">
-        <v>1497</v>
+        <v>1491</v>
       </c>
       <c r="H361" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I361" s="1" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="J361" s="0"/>
       <c r="K361" s="0" t="s">
-        <v>1511</v>
+        <v>19</v>
       </c>
       <c r="L361" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="362" spans="1:12" customHeight="1" ht="80">
       <c r="A362" s="0"/>
       <c r="B362" s="0" t="s">
-        <v>1512</v>
+        <v>1505</v>
       </c>
       <c r="C362" s="0" t="s">
-        <v>1513</v>
+        <v>1506</v>
       </c>
       <c r="D362" s="0" t="s">
-        <v>1514</v>
+        <v>1507</v>
       </c>
       <c r="E362" s="0" t="s">
         <v>569</v>
       </c>
       <c r="F362" s="0" t="s">
-        <v>1515</v>
+        <v>1508</v>
       </c>
       <c r="G362" s="0" t="s">
         <v>571</v>
       </c>
       <c r="H362" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I362" s="1" t="s">
-        <v>1516</v>
+        <v>1509</v>
       </c>
       <c r="J362" s="0"/>
       <c r="K362" s="0" t="s">
-        <v>66</v>
+        <v>88</v>
       </c>
       <c r="L362" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="363" spans="1:12" customHeight="1" ht="80">
       <c r="A363" s="0"/>
       <c r="B363" s="0" t="s">
-        <v>1517</v>
+        <v>1510</v>
       </c>
       <c r="C363" s="0" t="s">
-        <v>1518</v>
+        <v>1511</v>
       </c>
       <c r="D363" s="0" t="s">
-        <v>1519</v>
+        <v>1512</v>
       </c>
       <c r="E363" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="F363" s="0" t="s">
+        <v>1513</v>
+      </c>
+      <c r="G363" s="0" t="s">
         <v>135</v>
       </c>
-      <c r="F363" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H363" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I363" s="1" t="s">
-        <v>1044</v>
+        <v>1042</v>
       </c>
       <c r="J363" s="0"/>
       <c r="K363" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L363" s="0"/>
     </row>
     <row r="364" spans="1:12" customHeight="1" ht="80">
       <c r="A364" s="0"/>
       <c r="B364" s="0" t="s">
-        <v>1521</v>
+        <v>1514</v>
       </c>
       <c r="C364" s="0" t="s">
-        <v>1522</v>
+        <v>1515</v>
       </c>
       <c r="D364" s="0">
         <v>27020811</v>
       </c>
       <c r="E364" s="0" t="s">
-        <v>1523</v>
+        <v>1516</v>
       </c>
       <c r="F364" s="0" t="s">
-        <v>1524</v>
+        <v>1517</v>
       </c>
       <c r="G364" s="0" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="H364" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I364" s="1" t="s">
-        <v>1525</v>
+        <v>1518</v>
       </c>
       <c r="J364" s="0"/>
       <c r="K364" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L364" s="0"/>
     </row>
     <row r="365" spans="1:12" customHeight="1" ht="80">
       <c r="A365" s="0"/>
       <c r="B365" s="0" t="s">
-        <v>1526</v>
+        <v>1519</v>
       </c>
       <c r="C365" s="0" t="s">
-        <v>1527</v>
+        <v>1520</v>
       </c>
       <c r="D365" s="0">
         <v>27020834</v>
       </c>
       <c r="E365" s="0" t="s">
-        <v>1523</v>
+        <v>1516</v>
       </c>
       <c r="F365" s="0" t="s">
-        <v>1528</v>
+        <v>1521</v>
       </c>
       <c r="G365" s="0" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="H365" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I365" s="1" t="s">
-        <v>1529</v>
+        <v>1522</v>
       </c>
       <c r="J365" s="0"/>
       <c r="K365" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L365" s="0"/>
     </row>
     <row r="366" spans="1:12" customHeight="1" ht="80">
       <c r="A366" s="0"/>
       <c r="B366" s="0" t="s">
-        <v>1530</v>
+        <v>1523</v>
       </c>
       <c r="C366" s="0" t="s">
-        <v>1531</v>
+        <v>1524</v>
       </c>
       <c r="D366" s="0" t="s">
-        <v>1532</v>
+        <v>1525</v>
       </c>
       <c r="E366" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F366" s="0" t="s">
-        <v>1533</v>
+        <v>1526</v>
       </c>
       <c r="G366" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H366" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I366" s="1" t="s">
-        <v>1534</v>
+        <v>1527</v>
       </c>
       <c r="J366" s="0"/>
       <c r="K366" s="0" t="s">
-        <v>89</v>
+        <v>54</v>
       </c>
       <c r="L366" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="367" spans="1:12" customHeight="1" ht="80">
       <c r="A367" s="0"/>
       <c r="B367" s="0" t="s">
-        <v>1535</v>
+        <v>1528</v>
       </c>
       <c r="C367" s="0" t="s">
-        <v>1536</v>
+        <v>1529</v>
       </c>
       <c r="D367" s="0" t="s">
-        <v>1537</v>
+        <v>1530</v>
       </c>
       <c r="E367" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F367" s="0" t="s">
-        <v>1538</v>
+        <v>1531</v>
       </c>
       <c r="G367" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H367" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I367" s="1" t="s">
-        <v>1539</v>
+        <v>1532</v>
       </c>
       <c r="J367" s="0"/>
       <c r="K367" s="0" t="s">
-        <v>89</v>
+        <v>54</v>
       </c>
       <c r="L367" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="368" spans="1:12" customHeight="1" ht="80">
       <c r="A368" s="0"/>
       <c r="B368" s="0" t="s">
-        <v>1540</v>
+        <v>1533</v>
       </c>
       <c r="C368" s="0" t="s">
-        <v>1541</v>
+        <v>1534</v>
       </c>
       <c r="D368" s="0" t="s">
-        <v>1542</v>
+        <v>1535</v>
       </c>
       <c r="E368" s="0" t="s">
-        <v>1543</v>
+        <v>1536</v>
       </c>
       <c r="F368" s="0" t="s">
-        <v>1544</v>
+        <v>1537</v>
       </c>
       <c r="G368" s="0" t="s">
         <v>742</v>
       </c>
       <c r="H368" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I368" s="1" t="s">
-        <v>1545</v>
+        <v>1538</v>
       </c>
       <c r="J368" s="0"/>
       <c r="K368" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L368" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="369" spans="1:12" customHeight="1" ht="80">
       <c r="B369" s="0" t="s">
-        <v>1546</v>
+        <v>1539</v>
       </c>
       <c r="C369" s="0" t="s">
-        <v>1547</v>
+        <v>1540</v>
       </c>
       <c r="D369" s="0" t="s">
-        <v>1548</v>
+        <v>1541</v>
       </c>
       <c r="E369" s="0" t="s">
-        <v>1205</v>
+        <v>1202</v>
       </c>
       <c r="F369" s="0" t="s">
-        <v>1549</v>
+        <v>1542</v>
       </c>
       <c r="G369" s="0" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="H369" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I369" s="1" t="s">
-        <v>1550</v>
+        <v>1543</v>
       </c>
       <c r="J369" s="0"/>
       <c r="K369" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L369" s="0"/>
     </row>
     <row r="370" spans="1:12" customHeight="1" ht="80">
       <c r="A370" s="0"/>
       <c r="B370" s="0" t="s">
-        <v>1551</v>
+        <v>1544</v>
       </c>
       <c r="C370" s="0" t="s">
-        <v>1552</v>
+        <v>1545</v>
       </c>
       <c r="D370" s="0" t="s">
-        <v>1553</v>
+        <v>1546</v>
       </c>
       <c r="E370" s="0" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="F370" s="0" t="s">
-        <v>1554</v>
+        <v>1547</v>
       </c>
       <c r="G370" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H370" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I370" s="1" t="s">
-        <v>1555</v>
+        <v>1548</v>
       </c>
       <c r="J370" s="0"/>
       <c r="K370" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L370" s="0"/>
     </row>
     <row r="371" spans="1:12" customHeight="1" ht="80">
       <c r="A371" s="0"/>
       <c r="B371" s="0" t="s">
-        <v>1556</v>
+        <v>1549</v>
       </c>
       <c r="C371" s="0" t="s">
-        <v>1557</v>
+        <v>1550</v>
       </c>
       <c r="D371" s="0" t="s">
-        <v>1558</v>
+        <v>1551</v>
       </c>
       <c r="E371" s="0" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="F371" s="0" t="s">
-        <v>1554</v>
+        <v>1547</v>
       </c>
       <c r="G371" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H371" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I371" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="J371" s="0"/>
       <c r="K371" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L371" s="0"/>
     </row>
     <row r="372" spans="1:12" customHeight="1" ht="80">
       <c r="A372" s="0"/>
       <c r="B372" s="0" t="s">
-        <v>1559</v>
+        <v>1552</v>
       </c>
       <c r="C372" s="0" t="s">
-        <v>1560</v>
+        <v>1553</v>
       </c>
       <c r="D372" s="0" t="s">
-        <v>1561</v>
+        <v>1554</v>
       </c>
       <c r="E372" s="0" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="F372" s="0" t="s">
-        <v>1554</v>
+        <v>1547</v>
       </c>
       <c r="G372" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H372" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I372" s="1" t="s">
-        <v>1172</v>
+        <v>1169</v>
       </c>
       <c r="J372" s="0"/>
       <c r="K372" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L372" s="0"/>
     </row>
     <row r="373" spans="1:12" customHeight="1" ht="80">
       <c r="A373" s="0"/>
       <c r="B373" s="0" t="s">
-        <v>1562</v>
+        <v>1555</v>
       </c>
       <c r="C373" s="0" t="s">
-        <v>1563</v>
+        <v>1556</v>
       </c>
       <c r="D373" s="0" t="s">
-        <v>1564</v>
+        <v>1557</v>
       </c>
       <c r="E373" s="0" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="F373" s="0" t="s">
-        <v>1554</v>
+        <v>1547</v>
       </c>
       <c r="G373" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H373" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I373" s="1" t="s">
-        <v>1565</v>
+        <v>1558</v>
       </c>
       <c r="J373" s="0"/>
       <c r="K373" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L373" s="0"/>
     </row>
     <row r="374" spans="1:12" customHeight="1" ht="80">
       <c r="A374" s="0"/>
       <c r="B374" s="0" t="s">
-        <v>1566</v>
+        <v>1559</v>
       </c>
       <c r="C374" s="0" t="s">
-        <v>1567</v>
+        <v>1560</v>
       </c>
       <c r="D374" s="0" t="s">
-        <v>1568</v>
+        <v>1561</v>
       </c>
       <c r="E374" s="0" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="F374" s="0" t="s">
-        <v>1554</v>
+        <v>1547</v>
       </c>
       <c r="G374" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H374" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I374" s="1" t="s">
-        <v>1569</v>
+        <v>1562</v>
       </c>
       <c r="J374" s="0"/>
       <c r="K374" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L374" s="0"/>
     </row>
     <row r="375" spans="1:12" customHeight="1" ht="80">
       <c r="A375" s="0"/>
       <c r="B375" s="0" t="s">
-        <v>1570</v>
+        <v>1563</v>
       </c>
       <c r="C375" s="0" t="s">
-        <v>1571</v>
+        <v>1564</v>
       </c>
       <c r="D375" s="0" t="s">
-        <v>1572</v>
+        <v>1565</v>
       </c>
       <c r="E375" s="0" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="F375" s="0" t="s">
-        <v>1554</v>
+        <v>1547</v>
       </c>
       <c r="G375" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H375" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I375" s="1" t="s">
-        <v>1573</v>
+        <v>1566</v>
       </c>
       <c r="J375" s="0"/>
       <c r="K375" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L375" s="0"/>
     </row>
     <row r="376" spans="1:12" customHeight="1" ht="80">
       <c r="A376" s="0"/>
       <c r="B376" s="0" t="s">
-        <v>1574</v>
+        <v>1567</v>
       </c>
       <c r="C376" s="0" t="s">
-        <v>1575</v>
+        <v>1568</v>
       </c>
       <c r="D376" s="0" t="s">
-        <v>1576</v>
+        <v>1569</v>
       </c>
       <c r="E376" s="0" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="F376" s="0" t="s">
-        <v>1554</v>
+        <v>1547</v>
       </c>
       <c r="G376" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H376" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I376" s="1" t="s">
-        <v>1573</v>
+        <v>1026</v>
       </c>
       <c r="J376" s="0"/>
       <c r="K376" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L376" s="0"/>
     </row>
     <row r="377" spans="1:12" customHeight="1" ht="80">
       <c r="A377" s="0"/>
       <c r="B377" s="0" t="s">
-        <v>1577</v>
+        <v>1570</v>
       </c>
       <c r="C377" s="0" t="s">
-        <v>1578</v>
+        <v>1571</v>
       </c>
       <c r="D377" s="0" t="s">
-        <v>1579</v>
+        <v>1572</v>
       </c>
       <c r="E377" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F377" s="0" t="s">
-        <v>1580</v>
+        <v>1573</v>
       </c>
       <c r="G377" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H377" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I377" s="1" t="s">
-        <v>1581</v>
+        <v>1574</v>
       </c>
       <c r="J377" s="0"/>
       <c r="K377" s="0" t="s">
-        <v>89</v>
+        <v>54</v>
       </c>
       <c r="L377" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="378" spans="1:12" customHeight="1" ht="80">
       <c r="A378" s="0"/>
       <c r="B378" s="0" t="s">
-        <v>1582</v>
+        <v>1575</v>
       </c>
       <c r="C378" s="0" t="s">
-        <v>1583</v>
+        <v>1576</v>
       </c>
       <c r="D378" s="0" t="s">
-        <v>1584</v>
+        <v>1577</v>
       </c>
       <c r="E378" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F378" s="0" t="s">
-        <v>1580</v>
+        <v>1573</v>
       </c>
       <c r="G378" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H378" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I378" s="1" t="s">
-        <v>1585</v>
+        <v>1578</v>
       </c>
       <c r="J378" s="0"/>
       <c r="K378" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L378" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="379" spans="1:12" customHeight="1" ht="80">
       <c r="A379" s="0"/>
       <c r="B379" s="0" t="s">
-        <v>1586</v>
+        <v>1579</v>
       </c>
       <c r="C379" s="0" t="s">
-        <v>1587</v>
+        <v>1580</v>
       </c>
       <c r="D379" s="0" t="s">
-        <v>1588</v>
+        <v>1581</v>
       </c>
       <c r="E379" s="0" t="s">
-        <v>1589</v>
+        <v>1582</v>
       </c>
       <c r="F379" s="0" t="s">
-        <v>1590</v>
+        <v>1583</v>
       </c>
       <c r="G379" s="0" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="H379" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I379" s="1" t="s">
-        <v>1550</v>
+        <v>1543</v>
       </c>
       <c r="J379" s="0"/>
       <c r="K379" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L379" s="0"/>
     </row>
     <row r="380" spans="1:12" customHeight="1" ht="80">
       <c r="B380" s="0" t="s">
-        <v>1591</v>
+        <v>1584</v>
       </c>
       <c r="C380" s="0" t="s">
-        <v>1592</v>
+        <v>1585</v>
       </c>
       <c r="D380" s="0" t="s">
-        <v>1593</v>
+        <v>1586</v>
       </c>
       <c r="E380" s="0" t="s">
-        <v>1543</v>
+        <v>1536</v>
       </c>
       <c r="F380" s="0"/>
       <c r="G380" s="0" t="s">
         <v>742</v>
       </c>
       <c r="H380" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I380" s="1" t="s">
-        <v>1594</v>
+        <v>1587</v>
       </c>
       <c r="J380" s="0"/>
       <c r="K380" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L380" s="0"/>
     </row>
     <row r="381" spans="1:12" customHeight="1" ht="80">
       <c r="B381" s="0" t="s">
-        <v>1595</v>
+        <v>1588</v>
       </c>
       <c r="C381" s="0" t="s">
-        <v>1596</v>
+        <v>1589</v>
       </c>
       <c r="D381" s="0" t="s">
-        <v>1597</v>
+        <v>1590</v>
       </c>
       <c r="E381" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="F381" s="0" t="s">
+        <v>1261</v>
+      </c>
+      <c r="G381" s="0" t="s">
         <v>135</v>
-      </c>
-[...4 lines deleted...]
-        <v>136</v>
       </c>
       <c r="H381" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I381" s="1" t="s">
-        <v>1598</v>
+        <v>1591</v>
       </c>
       <c r="J381" s="0"/>
       <c r="K381" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L381" s="0"/>
     </row>
     <row r="382" spans="1:12" customHeight="1" ht="80">
       <c r="B382" s="0" t="s">
-        <v>1599</v>
+        <v>1592</v>
       </c>
       <c r="C382" s="0" t="s">
-        <v>1600</v>
+        <v>1593</v>
       </c>
       <c r="D382" s="0" t="s">
-        <v>1601</v>
+        <v>1594</v>
       </c>
       <c r="E382" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="F382" s="0" t="s">
+        <v>1288</v>
+      </c>
+      <c r="G382" s="0" t="s">
         <v>135</v>
-      </c>
-[...4 lines deleted...]
-        <v>136</v>
       </c>
       <c r="H382" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I382" s="1" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="J382" s="0"/>
       <c r="K382" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L382" s="0"/>
     </row>
     <row r="383" spans="1:12" customHeight="1" ht="80">
       <c r="B383" s="0" t="s">
-        <v>1602</v>
+        <v>1595</v>
       </c>
       <c r="C383" s="0" t="s">
-        <v>1603</v>
+        <v>1596</v>
       </c>
       <c r="D383" s="0" t="s">
-        <v>1604</v>
+        <v>1597</v>
       </c>
       <c r="E383" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="F383" s="0" t="s">
+        <v>1266</v>
+      </c>
+      <c r="G383" s="0" t="s">
         <v>135</v>
-      </c>
-[...4 lines deleted...]
-        <v>136</v>
       </c>
       <c r="H383" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I383" s="1" t="s">
-        <v>1271</v>
+        <v>1267</v>
       </c>
       <c r="J383" s="0"/>
       <c r="K383" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L383" s="0"/>
     </row>
     <row r="384" spans="1:12" customHeight="1" ht="80">
       <c r="B384" s="0" t="s">
-        <v>1605</v>
+        <v>1598</v>
       </c>
       <c r="C384" s="0" t="s">
-        <v>1606</v>
+        <v>1599</v>
       </c>
       <c r="D384" s="0" t="s">
-        <v>1607</v>
+        <v>1600</v>
       </c>
       <c r="E384" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="F384" s="0" t="s">
+        <v>1271</v>
+      </c>
+      <c r="G384" s="0" t="s">
         <v>135</v>
-      </c>
-[...4 lines deleted...]
-        <v>136</v>
       </c>
       <c r="H384" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I384" s="1" t="s">
-        <v>1276</v>
+        <v>1272</v>
       </c>
       <c r="J384" s="0"/>
       <c r="K384" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L384" s="0"/>
     </row>
     <row r="385" spans="1:12" customHeight="1" ht="80">
       <c r="B385" s="0" t="s">
-        <v>1608</v>
+        <v>1601</v>
       </c>
       <c r="C385" s="0" t="s">
-        <v>1609</v>
+        <v>1602</v>
       </c>
       <c r="D385" s="0" t="s">
-        <v>1610</v>
+        <v>1603</v>
       </c>
       <c r="E385" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="F385" s="0" t="s">
+        <v>1276</v>
+      </c>
+      <c r="G385" s="0" t="s">
         <v>135</v>
-      </c>
-[...4 lines deleted...]
-        <v>136</v>
       </c>
       <c r="H385" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I385" s="1" t="s">
-        <v>1281</v>
+        <v>1277</v>
       </c>
       <c r="J385" s="0"/>
       <c r="K385" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L385" s="0"/>
     </row>
     <row r="386" spans="1:12" customHeight="1" ht="80">
       <c r="B386" s="0" t="s">
-        <v>1611</v>
+        <v>1604</v>
       </c>
       <c r="C386" s="0" t="s">
-        <v>1612</v>
+        <v>1605</v>
       </c>
       <c r="D386" s="0" t="s">
-        <v>1613</v>
+        <v>1606</v>
       </c>
       <c r="E386" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F386" s="0" t="s">
-        <v>1285</v>
+        <v>1281</v>
       </c>
       <c r="G386" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H386" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I386" s="1" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="J386" s="0"/>
       <c r="K386" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L386" s="0"/>
     </row>
     <row r="387" spans="1:12" customHeight="1" ht="80">
       <c r="B387" s="0" t="s">
-        <v>1614</v>
+        <v>1607</v>
       </c>
       <c r="C387" s="0" t="s">
-        <v>1615</v>
+        <v>1608</v>
       </c>
       <c r="D387" s="0" t="s">
-        <v>1616</v>
+        <v>1609</v>
       </c>
       <c r="E387" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F387" s="0" t="s">
         <v>52</v>
       </c>
       <c r="G387" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H387" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I387" s="1" t="s">
-        <v>1617</v>
+        <v>1610</v>
       </c>
       <c r="J387" s="0"/>
       <c r="K387" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L387" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="388" spans="1:12" customHeight="1" ht="80">
       <c r="B388" s="0" t="s">
-        <v>1618</v>
+        <v>1611</v>
       </c>
       <c r="C388" s="0" t="s">
-        <v>1619</v>
+        <v>1612</v>
       </c>
       <c r="D388" s="0" t="s">
-        <v>1620</v>
+        <v>1613</v>
       </c>
       <c r="E388" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F388" s="0" t="s">
-        <v>1472</v>
+        <v>1466</v>
       </c>
       <c r="G388" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H388" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I388" s="1" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="J388" s="0"/>
       <c r="K388" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L388" s="0"/>
     </row>
     <row r="389" spans="1:12" customHeight="1" ht="80">
       <c r="B389" s="0" t="s">
-        <v>1621</v>
+        <v>1614</v>
       </c>
       <c r="C389" s="0" t="s">
-        <v>1622</v>
+        <v>1615</v>
       </c>
       <c r="D389" s="0" t="s">
-        <v>1623</v>
+        <v>1616</v>
       </c>
       <c r="E389" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F389" s="0" t="s">
-        <v>1292</v>
+        <v>1288</v>
       </c>
       <c r="G389" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H389" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I389" s="1" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="J389" s="0"/>
       <c r="K389" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L389" s="0"/>
     </row>
     <row r="390" spans="1:12" customHeight="1" ht="80">
       <c r="B390" s="0" t="s">
-        <v>1624</v>
+        <v>1617</v>
       </c>
       <c r="C390" s="0" t="s">
-        <v>1625</v>
+        <v>1618</v>
       </c>
       <c r="D390" s="0" t="s">
-        <v>1626</v>
+        <v>1619</v>
       </c>
       <c r="E390" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F390" s="0" t="s">
-        <v>1296</v>
+        <v>1292</v>
       </c>
       <c r="G390" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H390" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I390" s="1" t="s">
-        <v>1297</v>
+        <v>1293</v>
       </c>
       <c r="J390" s="0"/>
       <c r="K390" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L390" s="0"/>
     </row>
     <row r="391" spans="1:12" customHeight="1" ht="80">
       <c r="A391" s="0"/>
       <c r="B391" s="0" t="s">
-        <v>1627</v>
+        <v>1620</v>
       </c>
       <c r="C391" s="0" t="s">
-        <v>1628</v>
+        <v>1621</v>
       </c>
       <c r="D391" s="0" t="s">
-        <v>1629</v>
+        <v>1622</v>
       </c>
       <c r="E391" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F391" s="0" t="s">
-        <v>1301</v>
+        <v>1297</v>
       </c>
       <c r="G391" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H391" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I391" s="1" t="s">
-        <v>1302</v>
+        <v>1623</v>
       </c>
       <c r="J391" s="0"/>
       <c r="K391" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L391" s="0"/>
     </row>
     <row r="392" spans="1:12" customHeight="1" ht="80">
       <c r="A392" s="0"/>
       <c r="B392" s="0" t="s">
-        <v>1630</v>
+        <v>1624</v>
       </c>
       <c r="C392" s="0" t="s">
-        <v>1631</v>
+        <v>1625</v>
       </c>
       <c r="D392" s="0" t="s">
-        <v>1632</v>
+        <v>1626</v>
       </c>
       <c r="E392" s="0" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="F392" s="0" t="s">
-        <v>1306</v>
+        <v>1302</v>
       </c>
       <c r="G392" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H392" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I392" s="1" t="s">
-        <v>1633</v>
+        <v>1627</v>
       </c>
       <c r="J392" s="0"/>
       <c r="K392" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L392" s="0"/>
     </row>
     <row r="393" spans="1:12" customHeight="1" ht="80">
       <c r="A393" s="0"/>
       <c r="B393" s="0" t="s">
-        <v>1634</v>
+        <v>1628</v>
       </c>
       <c r="C393" s="0" t="s">
-        <v>1635</v>
+        <v>1629</v>
       </c>
       <c r="D393" s="0" t="s">
-        <v>1636</v>
+        <v>1630</v>
       </c>
       <c r="E393" s="0" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="F393" s="0" t="s">
-        <v>1319</v>
+        <v>1315</v>
       </c>
       <c r="G393" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H393" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I393" s="1" t="s">
-        <v>1637</v>
+        <v>1631</v>
       </c>
       <c r="J393" s="0"/>
       <c r="K393" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L393" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="394" spans="1:12" customHeight="1" ht="80">
       <c r="A394" s="0"/>
       <c r="B394" s="0" t="s">
-        <v>1638</v>
+        <v>1632</v>
       </c>
       <c r="C394" s="0" t="s">
-        <v>1639</v>
+        <v>1633</v>
       </c>
       <c r="D394" s="0" t="s">
-        <v>1640</v>
+        <v>1634</v>
       </c>
       <c r="E394" s="0" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="F394" s="0" t="s">
-        <v>1324</v>
+        <v>1320</v>
       </c>
       <c r="G394" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H394" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I394" s="1" t="s">
-        <v>1641</v>
+        <v>1635</v>
       </c>
       <c r="J394" s="0"/>
       <c r="K394" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L394" s="0"/>
     </row>
     <row r="395" spans="1:12" customHeight="1" ht="80">
       <c r="A395" s="0"/>
       <c r="B395" s="0" t="s">
-        <v>1642</v>
+        <v>1636</v>
       </c>
       <c r="C395" s="0" t="s">
-        <v>1643</v>
+        <v>1637</v>
       </c>
       <c r="D395" s="0" t="s">
-        <v>1644</v>
+        <v>1638</v>
       </c>
       <c r="E395" s="0" t="s">
-        <v>1645</v>
+        <v>1639</v>
       </c>
       <c r="F395" s="0" t="s">
-        <v>1646</v>
+        <v>1640</v>
       </c>
       <c r="G395" s="0" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="H395" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I395" s="1" t="s">
-        <v>1647</v>
+        <v>1641</v>
       </c>
       <c r="J395" s="0"/>
       <c r="K395" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L395" s="0"/>
     </row>
     <row r="396" spans="1:12" customHeight="1" ht="80">
       <c r="A396" s="0"/>
       <c r="B396" s="0" t="s">
-        <v>1648</v>
+        <v>1642</v>
       </c>
       <c r="C396" s="0" t="s">
-        <v>1649</v>
+        <v>1643</v>
       </c>
       <c r="D396" s="0" t="s">
-        <v>1650</v>
+        <v>1644</v>
       </c>
       <c r="E396" s="0" t="s">
+        <v>1639</v>
+      </c>
+      <c r="F396" s="0" t="s">
         <v>1645</v>
       </c>
-      <c r="F396" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G396" s="0" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="H396" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I396" s="1" t="s">
-        <v>1652</v>
+        <v>1646</v>
       </c>
       <c r="J396" s="0"/>
       <c r="K396" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L396" s="0"/>
     </row>
     <row r="397" spans="1:12" customHeight="1" ht="80">
       <c r="A397" s="0"/>
       <c r="B397" s="0" t="s">
-        <v>1653</v>
+        <v>1647</v>
       </c>
       <c r="C397" s="0" t="s">
-        <v>1654</v>
+        <v>1648</v>
       </c>
       <c r="D397" s="0" t="s">
-        <v>1655</v>
+        <v>1649</v>
       </c>
       <c r="E397" s="0" t="s">
-        <v>1645</v>
+        <v>1639</v>
       </c>
       <c r="F397" s="0" t="s">
-        <v>1656</v>
+        <v>1650</v>
       </c>
       <c r="G397" s="0" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="H397" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I397" s="1" t="s">
-        <v>1657</v>
+        <v>1651</v>
       </c>
       <c r="J397" s="0"/>
       <c r="K397" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L397" s="0"/>
     </row>
     <row r="398" spans="1:12" customHeight="1" ht="80">
       <c r="A398" s="0"/>
       <c r="B398" s="0" t="s">
-        <v>1658</v>
+        <v>1652</v>
       </c>
       <c r="C398" s="0" t="s">
-        <v>1659</v>
+        <v>1653</v>
       </c>
       <c r="D398" s="0" t="s">
-        <v>1660</v>
+        <v>1654</v>
       </c>
       <c r="E398" s="0" t="s">
-        <v>1589</v>
+        <v>1582</v>
       </c>
       <c r="F398" s="0" t="s">
-        <v>1590</v>
+        <v>1583</v>
       </c>
       <c r="G398" s="0" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="H398" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I398" s="1" t="s">
-        <v>1661</v>
+        <v>1655</v>
       </c>
       <c r="J398" s="0"/>
       <c r="K398" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L398" s="0"/>
     </row>
     <row r="399" spans="1:12" customHeight="1" ht="80">
       <c r="A399" s="0"/>
       <c r="B399" s="0" t="s">
-        <v>1662</v>
+        <v>1656</v>
       </c>
       <c r="C399" s="0" t="s">
-        <v>1663</v>
+        <v>1657</v>
       </c>
       <c r="D399" s="0" t="s">
-        <v>1664</v>
+        <v>1658</v>
       </c>
       <c r="E399" s="0" t="s">
-        <v>1495</v>
+        <v>1489</v>
       </c>
       <c r="F399" s="0" t="s">
-        <v>1665</v>
+        <v>1659</v>
       </c>
       <c r="G399" s="0" t="s">
-        <v>1497</v>
+        <v>1491</v>
       </c>
       <c r="H399" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I399" s="1" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
       <c r="J399" s="0"/>
       <c r="K399" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L399" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="400" spans="1:12" customHeight="1" ht="80">
       <c r="A400" s="0"/>
       <c r="B400" s="0" t="s">
-        <v>1666</v>
+        <v>1660</v>
       </c>
       <c r="C400" s="0" t="s">
-        <v>1667</v>
+        <v>1661</v>
       </c>
       <c r="D400" s="0" t="s">
-        <v>1668</v>
+        <v>1662</v>
       </c>
       <c r="E400" s="0" t="s">
-        <v>1495</v>
+        <v>1489</v>
       </c>
       <c r="F400" s="0" t="s">
-        <v>1496</v>
+        <v>1490</v>
       </c>
       <c r="G400" s="0" t="s">
-        <v>1497</v>
+        <v>1491</v>
       </c>
       <c r="H400" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I400" s="1" t="s">
         <v>552</v>
       </c>
       <c r="J400" s="0"/>
       <c r="K400" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L400" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="401" spans="1:12" customHeight="1" ht="80">
       <c r="A401" s="0"/>
       <c r="B401" s="0" t="s">
-        <v>1669</v>
+        <v>1663</v>
       </c>
       <c r="C401" s="0" t="s">
-        <v>1670</v>
+        <v>1664</v>
       </c>
       <c r="D401" s="0" t="s">
-        <v>1671</v>
+        <v>1665</v>
       </c>
       <c r="E401" s="0" t="s">
+        <v>1489</v>
+      </c>
+      <c r="F401" s="0" t="s">
         <v>1495</v>
       </c>
-      <c r="F401" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G401" s="0" t="s">
-        <v>1497</v>
+        <v>1491</v>
       </c>
       <c r="H401" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I401" s="1" t="s">
-        <v>1672</v>
+        <v>1666</v>
       </c>
       <c r="J401" s="0"/>
       <c r="K401" s="0" t="s">
-        <v>42</v>
+        <v>88</v>
       </c>
       <c r="L401" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="402" spans="1:12" customHeight="1" ht="80">
       <c r="A402" s="0"/>
       <c r="B402" s="0" t="s">
-        <v>1673</v>
+        <v>1667</v>
       </c>
       <c r="C402" s="0" t="s">
-        <v>1674</v>
+        <v>1668</v>
       </c>
       <c r="D402" s="0" t="s">
-        <v>1675</v>
+        <v>1669</v>
       </c>
       <c r="E402" s="0" t="s">
-        <v>1495</v>
+        <v>1489</v>
       </c>
       <c r="F402" s="0" t="s">
-        <v>1506</v>
+        <v>1500</v>
       </c>
       <c r="G402" s="0" t="s">
-        <v>1497</v>
+        <v>1491</v>
       </c>
       <c r="H402" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I402" s="1" t="s">
-        <v>1676</v>
+        <v>1670</v>
       </c>
       <c r="J402" s="0"/>
       <c r="K402" s="0" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="L402" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="403" spans="1:12" customHeight="1" ht="80">
       <c r="A403" s="0"/>
       <c r="B403" s="0" t="s">
-        <v>1677</v>
+        <v>1671</v>
       </c>
       <c r="C403" s="0" t="s">
-        <v>1678</v>
+        <v>1672</v>
       </c>
       <c r="D403" s="0" t="s">
-        <v>1679</v>
+        <v>1673</v>
       </c>
       <c r="E403" s="0" t="s">
-        <v>1495</v>
+        <v>1489</v>
       </c>
       <c r="F403" s="0" t="s">
-        <v>1510</v>
+        <v>1504</v>
       </c>
       <c r="G403" s="0" t="s">
-        <v>1497</v>
+        <v>1491</v>
       </c>
       <c r="H403" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I403" s="1" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="J403" s="0"/>
       <c r="K403" s="0" t="s">
-        <v>89</v>
+        <v>19</v>
       </c>
       <c r="L403" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="404" spans="1:12" customHeight="1" ht="80">
       <c r="A404" s="0"/>
       <c r="B404" s="0" t="s">
-        <v>1680</v>
+        <v>1674</v>
       </c>
       <c r="C404" s="0" t="s">
-        <v>1681</v>
+        <v>1675</v>
       </c>
       <c r="D404" s="0" t="s">
-        <v>1682</v>
+        <v>1676</v>
       </c>
       <c r="E404" s="0" t="s">
         <v>569</v>
       </c>
       <c r="F404" s="0" t="s">
-        <v>1515</v>
+        <v>1508</v>
       </c>
       <c r="G404" s="0" t="s">
         <v>571</v>
       </c>
       <c r="H404" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I404" s="1" t="s">
-        <v>1683</v>
+        <v>1677</v>
       </c>
       <c r="J404" s="0"/>
       <c r="K404" s="0" t="s">
-        <v>1241</v>
+        <v>66</v>
       </c>
       <c r="L404" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="405" spans="1:12" customHeight="1" ht="80">
       <c r="A405" s="0"/>
       <c r="B405" s="0" t="s">
-        <v>1684</v>
+        <v>1678</v>
       </c>
       <c r="C405" s="0" t="s">
-        <v>1685</v>
+        <v>1679</v>
       </c>
       <c r="D405" s="0" t="s">
-        <v>1686</v>
+        <v>1680</v>
       </c>
       <c r="E405" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="F405" s="0" t="s">
+        <v>1681</v>
+      </c>
+      <c r="G405" s="0" t="s">
         <v>135</v>
-      </c>
-[...4 lines deleted...]
-        <v>136</v>
       </c>
       <c r="H405" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I405" s="1" t="s">
-        <v>1688</v>
+        <v>1682</v>
       </c>
       <c r="J405" s="0"/>
       <c r="K405" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L405" s="0"/>
     </row>
     <row r="406" spans="1:12" customHeight="1" ht="80">
       <c r="A406" s="0"/>
       <c r="B406" s="0" t="s">
-        <v>1689</v>
+        <v>1683</v>
       </c>
       <c r="C406" s="0" t="s">
-        <v>1690</v>
+        <v>1684</v>
       </c>
       <c r="D406" s="0" t="s">
-        <v>1691</v>
+        <v>1685</v>
       </c>
       <c r="E406" s="0" t="s">
-        <v>1057</v>
+        <v>1055</v>
       </c>
       <c r="F406" s="0" t="s">
-        <v>1692</v>
+        <v>1686</v>
       </c>
       <c r="G406" s="0" t="s">
         <v>571</v>
       </c>
       <c r="H406" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I406" s="1" t="s">
-        <v>1693</v>
+        <v>1687</v>
       </c>
       <c r="J406" s="0"/>
       <c r="K406" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L406" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="407" spans="1:12" customHeight="1" ht="80">
       <c r="A407" s="0"/>
       <c r="B407" s="0" t="s">
-        <v>1694</v>
+        <v>1688</v>
       </c>
       <c r="C407" s="0" t="s">
-        <v>1695</v>
+        <v>1689</v>
       </c>
       <c r="D407" s="0" t="s">
-        <v>1696</v>
+        <v>1690</v>
       </c>
       <c r="E407" s="0" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="F407" s="0" t="s">
-        <v>1697</v>
+        <v>1691</v>
       </c>
       <c r="G407" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H407" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I407" s="1" t="s">
-        <v>1698</v>
+        <v>1692</v>
       </c>
       <c r="J407" s="0"/>
       <c r="K407" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L407" s="0"/>
     </row>
     <row r="408" spans="1:12" customHeight="1" ht="80">
       <c r="A408" s="0"/>
       <c r="B408" s="0" t="s">
-        <v>1699</v>
+        <v>1693</v>
       </c>
       <c r="C408" s="0" t="s">
-        <v>1700</v>
+        <v>1694</v>
       </c>
       <c r="D408" s="0">
         <v>27020813</v>
       </c>
       <c r="E408" s="0" t="s">
-        <v>1523</v>
+        <v>1516</v>
       </c>
       <c r="F408" s="0" t="s">
-        <v>1524</v>
+        <v>1517</v>
       </c>
       <c r="G408" s="0" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="H408" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I408" s="1" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="J408" s="0"/>
       <c r="K408" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L408" s="0"/>
     </row>
     <row r="409" spans="1:12" customHeight="1" ht="80">
       <c r="A409" s="0"/>
       <c r="B409" s="0" t="s">
-        <v>1701</v>
+        <v>1695</v>
       </c>
       <c r="C409" s="0" t="s">
-        <v>1702</v>
+        <v>1696</v>
       </c>
       <c r="D409" s="0">
         <v>27020836</v>
       </c>
       <c r="E409" s="0" t="s">
-        <v>1523</v>
+        <v>1516</v>
       </c>
       <c r="F409" s="0" t="s">
-        <v>1528</v>
+        <v>1521</v>
       </c>
       <c r="G409" s="0" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="H409" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I409" s="1" t="s">
-        <v>1703</v>
+        <v>1697</v>
       </c>
       <c r="J409" s="0"/>
       <c r="K409" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L409" s="0"/>
     </row>
     <row r="410" spans="1:12" customHeight="1" ht="80">
       <c r="A410" s="0"/>
       <c r="B410" s="0" t="s">
-        <v>1704</v>
+        <v>1698</v>
       </c>
       <c r="C410" s="0" t="s">
-        <v>1705</v>
+        <v>1699</v>
       </c>
       <c r="D410" s="0" t="s">
-        <v>1706</v>
+        <v>1700</v>
       </c>
       <c r="E410" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F410" s="0" t="s">
-        <v>1533</v>
+        <v>1526</v>
       </c>
       <c r="G410" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H410" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I410" s="1" t="s">
-        <v>1707</v>
+        <v>1701</v>
       </c>
       <c r="J410" s="0"/>
       <c r="K410" s="0" t="s">
-        <v>89</v>
+        <v>54</v>
       </c>
       <c r="L410" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="411" spans="1:12" customHeight="1" ht="80">
       <c r="A411" s="0"/>
       <c r="B411" s="0" t="s">
-        <v>1708</v>
+        <v>1702</v>
       </c>
       <c r="C411" s="0" t="s">
-        <v>1709</v>
+        <v>1703</v>
       </c>
       <c r="D411" s="0" t="s">
-        <v>1710</v>
+        <v>1704</v>
       </c>
       <c r="E411" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F411" s="0" t="s">
-        <v>1538</v>
+        <v>1531</v>
       </c>
       <c r="G411" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H411" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I411" s="1" t="s">
-        <v>1711</v>
+        <v>1705</v>
       </c>
       <c r="J411" s="0"/>
       <c r="K411" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L411" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="412" spans="1:12" customHeight="1" ht="80">
       <c r="A412" s="0"/>
       <c r="B412" s="0" t="s">
-        <v>1712</v>
+        <v>1706</v>
       </c>
       <c r="C412" s="0" t="s">
-        <v>1713</v>
+        <v>1707</v>
       </c>
       <c r="D412" s="0" t="s">
-        <v>1714</v>
+        <v>1708</v>
       </c>
       <c r="E412" s="0" t="s">
-        <v>1543</v>
+        <v>1536</v>
       </c>
       <c r="F412" s="0" t="s">
-        <v>1544</v>
+        <v>1537</v>
       </c>
       <c r="G412" s="0" t="s">
         <v>742</v>
       </c>
       <c r="H412" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I412" s="1" t="s">
-        <v>1715</v>
+        <v>1709</v>
       </c>
       <c r="J412" s="0"/>
       <c r="K412" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L412" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="413" spans="1:12" customHeight="1" ht="80">
       <c r="A413" s="0"/>
       <c r="B413" s="0" t="s">
-        <v>1716</v>
+        <v>1710</v>
       </c>
       <c r="C413" s="0" t="s">
-        <v>1717</v>
+        <v>1711</v>
       </c>
       <c r="D413" s="0" t="s">
-        <v>1718</v>
+        <v>1712</v>
       </c>
       <c r="E413" s="0" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="F413" s="0" t="s">
-        <v>1697</v>
+        <v>1691</v>
       </c>
       <c r="G413" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H413" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I413" s="1" t="s">
-        <v>1719</v>
+        <v>1713</v>
       </c>
       <c r="J413" s="0"/>
       <c r="K413" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L413" s="0"/>
     </row>
     <row r="414" spans="1:12" customHeight="1" ht="80">
       <c r="A414" s="0"/>
       <c r="B414" s="0" t="s">
-        <v>1720</v>
+        <v>1714</v>
       </c>
       <c r="C414" s="0" t="s">
-        <v>1721</v>
+        <v>1715</v>
       </c>
       <c r="D414" s="0" t="s">
-        <v>1722</v>
+        <v>1716</v>
       </c>
       <c r="E414" s="0" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="F414" s="0" t="s">
-        <v>1697</v>
+        <v>1691</v>
       </c>
       <c r="G414" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H414" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I414" s="1" t="s">
-        <v>1723</v>
+        <v>1717</v>
       </c>
       <c r="J414" s="0"/>
       <c r="K414" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L414" s="0"/>
     </row>
     <row r="415" spans="1:12" customHeight="1" ht="80">
       <c r="B415" s="0" t="s">
-        <v>1724</v>
+        <v>1718</v>
       </c>
       <c r="C415" s="0" t="s">
-        <v>1725</v>
+        <v>1719</v>
       </c>
       <c r="D415" s="0" t="s">
-        <v>1726</v>
+        <v>1720</v>
       </c>
       <c r="E415" s="0" t="s">
-        <v>1205</v>
+        <v>1202</v>
       </c>
       <c r="F415" s="0" t="s">
-        <v>1549</v>
+        <v>1542</v>
       </c>
       <c r="G415" s="0" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="H415" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I415" s="1" t="s">
-        <v>1727</v>
+        <v>1721</v>
       </c>
       <c r="J415" s="0"/>
       <c r="K415" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L415" s="0"/>
     </row>
     <row r="416" spans="1:12" customHeight="1" ht="80">
       <c r="A416" s="0"/>
       <c r="B416" s="0" t="s">
-        <v>1728</v>
+        <v>1722</v>
       </c>
       <c r="C416" s="0" t="s">
-        <v>1729</v>
+        <v>1723</v>
       </c>
       <c r="D416" s="0" t="s">
-        <v>1730</v>
+        <v>1724</v>
       </c>
       <c r="E416" s="0" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="F416" s="0" t="s">
-        <v>1697</v>
+        <v>1691</v>
       </c>
       <c r="G416" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H416" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I416" s="1" t="s">
-        <v>1731</v>
+        <v>1725</v>
       </c>
       <c r="J416" s="0"/>
       <c r="K416" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L416" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="417" spans="1:12" customHeight="1" ht="80">
       <c r="A417" s="0"/>
       <c r="B417" s="0" t="s">
-        <v>1732</v>
+        <v>1726</v>
       </c>
       <c r="C417" s="0" t="s">
-        <v>1733</v>
+        <v>1727</v>
       </c>
       <c r="D417" s="0" t="s">
-        <v>1734</v>
+        <v>1728</v>
       </c>
       <c r="E417" s="0" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="F417" s="0" t="s">
-        <v>1735</v>
+        <v>1729</v>
       </c>
       <c r="G417" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H417" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I417" s="1" t="s">
-        <v>1736</v>
+        <v>1730</v>
       </c>
       <c r="J417" s="0"/>
       <c r="K417" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L417" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="418" spans="1:12" customHeight="1" ht="80">
       <c r="A418" s="0"/>
       <c r="B418" s="0" t="s">
-        <v>1737</v>
+        <v>1731</v>
       </c>
       <c r="C418" s="0" t="s">
-        <v>1738</v>
+        <v>1732</v>
       </c>
       <c r="D418" s="0">
         <v>16800004</v>
       </c>
       <c r="E418" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F418" s="0" t="s">
-        <v>1739</v>
+        <v>1733</v>
       </c>
       <c r="G418" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H418" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I418" s="1" t="s">
         <v>53</v>
       </c>
       <c r="J418" s="0"/>
       <c r="K418" s="0" t="s">
-        <v>89</v>
+        <v>19</v>
       </c>
       <c r="L418" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="419" spans="1:12" customHeight="1" ht="80">
       <c r="A419" s="0"/>
       <c r="B419" s="0" t="s">
-        <v>1740</v>
+        <v>1734</v>
       </c>
       <c r="C419" s="0" t="s">
-        <v>1741</v>
+        <v>1735</v>
       </c>
       <c r="D419" s="0" t="s">
-        <v>1742</v>
+        <v>1736</v>
       </c>
       <c r="E419" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F419" s="0" t="s">
-        <v>1743</v>
+        <v>1737</v>
       </c>
       <c r="G419" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H419" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I419" s="1" t="s">
-        <v>1744</v>
+        <v>1738</v>
       </c>
       <c r="J419" s="0"/>
       <c r="K419" s="0" t="s">
-        <v>89</v>
+        <v>19</v>
       </c>
       <c r="L419" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="420" spans="1:12" customHeight="1" ht="80">
       <c r="A420" s="0"/>
       <c r="B420" s="0" t="s">
-        <v>1745</v>
+        <v>1739</v>
       </c>
       <c r="C420" s="0" t="s">
-        <v>1746</v>
+        <v>1740</v>
       </c>
       <c r="D420" s="0" t="s">
-        <v>1747</v>
+        <v>1741</v>
       </c>
       <c r="E420" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F420" s="0" t="s">
-        <v>1748</v>
+        <v>1742</v>
       </c>
       <c r="G420" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H420" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I420" s="1" t="s">
-        <v>1744</v>
+        <v>1738</v>
       </c>
       <c r="J420" s="0"/>
       <c r="K420" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L420" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="421" spans="1:12" customHeight="1" ht="80">
       <c r="B421" s="0" t="s">
-        <v>1749</v>
+        <v>1743</v>
       </c>
       <c r="C421" s="0" t="s">
-        <v>1750</v>
+        <v>1744</v>
       </c>
       <c r="D421" s="0" t="s">
-        <v>1751</v>
+        <v>1745</v>
       </c>
       <c r="E421" s="0" t="s">
-        <v>1543</v>
+        <v>1536</v>
       </c>
       <c r="F421" s="0"/>
       <c r="G421" s="0" t="s">
         <v>742</v>
       </c>
       <c r="H421" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I421" s="1" t="s">
-        <v>1594</v>
+        <v>1587</v>
       </c>
       <c r="J421" s="0"/>
       <c r="K421" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L421" s="0"/>
     </row>
     <row r="422" spans="1:12" customHeight="1" ht="80">
       <c r="A422" s="0"/>
       <c r="B422" s="0" t="s">
-        <v>1752</v>
+        <v>1746</v>
       </c>
       <c r="C422" s="0" t="s">
-        <v>1753</v>
+        <v>1747</v>
       </c>
       <c r="D422" s="0" t="s">
-        <v>1754</v>
+        <v>1748</v>
       </c>
       <c r="E422" s="0" t="s">
-        <v>1495</v>
+        <v>1489</v>
       </c>
       <c r="F422" s="0" t="s">
-        <v>1665</v>
+        <v>1659</v>
       </c>
       <c r="G422" s="0" t="s">
-        <v>1497</v>
+        <v>1491</v>
       </c>
       <c r="H422" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I422" s="1" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
       <c r="J422" s="0"/>
       <c r="K422" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L422" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="423" spans="1:12" customHeight="1" ht="80">
       <c r="A423" s="0"/>
       <c r="B423" s="0" t="s">
-        <v>1755</v>
+        <v>1749</v>
       </c>
       <c r="C423" s="0" t="s">
-        <v>1756</v>
+        <v>1750</v>
       </c>
       <c r="D423" s="0" t="s">
-        <v>1757</v>
+        <v>1751</v>
       </c>
       <c r="E423" s="0" t="s">
-        <v>1495</v>
+        <v>1489</v>
       </c>
       <c r="F423" s="0" t="s">
-        <v>1496</v>
+        <v>1490</v>
       </c>
       <c r="G423" s="0" t="s">
-        <v>1497</v>
+        <v>1491</v>
       </c>
       <c r="H423" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I423" s="1" t="s">
         <v>552</v>
       </c>
       <c r="J423" s="0"/>
       <c r="K423" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L423" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="424" spans="1:12" customHeight="1" ht="80">
       <c r="A424" s="0"/>
       <c r="B424" s="0" t="s">
-        <v>1758</v>
+        <v>1752</v>
       </c>
       <c r="C424" s="0" t="s">
-        <v>1759</v>
+        <v>1753</v>
       </c>
       <c r="D424" s="0" t="s">
-        <v>1760</v>
+        <v>1754</v>
       </c>
       <c r="E424" s="0" t="s">
+        <v>1489</v>
+      </c>
+      <c r="F424" s="0" t="s">
         <v>1495</v>
       </c>
-      <c r="F424" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G424" s="0" t="s">
-        <v>1497</v>
+        <v>1491</v>
       </c>
       <c r="H424" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I424" s="1" t="s">
-        <v>1761</v>
+        <v>1755</v>
       </c>
       <c r="J424" s="0"/>
       <c r="K424" s="0" t="s">
-        <v>727</v>
+        <v>19</v>
       </c>
       <c r="L424" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="425" spans="1:12" customHeight="1" ht="80">
       <c r="A425" s="0"/>
       <c r="B425" s="0" t="s">
-        <v>1762</v>
+        <v>1756</v>
       </c>
       <c r="C425" s="0" t="s">
-        <v>1763</v>
+        <v>1757</v>
       </c>
       <c r="D425" s="0" t="s">
-        <v>1764</v>
+        <v>1758</v>
       </c>
       <c r="E425" s="0" t="s">
+        <v>1489</v>
+      </c>
+      <c r="F425" s="0" t="s">
         <v>1495</v>
       </c>
-      <c r="F425" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G425" s="0" t="s">
-        <v>1497</v>
+        <v>1491</v>
       </c>
       <c r="H425" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I425" s="1" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="J425" s="0"/>
       <c r="K425" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L425" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="426" spans="1:12" customHeight="1" ht="80">
       <c r="A426" s="0"/>
       <c r="B426" s="0" t="s">
-        <v>1765</v>
+        <v>1759</v>
       </c>
       <c r="C426" s="0" t="s">
-        <v>1766</v>
+        <v>1760</v>
       </c>
       <c r="D426" s="0" t="s">
-        <v>1767</v>
+        <v>1761</v>
       </c>
       <c r="E426" s="0" t="s">
-        <v>1495</v>
+        <v>1489</v>
       </c>
       <c r="F426" s="0" t="s">
-        <v>1506</v>
+        <v>1500</v>
       </c>
       <c r="G426" s="0" t="s">
-        <v>1497</v>
+        <v>1491</v>
       </c>
       <c r="H426" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I426" s="1" t="s">
-        <v>1676</v>
+        <v>1670</v>
       </c>
       <c r="J426" s="0"/>
       <c r="K426" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L426" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="427" spans="1:12" customHeight="1" ht="80">
       <c r="A427" s="0"/>
       <c r="B427" s="0" t="s">
-        <v>1768</v>
+        <v>1762</v>
       </c>
       <c r="C427" s="0" t="s">
-        <v>1769</v>
+        <v>1763</v>
       </c>
       <c r="D427" s="0" t="s">
-        <v>1770</v>
+        <v>1764</v>
       </c>
       <c r="E427" s="0" t="s">
-        <v>1495</v>
+        <v>1489</v>
       </c>
       <c r="F427" s="0" t="s">
-        <v>1506</v>
+        <v>1500</v>
       </c>
       <c r="G427" s="0" t="s">
-        <v>1497</v>
+        <v>1491</v>
       </c>
       <c r="H427" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I427" s="1" t="s">
-        <v>1761</v>
+        <v>1755</v>
       </c>
       <c r="J427" s="0"/>
       <c r="K427" s="0" t="s">
-        <v>500</v>
+        <v>19</v>
       </c>
       <c r="L427" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="428" spans="1:12" customHeight="1" ht="80">
       <c r="A428" s="0"/>
       <c r="B428" s="0" t="s">
-        <v>1771</v>
+        <v>1765</v>
       </c>
       <c r="C428" s="0" t="s">
-        <v>1772</v>
+        <v>1766</v>
       </c>
       <c r="D428" s="0" t="s">
-        <v>1773</v>
+        <v>1767</v>
       </c>
       <c r="E428" s="0" t="s">
-        <v>1495</v>
+        <v>1489</v>
       </c>
       <c r="F428" s="0" t="s">
-        <v>1510</v>
+        <v>1504</v>
       </c>
       <c r="G428" s="0" t="s">
-        <v>1497</v>
+        <v>1491</v>
       </c>
       <c r="H428" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I428" s="1" t="s">
-        <v>1207</v>
+        <v>1204</v>
       </c>
       <c r="J428" s="0"/>
       <c r="K428" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L428" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="429" spans="1:12" customHeight="1" ht="80">
       <c r="A429" s="0"/>
       <c r="B429" s="0" t="s">
-        <v>1774</v>
+        <v>1768</v>
       </c>
       <c r="C429" s="0" t="s">
-        <v>1775</v>
+        <v>1769</v>
       </c>
       <c r="D429" s="0" t="s">
-        <v>1776</v>
+        <v>1770</v>
       </c>
       <c r="E429" s="0" t="s">
-        <v>1495</v>
+        <v>1489</v>
       </c>
       <c r="F429" s="0" t="s">
-        <v>1510</v>
+        <v>1504</v>
       </c>
       <c r="G429" s="0" t="s">
-        <v>1497</v>
+        <v>1491</v>
       </c>
       <c r="H429" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I429" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="J429" s="0"/>
       <c r="K429" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L429" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="430" spans="1:12" customHeight="1" ht="80">
       <c r="A430" s="0"/>
       <c r="B430" s="0" t="s">
-        <v>1777</v>
+        <v>1771</v>
       </c>
       <c r="C430" s="0" t="s">
-        <v>1778</v>
+        <v>1772</v>
       </c>
       <c r="D430" s="0" t="s">
-        <v>1779</v>
+        <v>1773</v>
       </c>
       <c r="E430" s="0" t="s">
         <v>569</v>
       </c>
       <c r="F430" s="0" t="s">
-        <v>1515</v>
+        <v>1508</v>
       </c>
       <c r="G430" s="0" t="s">
         <v>571</v>
       </c>
       <c r="H430" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I430" s="1" t="s">
-        <v>1683</v>
+        <v>1677</v>
       </c>
       <c r="J430" s="0"/>
       <c r="K430" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L430" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="431" spans="1:12" customHeight="1" ht="80">
       <c r="A431" s="0"/>
       <c r="B431" s="0" t="s">
+        <v>1774</v>
+      </c>
+      <c r="C431" s="0" t="s">
+        <v>1775</v>
+      </c>
+      <c r="D431" s="0" t="s">
+        <v>1776</v>
+      </c>
+      <c r="E431" s="0" t="s">
+        <v>1777</v>
+      </c>
+      <c r="F431" s="0" t="s">
+        <v>1778</v>
+      </c>
+      <c r="G431" s="0" t="s">
+        <v>1779</v>
+      </c>
+      <c r="H431" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="I431" s="1" t="s">
         <v>1780</v>
-      </c>
-[...19 lines deleted...]
-        <v>1786</v>
       </c>
       <c r="J431" s="0"/>
       <c r="K431" s="0" t="s">
-        <v>1387</v>
+        <v>19</v>
       </c>
       <c r="L431" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="432" spans="1:12" customHeight="1" ht="80">
       <c r="A432" s="0"/>
       <c r="B432" s="0" t="s">
-        <v>1787</v>
+        <v>1781</v>
       </c>
       <c r="C432" s="0" t="s">
-        <v>1788</v>
+        <v>1782</v>
       </c>
       <c r="D432" s="0" t="s">
-        <v>1789</v>
+        <v>1783</v>
       </c>
       <c r="E432" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="F432" s="0" t="s">
+        <v>1681</v>
+      </c>
+      <c r="G432" s="0" t="s">
         <v>135</v>
       </c>
-      <c r="F432" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H432" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I432" s="1" t="s">
-        <v>1688</v>
+        <v>1682</v>
       </c>
       <c r="J432" s="0"/>
       <c r="K432" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L432" s="0"/>
     </row>
     <row r="433" spans="1:12" customHeight="1" ht="80">
       <c r="A433" s="0"/>
       <c r="B433" s="0" t="s">
-        <v>1790</v>
+        <v>1784</v>
       </c>
       <c r="C433" s="0" t="s">
-        <v>1791</v>
+        <v>1785</v>
       </c>
       <c r="D433" s="0" t="s">
-        <v>1792</v>
+        <v>1786</v>
       </c>
       <c r="E433" s="0" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="F433" s="0" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="G433" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H433" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I433" s="1" t="s">
-        <v>1793</v>
+        <v>1787</v>
       </c>
       <c r="J433" s="0"/>
       <c r="K433" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L433" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="434" spans="1:12" customHeight="1" ht="80">
       <c r="A434" s="0"/>
       <c r="B434" s="0" t="s">
-        <v>1794</v>
+        <v>1788</v>
       </c>
       <c r="C434" s="0" t="s">
-        <v>1795</v>
+        <v>1789</v>
       </c>
       <c r="D434" s="0" t="s">
-        <v>1796</v>
+        <v>1790</v>
       </c>
       <c r="E434" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="F434" s="0" t="s">
+        <v>1513</v>
+      </c>
+      <c r="G434" s="0" t="s">
         <v>135</v>
       </c>
-      <c r="F434" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H434" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I434" s="1" t="s">
-        <v>1797</v>
+        <v>1791</v>
       </c>
       <c r="J434" s="0"/>
       <c r="K434" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L434" s="0"/>
     </row>
     <row r="435" spans="1:12" customHeight="1" ht="80">
       <c r="A435" s="0"/>
       <c r="B435" s="0" t="s">
-        <v>1798</v>
+        <v>1792</v>
       </c>
       <c r="C435" s="0" t="s">
-        <v>1799</v>
+        <v>1793</v>
       </c>
       <c r="D435" s="0" t="s">
-        <v>1800</v>
+        <v>1794</v>
       </c>
       <c r="E435" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="F435" s="0" t="s">
+        <v>1681</v>
+      </c>
+      <c r="G435" s="0" t="s">
         <v>135</v>
       </c>
-      <c r="F435" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H435" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I435" s="1" t="s">
-        <v>1801</v>
+        <v>1795</v>
       </c>
       <c r="J435" s="0"/>
       <c r="K435" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L435" s="0"/>
     </row>
     <row r="436" spans="1:12" customHeight="1" ht="80">
       <c r="A436" s="0"/>
       <c r="B436" s="0" t="s">
-        <v>1802</v>
+        <v>1796</v>
       </c>
       <c r="C436" s="0" t="s">
-        <v>1803</v>
+        <v>1797</v>
       </c>
       <c r="D436" s="0">
         <v>27020812</v>
       </c>
       <c r="E436" s="0" t="s">
-        <v>1523</v>
+        <v>1516</v>
       </c>
       <c r="F436" s="0" t="s">
-        <v>1524</v>
+        <v>1517</v>
       </c>
       <c r="G436" s="0" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="H436" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I436" s="1" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="J436" s="0"/>
       <c r="K436" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L436" s="0"/>
     </row>
     <row r="437" spans="1:12" customHeight="1" ht="80">
       <c r="A437" s="0"/>
       <c r="B437" s="0" t="s">
-        <v>1804</v>
+        <v>1798</v>
       </c>
       <c r="C437" s="0" t="s">
-        <v>1805</v>
+        <v>1799</v>
       </c>
       <c r="D437" s="0">
         <v>27020835</v>
       </c>
       <c r="E437" s="0" t="s">
-        <v>1523</v>
+        <v>1516</v>
       </c>
       <c r="F437" s="0" t="s">
-        <v>1528</v>
+        <v>1521</v>
       </c>
       <c r="G437" s="0" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="H437" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I437" s="1" t="s">
-        <v>1703</v>
+        <v>1697</v>
       </c>
       <c r="J437" s="0"/>
       <c r="K437" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L437" s="0"/>
     </row>
     <row r="438" spans="1:12" customHeight="1" ht="80">
       <c r="A438" s="0"/>
       <c r="B438" s="0" t="s">
-        <v>1806</v>
+        <v>1800</v>
       </c>
       <c r="C438" s="0" t="s">
-        <v>1807</v>
+        <v>1801</v>
       </c>
       <c r="D438" s="0" t="s">
-        <v>1808</v>
+        <v>1802</v>
       </c>
       <c r="E438" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F438" s="0" t="s">
-        <v>1533</v>
+        <v>1526</v>
       </c>
       <c r="G438" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H438" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I438" s="1" t="s">
-        <v>1707</v>
+        <v>1701</v>
       </c>
       <c r="J438" s="0"/>
       <c r="K438" s="0" t="s">
-        <v>89</v>
+        <v>54</v>
       </c>
       <c r="L438" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="439" spans="1:12" customHeight="1" ht="80">
       <c r="A439" s="0"/>
       <c r="B439" s="0" t="s">
-        <v>1809</v>
+        <v>1803</v>
       </c>
       <c r="C439" s="0" t="s">
-        <v>1810</v>
+        <v>1804</v>
       </c>
       <c r="D439" s="0" t="s">
-        <v>1811</v>
+        <v>1805</v>
       </c>
       <c r="E439" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F439" s="0" t="s">
-        <v>1538</v>
+        <v>1531</v>
       </c>
       <c r="G439" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H439" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I439" s="1" t="s">
         <v>517</v>
       </c>
       <c r="J439" s="0"/>
       <c r="K439" s="0" t="s">
-        <v>284</v>
+        <v>19</v>
       </c>
       <c r="L439" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="440" spans="1:12" customHeight="1" ht="80">
       <c r="A440" s="0"/>
       <c r="B440" s="0" t="s">
-        <v>1812</v>
+        <v>1806</v>
       </c>
       <c r="C440" s="0" t="s">
-        <v>1813</v>
+        <v>1807</v>
       </c>
       <c r="D440" s="0" t="s">
-        <v>1814</v>
+        <v>1808</v>
       </c>
       <c r="E440" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F440" s="0" t="s">
-        <v>1538</v>
+        <v>1531</v>
       </c>
       <c r="G440" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H440" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I440" s="1" t="s">
-        <v>1815</v>
+        <v>1809</v>
       </c>
       <c r="J440" s="0"/>
       <c r="K440" s="0" t="s">
-        <v>42</v>
+        <v>19</v>
       </c>
       <c r="L440" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="441" spans="1:12" customHeight="1" ht="80">
       <c r="A441" s="0"/>
       <c r="B441" s="0" t="s">
-        <v>1816</v>
+        <v>1810</v>
       </c>
       <c r="C441" s="0" t="s">
-        <v>1817</v>
+        <v>1811</v>
       </c>
       <c r="D441" s="0" t="s">
-        <v>1818</v>
+        <v>1812</v>
       </c>
       <c r="E441" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F441" s="0" t="s">
-        <v>1533</v>
+        <v>1526</v>
       </c>
       <c r="G441" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H441" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I441" s="1" t="s">
-        <v>1819</v>
+        <v>1813</v>
       </c>
       <c r="J441" s="0"/>
       <c r="K441" s="0" t="s">
-        <v>89</v>
+        <v>54</v>
       </c>
       <c r="L441" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="442" spans="1:12" customHeight="1" ht="80">
       <c r="A442" s="0"/>
       <c r="B442" s="0" t="s">
-        <v>1820</v>
+        <v>1814</v>
       </c>
       <c r="C442" s="0" t="s">
-        <v>1821</v>
+        <v>1815</v>
       </c>
       <c r="D442" s="0" t="s">
-        <v>1822</v>
+        <v>1816</v>
       </c>
       <c r="E442" s="0" t="s">
-        <v>1543</v>
+        <v>1536</v>
       </c>
       <c r="F442" s="0" t="s">
-        <v>1544</v>
+        <v>1537</v>
       </c>
       <c r="G442" s="0" t="s">
         <v>742</v>
       </c>
       <c r="H442" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I442" s="1" t="s">
-        <v>1715</v>
+        <v>1709</v>
       </c>
       <c r="J442" s="0"/>
       <c r="K442" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L442" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="443" spans="1:12" customHeight="1" ht="80">
       <c r="A443" s="0"/>
       <c r="B443" s="0" t="s">
-        <v>1823</v>
+        <v>1817</v>
       </c>
       <c r="C443" s="0" t="s">
-        <v>1824</v>
+        <v>1818</v>
       </c>
       <c r="D443" s="0" t="s">
-        <v>1825</v>
+        <v>1819</v>
       </c>
       <c r="E443" s="0" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="F443" s="0" t="s">
-        <v>1697</v>
+        <v>1691</v>
       </c>
       <c r="G443" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H443" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I443" s="1" t="s">
-        <v>1723</v>
+        <v>1717</v>
       </c>
       <c r="J443" s="0"/>
       <c r="K443" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L443" s="0"/>
     </row>
     <row r="444" spans="1:12" customHeight="1" ht="80">
       <c r="B444" s="0" t="s">
-        <v>1826</v>
+        <v>1820</v>
       </c>
       <c r="C444" s="0" t="s">
-        <v>1827</v>
+        <v>1821</v>
       </c>
       <c r="D444" s="0" t="s">
-        <v>1828</v>
+        <v>1822</v>
       </c>
       <c r="E444" s="0" t="s">
-        <v>1205</v>
+        <v>1202</v>
       </c>
       <c r="F444" s="0" t="s">
-        <v>1549</v>
+        <v>1542</v>
       </c>
       <c r="G444" s="0" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="H444" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I444" s="1" t="s">
-        <v>1829</v>
+        <v>1823</v>
       </c>
       <c r="J444" s="0"/>
       <c r="K444" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L444" s="0"/>
     </row>
     <row r="445" spans="1:12" customHeight="1" ht="80">
       <c r="A445" s="0"/>
       <c r="B445" s="0" t="s">
-        <v>1830</v>
+        <v>1824</v>
       </c>
       <c r="C445" s="0" t="s">
-        <v>1831</v>
+        <v>1825</v>
       </c>
       <c r="D445" s="0" t="s">
-        <v>1832</v>
+        <v>1826</v>
       </c>
       <c r="E445" s="0" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="F445" s="0" t="s">
-        <v>1697</v>
+        <v>1691</v>
       </c>
       <c r="G445" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H445" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I445" s="1" t="s">
-        <v>1833</v>
+        <v>1827</v>
       </c>
       <c r="J445" s="0"/>
       <c r="K445" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L445" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="446" spans="1:12" customHeight="1" ht="80">
       <c r="A446" s="0"/>
       <c r="B446" s="0" t="s">
-        <v>1834</v>
+        <v>1828</v>
       </c>
       <c r="C446" s="0" t="s">
-        <v>1835</v>
+        <v>1829</v>
       </c>
       <c r="D446" s="0" t="s">
-        <v>1836</v>
+        <v>1830</v>
       </c>
       <c r="E446" s="0" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="F446" s="0" t="s">
-        <v>1337</v>
+        <v>1333</v>
       </c>
       <c r="G446" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H446" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I446" s="1" t="s">
-        <v>1837</v>
+        <v>1831</v>
       </c>
       <c r="J446" s="0"/>
       <c r="K446" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L446" s="0"/>
     </row>
     <row r="447" spans="1:12" customHeight="1" ht="80">
       <c r="A447" s="0"/>
       <c r="B447" s="0" t="s">
-        <v>1838</v>
+        <v>1832</v>
       </c>
       <c r="C447" s="0" t="s">
-        <v>1839</v>
+        <v>1833</v>
       </c>
       <c r="D447" s="0">
         <v>10681115</v>
       </c>
       <c r="E447" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F447" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G447" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H447" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I447" s="1" t="s">
-        <v>1840</v>
+        <v>1834</v>
       </c>
       <c r="J447" s="0"/>
       <c r="K447" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L447" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="448" spans="1:12" customHeight="1" ht="80">
       <c r="A448" s="0"/>
       <c r="B448" s="0" t="s">
-        <v>1841</v>
+        <v>1835</v>
       </c>
       <c r="C448" s="0" t="s">
-        <v>1842</v>
+        <v>1836</v>
       </c>
       <c r="D448" s="0" t="s">
-        <v>1843</v>
+        <v>1837</v>
       </c>
       <c r="E448" s="0" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="F448" s="0" t="s">
-        <v>1735</v>
+        <v>1729</v>
       </c>
       <c r="G448" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H448" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I448" s="1" t="s">
-        <v>1736</v>
+        <v>1730</v>
       </c>
       <c r="J448" s="0"/>
       <c r="K448" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L448" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="449" spans="1:12" customHeight="1" ht="80">
       <c r="A449" s="0"/>
       <c r="B449" s="0" t="s">
-        <v>1844</v>
+        <v>1838</v>
       </c>
       <c r="C449" s="0" t="s">
-        <v>1845</v>
+        <v>1839</v>
       </c>
       <c r="D449" s="0" t="s">
-        <v>1846</v>
+        <v>1840</v>
       </c>
       <c r="E449" s="0" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="F449" s="0" t="s">
-        <v>1735</v>
+        <v>1729</v>
       </c>
       <c r="G449" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H449" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I449" s="1" t="s">
-        <v>1847</v>
+        <v>1841</v>
       </c>
       <c r="J449" s="0"/>
       <c r="K449" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L449" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="450" spans="1:12" customHeight="1" ht="80">
       <c r="A450" s="0"/>
       <c r="B450" s="0" t="s">
-        <v>1848</v>
+        <v>1842</v>
       </c>
       <c r="C450" s="0" t="s">
-        <v>1849</v>
+        <v>1843</v>
       </c>
       <c r="D450" s="0">
         <v>16800005</v>
       </c>
       <c r="E450" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F450" s="0" t="s">
-        <v>1739</v>
+        <v>1733</v>
       </c>
       <c r="G450" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H450" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I450" s="1" t="s">
         <v>53</v>
       </c>
       <c r="J450" s="0"/>
       <c r="K450" s="0" t="s">
-        <v>126</v>
+        <v>19</v>
       </c>
       <c r="L450" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="451" spans="1:12" customHeight="1" ht="80">
       <c r="A451" s="0"/>
       <c r="B451" s="0" t="s">
-        <v>1850</v>
+        <v>1844</v>
       </c>
       <c r="C451" s="0" t="s">
-        <v>1851</v>
+        <v>1845</v>
       </c>
       <c r="D451" s="0" t="s">
-        <v>1852</v>
+        <v>1846</v>
       </c>
       <c r="E451" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F451" s="0" t="s">
-        <v>1853</v>
+        <v>1847</v>
       </c>
       <c r="G451" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H451" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I451" s="1" t="s">
-        <v>1854</v>
+        <v>1848</v>
       </c>
       <c r="J451" s="0"/>
       <c r="K451" s="0" t="s">
-        <v>89</v>
+        <v>19</v>
       </c>
       <c r="L451" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="452" spans="1:12" customHeight="1" ht="80">
       <c r="A452" s="0"/>
       <c r="B452" s="0" t="s">
-        <v>1855</v>
+        <v>1849</v>
       </c>
       <c r="C452" s="0" t="s">
-        <v>1856</v>
+        <v>1850</v>
       </c>
       <c r="D452" s="0" t="s">
-        <v>1857</v>
+        <v>1851</v>
       </c>
       <c r="E452" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F452" s="0" t="s">
-        <v>1743</v>
+        <v>1737</v>
       </c>
       <c r="G452" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H452" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I452" s="1" t="s">
-        <v>1858</v>
+        <v>1852</v>
       </c>
       <c r="J452" s="0"/>
       <c r="K452" s="0" t="s">
-        <v>1859</v>
+        <v>19</v>
       </c>
       <c r="L452" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="453" spans="1:12" customHeight="1" ht="80">
       <c r="A453" s="0"/>
       <c r="B453" s="0" t="s">
-        <v>1860</v>
+        <v>1853</v>
       </c>
       <c r="C453" s="0" t="s">
-        <v>1861</v>
+        <v>1854</v>
       </c>
       <c r="D453" s="0" t="s">
-        <v>1862</v>
+        <v>1855</v>
       </c>
       <c r="E453" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F453" s="0" t="s">
-        <v>1748</v>
+        <v>1742</v>
       </c>
       <c r="G453" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H453" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I453" s="1" t="s">
-        <v>1858</v>
+        <v>1852</v>
       </c>
       <c r="J453" s="0"/>
       <c r="K453" s="0" t="s">
-        <v>89</v>
+        <v>597</v>
       </c>
       <c r="L453" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="454" spans="1:12" customHeight="1" ht="80">
       <c r="B454" s="0" t="s">
-        <v>1863</v>
+        <v>1856</v>
       </c>
       <c r="C454" s="0" t="s">
-        <v>1864</v>
+        <v>1857</v>
       </c>
       <c r="D454" s="0" t="s">
-        <v>1865</v>
+        <v>1858</v>
       </c>
       <c r="E454" s="0" t="s">
-        <v>1543</v>
+        <v>1536</v>
       </c>
       <c r="F454" s="0"/>
       <c r="G454" s="0" t="s">
         <v>742</v>
       </c>
       <c r="H454" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I454" s="1" t="s">
-        <v>1594</v>
+        <v>1587</v>
       </c>
       <c r="J454" s="0"/>
       <c r="K454" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L454" s="0"/>
     </row>
     <row r="455" spans="1:12" customHeight="1" ht="80">
       <c r="A455" s="0"/>
       <c r="B455" s="0" t="s">
-        <v>1866</v>
+        <v>1859</v>
       </c>
       <c r="C455" s="0" t="s">
-        <v>1867</v>
+        <v>1860</v>
       </c>
       <c r="D455" s="0">
         <v>236796</v>
       </c>
       <c r="E455" s="0" t="s">
-        <v>1253</v>
+        <v>1249</v>
       </c>
       <c r="F455" s="0" t="s">
-        <v>1868</v>
+        <v>1861</v>
       </c>
       <c r="G455" s="0" t="s">
         <v>571</v>
       </c>
       <c r="H455" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I455" s="1" t="s">
-        <v>1869</v>
+        <v>1862</v>
       </c>
       <c r="J455" s="0"/>
       <c r="K455" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L455" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="456" spans="1:12" customHeight="1" ht="80">
       <c r="A456" s="0"/>
       <c r="B456" s="0" t="s">
-        <v>1870</v>
+        <v>1863</v>
       </c>
       <c r="C456" s="0" t="s">
-        <v>1871</v>
+        <v>1864</v>
       </c>
       <c r="D456" s="0">
         <v>236794</v>
       </c>
       <c r="E456" s="0" t="s">
-        <v>1253</v>
+        <v>1249</v>
       </c>
       <c r="F456" s="0" t="s">
-        <v>1868</v>
+        <v>1861</v>
       </c>
       <c r="G456" s="0" t="s">
         <v>571</v>
       </c>
       <c r="H456" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I456" s="1" t="s">
-        <v>1869</v>
+        <v>1862</v>
       </c>
       <c r="J456" s="0"/>
       <c r="K456" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L456" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="457" spans="1:12" customHeight="1" ht="80">
       <c r="A457" s="0"/>
       <c r="B457" s="0" t="s">
-        <v>1872</v>
+        <v>1865</v>
       </c>
       <c r="C457" s="0" t="s">
-        <v>1873</v>
+        <v>1866</v>
       </c>
       <c r="D457" s="0">
         <v>236795</v>
       </c>
       <c r="E457" s="0" t="s">
-        <v>1253</v>
+        <v>1249</v>
       </c>
       <c r="F457" s="0" t="s">
-        <v>1868</v>
+        <v>1861</v>
       </c>
       <c r="G457" s="0" t="s">
         <v>571</v>
       </c>
       <c r="H457" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I457" s="1" t="s">
-        <v>1874</v>
+        <v>1867</v>
       </c>
       <c r="J457" s="0"/>
       <c r="K457" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L457" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="458" spans="1:12" customHeight="1" ht="80">
       <c r="A458" s="0"/>
       <c r="B458" s="0" t="s">
-        <v>1875</v>
+        <v>1868</v>
       </c>
       <c r="C458" s="0" t="s">
-        <v>1876</v>
+        <v>1869</v>
       </c>
       <c r="D458" s="0" t="s">
-        <v>1877</v>
+        <v>1870</v>
       </c>
       <c r="E458" s="0" t="s">
-        <v>1878</v>
+        <v>1871</v>
       </c>
       <c r="F458" s="0" t="s">
-        <v>1879</v>
+        <v>1872</v>
       </c>
       <c r="G458" s="0" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="H458" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I458" s="1" t="s">
-        <v>1880</v>
+        <v>1873</v>
       </c>
       <c r="J458" s="0"/>
       <c r="K458" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L458" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="459" spans="1:12" customHeight="1" ht="80">
       <c r="A459" s="0"/>
       <c r="B459" s="0" t="s">
-        <v>1881</v>
+        <v>1874</v>
       </c>
       <c r="C459" s="0" t="s">
-        <v>1882</v>
+        <v>1875</v>
       </c>
       <c r="D459" s="0" t="s">
-        <v>1883</v>
+        <v>1876</v>
       </c>
       <c r="E459" s="0" t="s">
-        <v>1878</v>
+        <v>1871</v>
       </c>
       <c r="F459" s="0" t="s">
-        <v>1879</v>
+        <v>1872</v>
       </c>
       <c r="G459" s="0" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="H459" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I459" s="1" t="s">
-        <v>1880</v>
+        <v>1873</v>
       </c>
       <c r="J459" s="0"/>
       <c r="K459" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L459" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="460" spans="1:12" customHeight="1" ht="80">
       <c r="A460" s="0"/>
       <c r="B460" s="0" t="s">
-        <v>1884</v>
+        <v>1877</v>
       </c>
       <c r="C460" s="0" t="s">
-        <v>1885</v>
+        <v>1878</v>
       </c>
       <c r="D460" s="0" t="s">
-        <v>1886</v>
+        <v>1879</v>
       </c>
       <c r="E460" s="0" t="s">
-        <v>1878</v>
+        <v>1871</v>
       </c>
       <c r="F460" s="0" t="s">
-        <v>1879</v>
+        <v>1872</v>
       </c>
       <c r="G460" s="0" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="H460" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I460" s="1" t="s">
-        <v>1887</v>
+        <v>1880</v>
       </c>
       <c r="J460" s="0"/>
       <c r="K460" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L460" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="461" spans="1:12" customHeight="1" ht="80">
       <c r="A461" s="0"/>
       <c r="B461" s="0" t="s">
-        <v>1888</v>
+        <v>1881</v>
       </c>
       <c r="C461" s="0" t="s">
-        <v>1889</v>
+        <v>1882</v>
       </c>
       <c r="D461" s="0">
         <v>27014919</v>
       </c>
       <c r="E461" s="0" t="s">
-        <v>1523</v>
+        <v>1516</v>
       </c>
       <c r="F461" s="0" t="s">
-        <v>1890</v>
+        <v>1883</v>
       </c>
       <c r="G461" s="0" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="H461" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I461" s="1" t="s">
-        <v>1891</v>
+        <v>1884</v>
       </c>
       <c r="J461" s="0"/>
       <c r="K461" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L461" s="0"/>
     </row>
     <row r="462" spans="1:12" customHeight="1" ht="80">
       <c r="A462" s="0"/>
       <c r="B462" s="0" t="s">
-        <v>1892</v>
+        <v>1885</v>
       </c>
       <c r="C462" s="0" t="s">
-        <v>1893</v>
+        <v>1886</v>
       </c>
       <c r="D462" s="0" t="s">
-        <v>1894</v>
+        <v>1887</v>
       </c>
       <c r="E462" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F462" s="0" t="s">
-        <v>1853</v>
+        <v>1847</v>
       </c>
       <c r="G462" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H462" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I462" s="1" t="s">
-        <v>1895</v>
+        <v>1888</v>
       </c>
       <c r="J462" s="0"/>
       <c r="K462" s="0" t="s">
-        <v>89</v>
+        <v>19</v>
       </c>
       <c r="L462" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="463" spans="1:12" customHeight="1" ht="80">
       <c r="A463" s="0"/>
       <c r="B463" s="0" t="s">
-        <v>1896</v>
+        <v>1889</v>
       </c>
       <c r="C463" s="0" t="s">
-        <v>1897</v>
+        <v>1890</v>
       </c>
       <c r="D463" s="0" t="s">
-        <v>1898</v>
+        <v>1891</v>
       </c>
       <c r="E463" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F463" s="0" t="s">
-        <v>1743</v>
+        <v>1737</v>
       </c>
       <c r="G463" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H463" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I463" s="1" t="s">
-        <v>1895</v>
+        <v>1888</v>
       </c>
       <c r="J463" s="0"/>
       <c r="K463" s="0" t="s">
-        <v>89</v>
+        <v>19</v>
       </c>
       <c r="L463" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="464" spans="1:12" customHeight="1" ht="80">
       <c r="A464" s="0"/>
       <c r="B464" s="0" t="s">
-        <v>1899</v>
+        <v>1892</v>
       </c>
       <c r="C464" s="0" t="s">
-        <v>1900</v>
+        <v>1893</v>
       </c>
       <c r="D464" s="0" t="s">
-        <v>1901</v>
+        <v>1894</v>
       </c>
       <c r="E464" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F464" s="0" t="s">
-        <v>1748</v>
+        <v>1742</v>
       </c>
       <c r="G464" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H464" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I464" s="1" t="s">
-        <v>1895</v>
+        <v>1888</v>
       </c>
       <c r="J464" s="0"/>
       <c r="K464" s="0" t="s">
-        <v>89</v>
+        <v>54</v>
       </c>
       <c r="L464" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="465" spans="1:12" customHeight="1" ht="80">
       <c r="A465" s="0"/>
       <c r="B465" s="0" t="s">
-        <v>1902</v>
+        <v>1895</v>
       </c>
       <c r="C465" s="0" t="s">
-        <v>1903</v>
+        <v>1896</v>
       </c>
       <c r="D465" s="0" t="s">
-        <v>1904</v>
+        <v>1897</v>
       </c>
       <c r="E465" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F465" s="0" t="s">
-        <v>1853</v>
+        <v>1847</v>
       </c>
       <c r="G465" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H465" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I465" s="1" t="s">
-        <v>1905</v>
+        <v>1898</v>
       </c>
       <c r="J465" s="0"/>
       <c r="K465" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L465" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="466" spans="1:12" customHeight="1" ht="80">
       <c r="A466" s="0"/>
       <c r="B466" s="0" t="s">
-        <v>1906</v>
+        <v>1899</v>
       </c>
       <c r="C466" s="0" t="s">
-        <v>1907</v>
+        <v>1900</v>
       </c>
       <c r="D466" s="0">
         <v>16800006</v>
       </c>
       <c r="E466" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F466" s="0" t="s">
-        <v>1739</v>
+        <v>1733</v>
       </c>
       <c r="G466" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H466" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I466" s="1" t="s">
-        <v>1908</v>
+        <v>1901</v>
       </c>
       <c r="J466" s="0"/>
       <c r="K466" s="0" t="s">
-        <v>727</v>
+        <v>19</v>
       </c>
       <c r="L466" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="467" spans="1:12" customHeight="1" ht="80">
       <c r="A467" s="0"/>
       <c r="B467" s="0" t="s">
-        <v>1909</v>
+        <v>1902</v>
       </c>
       <c r="C467" s="0" t="s">
-        <v>1910</v>
+        <v>1903</v>
       </c>
       <c r="D467" s="0">
         <v>112160</v>
       </c>
       <c r="E467" s="0" t="s">
-        <v>1495</v>
+        <v>1489</v>
       </c>
       <c r="F467" s="0" t="s">
-        <v>1911</v>
+        <v>1904</v>
       </c>
       <c r="G467" s="0" t="s">
-        <v>1912</v>
+        <v>1905</v>
       </c>
       <c r="H467" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I467" s="1" t="s">
-        <v>1913</v>
+        <v>1906</v>
       </c>
       <c r="J467" s="0"/>
       <c r="K467" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L467" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="468" spans="1:12" customHeight="1" ht="80">
       <c r="A468" s="0"/>
       <c r="B468" s="0" t="s">
-        <v>1914</v>
+        <v>1907</v>
       </c>
       <c r="C468" s="0" t="s">
-        <v>1915</v>
+        <v>1908</v>
       </c>
       <c r="D468" s="0">
         <v>112161</v>
       </c>
       <c r="E468" s="0" t="s">
-        <v>1495</v>
+        <v>1489</v>
       </c>
       <c r="F468" s="0" t="s">
-        <v>1911</v>
+        <v>1904</v>
       </c>
       <c r="G468" s="0" t="s">
-        <v>1912</v>
+        <v>1905</v>
       </c>
       <c r="H468" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I468" s="1" t="s">
-        <v>1916</v>
+        <v>1909</v>
       </c>
       <c r="J468" s="0"/>
       <c r="K468" s="0" t="s">
-        <v>89</v>
+        <v>54</v>
       </c>
       <c r="L468" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="469" spans="1:12" customHeight="1" ht="80">
       <c r="A469" s="0"/>
       <c r="B469" s="0" t="s">
-        <v>1917</v>
+        <v>1910</v>
       </c>
       <c r="C469" s="0" t="s">
-        <v>1918</v>
+        <v>1911</v>
       </c>
       <c r="D469" s="0">
         <v>112162</v>
       </c>
       <c r="E469" s="0" t="s">
-        <v>1495</v>
+        <v>1489</v>
       </c>
       <c r="F469" s="0" t="s">
-        <v>1911</v>
+        <v>1904</v>
       </c>
       <c r="G469" s="0" t="s">
+        <v>1905</v>
+      </c>
+      <c r="H469" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="I469" s="1" t="s">
         <v>1912</v>
-      </c>
-[...4 lines deleted...]
-        <v>1919</v>
       </c>
       <c r="J469" s="0"/>
       <c r="K469" s="0" t="s">
-        <v>89</v>
+        <v>54</v>
       </c>
       <c r="L469" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="470" spans="1:12" customHeight="1" ht="80">
       <c r="A470" s="0"/>
       <c r="B470" s="0" t="s">
-        <v>1920</v>
+        <v>1913</v>
       </c>
       <c r="C470" s="0" t="s">
-        <v>1921</v>
+        <v>1914</v>
       </c>
       <c r="D470" s="0">
         <v>112166</v>
       </c>
       <c r="E470" s="0" t="s">
-        <v>1495</v>
+        <v>1489</v>
       </c>
       <c r="F470" s="0" t="s">
-        <v>1911</v>
+        <v>1904</v>
       </c>
       <c r="G470" s="0" t="s">
-        <v>1912</v>
+        <v>1905</v>
       </c>
       <c r="H470" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I470" s="1" t="s">
-        <v>1922</v>
+        <v>1915</v>
       </c>
       <c r="J470" s="0"/>
       <c r="K470" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L470" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="471" spans="1:12" customHeight="1" ht="80">
       <c r="A471" s="0"/>
       <c r="B471" s="0" t="s">
-        <v>1923</v>
+        <v>1916</v>
       </c>
       <c r="C471" s="0" t="s">
-        <v>1924</v>
+        <v>1917</v>
       </c>
       <c r="D471" s="0">
         <v>115106</v>
       </c>
       <c r="E471" s="0" t="s">
-        <v>1495</v>
+        <v>1489</v>
       </c>
       <c r="F471" s="0" t="s">
-        <v>1925</v>
+        <v>1918</v>
       </c>
       <c r="G471" s="0" t="s">
-        <v>1912</v>
+        <v>1905</v>
       </c>
       <c r="H471" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I471" s="1" t="s">
-        <v>1926</v>
+        <v>1919</v>
       </c>
       <c r="J471" s="0"/>
       <c r="K471" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L471" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="472" spans="1:12" customHeight="1" ht="80">
       <c r="A472" s="0"/>
       <c r="B472" s="0" t="s">
-        <v>1927</v>
+        <v>1920</v>
       </c>
       <c r="C472" s="0" t="s">
-        <v>1928</v>
+        <v>1921</v>
       </c>
       <c r="D472" s="0">
         <v>115107</v>
       </c>
       <c r="E472" s="0" t="s">
-        <v>1495</v>
+        <v>1489</v>
       </c>
       <c r="F472" s="0" t="s">
-        <v>1925</v>
+        <v>1918</v>
       </c>
       <c r="G472" s="0" t="s">
-        <v>1912</v>
+        <v>1905</v>
       </c>
       <c r="H472" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I472" s="1" t="s">
-        <v>1926</v>
+        <v>1919</v>
       </c>
       <c r="J472" s="0"/>
       <c r="K472" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L472" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="473" spans="1:12" customHeight="1" ht="80">
       <c r="A473" s="0"/>
       <c r="B473" s="0" t="s">
-        <v>1929</v>
+        <v>1922</v>
       </c>
       <c r="C473" s="0" t="s">
-        <v>1930</v>
+        <v>1923</v>
       </c>
       <c r="D473" s="0">
         <v>115108</v>
       </c>
       <c r="E473" s="0" t="s">
-        <v>1495</v>
+        <v>1489</v>
       </c>
       <c r="F473" s="0" t="s">
-        <v>1925</v>
+        <v>1918</v>
       </c>
       <c r="G473" s="0" t="s">
-        <v>1912</v>
+        <v>1905</v>
       </c>
       <c r="H473" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I473" s="1" t="s">
-        <v>1931</v>
+        <v>1924</v>
       </c>
       <c r="J473" s="0"/>
       <c r="K473" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L473" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="474" spans="1:12" customHeight="1" ht="80">
       <c r="A474" s="0"/>
       <c r="B474" s="0" t="s">
-        <v>1932</v>
+        <v>1925</v>
       </c>
       <c r="C474" s="0" t="s">
-        <v>1933</v>
+        <v>1926</v>
       </c>
       <c r="D474" s="0">
         <v>115105</v>
       </c>
       <c r="E474" s="0" t="s">
-        <v>1495</v>
+        <v>1489</v>
       </c>
       <c r="F474" s="0" t="s">
-        <v>1925</v>
+        <v>1918</v>
       </c>
       <c r="G474" s="0" t="s">
-        <v>1912</v>
+        <v>1905</v>
       </c>
       <c r="H474" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I474" s="1" t="s">
-        <v>1934</v>
+        <v>1927</v>
       </c>
       <c r="J474" s="0"/>
       <c r="K474" s="0" t="s">
-        <v>1935</v>
+        <v>66</v>
       </c>
       <c r="L474" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="475" spans="1:12" customHeight="1" ht="80">
       <c r="A475" s="0"/>
       <c r="B475" s="0" t="s">
-        <v>1936</v>
+        <v>1928</v>
       </c>
       <c r="C475" s="0" t="s">
-        <v>1937</v>
+        <v>1929</v>
       </c>
       <c r="D475" s="0">
         <v>114104</v>
       </c>
       <c r="E475" s="0" t="s">
-        <v>1495</v>
+        <v>1489</v>
       </c>
       <c r="F475" s="0" t="s">
-        <v>1938</v>
+        <v>1930</v>
       </c>
       <c r="G475" s="0" t="s">
-        <v>1912</v>
+        <v>1905</v>
       </c>
       <c r="H475" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I475" s="1" t="s">
-        <v>1939</v>
+        <v>1931</v>
       </c>
       <c r="J475" s="0"/>
       <c r="K475" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L475" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="476" spans="1:12" customHeight="1" ht="80">
       <c r="A476" s="0"/>
       <c r="B476" s="0" t="s">
-        <v>1940</v>
+        <v>1932</v>
       </c>
       <c r="C476" s="0" t="s">
-        <v>1941</v>
+        <v>1933</v>
       </c>
       <c r="D476" s="0">
         <v>114105</v>
       </c>
       <c r="E476" s="0" t="s">
-        <v>1495</v>
+        <v>1489</v>
       </c>
       <c r="F476" s="0" t="s">
-        <v>1938</v>
+        <v>1930</v>
       </c>
       <c r="G476" s="0" t="s">
-        <v>1912</v>
+        <v>1905</v>
       </c>
       <c r="H476" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I476" s="1" t="s">
-        <v>1066</v>
+        <v>1064</v>
       </c>
       <c r="J476" s="0"/>
       <c r="K476" s="0" t="s">
-        <v>66</v>
+        <v>19</v>
       </c>
       <c r="L476" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="477" spans="1:12" customHeight="1" ht="80">
       <c r="A477" s="0"/>
       <c r="B477" s="0" t="s">
-        <v>1942</v>
+        <v>1934</v>
       </c>
       <c r="C477" s="0" t="s">
-        <v>1943</v>
+        <v>1935</v>
       </c>
       <c r="D477" s="0">
         <v>114106</v>
       </c>
       <c r="E477" s="0" t="s">
-        <v>1495</v>
+        <v>1489</v>
       </c>
       <c r="F477" s="0" t="s">
-        <v>1938</v>
+        <v>1930</v>
       </c>
       <c r="G477" s="0" t="s">
-        <v>1912</v>
+        <v>1905</v>
       </c>
       <c r="H477" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I477" s="1" t="s">
-        <v>1944</v>
+        <v>1936</v>
       </c>
       <c r="J477" s="0"/>
       <c r="K477" s="0" t="s">
-        <v>66</v>
+        <v>19</v>
       </c>
       <c r="L477" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="478" spans="1:12" customHeight="1" ht="80">
       <c r="A478" s="0"/>
       <c r="B478" s="0" t="s">
-        <v>1945</v>
+        <v>1937</v>
       </c>
       <c r="C478" s="0" t="s">
-        <v>1946</v>
+        <v>1938</v>
       </c>
       <c r="D478" s="0">
         <v>114119</v>
       </c>
       <c r="E478" s="0" t="s">
-        <v>1495</v>
+        <v>1489</v>
       </c>
       <c r="F478" s="0" t="s">
-        <v>1938</v>
+        <v>1930</v>
       </c>
       <c r="G478" s="0" t="s">
-        <v>1912</v>
+        <v>1905</v>
       </c>
       <c r="H478" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I478" s="1" t="s">
-        <v>1947</v>
+        <v>1939</v>
       </c>
       <c r="J478" s="0"/>
       <c r="K478" s="0" t="s">
-        <v>89</v>
+        <v>19</v>
       </c>
       <c r="L478" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="479" spans="1:12" customHeight="1" ht="80">
       <c r="A479" s="0"/>
       <c r="B479" s="0" t="s">
-        <v>1948</v>
+        <v>1940</v>
       </c>
       <c r="C479" s="0" t="s">
-        <v>1949</v>
+        <v>1941</v>
       </c>
       <c r="D479" s="0">
         <v>115606</v>
       </c>
       <c r="E479" s="0" t="s">
-        <v>1495</v>
+        <v>1489</v>
       </c>
       <c r="F479" s="0" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="G479" s="0" t="s">
-        <v>1912</v>
+        <v>1905</v>
       </c>
       <c r="H479" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I479" s="1" t="s">
-        <v>1950</v>
+        <v>1942</v>
       </c>
       <c r="J479" s="0"/>
       <c r="K479" s="0" t="s">
-        <v>19</v>
+        <v>88</v>
       </c>
       <c r="L479" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="480" spans="1:12" customHeight="1" ht="80">
       <c r="A480" s="0"/>
       <c r="B480" s="0" t="s">
-        <v>1951</v>
+        <v>1943</v>
       </c>
       <c r="C480" s="0" t="s">
-        <v>1952</v>
+        <v>1944</v>
       </c>
       <c r="D480" s="0">
         <v>115607</v>
       </c>
       <c r="E480" s="0" t="s">
-        <v>1495</v>
+        <v>1489</v>
       </c>
       <c r="F480" s="0" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="G480" s="0" t="s">
-        <v>1912</v>
+        <v>1905</v>
       </c>
       <c r="H480" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I480" s="1" t="s">
-        <v>1953</v>
+        <v>1942</v>
       </c>
       <c r="J480" s="0"/>
       <c r="K480" s="0" t="s">
-        <v>19</v>
+        <v>88</v>
       </c>
       <c r="L480" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="481" spans="1:12" customHeight="1" ht="80">
       <c r="A481" s="0"/>
       <c r="B481" s="0" t="s">
-        <v>1954</v>
+        <v>1945</v>
       </c>
       <c r="C481" s="0" t="s">
-        <v>1955</v>
+        <v>1946</v>
       </c>
       <c r="D481" s="0">
         <v>115608</v>
       </c>
       <c r="E481" s="0" t="s">
-        <v>1495</v>
+        <v>1489</v>
       </c>
       <c r="F481" s="0" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="G481" s="0" t="s">
-        <v>1912</v>
+        <v>1905</v>
       </c>
       <c r="H481" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I481" s="1" t="s">
-        <v>721</v>
+        <v>278</v>
       </c>
       <c r="J481" s="0"/>
       <c r="K481" s="0" t="s">
-        <v>66</v>
+        <v>88</v>
       </c>
       <c r="L481" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="482" spans="1:12" customHeight="1" ht="80">
       <c r="A482" s="0"/>
       <c r="B482" s="0" t="s">
-        <v>1956</v>
+        <v>1947</v>
       </c>
       <c r="C482" s="0" t="s">
-        <v>1957</v>
+        <v>1948</v>
       </c>
       <c r="D482" s="0">
         <v>115610</v>
       </c>
       <c r="E482" s="0" t="s">
-        <v>1495</v>
+        <v>1489</v>
       </c>
       <c r="F482" s="0" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="G482" s="0" t="s">
-        <v>1912</v>
+        <v>1905</v>
       </c>
       <c r="H482" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I482" s="1" t="s">
-        <v>1637</v>
+        <v>1631</v>
       </c>
       <c r="J482" s="0"/>
       <c r="K482" s="0" t="s">
-        <v>19</v>
+        <v>813</v>
       </c>
       <c r="L482" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="483" spans="1:12" customHeight="1" ht="80">
       <c r="A483" s="0"/>
       <c r="B483" s="0" t="s">
-        <v>1958</v>
+        <v>1949</v>
       </c>
       <c r="C483" s="0" t="s">
-        <v>1959</v>
+        <v>1950</v>
       </c>
       <c r="D483" s="0">
         <v>118128</v>
       </c>
       <c r="E483" s="0" t="s">
-        <v>1495</v>
+        <v>1489</v>
       </c>
       <c r="F483" s="0" t="s">
-        <v>1960</v>
+        <v>1951</v>
       </c>
       <c r="G483" s="0" t="s">
-        <v>1912</v>
+        <v>1905</v>
       </c>
       <c r="H483" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I483" s="1" t="s">
-        <v>1961</v>
+        <v>1952</v>
       </c>
       <c r="J483" s="0"/>
       <c r="K483" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L483" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="484" spans="1:12" customHeight="1" ht="80">
       <c r="A484" s="0"/>
       <c r="B484" s="0" t="s">
-        <v>1962</v>
+        <v>1953</v>
       </c>
       <c r="C484" s="0" t="s">
-        <v>1963</v>
+        <v>1954</v>
       </c>
       <c r="D484" s="0">
         <v>118129</v>
       </c>
       <c r="E484" s="0" t="s">
-        <v>1495</v>
+        <v>1489</v>
       </c>
       <c r="F484" s="0" t="s">
-        <v>1960</v>
+        <v>1951</v>
       </c>
       <c r="G484" s="0" t="s">
-        <v>1912</v>
+        <v>1905</v>
       </c>
       <c r="H484" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I484" s="1" t="s">
-        <v>1964</v>
+        <v>1955</v>
       </c>
       <c r="J484" s="0"/>
       <c r="K484" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L484" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="485" spans="1:12" customHeight="1" ht="80">
       <c r="A485" s="0"/>
       <c r="B485" s="0" t="s">
-        <v>1965</v>
+        <v>1956</v>
       </c>
       <c r="C485" s="0" t="s">
-        <v>1966</v>
+        <v>1957</v>
       </c>
       <c r="D485" s="0">
         <v>118130</v>
       </c>
       <c r="E485" s="0" t="s">
-        <v>1495</v>
+        <v>1489</v>
       </c>
       <c r="F485" s="0" t="s">
-        <v>1960</v>
+        <v>1951</v>
       </c>
       <c r="G485" s="0" t="s">
-        <v>1912</v>
+        <v>1905</v>
       </c>
       <c r="H485" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I485" s="1" t="s">
-        <v>1964</v>
+        <v>1955</v>
       </c>
       <c r="J485" s="0"/>
       <c r="K485" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L485" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="486" spans="1:12" customHeight="1" ht="80">
       <c r="A486" s="0"/>
       <c r="B486" s="0" t="s">
-        <v>1967</v>
+        <v>1958</v>
       </c>
       <c r="C486" s="0" t="s">
-        <v>1968</v>
+        <v>1959</v>
       </c>
       <c r="D486" s="0" t="s">
-        <v>1969</v>
+        <v>1960</v>
       </c>
       <c r="E486" s="0" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="F486" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="G486" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H486" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I486" s="1" t="s">
-        <v>1031</v>
+        <v>1030</v>
       </c>
       <c r="J486" s="0"/>
       <c r="K486" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L486" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="487" spans="1:12" customHeight="1" ht="80">
       <c r="A487" s="0"/>
       <c r="B487" s="0" t="s">
-        <v>1970</v>
+        <v>1961</v>
       </c>
       <c r="C487" s="0" t="s">
-        <v>1971</v>
+        <v>1962</v>
       </c>
       <c r="D487" s="0" t="s">
-        <v>1972</v>
+        <v>1963</v>
       </c>
       <c r="E487" s="0" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="F487" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="G487" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H487" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I487" s="1" t="s">
-        <v>1031</v>
+        <v>1030</v>
       </c>
       <c r="J487" s="0"/>
       <c r="K487" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L487" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="488" spans="1:12" customHeight="1" ht="80">
       <c r="A488" s="0"/>
       <c r="B488" s="0" t="s">
-        <v>1973</v>
+        <v>1964</v>
       </c>
       <c r="C488" s="0" t="s">
-        <v>1974</v>
+        <v>1965</v>
       </c>
       <c r="D488" s="0" t="s">
-        <v>1975</v>
+        <v>1966</v>
       </c>
       <c r="E488" s="0" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="F488" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="G488" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H488" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I488" s="1" t="s">
-        <v>1976</v>
+        <v>1967</v>
       </c>
       <c r="J488" s="0"/>
       <c r="K488" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L488" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="489" spans="1:12" customHeight="1" ht="80">
       <c r="A489" s="0"/>
       <c r="B489" s="0" t="s">
-        <v>1977</v>
+        <v>1968</v>
       </c>
       <c r="C489" s="0" t="s">
-        <v>1978</v>
+        <v>1969</v>
       </c>
       <c r="D489" s="0" t="s">
-        <v>1979</v>
+        <v>1970</v>
       </c>
       <c r="E489" s="0" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="F489" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="G489" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H489" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I489" s="1" t="s">
-        <v>1980</v>
+        <v>1971</v>
       </c>
       <c r="J489" s="0"/>
       <c r="K489" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L489" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="490" spans="1:12" customHeight="1" ht="80">
       <c r="A490" s="0"/>
       <c r="B490" s="0" t="s">
-        <v>1981</v>
+        <v>1972</v>
       </c>
       <c r="C490" s="0" t="s">
-        <v>1982</v>
+        <v>1973</v>
       </c>
       <c r="D490" s="0" t="s">
-        <v>1983</v>
+        <v>1974</v>
       </c>
       <c r="E490" s="0" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="F490" s="0" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="G490" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H490" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I490" s="1" t="s">
-        <v>1984</v>
+        <v>1975</v>
       </c>
       <c r="J490" s="0"/>
       <c r="K490" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L490" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="491" spans="1:12" customHeight="1" ht="80">
       <c r="A491" s="0"/>
       <c r="B491" s="0" t="s">
-        <v>1985</v>
+        <v>1976</v>
       </c>
       <c r="C491" s="0" t="s">
-        <v>1986</v>
+        <v>1977</v>
       </c>
       <c r="D491" s="0" t="s">
-        <v>1987</v>
+        <v>1978</v>
       </c>
       <c r="E491" s="0" t="s">
-        <v>1988</v>
+        <v>1979</v>
       </c>
       <c r="F491" s="0" t="s">
-        <v>1989</v>
+        <v>1980</v>
       </c>
       <c r="G491" s="0" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="H491" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I491" s="1" t="s">
-        <v>1990</v>
+        <v>1981</v>
       </c>
       <c r="J491" s="0"/>
       <c r="K491" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L491" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="492" spans="1:12" customHeight="1" ht="80">
       <c r="A492" s="0"/>
       <c r="B492" s="0" t="s">
-        <v>1991</v>
+        <v>1982</v>
       </c>
       <c r="C492" s="0" t="s">
-        <v>1992</v>
+        <v>1983</v>
       </c>
       <c r="D492" s="0" t="s">
-        <v>1993</v>
+        <v>1984</v>
       </c>
       <c r="E492" s="0" t="s">
-        <v>1988</v>
+        <v>1979</v>
       </c>
       <c r="F492" s="0" t="s">
-        <v>1989</v>
+        <v>1980</v>
       </c>
       <c r="G492" s="0" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="H492" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I492" s="1" t="s">
-        <v>1994</v>
+        <v>1985</v>
       </c>
       <c r="J492" s="0"/>
       <c r="K492" s="0" t="s">
-        <v>19</v>
+        <v>597</v>
       </c>
       <c r="L492" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="493" spans="1:12" customHeight="1" ht="80">
       <c r="A493" s="0"/>
       <c r="B493" s="0" t="s">
-        <v>1995</v>
+        <v>1986</v>
       </c>
       <c r="C493" s="0" t="s">
-        <v>1996</v>
+        <v>1987</v>
       </c>
       <c r="D493" s="0" t="s">
-        <v>1997</v>
+        <v>1988</v>
       </c>
       <c r="E493" s="0" t="s">
-        <v>1988</v>
+        <v>1979</v>
       </c>
       <c r="F493" s="0" t="s">
-        <v>1989</v>
+        <v>1980</v>
       </c>
       <c r="G493" s="0" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="H493" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I493" s="1" t="s">
-        <v>1994</v>
+        <v>1985</v>
       </c>
       <c r="J493" s="0"/>
       <c r="K493" s="0" t="s">
-        <v>19</v>
+        <v>813</v>
       </c>
       <c r="L493" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="494" spans="1:12" customHeight="1" ht="80">
       <c r="A494" s="0"/>
       <c r="B494" s="0" t="s">
-        <v>1998</v>
+        <v>1989</v>
       </c>
       <c r="C494" s="0" t="s">
-        <v>1999</v>
+        <v>1990</v>
       </c>
       <c r="D494" s="0" t="s">
-        <v>2000</v>
+        <v>1991</v>
       </c>
       <c r="E494" s="0" t="s">
-        <v>1988</v>
+        <v>1979</v>
       </c>
       <c r="F494" s="0" t="s">
-        <v>2001</v>
+        <v>1992</v>
       </c>
       <c r="G494" s="0" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="H494" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I494" s="1" t="s">
-        <v>2002</v>
+        <v>1993</v>
       </c>
       <c r="J494" s="0"/>
       <c r="K494" s="0" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="L494" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="495" spans="1:12" customHeight="1" ht="80">
       <c r="A495" s="0"/>
       <c r="B495" s="0" t="s">
-        <v>2003</v>
+        <v>1994</v>
       </c>
       <c r="C495" s="0" t="s">
-        <v>2004</v>
+        <v>1995</v>
       </c>
       <c r="D495" s="0" t="s">
-        <v>2005</v>
+        <v>1996</v>
       </c>
       <c r="E495" s="0" t="s">
-        <v>1988</v>
+        <v>1979</v>
       </c>
       <c r="F495" s="0" t="s">
-        <v>2001</v>
+        <v>1992</v>
       </c>
       <c r="G495" s="0" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="H495" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I495" s="1" t="s">
-        <v>2006</v>
+        <v>1997</v>
       </c>
       <c r="J495" s="0"/>
       <c r="K495" s="0" t="s">
-        <v>2007</v>
+        <v>1998</v>
       </c>
       <c r="L495" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="496" spans="1:12" customHeight="1" ht="80">
       <c r="A496" s="0"/>
       <c r="B496" s="0" t="s">
-        <v>2008</v>
+        <v>1999</v>
       </c>
       <c r="C496" s="0" t="s">
-        <v>2009</v>
+        <v>2000</v>
       </c>
       <c r="D496" s="0" t="s">
-        <v>2010</v>
+        <v>2001</v>
       </c>
       <c r="E496" s="0" t="s">
-        <v>1988</v>
+        <v>1979</v>
       </c>
       <c r="F496" s="0" t="s">
-        <v>2001</v>
+        <v>1992</v>
       </c>
       <c r="G496" s="0" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="H496" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I496" s="1" t="s">
-        <v>1179</v>
+        <v>1176</v>
       </c>
       <c r="J496" s="0"/>
       <c r="K496" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L496" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="497" spans="1:12" customHeight="1" ht="80">
       <c r="A497" s="0"/>
       <c r="B497" s="0" t="s">
-        <v>2011</v>
+        <v>2002</v>
       </c>
       <c r="C497" s="0" t="s">
-        <v>2012</v>
+        <v>2003</v>
       </c>
       <c r="D497" s="0" t="s">
-        <v>2013</v>
+        <v>2004</v>
       </c>
       <c r="E497" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F497" s="0" t="s">
-        <v>2014</v>
+        <v>2005</v>
       </c>
       <c r="G497" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H497" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I497" s="1" t="s">
-        <v>2015</v>
+        <v>2006</v>
       </c>
       <c r="J497" s="0"/>
       <c r="K497" s="0" t="s">
-        <v>66</v>
+        <v>2007</v>
       </c>
       <c r="L497" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="498" spans="1:12" customHeight="1" ht="80">
       <c r="A498" s="0"/>
       <c r="B498" s="0" t="s">
-        <v>2016</v>
+        <v>2008</v>
       </c>
       <c r="C498" s="0" t="s">
-        <v>2017</v>
+        <v>2009</v>
       </c>
       <c r="D498" s="0" t="s">
-        <v>2018</v>
+        <v>2010</v>
       </c>
       <c r="E498" s="0" t="s">
-        <v>1878</v>
+        <v>1871</v>
       </c>
       <c r="F498" s="0" t="s">
-        <v>2019</v>
+        <v>2011</v>
       </c>
       <c r="G498" s="0" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="H498" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I498" s="1" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="J498" s="0"/>
       <c r="K498" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L498" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="499" spans="1:12" customHeight="1" ht="80">
       <c r="A499" s="0"/>
       <c r="B499" s="0" t="s">
-        <v>2020</v>
+        <v>2012</v>
       </c>
       <c r="C499" s="0" t="s">
-        <v>2021</v>
+        <v>2013</v>
       </c>
       <c r="D499" s="0">
         <v>291161</v>
       </c>
       <c r="E499" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F499" s="0" t="s">
-        <v>2022</v>
+        <v>2014</v>
       </c>
       <c r="G499" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H499" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I499" s="1" t="s">
         <v>779</v>
       </c>
       <c r="J499" s="0"/>
       <c r="K499" s="0" t="s">
-        <v>1041</v>
+        <v>2015</v>
       </c>
       <c r="L499" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="500" spans="1:12" customHeight="1" ht="80">
       <c r="B500" s="0" t="s">
-        <v>2023</v>
+        <v>2016</v>
       </c>
       <c r="C500" s="0" t="s">
-        <v>2024</v>
+        <v>2017</v>
       </c>
       <c r="D500" s="0">
         <v>282</v>
       </c>
       <c r="E500" s="0"/>
       <c r="F500" s="0"/>
       <c r="G500" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H500" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I500" s="1" t="s">
-        <v>2025</v>
+        <v>2018</v>
       </c>
       <c r="J500" s="0"/>
       <c r="K500" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L500" s="0"/>
     </row>
     <row r="501" spans="1:12" customHeight="1" ht="80">
       <c r="A501" s="0"/>
       <c r="B501" s="0" t="s">
-        <v>2026</v>
+        <v>2019</v>
       </c>
       <c r="C501" s="0" t="s">
-        <v>2027</v>
+        <v>2020</v>
       </c>
       <c r="D501" s="0" t="s">
-        <v>2028</v>
+        <v>2021</v>
       </c>
       <c r="E501" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F501" s="0" t="s">
-        <v>2029</v>
+        <v>2022</v>
       </c>
       <c r="G501" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H501" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I501" s="1" t="s">
-        <v>2030</v>
+        <v>2023</v>
       </c>
       <c r="J501" s="0"/>
       <c r="K501" s="0" t="s">
         <v>66</v>
       </c>
       <c r="L501" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="502" spans="1:12" customHeight="1" ht="80">
       <c r="A502" s="0"/>
       <c r="B502" s="0" t="s">
-        <v>2031</v>
+        <v>2024</v>
       </c>
       <c r="C502" s="0" t="s">
-        <v>2032</v>
+        <v>2025</v>
       </c>
       <c r="D502" s="0" t="s">
-        <v>2033</v>
+        <v>2026</v>
       </c>
       <c r="E502" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F502" s="0" t="s">
-        <v>2029</v>
+        <v>2022</v>
       </c>
       <c r="G502" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H502" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I502" s="1" t="s">
-        <v>2034</v>
+        <v>2027</v>
       </c>
       <c r="J502" s="0"/>
       <c r="K502" s="0" t="s">
-        <v>1083</v>
+        <v>2028</v>
       </c>
       <c r="L502" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="503" spans="1:12" customHeight="1" ht="80">
       <c r="A503" s="0"/>
       <c r="B503" s="0" t="s">
-        <v>2035</v>
+        <v>2029</v>
       </c>
       <c r="C503" s="0" t="s">
-        <v>2036</v>
+        <v>2030</v>
       </c>
       <c r="D503" s="0" t="s">
-        <v>2037</v>
+        <v>2031</v>
       </c>
       <c r="E503" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F503" s="0" t="s">
-        <v>2029</v>
+        <v>2022</v>
       </c>
       <c r="G503" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H503" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I503" s="1" t="s">
-        <v>2038</v>
+        <v>2032</v>
       </c>
       <c r="J503" s="0"/>
       <c r="K503" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L503" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="504" spans="1:12" customHeight="1" ht="80">
       <c r="A504" s="0"/>
       <c r="B504" s="0" t="s">
-        <v>2039</v>
+        <v>2033</v>
       </c>
       <c r="C504" s="0" t="s">
-        <v>2040</v>
+        <v>2034</v>
       </c>
       <c r="D504" s="0">
         <v>1200500015</v>
       </c>
       <c r="E504" s="0" t="s">
-        <v>2041</v>
+        <v>2035</v>
       </c>
       <c r="F504" s="0" t="s">
-        <v>2042</v>
+        <v>2036</v>
       </c>
       <c r="G504" s="0" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="H504" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I504" s="1" t="s">
-        <v>2043</v>
+        <v>2037</v>
       </c>
       <c r="J504" s="0"/>
       <c r="K504" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L504" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="505" spans="1:12" customHeight="1" ht="80">
       <c r="A505" s="0"/>
       <c r="B505" s="0" t="s">
-        <v>2044</v>
+        <v>2038</v>
       </c>
       <c r="C505" s="0" t="s">
-        <v>2045</v>
+        <v>2039</v>
       </c>
       <c r="D505" s="0" t="s">
-        <v>2046</v>
+        <v>2040</v>
       </c>
       <c r="E505" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F505" s="0" t="s">
-        <v>2047</v>
+        <v>2041</v>
       </c>
       <c r="G505" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H505" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I505" s="1" t="s">
-        <v>2048</v>
+        <v>2042</v>
       </c>
       <c r="J505" s="0"/>
       <c r="K505" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L505" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="506" spans="1:12" customHeight="1" ht="80">
       <c r="A506" s="0"/>
       <c r="B506" s="0" t="s">
-        <v>2049</v>
+        <v>2043</v>
       </c>
       <c r="C506" s="0" t="s">
-        <v>2050</v>
+        <v>2044</v>
       </c>
       <c r="D506" s="0">
         <v>1200500012</v>
       </c>
       <c r="E506" s="0" t="s">
-        <v>2041</v>
+        <v>2035</v>
       </c>
       <c r="F506" s="0" t="s">
-        <v>2042</v>
+        <v>2036</v>
       </c>
       <c r="G506" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H506" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I506" s="1" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="J506" s="0"/>
       <c r="K506" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L506" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="507" spans="1:12" customHeight="1" ht="80">
       <c r="A507" s="0"/>
       <c r="B507" s="0" t="s">
-        <v>2051</v>
+        <v>2045</v>
       </c>
       <c r="C507" s="0" t="s">
-        <v>2052</v>
+        <v>2046</v>
       </c>
       <c r="D507" s="0">
         <v>1200500011</v>
       </c>
       <c r="E507" s="0" t="s">
-        <v>2041</v>
+        <v>2035</v>
       </c>
       <c r="F507" s="0" t="s">
-        <v>2042</v>
+        <v>2036</v>
       </c>
       <c r="G507" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H507" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I507" s="1" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="J507" s="0"/>
       <c r="K507" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L507" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="508" spans="1:12" customHeight="1" ht="80">
       <c r="A508" s="0"/>
       <c r="B508" s="0" t="s">
-        <v>2053</v>
+        <v>2047</v>
       </c>
       <c r="C508" s="0" t="s">
-        <v>2054</v>
+        <v>2048</v>
       </c>
       <c r="D508" s="0" t="s">
-        <v>2055</v>
+        <v>2049</v>
       </c>
       <c r="E508" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F508" s="0" t="s">
-        <v>1580</v>
+        <v>1573</v>
       </c>
       <c r="G508" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H508" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I508" s="1" t="s">
-        <v>2056</v>
+        <v>2050</v>
       </c>
       <c r="J508" s="0"/>
       <c r="K508" s="0" t="s">
-        <v>89</v>
+        <v>19</v>
       </c>
       <c r="L508" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="509" spans="1:12" customHeight="1" ht="80">
       <c r="A509" s="0"/>
       <c r="B509" s="0" t="s">
-        <v>2057</v>
+        <v>2051</v>
       </c>
       <c r="C509" s="0" t="s">
-        <v>2058</v>
+        <v>2052</v>
       </c>
       <c r="D509" s="0" t="s">
-        <v>2059</v>
+        <v>2053</v>
       </c>
       <c r="E509" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F509" s="0" t="s">
-        <v>1580</v>
+        <v>1573</v>
       </c>
       <c r="G509" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H509" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I509" s="1" t="s">
         <v>504</v>
       </c>
       <c r="J509" s="0"/>
       <c r="K509" s="0" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="L509" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="510" spans="1:12" customHeight="1" ht="80">
       <c r="A510" s="0"/>
       <c r="B510" s="0" t="s">
-        <v>2060</v>
+        <v>2054</v>
       </c>
       <c r="C510" s="0" t="s">
-        <v>2061</v>
+        <v>2055</v>
       </c>
       <c r="D510" s="0">
         <v>134265</v>
       </c>
       <c r="E510" s="0" t="s">
-        <v>1495</v>
+        <v>1489</v>
       </c>
       <c r="F510" s="0" t="s">
-        <v>2062</v>
+        <v>2056</v>
       </c>
       <c r="G510" s="0" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="H510" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I510" s="1" t="s">
-        <v>2063</v>
+        <v>2057</v>
       </c>
       <c r="J510" s="0"/>
       <c r="K510" s="0" t="s">
         <v>66</v>
       </c>
       <c r="L510" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="511" spans="1:12" customHeight="1" ht="80">
       <c r="A511" s="0"/>
       <c r="B511" s="0" t="s">
-        <v>2064</v>
+        <v>2058</v>
       </c>
       <c r="C511" s="0" t="s">
-        <v>2065</v>
+        <v>2059</v>
       </c>
       <c r="D511" s="0">
         <v>134267</v>
       </c>
       <c r="E511" s="0" t="s">
-        <v>1495</v>
+        <v>1489</v>
       </c>
       <c r="F511" s="0" t="s">
-        <v>2062</v>
+        <v>2056</v>
       </c>
       <c r="G511" s="0" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="H511" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I511" s="1" t="s">
-        <v>2066</v>
+        <v>2060</v>
       </c>
       <c r="J511" s="0"/>
       <c r="K511" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L511" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="512" spans="1:12" customHeight="1" ht="80">
       <c r="A512" s="0"/>
       <c r="B512" s="0" t="s">
-        <v>2067</v>
+        <v>2061</v>
       </c>
       <c r="C512" s="0" t="s">
-        <v>2068</v>
+        <v>2062</v>
       </c>
       <c r="D512" s="0">
         <v>134266</v>
       </c>
       <c r="E512" s="0" t="s">
-        <v>1495</v>
+        <v>1489</v>
       </c>
       <c r="F512" s="0" t="s">
-        <v>2062</v>
+        <v>2056</v>
       </c>
       <c r="G512" s="0" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="H512" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I512" s="1" t="s">
-        <v>2063</v>
+        <v>2057</v>
       </c>
       <c r="J512" s="0"/>
       <c r="K512" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L512" s="0">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>