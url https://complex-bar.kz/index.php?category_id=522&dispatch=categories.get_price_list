--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="294">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="293">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -671,101 +671,98 @@
   <si>
     <t>11HERM 116</t>
   </si>
   <si>
     <t>Hermitage</t>
   </si>
   <si>
     <t>3643.00₸</t>
   </si>
   <si>
     <t>Нож для масла «Лозанна»;сталь нерж.;,L=17,9см;металлич.</t>
   </si>
   <si>
     <t>03113225</t>
   </si>
   <si>
     <t>11LAUS 116</t>
   </si>
   <si>
     <t>Lausanne</t>
   </si>
   <si>
     <t>3465.00₸</t>
   </si>
   <si>
-    <t>35 шт.</t>
+    <t>1 шт.</t>
   </si>
   <si>
     <t>Нож для масла «Палермо»;сталь нерж.;,L=17,6см;металлич.</t>
   </si>
   <si>
     <t>03113228</t>
   </si>
   <si>
     <t>11PALP 116</t>
   </si>
   <si>
     <t>Palermo</t>
   </si>
   <si>
     <t>2719.00₸</t>
   </si>
   <si>
     <t>Нож для масла «Мескана»;сталь нерж.;металлич.</t>
   </si>
   <si>
     <t>03113259</t>
   </si>
   <si>
     <t>56.1366.6049</t>
   </si>
   <si>
     <t>Mescana</t>
   </si>
   <si>
     <t>3989.00₸</t>
   </si>
   <si>
     <t>Нож для масла «Астория»;сталь нерж.;,L=165/80мм;металлич.</t>
   </si>
   <si>
     <t>03113802</t>
   </si>
   <si>
     <t>1520-40</t>
   </si>
   <si>
     <t>Astoria</t>
   </si>
   <si>
     <t>3843.00₸</t>
   </si>
   <si>
-    <t>более 50 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Нож для масла;медь;,L=16,5см;медный</t>
   </si>
   <si>
     <t>03113815</t>
   </si>
   <si>
     <t>A0032-CO21</t>
   </si>
   <si>
     <t>Pordamsa</t>
   </si>
   <si>
     <t>ИСПАНИЯ</t>
   </si>
   <si>
     <t>9271.00₸</t>
   </si>
   <si>
     <t>Нож для масла «Пас-парту»;ясень;,H=3,L=140мм;черный</t>
   </si>
   <si>
     <t>03113819</t>
   </si>
   <si>
     <t>B0219219</t>
@@ -854,51 +851,51 @@
   <si>
     <t>Нож для сыра мягких сортов;сталь нерж.;,L=23,5см;металлич.</t>
   </si>
   <si>
     <t>04072070</t>
   </si>
   <si>
     <t>52550C93</t>
   </si>
   <si>
     <t>22662.00₸</t>
   </si>
   <si>
     <t>Нож для хлеба «Эсклюзиви»;сталь нерж.;,L=31,8см;металлич.</t>
   </si>
   <si>
     <t>04073545</t>
   </si>
   <si>
     <t>074000AC</t>
   </si>
   <si>
     <t>18165.00₸</t>
   </si>
   <si>
-    <t>3 шт.</t>
+    <t>2 шт.</t>
   </si>
   <si>
     <t>Нож для масла «Кэролин» 18/10;сталь нерж.;,L=17,8см;металлич.</t>
   </si>
   <si>
     <t>03115194</t>
   </si>
   <si>
     <t>5742SX045</t>
   </si>
   <si>
     <t>Carolyn </t>
   </si>
   <si>
     <t>6630.00₸</t>
   </si>
   <si>
     <t>Нож для масла «Метрополитан» 18/10;сталь нерж.;,L=17см;металлич.</t>
   </si>
   <si>
     <t>03115106</t>
   </si>
   <si>
     <t>Broggi</t>
   </si>
@@ -3200,51 +3197,51 @@
         <v>113</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>114</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>115</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>32</v>
       </c>
       <c r="F20" s="0" t="s">
         <v>116</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>117</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
       <c r="L20" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
         <v>118</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>119</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>120</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>105</v>
       </c>
       <c r="F21" s="0" t="s">
         <v>121</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>88</v>
       </c>
@@ -3911,436 +3908,436 @@
         <v>229</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>230</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>231</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>32</v>
       </c>
       <c r="F42" s="0" t="s">
         <v>232</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="1" t="s">
         <v>233</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>234</v>
+        <v>218</v>
       </c>
       <c r="L42" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="C43" s="0" t="s">
         <v>235</v>
       </c>
-      <c r="C43" s="0" t="s">
+      <c r="D43" s="0" t="s">
         <v>236</v>
       </c>
-      <c r="D43" s="0" t="s">
+      <c r="E43" s="0" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
+        <v>238</v>
+      </c>
+      <c r="H43" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I43" s="1" t="s">
         <v>239</v>
-      </c>
-[...4 lines deleted...]
-        <v>240</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L43" s="0"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>240</v>
+      </c>
+      <c r="C44" s="0" t="s">
         <v>241</v>
       </c>
-      <c r="C44" s="0" t="s">
+      <c r="D44" s="0" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>193</v>
       </c>
       <c r="F44" s="0" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="G44" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L44" s="0"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="C45" s="0" t="s">
         <v>246</v>
       </c>
-      <c r="C45" s="0" t="s">
+      <c r="D45" s="0" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L45" s="0"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="C46" s="0" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
       <c r="D46" s="0">
         <v>236804</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>148</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="G46" s="0" t="s">
         <v>72</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L46" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
+        <v>253</v>
+      </c>
+      <c r="C47" s="0" t="s">
         <v>254</v>
       </c>
-      <c r="C47" s="0" t="s">
+      <c r="D47" s="0" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>105</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>88</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L47" s="0"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>258</v>
+      </c>
+      <c r="C48" s="0" t="s">
         <v>259</v>
       </c>
-      <c r="C48" s="0" t="s">
+      <c r="D48" s="0" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>86</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L48" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>263</v>
+      </c>
+      <c r="C49" s="0" t="s">
         <v>264</v>
       </c>
-      <c r="C49" s="0" t="s">
+      <c r="D49" s="0" t="s">
         <v>265</v>
       </c>
-      <c r="D49" s="0" t="s">
+      <c r="E49" s="0" t="s">
         <v>266</v>
       </c>
-      <c r="E49" s="0" t="s">
+      <c r="F49" s="0" t="s">
         <v>267</v>
       </c>
-      <c r="F49" s="0" t="s">
+      <c r="G49" s="0" t="s">
         <v>268</v>
       </c>
-      <c r="G49" s="0" t="s">
+      <c r="H49" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I49" s="1" t="s">
         <v>269</v>
-      </c>
-[...4 lines deleted...]
-        <v>270</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L49" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
+        <v>270</v>
+      </c>
+      <c r="C50" s="0" t="s">
         <v>271</v>
       </c>
-      <c r="C50" s="0" t="s">
+      <c r="D50" s="0" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>105</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
         <v>88</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L50" s="0"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
+        <v>274</v>
+      </c>
+      <c r="C51" s="0" t="s">
         <v>275</v>
       </c>
-      <c r="C51" s="0" t="s">
+      <c r="D51" s="0" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>86</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="L51" s="0">
         <v>60</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="B52" s="0" t="s">
+        <v>279</v>
+      </c>
+      <c r="C52" s="0" t="s">
         <v>280</v>
       </c>
-      <c r="C52" s="0" t="s">
+      <c r="D52" s="0" t="s">
         <v>281</v>
       </c>
-      <c r="D52" s="0" t="s">
+      <c r="E52" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="F52" s="0" t="s">
         <v>282</v>
       </c>
-      <c r="E52" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F52" s="0" t="s">
+      <c r="G52" s="0" t="s">
+        <v>268</v>
+      </c>
+      <c r="H52" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I52" s="1" t="s">
         <v>283</v>
-      </c>
-[...7 lines deleted...]
-        <v>284</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L52" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
+        <v>284</v>
+      </c>
+      <c r="C53" s="0" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
       <c r="D53" s="0">
         <v>1200500053</v>
       </c>
       <c r="E53" s="0" t="s">
+        <v>286</v>
+      </c>
+      <c r="F53" s="0" t="s">
         <v>287</v>
       </c>
-      <c r="F53" s="0" t="s">
+      <c r="G53" s="0" t="s">
+        <v>268</v>
+      </c>
+      <c r="H53" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I53" s="1" t="s">
         <v>288</v>
-      </c>
-[...7 lines deleted...]
-        <v>289</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L53" s="0"/>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="C54" s="0" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
       <c r="D54" s="0">
         <v>10681137</v>
       </c>
       <c r="E54" s="0" t="s">
+        <v>291</v>
+      </c>
+      <c r="F54" s="0" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
       <c r="G54" s="0" t="s">
         <v>88</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L54" s="0">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>