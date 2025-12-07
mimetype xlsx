--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -77,660 +77,660 @@
   <si>
     <t>Ложка для бульона «Багет»;сталь нерж.;,L=175/55,B=3мм;металлич.</t>
   </si>
   <si>
     <t>03110156</t>
   </si>
   <si>
     <t>2610-33</t>
   </si>
   <si>
     <t>Eternum</t>
   </si>
   <si>
     <t>Baguette</t>
   </si>
   <si>
     <t>БЕЛЬГИЯ</t>
   </si>
   <si>
     <t>Ложки для бульона</t>
   </si>
   <si>
     <t>2796.00₸</t>
   </si>
   <si>
-    <t>более 500 шт.</t>
+    <t>1 шт.</t>
   </si>
   <si>
     <t>Ложка для бульона «Осло»;сталь нерж.;,L=184/57,B=4мм;металлич.</t>
   </si>
   <si>
     <t>03110166</t>
   </si>
   <si>
     <t>1930-33</t>
   </si>
   <si>
     <t>Oslo</t>
   </si>
   <si>
-    <t>4836.00₸</t>
+    <t>5167.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Ложка для бульона «Атлантис»;сталь нерж.;,L=170/50,B=4мм;металлич.</t>
   </si>
   <si>
     <t>03110171</t>
   </si>
   <si>
     <t>3010-33</t>
   </si>
   <si>
     <t>Atlantis</t>
   </si>
   <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Аляска»;сталь нерж.;,L=180/55,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111023</t>
+  </si>
+  <si>
+    <t>2080-33</t>
+  </si>
+  <si>
+    <t>Alaska</t>
+  </si>
+  <si>
+    <t>3281.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Библос»;сталь нерж.;,L=17,3см;металлич.</t>
+  </si>
+  <si>
+    <t>03111039</t>
+  </si>
+  <si>
+    <t>1840-33</t>
+  </si>
+  <si>
+    <t>Byblos</t>
+  </si>
+  <si>
+    <t>7323.00₸</t>
+  </si>
+  <si>
+    <t>0 шт.</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Орли»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03111044</t>
+  </si>
+  <si>
+    <t>1420-33</t>
+  </si>
+  <si>
+    <t>Orly</t>
+  </si>
+  <si>
+    <t>1048.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «X-LO»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03111046</t>
+  </si>
+  <si>
+    <t>3090-33</t>
+  </si>
+  <si>
+    <t>X-LO</t>
+  </si>
+  <si>
+    <t>1440.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Ивен»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03111061</t>
+  </si>
+  <si>
+    <t>52537-02</t>
+  </si>
+  <si>
+    <t>Sambonet</t>
+  </si>
+  <si>
+    <t>Even</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>5052.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Диаз»;сталь нерж.;,L=182/51,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111115</t>
+  </si>
+  <si>
+    <t>T5109</t>
+  </si>
+  <si>
+    <t>Chef&amp;Sommelier</t>
+  </si>
+  <si>
+    <t>Diaz</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>7490.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Киа»;сталь нерж.;,L=180/50,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111117</t>
+  </si>
+  <si>
+    <t>T5409</t>
+  </si>
+  <si>
+    <t>Kya</t>
+  </si>
+  <si>
+    <t>4053.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Лаццо»;сталь нерж.;,L=178/50,B=10мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111119</t>
+  </si>
+  <si>
+    <t>T4709</t>
+  </si>
+  <si>
+    <t>Lazzo</t>
+  </si>
+  <si>
+    <t>4564.00₸</t>
+  </si>
+  <si>
     <t>более 50 шт.</t>
   </si>
   <si>
-    <t>Ложка для бульона «Аляска»;сталь нерж.;,L=180/55,B=4мм;металлич.</t>
-[...26 lines deleted...]
-    <t>7323.00₸</t>
+    <t>Ложка для бульона «Миллениум»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03111132</t>
+  </si>
+  <si>
+    <t>Pintinox</t>
+  </si>
+  <si>
+    <t>Millenium</t>
+  </si>
+  <si>
+    <t>2734.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Пэлас»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03111133</t>
+  </si>
+  <si>
+    <t>Palace</t>
+  </si>
+  <si>
+    <t>2118.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Витториале»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03111135</t>
+  </si>
+  <si>
+    <t>Vittoriale</t>
+  </si>
+  <si>
+    <t>3119.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Бамбу»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03111174</t>
+  </si>
+  <si>
+    <t>52519-02</t>
+  </si>
+  <si>
+    <t>Bamboo</t>
+  </si>
+  <si>
+    <t>9656.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Кингс Стэйнлесс Стил»;сталь нерж.;,L=177/50,B=49мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03111192</t>
+  </si>
+  <si>
+    <t>ZKIS0050</t>
+  </si>
+  <si>
+    <t>Arthur Price</t>
+  </si>
+  <si>
+    <t>Kings Stainless Steel</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
+  </si>
+  <si>
+    <t>3927.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Блэк Оук»;сталь нерж.;,L=18см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>03112839</t>
+  </si>
+  <si>
+    <t>T9209</t>
+  </si>
+  <si>
+    <t>Black Oak</t>
+  </si>
+  <si>
+    <t>6475.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Тотал блэк»;сталь нерж.;черный</t>
+  </si>
+  <si>
+    <t>03112843</t>
+  </si>
+  <si>
+    <t>19D00039</t>
+  </si>
+  <si>
+    <t>Infinito bl</t>
+  </si>
+  <si>
+    <t>4898.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Фултон Винтаж Коппер» состаренная;сталь нерж.;,L=16,5см;медный</t>
+  </si>
+  <si>
+    <t>03112887</t>
+  </si>
+  <si>
+    <t>5735SX002</t>
+  </si>
+  <si>
+    <t>Steelite</t>
+  </si>
+  <si>
+    <t>Fulton Vintage Copper</t>
+  </si>
+  <si>
+    <t>2865.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Экко»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03112916</t>
+  </si>
+  <si>
+    <t>56.0489.6040</t>
+  </si>
+  <si>
+    <t>Hepp</t>
+  </si>
+  <si>
+    <t>Ecco</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>1810.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Анзо»;сталь нерж.;,L=180/45,B=50мм;металлич.</t>
+  </si>
+  <si>
+    <t>03112923</t>
+  </si>
+  <si>
+    <t>1820-33</t>
+  </si>
+  <si>
+    <t>Anzo</t>
+  </si>
+  <si>
+    <t>3658.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Гест стар»;сталь нерж.;,L=18,5см</t>
+  </si>
+  <si>
+    <t>03113008</t>
+  </si>
+  <si>
+    <t>Guy Degrenne</t>
+  </si>
+  <si>
+    <t>Guest Star</t>
+  </si>
+  <si>
+    <t>7477.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Эксклюзив»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03113013</t>
+  </si>
+  <si>
+    <t>01.0025.1630</t>
+  </si>
+  <si>
+    <t>Exclusiv</t>
+  </si>
+  <si>
+    <t>4112.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Эмоушн»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03113014</t>
+  </si>
+  <si>
+    <t>01.0054.1630</t>
+  </si>
+  <si>
+    <t>Emotion</t>
+  </si>
+  <si>
+    <t>4220.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03113015</t>
+  </si>
+  <si>
+    <t>01.0050.1630</t>
+  </si>
+  <si>
+    <t>Aura</t>
+  </si>
+  <si>
+    <t>4320.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Чиппендейл»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03113016</t>
+  </si>
+  <si>
+    <t>01.0043.1630</t>
+  </si>
+  <si>
+    <t>Chippendale</t>
+  </si>
+  <si>
+    <t>5183.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Контур»;сталь нерж.</t>
+  </si>
+  <si>
+    <t>03113017</t>
+  </si>
+  <si>
+    <t>01.0036.1630</t>
+  </si>
+  <si>
+    <t>Contour</t>
+  </si>
+  <si>
+    <t>4851.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона;сталь нерж.</t>
+  </si>
+  <si>
+    <t>03113018</t>
+  </si>
+  <si>
+    <t>01.0053.1630</t>
+  </si>
+  <si>
+    <t>Accent</t>
+  </si>
+  <si>
+    <t>4875.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Медан»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03113019</t>
+  </si>
+  <si>
+    <t>56.4489.6040</t>
+  </si>
+  <si>
+    <t>Medan</t>
+  </si>
+  <si>
+    <t>4366.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Даймонд»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03113020</t>
+  </si>
+  <si>
+    <t>01.0042.1630</t>
+  </si>
+  <si>
+    <t>Diamond</t>
+  </si>
+  <si>
+    <t>4813.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Багет»;сталь нерж.;,L=16,2см;металлич.</t>
+  </si>
+  <si>
+    <t>03113021</t>
+  </si>
+  <si>
+    <t>1610-33</t>
+  </si>
+  <si>
+    <t>2357.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Аркада»;сталь нерж.;,L=17,3см;металлич.</t>
+  </si>
+  <si>
+    <t>03113022</t>
+  </si>
+  <si>
+    <t>1620-33</t>
+  </si>
+  <si>
+    <t>Arcade</t>
+  </si>
+  <si>
+    <t>2180.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Рубан»;сталь нерж.;,L=17,3см;металлич.</t>
+  </si>
+  <si>
+    <t>03113024</t>
+  </si>
+  <si>
+    <t>1640-33</t>
+  </si>
+  <si>
+    <t>Ruban</t>
+  </si>
+  <si>
+    <t>3396.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Лувр»;сталь нерж.;,L=16,5см;серебрян.</t>
+  </si>
+  <si>
+    <t>03113025</t>
+  </si>
+  <si>
+    <t>1650-33</t>
+  </si>
+  <si>
+    <t>Louvre</t>
+  </si>
+  <si>
+    <t>3157.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Ансер»;,L=173,B=25мм;металлич.</t>
+  </si>
+  <si>
+    <t>03113026</t>
+  </si>
+  <si>
+    <t>1670-33</t>
+  </si>
+  <si>
+    <t>Anser</t>
+  </si>
+  <si>
+    <t>2819.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Дистрест»;сталь нерж.;,L=16,5см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>03113077</t>
+  </si>
+  <si>
+    <t>5727SX002</t>
+  </si>
+  <si>
+    <t>Varick By Steelite</t>
+  </si>
+  <si>
+    <t>Distressed Briar</t>
+  </si>
+  <si>
+    <t>ИНДИЯ</t>
+  </si>
+  <si>
+    <t>6153.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Мескана»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03114005</t>
+  </si>
+  <si>
+    <t>56.1389.6040</t>
+  </si>
+  <si>
+    <t>Mescana</t>
+  </si>
+  <si>
+    <t>4243.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Астория»;сталь нерж.;,L=182/50,B=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>03114024</t>
+  </si>
+  <si>
+    <t>1520-33</t>
+  </si>
+  <si>
+    <t>Astoria</t>
+  </si>
+  <si>
+    <t>2657.00₸</t>
+  </si>
+  <si>
+    <t>46 шт.</t>
+  </si>
+  <si>
+    <t>Ложка для бульона «Орсэй»;сталь нерж.;,L=183/50,B=45мм</t>
+  </si>
+  <si>
+    <t>03114025</t>
+  </si>
+  <si>
+    <t>990-33</t>
+  </si>
+  <si>
+    <t>Orsay</t>
+  </si>
+  <si>
+    <t>1448.00₸</t>
   </si>
   <si>
     <t>12 шт.</t>
-  </si>
-[...541 lines deleted...]
-    <t>1448.00₸</t>
   </si>
   <si>
     <t>Ложка для бульона «Ханиборн»;сталь нерж.;,L=20,5см;металлич.</t>
   </si>
   <si>
     <t>03114027</t>
   </si>
   <si>
     <t>5976SX002</t>
   </si>
   <si>
     <t>Honeybourne</t>
   </si>
   <si>
     <t>3596.00₸</t>
   </si>
   <si>
     <t>Ложка для бульона «Ханна антик»;сталь нерж.;,L=16,6см;металлич.</t>
   </si>
   <si>
     <t>03114044</t>
   </si>
   <si>
     <t>52620-02</t>
   </si>
@@ -2337,1350 +2337,1350 @@
         <v>43</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>44</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="0" t="s">
         <v>46</v>
       </c>
       <c r="G7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>47</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="L7" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="C8" s="0" t="s">
         <v>49</v>
       </c>
-      <c r="C8" s="0" t="s">
+      <c r="D8" s="0" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="0" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="L8" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>54</v>
       </c>
-      <c r="C9" s="0" t="s">
+      <c r="D9" s="0" t="s">
         <v>55</v>
       </c>
-      <c r="D9" s="0" t="s">
+      <c r="E9" s="0" t="s">
         <v>56</v>
       </c>
-      <c r="E9" s="0" t="s">
+      <c r="F9" s="0" t="s">
         <v>57</v>
       </c>
-      <c r="F9" s="0" t="s">
+      <c r="G9" s="0" t="s">
         <v>58</v>
       </c>
-      <c r="G9" s="0" t="s">
+      <c r="H9" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I9" s="1" t="s">
         <v>59</v>
-      </c>
-[...4 lines deleted...]
-        <v>60</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="L9" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>61</v>
       </c>
-      <c r="C10" s="0" t="s">
+      <c r="D10" s="0" t="s">
         <v>62</v>
       </c>
-      <c r="D10" s="0" t="s">
+      <c r="E10" s="0" t="s">
         <v>63</v>
       </c>
-      <c r="E10" s="0" t="s">
+      <c r="F10" s="0" t="s">
         <v>64</v>
       </c>
-      <c r="F10" s="0" t="s">
+      <c r="G10" s="0" t="s">
         <v>65</v>
       </c>
-      <c r="G10" s="0" t="s">
+      <c r="H10" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I10" s="1" t="s">
         <v>66</v>
-      </c>
-[...4 lines deleted...]
-        <v>67</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="L10" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>68</v>
       </c>
-      <c r="C11" s="0" t="s">
+      <c r="D11" s="0" t="s">
         <v>69</v>
       </c>
-      <c r="D11" s="0" t="s">
+      <c r="E11" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="F11" s="0" t="s">
         <v>70</v>
       </c>
-      <c r="E11" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F11" s="0" t="s">
+      <c r="G11" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="H11" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I11" s="1" t="s">
         <v>71</v>
-      </c>
-[...7 lines deleted...]
-        <v>72</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="L11" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>73</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>74</v>
       </c>
-      <c r="D12" s="0" t="s">
+      <c r="E12" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="F12" s="0" t="s">
         <v>75</v>
       </c>
-      <c r="E12" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F12" s="0" t="s">
+      <c r="G12" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="H12" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I12" s="1" t="s">
         <v>76</v>
-      </c>
-[...7 lines deleted...]
-        <v>77</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>31</v>
+        <v>77</v>
       </c>
       <c r="L12" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="B13" s="0" t="s">
         <v>78</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>79</v>
       </c>
       <c r="D13" s="0">
         <v>22700039</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>80</v>
       </c>
       <c r="F13" s="0" t="s">
         <v>81</v>
       </c>
       <c r="G13" s="0" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>82</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="L13" s="0"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
         <v>83</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>84</v>
       </c>
       <c r="D14" s="0">
         <v>16900039</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>80</v>
       </c>
       <c r="F14" s="0" t="s">
         <v>85</v>
       </c>
       <c r="G14" s="0" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>86</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="L14" s="0"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
         <v>87</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>88</v>
       </c>
       <c r="D15" s="0">
         <v>16400039</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>80</v>
       </c>
       <c r="F15" s="0" t="s">
         <v>89</v>
       </c>
       <c r="G15" s="0" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>90</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="L15" s="0"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
         <v>91</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>92</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>93</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>94</v>
       </c>
       <c r="G16" s="0" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>95</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="L16" s="0"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
         <v>96</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>97</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>98</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>99</v>
       </c>
       <c r="F17" s="0" t="s">
         <v>100</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>101</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>102</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
         <v>103</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>104</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>105</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="F18" s="0" t="s">
         <v>106</v>
       </c>
       <c r="G18" s="0" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>107</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>31</v>
+        <v>77</v>
       </c>
       <c r="L18" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="B19" s="0" t="s">
         <v>108</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>109</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>110</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>80</v>
       </c>
       <c r="F19" s="0" t="s">
         <v>111</v>
       </c>
       <c r="G19" s="0" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>112</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="L19" s="0"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
         <v>113</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>114</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>115</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>116</v>
       </c>
       <c r="F20" s="0" t="s">
         <v>117</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>101</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>118</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="L20" s="0"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
         <v>119</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>120</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>121</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>122</v>
       </c>
       <c r="F21" s="0" t="s">
         <v>123</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>124</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I21" s="1" t="s">
         <v>125</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="L21" s="0"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
         <v>126</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>127</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>128</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="0" t="s">
         <v>129</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="1" t="s">
         <v>130</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="L22" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
         <v>131</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>132</v>
       </c>
       <c r="D23" s="0">
         <v>223491</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>133</v>
       </c>
       <c r="F23" s="0" t="s">
         <v>134</v>
       </c>
       <c r="G23" s="0" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>135</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="L23" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="B24" s="0" t="s">
         <v>136</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>137</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>138</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>122</v>
       </c>
       <c r="F24" s="0" t="s">
         <v>139</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>124</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>140</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="L24" s="0"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
         <v>141</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>142</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>143</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>122</v>
       </c>
       <c r="F25" s="0" t="s">
         <v>144</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>124</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>145</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="L25" s="0"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="B26" s="0" t="s">
         <v>146</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>147</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>148</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>122</v>
       </c>
       <c r="F26" s="0" t="s">
         <v>149</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>124</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>150</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="L26" s="0"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="B27" s="0" t="s">
         <v>151</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>152</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>153</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>122</v>
       </c>
       <c r="F27" s="0" t="s">
         <v>154</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>124</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>155</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="L27" s="0"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="B28" s="0" t="s">
         <v>156</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>157</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>158</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>122</v>
       </c>
       <c r="F28" s="0" t="s">
         <v>159</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>124</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>160</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="L28" s="0"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="B29" s="0" t="s">
         <v>161</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>162</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>163</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>122</v>
       </c>
       <c r="F29" s="0" t="s">
         <v>164</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>124</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>165</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="L29" s="0"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="B30" s="0" t="s">
         <v>166</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>167</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>168</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>122</v>
       </c>
       <c r="F30" s="0" t="s">
         <v>169</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>124</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I30" s="1" t="s">
         <v>170</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="L30" s="0"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="B31" s="0" t="s">
         <v>171</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>172</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>173</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>122</v>
       </c>
       <c r="F31" s="0" t="s">
         <v>174</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>124</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I31" s="1" t="s">
         <v>175</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="L31" s="0"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="B32" s="0" t="s">
         <v>176</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>177</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>178</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I32" s="1" t="s">
         <v>179</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="L32" s="0"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="B33" s="0" t="s">
         <v>180</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>181</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>182</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F33" s="0" t="s">
         <v>183</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I33" s="1" t="s">
         <v>184</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="L33" s="0"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="B34" s="0" t="s">
         <v>185</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>186</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>187</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F34" s="0" t="s">
         <v>188</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I34" s="1" t="s">
         <v>189</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="L34" s="0"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="B35" s="0" t="s">
         <v>190</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>191</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>192</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="0" t="s">
         <v>193</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>194</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="L35" s="0"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="B36" s="0" t="s">
         <v>195</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>196</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>197</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="0" t="s">
         <v>198</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I36" s="1" t="s">
         <v>199</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="L36" s="0"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
         <v>200</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>201</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>202</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>203</v>
       </c>
       <c r="F37" s="0" t="s">
         <v>204</v>
       </c>
       <c r="G37" s="0" t="s">
         <v>205</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I37" s="1" t="s">
         <v>206</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>207</v>
+        <v>42</v>
       </c>
       <c r="L37" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="C38" s="0" t="s">
         <v>208</v>
       </c>
-      <c r="C38" s="0" t="s">
+      <c r="D38" s="0" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>122</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>124</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="L38" s="0"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>213</v>
       </c>
-      <c r="C39" s="0" t="s">
+      <c r="D39" s="0" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="L39" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="C40" s="0" t="s">
         <v>219</v>
       </c>
-      <c r="C40" s="0" t="s">
+      <c r="D40" s="0" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>26</v>
+        <v>223</v>
       </c>
       <c r="L40" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="B41" s="0" t="s">
         <v>224</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>225</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>226</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>116</v>
       </c>
       <c r="F41" s="0" t="s">
         <v>227</v>
       </c>
       <c r="G41" s="0" t="s">
         <v>101</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I41" s="1" t="s">
         <v>228</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="L41" s="0"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
         <v>229</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>230</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>231</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="F42" s="0" t="s">
         <v>232</v>
       </c>
       <c r="G42" s="0" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I42" s="1" t="s">
         <v>233</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="L42" s="0"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
         <v>234</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>235</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>236</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>237</v>
       </c>
       <c r="F43" s="0" t="s">
         <v>238</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>239</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I43" s="1" t="s">
         <v>240</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="L43" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
         <v>241</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>242</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>243</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>237</v>
       </c>
       <c r="F44" s="0" t="s">
         <v>244</v>
       </c>
       <c r="G44" s="0" t="s">
         <v>239</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I44" s="1" t="s">
         <v>245</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="L44" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
         <v>246</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>247</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>248</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>237</v>
       </c>
       <c r="F45" s="0" t="s">
         <v>249</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>239</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I45" s="1" t="s">
         <v>250</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="L45" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
         <v>251</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>252</v>
       </c>
       <c r="D46" s="0">
         <v>236802</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>133</v>
       </c>
       <c r="F46" s="0" t="s">
         <v>253</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I46" s="1" t="s">
         <v>155</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="L46" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
         <v>254</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>255</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>256</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="F47" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G47" s="0" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I47" s="1" t="s">
         <v>257</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="L47" s="0">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>