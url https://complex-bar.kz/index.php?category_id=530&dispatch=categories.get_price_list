--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1013">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1010">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -155,272 +155,275 @@
   <si>
     <t>1670-14</t>
   </si>
   <si>
     <t>Anser</t>
   </si>
   <si>
     <t>2472.00₸</t>
   </si>
   <si>
     <t>более 1 000 шт.</t>
   </si>
   <si>
     <t>Вилка для пирожного «Ансер»;сталь нерж.;,L=145/50,B=20мм;металлич.</t>
   </si>
   <si>
     <t>03110357</t>
   </si>
   <si>
     <t>1670-4</t>
   </si>
   <si>
     <t>1656.00₸</t>
   </si>
   <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Риволи»;сталь нерж.;,L=180/62,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110361</t>
+  </si>
+  <si>
+    <t>1921-14</t>
+  </si>
+  <si>
+    <t>1887.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Павловская»;сталь нерж.;,L=183/55,B=20мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110362</t>
+  </si>
+  <si>
+    <t>СВ8</t>
+  </si>
+  <si>
+    <t>Pavlov</t>
+  </si>
+  <si>
+    <t>M3</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>1155.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Сонет»;сталь нерж.;,L=170/45,B=22мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110367</t>
+  </si>
+  <si>
+    <t>С5</t>
+  </si>
+  <si>
+    <t>Trud</t>
+  </si>
+  <si>
+    <t>Sonet</t>
+  </si>
+  <si>
+    <t>786.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Дориа»;сталь нерж.;,L=15/5,B=1см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>03110370</t>
+  </si>
+  <si>
+    <t>8004-4</t>
+  </si>
+  <si>
+    <t>Doria</t>
+  </si>
+  <si>
+    <t>2926.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Лувр»;сталь нерж.;,L=183/70,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110375</t>
+  </si>
+  <si>
+    <t>1650-14S</t>
+  </si>
+  <si>
+    <t>Louvre</t>
+  </si>
+  <si>
+    <t>3966.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Лувр»;сталь нерж.;,L=145/50,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110376</t>
+  </si>
+  <si>
+    <t>1650-4</t>
+  </si>
+  <si>
+    <t>5937.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Фрида»;сталь нерж.;,L=175/65,B=24мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110382</t>
+  </si>
+  <si>
+    <t>958-14</t>
+  </si>
+  <si>
+    <t>Frida</t>
+  </si>
+  <si>
+    <t>1063.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Фрида»;сталь нерж.;,L=14/5,B=1см;металлич.</t>
+  </si>
+  <si>
+    <t>03110384</t>
+  </si>
+  <si>
+    <t>958-4</t>
+  </si>
+  <si>
+    <t>409.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «М18»;сталь нерж.;,L=176/60,B=23мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110389</t>
+  </si>
+  <si>
+    <t>СД62</t>
+  </si>
+  <si>
+    <t>Nytva</t>
+  </si>
+  <si>
+    <t>М18</t>
+  </si>
+  <si>
+    <t>847.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Аляска»;сталь нерж.;,L=180/57,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110394</t>
+  </si>
+  <si>
+    <t>2080-14</t>
+  </si>
+  <si>
+    <t>Alaska</t>
+  </si>
+  <si>
+    <t>1979.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Аляска»;сталь нерж.;,L=143/50,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110395</t>
+  </si>
+  <si>
+    <t>2080-4</t>
+  </si>
+  <si>
+    <t>1479.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Алайниа»;сталь нерж.;,L=195/60,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110399</t>
+  </si>
+  <si>
+    <t>3020-14</t>
+  </si>
+  <si>
+    <t>Alinea</t>
+  </si>
+  <si>
+    <t>3712.00₸</t>
+  </si>
+  <si>
     <t>более 500 шт.</t>
   </si>
   <si>
-    <t>Вилка десертная «Риволи»;сталь нерж.;,L=180/62,B=2мм;металлич.</t>
-[...184 lines deleted...]
-  <si>
     <t>Вилка десертная «Эргономика» для фруктов;сталь нерж.;,L=17,8см;металлич.</t>
   </si>
   <si>
     <t>03110800</t>
   </si>
   <si>
     <t>Mepra</t>
   </si>
   <si>
     <t>Ergonomica</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>50181.00₸</t>
   </si>
   <si>
     <t>Вилка десертная «Ауде»;сталь нерж.;,L=178/60,B=2мм;металлич.</t>
   </si>
   <si>
     <t>03110802</t>
   </si>
   <si>
     <t>1922-14</t>
   </si>
   <si>
     <t>Aude</t>
   </si>
   <si>
     <t>894.00₸</t>
   </si>
   <si>
+    <t>28 шт.</t>
+  </si>
+  <si>
     <t>Вилка для пирожного «Ауде»;сталь нерж.;,L=150/50,B=2мм;металлич.</t>
   </si>
   <si>
     <t>03110803</t>
   </si>
   <si>
     <t>1922-4</t>
   </si>
   <si>
     <t>878.00₸</t>
   </si>
   <si>
     <t>Вилка для пирожного «Багет»;сталь нерж.;,L=150/50,B=3мм;металлич.</t>
   </si>
   <si>
     <t>03110808</t>
   </si>
   <si>
     <t>1610-4</t>
   </si>
   <si>
     <t>Baguette</t>
   </si>
   <si>
     <t>2403.00₸</t>
@@ -458,50 +461,53 @@
   <si>
     <t>03110817</t>
   </si>
   <si>
     <t>1930-14</t>
   </si>
   <si>
     <t>Oslo</t>
   </si>
   <si>
     <t>3673.00₸</t>
   </si>
   <si>
     <t>Вилка для пирожного «Осло»;сталь нерж.;,L=145/45,B=4мм;металлич.</t>
   </si>
   <si>
     <t>03110818</t>
   </si>
   <si>
     <t>1930-4</t>
   </si>
   <si>
     <t>2156.00₸</t>
   </si>
   <si>
+    <t>45 шт.</t>
+  </si>
+  <si>
     <t>Вилка десертная «Адажио»;сталь нерж.;,L=185/55,B=4мм;металлич.</t>
   </si>
   <si>
     <t>03110821</t>
   </si>
   <si>
     <t>2090-14</t>
   </si>
   <si>
     <t>Adagio</t>
   </si>
   <si>
     <t>2811.00₸</t>
   </si>
   <si>
     <t>Вилка для пирожного «Адажио»;сталь нерж.;,L=140/45,B=4мм;металлич.</t>
   </si>
   <si>
     <t>03110822</t>
   </si>
   <si>
     <t>2090-4</t>
   </si>
   <si>
     <t>1895.00₸</t>
@@ -554,2484 +560,2469 @@
   <si>
     <t>03110838</t>
   </si>
   <si>
     <t>1220-4</t>
   </si>
   <si>
     <t>Saporro</t>
   </si>
   <si>
     <t>924.00₸</t>
   </si>
   <si>
     <t>Вилка десертная «Сапорро»;сталь нерж.;,L=190/60,B=5мм;металлич.</t>
   </si>
   <si>
     <t>03110840</t>
   </si>
   <si>
     <t>1220-14</t>
   </si>
   <si>
     <t>971.00₸</t>
   </si>
   <si>
-    <t>4 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Вилка десертная «Оливия»;сталь нерж.;,L=200/65,B=3мм;металлич.</t>
   </si>
   <si>
     <t>03110842</t>
   </si>
   <si>
     <t>04900005</t>
   </si>
   <si>
     <t>Pintinox</t>
   </si>
   <si>
     <t>Olivia</t>
   </si>
   <si>
     <t>3997.00₸</t>
   </si>
   <si>
     <t>Вилка для пирожного «Оливия»;сталь нерж.;,L=171/55,B=3мм;металлич.</t>
   </si>
   <si>
     <t>03110843</t>
   </si>
   <si>
     <t>04900017</t>
   </si>
   <si>
     <t>2919.00₸</t>
   </si>
   <si>
+    <t>Вилка десертная «Концепт»;сталь нерж.;,L=200/50,B=25мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110846</t>
+  </si>
+  <si>
+    <t>04500005</t>
+  </si>
+  <si>
+    <t>Concept</t>
+  </si>
+  <si>
+    <t>4312.00₸</t>
+  </si>
+  <si>
+    <t>40 шт.</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Концепт»;сталь нерж.;,L=170/40,B=25мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110847</t>
+  </si>
+  <si>
+    <t>04500017</t>
+  </si>
+  <si>
+    <t>3204.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Ансер Голд»;сталь нерж.;,L=145/50,B=4мм;металлич.,золотой</t>
+  </si>
+  <si>
+    <t>03110855</t>
+  </si>
+  <si>
+    <t>1673-4</t>
+  </si>
+  <si>
+    <t>Anser Gold</t>
+  </si>
+  <si>
+    <t>2865.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Ансер Голд»;сталь нерж.;,L=185/60,B=4мм;металлич.,золотой</t>
+  </si>
+  <si>
+    <t>03110856</t>
+  </si>
+  <si>
+    <t>1673-14</t>
+  </si>
+  <si>
+    <t>4112.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Профиль»;сталь нерж.;,L=185/65,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110863</t>
+  </si>
+  <si>
+    <t>01.0048.1060</t>
+  </si>
+  <si>
+    <t>Hepp</t>
+  </si>
+  <si>
+    <t>Profile</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>2942.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Багет»;сталь нерж.;,L=155/50,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110865</t>
+  </si>
+  <si>
+    <t>01.0032.1120</t>
+  </si>
+  <si>
+    <t>2038.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Эко Ансер»;сталь нерж.;,L=145/55,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110877</t>
+  </si>
+  <si>
+    <t>968-4</t>
+  </si>
+  <si>
+    <t>Eco Anser</t>
+  </si>
+  <si>
+    <t>948.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Эко Ансер»;сталь нерж.;,L=183/65,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110878</t>
+  </si>
+  <si>
+    <t>968-14</t>
+  </si>
+  <si>
+    <t>1371.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Эко Багет»;сталь нерж.;,L=182/65,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110881</t>
+  </si>
+  <si>
+    <t>2611-14</t>
+  </si>
+  <si>
+    <t>Eco Baguette</t>
+  </si>
+  <si>
+    <t>709.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «X-15»;сталь нерж.;,L=146/40,B=5мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110884</t>
+  </si>
+  <si>
+    <t>1860-4</t>
+  </si>
+  <si>
+    <t>X-15</t>
+  </si>
+  <si>
+    <t>6184.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «X-15»;сталь нерж.;,L=19/5,B=1см;металлич.</t>
+  </si>
+  <si>
+    <t>03110885</t>
+  </si>
+  <si>
+    <t>1860-14</t>
+  </si>
+  <si>
+    <t>8932.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «M188»;сталь нерж.;,L=175/60,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110888</t>
+  </si>
+  <si>
+    <t>S007-9</t>
+  </si>
+  <si>
+    <t>M188</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>300.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Суперга»;сталь нерж.;,L=15/6,B=1см;металлич.</t>
+  </si>
+  <si>
+    <t>03110890</t>
+  </si>
+  <si>
+    <t>0310M017</t>
+  </si>
+  <si>
+    <t>Superga</t>
+  </si>
+  <si>
+    <t>1040.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Эмбосс»;сталь нерж.;,L=185/65,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110892</t>
+  </si>
+  <si>
+    <t>S037-9</t>
+  </si>
+  <si>
+    <t>Amboss</t>
+  </si>
+  <si>
+    <t>447.00₸</t>
+  </si>
+  <si>
+    <t>31 шт.</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Сеттеченто»;сталь нерж.;,L=17,1см;металлич.</t>
+  </si>
+  <si>
+    <t>03110895</t>
+  </si>
+  <si>
+    <t>Settecento</t>
+  </si>
+  <si>
+    <t>2626.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Багет»;сталь нерж.;,L=145/50,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110896</t>
+  </si>
+  <si>
+    <t>2610-4</t>
+  </si>
+  <si>
+    <t>1302.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Суперга»;сталь нерж.;,L=175/60,B=10мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110899</t>
+  </si>
+  <si>
+    <t>0312M005</t>
+  </si>
+  <si>
+    <t>1171.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Эпок» для фруктов;сталь нерж.;,L=17,8см;металлич.</t>
+  </si>
+  <si>
+    <t>03110900</t>
+  </si>
+  <si>
+    <t>Epoque</t>
+  </si>
+  <si>
+    <t>7577.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Равенна»;сталь нерж.;,L=19,1см;серебрист.</t>
+  </si>
+  <si>
+    <t>03111000</t>
+  </si>
+  <si>
+    <t>1490-14</t>
+  </si>
+  <si>
+    <t>Ravenna</t>
+  </si>
+  <si>
+    <t>2033.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Пэлас»;сталь нерж.;,L=18,2см;металлич.</t>
+  </si>
+  <si>
+    <t>03111401</t>
+  </si>
+  <si>
+    <t>Palace</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Стреза»;сталь;,L=178/60,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111402</t>
+  </si>
+  <si>
+    <t>03200005</t>
+  </si>
+  <si>
+    <t>Stresa</t>
+  </si>
+  <si>
+    <t>1833.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Стреза»;сталь закал.;,L=150/55,B=20мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111403</t>
+  </si>
+  <si>
+    <t>03200017</t>
+  </si>
+  <si>
+    <t>1317.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Аркада»;сталь нерж.;,L=185/60,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111404</t>
+  </si>
+  <si>
+    <t>1620-14</t>
+  </si>
+  <si>
+    <t>Arcade</t>
+  </si>
+  <si>
+    <t>2749.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Аркада»;сталь нерж.;,L=145/45,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111405</t>
+  </si>
+  <si>
+    <t>1620-4</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Эллада»;сталь нерж.;,L=18,4см;металлич.</t>
+  </si>
+  <si>
+    <t>03111406</t>
+  </si>
+  <si>
+    <t>07900005</t>
+  </si>
+  <si>
+    <t>Ellade</t>
+  </si>
+  <si>
+    <t>11943.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Библос»;сталь нерж.;,L=187/60,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111407</t>
+  </si>
+  <si>
+    <t>1840-14</t>
+  </si>
+  <si>
+    <t>Byblos</t>
+  </si>
+  <si>
+    <t>5960.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Ингрис»;сталь нерж.;,L=18/6,B=1см;металлич.</t>
+  </si>
+  <si>
+    <t>03111408</t>
+  </si>
+  <si>
+    <t>1700-14</t>
+  </si>
+  <si>
+    <t>Ingres</t>
+  </si>
+  <si>
+    <t>871.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Ингрис»;сталь нерж.;,L=145/50,B=10мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111409</t>
+  </si>
+  <si>
+    <t>1700-4</t>
+  </si>
+  <si>
+    <t>593.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Брамини»;сталь нерж.;,L=160/50,B=7мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111415</t>
+  </si>
+  <si>
+    <t>S060-4</t>
+  </si>
+  <si>
+    <t>Bramini</t>
+  </si>
+  <si>
+    <t>574.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Брамини»;сталь нерж.;,L=180/60,B=7мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111416</t>
+  </si>
+  <si>
+    <t>S060-8</t>
+  </si>
+  <si>
+    <t>907.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Эмбосс»;сталь нерж.;,L=150/59,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111417</t>
+  </si>
+  <si>
+    <t>S037-11</t>
+  </si>
+  <si>
+    <t>358.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Диаз»;сталь нерж.;,L=190/60,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111418</t>
+  </si>
+  <si>
+    <t>T5105</t>
+  </si>
+  <si>
+    <t>Chef&amp;Sommelier</t>
+  </si>
+  <si>
+    <t>Diaz</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>6146.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Киа»;сталь нерж.;,L=19/6,B=1см;металлич.</t>
+  </si>
+  <si>
+    <t>03111420</t>
+  </si>
+  <si>
+    <t>T5405</t>
+  </si>
+  <si>
+    <t>Kya</t>
+  </si>
+  <si>
+    <t>2961.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Лаццо»;сталь нерж.;,L=185/70,B=10мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111422</t>
+  </si>
+  <si>
+    <t>T4705</t>
+  </si>
+  <si>
+    <t>Lazzo</t>
+  </si>
+  <si>
+    <t>5348.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Аура»;,L=18,3см;металлич.</t>
+  </si>
+  <si>
+    <t>03111424</t>
+  </si>
+  <si>
+    <t>01.0050.1060</t>
+  </si>
+  <si>
+    <t>Aura</t>
+  </si>
+  <si>
+    <t>3157.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Палладиум»;сталь нерж.;,L=185/60,B=5мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111425</t>
+  </si>
+  <si>
+    <t>05900005</t>
+  </si>
+  <si>
+    <t>Palladium</t>
+  </si>
+  <si>
+    <t>2880.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Роял Пасифик»;,L=180/60,B=25мм</t>
+  </si>
+  <si>
+    <t>03111429</t>
+  </si>
+  <si>
+    <t>1.5.127.00.012</t>
+  </si>
+  <si>
+    <t>FORTES</t>
+  </si>
+  <si>
+    <t>5075.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Крем»;сталь нерж.;,L=15,2см;металлич.</t>
+  </si>
+  <si>
+    <t>03111431</t>
+  </si>
+  <si>
+    <t>62511-55</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
+    <t>Cream</t>
+  </si>
+  <si>
+    <t>3881.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Эко Багет»;сталь;,L=177/60,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111433</t>
+  </si>
+  <si>
+    <t>02800005</t>
+  </si>
+  <si>
+    <t>1818.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Багет»;сталь нерж.;,L=18,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03111434</t>
+  </si>
+  <si>
+    <t>08300005</t>
+  </si>
+  <si>
+    <t>4151.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Миллениум»;сталь нерж.;,L=18,7см;металлич.</t>
+  </si>
+  <si>
+    <t>03111435</t>
+  </si>
+  <si>
+    <t>Millenium</t>
+  </si>
+  <si>
+    <t>2803.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Романино»;сталь нерж.;,L=18,7см;металлич.</t>
+  </si>
+  <si>
+    <t>03111436</t>
+  </si>
+  <si>
+    <t>06500005</t>
+  </si>
+  <si>
+    <t>Romanino</t>
+  </si>
+  <si>
+    <t>2264.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Синтезис»;сталь нерж.;,L=18,3см;металлич.</t>
+  </si>
+  <si>
+    <t>03111437</t>
+  </si>
+  <si>
+    <t>Synthesis</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Витториале»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03111438</t>
+  </si>
+  <si>
+    <t>Vittoriale</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Пэлас»;сталь нерж.;,L=14,6см;металлич.</t>
+  </si>
+  <si>
+    <t>03111439</t>
+  </si>
+  <si>
+    <t>1487.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Витториале»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03111440</t>
+  </si>
+  <si>
+    <t>2103.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Миллениум»;сталь нерж.;,L=18,7см;металлич.</t>
+  </si>
+  <si>
+    <t>03111441</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Лаццо»;сталь нерж.;,L=15,3см;металлич.</t>
+  </si>
+  <si>
+    <t>03111445</t>
+  </si>
+  <si>
+    <t>T0420</t>
+  </si>
+  <si>
+    <t>6118.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Библос»;сталь нерж.;,L=145/20,B=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111449</t>
+  </si>
+  <si>
+    <t>1840-4</t>
+  </si>
+  <si>
+    <t>6237.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Экспо»;сталь нерж.;,L=190/65,B=20мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111450</t>
+  </si>
+  <si>
+    <t>Expo Satinato</t>
+  </si>
+  <si>
+    <t>2988.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Галис»;сталь нерж.;,L=17,7см;металлич.</t>
+  </si>
+  <si>
+    <t>03111453</t>
+  </si>
+  <si>
+    <t>089X0005</t>
+  </si>
+  <si>
+    <t>Galles</t>
+  </si>
+  <si>
+    <t>840.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Штутгарт»;сталь нерж.;,L=175/20,B=20мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111460</t>
+  </si>
+  <si>
+    <t>Stuttgart</t>
+  </si>
+  <si>
+    <t>1902.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Палладиум»;сталь нерж.;,L=15,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03111463</t>
+  </si>
+  <si>
+    <t>05900017</t>
+  </si>
+  <si>
+    <t>2326.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Деко»;сталь нерж.;,L=18см;серебрист.</t>
+  </si>
+  <si>
+    <t>03111466</t>
+  </si>
+  <si>
+    <t>52503-26</t>
+  </si>
+  <si>
+    <t>Sambonet</t>
+  </si>
+  <si>
+    <t>Deco</t>
+  </si>
+  <si>
+    <t>2950.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Линеа Кью»;сталь нерж.;,L=17,7см;металлич.</t>
+  </si>
+  <si>
+    <t>03111469</t>
+  </si>
+  <si>
+    <t>52530-26</t>
+  </si>
+  <si>
+    <t>Linea Q</t>
+  </si>
+  <si>
+    <t>6199.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Квин Энн»;сталь нерж.;,L=17,6см;металлич.</t>
+  </si>
+  <si>
+    <t>03111472</t>
+  </si>
+  <si>
+    <t>52507-26</t>
+  </si>
+  <si>
+    <t>Queen Anne</t>
+  </si>
+  <si>
+    <t>2911.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Кингс Сильвер Плэйт»;посеребрен.;,L=183,B=25мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03111475</t>
+  </si>
+  <si>
+    <t>KIPA0040</t>
+  </si>
+  <si>
+    <t>Arthur Price</t>
+  </si>
+  <si>
+    <t>Kings Silver Plate</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
+  </si>
+  <si>
+    <t>20213.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Ивен»;сталь нерж.;,L=19см;металлич.</t>
+  </si>
+  <si>
+    <t>03111480</t>
+  </si>
+  <si>
+    <t>52537-26</t>
+  </si>
+  <si>
+    <t>Even</t>
+  </si>
+  <si>
+    <t>4066.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Казали» состаренная;сталь нерж.;,L=165/55,B=20мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111486</t>
+  </si>
+  <si>
+    <t>Casali Stonewashed</t>
+  </si>
+  <si>
+    <t>4128.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Казали» состаренная;сталь нерж.;,L=14,6см;металлич.</t>
+  </si>
+  <si>
+    <t>03111487</t>
+  </si>
+  <si>
+    <t>2518.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Атлантис Бейсик»;сталь нерж.;,L=188,B=20мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111488</t>
+  </si>
+  <si>
+    <t>3011-14</t>
+  </si>
+  <si>
+    <t>Atlantis B</t>
+  </si>
+  <si>
+    <t>1294.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Профиль»;сталь нерж.;,L=189/60,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111489</t>
+  </si>
+  <si>
+    <t>H205-8</t>
+  </si>
+  <si>
+    <t>Kunstwerk</t>
+  </si>
+  <si>
+    <t>1316.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Эко Кембридж»;сталь нерж.</t>
+  </si>
+  <si>
+    <t>03111490</t>
+  </si>
+  <si>
+    <t>Eco Cambr</t>
+  </si>
+  <si>
+    <t>763.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Элит»;сталь нерж.;,L=19,B=22см;металлич.</t>
+  </si>
+  <si>
+    <t>03111491</t>
+  </si>
+  <si>
+    <t>D031-8</t>
+  </si>
+  <si>
+    <t>Elite</t>
+  </si>
+  <si>
+    <t>3598.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Киото»;сталь нерж.;,L=175/55,B=8мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111492</t>
+  </si>
+  <si>
+    <t>E006F/D018-8</t>
+  </si>
+  <si>
+    <t>Kyoto</t>
+  </si>
+  <si>
+    <t>2128.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Нова бэйсик»;сталь нерж.;,L=182,B=22мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111493</t>
+  </si>
+  <si>
+    <t>S105-8</t>
+  </si>
+  <si>
+    <t>Nova Basic</t>
+  </si>
+  <si>
+    <t>756.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Багет бэйсик»;сталь нерж.;,L=185,B=25мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111494</t>
+  </si>
+  <si>
+    <t>Baguette Basic</t>
+  </si>
+  <si>
+    <t>1218.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Аляска бэйсик»;сталь нерж.;,L=182/55,B=3мм</t>
+  </si>
+  <si>
+    <t>03111495</t>
+  </si>
+  <si>
+    <t>Аляска бэйсик</t>
+  </si>
+  <si>
+    <t>Alaska Basic</t>
+  </si>
+  <si>
+    <t>1141.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Бамбу»;сталь нерж.;,L=14,6см;металлич.</t>
+  </si>
+  <si>
+    <t>03111497</t>
+  </si>
+  <si>
+    <t>52519-55</t>
+  </si>
+  <si>
+    <t>Bamboo</t>
+  </si>
+  <si>
+    <t>9787.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Перлес»;сталь нерж.;,L=18,3см;металлич.</t>
+  </si>
+  <si>
+    <t>03111498</t>
+  </si>
+  <si>
+    <t>52502-26</t>
+  </si>
+  <si>
+    <t>Perles</t>
+  </si>
+  <si>
+    <t>3542.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Сеттеченто Стоун»;сталь нерж.;,L=17,1см;стальной</t>
+  </si>
+  <si>
+    <t>03111499</t>
+  </si>
+  <si>
+    <t>SettecentoSW</t>
+  </si>
+  <si>
+    <t>2287.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Аркада Бэйсик»;сталь нерж.;,L=187,B=24мм;металлич.</t>
+  </si>
+  <si>
+    <t>03112306</t>
+  </si>
+  <si>
+    <t>Arcada Basic</t>
+  </si>
+  <si>
+    <t>1176.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Ансер Бэйсик»;сталь нерж.;,L=185,B=25мм;металлич.</t>
+  </si>
+  <si>
+    <t>03112307</t>
+  </si>
+  <si>
+    <t>Anser Basic</t>
+  </si>
+  <si>
+    <t>903.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Денвер»;сталь нерж.;,L=185,B=65мм;металлич.</t>
+  </si>
+  <si>
+    <t>03112308</t>
+  </si>
+  <si>
+    <t>Denver Basic</t>
+  </si>
+  <si>
+    <t>1106.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Саппоро бэйсик»;сталь нерж.;,L=180,B=23мм;металлич.</t>
+  </si>
+  <si>
+    <t>03112310</t>
+  </si>
+  <si>
+    <t>S049-8</t>
+  </si>
+  <si>
+    <t>Sapporo/ S04</t>
+  </si>
+  <si>
+    <t>1274.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Ром»;сталь нерж.;,L=18,7см;металлич.</t>
+  </si>
+  <si>
+    <t>03112311</t>
+  </si>
+  <si>
+    <t>52546-26</t>
+  </si>
+  <si>
+    <t>Rome</t>
+  </si>
+  <si>
+    <t>5052.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Порто»;сталь нерж.;,L=170/55,B=20мм;металлич.</t>
+  </si>
+  <si>
+    <t>03112314</t>
+  </si>
+  <si>
+    <t>E007F-8</t>
+  </si>
+  <si>
+    <t>Porto</t>
+  </si>
+  <si>
+    <t>2387.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Калипсо»;сталь нерж.;,L=175/55,B=22мм;металлич.</t>
+  </si>
+  <si>
+    <t>03112315</t>
+  </si>
+  <si>
+    <t>E013F-8</t>
+  </si>
+  <si>
+    <t>Calypso</t>
+  </si>
+  <si>
+    <t>2065.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Гранд»;сталь нерж.;,L=180/60,B=25мм;металлич.</t>
+  </si>
+  <si>
+    <t>03112316</t>
+  </si>
+  <si>
+    <t>E015F/E015P-8</t>
+  </si>
+  <si>
+    <t>Grand</t>
+  </si>
+  <si>
+    <t>2212.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Рустик»;сталь нерж.,пластик;,L=15/5,B=2см;коричнев.,металлич.</t>
+  </si>
+  <si>
+    <t>03112317</t>
+  </si>
+  <si>
+    <t>8005-4</t>
+  </si>
+  <si>
+    <t>Rustic</t>
+  </si>
+  <si>
+    <t>3281.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Кингс Стэйнлесс Стил»;сталь нерж.;,L=183/75,B=25мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03112318</t>
+  </si>
+  <si>
+    <t>ZKIS0040</t>
+  </si>
+  <si>
+    <t>Kings Stainless Steel</t>
+  </si>
+  <si>
+    <t>3927.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Кингс Стэйнлесс Стил»;сталь нерж.;,L=138/50,B=20мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03112319</t>
+  </si>
+  <si>
+    <t>ZKIS0130</t>
+  </si>
+  <si>
+    <t>3458.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Дрим»;сталь нерж.;,L=18см;металлич.</t>
+  </si>
+  <si>
+    <t>03112321</t>
+  </si>
+  <si>
+    <t>52515-26</t>
+  </si>
+  <si>
+    <t>Dream</t>
+  </si>
+  <si>
+    <t>2210.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Шарм» состаренная;сталь нерж.;,L=180/60,B=22мм;металлич.</t>
+  </si>
+  <si>
+    <t>03112333</t>
+  </si>
+  <si>
+    <t>R5760F50144</t>
+  </si>
+  <si>
+    <t>Tognana</t>
+  </si>
+  <si>
+    <t>Charme</t>
+  </si>
+  <si>
+    <t>4975.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Блэк Оук»;сталь нерж.;,L=18,3см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>03112335</t>
+  </si>
+  <si>
+    <t>T9205</t>
+  </si>
+  <si>
+    <t>Black Oak</t>
+  </si>
+  <si>
+    <t>10143.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная;сталь нерж.;,L=18,7см;металлич.</t>
+  </si>
+  <si>
+    <t>03112336</t>
+  </si>
+  <si>
+    <t>T9105</t>
+  </si>
+  <si>
+    <t>Acoma</t>
+  </si>
+  <si>
+    <t>5103.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Тотал блэк»;сталь нерж.;,L=18,1см;черный</t>
+  </si>
+  <si>
+    <t>03112337</t>
+  </si>
+  <si>
+    <t>19D00005</t>
+  </si>
+  <si>
+    <t>Infinito bl</t>
+  </si>
+  <si>
+    <t>4382.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Тотал блэк»;сталь нерж.;,L=21см;черный</t>
+  </si>
+  <si>
+    <t>03112338</t>
+  </si>
+  <si>
+    <t>19D00017</t>
+  </si>
+  <si>
+    <t>3619.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Пьюр»;сталь нерж.;,L=182,B=23мм;черный</t>
+  </si>
+  <si>
+    <t>03112340</t>
+  </si>
+  <si>
+    <t>B1317007</t>
+  </si>
+  <si>
+    <t>Serax</t>
+  </si>
+  <si>
+    <t>Pure</t>
+  </si>
+  <si>
+    <t>7662.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Бэйс»;сталь нерж.;,L=180,B=24мм;металлич.</t>
+  </si>
+  <si>
+    <t>03112341</t>
+  </si>
+  <si>
+    <t>B1318103</t>
+  </si>
+  <si>
+    <t>Base</t>
+  </si>
+  <si>
+    <t>8401.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Фултон Винтаж Коппер» состаренная;сталь нерж.;,L=17,8см;медный</t>
+  </si>
+  <si>
+    <t>03112346</t>
+  </si>
+  <si>
+    <t>5735SX023</t>
+  </si>
+  <si>
+    <t>Steelite</t>
+  </si>
+  <si>
+    <t>Fulton Vintage Copper</t>
+  </si>
+  <si>
+    <t>3812.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Джио Понти»;сталь нерж.;,L=17,9см;металлич.</t>
+  </si>
+  <si>
+    <t>03112348</t>
+  </si>
+  <si>
+    <t>52560-26</t>
+  </si>
+  <si>
+    <t>Gio Ponti</t>
+  </si>
+  <si>
+    <t>5267.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Багет винтаж»;сталь нерж.;,H=20,L=175,B=60мм;металлич.</t>
+  </si>
+  <si>
+    <t>03112350</t>
+  </si>
+  <si>
+    <t>52486-26</t>
+  </si>
+  <si>
+    <t>Baguette Vin</t>
+  </si>
+  <si>
+    <t>7570.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Версаль»;сталь нерж.;,L=18,4см;металлич.</t>
+  </si>
+  <si>
+    <t>03112351</t>
+  </si>
+  <si>
+    <t>JAY</t>
+  </si>
+  <si>
+    <t>Versalles</t>
+  </si>
+  <si>
+    <t>ИСПАНИЯ</t>
+  </si>
+  <si>
+    <t>1202.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Винтаж ПВД Коппер»;сталь нерж.;,L=17,8см;медный</t>
+  </si>
+  <si>
+    <t>03112352</t>
+  </si>
+  <si>
+    <t>62412C26</t>
+  </si>
+  <si>
+    <t>Vintage PVD Copper</t>
+  </si>
+  <si>
+    <t>7924.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Эйч-арт ПВД Голд»;сталь нерж.;,L=19см;золотой</t>
+  </si>
+  <si>
+    <t>03112353</t>
+  </si>
+  <si>
+    <t>52727G26</t>
+  </si>
+  <si>
+    <t>H-Art PVD Gold</t>
+  </si>
+  <si>
+    <t>13298.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Экко»;сталь нерж.;,L=19,7см;металлич.</t>
+  </si>
+  <si>
+    <t>03112355</t>
+  </si>
+  <si>
+    <t>56.0405.6040</t>
+  </si>
+  <si>
+    <t>Ecco</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Саппоро бэйсик»;сталь нерж.;,L=18/5,B=2см;черный,матовый</t>
+  </si>
+  <si>
+    <t>03112358</t>
+  </si>
+  <si>
+    <t>S049-8b</t>
+  </si>
+  <si>
+    <t>Sapporo</t>
+  </si>
+  <si>
+    <t>1582.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Дольче Вита»;сталь нерж.;,L=17,8см;металлич.</t>
+  </si>
+  <si>
+    <t>03112359</t>
+  </si>
+  <si>
+    <t>Dolce vita</t>
+  </si>
+  <si>
+    <t>9086.00₸</t>
+  </si>
+  <si>
+    <t>14 шт.</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Анзо»;сталь нерж.;,L=145/40,B=22мм;металлич.</t>
+  </si>
+  <si>
+    <t>03112360</t>
+  </si>
+  <si>
+    <t>1820-4</t>
+  </si>
+  <si>
+    <t>Anzo</t>
+  </si>
+  <si>
+    <t>2541.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Анзо»;сталь нерж.;,L=190/60,B=23мм;металлич.</t>
+  </si>
+  <si>
+    <t>03112361</t>
+  </si>
+  <si>
+    <t>1820-14</t>
+  </si>
+  <si>
+    <t>4597.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Гест стар»;сталь нерж.;,L=18,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03112368</t>
+  </si>
+  <si>
+    <t>Guy Degrenne</t>
+  </si>
+  <si>
+    <t>Guest Star</t>
+  </si>
+  <si>
+    <t>7100.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Гест стар»;сталь нерж.;,L=13,9см;металлич.</t>
+  </si>
+  <si>
+    <t>03112369</t>
+  </si>
+  <si>
+    <t>7200.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Эксклюзив»;сталь нерж.;,L=18см;металлич.</t>
+  </si>
+  <si>
+    <t>03112372</t>
+  </si>
+  <si>
+    <t>01.0025.1060</t>
+  </si>
+  <si>
+    <t>Exclusiv</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Чиппендейл»;сталь нерж.;,L=18,6см;металлич.</t>
+  </si>
+  <si>
+    <t>03112374</t>
+  </si>
+  <si>
+    <t>01.0043.1060</t>
+  </si>
+  <si>
+    <t>Chippendale</t>
+  </si>
+  <si>
+    <t>5344.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная;сталь нерж.;,L=18,1см</t>
+  </si>
+  <si>
+    <t>03112375</t>
+  </si>
+  <si>
+    <t>01.0053.1060</t>
+  </si>
+  <si>
+    <t>Accent</t>
+  </si>
+  <si>
+    <t>4875.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Медан»;сталь нерж.;,L=19,4см;металлич.</t>
+  </si>
+  <si>
+    <t>03112376</t>
+  </si>
+  <si>
+    <t>56.4405.6040</t>
+  </si>
+  <si>
+    <t>Medan</t>
+  </si>
+  <si>
+    <t>4366.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Даймонд»;сталь нерж.;,L=18см;металлич.</t>
+  </si>
+  <si>
+    <t>03112377</t>
+  </si>
+  <si>
+    <t>01.0042.1060</t>
+  </si>
+  <si>
+    <t>Diamond</t>
+  </si>
+  <si>
+    <t>4813.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Рубан»;сталь нерж.;,L=18,2см;металлич.</t>
+  </si>
+  <si>
+    <t>03112378</t>
+  </si>
+  <si>
+    <t>1640-14</t>
+  </si>
+  <si>
+    <t>Ruban</t>
+  </si>
+  <si>
+    <t>3050.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Лувр»;сталь нерж.;,L=18,3см;серебрян.</t>
+  </si>
+  <si>
+    <t>03112379</t>
+  </si>
+  <si>
+    <t>1650-14S/X</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Контур»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03112381</t>
+  </si>
+  <si>
+    <t>1800-14</t>
+  </si>
+  <si>
+    <t>Contour</t>
+  </si>
+  <si>
+    <t>3242.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Элеганс»;сталь нерж.;,L=17,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03112382</t>
+  </si>
+  <si>
+    <t>966-14</t>
+  </si>
+  <si>
+    <t>Elegance</t>
+  </si>
+  <si>
+    <t>1386.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Артезия»;сталь нерж.;,L=19см;металлич.</t>
+  </si>
+  <si>
+    <t>03112383</t>
+  </si>
+  <si>
+    <t>983-14</t>
+  </si>
+  <si>
+    <t>Artesia</t>
+  </si>
+  <si>
+    <t>3512.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Хеи»;сталь нерж.;,L=18,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03112387</t>
+  </si>
+  <si>
+    <t>B0719006</t>
+  </si>
+  <si>
+    <t>Heii</t>
+  </si>
+  <si>
+    <t>9002.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Рустик» уцененная;сталь нерж.,пластик;,L=15/5см</t>
+  </si>
+  <si>
+    <t>03112388</t>
+  </si>
+  <si>
+    <t>8005-4/ю</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Боксис»;сталь нерж.;,L=185,B=25мм;металлич.</t>
+  </si>
+  <si>
+    <t>03112391</t>
+  </si>
+  <si>
+    <t>B1318205</t>
+  </si>
+  <si>
+    <t>Boxy`s</t>
+  </si>
+  <si>
+    <t>6538.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Пас-парту»;сталь нерж.;,L=17,8см;металлич.,матовый</t>
+  </si>
+  <si>
+    <t>03112392</t>
+  </si>
+  <si>
+    <t>B1318306</t>
+  </si>
+  <si>
+    <t>Passe-partout</t>
+  </si>
+  <si>
+    <t>4513.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Перфект имперфекшн»;сталь нерж.;,L=16,B=2см;металлич.</t>
+  </si>
+  <si>
+    <t>03112393</t>
+  </si>
+  <si>
+    <t>B0718225</t>
+  </si>
+  <si>
+    <t>Perfect Imperfection</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Линеа»;сталь нерж.;,L=17,4см;медный</t>
+  </si>
+  <si>
+    <t>03112394</t>
+  </si>
+  <si>
+    <t>52713C26</t>
+  </si>
+  <si>
+    <t>Linear</t>
+  </si>
+  <si>
+    <t>7500.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Линеа кью»;сталь нерж.;,L=17,7см;черный</t>
+  </si>
+  <si>
+    <t>03112395</t>
+  </si>
+  <si>
+    <t>52730B26</t>
+  </si>
+  <si>
+    <t>14877.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Ханна антик»;сталь нерж.;,L=17,7см;металлич.</t>
+  </si>
+  <si>
+    <t>03112396</t>
+  </si>
+  <si>
+    <t>52620-26</t>
+  </si>
+  <si>
+    <t>Hannah Antiq</t>
+  </si>
+  <si>
+    <t>7223.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Флэт»;сталь нерж.;,L=17,8см;шампань</t>
+  </si>
+  <si>
+    <t>03112398</t>
+  </si>
+  <si>
+    <t>62712P26</t>
+  </si>
+  <si>
+    <t>Flat</t>
+  </si>
+  <si>
+    <t>6569.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Флэт»;сталь нерж.;,L=18см;золотой</t>
+  </si>
+  <si>
+    <t>03112399</t>
+  </si>
+  <si>
+    <t>62712G26</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Флэт Винтаж»;сталь нерж.;,L=18см;металлич.</t>
+  </si>
+  <si>
+    <t>03112400</t>
+  </si>
+  <si>
+    <t>62412-26</t>
+  </si>
+  <si>
+    <t>Flat Vintage</t>
+  </si>
+  <si>
+    <t>3227.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Исео» 18/0;сталь нерж.;,L=18,9см;серебрист.</t>
+  </si>
+  <si>
+    <t>03112942</t>
+  </si>
+  <si>
+    <t>1570-14</t>
+  </si>
+  <si>
+    <t>Iseo Hammered</t>
+  </si>
+  <si>
+    <t>1925.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная;медь;,L=18,2см;медный</t>
+  </si>
+  <si>
+    <t>03113784</t>
+  </si>
+  <si>
+    <t>A0032-CO14</t>
+  </si>
+  <si>
+    <t>Pordamsa</t>
+  </si>
+  <si>
+    <t>12166.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Твист»;сталь нерж.;,L=18,8см;металлич.</t>
+  </si>
+  <si>
+    <t>03113901</t>
+  </si>
+  <si>
+    <t>11TWIS022</t>
+  </si>
+  <si>
+    <t>Sola</t>
+  </si>
+  <si>
+    <t>Twist</t>
+  </si>
+  <si>
+    <t>НИДЕРЛАНДЫ</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Бали»;сталь нерж.;,L=19,1см;металлич.</t>
+  </si>
+  <si>
+    <t>03113903</t>
+  </si>
+  <si>
+    <t>11BALI022</t>
+  </si>
+  <si>
+    <t>Bali</t>
+  </si>
+  <si>
+    <t>2480.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Эрмитаж»;сталь нерж.;,L=18,8см;металлич.</t>
+  </si>
+  <si>
+    <t>03113905</t>
+  </si>
+  <si>
+    <t>11HERM 022</t>
+  </si>
+  <si>
+    <t>Hermitage</t>
+  </si>
+  <si>
+    <t>3127.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Эрмитаж»;сталь нерж.;,L=15см;металлич.</t>
+  </si>
+  <si>
+    <t>03113906</t>
+  </si>
+  <si>
+    <t>11HERM 404</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Лозанна»;сталь нерж.;,L=18,7см;металлич.</t>
+  </si>
+  <si>
+    <t>03113907</t>
+  </si>
+  <si>
+    <t>11LAUS 022</t>
+  </si>
+  <si>
+    <t>Lausanne</t>
+  </si>
+  <si>
+    <t>4282.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Лозанна»;сталь нерж.;,L=15см;металлич.</t>
+  </si>
+  <si>
+    <t>03113908</t>
+  </si>
+  <si>
+    <t>11LAUS 404</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Палермо»;сталь нерж.;,L=18,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03113909</t>
+  </si>
+  <si>
+    <t>11PALP 022</t>
+  </si>
+  <si>
+    <t>Palermo</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Палермо»;сталь нерж.;,L=15,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03113910</t>
+  </si>
+  <si>
+    <t>11PALP 404</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Лаццо Патина»;сталь нерж.;,L=18,5см;металлич.,матовый</t>
+  </si>
+  <si>
+    <t>03113912</t>
+  </si>
+  <si>
+    <t>T9305</t>
+  </si>
+  <si>
+    <t>Lazzo Patina</t>
+  </si>
+  <si>
+    <t>3444.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Дистрест»;сталь нерж.;,L=17,8см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>03113914</t>
+  </si>
+  <si>
+    <t>5727SX023</t>
+  </si>
+  <si>
+    <t>Varick By Steelite</t>
+  </si>
+  <si>
+    <t>Distressed Briar</t>
+  </si>
+  <si>
+    <t>ИНДИЯ</t>
+  </si>
+  <si>
+    <t>5635.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Мескана»;сталь нерж.;,L=19,3см;металлич.</t>
+  </si>
+  <si>
+    <t>03113915</t>
+  </si>
+  <si>
+    <t>56.1305.6040</t>
+  </si>
+  <si>
+    <t>Mescana</t>
+  </si>
+  <si>
+    <t>4243.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Бамбу»;сталь нерж.;,L=18,8см;шампань</t>
+  </si>
+  <si>
+    <t>03113916</t>
+  </si>
+  <si>
+    <t>52719P26</t>
+  </si>
+  <si>
+    <t>13791.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Эмоушен»;сталь нерж.;,L=16см;металлич.</t>
+  </si>
+  <si>
+    <t>03113917</t>
+  </si>
+  <si>
+    <t>01.0054.1750</t>
+  </si>
+  <si>
+    <t>Emotion</t>
+  </si>
+  <si>
+    <t>2056.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Мескана»;сталь нерж.;,L=16см;металлич.</t>
+  </si>
+  <si>
+    <t>03113918</t>
+  </si>
+  <si>
+    <t>56.1375.6040</t>
+  </si>
+  <si>
+    <t>2195.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Домо Мэтт»;сталь нерж.;,L=19,3см;металлич.,матовый</t>
+  </si>
+  <si>
+    <t>03113921</t>
+  </si>
+  <si>
+    <t>Vista Alegre</t>
+  </si>
+  <si>
+    <t>Domo Matt</t>
+  </si>
+  <si>
+    <t>8370.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная;сталь нерж.;,L=18,4см;металлич.,матовый</t>
+  </si>
+  <si>
+    <t>03113922</t>
+  </si>
+  <si>
+    <t>Velvet Matt</t>
+  </si>
+  <si>
+    <t>3311.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Астория»;сталь нерж.;,L=195/60,B=20мм;металлич.</t>
+  </si>
+  <si>
+    <t>03113924</t>
+  </si>
+  <si>
+    <t>1520-14</t>
+  </si>
+  <si>
+    <t>Astoria</t>
+  </si>
+  <si>
+    <t>2842.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Орсэй»;сталь нерж.;,L=192/55,B=19мм</t>
+  </si>
+  <si>
+    <t>03113925</t>
+  </si>
+  <si>
+    <t>990-14</t>
+  </si>
+  <si>
+    <t>Orsay</t>
+  </si>
+  <si>
+    <t>1248.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Орсэй»;сталь нерж.;,L=14,5см;серебрист.</t>
+  </si>
+  <si>
+    <t>03113926</t>
+  </si>
+  <si>
+    <t>990-4</t>
+  </si>
+  <si>
+    <t>1109.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Астория»;сталь нерж.;,L=147/45,B=23мм;металлич.</t>
+  </si>
+  <si>
+    <t>03113927</t>
+  </si>
+  <si>
+    <t>1520-4</t>
+  </si>
+  <si>
+    <t>3150.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Спига Голд»;сталь нерж.;,L=18,5см;золотой</t>
+  </si>
+  <si>
+    <t>03113928</t>
+  </si>
+  <si>
+    <t>A0032-OV14</t>
+  </si>
+  <si>
+    <t>Spiga gold</t>
+  </si>
+  <si>
+    <t>8170.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Зоуи»;сталь нерж.;,L=184,B=18,5мм;черный</t>
+  </si>
+  <si>
+    <t>03113929</t>
+  </si>
+  <si>
+    <t>B1319007B</t>
+  </si>
+  <si>
+    <t>Zoё</t>
+  </si>
+  <si>
+    <t>12682.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Ханиборн»;сталь нерж.;,L=18см;металлич.</t>
+  </si>
+  <si>
+    <t>03113931</t>
+  </si>
+  <si>
+    <t>5976SX023</t>
+  </si>
+  <si>
+    <t>Honeybourne</t>
+  </si>
+  <si>
+    <t>3181.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Зоуи»;сталь нерж.,посеребрен.;,L=181,B=18мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03113935</t>
+  </si>
+  <si>
+    <t>B1319007S</t>
+  </si>
+  <si>
+    <t>30492.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Эпок»;сталь нерж.;,L=15,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03113945</t>
+  </si>
+  <si>
+    <t>10149.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Мерси Микс»;сталь нерж.;,L=18см;металлич.</t>
+  </si>
+  <si>
+    <t>03113946</t>
+  </si>
+  <si>
+    <t>B0718303</t>
+  </si>
+  <si>
+    <t>Merci Mix</t>
+  </si>
+  <si>
+    <t>7115.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Пэлас Мартелатто»;сталь нерж.;,L=18,2см;серебрист.</t>
+  </si>
+  <si>
+    <t>03113949</t>
+  </si>
+  <si>
+    <t>Palace Martellato</t>
+  </si>
+  <si>
+    <t>2896.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Пэлас Мартеллато Трэжер Блэк»;сталь нерж.;,L=18,2см;черный</t>
+  </si>
+  <si>
+    <t>03113950</t>
+  </si>
+  <si>
+    <t>1TD00005</t>
+  </si>
+  <si>
+    <t>Palace Martellato Treasure Black</t>
+  </si>
+  <si>
+    <t>7616.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Пэлас Мартеллато Трэжер Хани»;сталь нерж.;,L=18,2см;золотой</t>
+  </si>
+  <si>
+    <t>03113951</t>
+  </si>
+  <si>
+    <t>1TG00005</t>
+  </si>
+  <si>
+    <t>Palace Martellato Treasure Honey</t>
+  </si>
+  <si>
+    <t>8686.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Пэлас Мартеллато Трэжер Коппер»;сталь нерж.;,L=18,2см;медный</t>
+  </si>
+  <si>
+    <t>03113952</t>
+  </si>
+  <si>
+    <t>1TH00005</t>
+  </si>
+  <si>
+    <t>Palace Martellato Treasure Copper</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Фюз мартеле»;сталь нерж.;,L=19,1см;металлич.</t>
+  </si>
+  <si>
+    <t>03114426</t>
+  </si>
+  <si>
+    <t>Fuse Martele</t>
+  </si>
+  <si>
+    <t>4905.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Кэролин»;сталь нерж.;,L=18,4см;металлич.</t>
+  </si>
+  <si>
+    <t>03114440</t>
+  </si>
+  <si>
+    <t>5742SX023</t>
+  </si>
+  <si>
+    <t>Folio By Steelite</t>
+  </si>
+  <si>
+    <t>Carolyn </t>
+  </si>
+  <si>
+    <t>ВЬЕТНАМ</t>
+  </si>
+  <si>
+    <t>8825.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Домо»;сталь нерж.;,L=19,3см;металлич.</t>
+  </si>
+  <si>
+    <t>03114455</t>
+  </si>
+  <si>
+    <t>Domo</t>
+  </si>
+  <si>
+    <t>6422.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Фиори»;хромоник. сталь;,L=18,8см;хромиров.</t>
+  </si>
+  <si>
+    <t>03114520</t>
+  </si>
+  <si>
+    <t>Fiori</t>
+  </si>
+  <si>
+    <t>ШВЕЙЦАРИЯ</t>
+  </si>
+  <si>
+    <t>6622.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Фиори»;хромоник. сталь;,L=13,9см;хромиров.</t>
+  </si>
+  <si>
+    <t>03114523</t>
+  </si>
+  <si>
+    <t>5352.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Сан Ремо»;хромоник. сталь;,L=18,9см;хромиров.</t>
+  </si>
+  <si>
+    <t>03114526</t>
+  </si>
+  <si>
+    <t>San Remo</t>
+  </si>
+  <si>
+    <t>7323.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Сан Ремо»;хромоник. сталь;,L=16,7см;хромиров.</t>
+  </si>
+  <si>
+    <t>03114529</t>
+  </si>
+  <si>
+    <t>6122.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Монтевидео»;хромоник. сталь;,L=19,6см;хромиров.</t>
+  </si>
+  <si>
+    <t>03114533</t>
+  </si>
+  <si>
+    <t>Montevideo</t>
+  </si>
+  <si>
+    <t>5483.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Монтевидео»;хромоник. сталь;,L=15см;хромиров.</t>
+  </si>
+  <si>
+    <t>03114536</t>
+  </si>
+  <si>
+    <t>2665.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Роял»;хромоник. сталь;,L=19,1см;хромиров.</t>
+  </si>
+  <si>
+    <t>03114542</t>
+  </si>
+  <si>
+    <t>Royal</t>
+  </si>
+  <si>
+    <t>7131.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Роял»;хромоник. сталь;,L=16,5см;хромиров.</t>
+  </si>
+  <si>
+    <t>03114545</t>
+  </si>
+  <si>
+    <t>6630.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Кубизм 21»;хромоник. сталь;,L=18,8см;хромиров.</t>
+  </si>
+  <si>
+    <t>03114548</t>
+  </si>
+  <si>
+    <t>Cubism 21</t>
+  </si>
+  <si>
+    <t>8986.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Багет»;сталь нерж.;,L=17,6см;серебрист.</t>
+  </si>
+  <si>
+    <t>03115053</t>
+  </si>
+  <si>
+    <t>52586-26</t>
+  </si>
+  <si>
+    <t>4158.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Багет»;сталь нерж.;,L=13,7см;серебрист.</t>
+  </si>
+  <si>
+    <t>03115065</t>
+  </si>
+  <si>
+    <t>52586-55</t>
+  </si>
+  <si>
+    <t>4543.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Сибарис»;сталь;,L=18см;металлич.</t>
+  </si>
+  <si>
+    <t>03115113</t>
+  </si>
+  <si>
+    <t>LSYB013AX915001</t>
+  </si>
+  <si>
+    <t>Le CoQ</t>
+  </si>
+  <si>
+    <t>Sybaris</t>
+  </si>
+  <si>
+    <t>4405.00₸</t>
+  </si>
+  <si>
+    <t>Вилка десертная «Каллиполис»;сталь;,L=18см;металлич.</t>
+  </si>
+  <si>
+    <t>03115121</t>
+  </si>
+  <si>
+    <t>LKAL000AX915003</t>
+  </si>
+  <si>
+    <t>Kallipolis</t>
+  </si>
+  <si>
+    <t>Вилка для пирожного «Визув»;сталь нерж.;,L=14,2см;металлич.</t>
+  </si>
+  <si>
+    <t>03115193</t>
+  </si>
+  <si>
+    <t>951-4</t>
+  </si>
+  <si>
+    <t>Vesuve</t>
+  </si>
+  <si>
+    <t>278.00₸</t>
+  </si>
+  <si>
     <t>23 шт.</t>
-  </si>
-[...2398 lines deleted...]
-    <t>278.00₸</t>
   </si>
   <si>
     <t>Вилка десертная «Тапас»;сталь нерж.;,L=120/17,B=40мм;металлич.</t>
   </si>
   <si>
     <t>04110229</t>
   </si>
   <si>
     <t>Tapas</t>
   </si>
   <si>
     <t>1864.00₸</t>
   </si>
   <si>
     <t>17 шт.</t>
   </si>
   <si>
     <t>Вилка десертная «Филет»;сталь нерж.;,L=185/65,B=25мм;металлич.</t>
   </si>
   <si>
     <t>09100964</t>
   </si>
   <si>
     <t>05400005</t>
   </si>
@@ -9870,289 +9861,289 @@
         <v>70</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>71</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>72</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="0" t="s">
         <v>73</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>74</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>75</v>
+        <v>46</v>
       </c>
       <c r="L12" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>76</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="D13" s="0" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="0" t="s">
         <v>73</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>75</v>
+        <v>35</v>
       </c>
       <c r="L13" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>80</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="D14" s="0" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>51</v>
+        <v>35</v>
       </c>
       <c r="L14" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>85</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="D15" s="0" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>89</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="D16" s="0" t="s">
+      <c r="E16" s="0" t="s">
         <v>91</v>
       </c>
-      <c r="E16" s="0" t="s">
+      <c r="F16" s="0" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>95</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>41</v>
       </c>
       <c r="L17" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>100</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="D18" s="0" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="L18" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>104</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="D19" s="0" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>75</v>
+        <v>108</v>
       </c>
       <c r="L19" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
         <v>109</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>110</v>
       </c>
       <c r="D20" s="0">
         <v>13221105</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>111</v>
       </c>
       <c r="F20" s="0" t="s">
         <v>112</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>113</v>
       </c>
@@ -10174,697 +10165,697 @@
         <v>115</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>116</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>117</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="0" t="s">
         <v>118</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I21" s="1" t="s">
         <v>119</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>75</v>
+        <v>120</v>
       </c>
       <c r="L21" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="0" t="s">
         <v>118</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>41</v>
+        <v>108</v>
       </c>
       <c r="L22" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>75</v>
+        <v>46</v>
       </c>
       <c r="L23" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>75</v>
+        <v>46</v>
       </c>
       <c r="L24" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>75</v>
+        <v>46</v>
       </c>
       <c r="L25" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>46</v>
+        <v>108</v>
       </c>
       <c r="L26" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>51</v>
+        <v>148</v>
       </c>
       <c r="L27" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="0" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>46</v>
+        <v>108</v>
       </c>
       <c r="L28" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>75</v>
+        <v>46</v>
       </c>
       <c r="L29" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="L30" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>41</v>
       </c>
       <c r="L31" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>75</v>
+        <v>46</v>
       </c>
       <c r="L32" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="0" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>179</v>
+        <v>18</v>
       </c>
       <c r="L34" s="0">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>75</v>
+        <v>46</v>
       </c>
       <c r="L35" s="0">
         <v>120</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>190</v>
+        <v>35</v>
       </c>
       <c r="L36" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
         <v>191</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>192</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>193</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F37" s="0" t="s">
         <v>194</v>
       </c>
       <c r="G37" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I37" s="1" t="s">
         <v>195</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>51</v>
+        <v>196</v>
       </c>
       <c r="L37" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F38" s="0" t="s">
         <v>194</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>200</v>
+        <v>35</v>
       </c>
       <c r="L38" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
         <v>201</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>202</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>203</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F39" s="0" t="s">
         <v>204</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I39" s="1" t="s">
         <v>205</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>75</v>
+        <v>18</v>
       </c>
       <c r="L39" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
         <v>206</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>207</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>208</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="0" t="s">
         <v>204</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I40" s="1" t="s">
         <v>209</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>75</v>
+        <v>108</v>
       </c>
       <c r="L40" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
         <v>210</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>211</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>212</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>213</v>
       </c>
       <c r="F41" s="0" t="s">
         <v>214</v>
       </c>
       <c r="G41" s="0" t="s">
         <v>215</v>
       </c>
@@ -10875,51 +10866,51 @@
         <v>216</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L41" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
         <v>217</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>218</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>219</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>213</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>215</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I42" s="1" t="s">
         <v>220</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
         <v>221</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>222</v>
@@ -11024,269 +11015,269 @@
         <v>235</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>236</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>237</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F46" s="0" t="s">
         <v>238</v>
       </c>
       <c r="G46" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I46" s="1" t="s">
         <v>239</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>75</v>
+        <v>46</v>
       </c>
       <c r="L46" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
         <v>240</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>241</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>242</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F47" s="0" t="s">
         <v>238</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I47" s="1" t="s">
         <v>243</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>75</v>
+        <v>46</v>
       </c>
       <c r="L47" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
         <v>244</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>245</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>246</v>
       </c>
       <c r="E48" s="0"/>
       <c r="F48" s="0" t="s">
         <v>247</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>248</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I48" s="1" t="s">
         <v>249</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L48" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
         <v>250</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>251</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>252</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F49" s="0" t="s">
         <v>253</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I49" s="1" t="s">
         <v>254</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>51</v>
+        <v>255</v>
       </c>
       <c r="L49" s="0">
         <v>240</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="E50" s="0"/>
       <c r="F50" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>248</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="L50" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D51" s="0">
         <v>20500005</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>265</v>
+        <v>18</v>
       </c>
       <c r="L51" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
         <v>266</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>267</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>268</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="G52" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I52" s="1" t="s">
         <v>269</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
         <v>270</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>271</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>272</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F53" s="0" t="s">
         <v>253</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I53" s="1" t="s">
         <v>273</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>41</v>
       </c>
       <c r="L53" s="0">
         <v>240</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
         <v>274</v>
@@ -11342,2812 +11333,2812 @@
         <v>16</v>
       </c>
       <c r="I55" s="1" t="s">
         <v>282</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L55" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
         <v>283</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>284</v>
       </c>
       <c r="D56" s="0">
         <v>16900005</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F56" s="0" t="s">
         <v>285</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
       <c r="L56" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
         <v>286</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>287</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>288</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F57" s="0" t="s">
         <v>289</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I57" s="1" t="s">
         <v>290</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>75</v>
+        <v>51</v>
       </c>
       <c r="L57" s="0">
         <v>120</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
         <v>291</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>292</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>293</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F58" s="0" t="s">
         <v>289</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I58" s="1" t="s">
         <v>294</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>265</v>
+        <v>295</v>
       </c>
       <c r="L58" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>75</v>
+        <v>46</v>
       </c>
       <c r="L59" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I60" s="1" t="s">
         <v>45</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>46</v>
       </c>
       <c r="L60" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L61" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>51</v>
+        <v>314</v>
       </c>
       <c r="L62" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F63" s="0" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L63" s="0">
         <v>300</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="G64" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L64" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="E65" s="0"/>
       <c r="F65" s="0" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>248</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L65" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="E66" s="0"/>
       <c r="F66" s="0" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="G66" s="0" t="s">
         <v>248</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L66" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="E67" s="0"/>
       <c r="F67" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="G67" s="0" t="s">
         <v>248</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L67" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="G68" s="0" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L68" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
+        <v>344</v>
+      </c>
+      <c r="C69" s="0" t="s">
+        <v>345</v>
+      </c>
+      <c r="D69" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="E69" s="0" t="s">
+        <v>340</v>
+      </c>
+      <c r="F69" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="G69" s="0" t="s">
         <v>342</v>
       </c>
-      <c r="C69" s="0" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H69" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L69" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="F70" s="0" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="G70" s="0" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>51</v>
+        <v>35</v>
       </c>
       <c r="L70" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="E71" s="0" t="s">
         <v>213</v>
       </c>
       <c r="F71" s="0" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="G71" s="0" t="s">
         <v>215</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L71" s="0"/>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F72" s="0" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="G72" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L72" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
         <v>215</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L73" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="F74" s="0" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="G74" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L74" s="0"/>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F75" s="0" t="s">
         <v>233</v>
       </c>
       <c r="G75" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>41</v>
       </c>
       <c r="L75" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F76" s="0" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="G76" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
       <c r="L76" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="D77" s="0">
         <v>22700005</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F77" s="0" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="G77" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L77" s="0"/>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F78" s="0" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="G78" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L78" s="0"/>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="D79" s="0">
         <v>20300005</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F79" s="0" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="G79" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I79" s="1" t="s">
         <v>45</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L79" s="0"/>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="D80" s="0">
         <v>16400005</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F80" s="0" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="G80" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L80" s="0"/>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="D81" s="0">
         <v>16900017</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F81" s="0" t="s">
         <v>285</v>
       </c>
       <c r="G81" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L81" s="0"/>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="D82" s="0">
         <v>16400017</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F82" s="0" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="G82" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L82" s="0"/>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="D83" s="0">
         <v>22700017</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F83" s="0" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="G83" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I83" s="1" t="s">
         <v>50</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L83" s="0"/>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="F84" s="0" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="G84" s="0" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
         <v>41</v>
       </c>
       <c r="L84" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F85" s="0" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="G85" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>75</v>
+        <v>46</v>
       </c>
       <c r="L85" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="D86" s="0">
         <v>20400005</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F86" s="0" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="G86" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L86" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F87" s="0" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="G87" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L87" s="0"/>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="D88" s="0">
         <v>13000005</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F88" s="0" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="G88" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
         <v>41</v>
       </c>
       <c r="L88" s="0">
         <v>120</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F89" s="0" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="G89" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L89" s="0"/>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="F90" s="0" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="G90" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L90" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="F91" s="0" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="G91" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L91" s="0"/>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="F92" s="0" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="G92" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L92" s="0"/>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="F93" s="0" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="G93" s="0" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L93" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="F94" s="0" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="G94" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L94" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="D95" s="0">
         <v>21020005</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F95" s="0" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="G95" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
         <v>41</v>
       </c>
       <c r="L95" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="D96" s="0">
         <v>21020017</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F96" s="0" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="G96" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L96" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="E97" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F97" s="0" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="G97" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
         <v>41</v>
       </c>
       <c r="L97" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="F98" s="0" t="s">
         <v>214</v>
       </c>
       <c r="G98" s="0" t="s">
         <v>248</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
         <v>41</v>
       </c>
       <c r="L98" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="D99" s="0">
         <v>49154595</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F99" s="0" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="G99" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L99" s="0">
         <v>120</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="E100" s="0" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="F100" s="0" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="G100" s="0" t="s">
         <v>248</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>41</v>
       </c>
       <c r="L100" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="F101" s="0" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="G101" s="0" t="s">
         <v>248</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
         <v>41</v>
       </c>
       <c r="L101" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="F102" s="0" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="G102" s="0" t="s">
         <v>248</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
         <v>41</v>
       </c>
       <c r="L102" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="D103" s="0"/>
       <c r="E103" s="0" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="F103" s="0" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="G103" s="0" t="s">
         <v>248</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>41</v>
       </c>
       <c r="L103" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="F104" s="0" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="G104" s="0" t="s">
         <v>248</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
         <v>41</v>
       </c>
       <c r="L104" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="F105" s="0" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="G105" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L105" s="0"/>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="F106" s="0" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="G106" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L106" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="D107" s="0">
         <v>20540005</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F107" s="0" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="G107" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L107" s="0"/>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="D108" s="0"/>
       <c r="E108" s="0" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="F108" s="0" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="G108" s="0" t="s">
         <v>248</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
         <v>41</v>
       </c>
       <c r="L108" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="D109" s="0"/>
       <c r="E109" s="0" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="F109" s="0" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="G109" s="0" t="s">
         <v>248</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
         <v>41</v>
       </c>
       <c r="L109" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="D110" s="0"/>
       <c r="E110" s="0" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="F110" s="0" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="G110" s="0" t="s">
         <v>248</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
         <v>41</v>
       </c>
       <c r="L110" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="F111" s="0" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="G111" s="0" t="s">
         <v>248</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
         <v>41</v>
       </c>
       <c r="L111" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="E112" s="0" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="F112" s="0" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="G112" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
-        <v>75</v>
+        <v>35</v>
       </c>
       <c r="L112" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="F113" s="0" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="G113" s="0" t="s">
         <v>248</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
         <v>41</v>
       </c>
       <c r="L113" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="E114" s="0" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="F114" s="0" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="G114" s="0" t="s">
         <v>248</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
         <v>41</v>
       </c>
       <c r="L114" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="F115" s="0" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="G115" s="0" t="s">
         <v>248</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
         <v>41</v>
       </c>
       <c r="L115" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="E116" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F116" s="0" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="G116" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
-        <v>75</v>
+        <v>108</v>
       </c>
       <c r="L116" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="F117" s="0" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="G117" s="0" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L117" s="0"/>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
+        <v>565</v>
+      </c>
+      <c r="C118" s="0" t="s">
+        <v>566</v>
+      </c>
+      <c r="D118" s="0" t="s">
+        <v>567</v>
+      </c>
+      <c r="E118" s="0" t="s">
+        <v>450</v>
+      </c>
+      <c r="F118" s="0" t="s">
         <v>563</v>
       </c>
-      <c r="C118" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G118" s="0" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L118" s="0"/>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="E119" s="0" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="F119" s="0" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="G119" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L119" s="0"/>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="F120" s="0" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="G120" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L120" s="0"/>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="F121" s="0" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="G121" s="0" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="H121" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="L121" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="E122" s="0" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="F122" s="0" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="G122" s="0" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L122" s="0"/>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F123" s="0" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="G123" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L123" s="0"/>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="B124" s="0" t="s">
+        <v>595</v>
+      </c>
+      <c r="C124" s="0" t="s">
+        <v>596</v>
+      </c>
+      <c r="D124" s="0" t="s">
+        <v>597</v>
+      </c>
+      <c r="E124" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="F124" s="0" t="s">
         <v>593</v>
-      </c>
-[...10 lines deleted...]
-        <v>591</v>
       </c>
       <c r="G124" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L124" s="0"/>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="E125" s="0" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="F125" s="0" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="G125" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L125" s="0"/>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="E126" s="0" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="F126" s="0" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="G126" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L126" s="0"/>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="F127" s="0" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="G127" s="0" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L127" s="0"/>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="E128" s="0" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="F128" s="0" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="G128" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L128" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="E129" s="0" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="F129" s="0" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="G129" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L129" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="D130" s="0">
         <v>11084005</v>
       </c>
       <c r="E130" s="0" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="F130" s="0" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="G130" s="0" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="H130" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L130" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="E131" s="0" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="F131" s="0" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="G131" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
-        <v>635</v>
+        <v>314</v>
       </c>
       <c r="L131" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="D132" s="0" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="F132" s="0" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="G132" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L132" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="D133" s="0" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="E133" s="0" t="s">
         <v>213</v>
       </c>
       <c r="F133" s="0" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="G133" s="0" t="s">
         <v>215</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L133" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D134" s="0" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="E134" s="0" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="F134" s="0" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="G134" s="0" t="s">
         <v>248</v>
       </c>
       <c r="H134" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
         <v>41</v>
       </c>
       <c r="L134" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="D135" s="0">
         <v>10641105</v>
       </c>
       <c r="E135" s="0" t="s">
         <v>111</v>
       </c>
       <c r="F135" s="0" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="G135" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H135" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="L135" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="D136" s="0" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="E136" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F136" s="0" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="G136" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
-        <v>75</v>
+        <v>46</v>
       </c>
       <c r="L136" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="D137" s="0" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="E137" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F137" s="0" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="G137" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
-        <v>664</v>
+        <v>35</v>
       </c>
       <c r="L137" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
         <v>665</v>
       </c>
       <c r="C138" s="0" t="s">
         <v>666</v>
       </c>
       <c r="D138" s="0">
         <v>223485</v>
       </c>
       <c r="E138" s="0" t="s">
         <v>667</v>
       </c>
       <c r="F138" s="0" t="s">
         <v>668</v>
       </c>
       <c r="G138" s="0" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="H138" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I138" s="1" t="s">
         <v>669</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L138" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
         <v>670</v>
       </c>
       <c r="C139" s="0" t="s">
         <v>671</v>
       </c>
       <c r="D139" s="0">
         <v>223489</v>
       </c>
       <c r="E139" s="0" t="s">
         <v>667</v>
       </c>
       <c r="F139" s="0" t="s">
         <v>668</v>
       </c>
       <c r="G139" s="0" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="H139" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I139" s="1" t="s">
         <v>672</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L139" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="B140" s="0" t="s">
         <v>673</v>
       </c>
       <c r="C140" s="0" t="s">
         <v>674</v>
       </c>
       <c r="D140" s="0" t="s">
         <v>675</v>
       </c>
@@ -14328,51 +14319,51 @@
       <c r="L145" s="0"/>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="B146" s="0" t="s">
         <v>702</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>703</v>
       </c>
       <c r="D146" s="0" t="s">
         <v>704</v>
       </c>
       <c r="E146" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F146" s="0" t="s">
         <v>73</v>
       </c>
       <c r="G146" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H146" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L146" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="B147" s="0" t="s">
         <v>705</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>706</v>
       </c>
       <c r="D147" s="0" t="s">
         <v>707</v>
       </c>
       <c r="E147" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F147" s="0" t="s">
         <v>708</v>
       </c>
@@ -14444,498 +14435,498 @@
       </c>
       <c r="H149" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I149" s="1" t="s">
         <v>719</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
         <v>35</v>
       </c>
       <c r="L149" s="0"/>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
         <v>720</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>721</v>
       </c>
       <c r="D150" s="0" t="s">
         <v>722</v>
       </c>
       <c r="E150" s="0" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="F150" s="0" t="s">
         <v>723</v>
       </c>
       <c r="G150" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H150" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I150" s="1" t="s">
         <v>724</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L150" s="0"/>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
         <v>725</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>726</v>
       </c>
       <c r="D151" s="0" t="s">
         <v>727</v>
       </c>
       <c r="E151" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F151" s="0" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="G151" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H151" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I151" s="1" t="s">
         <v>29</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
         <v>41</v>
       </c>
       <c r="L151" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
         <v>728</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>729</v>
       </c>
       <c r="D152" s="0" t="s">
         <v>730</v>
       </c>
       <c r="E152" s="0" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="F152" s="0" t="s">
         <v>731</v>
       </c>
       <c r="G152" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H152" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I152" s="1" t="s">
         <v>732</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L152" s="0"/>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
         <v>733</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>734</v>
       </c>
       <c r="D153" s="0" t="s">
         <v>735</v>
       </c>
       <c r="E153" s="0" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="F153" s="0" t="s">
         <v>736</v>
       </c>
       <c r="G153" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H153" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I153" s="1" t="s">
         <v>737</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L153" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
         <v>738</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>739</v>
       </c>
       <c r="D154" s="0" t="s">
         <v>740</v>
       </c>
       <c r="E154" s="0" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="F154" s="0" t="s">
         <v>741</v>
       </c>
       <c r="G154" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H154" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I154" s="1" t="s">
         <v>243</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L154" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="A155" s="0"/>
       <c r="B155" s="0" t="s">
         <v>742</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>743</v>
       </c>
       <c r="D155" s="0" t="s">
         <v>744</v>
       </c>
       <c r="E155" s="0" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="F155" s="0" t="s">
         <v>745</v>
       </c>
       <c r="G155" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H155" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I155" s="1" t="s">
         <v>746</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L155" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
         <v>747</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>748</v>
       </c>
       <c r="D156" s="0" t="s">
         <v>749</v>
       </c>
       <c r="E156" s="0" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="F156" s="0" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="G156" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H156" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I156" s="1" t="s">
         <v>750</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L156" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
         <v>751</v>
       </c>
       <c r="C157" s="0" t="s">
         <v>752</v>
       </c>
       <c r="D157" s="0" t="s">
         <v>753</v>
       </c>
       <c r="E157" s="0" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="F157" s="0" t="s">
         <v>754</v>
       </c>
       <c r="G157" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H157" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I157" s="1" t="s">
         <v>755</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L157" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
         <v>756</v>
       </c>
       <c r="C158" s="0" t="s">
         <v>757</v>
       </c>
       <c r="D158" s="0" t="s">
         <v>758</v>
       </c>
       <c r="E158" s="0" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="F158" s="0" t="s">
         <v>759</v>
       </c>
       <c r="G158" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H158" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I158" s="1" t="s">
         <v>760</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L158" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
         <v>761</v>
       </c>
       <c r="C159" s="0" t="s">
         <v>762</v>
       </c>
       <c r="D159" s="0" t="s">
         <v>763</v>
       </c>
       <c r="E159" s="0" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="F159" s="0" t="s">
         <v>759</v>
       </c>
       <c r="G159" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H159" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I159" s="1" t="s">
         <v>760</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L159" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
         <v>764</v>
       </c>
       <c r="C160" s="0" t="s">
         <v>765</v>
       </c>
       <c r="D160" s="0" t="s">
         <v>766</v>
       </c>
       <c r="E160" s="0" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="F160" s="0" t="s">
         <v>767</v>
       </c>
       <c r="G160" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H160" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I160" s="1" t="s">
         <v>768</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L160" s="0"/>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
       <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
         <v>769</v>
       </c>
       <c r="C161" s="0" t="s">
         <v>770</v>
       </c>
       <c r="D161" s="0" t="s">
         <v>771</v>
       </c>
       <c r="E161" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F161" s="0" t="s">
         <v>772</v>
       </c>
       <c r="G161" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H161" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I161" s="1" t="s">
         <v>773</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
-        <v>75</v>
+        <v>35</v>
       </c>
       <c r="L161" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
       <c r="B162" s="0" t="s">
         <v>774</v>
       </c>
       <c r="C162" s="0" t="s">
         <v>775</v>
       </c>
       <c r="D162" s="0" t="s">
         <v>776</v>
       </c>
       <c r="E162" s="0" t="s">
         <v>777</v>
       </c>
       <c r="F162" s="0"/>
       <c r="G162" s="0" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="H162" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I162" s="1" t="s">
         <v>778</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L162" s="0"/>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
       <c r="A163" s="0"/>
       <c r="B163" s="0" t="s">
         <v>779</v>
       </c>
       <c r="C163" s="0" t="s">
         <v>780</v>
       </c>
       <c r="D163" s="0" t="s">
         <v>781</v>
       </c>
       <c r="E163" s="0" t="s">
         <v>782</v>
       </c>
       <c r="F163" s="0" t="s">
         <v>783</v>
       </c>
       <c r="G163" s="0" t="s">
         <v>784</v>
       </c>
       <c r="H163" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
-        <v>75</v>
+        <v>46</v>
       </c>
       <c r="L163" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="80">
       <c r="A164" s="0"/>
       <c r="B164" s="0" t="s">
         <v>785</v>
       </c>
       <c r="C164" s="0" t="s">
         <v>786</v>
       </c>
       <c r="D164" s="0" t="s">
         <v>787</v>
       </c>
       <c r="E164" s="0" t="s">
         <v>782</v>
       </c>
       <c r="F164" s="0" t="s">
         <v>788</v>
       </c>
       <c r="G164" s="0" t="s">
         <v>784</v>
       </c>
@@ -14959,1700 +14950,1700 @@
         <v>790</v>
       </c>
       <c r="C165" s="0" t="s">
         <v>791</v>
       </c>
       <c r="D165" s="0" t="s">
         <v>792</v>
       </c>
       <c r="E165" s="0" t="s">
         <v>782</v>
       </c>
       <c r="F165" s="0" t="s">
         <v>793</v>
       </c>
       <c r="G165" s="0" t="s">
         <v>784</v>
       </c>
       <c r="H165" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I165" s="1" t="s">
         <v>794</v>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="s">
-        <v>795</v>
+        <v>18</v>
       </c>
       <c r="L165" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="80">
       <c r="A166" s="0"/>
       <c r="B166" s="0" t="s">
+        <v>795</v>
+      </c>
+      <c r="C166" s="0" t="s">
         <v>796</v>
       </c>
-      <c r="C166" s="0" t="s">
+      <c r="D166" s="0" t="s">
         <v>797</v>
-      </c>
-[...1 lines deleted...]
-        <v>798</v>
       </c>
       <c r="E166" s="0" t="s">
         <v>782</v>
       </c>
       <c r="F166" s="0" t="s">
         <v>793</v>
       </c>
       <c r="G166" s="0" t="s">
         <v>784</v>
       </c>
       <c r="H166" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L166" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="80">
       <c r="A167" s="0"/>
       <c r="B167" s="0" t="s">
+        <v>798</v>
+      </c>
+      <c r="C167" s="0" t="s">
         <v>799</v>
       </c>
-      <c r="C167" s="0" t="s">
+      <c r="D167" s="0" t="s">
         <v>800</v>
-      </c>
-[...1 lines deleted...]
-        <v>801</v>
       </c>
       <c r="E167" s="0" t="s">
         <v>782</v>
       </c>
       <c r="F167" s="0" t="s">
-        <v>802</v>
+        <v>801</v>
       </c>
       <c r="G167" s="0" t="s">
         <v>784</v>
       </c>
       <c r="H167" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>803</v>
+        <v>802</v>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L167" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="80">
       <c r="A168" s="0"/>
       <c r="B168" s="0" t="s">
+        <v>803</v>
+      </c>
+      <c r="C168" s="0" t="s">
         <v>804</v>
       </c>
-      <c r="C168" s="0" t="s">
+      <c r="D168" s="0" t="s">
         <v>805</v>
-      </c>
-[...1 lines deleted...]
-        <v>806</v>
       </c>
       <c r="E168" s="0" t="s">
         <v>782</v>
       </c>
       <c r="F168" s="0" t="s">
-        <v>802</v>
+        <v>801</v>
       </c>
       <c r="G168" s="0" t="s">
         <v>784</v>
       </c>
       <c r="H168" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I168" s="1" t="s">
         <v>794</v>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="s">
-        <v>265</v>
+        <v>18</v>
       </c>
       <c r="L168" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="80">
       <c r="A169" s="0"/>
       <c r="B169" s="0" t="s">
+        <v>806</v>
+      </c>
+      <c r="C169" s="0" t="s">
         <v>807</v>
       </c>
-      <c r="C169" s="0" t="s">
+      <c r="D169" s="0" t="s">
         <v>808</v>
-      </c>
-[...1 lines deleted...]
-        <v>809</v>
       </c>
       <c r="E169" s="0" t="s">
         <v>782</v>
       </c>
       <c r="F169" s="0" t="s">
-        <v>810</v>
+        <v>809</v>
       </c>
       <c r="G169" s="0" t="s">
         <v>784</v>
       </c>
       <c r="H169" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L169" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="80">
       <c r="A170" s="0"/>
       <c r="B170" s="0" t="s">
+        <v>810</v>
+      </c>
+      <c r="C170" s="0" t="s">
         <v>811</v>
       </c>
-      <c r="C170" s="0" t="s">
+      <c r="D170" s="0" t="s">
         <v>812</v>
-      </c>
-[...1 lines deleted...]
-        <v>813</v>
       </c>
       <c r="E170" s="0" t="s">
         <v>782</v>
       </c>
       <c r="F170" s="0" t="s">
-        <v>810</v>
+        <v>809</v>
       </c>
       <c r="G170" s="0" t="s">
         <v>784</v>
       </c>
       <c r="H170" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L170" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="80">
       <c r="A171" s="0"/>
       <c r="B171" s="0" t="s">
+        <v>813</v>
+      </c>
+      <c r="C171" s="0" t="s">
         <v>814</v>
       </c>
-      <c r="C171" s="0" t="s">
+      <c r="D171" s="0" t="s">
         <v>815</v>
       </c>
-      <c r="D171" s="0" t="s">
+      <c r="E171" s="0" t="s">
+        <v>340</v>
+      </c>
+      <c r="F171" s="0" t="s">
         <v>816</v>
       </c>
-      <c r="E171" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F171" s="0" t="s">
+      <c r="G171" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="H171" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I171" s="1" t="s">
         <v>817</v>
-      </c>
-[...7 lines deleted...]
-        <v>818</v>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L171" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="80">
       <c r="A172" s="0"/>
       <c r="B172" s="0" t="s">
+        <v>818</v>
+      </c>
+      <c r="C172" s="0" t="s">
         <v>819</v>
       </c>
-      <c r="C172" s="0" t="s">
+      <c r="D172" s="0" t="s">
         <v>820</v>
       </c>
-      <c r="D172" s="0" t="s">
+      <c r="E172" s="0" t="s">
         <v>821</v>
       </c>
-      <c r="E172" s="0" t="s">
+      <c r="F172" s="0" t="s">
         <v>822</v>
       </c>
-      <c r="F172" s="0" t="s">
+      <c r="G172" s="0" t="s">
         <v>823</v>
       </c>
-      <c r="G172" s="0" t="s">
+      <c r="H172" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I172" s="1" t="s">
         <v>824</v>
-      </c>
-[...4 lines deleted...]
-        <v>825</v>
       </c>
       <c r="J172" s="0"/>
       <c r="K172" s="0" t="s">
-        <v>826</v>
+        <v>18</v>
       </c>
       <c r="L172" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="80">
       <c r="A173" s="0"/>
       <c r="B173" s="0" t="s">
+        <v>825</v>
+      </c>
+      <c r="C173" s="0" t="s">
+        <v>826</v>
+      </c>
+      <c r="D173" s="0" t="s">
         <v>827</v>
-      </c>
-[...4 lines deleted...]
-        <v>829</v>
       </c>
       <c r="E173" s="0" t="s">
         <v>213</v>
       </c>
       <c r="F173" s="0" t="s">
-        <v>830</v>
+        <v>828</v>
       </c>
       <c r="G173" s="0" t="s">
         <v>215</v>
       </c>
       <c r="H173" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>831</v>
+        <v>829</v>
       </c>
       <c r="J173" s="0"/>
       <c r="K173" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L173" s="0"/>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="80">
       <c r="A174" s="0"/>
       <c r="B174" s="0" t="s">
+        <v>830</v>
+      </c>
+      <c r="C174" s="0" t="s">
+        <v>831</v>
+      </c>
+      <c r="D174" s="0" t="s">
         <v>832</v>
       </c>
-      <c r="C174" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E174" s="0" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="F174" s="0" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="G174" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H174" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>835</v>
+        <v>833</v>
       </c>
       <c r="J174" s="0"/>
       <c r="K174" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L174" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="80">
       <c r="A175" s="0"/>
       <c r="B175" s="0" t="s">
+        <v>834</v>
+      </c>
+      <c r="C175" s="0" t="s">
+        <v>835</v>
+      </c>
+      <c r="D175" s="0" t="s">
         <v>836</v>
-      </c>
-[...4 lines deleted...]
-        <v>838</v>
       </c>
       <c r="E175" s="0" t="s">
         <v>213</v>
       </c>
       <c r="F175" s="0" t="s">
-        <v>839</v>
+        <v>837</v>
       </c>
       <c r="G175" s="0" t="s">
         <v>215</v>
       </c>
       <c r="H175" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>840</v>
+        <v>838</v>
       </c>
       <c r="J175" s="0"/>
       <c r="K175" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L175" s="0"/>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="80">
       <c r="A176" s="0"/>
       <c r="B176" s="0" t="s">
+        <v>839</v>
+      </c>
+      <c r="C176" s="0" t="s">
+        <v>840</v>
+      </c>
+      <c r="D176" s="0" t="s">
         <v>841</v>
-      </c>
-[...4 lines deleted...]
-        <v>843</v>
       </c>
       <c r="E176" s="0" t="s">
         <v>213</v>
       </c>
       <c r="F176" s="0" t="s">
-        <v>830</v>
+        <v>828</v>
       </c>
       <c r="G176" s="0" t="s">
         <v>215</v>
       </c>
       <c r="H176" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>844</v>
+        <v>842</v>
       </c>
       <c r="J176" s="0"/>
       <c r="K176" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L176" s="0"/>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="80">
       <c r="A177" s="0"/>
       <c r="B177" s="0" t="s">
-        <v>845</v>
+        <v>843</v>
       </c>
       <c r="C177" s="0" t="s">
-        <v>846</v>
+        <v>844</v>
       </c>
       <c r="D177" s="0">
         <v>27020812</v>
       </c>
       <c r="E177" s="0" t="s">
-        <v>847</v>
+        <v>845</v>
       </c>
       <c r="F177" s="0" t="s">
-        <v>848</v>
+        <v>846</v>
       </c>
       <c r="G177" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H177" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I177" s="1" t="s">
-        <v>849</v>
+        <v>847</v>
       </c>
       <c r="J177" s="0"/>
       <c r="K177" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L177" s="0"/>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="80">
       <c r="A178" s="0"/>
       <c r="B178" s="0" t="s">
-        <v>850</v>
+        <v>848</v>
       </c>
       <c r="C178" s="0" t="s">
-        <v>851</v>
+        <v>849</v>
       </c>
       <c r="D178" s="0">
         <v>27020835</v>
       </c>
       <c r="E178" s="0" t="s">
-        <v>847</v>
+        <v>845</v>
       </c>
       <c r="F178" s="0" t="s">
-        <v>852</v>
+        <v>850</v>
       </c>
       <c r="G178" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H178" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I178" s="1" t="s">
-        <v>853</v>
+        <v>851</v>
       </c>
       <c r="J178" s="0"/>
       <c r="K178" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L178" s="0"/>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="80">
       <c r="A179" s="0"/>
       <c r="B179" s="0" t="s">
+        <v>852</v>
+      </c>
+      <c r="C179" s="0" t="s">
+        <v>853</v>
+      </c>
+      <c r="D179" s="0" t="s">
         <v>854</v>
-      </c>
-[...4 lines deleted...]
-        <v>856</v>
       </c>
       <c r="E179" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F179" s="0" t="s">
-        <v>857</v>
+        <v>855</v>
       </c>
       <c r="G179" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H179" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I179" s="1" t="s">
-        <v>858</v>
+        <v>856</v>
       </c>
       <c r="J179" s="0"/>
       <c r="K179" s="0" t="s">
-        <v>75</v>
+        <v>35</v>
       </c>
       <c r="L179" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="80">
       <c r="A180" s="0"/>
       <c r="B180" s="0" t="s">
+        <v>857</v>
+      </c>
+      <c r="C180" s="0" t="s">
+        <v>858</v>
+      </c>
+      <c r="D180" s="0" t="s">
         <v>859</v>
-      </c>
-[...4 lines deleted...]
-        <v>861</v>
       </c>
       <c r="E180" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F180" s="0" t="s">
-        <v>862</v>
+        <v>860</v>
       </c>
       <c r="G180" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H180" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I180" s="1" t="s">
-        <v>863</v>
+        <v>861</v>
       </c>
       <c r="J180" s="0"/>
       <c r="K180" s="0" t="s">
-        <v>864</v>
+        <v>18</v>
       </c>
       <c r="L180" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="80">
       <c r="A181" s="0"/>
       <c r="B181" s="0" t="s">
-        <v>865</v>
+        <v>862</v>
       </c>
       <c r="C181" s="0" t="s">
-        <v>866</v>
+        <v>863</v>
       </c>
       <c r="D181" s="0" t="s">
-        <v>867</v>
+        <v>864</v>
       </c>
       <c r="E181" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F181" s="0" t="s">
-        <v>862</v>
+        <v>860</v>
       </c>
       <c r="G181" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H181" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I181" s="1" t="s">
-        <v>868</v>
+        <v>865</v>
       </c>
       <c r="J181" s="0"/>
       <c r="K181" s="0" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="L181" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="80">
       <c r="A182" s="0"/>
       <c r="B182" s="0" t="s">
-        <v>869</v>
+        <v>866</v>
       </c>
       <c r="C182" s="0" t="s">
-        <v>870</v>
+        <v>867</v>
       </c>
       <c r="D182" s="0" t="s">
-        <v>871</v>
+        <v>868</v>
       </c>
       <c r="E182" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F182" s="0" t="s">
-        <v>857</v>
+        <v>855</v>
       </c>
       <c r="G182" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H182" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I182" s="1" t="s">
-        <v>872</v>
+        <v>869</v>
       </c>
       <c r="J182" s="0"/>
       <c r="K182" s="0" t="s">
-        <v>75</v>
+        <v>35</v>
       </c>
       <c r="L182" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="80">
       <c r="A183" s="0"/>
       <c r="B183" s="0" t="s">
-        <v>873</v>
+        <v>870</v>
       </c>
       <c r="C183" s="0" t="s">
-        <v>874</v>
+        <v>871</v>
       </c>
       <c r="D183" s="0" t="s">
-        <v>875</v>
+        <v>872</v>
       </c>
       <c r="E183" s="0" t="s">
         <v>777</v>
       </c>
       <c r="F183" s="0" t="s">
-        <v>876</v>
+        <v>873</v>
       </c>
       <c r="G183" s="0" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="H183" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>877</v>
+        <v>874</v>
       </c>
       <c r="J183" s="0"/>
       <c r="K183" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L183" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="80">
       <c r="A184" s="0"/>
       <c r="B184" s="0" t="s">
+        <v>875</v>
+      </c>
+      <c r="C184" s="0" t="s">
+        <v>876</v>
+      </c>
+      <c r="D184" s="0" t="s">
+        <v>877</v>
+      </c>
+      <c r="E184" s="0" t="s">
+        <v>602</v>
+      </c>
+      <c r="F184" s="0" t="s">
         <v>878</v>
-      </c>
-[...10 lines deleted...]
-        <v>881</v>
       </c>
       <c r="G184" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H184" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I184" s="1" t="s">
-        <v>882</v>
+        <v>879</v>
       </c>
       <c r="J184" s="0"/>
       <c r="K184" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L184" s="0"/>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="80">
       <c r="B185" s="0" t="s">
+        <v>880</v>
+      </c>
+      <c r="C185" s="0" t="s">
+        <v>881</v>
+      </c>
+      <c r="D185" s="0" t="s">
+        <v>882</v>
+      </c>
+      <c r="E185" s="0" t="s">
+        <v>613</v>
+      </c>
+      <c r="F185" s="0" t="s">
         <v>883</v>
       </c>
-      <c r="C185" s="0" t="s">
+      <c r="G185" s="0" t="s">
+        <v>452</v>
+      </c>
+      <c r="H185" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I185" s="1" t="s">
         <v>884</v>
-      </c>
-[...16 lines deleted...]
-        <v>887</v>
       </c>
       <c r="J185" s="0"/>
       <c r="K185" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L185" s="0"/>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="80">
       <c r="A186" s="0"/>
       <c r="B186" s="0" t="s">
-        <v>888</v>
+        <v>885</v>
       </c>
       <c r="C186" s="0" t="s">
-        <v>889</v>
+        <v>886</v>
       </c>
       <c r="D186" s="0" t="s">
-        <v>890</v>
+        <v>887</v>
       </c>
       <c r="E186" s="0" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="F186" s="0" t="s">
-        <v>881</v>
+        <v>878</v>
       </c>
       <c r="G186" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H186" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I186" s="1" t="s">
-        <v>891</v>
+        <v>888</v>
       </c>
       <c r="J186" s="0"/>
       <c r="K186" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L186" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="80">
       <c r="A187" s="0"/>
       <c r="B187" s="0" t="s">
-        <v>892</v>
+        <v>889</v>
       </c>
       <c r="C187" s="0" t="s">
-        <v>893</v>
+        <v>890</v>
       </c>
       <c r="D187" s="0">
         <v>10681115</v>
       </c>
       <c r="E187" s="0" t="s">
         <v>111</v>
       </c>
       <c r="F187" s="0" t="s">
         <v>276</v>
       </c>
       <c r="G187" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H187" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>894</v>
+        <v>891</v>
       </c>
       <c r="J187" s="0"/>
       <c r="K187" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L187" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="80">
       <c r="A188" s="0"/>
       <c r="B188" s="0" t="s">
+        <v>892</v>
+      </c>
+      <c r="C188" s="0" t="s">
+        <v>893</v>
+      </c>
+      <c r="D188" s="0" t="s">
+        <v>894</v>
+      </c>
+      <c r="E188" s="0" t="s">
+        <v>602</v>
+      </c>
+      <c r="F188" s="0" t="s">
         <v>895</v>
-      </c>
-[...10 lines deleted...]
-        <v>898</v>
       </c>
       <c r="G188" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H188" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>899</v>
+        <v>896</v>
       </c>
       <c r="J188" s="0"/>
       <c r="K188" s="0" t="s">
-        <v>75</v>
+        <v>46</v>
       </c>
       <c r="L188" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="80">
       <c r="A189" s="0"/>
       <c r="B189" s="0" t="s">
-        <v>900</v>
+        <v>897</v>
       </c>
       <c r="C189" s="0" t="s">
-        <v>901</v>
+        <v>898</v>
       </c>
       <c r="D189" s="0">
         <v>16800005</v>
       </c>
       <c r="E189" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F189" s="0" t="s">
-        <v>902</v>
+        <v>899</v>
       </c>
       <c r="G189" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H189" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I189" s="1" t="s">
-        <v>903</v>
+        <v>900</v>
       </c>
       <c r="J189" s="0"/>
       <c r="K189" s="0" t="s">
-        <v>635</v>
+        <v>18</v>
       </c>
       <c r="L189" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="80">
       <c r="A190" s="0"/>
       <c r="B190" s="0" t="s">
+        <v>901</v>
+      </c>
+      <c r="C190" s="0" t="s">
+        <v>902</v>
+      </c>
+      <c r="D190" s="0" t="s">
+        <v>903</v>
+      </c>
+      <c r="E190" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="F190" s="0" t="s">
         <v>904</v>
-      </c>
-[...10 lines deleted...]
-        <v>907</v>
       </c>
       <c r="G190" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H190" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I190" s="1" t="s">
-        <v>908</v>
+        <v>905</v>
       </c>
       <c r="J190" s="0"/>
       <c r="K190" s="0" t="s">
-        <v>75</v>
+        <v>18</v>
       </c>
       <c r="L190" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="191" spans="1:12" customHeight="1" ht="80">
       <c r="A191" s="0"/>
       <c r="B191" s="0" t="s">
+        <v>906</v>
+      </c>
+      <c r="C191" s="0" t="s">
+        <v>907</v>
+      </c>
+      <c r="D191" s="0" t="s">
+        <v>908</v>
+      </c>
+      <c r="E191" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="F191" s="0" t="s">
         <v>909</v>
-      </c>
-[...10 lines deleted...]
-        <v>912</v>
       </c>
       <c r="G191" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H191" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I191" s="1" t="s">
-        <v>913</v>
+        <v>910</v>
       </c>
       <c r="J191" s="0"/>
       <c r="K191" s="0" t="s">
-        <v>914</v>
+        <v>18</v>
       </c>
       <c r="L191" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="80">
       <c r="A192" s="0"/>
       <c r="B192" s="0" t="s">
-        <v>915</v>
+        <v>911</v>
       </c>
       <c r="C192" s="0" t="s">
-        <v>916</v>
+        <v>912</v>
       </c>
       <c r="D192" s="0" t="s">
-        <v>917</v>
+        <v>913</v>
       </c>
       <c r="E192" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F192" s="0" t="s">
-        <v>918</v>
+        <v>914</v>
       </c>
       <c r="G192" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H192" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I192" s="1" t="s">
-        <v>913</v>
+        <v>910</v>
       </c>
       <c r="J192" s="0"/>
       <c r="K192" s="0" t="s">
-        <v>75</v>
+        <v>915</v>
       </c>
       <c r="L192" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="80">
       <c r="A193" s="0"/>
       <c r="B193" s="0" t="s">
-        <v>919</v>
+        <v>916</v>
       </c>
       <c r="C193" s="0" t="s">
-        <v>920</v>
+        <v>917</v>
       </c>
       <c r="D193" s="0">
         <v>236794</v>
       </c>
       <c r="E193" s="0" t="s">
         <v>667</v>
       </c>
       <c r="F193" s="0" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="G193" s="0" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="H193" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I193" s="1" t="s">
-        <v>922</v>
+        <v>919</v>
       </c>
       <c r="J193" s="0"/>
       <c r="K193" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L193" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="80">
       <c r="A194" s="0"/>
       <c r="B194" s="0" t="s">
+        <v>920</v>
+      </c>
+      <c r="C194" s="0" t="s">
+        <v>921</v>
+      </c>
+      <c r="D194" s="0" t="s">
+        <v>922</v>
+      </c>
+      <c r="E194" s="0" t="s">
         <v>923</v>
       </c>
-      <c r="C194" s="0" t="s">
+      <c r="F194" s="0" t="s">
         <v>924</v>
       </c>
-      <c r="D194" s="0" t="s">
+      <c r="G194" s="0" t="s">
         <v>925</v>
       </c>
-      <c r="E194" s="0" t="s">
+      <c r="H194" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I194" s="1" t="s">
         <v>926</v>
-      </c>
-[...10 lines deleted...]
-        <v>929</v>
       </c>
       <c r="J194" s="0"/>
       <c r="K194" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L194" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="80">
       <c r="A195" s="0"/>
       <c r="B195" s="0" t="s">
-        <v>930</v>
+        <v>927</v>
       </c>
       <c r="C195" s="0" t="s">
-        <v>931</v>
+        <v>928</v>
       </c>
       <c r="D195" s="0">
         <v>27014919</v>
       </c>
       <c r="E195" s="0" t="s">
-        <v>847</v>
+        <v>845</v>
       </c>
       <c r="F195" s="0" t="s">
-        <v>932</v>
+        <v>929</v>
       </c>
       <c r="G195" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H195" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I195" s="1" t="s">
-        <v>933</v>
+        <v>930</v>
       </c>
       <c r="J195" s="0"/>
       <c r="K195" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L195" s="0"/>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="80">
       <c r="A196" s="0"/>
       <c r="B196" s="0" t="s">
-        <v>934</v>
+        <v>931</v>
       </c>
       <c r="C196" s="0" t="s">
-        <v>935</v>
+        <v>932</v>
       </c>
       <c r="D196" s="0">
         <v>112161</v>
       </c>
       <c r="E196" s="0" t="s">
         <v>782</v>
       </c>
       <c r="F196" s="0" t="s">
-        <v>936</v>
+        <v>933</v>
       </c>
       <c r="G196" s="0" t="s">
-        <v>937</v>
+        <v>934</v>
       </c>
       <c r="H196" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I196" s="1" t="s">
-        <v>938</v>
+        <v>935</v>
       </c>
       <c r="J196" s="0"/>
       <c r="K196" s="0" t="s">
-        <v>75</v>
+        <v>35</v>
       </c>
       <c r="L196" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="80">
       <c r="A197" s="0"/>
       <c r="B197" s="0" t="s">
-        <v>939</v>
+        <v>936</v>
       </c>
       <c r="C197" s="0" t="s">
-        <v>940</v>
+        <v>937</v>
       </c>
       <c r="D197" s="0">
         <v>112166</v>
       </c>
       <c r="E197" s="0" t="s">
         <v>782</v>
       </c>
       <c r="F197" s="0" t="s">
-        <v>936</v>
+        <v>933</v>
       </c>
       <c r="G197" s="0" t="s">
-        <v>937</v>
+        <v>934</v>
       </c>
       <c r="H197" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I197" s="1" t="s">
-        <v>941</v>
+        <v>938</v>
       </c>
       <c r="J197" s="0"/>
       <c r="K197" s="0" t="s">
-        <v>75</v>
+        <v>46</v>
       </c>
       <c r="L197" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="198" spans="1:12" customHeight="1" ht="80">
       <c r="A198" s="0"/>
       <c r="B198" s="0" t="s">
-        <v>942</v>
+        <v>939</v>
       </c>
       <c r="C198" s="0" t="s">
-        <v>943</v>
+        <v>940</v>
       </c>
       <c r="D198" s="0">
         <v>115107</v>
       </c>
       <c r="E198" s="0" t="s">
         <v>782</v>
       </c>
       <c r="F198" s="0" t="s">
-        <v>944</v>
+        <v>941</v>
       </c>
       <c r="G198" s="0" t="s">
-        <v>937</v>
+        <v>934</v>
       </c>
       <c r="H198" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I198" s="1" t="s">
-        <v>945</v>
+        <v>942</v>
       </c>
       <c r="J198" s="0"/>
       <c r="K198" s="0" t="s">
-        <v>75</v>
+        <v>46</v>
       </c>
       <c r="L198" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="199" spans="1:12" customHeight="1" ht="80">
       <c r="A199" s="0"/>
       <c r="B199" s="0" t="s">
-        <v>946</v>
+        <v>943</v>
       </c>
       <c r="C199" s="0" t="s">
-        <v>947</v>
+        <v>944</v>
       </c>
       <c r="D199" s="0">
         <v>115105</v>
       </c>
       <c r="E199" s="0" t="s">
         <v>782</v>
       </c>
       <c r="F199" s="0" t="s">
-        <v>944</v>
+        <v>941</v>
       </c>
       <c r="G199" s="0" t="s">
-        <v>937</v>
+        <v>934</v>
       </c>
       <c r="H199" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I199" s="1" t="s">
-        <v>948</v>
+        <v>945</v>
       </c>
       <c r="J199" s="0"/>
       <c r="K199" s="0" t="s">
-        <v>949</v>
+        <v>51</v>
       </c>
       <c r="L199" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="80">
       <c r="A200" s="0"/>
       <c r="B200" s="0" t="s">
-        <v>950</v>
+        <v>946</v>
       </c>
       <c r="C200" s="0" t="s">
-        <v>951</v>
+        <v>947</v>
       </c>
       <c r="D200" s="0">
         <v>114105</v>
       </c>
       <c r="E200" s="0" t="s">
         <v>782</v>
       </c>
       <c r="F200" s="0" t="s">
-        <v>952</v>
+        <v>948</v>
       </c>
       <c r="G200" s="0" t="s">
-        <v>937</v>
+        <v>934</v>
       </c>
       <c r="H200" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I200" s="1" t="s">
-        <v>953</v>
+        <v>949</v>
       </c>
       <c r="J200" s="0"/>
       <c r="K200" s="0" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
       <c r="L200" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="80">
       <c r="A201" s="0"/>
       <c r="B201" s="0" t="s">
-        <v>954</v>
+        <v>950</v>
       </c>
       <c r="C201" s="0" t="s">
-        <v>955</v>
+        <v>951</v>
       </c>
       <c r="D201" s="0">
         <v>114119</v>
       </c>
       <c r="E201" s="0" t="s">
         <v>782</v>
       </c>
       <c r="F201" s="0" t="s">
+        <v>948</v>
+      </c>
+      <c r="G201" s="0" t="s">
+        <v>934</v>
+      </c>
+      <c r="H201" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I201" s="1" t="s">
         <v>952</v>
-      </c>
-[...7 lines deleted...]
-        <v>956</v>
       </c>
       <c r="J201" s="0"/>
       <c r="K201" s="0" t="s">
-        <v>75</v>
+        <v>18</v>
       </c>
       <c r="L201" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="202" spans="1:12" customHeight="1" ht="80">
       <c r="A202" s="0"/>
       <c r="B202" s="0" t="s">
-        <v>957</v>
+        <v>953</v>
       </c>
       <c r="C202" s="0" t="s">
-        <v>958</v>
+        <v>954</v>
       </c>
       <c r="D202" s="0">
         <v>115607</v>
       </c>
       <c r="E202" s="0" t="s">
         <v>782</v>
       </c>
       <c r="F202" s="0" t="s">
-        <v>959</v>
+        <v>955</v>
       </c>
       <c r="G202" s="0" t="s">
-        <v>937</v>
+        <v>934</v>
       </c>
       <c r="H202" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I202" s="1" t="s">
-        <v>960</v>
+        <v>956</v>
       </c>
       <c r="J202" s="0"/>
       <c r="K202" s="0" t="s">
-        <v>18</v>
+        <v>46</v>
       </c>
       <c r="L202" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="80">
       <c r="A203" s="0"/>
       <c r="B203" s="0" t="s">
-        <v>961</v>
+        <v>957</v>
       </c>
       <c r="C203" s="0" t="s">
-        <v>962</v>
+        <v>958</v>
       </c>
       <c r="D203" s="0">
         <v>115610</v>
       </c>
       <c r="E203" s="0" t="s">
         <v>782</v>
       </c>
       <c r="F203" s="0" t="s">
+        <v>955</v>
+      </c>
+      <c r="G203" s="0" t="s">
+        <v>934</v>
+      </c>
+      <c r="H203" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I203" s="1" t="s">
         <v>959</v>
-      </c>
-[...7 lines deleted...]
-        <v>963</v>
       </c>
       <c r="J203" s="0"/>
       <c r="K203" s="0" t="s">
-        <v>18</v>
+        <v>314</v>
       </c>
       <c r="L203" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="204" spans="1:12" customHeight="1" ht="80">
       <c r="A204" s="0"/>
       <c r="B204" s="0" t="s">
-        <v>964</v>
+        <v>960</v>
       </c>
       <c r="C204" s="0" t="s">
-        <v>965</v>
+        <v>961</v>
       </c>
       <c r="D204" s="0">
         <v>118129</v>
       </c>
       <c r="E204" s="0" t="s">
         <v>782</v>
       </c>
       <c r="F204" s="0" t="s">
-        <v>966</v>
+        <v>962</v>
       </c>
       <c r="G204" s="0" t="s">
-        <v>937</v>
+        <v>934</v>
       </c>
       <c r="H204" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I204" s="1" t="s">
-        <v>967</v>
+        <v>963</v>
       </c>
       <c r="J204" s="0"/>
       <c r="K204" s="0" t="s">
-        <v>75</v>
+        <v>46</v>
       </c>
       <c r="L204" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="205" spans="1:12" customHeight="1" ht="80">
       <c r="A205" s="0"/>
       <c r="B205" s="0" t="s">
-        <v>968</v>
+        <v>964</v>
       </c>
       <c r="C205" s="0" t="s">
-        <v>969</v>
+        <v>965</v>
       </c>
       <c r="D205" s="0" t="s">
-        <v>970</v>
+        <v>966</v>
       </c>
       <c r="E205" s="0" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="F205" s="0" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="G205" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H205" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I205" s="1" t="s">
-        <v>971</v>
+        <v>967</v>
       </c>
       <c r="J205" s="0"/>
       <c r="K205" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L205" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="206" spans="1:12" customHeight="1" ht="80">
       <c r="A206" s="0"/>
       <c r="B206" s="0" t="s">
-        <v>972</v>
+        <v>968</v>
       </c>
       <c r="C206" s="0" t="s">
-        <v>973</v>
+        <v>969</v>
       </c>
       <c r="D206" s="0" t="s">
-        <v>974</v>
+        <v>970</v>
       </c>
       <c r="E206" s="0" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="F206" s="0" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="G206" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H206" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I206" s="1" t="s">
-        <v>975</v>
+        <v>971</v>
       </c>
       <c r="J206" s="0"/>
       <c r="K206" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L206" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="207" spans="1:12" customHeight="1" ht="80">
       <c r="A207" s="0"/>
       <c r="B207" s="0" t="s">
+        <v>972</v>
+      </c>
+      <c r="C207" s="0" t="s">
+        <v>973</v>
+      </c>
+      <c r="D207" s="0" t="s">
+        <v>974</v>
+      </c>
+      <c r="E207" s="0" t="s">
+        <v>975</v>
+      </c>
+      <c r="F207" s="0" t="s">
         <v>976</v>
       </c>
-      <c r="C207" s="0" t="s">
+      <c r="G207" s="0" t="s">
+        <v>925</v>
+      </c>
+      <c r="H207" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I207" s="1" t="s">
         <v>977</v>
-      </c>
-[...16 lines deleted...]
-        <v>981</v>
       </c>
       <c r="J207" s="0"/>
       <c r="K207" s="0" t="s">
-        <v>18</v>
+        <v>314</v>
       </c>
       <c r="L207" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="80">
       <c r="A208" s="0"/>
       <c r="B208" s="0" t="s">
-        <v>982</v>
+        <v>978</v>
       </c>
       <c r="C208" s="0" t="s">
-        <v>983</v>
+        <v>979</v>
       </c>
       <c r="D208" s="0" t="s">
-        <v>984</v>
+        <v>980</v>
       </c>
       <c r="E208" s="0" t="s">
-        <v>979</v>
+        <v>975</v>
       </c>
       <c r="F208" s="0" t="s">
-        <v>985</v>
+        <v>981</v>
       </c>
       <c r="G208" s="0" t="s">
-        <v>928</v>
+        <v>925</v>
       </c>
       <c r="H208" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I208" s="1" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="J208" s="0"/>
       <c r="K208" s="0" t="s">
-        <v>75</v>
+        <v>46</v>
       </c>
       <c r="L208" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="209" spans="1:12" customHeight="1" ht="80">
       <c r="A209" s="0"/>
       <c r="B209" s="0" t="s">
-        <v>986</v>
+        <v>982</v>
       </c>
       <c r="C209" s="0" t="s">
-        <v>987</v>
+        <v>983</v>
       </c>
       <c r="D209" s="0" t="s">
-        <v>988</v>
+        <v>984</v>
       </c>
       <c r="E209" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F209" s="0" t="s">
-        <v>989</v>
+        <v>985</v>
       </c>
       <c r="G209" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H209" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I209" s="1" t="s">
-        <v>990</v>
+        <v>986</v>
       </c>
       <c r="J209" s="0"/>
       <c r="K209" s="0" t="s">
-        <v>51</v>
+        <v>987</v>
       </c>
       <c r="L209" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="210" spans="1:12" customHeight="1" ht="80">
       <c r="A210" s="0"/>
       <c r="B210" s="0" t="s">
-        <v>991</v>
+        <v>988</v>
       </c>
       <c r="C210" s="0" t="s">
-        <v>992</v>
+        <v>989</v>
       </c>
       <c r="D210" s="0">
         <v>291161</v>
       </c>
       <c r="E210" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F210" s="0" t="s">
-        <v>993</v>
+        <v>990</v>
       </c>
       <c r="G210" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H210" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I210" s="1" t="s">
-        <v>994</v>
+        <v>991</v>
       </c>
       <c r="J210" s="0"/>
       <c r="K210" s="0" t="s">
-        <v>995</v>
+        <v>992</v>
       </c>
       <c r="L210" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="211" spans="1:12" customHeight="1" ht="80">
       <c r="A211" s="0"/>
       <c r="B211" s="0" t="s">
+        <v>993</v>
+      </c>
+      <c r="C211" s="0" t="s">
+        <v>994</v>
+      </c>
+      <c r="D211" s="0" t="s">
+        <v>995</v>
+      </c>
+      <c r="E211" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="F211" s="0" t="s">
         <v>996</v>
-      </c>
-[...10 lines deleted...]
-        <v>999</v>
       </c>
       <c r="G211" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H211" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I211" s="1" t="s">
-        <v>1000</v>
+        <v>997</v>
       </c>
       <c r="J211" s="0"/>
       <c r="K211" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L211" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="212" spans="1:12" customHeight="1" ht="80">
       <c r="A212" s="0"/>
       <c r="B212" s="0" t="s">
-        <v>1001</v>
+        <v>998</v>
       </c>
       <c r="C212" s="0" t="s">
-        <v>1002</v>
+        <v>999</v>
       </c>
       <c r="D212" s="0">
         <v>1200500012</v>
       </c>
       <c r="E212" s="0" t="s">
-        <v>1003</v>
+        <v>1000</v>
       </c>
       <c r="F212" s="0" t="s">
-        <v>1004</v>
+        <v>1001</v>
       </c>
       <c r="G212" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H212" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I212" s="1" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="J212" s="0"/>
       <c r="K212" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L212" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="213" spans="1:12" customHeight="1" ht="80">
       <c r="A213" s="0"/>
       <c r="B213" s="0" t="s">
-        <v>1005</v>
+        <v>1002</v>
       </c>
       <c r="C213" s="0" t="s">
-        <v>1006</v>
+        <v>1003</v>
       </c>
       <c r="D213" s="0" t="s">
-        <v>1007</v>
+        <v>1004</v>
       </c>
       <c r="E213" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F213" s="0" t="s">
         <v>772</v>
       </c>
       <c r="G213" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H213" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I213" s="1" t="s">
         <v>269</v>
       </c>
       <c r="J213" s="0"/>
       <c r="K213" s="0" t="s">
-        <v>1008</v>
+        <v>1005</v>
       </c>
       <c r="L213" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="214" spans="1:12" customHeight="1" ht="80">
       <c r="A214" s="0"/>
       <c r="B214" s="0" t="s">
-        <v>1009</v>
+        <v>1006</v>
       </c>
       <c r="C214" s="0" t="s">
-        <v>1010</v>
+        <v>1007</v>
       </c>
       <c r="D214" s="0">
         <v>134266</v>
       </c>
       <c r="E214" s="0" t="s">
         <v>782</v>
       </c>
       <c r="F214" s="0" t="s">
-        <v>1011</v>
+        <v>1008</v>
       </c>
       <c r="G214" s="0" t="s">
         <v>248</v>
       </c>
       <c r="H214" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I214" s="1" t="s">
-        <v>1012</v>
+        <v>1009</v>
       </c>
       <c r="J214" s="0"/>
       <c r="K214" s="0" t="s">
-        <v>75</v>
+        <v>46</v>
       </c>
       <c r="L214" s="0">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>