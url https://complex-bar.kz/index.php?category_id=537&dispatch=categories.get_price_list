--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="424">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="423">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -77,530 +77,536 @@
   <si>
     <t>Нож для стейка «Лагиоль»;сталь нерж.,пластик;,L=11/23см;белый</t>
   </si>
   <si>
     <t>03110207</t>
   </si>
   <si>
     <t>5393S057</t>
   </si>
   <si>
     <t>Jean Dubost</t>
   </si>
   <si>
     <t>Laguiole</t>
   </si>
   <si>
     <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
   </si>
   <si>
     <t>Ножи для стейка</t>
   </si>
   <si>
     <t>14677.00₸</t>
   </si>
   <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Нож для стейка;сталь нерж.;,L=22/11,B=1см;металлич.</t>
+  </si>
+  <si>
+    <t>03110216</t>
+  </si>
+  <si>
+    <t>Arcos</t>
+  </si>
+  <si>
+    <t>Steak</t>
+  </si>
+  <si>
+    <t>ИСПАНИЯ</t>
+  </si>
+  <si>
+    <t>4074.00₸</t>
+  </si>
+  <si>
+    <t>0 шт.</t>
+  </si>
+  <si>
+    <t>Нож для стейка;сталь нерж.,дерево;,L=22/11,B=1см;металлич.</t>
+  </si>
+  <si>
+    <t>03110256</t>
+  </si>
+  <si>
+    <t>Eternum</t>
+  </si>
+  <si>
+    <t>БЕЛЬГИЯ</t>
+  </si>
+  <si>
+    <t>9441.00₸</t>
+  </si>
+  <si>
+    <t>Нож для стейка «Ансер»;сталь нерж.;,L=235/120,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110265</t>
+  </si>
+  <si>
+    <t>1670-45</t>
+  </si>
+  <si>
+    <t>Anser</t>
+  </si>
+  <si>
+    <t>3373.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Нож для стейка «Дориа»;сталь нерж.;,L=21/11,B=1см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>03110278</t>
+  </si>
+  <si>
+    <t>8004-45</t>
+  </si>
+  <si>
+    <t>Doria</t>
+  </si>
+  <si>
+    <t>2765.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Нож для стейка «СОНЕТ»;сталь нерж.;,L=220/113,B=20мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110279</t>
+  </si>
+  <si>
+    <t>C86</t>
+  </si>
+  <si>
+    <t>Trud</t>
+  </si>
+  <si>
+    <t>Sonet</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>1048.00₸</t>
+  </si>
+  <si>
+    <t>Нож для стейка с деревянной ручкой набор[3шт];сталь нерж.;,L=228/115,B=7мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110283</t>
+  </si>
+  <si>
+    <t>21100/475</t>
+  </si>
+  <si>
+    <t>Tramontina</t>
+  </si>
+  <si>
+    <t>Polywood</t>
+  </si>
+  <si>
+    <t>БРАЗИЛИЯ</t>
+  </si>
+  <si>
+    <t>7262.00₸</t>
+  </si>
+  <si>
+    <t>Нож для стейка «Аляска»;сталь нерж.;,L=230/110,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110294</t>
+  </si>
+  <si>
+    <t>2080-45</t>
+  </si>
+  <si>
+    <t>Alaska</t>
+  </si>
+  <si>
+    <t>3188.00₸</t>
+  </si>
+  <si>
     <t>более 100 шт.</t>
   </si>
   <si>
-    <t>Нож для стейка;сталь нерж.;,L=22/11,B=1см;металлич.</t>
-[...47 lines deleted...]
-    <t>3373.00₸</t>
+    <t>Нож для стейка «Алайниа»;сталь нерж.;,L=245/110,B=10мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110299</t>
+  </si>
+  <si>
+    <t>3020-45</t>
+  </si>
+  <si>
+    <t>Alinea</t>
+  </si>
+  <si>
+    <t>5698.00₸</t>
+  </si>
+  <si>
+    <t>Нож для стейка «Багет»;сталь нерж.;,L=233/125,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110709</t>
+  </si>
+  <si>
+    <t>1610-45</t>
+  </si>
+  <si>
+    <t>Baguette</t>
+  </si>
+  <si>
+    <t>7138.00₸</t>
+  </si>
+  <si>
+    <t>Нож для стейка «Атлантис»;сталь нерж.;,L=235/130,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110732</t>
+  </si>
+  <si>
+    <t>3010-45</t>
+  </si>
+  <si>
+    <t>Atlantis</t>
+  </si>
+  <si>
+    <t>3365.00₸</t>
+  </si>
+  <si>
+    <t>Нож для стейка с деревянной ручкой набор[3шт];сталь,дерево;,L=210/113,B=8мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110755</t>
+  </si>
+  <si>
+    <t>22200/905</t>
+  </si>
+  <si>
+    <t>Tradicional</t>
+  </si>
+  <si>
+    <t>4867.00₸</t>
+  </si>
+  <si>
+    <t>Нож для стейка «Дива»;сталь нерж.;,L=225/115,B=3мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03110761</t>
+  </si>
+  <si>
+    <t>1721-45</t>
+  </si>
+  <si>
+    <t>Diva</t>
+  </si>
+  <si>
+    <t>2919.00₸</t>
+  </si>
+  <si>
+    <t>Нож для стейка «Поливуд»;металл,дерево;,L=250/125,B=10мм;красный</t>
+  </si>
+  <si>
+    <t>03110790</t>
+  </si>
+  <si>
+    <t>21116/075</t>
+  </si>
+  <si>
+    <t>7700.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Нож для стейка;сталь нерж.;,L=225/110,B=10мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>03111301</t>
+  </si>
+  <si>
+    <t>18217-12</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>2957.00₸</t>
+  </si>
+  <si>
+    <t>Нож для стейка;сталь нерж.,пластик;,L=245/140,B=20мм;черный</t>
+  </si>
+  <si>
+    <t>03111302</t>
+  </si>
+  <si>
+    <t>18122-12</t>
+  </si>
+  <si>
+    <t>22985.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
-    <t>Нож для стейка «Дориа»;сталь нерж.;,L=21/11,B=1см;металлич.,черный</t>
-[...11 lines deleted...]
-    <t>2765.00₸</t>
+    <t>Нож для стейка «Аркада»;сталь нерж.;,L=238/120,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111306</t>
+  </si>
+  <si>
+    <t>1620-45</t>
+  </si>
+  <si>
+    <t>Arcade</t>
+  </si>
+  <si>
+    <t>3981.00₸</t>
+  </si>
+  <si>
+    <t>Нож для стейка «Миллениум»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03111357</t>
+  </si>
+  <si>
+    <t>Pintinox</t>
+  </si>
+  <si>
+    <t>Millenium</t>
+  </si>
+  <si>
+    <t>4428.00₸</t>
+  </si>
+  <si>
+    <t>Нож для стейка «Пэлас»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03111359</t>
+  </si>
+  <si>
+    <t>Palace</t>
+  </si>
+  <si>
+    <t>3773.00₸</t>
+  </si>
+  <si>
+    <t>Нож для стейка «Лаццо»;сталь нерж.;,L=230/110,B=17мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111371</t>
+  </si>
+  <si>
+    <t>T0426</t>
+  </si>
+  <si>
+    <t>Chef&amp;Sommelier</t>
+  </si>
+  <si>
+    <t>Lazzo</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>9093.00₸</t>
+  </si>
+  <si>
+    <t>Нож для стейка «Библос» для разделки;сталь нерж.;,L=300/185,B=25мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111378</t>
+  </si>
+  <si>
+    <t>1840-24</t>
+  </si>
+  <si>
+    <t>Byblos</t>
+  </si>
+  <si>
+    <t>64573.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Нож для стейка «Ром»;сталь нерж.,посеребрен.;серебрист.</t>
+  </si>
+  <si>
+    <t>03111385</t>
+  </si>
+  <si>
+    <t>52746-19</t>
+  </si>
+  <si>
+    <t>Sambonet</t>
+  </si>
+  <si>
+    <t>Rome</t>
+  </si>
+  <si>
+    <t>15470.00₸</t>
+  </si>
+  <si>
+    <t>Нож для стейка «X-LO»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03111387</t>
+  </si>
+  <si>
+    <t>3090-45</t>
+  </si>
+  <si>
+    <t>X-LO</t>
+  </si>
+  <si>
+    <t>3989.00₸</t>
+  </si>
+  <si>
+    <t>Нож для стейка «Лагиоль»;сталь нерж.;,L=230/110,B=17мм;металлич.</t>
+  </si>
+  <si>
+    <t>03112102</t>
+  </si>
+  <si>
+    <t>5390S057</t>
+  </si>
+  <si>
+    <t>18188.00₸</t>
+  </si>
+  <si>
+    <t>18 шт.</t>
+  </si>
+  <si>
+    <t>Нож для стейка «Лагиоль»;сталь нерж.,дуб;,L=230/110,B=17мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03112103</t>
+  </si>
+  <si>
+    <t>5391S057</t>
+  </si>
+  <si>
+    <t>23447.00₸</t>
+  </si>
+  <si>
+    <t>19 шт.</t>
+  </si>
+  <si>
+    <t>Нож для стейка «Линеа»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03112109</t>
+  </si>
+  <si>
+    <t>52530-19</t>
+  </si>
+  <si>
+    <t>Linea</t>
+  </si>
+  <si>
+    <t>9056.00₸</t>
+  </si>
+  <si>
+    <t>Нож для стейка «Ивен»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03112124</t>
+  </si>
+  <si>
+    <t>52537-19</t>
+  </si>
+  <si>
+    <t>Even</t>
+  </si>
+  <si>
+    <t>7192.00₸</t>
+  </si>
+  <si>
+    <t>Нож для стейка «Бамбу»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03112147</t>
+  </si>
+  <si>
+    <t>52519-19</t>
+  </si>
+  <si>
+    <t>Bamboo</t>
+  </si>
+  <si>
+    <t>18403.00₸</t>
+  </si>
+  <si>
+    <t>Нож для стейка «Перлес»;сталь нерж.;,L=21,9см;металлич.</t>
+  </si>
+  <si>
+    <t>03112152</t>
+  </si>
+  <si>
+    <t>52502-20</t>
+  </si>
+  <si>
+    <t>Perles</t>
+  </si>
+  <si>
+    <t>14399.00₸</t>
+  </si>
+  <si>
+    <t>Нож для стейка «Проотель»;сталь нерж.,дерево;,L=20/10см;коричнев.,металлич.</t>
+  </si>
+  <si>
+    <t>03112157</t>
+  </si>
+  <si>
+    <t>AM02106-01</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>Professional</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>546.00₸</t>
   </si>
   <si>
     <t>более 1 000 шт.</t>
   </si>
   <si>
-    <t>Нож для стейка «СОНЕТ»;сталь нерж.;,L=220/113,B=20мм;металлич.</t>
-[...403 lines deleted...]
-  <si>
     <t>Нож для стейка «Проотель»;сталь нерж.,дерево;,L=215/115,B=15мм;коричнев.,металлич.</t>
   </si>
   <si>
     <t>03112158</t>
   </si>
   <si>
     <t>AM02306-01</t>
   </si>
   <si>
     <t>518.00₸</t>
   </si>
   <si>
     <t>Нож для стейка «Проотель»;сталь нерж.,дерево;,L=250/125,B=27мм;коричнев.,металлич.</t>
   </si>
   <si>
     <t>03112159</t>
   </si>
   <si>
     <t>AM02006-01</t>
   </si>
   <si>
     <t>1176.00₸</t>
   </si>
   <si>
     <t>Нож для стейка «Мультикалор»;,L=110/215,B=15мм;синий,белый</t>
@@ -647,92 +653,86 @@
   <si>
     <t>1358.00₸</t>
   </si>
   <si>
     <t>Нож для стейка;сталь нерж.,дерево;,L=10,3/21,2см;красный,металлич.</t>
   </si>
   <si>
     <t>03112166</t>
   </si>
   <si>
     <t>CSK/5PKW</t>
   </si>
   <si>
     <t>1757.00₸</t>
   </si>
   <si>
     <t>Нож для стейка «Джамбо»;металл,дерево;,L=250/125,B=10мм;коричнев.,металлич.</t>
   </si>
   <si>
     <t>03112169</t>
   </si>
   <si>
     <t>21116/095</t>
   </si>
   <si>
-    <t>17 шт.</t>
+    <t>12 шт.</t>
   </si>
   <si>
     <t>Нож для стейка «Рустик»;сталь нерж.,пластик;,L=22,5см;коричнев.,металлич.</t>
   </si>
   <si>
     <t>03112181</t>
   </si>
   <si>
     <t>8005-45</t>
   </si>
   <si>
     <t>Rustic</t>
   </si>
   <si>
     <t>4182.00₸</t>
   </si>
   <si>
-    <t>более 50 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Нож для стейка «Кингс Стэйнлесс Стил»;сталь нерж.;,L=218/115,B=20мм;серебрист.</t>
   </si>
   <si>
     <t>03112190</t>
   </si>
   <si>
     <t>ZKIS0840</t>
   </si>
   <si>
     <t>Arthur Price</t>
   </si>
   <si>
     <t>Kings Stainless Steel</t>
   </si>
   <si>
     <t>16894.00₸</t>
   </si>
   <si>
-    <t>11 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Нож для стейка;сталь нерж.;,L=220/110,B=18мм;металлич.</t>
   </si>
   <si>
     <t>03112195</t>
   </si>
   <si>
     <t>7031.00₸</t>
   </si>
   <si>
     <t>Нож для стейка;сталь нерж.;,L=22/11см;металлич.</t>
   </si>
   <si>
     <t>03112196</t>
   </si>
   <si>
     <t>8994.00₸</t>
   </si>
   <si>
     <t>Нож для стейка;сталь нерж.,дерево;,L=22/11см;коричнев.,металлич.</t>
   </si>
   <si>
     <t>03112197</t>
   </si>
   <si>
     <t>5922.00₸</t>
@@ -764,51 +764,51 @@
   <si>
     <t>53856S160</t>
   </si>
   <si>
     <t>Нож для стейка «Лагиоль»;сталь нерж.,пластик;,L=110/225,B=15мм;слон.кость</t>
   </si>
   <si>
     <t>03112710</t>
   </si>
   <si>
     <t>53857S160</t>
   </si>
   <si>
     <t>6892.00₸</t>
   </si>
   <si>
     <t>Нож для стейка «Лагиоль»;сталь нерж.,пластик;,L=110/225,B=15мм;коричнев.</t>
   </si>
   <si>
     <t>03112711</t>
   </si>
   <si>
     <t>53852S057</t>
   </si>
   <si>
-    <t>5514.00₸</t>
+    <t>17479.00₸</t>
   </si>
   <si>
     <t>Нож для стейка «Лагиоль»;сталь нерж.,пластик;,L=110/225,B=15мм;белый</t>
   </si>
   <si>
     <t>03112713</t>
   </si>
   <si>
     <t>53854S057</t>
   </si>
   <si>
     <t>13221.00₸</t>
   </si>
   <si>
     <t>Нож для стейка;сталь нерж.,дерево;,L=25см;деревян.,металлич.</t>
   </si>
   <si>
     <t>03112714</t>
   </si>
   <si>
     <t>5794WP059</t>
   </si>
   <si>
     <t>Steelite</t>
   </si>
@@ -1055,99 +1055,96 @@
   <si>
     <t>03113807</t>
   </si>
   <si>
     <t>5976SX056</t>
   </si>
   <si>
     <t>Honeybourne</t>
   </si>
   <si>
     <t>4944.00₸</t>
   </si>
   <si>
     <t>Нож для стейка с деревянной ручкой;сталь нерж.,дерево;,L=228/115,B=7мм;красный</t>
   </si>
   <si>
     <t>03114102</t>
   </si>
   <si>
     <t>21100/475-TR</t>
   </si>
   <si>
     <t>3019.00₸</t>
   </si>
   <si>
-    <t>14 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Нож для стейка «Поливуд» с деревянной ручкой;сталь нерж.,дерево;,L=210/110,B=15мм;коричнев.</t>
   </si>
   <si>
     <t>03114103</t>
   </si>
   <si>
     <t>3065.00₸</t>
   </si>
   <si>
-    <t>32 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Нож для стейка с деревянной ручкой;сталь нерж.,дерево;,L=210/113,B=8мм;коричнев.</t>
   </si>
   <si>
     <t>03114104</t>
   </si>
   <si>
     <t>22200/905-TR</t>
   </si>
   <si>
     <t>2018.00₸</t>
   </si>
   <si>
     <t>Нож для стейка «Мультикалор»;сталь нерж.,пластик;,L=110/215,B=15мм;синий,металлич.</t>
   </si>
   <si>
     <t>03114111</t>
   </si>
   <si>
     <t>23500/915-TR</t>
   </si>
   <si>
     <t>1702.00₸</t>
   </si>
   <si>
     <t>Нож для стейка;сталь нерж.,дерево;,L=11,5/20см;св.корич.</t>
   </si>
   <si>
     <t>03114132</t>
   </si>
   <si>
     <t>22300/905-TR</t>
   </si>
   <si>
     <t>1579.00₸</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
   </si>
   <si>
     <t>Нож для стейка «Кэролин»;сталь нерж.;,L=23,8см;металлич.</t>
   </si>
   <si>
     <t>03114449</t>
   </si>
   <si>
     <t>5742SX056</t>
   </si>
   <si>
     <t>Folio By Steelite</t>
   </si>
   <si>
     <t>Carolyn </t>
   </si>
   <si>
     <t>ВЬЕТНАМ</t>
   </si>
   <si>
     <t>9187.00₸</t>
   </si>
   <si>
     <t>Нож для стейка «Багет»;сталь нерж.;,L=22,8см;серебрист.</t>
   </si>
@@ -1345,51 +1342,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25D89522-E3D4-11EB-BBF2-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD8B-424D-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/962CC838-424B-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A82CF07E-424B-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8403B2C-424B-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE3F1D09-424B-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F04ED5F5-424B-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8617231E-A366-11F0-BC58-00505692C4478.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44993A1A-424C-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74E919F9-424C-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B10217CD-424C-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40FF3B37-424D-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/590411D7-424D-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6111ECA9-424E-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C4B769D-696C-11EC-BBF7-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C4B769E-696C-11EC-BBF7-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86172104-A366-11F0-BC58-00505692C44717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE0B5479-4250-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B4055440-4250-11E8-A155-00259035BB6719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BCB861A5-F161-11EB-BBF2-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443A2AE6-4251-11E8-A155-00259035BB6721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32EE4DD8-AEC9-11EE-BC40-00505692492F22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/861725B6-A366-11F0-BC58-00505692C44723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC4094AC-4252-11E8-A155-00259035BB6724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC4094AD-4252-11E8-A155-00259035BB6725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38E682EE-AEC9-11EE-BC40-00505692492F26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3073519B-4253-11E8-A155-00259035BB6727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38E685DD-AEC9-11EE-BC40-00505692492F28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32EE4FC9-AEC9-11EE-BC40-00505692492F29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25D89523-E3D4-11EB-BBF2-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B4809424-4253-11E8-A155-00259035BB6731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B480942C-4253-11E8-A155-00259035BB6732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA7897FE-4253-11E8-A155-00259035BB6733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E14-4253-11E8-A155-00259035BB6734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E16-4253-11E8-A155-00259035BB6735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E17-4253-11E8-A155-00259035BB6736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E47D96FB-4253-11E8-A155-00259035BB6737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/268E4AAE-4254-11E8-A155-00259035BB6738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/389E2AE3-4254-11E8-A155-00259035BB6739.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6883FB88-4254-11E8-A155-00259035BB6740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6883FB8D-4254-11E8-A155-00259035BB6741.gif"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6883FB8E-4254-11E8-A155-00259035BB6742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6883FB8F-4254-11E8-A155-00259035BB6743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8089BC9D-4254-11E8-A155-00259035BB6744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8089BC9E-4254-11E8-A155-00259035BB6745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8089BC9F-4254-11E8-A155-00259035BB6746.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8089BCA0-4254-11E8-A155-00259035BB6747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8089BCA2-4254-11E8-A155-00259035BB6748.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C88B925-4254-11E8-A155-00259035BB6749.gif"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1F14257-8149-11E9-BBBA-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4AC253B-4254-11E8-A155-00259035BB6751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29738CD7-209A-11EE-BC0D-005056921CC452.gif"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC11DB7A-814B-11E9-BBBA-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEC2FDFA-814B-11E9-BBBA-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BCB861A1-F161-11EB-BBF2-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BCB861A0-F161-11EB-BBF2-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4AEAC8CF-814C-11E9-BBBA-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96234DC4-EA57-11EB-BBF2-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7487788D-69FB-11EA-BBCF-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7AC9B0A9-69FB-11EA-BBCF-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B57E648-EBFF-11EB-BBF2-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B57E64A-EBFF-11EB-BBF2-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B57E649-EBFF-11EB-BBF2-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF2D8631-4768-11EA-BBCE-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFD563AB-925C-11EB-BBEF-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4BC1593-55BF-11EB-BBE0-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4BC1595-55BF-11EB-BBE0-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4BC1594-55BF-11EB-BBE0-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B4A7F3A-C847-11EB-BBF1-005056926DAF69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/257CBC66-D2D3-11EC-BBFA-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF6647F6-7258-11EC-BBF7-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DDB77ED5-ACA4-11ED-BC04-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8CBED6D-FCA3-11EC-BBFA-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96234DC2-EA57-11EB-BBF2-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4303102D-424E-11E8-A155-00259035BB6775.gif"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36FC726F-424E-11E8-A155-00259035BB6776.gif"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96234DC3-EA57-11EB-BBF2-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6903F23E-814A-11E9-BBBA-005056921CC478.gif"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575C6-4251-11E8-A155-00259035BB6779.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B02D606E-4251-11E8-A155-00259035BB6780.gif"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2423F1CC-AE67-11EB-BBF1-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DCDBF926-2935-11F0-BC54-00505692E2D082.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25D89522-E3D4-11EB-BBF2-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD8B-424D-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/962CC838-424B-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/049AA620-BA56-11F0-BC5A-00505692E2D04.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8403B2C-424B-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE3F1D09-424B-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F04ED5F5-424B-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/049AA828-BA56-11F0-BC5A-00505692E2D08.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44993A1A-424C-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74E919F9-424C-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE943ABF-BA55-11F0-BC5A-00505692E2D011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40FF3B37-424D-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/590411D7-424D-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6111ECA9-424E-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C4B769D-696C-11EC-BBF7-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C4B769E-696C-11EC-BBF7-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/049AA42A-BA56-11F0-BC5A-00505692E2D017.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE0B5479-4250-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B4055440-4250-11E8-A155-00259035BB6719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BCB861A5-F161-11EB-BBF2-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443A2AE6-4251-11E8-A155-00259035BB6721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32EE4DD8-AEC9-11EE-BC40-00505692492F22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/861725B6-A366-11F0-BC58-00505692C44723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC4094AC-4252-11E8-A155-00259035BB6724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC4094AD-4252-11E8-A155-00259035BB6725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38E682EE-AEC9-11EE-BC40-00505692492F26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3073519B-4253-11E8-A155-00259035BB6727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38E685DD-AEC9-11EE-BC40-00505692492F28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32EE4FC9-AEC9-11EE-BC40-00505692492F29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25D89523-E3D4-11EB-BBF2-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B4809424-4253-11E8-A155-00259035BB6731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B480942C-4253-11E8-A155-00259035BB6732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA7897FE-4253-11E8-A155-00259035BB6733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E14-4253-11E8-A155-00259035BB6734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E16-4253-11E8-A155-00259035BB6735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E17-4253-11E8-A155-00259035BB6736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E47D96FB-4253-11E8-A155-00259035BB6737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/268E4AAE-4254-11E8-A155-00259035BB6738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/389E2AE3-4254-11E8-A155-00259035BB6739.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6883FB88-4254-11E8-A155-00259035BB6740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6883FB8D-4254-11E8-A155-00259035BB6741.gif"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6883FB8E-4254-11E8-A155-00259035BB6742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6883FB8F-4254-11E8-A155-00259035BB6743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8089BC9D-4254-11E8-A155-00259035BB6744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8089BC9E-4254-11E8-A155-00259035BB6745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8089BC9F-4254-11E8-A155-00259035BB6746.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8089BCA0-4254-11E8-A155-00259035BB6747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8089BCA2-4254-11E8-A155-00259035BB6748.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C88B925-4254-11E8-A155-00259035BB6749.gif"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1F14257-8149-11E9-BBBA-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4AC253B-4254-11E8-A155-00259035BB6751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29738CD7-209A-11EE-BC0D-005056921CC452.gif"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC11DB7A-814B-11E9-BBBA-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEC2FDFA-814B-11E9-BBBA-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BCB861A1-F161-11EB-BBF2-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BCB861A0-F161-11EB-BBF2-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4AEAC8CF-814C-11E9-BBBA-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96234DC4-EA57-11EB-BBF2-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7487788D-69FB-11EA-BBCF-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7AC9B0A9-69FB-11EA-BBCF-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B57E648-EBFF-11EB-BBF2-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B57E64A-EBFF-11EB-BBF2-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B57E649-EBFF-11EB-BBF2-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF2D8631-4768-11EA-BBCE-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE94386F-BA55-11F0-BC5A-00505692E2D065.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4BC1593-55BF-11EB-BBE0-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4BC1595-55BF-11EB-BBE0-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4BC1594-55BF-11EB-BBE0-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B4A7F3A-C847-11EB-BBF1-005056926DAF69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/257CBC66-D2D3-11EC-BBFA-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF6647F6-7258-11EC-BBF7-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DDB77ED5-ACA4-11ED-BC04-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8CBED6D-FCA3-11EC-BBFA-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96234DC2-EA57-11EB-BBF2-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4303102D-424E-11E8-A155-00259035BB6775.gif"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36FC726F-424E-11E8-A155-00259035BB6776.gif"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96234DC3-EA57-11EB-BBF2-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6903F23E-814A-11E9-BBBA-005056921CC478.gif"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575C6-4251-11E8-A155-00259035BB6779.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B02D606E-4251-11E8-A155-00259035BB6780.gif"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2423F1CC-AE67-11EB-BBF1-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DCDBF926-2935-11F0-BC54-00505692E2D082.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -4433,153 +4430,153 @@
         <v>59</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>60</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>61</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F9" s="0" t="s">
         <v>62</v>
       </c>
       <c r="G9" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>44</v>
+        <v>64</v>
       </c>
       <c r="L9" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>20</v>
+        <v>64</v>
       </c>
       <c r="L10" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>20</v>
+        <v>64</v>
       </c>
       <c r="L11" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>79</v>
+        <v>64</v>
       </c>
       <c r="L12" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
         <v>80</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>81</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>82</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F13" s="0" t="s">
         <v>83</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>57</v>
       </c>
@@ -4603,239 +4600,239 @@
         <v>85</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>86</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>87</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F14" s="0" t="s">
         <v>88</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>89</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>90</v>
+        <v>27</v>
       </c>
       <c r="L14" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>91</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="D15" s="0" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F15" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="L15" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>96</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>97</v>
       </c>
-      <c r="D16" s="0" t="s">
+      <c r="E16" s="0" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="H16" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I16" s="1" t="s">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>101</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L16" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>102</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>103</v>
       </c>
-      <c r="D17" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" s="0" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>38</v>
+        <v>105</v>
       </c>
       <c r="L17" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
         <v>106</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>107</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>108</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F18" s="0" t="s">
         <v>109</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>110</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>79</v>
+        <v>44</v>
       </c>
       <c r="L18" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
         <v>111</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>112</v>
       </c>
       <c r="D19" s="0">
         <v>22700067</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>113</v>
       </c>
       <c r="F19" s="0" t="s">
         <v>114</v>
       </c>
       <c r="G19" s="0" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>115</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L19" s="0"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
         <v>116</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>117</v>
       </c>
       <c r="D20" s="0">
         <v>16900067</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>113</v>
       </c>
       <c r="F20" s="0" t="s">
         <v>118</v>
       </c>
       <c r="G20" s="0" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>119</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L20" s="0"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
         <v>120</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>121</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>122</v>
       </c>
       <c r="E21" s="0" t="s">
@@ -4891,51 +4888,51 @@
       <c r="K22" s="0" t="s">
         <v>132</v>
       </c>
       <c r="L22" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
         <v>133</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>134</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>135</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>136</v>
       </c>
       <c r="F23" s="0" t="s">
         <v>137</v>
       </c>
       <c r="G23" s="0" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>138</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L23" s="0"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
         <v>139</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>140</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>141</v>
       </c>
       <c r="E24" s="0" t="s">
@@ -5001,547 +4998,547 @@
         <v>149</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>150</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>151</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>152</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="L26" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>136</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="G27" s="0" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L27" s="0"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>136</v>
       </c>
       <c r="F28" s="0" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="G28" s="0" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L28" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>136</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="G29" s="0" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L29" s="0"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>136</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L30" s="0"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>44</v>
+        <v>181</v>
       </c>
       <c r="L31" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="G32" s="0" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>44</v>
+        <v>181</v>
       </c>
       <c r="L32" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="F33" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="G33" s="0" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>44</v>
+        <v>181</v>
       </c>
       <c r="L33" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="L34" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>44</v>
+        <v>181</v>
       </c>
       <c r="L35" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="C36" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="D36" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="E36" s="0" t="s">
         <v>199</v>
-      </c>
-[...7 lines deleted...]
-        <v>197</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>79</v>
+        <v>44</v>
       </c>
       <c r="L36" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>44</v>
+        <v>181</v>
       </c>
       <c r="L37" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="L38" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>216</v>
+        <v>105</v>
       </c>
       <c r="L39" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>223</v>
+        <v>27</v>
       </c>
       <c r="L40" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
         <v>224</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>225</v>
       </c>
       <c r="D41" s="0">
         <v>702000</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F41" s="0" t="s">
         <v>24</v>
       </c>
       <c r="G41" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I41" s="1" t="s">
         <v>226</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>20</v>
+        <v>105</v>
       </c>
       <c r="L41" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
         <v>227</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>228</v>
       </c>
       <c r="D42" s="0">
         <v>375500</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F42" s="0" t="s">
         <v>24</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>25</v>
       </c>
@@ -5565,85 +5562,85 @@
         <v>230</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>231</v>
       </c>
       <c r="D43" s="0">
         <v>371500</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F43" s="0" t="s">
         <v>24</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I43" s="1" t="s">
         <v>232</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>20</v>
+        <v>181</v>
       </c>
       <c r="L43" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
         <v>233</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>234</v>
       </c>
       <c r="D44" s="0">
         <v>372700</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F44" s="0" t="s">
         <v>24</v>
       </c>
       <c r="G44" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I44" s="1" t="s">
         <v>235</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>216</v>
+        <v>64</v>
       </c>
       <c r="L44" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
         <v>236</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>237</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>238</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>17</v>
       </c>
@@ -5827,51 +5824,51 @@
         <v>259</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>260</v>
       </c>
       <c r="D51" s="0">
         <v>375000</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F51" s="0" t="s">
         <v>261</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I51" s="1" t="s">
         <v>262</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>20</v>
+        <v>64</v>
       </c>
       <c r="L51" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
         <v>263</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>264</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>265</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F52" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G52" s="0" t="s">
         <v>57</v>
       </c>
@@ -5927,51 +5924,51 @@
         <v>270</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>271</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>272</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F54" s="0" t="s">
         <v>273</v>
       </c>
       <c r="G54" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I54" s="1" t="s">
         <v>274</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>20</v>
+        <v>64</v>
       </c>
       <c r="L54" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
         <v>275</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>276</v>
       </c>
       <c r="D55" s="0">
         <v>11084043</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>277</v>
       </c>
       <c r="F55" s="0" t="s">
         <v>278</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>25</v>
       </c>
@@ -5981,127 +5978,127 @@
       <c r="I55" s="1" t="s">
         <v>279</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L55" s="0"/>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
         <v>280</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>281</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>282</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>136</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I56" s="1" t="s">
         <v>283</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L56" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
         <v>284</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>285</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>286</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>136</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I57" s="1" t="s">
         <v>287</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L57" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
         <v>288</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>289</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>290</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F58" s="0" t="s">
         <v>291</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I58" s="1" t="s">
         <v>292</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>20</v>
+        <v>64</v>
       </c>
       <c r="L58" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
         <v>293</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>294</v>
       </c>
       <c r="D59" s="0">
         <v>203017</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>295</v>
       </c>
       <c r="F59" s="0" t="s">
         <v>296</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>125</v>
       </c>
@@ -6227,51 +6224,51 @@
         <v>315</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>316</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>317</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>301</v>
       </c>
       <c r="F63" s="0" t="s">
         <v>318</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>303</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I63" s="1" t="s">
         <v>319</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>20</v>
+        <v>105</v>
       </c>
       <c r="L63" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
         <v>320</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>321</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>322</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>301</v>
       </c>
       <c r="F64" s="0" t="s">
         <v>323</v>
       </c>
       <c r="G64" s="0" t="s">
         <v>303</v>
       </c>
@@ -6327,51 +6324,51 @@
         <v>332</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>333</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>334</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F66" s="0" t="s">
         <v>335</v>
       </c>
       <c r="G66" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I66" s="1" t="s">
         <v>336</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>216</v>
+        <v>105</v>
       </c>
       <c r="L66" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="B67" s="0" t="s">
         <v>337</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>338</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>339</v>
       </c>
       <c r="E67" s="0" t="s">
         <v>257</v>
       </c>
       <c r="F67" s="0" t="s">
         <v>340</v>
       </c>
       <c r="G67" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H67" s="0" t="s">
@@ -6390,608 +6387,608 @@
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
         <v>342</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>343</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>344</v>
       </c>
       <c r="E68" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I68" s="1" t="s">
         <v>345</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>346</v>
+        <v>64</v>
       </c>
       <c r="L68" s="0">
         <v>60</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="C69" s="0" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>348</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>265</v>
       </c>
       <c r="E69" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F69" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G69" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>350</v>
+        <v>64</v>
       </c>
       <c r="L69" s="0">
         <v>60</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
+        <v>349</v>
+      </c>
+      <c r="C70" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="D70" s="0" t="s">
         <v>351</v>
-      </c>
-[...4 lines deleted...]
-        <v>353</v>
       </c>
       <c r="E70" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>20</v>
+        <v>64</v>
       </c>
       <c r="L70" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="C71" s="0" t="s">
+        <v>354</v>
+      </c>
+      <c r="D71" s="0" t="s">
         <v>355</v>
-      </c>
-[...4 lines deleted...]
-        <v>357</v>
       </c>
       <c r="E71" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F71" s="0" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="G71" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L71" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
+        <v>357</v>
+      </c>
+      <c r="C72" s="0" t="s">
+        <v>358</v>
+      </c>
+      <c r="D72" s="0" t="s">
         <v>359</v>
-      </c>
-[...4 lines deleted...]
-        <v>361</v>
       </c>
       <c r="E72" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>20</v>
+        <v>361</v>
       </c>
       <c r="L72" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
+        <v>362</v>
+      </c>
+      <c r="C73" s="0" t="s">
         <v>363</v>
       </c>
-      <c r="C73" s="0" t="s">
+      <c r="D73" s="0" t="s">
         <v>364</v>
       </c>
-      <c r="D73" s="0" t="s">
+      <c r="E73" s="0" t="s">
         <v>365</v>
       </c>
-      <c r="E73" s="0" t="s">
+      <c r="F73" s="0" t="s">
         <v>366</v>
       </c>
-      <c r="F73" s="0" t="s">
+      <c r="G73" s="0" t="s">
         <v>367</v>
       </c>
-      <c r="G73" s="0" t="s">
+      <c r="H73" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I73" s="1" t="s">
         <v>368</v>
-      </c>
-[...4 lines deleted...]
-        <v>369</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L73" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
+        <v>369</v>
+      </c>
+      <c r="C74" s="0" t="s">
         <v>370</v>
       </c>
-      <c r="C74" s="0" t="s">
+      <c r="D74" s="0" t="s">
         <v>371</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
       <c r="E74" s="0" t="s">
         <v>136</v>
       </c>
       <c r="F74" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="G74" s="0" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L74" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
+        <v>373</v>
+      </c>
+      <c r="C75" s="0" t="s">
         <v>374</v>
       </c>
-      <c r="C75" s="0" t="s">
+      <c r="D75" s="0" t="s">
         <v>375</v>
       </c>
-      <c r="D75" s="0" t="s">
+      <c r="E75" s="0" t="s">
+        <v>365</v>
+      </c>
+      <c r="F75" s="0" t="s">
         <v>376</v>
       </c>
-      <c r="E75" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F75" s="0" t="s">
+      <c r="G75" s="0" t="s">
+        <v>367</v>
+      </c>
+      <c r="H75" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I75" s="1" t="s">
         <v>377</v>
-      </c>
-[...7 lines deleted...]
-        <v>378</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L75" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
+        <v>378</v>
+      </c>
+      <c r="C76" s="0" t="s">
         <v>379</v>
       </c>
-      <c r="C76" s="0" t="s">
+      <c r="D76" s="0" t="s">
         <v>380</v>
       </c>
-      <c r="D76" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E76" s="0" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L76" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
+        <v>382</v>
+      </c>
+      <c r="C77" s="0" t="s">
         <v>383</v>
       </c>
-      <c r="C77" s="0" t="s">
+      <c r="D77" s="0" t="s">
         <v>384</v>
       </c>
-      <c r="D77" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E77" s="0" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L77" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
+        <v>386</v>
+      </c>
+      <c r="C78" s="0" t="s">
         <v>387</v>
       </c>
-      <c r="C78" s="0" t="s">
+      <c r="D78" s="0" t="s">
         <v>388</v>
-      </c>
-[...1 lines deleted...]
-        <v>389</v>
       </c>
       <c r="E78" s="0"/>
       <c r="F78" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="G78" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="H78" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I78" s="1" t="s">
         <v>390</v>
-      </c>
-[...7 lines deleted...]
-        <v>391</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L78" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
+        <v>391</v>
+      </c>
+      <c r="C79" s="0" t="s">
         <v>392</v>
       </c>
-      <c r="C79" s="0" t="s">
+      <c r="D79" s="0" t="s">
         <v>393</v>
       </c>
-      <c r="D79" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E79" s="0" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L79" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
+        <v>395</v>
+      </c>
+      <c r="C80" s="0" t="s">
         <v>396</v>
       </c>
-      <c r="C80" s="0" t="s">
+      <c r="D80" s="0" t="s">
         <v>397</v>
       </c>
-      <c r="D80" s="0" t="s">
+      <c r="E80" s="0" t="s">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>399</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>400</v>
+        <v>399</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L80" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
+        <v>400</v>
+      </c>
+      <c r="C81" s="0" t="s">
         <v>401</v>
       </c>
-      <c r="C81" s="0" t="s">
+      <c r="D81" s="0" t="s">
         <v>402</v>
-      </c>
-[...1 lines deleted...]
-        <v>403</v>
       </c>
       <c r="E81" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F81" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G81" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="L81" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
+        <v>404</v>
+      </c>
+      <c r="C82" s="0" t="s">
         <v>405</v>
       </c>
-      <c r="C82" s="0" t="s">
+      <c r="D82" s="0" t="s">
         <v>406</v>
       </c>
-      <c r="D82" s="0" t="s">
+      <c r="E82" s="0" t="s">
         <v>407</v>
-      </c>
-[...1 lines deleted...]
-        <v>408</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
+        <v>408</v>
+      </c>
+      <c r="H82" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I82" s="1" t="s">
         <v>409</v>
-      </c>
-[...4 lines deleted...]
-        <v>410</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L82" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
+        <v>410</v>
+      </c>
+      <c r="C83" s="0" t="s">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>412</v>
       </c>
       <c r="D83" s="0">
         <v>371823</v>
       </c>
       <c r="E83" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F83" s="0" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="G83" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>20</v>
+        <v>64</v>
       </c>
       <c r="L83" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
+        <v>414</v>
+      </c>
+      <c r="C84" s="0" t="s">
         <v>415</v>
-      </c>
-[...1 lines deleted...]
-        <v>416</v>
       </c>
       <c r="D84" s="0">
         <v>7400069</v>
       </c>
       <c r="E84" s="0" t="s">
         <v>113</v>
       </c>
       <c r="F84" s="0" t="s">
+        <v>416</v>
+      </c>
+      <c r="G84" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="H84" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I84" s="1" t="s">
         <v>417</v>
-      </c>
-[...7 lines deleted...]
-        <v>418</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="L84" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="B85" s="0" t="s">
+        <v>419</v>
+      </c>
+      <c r="C85" s="0" t="s">
         <v>420</v>
       </c>
-      <c r="C85" s="0" t="s">
+      <c r="D85" s="0" t="s">
         <v>421</v>
-      </c>
-[...1 lines deleted...]
-        <v>422</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>113</v>
       </c>
       <c r="F85" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="G85" s="0" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L85" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>