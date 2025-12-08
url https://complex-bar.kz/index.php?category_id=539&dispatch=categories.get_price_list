--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="184">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="182">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -77,125 +77,128 @@
   <si>
     <t>Ложка для коктейлей «Ансер»;сталь нерж.;,L=193/40,B=4мм;металлич.</t>
   </si>
   <si>
     <t>02050102</t>
   </si>
   <si>
     <t>1670-25</t>
   </si>
   <si>
     <t>Eternum</t>
   </si>
   <si>
     <t>Anser</t>
   </si>
   <si>
     <t>БЕЛЬГИЯ</t>
   </si>
   <si>
     <t>Ложки для коктейлей</t>
   </si>
   <si>
     <t>6961.00₸</t>
   </si>
   <si>
+    <t>0 шт.</t>
+  </si>
+  <si>
+    <t>Ложка для коктейлей «Волюто» для холодного чая;сталь нерж.;,L=20,B=2см;металлич.</t>
+  </si>
+  <si>
+    <t>02050167</t>
+  </si>
+  <si>
+    <t>T7518</t>
+  </si>
+  <si>
+    <t>Arcoroc</t>
+  </si>
+  <si>
+    <t>Voluto</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>1085.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для коктейлей «X-15»;сталь нерж.;,L=210/50,B=23мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110412</t>
+  </si>
+  <si>
+    <t>1860-25</t>
+  </si>
+  <si>
+    <t>X-15</t>
+  </si>
+  <si>
+    <t>9803.00₸</t>
+  </si>
+  <si>
     <t>более 50 шт.</t>
   </si>
   <si>
-    <t>Ложка для коктейлей «Волюто» для холодного чая;сталь нерж.;,L=20,B=2см;металлич.</t>
-[...37 lines deleted...]
-  <si>
     <t>Ложка для коктейлей «Фрида»;сталь нерж.;,L=20/4,B=1см;металлич.</t>
   </si>
   <si>
     <t>03110442</t>
   </si>
   <si>
     <t>958-25</t>
   </si>
   <si>
     <t>Frida</t>
   </si>
   <si>
     <t>1263.00₸</t>
   </si>
   <si>
-    <t>более 1 000 шт.</t>
+    <t>1 шт.</t>
   </si>
   <si>
     <t>Ложка для коктейлей «Аляска»;сталь нерж.;,L=200/37,B=4мм;металлич.</t>
   </si>
   <si>
     <t>03110448</t>
   </si>
   <si>
     <t>2080-25</t>
   </si>
   <si>
     <t>Alaska</t>
   </si>
   <si>
     <t>2095.00₸</t>
   </si>
   <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
     <t>Ложка для коктейлей «Багет»;сталь нерж.;,L=210/50,B=2мм;металлич.</t>
   </si>
   <si>
     <t>03110453</t>
   </si>
   <si>
     <t>1610-25</t>
   </si>
   <si>
     <t>Baguette</t>
   </si>
   <si>
     <t>3373.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Ложка для коктейлей «Тапас»;сталь нерж.;,L=194/40,B=10мм;металлич.</t>
   </si>
   <si>
     <t>03110475</t>
   </si>
   <si>
     <t>Tapas</t>
@@ -230,69 +233,69 @@
   <si>
     <t>Palace</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>2072.00₸</t>
   </si>
   <si>
     <t>Ложка для коктейлей «Лаццо»;сталь нерж.;,L=183/45,B=27мм;металлич.</t>
   </si>
   <si>
     <t>03111725</t>
   </si>
   <si>
     <t>T0418</t>
   </si>
   <si>
     <t>Chef&amp;Sommelier</t>
   </si>
   <si>
     <t>Lazzo</t>
   </si>
   <si>
-    <t>5376.00₸</t>
+    <t>6377.00₸</t>
   </si>
   <si>
     <t>Ложка для коктейлей «Библос»;сталь нерж.;,L=190/35,B=27мм;металлич.</t>
   </si>
   <si>
     <t>03111729</t>
   </si>
   <si>
     <t>1840-25</t>
   </si>
   <si>
     <t>Byblos</t>
   </si>
   <si>
     <t>4197.00₸</t>
   </si>
   <si>
-    <t>49 шт.</t>
+    <t>27 шт.</t>
   </si>
   <si>
     <t>Ложка для коктейлей «Стреза»;сталь нерж.;,L=21/4см;металлич.</t>
   </si>
   <si>
     <t>03111740</t>
   </si>
   <si>
     <t>03200036</t>
   </si>
   <si>
     <t>Stresa</t>
   </si>
   <si>
     <t>1771.00₸</t>
   </si>
   <si>
     <t>Ложка для коктейлей «Роял» для холодного чая;сталь нерж.;серебрист.</t>
   </si>
   <si>
     <t>03111973</t>
   </si>
   <si>
     <t>01.0049.1210</t>
   </si>
@@ -383,53 +386,50 @@
   <si>
     <t>11LAUS 402</t>
   </si>
   <si>
     <t>Lausanne</t>
   </si>
   <si>
     <t>3127.00₸</t>
   </si>
   <si>
     <t>Ложка для коктейлей «Палермо»;сталь нерж.;,L=15,5см;металлич.</t>
   </si>
   <si>
     <t>03113642</t>
   </si>
   <si>
     <t>11PALP 402</t>
   </si>
   <si>
     <t>Palermo</t>
   </si>
   <si>
     <t>2811.00₸</t>
   </si>
   <si>
-    <t>1 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Ложка для коктейлей «Мескана» для холодного чая;сталь нерж.;металлич.</t>
   </si>
   <si>
     <t>03113659</t>
   </si>
   <si>
     <t>56.1310.6040</t>
   </si>
   <si>
     <t>Mescana</t>
   </si>
   <si>
     <t>2349.00₸</t>
   </si>
   <si>
     <t>Ложка для коктейлей «Мескана»;сталь нерж.;металлич.</t>
   </si>
   <si>
     <t>03113669</t>
   </si>
   <si>
     <t>56.1372.6040</t>
   </si>
   <si>
     <t>3673.00₸</t>
@@ -455,132 +455,126 @@
   <si>
     <t>03113689</t>
   </si>
   <si>
     <t>1520-25</t>
   </si>
   <si>
     <t>Astoria</t>
   </si>
   <si>
     <t>2988.00₸</t>
   </si>
   <si>
     <t>Ложка для коктейлей «Лозанна»;сталь нерж.;,L=19см;металлич.</t>
   </si>
   <si>
     <t>03114408</t>
   </si>
   <si>
     <t>11LAUS 303</t>
   </si>
   <si>
     <t>3519.00₸</t>
   </si>
   <si>
-    <t>4 шт.</t>
+    <t>2 шт.</t>
   </si>
   <si>
     <t>Ложка для коктейлей «Палермо»;сталь нерж.;,L=20см;металлич.</t>
   </si>
   <si>
     <t>03114413</t>
   </si>
   <si>
     <t>11PALP 303</t>
   </si>
   <si>
     <t>3358.00₸</t>
   </si>
   <si>
     <t>Ложка для коктейлей «Эрмитаж»;сталь нерж.;,L=19,9см;металлич.</t>
   </si>
   <si>
     <t>03114417</t>
   </si>
   <si>
     <t>11HERM 303</t>
   </si>
   <si>
     <t>2649.00₸</t>
   </si>
   <si>
-    <t>9 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Ложка для коктейлей «Кэролин» для холодного чая;сталь нерж.;,L=18,7см;металлич.</t>
   </si>
   <si>
     <t>03114443</t>
   </si>
   <si>
     <t>5742SX006</t>
   </si>
   <si>
     <t>Folio By Steelite</t>
   </si>
   <si>
     <t>Carolyn </t>
   </si>
   <si>
     <t>ВЬЕТНАМ</t>
   </si>
   <si>
     <t>3450.00₸</t>
   </si>
   <si>
     <t>Ложка для коктейлей «Сан Ремо»;хромоник. сталь;,L=19,5см;хромиров.</t>
   </si>
   <si>
     <t>03114530</t>
   </si>
   <si>
     <t>San Remo</t>
   </si>
   <si>
     <t>ШВЕЙЦАРИЯ</t>
   </si>
   <si>
     <t>6807.00₸</t>
   </si>
   <si>
-    <t>14 шт.</t>
+    <t>19 шт.</t>
   </si>
   <si>
     <t>Ложка для коктейлей «Монтевидео»;хромоник. сталь;,L=18,6см;хромиров.</t>
   </si>
   <si>
     <t>03114537</t>
   </si>
   <si>
     <t>Montevideo</t>
   </si>
   <si>
     <t>6014.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>35 шт.</t>
   </si>
   <si>
     <t>Ложка для коктейлей «Пируэт»;сталь нерж.;,L=20см;серебрист.</t>
   </si>
   <si>
     <t>03151314</t>
   </si>
   <si>
     <t>5732SX006</t>
   </si>
   <si>
     <t>Pirouette</t>
   </si>
   <si>
     <t>8470.00₸</t>
   </si>
   <si>
     <t>Ложка для коктейлей набор[12шт];сталь нерж.;,L=12,5см;металлич.</t>
   </si>
   <si>
     <t>04110755</t>
   </si>
   <si>
     <t>62550B28</t>
   </si>
@@ -1979,85 +1973,85 @@
         <v>21</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>22</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E3" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F3" s="0" t="s">
         <v>25</v>
       </c>
       <c r="G3" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H3" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="0"/>
       <c r="K3" s="0" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="L3" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="80">
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="C4" s="0" t="s">
         <v>29</v>
       </c>
-      <c r="C4" s="0" t="s">
+      <c r="D4" s="0" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="0" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="L4" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>35</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G5" s="0" t="s">
         <v>17</v>
       </c>
@@ -2081,923 +2075,923 @@
         <v>40</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>41</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>44</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="L6" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L7" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D8" s="0">
         <v>2111731</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L8" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>50</v>
+        <v>39</v>
       </c>
       <c r="L9" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D10" s="0">
         <v>16900036</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G10" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="L10" s="0"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L11" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="L12" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G13" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L13" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G14" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="L14" s="0"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D15" s="0">
         <v>223492</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="L15" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G16" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L16" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="G17" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="L17" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="G18" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L18" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="G19" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="L19" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="G20" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>122</v>
+        <v>20</v>
       </c>
       <c r="L20" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
         <v>123</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>124</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>125</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F21" s="0" t="s">
         <v>126</v>
       </c>
       <c r="G21" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I21" s="1" t="s">
         <v>127</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="L21" s="0"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
         <v>128</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>129</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>130</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F22" s="0" t="s">
         <v>126</v>
       </c>
       <c r="G22" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="1" t="s">
         <v>131</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="L22" s="0"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
         <v>132</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>133</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>134</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F23" s="0" t="s">
         <v>135</v>
       </c>
       <c r="G23" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>136</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="L23" s="0"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
         <v>137</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>138</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>139</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="0" t="s">
         <v>140</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>141</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>50</v>
+        <v>39</v>
       </c>
       <c r="L24" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
         <v>142</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>143</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>144</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="G25" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>145</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>146</v>
       </c>
       <c r="L25" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
         <v>147</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>148</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>149</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="G26" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>150</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="L26" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
         <v>151</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>152</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>153</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="G27" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>154</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>155</v>
+        <v>146</v>
       </c>
       <c r="L27" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>156</v>
       </c>
-      <c r="C28" s="0" t="s">
+      <c r="D28" s="0" t="s">
         <v>157</v>
       </c>
-      <c r="D28" s="0" t="s">
+      <c r="E28" s="0" t="s">
         <v>158</v>
       </c>
-      <c r="E28" s="0" t="s">
+      <c r="F28" s="0" t="s">
         <v>159</v>
       </c>
-      <c r="F28" s="0" t="s">
+      <c r="G28" s="0" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="L28" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="D29" s="0">
         <v>115111</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F29" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="G29" s="0" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="L29" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="C30" s="0" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="D30" s="0">
         <v>114118.0</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>173</v>
+        <v>33</v>
       </c>
       <c r="L30" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="D31" s="0" t="s">
         <v>174</v>
       </c>
-      <c r="C31" s="0" t="s">
+      <c r="E31" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="F31" s="0" t="s">
         <v>175</v>
       </c>
-      <c r="D31" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G31" s="0" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="L31" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>178</v>
+      </c>
+      <c r="D32" s="0" t="s">
         <v>179</v>
       </c>
-      <c r="C32" s="0" t="s">
+      <c r="E32" s="0" t="s">
         <v>180</v>
-      </c>
-[...4 lines deleted...]
-        <v>182</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>