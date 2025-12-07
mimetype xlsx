--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="911">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="914">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -74,2646 +74,2655 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Ложка кофейная «Павловская»;сталь нерж.;,L=117/32,B=25мм;металлич.</t>
   </si>
   <si>
     <t>03110502</t>
   </si>
   <si>
     <t>СК-75/58</t>
   </si>
   <si>
     <t>Pavlov</t>
   </si>
   <si>
     <t>M3</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>Ложки кофейные</t>
   </si>
   <si>
+    <t>840.00₸</t>
+  </si>
+  <si>
+    <t>30 шт.</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Евро»;сталь нерж.;,L=115/37,B=23мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110505</t>
+  </si>
+  <si>
+    <t>1С72</t>
+  </si>
+  <si>
+    <t>Trud</t>
+  </si>
+  <si>
+    <t>Euro Hotel</t>
+  </si>
+  <si>
+    <t>401.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «X-15»;сталь нерж.;,L=11/3,B=1см;металлич.</t>
+  </si>
+  <si>
+    <t>03110506</t>
+  </si>
+  <si>
+    <t>1860-26</t>
+  </si>
+  <si>
+    <t>Eternum</t>
+  </si>
+  <si>
+    <t>X-15</t>
+  </si>
+  <si>
+    <t>БЕЛЬГИЯ</t>
+  </si>
+  <si>
+    <t>6284.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Нова»;сталь нерж.;,L=110/35,B=4мм;граф.</t>
+  </si>
+  <si>
+    <t>03110508</t>
+  </si>
+  <si>
+    <t>1250-26</t>
+  </si>
+  <si>
+    <t>Nova</t>
+  </si>
+  <si>
+    <t>432.00₸</t>
+  </si>
+  <si>
+    <t>0 шт.</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Флоренция»;,L=115/35,B=22мм</t>
+  </si>
+  <si>
+    <t>03110513</t>
+  </si>
+  <si>
+    <t>FCH</t>
+  </si>
+  <si>
+    <t>ПОРТУГАЛИЯ</t>
+  </si>
+  <si>
+    <t>917.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Колония»</t>
+  </si>
+  <si>
+    <t>03110514</t>
+  </si>
+  <si>
+    <t>Colonia</t>
+  </si>
+  <si>
+    <t>545.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Ансер»;сталь нерж.;,L=116/43,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110516</t>
+  </si>
+  <si>
+    <t>1670-26</t>
+  </si>
+  <si>
+    <t>Anser</t>
+  </si>
+  <si>
+    <t>1664.00₸</t>
+  </si>
+  <si>
+    <t>14 шт.</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Риволи»;сталь нерж.;,L=120/40,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110517</t>
+  </si>
+  <si>
+    <t>1921-26</t>
+  </si>
+  <si>
+    <t>Rivoli</t>
+  </si>
+  <si>
+    <t>1148.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «СОНЕТ»;сталь нерж.;,L=115/38,B=21мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110518</t>
+  </si>
+  <si>
+    <t>С60Н/2</t>
+  </si>
+  <si>
+    <t>Sonet</t>
+  </si>
+  <si>
+    <t>231.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Дориа»;сталь нерж.;,L=13/4,B=1см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>03110520</t>
+  </si>
+  <si>
+    <t>8004-26</t>
+  </si>
+  <si>
+    <t>Doria</t>
+  </si>
+  <si>
+    <t>2603.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Лувр»;сталь нерж.;,L=117/40,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110522</t>
+  </si>
+  <si>
+    <t>1650-26</t>
+  </si>
+  <si>
+    <t>Louvre</t>
+  </si>
+  <si>
+    <t>2649.00₸</t>
+  </si>
+  <si>
+    <t>47 шт.</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Фрида»;сталь нерж.;,L=115/37,B=10мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110523</t>
+  </si>
+  <si>
+    <t>958-26</t>
+  </si>
+  <si>
+    <t>Frida</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Визув»;сталь нерж.;,L=117/40,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110524</t>
+  </si>
+  <si>
+    <t>951-26</t>
+  </si>
+  <si>
+    <t>Vesuve</t>
+  </si>
+  <si>
+    <t>262.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Аляска»;сталь нерж.;,L=120/30,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110526</t>
+  </si>
+  <si>
+    <t>2080-26</t>
+  </si>
+  <si>
+    <t>Alaska</t>
+  </si>
+  <si>
+    <t>1086.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Ауде»;сталь нерж.;,L=116/40,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110527</t>
+  </si>
+  <si>
+    <t>1922-26</t>
+  </si>
+  <si>
+    <t>Aude</t>
+  </si>
+  <si>
+    <t>640.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Алайниа»;сталь нерж.;,L=114/30,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110528</t>
+  </si>
+  <si>
+    <t>3020-26</t>
+  </si>
+  <si>
+    <t>Alinea</t>
+  </si>
+  <si>
+    <t>1779.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Багет»;сталь нерж.;,L=110/35,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110529</t>
+  </si>
+  <si>
+    <t>2610-26</t>
+  </si>
+  <si>
+    <t>Baguette</t>
+  </si>
+  <si>
+    <t>1487.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Перле»;сталь нерж.;,L=120/40,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110532</t>
+  </si>
+  <si>
+    <t>302-26</t>
+  </si>
+  <si>
+    <t>Perle</t>
+  </si>
+  <si>
+    <t>794.00₸</t>
+  </si>
+  <si>
+    <t>12 шт.</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Осло»;сталь нерж.;,L=115/35,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110534</t>
+  </si>
+  <si>
+    <t>1930-26</t>
+  </si>
+  <si>
+    <t>Oslo</t>
+  </si>
+  <si>
+    <t>1556.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Адажио»;сталь нерж.;,L=115/30,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110535</t>
+  </si>
+  <si>
+    <t>2090-26</t>
+  </si>
+  <si>
+    <t>Adagio</t>
+  </si>
+  <si>
+    <t>1494.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Атлантис»;сталь нерж.;,L=115/40,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110536</t>
+  </si>
+  <si>
+    <t>3010-26</t>
+  </si>
+  <si>
+    <t>Atlantis</t>
+  </si>
+  <si>
+    <t>1656.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Сапорро»;сталь нерж.;,L=120/40,B=5мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110539</t>
+  </si>
+  <si>
+    <t>1220-26</t>
+  </si>
+  <si>
+    <t>Saporro</t>
+  </si>
+  <si>
     <t>693.00₸</t>
   </si>
   <si>
-    <t>более 100 шт.</t>
-[...167 lines deleted...]
-    <t>2649.00₸</t>
+    <t>Ложка кофейная «Оливия»;сталь нерж.;,L=112/35,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110540</t>
+  </si>
+  <si>
+    <t>04900008</t>
+  </si>
+  <si>
+    <t>Pintinox</t>
+  </si>
+  <si>
+    <t>Olivia</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>2657.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Концепт»;сталь нерж.;,L=11/3,B=2см;металлич.</t>
+  </si>
+  <si>
+    <t>03110541</t>
+  </si>
+  <si>
+    <t>04500008</t>
+  </si>
+  <si>
+    <t>Concept</t>
+  </si>
+  <si>
+    <t>2842.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Снейк»;сталь нерж.;,L=11/2,B=1см;металлич.</t>
+  </si>
+  <si>
+    <t>03110542</t>
+  </si>
+  <si>
+    <t>Snake</t>
   </si>
   <si>
     <t>более 50 шт.</t>
   </si>
   <si>
-    <t>Ложка кофейная «Фрида»;сталь нерж.;,L=115/37,B=10мм;металлич.</t>
-[...197 lines deleted...]
-    <t>2703.00₸</t>
+    <t>Ложка кофейная «Ансер Голд»;сталь нерж.;,L=117/40,B=4мм;металлич.,золотой</t>
+  </si>
+  <si>
+    <t>03110543</t>
+  </si>
+  <si>
+    <t>1673-26</t>
+  </si>
+  <si>
+    <t>Anser Gold</t>
+  </si>
+  <si>
+    <t>3342.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Профиль»;сталь нерж.;,L=110/33,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110545</t>
+  </si>
+  <si>
+    <t>01.0048.1110</t>
+  </si>
+  <si>
+    <t>Hepp</t>
+  </si>
+  <si>
+    <t>Profile</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>1371.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Тапас»;матовый</t>
+  </si>
+  <si>
+    <t>03110547</t>
+  </si>
+  <si>
+    <t>Tapas</t>
+  </si>
+  <si>
+    <t>971.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Тапас»;сталь нерж.;,H=14,L=95/35,B=23мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110548</t>
+  </si>
+  <si>
+    <t>2772.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Эко Ансер»;сталь нерж.;,L=120/43,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110549</t>
+  </si>
+  <si>
+    <t>968-26</t>
+  </si>
+  <si>
+    <t>Eco Anser</t>
+  </si>
+  <si>
+    <t>1040.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Эко Багет»;сталь нерж.;,L=110/37,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110550</t>
+  </si>
+  <si>
+    <t>2611-26</t>
+  </si>
+  <si>
+    <t>Eco Baguette</t>
+  </si>
+  <si>
+    <t>409.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Лондон»;сталь нерж.;,L=124/40,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110551</t>
+  </si>
+  <si>
+    <t>S008-6</t>
+  </si>
+  <si>
+    <t>London</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>133.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «M188»;сталь нерж.;,L=110/35,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110552</t>
+  </si>
+  <si>
+    <t>S007-6</t>
+  </si>
+  <si>
+    <t>Beckers</t>
+  </si>
+  <si>
+    <t>226.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Эмбосс»;сталь нерж.;,L=122/36,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110553</t>
+  </si>
+  <si>
+    <t>S037-6</t>
+  </si>
+  <si>
+    <t>Amboss</t>
+  </si>
+  <si>
+    <t>344.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Кальви»;сталь нерж.;,L=115/32,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110554</t>
+  </si>
+  <si>
+    <t>319-26</t>
+  </si>
+  <si>
+    <t>Calvi</t>
+  </si>
+  <si>
+    <t>154.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Сеттеченто»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03110555</t>
+  </si>
+  <si>
+    <t>Settecento</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Суперга»;сталь нерж.;,L=110/33,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110556</t>
+  </si>
+  <si>
+    <t>0312008</t>
+  </si>
+  <si>
+    <t>Superga</t>
+  </si>
+  <si>
+    <t>778.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Базель»;сталь нерж.;,L=112/35,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110557</t>
+  </si>
+  <si>
+    <t>S050-6</t>
+  </si>
+  <si>
+    <t>Basel</t>
+  </si>
+  <si>
+    <t>300.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «М18»;сталь нерж.;,L=110/32,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110558</t>
+  </si>
+  <si>
+    <t>4752/С29П47</t>
+  </si>
+  <si>
+    <t>Nytva</t>
+  </si>
+  <si>
+    <t>М18</t>
+  </si>
+  <si>
+    <t>578.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Модэна»;сталь нерж.;,L=115/35,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110559</t>
+  </si>
+  <si>
+    <t>957-26</t>
+  </si>
+  <si>
+    <t>Modena</t>
+  </si>
+  <si>
+    <t>247.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Пэлас»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03110560</t>
+  </si>
+  <si>
+    <t>Palace</t>
+  </si>
+  <si>
+    <t>2464.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Стреза»;сталь нерж.;,L=120,B=23мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110561</t>
+  </si>
+  <si>
+    <t>03200008</t>
+  </si>
+  <si>
+    <t>Stresa</t>
+  </si>
+  <si>
+    <t>1171.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Аркада»;сталь нерж.;,L=115/35,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110562</t>
+  </si>
+  <si>
+    <t>1620-26</t>
+  </si>
+  <si>
+    <t>Arcade</t>
+  </si>
+  <si>
+    <t>1548.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Библос»;сталь нерж.;,L=117/40,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110563</t>
+  </si>
+  <si>
+    <t>1840-26</t>
+  </si>
+  <si>
+    <t>Byblos</t>
+  </si>
+  <si>
+    <t>2041.00₸</t>
+  </si>
+  <si>
+    <t>36 шт.</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Ингрис»;сталь нерж.;,L=115/40,B=10мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110564</t>
+  </si>
+  <si>
+    <t>1700-26</t>
+  </si>
+  <si>
+    <t>Ingres</t>
+  </si>
+  <si>
+    <t>486.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Премиум»;металлич.</t>
+  </si>
+  <si>
+    <t>03110565</t>
+  </si>
+  <si>
+    <t>06.0010.1110</t>
+  </si>
+  <si>
+    <t>Premium</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Брамини»;сталь нерж.;,L=125/35,B=7мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110568</t>
+  </si>
+  <si>
+    <t>S060-6</t>
+  </si>
+  <si>
+    <t>Bramini</t>
+  </si>
+  <si>
+    <t>662.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Диаз»;сталь нерж.;,L=120/40,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110569</t>
+  </si>
+  <si>
+    <t>T5111</t>
+  </si>
+  <si>
+    <t>Chef&amp;Sommelier</t>
+  </si>
+  <si>
+    <t>Diaz</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>1862.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Киа»;сталь нерж.;,L=120/40,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110570</t>
+  </si>
+  <si>
+    <t>T5411</t>
+  </si>
+  <si>
+    <t>Kya</t>
+  </si>
+  <si>
+    <t>1806.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Лаццо»;сталь нерж.;,L=114/40,B=10мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110571</t>
+  </si>
+  <si>
+    <t>T4711</t>
+  </si>
+  <si>
+    <t>Lazzo</t>
+  </si>
+  <si>
+    <t>3073.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Палладиум»;сталь нерж.;,L=110/35,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110574</t>
+  </si>
+  <si>
+    <t>05900008</t>
+  </si>
+  <si>
+    <t>Palladium</t>
+  </si>
+  <si>
+    <t>1579.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Роял Пасифик»;,L=122/40,B=25мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110578</t>
+  </si>
+  <si>
+    <t>1.5.127.00.022</t>
+  </si>
+  <si>
+    <t>FORTES</t>
+  </si>
+  <si>
+    <t>2903.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Крем»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03110579</t>
+  </si>
+  <si>
+    <t>62511-37</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
+    <t>Cream</t>
+  </si>
+  <si>
+    <t>2103.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Эко Багет»;сталь;,L=116/15,B=22мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110582</t>
+  </si>
+  <si>
+    <t>02800008</t>
+  </si>
+  <si>
+    <t>1017.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Багет»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03110583</t>
+  </si>
+  <si>
+    <t>08300008</t>
+  </si>
+  <si>
+    <t>1718.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Миллениум»;сталь нерж.;,L=10,7см;металлич.</t>
+  </si>
+  <si>
+    <t>03110584</t>
+  </si>
+  <si>
+    <t>Millenium</t>
+  </si>
+  <si>
+    <t>1617.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Витториале»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03110588</t>
+  </si>
+  <si>
+    <t>Vittoriale</t>
+  </si>
+  <si>
+    <t>1610.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Экспо»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03110594</t>
+  </si>
+  <si>
+    <t>Expo Satinato</t>
+  </si>
+  <si>
+    <t>1025.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Саппоро Эко»</t>
+  </si>
+  <si>
+    <t>03110595</t>
+  </si>
+  <si>
+    <t>S049-6</t>
+  </si>
+  <si>
+    <t>182.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Галис»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03110597</t>
+  </si>
+  <si>
+    <t>089X0008</t>
+  </si>
+  <si>
+    <t>Galles</t>
+  </si>
+  <si>
+    <t>516.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Штутгарт»;сталь нерж.;,L=13,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03111802</t>
+  </si>
+  <si>
+    <t>Stuttgart</t>
+  </si>
+  <si>
+    <t>1502.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Деко»;сталь нерж.,посеребрен.;,L=13см;серебрист.</t>
+  </si>
+  <si>
+    <t>03111803</t>
+  </si>
+  <si>
+    <t>52703-37</t>
+  </si>
+  <si>
+    <t>Sambonet</t>
+  </si>
+  <si>
+    <t>Deco</t>
+  </si>
+  <si>
+    <t>5745.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Имэджин»;сталь нерж.;,L=11см;металлич.</t>
+  </si>
+  <si>
+    <t>03111805</t>
+  </si>
+  <si>
+    <t>52518-37</t>
+  </si>
+  <si>
+    <t>Imagine</t>
+  </si>
+  <si>
+    <t>4174.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Эллада»;сталь нерж.;,L=122/40,B=22мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111808</t>
+  </si>
+  <si>
+    <t>07900008</t>
+  </si>
+  <si>
+    <t>Ellade</t>
+  </si>
+  <si>
+    <t>13260.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Линеа Кью»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03111810</t>
+  </si>
+  <si>
+    <t>52530-37</t>
+  </si>
+  <si>
+    <t>Linea Q</t>
+  </si>
+  <si>
+    <t>4051.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Кингс Сильвер Плэйт»;посеребрен.;,L=125,B=27мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03111814</t>
+  </si>
+  <si>
+    <t>KIPA0090</t>
+  </si>
+  <si>
+    <t>Arthur Price</t>
+  </si>
+  <si>
+    <t>Kings Silver Plate</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
+  </si>
+  <si>
+    <t>12628.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Казали» состаренная;сталь нерж.;D=22,L=115/35мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111818</t>
+  </si>
+  <si>
+    <t>Casali Stonewashed</t>
+  </si>
+  <si>
+    <t>2595.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Атлантис Бейсик»;сталь нерж.;,L=115,B=25мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111819</t>
+  </si>
+  <si>
+    <t>3011-26</t>
+  </si>
+  <si>
+    <t>Atlantis B</t>
+  </si>
+  <si>
+    <t>1125.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Профиль»;сталь нерж.;,L=112/32,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111820</t>
+  </si>
+  <si>
+    <t>H205-6</t>
+  </si>
+  <si>
+    <t>Kunstwerk</t>
+  </si>
+  <si>
+    <t>924.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Саппоро бэйсик»;сталь нерж.;,L=114,B=20мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111821</t>
+  </si>
+  <si>
+    <t>Sapporo/ S04</t>
+  </si>
+  <si>
+    <t>826.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Элит»;сталь нерж.;,L=110/35,B=23мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111822</t>
+  </si>
+  <si>
+    <t>D031-6</t>
+  </si>
+  <si>
+    <t>Elite</t>
+  </si>
+  <si>
+    <t>3290.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Нова бэйсик»;сталь нерж.;,L=112,B=23мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111823</t>
+  </si>
+  <si>
+    <t>S105-6</t>
+  </si>
+  <si>
+    <t>Nova Basic</t>
+  </si>
+  <si>
+    <t>574.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Багет бэйсик»;сталь нерж.;,L=111/38,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111824</t>
+  </si>
+  <si>
+    <t>Baguette Basic</t>
+  </si>
+  <si>
+    <t>798.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Аляска бэйсик»;сталь нерж.;,L=117/35,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111825</t>
+  </si>
+  <si>
+    <t>Аляска бэйсик</t>
+  </si>
+  <si>
+    <t>Alaska Basic</t>
+  </si>
+  <si>
+    <t>721.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Бамбу»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03111827</t>
+  </si>
+  <si>
+    <t>52519-37</t>
+  </si>
+  <si>
+    <t>Bamboo</t>
+  </si>
+  <si>
+    <t>6199.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Киото»;сталь нерж.;,L=113/35,B=18мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111828</t>
+  </si>
+  <si>
+    <t>E006F/D018-6</t>
+  </si>
+  <si>
+    <t>Kyoto</t>
+  </si>
+  <si>
+    <t>1477.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Казали»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03111829</t>
+  </si>
+  <si>
+    <t>Casali</t>
+  </si>
+  <si>
+    <t>1063.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Сеттеченто Стоун»;сталь нерж.;стальной</t>
+  </si>
+  <si>
+    <t>03111830</t>
+  </si>
+  <si>
+    <t>SettecentoSW</t>
+  </si>
+  <si>
+    <t>1479.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Сеттеченто Бронз»;сталь нерж.;бронз.</t>
+  </si>
+  <si>
+    <t>03111831</t>
+  </si>
+  <si>
+    <t>0JB40008</t>
+  </si>
+  <si>
+    <t>SettBronzSWA</t>
+  </si>
+  <si>
+    <t>5976.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Аркада Бэйсик»;сталь нерж.;,L=119,B=24мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111833</t>
+  </si>
+  <si>
+    <t>Аркада Бэйсик</t>
+  </si>
+  <si>
+    <t>Arcada Basic</t>
+  </si>
+  <si>
+    <t>903.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Ансер Бэйсик»;сталь нерж.;,L=120/40,B=24мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111834</t>
+  </si>
+  <si>
+    <t>Anser Basic</t>
+  </si>
+  <si>
+    <t>763.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Денвер»;сталь нерж.;,L=110,B=22мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111835</t>
+  </si>
+  <si>
+    <t>Denver Basic</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Ром»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03111836</t>
+  </si>
+  <si>
+    <t>52546-37</t>
+  </si>
+  <si>
+    <t>Rome</t>
+  </si>
+  <si>
+    <t>3696.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Порто»;сталь нерж.;,L=110/35,B=25мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111840</t>
+  </si>
+  <si>
+    <t>E007F-6</t>
+  </si>
+  <si>
+    <t>Porto</t>
+  </si>
+  <si>
+    <t>2324.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Калипсо»;сталь нерж.;,L=110/35,B=22мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111841</t>
+  </si>
+  <si>
+    <t>E013F-6</t>
+  </si>
+  <si>
+    <t>Calypso</t>
+  </si>
+  <si>
+    <t>2240.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Гранд»;сталь нерж.;,L=122/35,B=20мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111842</t>
+  </si>
+  <si>
+    <t>E015F/E015P-6</t>
+  </si>
+  <si>
+    <t>Grand</t>
+  </si>
+  <si>
+    <t>1302.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Серфис»;сталь нерж.;,L=15см;металлич.</t>
+  </si>
+  <si>
+    <t>03111843</t>
+  </si>
+  <si>
+    <t>B0616460</t>
+  </si>
+  <si>
+    <t>Serax</t>
+  </si>
+  <si>
+    <t>Surface</t>
+  </si>
+  <si>
+    <t>5252.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Рустик»;сталь нерж.,пластик;,L=11/3,B=2см;коричнев.,металлич.</t>
+  </si>
+  <si>
+    <t>03111844</t>
+  </si>
+  <si>
+    <t>8005-26</t>
+  </si>
+  <si>
+    <t>Rustic</t>
+  </si>
+  <si>
+    <t>3358.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Кингс Стэйнлесс Стил»;сталь нерж.;,L=125/40,B=27мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03111845</t>
+  </si>
+  <si>
+    <t>ZKIS0090</t>
+  </si>
+  <si>
+    <t>Kings Stainless Steel</t>
+  </si>
+  <si>
+    <t>2926.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Бернини»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03111847</t>
+  </si>
+  <si>
+    <t>Bernini</t>
+  </si>
+  <si>
+    <t>1094.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Пагайя»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03111848</t>
+  </si>
+  <si>
+    <t>Pagaia</t>
+  </si>
+  <si>
+    <t>1078.00₸</t>
+  </si>
+  <si>
+    <t>03111849</t>
+  </si>
+  <si>
+    <t>Vittoriale S</t>
+  </si>
+  <si>
+    <t>2711.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Привиледж»;сталь нерж.;,L=12,5см;серебрист.</t>
+  </si>
+  <si>
+    <t>03111850</t>
+  </si>
+  <si>
+    <t>05100008</t>
+  </si>
+  <si>
+    <t>Privilege</t>
+  </si>
+  <si>
+    <t>2588.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Свинг»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03111851</t>
+  </si>
+  <si>
+    <t>08800008</t>
+  </si>
+  <si>
+    <t>Swing</t>
+  </si>
+  <si>
+    <t>1232.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03111852</t>
+  </si>
+  <si>
+    <t>Trumpet</t>
+  </si>
+  <si>
+    <t>1317.00₸</t>
+  </si>
+  <si>
+    <t>03111853</t>
+  </si>
+  <si>
+    <t>Trend</t>
+  </si>
+  <si>
+    <t>1032.00₸</t>
+  </si>
+  <si>
+    <t>03111854</t>
+  </si>
+  <si>
+    <t>Bristol</t>
+  </si>
+  <si>
+    <t>847.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная;сталь нерж.;граф.</t>
+  </si>
+  <si>
+    <t>03111855</t>
+  </si>
+  <si>
+    <t>0ZC20008</t>
+  </si>
+  <si>
+    <t>Palace Titan</t>
+  </si>
+  <si>
+    <t>5052.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная;сталь нерж.</t>
+  </si>
+  <si>
+    <t>03111856</t>
+  </si>
+  <si>
+    <t>08500008</t>
+  </si>
+  <si>
+    <t>Infinito</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Роял»;сталь нерж.;,L=115,B=23мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03111858</t>
+  </si>
+  <si>
+    <t>01.0049.1110</t>
+  </si>
+  <si>
+    <t>Royal</t>
+  </si>
+  <si>
+    <t>ВЬЕТНАМ</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Маартен Баас»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03111860</t>
+  </si>
+  <si>
+    <t>V8016004</t>
+  </si>
+  <si>
+    <t>Maarten Baas</t>
+  </si>
+  <si>
+    <t>12952.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Маартен Баас»;сталь нерж.,медь;бронз.</t>
+  </si>
+  <si>
+    <t>03111861</t>
+  </si>
+  <si>
+    <t>V8016004C</t>
+  </si>
+  <si>
+    <t>28660.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Маартен Баас»;сталь нерж.,латунь;золотой</t>
+  </si>
+  <si>
+    <t>03111862</t>
+  </si>
+  <si>
+    <t>V8016004G</t>
+  </si>
+  <si>
+    <t>24733.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Койчи»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03111863</t>
+  </si>
+  <si>
+    <t>V8016008</t>
+  </si>
+  <si>
+    <t>Koichi</t>
+  </si>
+  <si>
+    <t>24240.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Койчи»;сталь нерж.;черный</t>
+  </si>
+  <si>
+    <t>03111864</t>
+  </si>
+  <si>
+    <t>V8016008B</t>
+  </si>
+  <si>
+    <t>39940.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Койчи»;сталь нерж.,медь;бронз.</t>
+  </si>
+  <si>
+    <t>03111865</t>
+  </si>
+  <si>
+    <t>V8016008C</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Койчи»;сталь нерж.,латунь;металлич.</t>
+  </si>
+  <si>
+    <t>03111866</t>
+  </si>
+  <si>
+    <t>V8016008G</t>
+  </si>
+  <si>
+    <t>34050.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Маартен Баас»;сталь нерж.;черный</t>
+  </si>
+  <si>
+    <t>03111867</t>
+  </si>
+  <si>
+    <t>V8016004B</t>
+  </si>
+  <si>
+    <t>19227.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Шарм» состаренная;сталь нерж.;,L=115/35,B=22мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111868</t>
+  </si>
+  <si>
+    <t>R5760F80144</t>
+  </si>
+  <si>
+    <t>Tognana</t>
+  </si>
+  <si>
+    <t>Charme</t>
+  </si>
+  <si>
+    <t>4882.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Блэк Оук»;сталь нерж.;,L=11,3см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>03111869</t>
+  </si>
+  <si>
+    <t>T9211</t>
+  </si>
+  <si>
+    <t>Black Oak</t>
+  </si>
+  <si>
+    <t>3486.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Тотал блэк»;сталь нерж.;черный</t>
+  </si>
+  <si>
+    <t>03111871</t>
+  </si>
+  <si>
+    <t>19D00008</t>
+  </si>
+  <si>
+    <t>Infinito bl</t>
+  </si>
+  <si>
+    <t>3396.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Пьюр»;сталь нерж.;,L=110,B=23мм;черный</t>
+  </si>
+  <si>
+    <t>03111874</t>
+  </si>
+  <si>
+    <t>B1317005</t>
+  </si>
+  <si>
+    <t>Pure</t>
+  </si>
+  <si>
+    <t>6330.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Бэйс»;сталь нерж.;,L=110,B=22мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111875</t>
+  </si>
+  <si>
+    <t>B1318107</t>
+  </si>
+  <si>
+    <t>Base</t>
+  </si>
+  <si>
+    <t>2911.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная состаренная;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03111878</t>
+  </si>
+  <si>
+    <t>Mepra</t>
+  </si>
+  <si>
+    <t>5390.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Багет винтаж»;сталь нерж.;,L=110,B=25мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111879</t>
+  </si>
+  <si>
+    <t>52486-37</t>
+  </si>
+  <si>
+    <t>Baguette Vin</t>
+  </si>
+  <si>
+    <t>3311.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «MVS»;сталь нерж.;коричнев.</t>
+  </si>
+  <si>
+    <t>03111882</t>
+  </si>
+  <si>
+    <t>V8017018C</t>
+  </si>
+  <si>
+    <t>MVS</t>
+  </si>
+  <si>
+    <t>9495.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Дива»;сталь нерж.;,L=10,1см;серебрист.</t>
+  </si>
+  <si>
+    <t>03111884</t>
+  </si>
+  <si>
+    <t>1721-26</t>
+  </si>
+  <si>
+    <t>Diva</t>
+  </si>
+  <si>
+    <t>686.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Версаль»;сталь нерж.;,L=11,8см;металлич.</t>
+  </si>
+  <si>
+    <t>03111885</t>
+  </si>
+  <si>
+    <t>JAY</t>
+  </si>
+  <si>
+    <t>Versalles</t>
+  </si>
+  <si>
+    <t>ИСПАНИЯ</t>
+  </si>
+  <si>
+    <t>670.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Винтаж ПВД Коппер»;сталь нерж.;бронз.</t>
+  </si>
+  <si>
+    <t>03111886</t>
+  </si>
+  <si>
+    <t>62412C37</t>
+  </si>
+  <si>
+    <t>Vintage PVD Copper</t>
+  </si>
+  <si>
+    <t>6877.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Саппоро бэйсик»;сталь нерж.;,L=114,B=20мм;черный,матовый</t>
+  </si>
+  <si>
+    <t>03111890</t>
+  </si>
+  <si>
+    <t>S049-6b</t>
+  </si>
+  <si>
+    <t>Sapporo</t>
+  </si>
+  <si>
+    <t>1372.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Анзо»;сталь нерж.;,L=11см;металлич.</t>
+  </si>
+  <si>
+    <t>03111891</t>
+  </si>
+  <si>
+    <t>1820-26</t>
+  </si>
+  <si>
+    <t>Anzo</t>
+  </si>
+  <si>
+    <t>41 шт.</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Гест стар»;сталь нерж.;,L=11,7см;металлич.</t>
+  </si>
+  <si>
+    <t>03111897</t>
+  </si>
+  <si>
+    <t>Guy Degrenne</t>
+  </si>
+  <si>
+    <t>Guest Star</t>
+  </si>
+  <si>
+    <t>3743.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Крейцбанд»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03111899</t>
+  </si>
+  <si>
+    <t>01.0013.1110</t>
+  </si>
+  <si>
+    <t>Kreuzband</t>
+  </si>
+  <si>
+    <t>2056.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Эксклюзив»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03113301</t>
+  </si>
+  <si>
+    <t>01.0025.1110</t>
+  </si>
+  <si>
+    <t>Exclusiv</t>
+  </si>
+  <si>
+    <t>1825.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Эмоушн»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03113302</t>
+  </si>
+  <si>
+    <t>01.0054.1110</t>
+  </si>
+  <si>
+    <t>Emotion</t>
+  </si>
+  <si>
+    <t>1964.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Чиппендейл»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03113303</t>
+  </si>
+  <si>
+    <t>01.0043.1110</t>
+  </si>
+  <si>
+    <t>Chippendale</t>
+  </si>
+  <si>
+    <t>2541.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Медан»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03113304</t>
+  </si>
+  <si>
+    <t>56.4409.6040</t>
+  </si>
+  <si>
+    <t>Medan</t>
+  </si>
+  <si>
+    <t>1918.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Даймонд»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03113305</t>
+  </si>
+  <si>
+    <t>01.0042.1110</t>
+  </si>
+  <si>
+    <t>Diamond</t>
+  </si>
+  <si>
+    <t>2195.00₸</t>
+  </si>
+  <si>
+    <t>03113306</t>
+  </si>
+  <si>
+    <t>1610-26</t>
+  </si>
+  <si>
+    <t>1217.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Рубан»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03113307</t>
+  </si>
+  <si>
+    <t>1640-26</t>
+  </si>
+  <si>
+    <t>Ruban</t>
+  </si>
+  <si>
+    <t>2287.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Шатле»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03113308</t>
+  </si>
+  <si>
+    <t>1680-26</t>
+  </si>
+  <si>
+    <t>Chatelet</t>
+  </si>
+  <si>
+    <t>1587.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Контур»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03113309</t>
+  </si>
+  <si>
+    <t>1800-26</t>
+  </si>
+  <si>
+    <t>Contour</t>
+  </si>
+  <si>
+    <t>3673.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Элеганс»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03113310</t>
+  </si>
+  <si>
+    <t>966-26</t>
+  </si>
+  <si>
+    <t>Elegance</t>
+  </si>
+  <si>
+    <t>832.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Артезия»;сталь нерж.;,L=11см;металлич.</t>
+  </si>
+  <si>
+    <t>03113311</t>
+  </si>
+  <si>
+    <t>983-26</t>
+  </si>
+  <si>
+    <t>Artesia</t>
+  </si>
+  <si>
+    <t>1864.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Хеи»;сталь нерж.;,L=143,B=30мм;металлич.</t>
+  </si>
+  <si>
+    <t>03113314</t>
+  </si>
+  <si>
+    <t>B0719004</t>
+  </si>
+  <si>
+    <t>Heii</t>
+  </si>
+  <si>
+    <t>6900.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Хеи» для эспрессо;сталь нерж.;,L=110,B=23мм;металлич.</t>
+  </si>
+  <si>
+    <t>03113315</t>
+  </si>
+  <si>
+    <t>B0719011</t>
+  </si>
+  <si>
+    <t>5360.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Хеи» для эспрессо;сталь нерж.;,L=11см;черный</t>
+  </si>
+  <si>
+    <t>03113316</t>
+  </si>
+  <si>
+    <t>B0719011B</t>
+  </si>
+  <si>
+    <t>9718.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Рустик» уцененная;сталь нерж.,пластик;,L=11/3,B=2см;металлич.</t>
+  </si>
+  <si>
+    <t>03113317</t>
+  </si>
+  <si>
+    <t>8005-26/ю</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Флэт Винтаж»;сталь нерж.;,L=11см;металлич.</t>
+  </si>
+  <si>
+    <t>03113318</t>
+  </si>
+  <si>
+    <t>62412-37</t>
+  </si>
+  <si>
+    <t>Flat Vintage</t>
+  </si>
+  <si>
+    <t>2572.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Пас-парту»;сталь нерж.;металлич.,матовый</t>
+  </si>
+  <si>
+    <t>03113320</t>
+  </si>
+  <si>
+    <t>B1318303</t>
+  </si>
+  <si>
+    <t>Passe-partout</t>
+  </si>
+  <si>
+    <t>2326.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Пас-парту» для эспрессо;сталь нерж.;металлич.,матовый</t>
+  </si>
+  <si>
+    <t>03113321</t>
+  </si>
+  <si>
+    <t>B1318304</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Эйч-арт ПВД Голд»;сталь нерж.;,L=11,1см;золотой</t>
+  </si>
+  <si>
+    <t>03113322</t>
+  </si>
+  <si>
+    <t>52727G37</t>
+  </si>
+  <si>
+    <t>H-Art PVD Gold</t>
+  </si>
+  <si>
+    <t>6800.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Линеа»;сталь нерж.;,L=11см;медный</t>
+  </si>
+  <si>
+    <t>03113323</t>
+  </si>
+  <si>
+    <t>52713C37</t>
+  </si>
+  <si>
+    <t>Linear</t>
+  </si>
+  <si>
+    <t>4890.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Ханна антик»;сталь нерж.;,L=11,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03113324</t>
+  </si>
+  <si>
+    <t>52620-37</t>
+  </si>
+  <si>
+    <t>Hanna Antique</t>
+  </si>
+  <si>
+    <t>4782.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Флэт»;сталь нерж.;,L=11см;золотой</t>
+  </si>
+  <si>
+    <t>03113325</t>
+  </si>
+  <si>
+    <t>62712G37</t>
+  </si>
+  <si>
+    <t>Flat</t>
+  </si>
+  <si>
+    <t>4382.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Флэт»;сталь нерж.;,L=11см;шампань</t>
+  </si>
+  <si>
+    <t>03113327</t>
+  </si>
+  <si>
+    <t>62712P37</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Джио Понти»;сталь нерж.;,L=11,4см;металлич.</t>
+  </si>
+  <si>
+    <t>03113328</t>
+  </si>
+  <si>
+    <t>52560-37</t>
+  </si>
+  <si>
+    <t>Gio Ponti</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Твист»;сталь нерж.;,L=11,1см;металлич.</t>
+  </si>
+  <si>
+    <t>03113329</t>
+  </si>
+  <si>
+    <t>11TWIS307</t>
+  </si>
+  <si>
+    <t>Sola</t>
+  </si>
+  <si>
+    <t>Twist</t>
+  </si>
+  <si>
+    <t>НИДЕРЛАНДЫ</t>
+  </si>
+  <si>
+    <t>38 шт.</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Бали»;сталь нерж.;,L=10,6см</t>
+  </si>
+  <si>
+    <t>03113330</t>
+  </si>
+  <si>
+    <t>11BALI307</t>
+  </si>
+  <si>
+    <t>Bali</t>
+  </si>
+  <si>
+    <t>1417.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Эрмитаж»;сталь нерж.;,L=11см;металлич.</t>
+  </si>
+  <si>
+    <t>03113331</t>
+  </si>
+  <si>
+    <t>11HERM 307</t>
+  </si>
+  <si>
+    <t>Hermitage</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Лозанна»;сталь нерж.;,L=11,1см;металлич.</t>
+  </si>
+  <si>
+    <t>03113332</t>
+  </si>
+  <si>
+    <t>11LAUS 307</t>
+  </si>
+  <si>
+    <t>Lausanne</t>
+  </si>
+  <si>
+    <t>2557.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Палермо»;сталь нерж.;,L=11см;металлич.</t>
+  </si>
+  <si>
+    <t>03113333</t>
+  </si>
+  <si>
+    <t>11PALP 307</t>
+  </si>
+  <si>
+    <t>Palermo</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Привиледж»;сталь нерж.;,L=14,5см;серебрист.</t>
+  </si>
+  <si>
+    <t>03113336</t>
+  </si>
+  <si>
+    <t>05100007</t>
+  </si>
+  <si>
+    <t>3573.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Ит»;серебрист.</t>
+  </si>
+  <si>
+    <t>03113337</t>
+  </si>
+  <si>
+    <t>Eat</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Лаццо Патина»;сталь нерж.;,L=11,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03113338</t>
+  </si>
+  <si>
+    <t>T9311</t>
+  </si>
+  <si>
+    <t>Lazzo Patina</t>
+  </si>
+  <si>
+    <t>1211.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Алабама Сэнд»;сталь нерж.;,L=11,4см</t>
+  </si>
+  <si>
+    <t>03113339</t>
+  </si>
+  <si>
+    <t>T9411</t>
+  </si>
+  <si>
+    <t>Arcoroc</t>
+  </si>
+  <si>
+    <t>Alabama Sand</t>
+  </si>
+  <si>
+    <t>1337.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Дистрест»;сталь нерж.;,L=11,1см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>03113340</t>
+  </si>
+  <si>
+    <t>5727SX008</t>
+  </si>
+  <si>
+    <t>Varick By Steelite</t>
+  </si>
+  <si>
+    <t>Distressed Briar</t>
+  </si>
+  <si>
+    <t>ИНДИЯ</t>
+  </si>
+  <si>
+    <t>7966.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Мескана»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03113341</t>
+  </si>
+  <si>
+    <t>56.1309.6040</t>
+  </si>
+  <si>
+    <t>Mescana</t>
+  </si>
+  <si>
+    <t>1879.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Линеа кью»;сталь нерж.;,L=10,9см;черный</t>
+  </si>
+  <si>
+    <t>03113342</t>
+  </si>
+  <si>
+    <t>52730B37</t>
+  </si>
+  <si>
+    <t>7262.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Бамбу»;сталь нерж.;,L=10,9см;шампань</t>
+  </si>
+  <si>
+    <t>03113343</t>
+  </si>
+  <si>
+    <t>52719P37</t>
+  </si>
+  <si>
+    <t>9156.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Волюто»;сталь нерж.;,L=11,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03113344</t>
+  </si>
+  <si>
+    <t>T7511</t>
+  </si>
+  <si>
+    <t>Voluto</t>
+  </si>
+  <si>
+    <t>630.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Домо Мэтт»;сталь нерж.;,L=10,2см;металлич.,матовый</t>
+  </si>
+  <si>
+    <t>03113363</t>
+  </si>
+  <si>
+    <t>Vista Alegre</t>
+  </si>
+  <si>
+    <t>Domo Matt</t>
+  </si>
+  <si>
+    <t>6522.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная;сталь нерж.;,L=12,1см;металлич.,матовый</t>
+  </si>
+  <si>
+    <t>03113364</t>
+  </si>
+  <si>
+    <t>Velvet Matt</t>
+  </si>
+  <si>
+    <t>1833.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Астория»;сталь нерж.;,L=110/35,B=20мм;металлич.</t>
+  </si>
+  <si>
+    <t>03113365</t>
+  </si>
+  <si>
+    <t>1520-26</t>
+  </si>
+  <si>
+    <t>Astoria</t>
+  </si>
+  <si>
+    <t>1787.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Орсэй»;сталь нерж.;,L=110/35,B=21мм;металлич.</t>
+  </si>
+  <si>
+    <t>03113366</t>
+  </si>
+  <si>
+    <t>990-26</t>
+  </si>
+  <si>
+    <t>Orsay</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Ханиборн»;сталь нерж.;,L=10,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03113370</t>
+  </si>
+  <si>
+    <t>5976SX005</t>
+  </si>
+  <si>
+    <t>Steelite</t>
+  </si>
+  <si>
+    <t>Honeybourne</t>
+  </si>
+  <si>
+    <t>1941.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Спига Голд»;сталь нерж.;,L=13см;золотой</t>
+  </si>
+  <si>
+    <t>03113378</t>
+  </si>
+  <si>
+    <t>A0032-OV18</t>
+  </si>
+  <si>
+    <t>Pordamsa</t>
+  </si>
+  <si>
+    <t>Spiga gold</t>
+  </si>
+  <si>
+    <t>5144.00₸</t>
+  </si>
+  <si>
+    <t>03113383</t>
+  </si>
+  <si>
+    <t>03.0125.3110</t>
+  </si>
+  <si>
+    <t>6761.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Мерси Микс»;сталь нерж.;,L=14см;металлич.</t>
+  </si>
+  <si>
+    <t>03113386</t>
+  </si>
+  <si>
+    <t>B0718306</t>
+  </si>
+  <si>
+    <t>Merci Mix</t>
+  </si>
+  <si>
+    <t>3150.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Мерси Микс»;сталь нерж.;,L=11см;металлич.</t>
+  </si>
+  <si>
+    <t>03113387</t>
+  </si>
+  <si>
+    <t>B0718307</t>
+  </si>
+  <si>
+    <t>4389.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Лондон»;сталь нерж.;,L=11,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03113389</t>
+  </si>
+  <si>
+    <t>62615-37</t>
+  </si>
+  <si>
+    <t>2495.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Фюз мартеле»;сталь нерж.;,L=11см;металлич.</t>
+  </si>
+  <si>
+    <t>03114429</t>
+  </si>
+  <si>
+    <t>Fuse Martele</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Кэролин»;сталь нерж.;,L=11,4см;металлич.</t>
+  </si>
+  <si>
+    <t>03114444</t>
+  </si>
+  <si>
+    <t>5742SX005</t>
+  </si>
+  <si>
+    <t>Folio By Steelite</t>
+  </si>
+  <si>
+    <t>Carolyn </t>
+  </si>
+  <si>
+    <t>4089.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Фиори»;хромоник. сталь;,L=11см;хромиров.</t>
+  </si>
+  <si>
+    <t>03114522</t>
+  </si>
+  <si>
+    <t>Fiori</t>
+  </si>
+  <si>
+    <t>ШВЕЙЦАРИЯ</t>
+  </si>
+  <si>
+    <t>4936.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Сан Ремо»;хромоник. сталь;,L=12,8см;хромиров.</t>
+  </si>
+  <si>
+    <t>03114528</t>
+  </si>
+  <si>
+    <t>San Remo</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Монтевидео»;хромоник. сталь;,L=11,7см;хромиров.</t>
+  </si>
+  <si>
+    <t>03114535</t>
+  </si>
+  <si>
+    <t>Montevideo</t>
+  </si>
+  <si>
+    <t>2734.00₸</t>
   </si>
   <si>
     <t>13 шт.</t>
   </si>
   <si>
-    <t>Ложка кофейная «Снейк»;сталь нерж.;,L=11/2,B=1см;металлич.</t>
-[...590 lines deleted...]
-    <t>4051.00₸</t>
+    <t>Ложка кофейная «Роял»;хромоник. сталь;,L=11,9см;хромиров.</t>
+  </si>
+  <si>
+    <t>03114544</t>
+  </si>
+  <si>
+    <t>5183.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Кубизм 21»;хромоник. сталь;,L=12см;хромиров.</t>
+  </si>
+  <si>
+    <t>03114550</t>
+  </si>
+  <si>
+    <t>Cubism 21</t>
+  </si>
+  <si>
+    <t>8224.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Багет»;сталь нерж.;,L=11см;серебрист.</t>
+  </si>
+  <si>
+    <t>03115060</t>
+  </si>
+  <si>
+    <t>52586-37</t>
+  </si>
+  <si>
+    <t>2518.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Сибарис»;сталь;,L=12,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03115115</t>
+  </si>
+  <si>
+    <t>LSYB013AX917001</t>
+  </si>
+  <si>
+    <t>Le CoQ</t>
+  </si>
+  <si>
+    <t>Sybaris</t>
+  </si>
+  <si>
+    <t>2642.00₸</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Ложка кофейная «Каллиполис»;сталь;,L=12,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03115123</t>
+  </si>
+  <si>
+    <t>LKAL000AX917003</t>
+  </si>
+  <si>
+    <t>Kallipolis</t>
+  </si>
+  <si>
+    <t>2934.00₸</t>
   </si>
   <si>
     <t>22 шт.</t>
   </si>
   <si>
-    <t>Ложка кофейная «Кингс Сильвер Плэйт»;посеребрен.;,L=125,B=27мм;серебрист.</t>
-[...1616 lines deleted...]
-    <t>Ложка кофейная «Филет»;сталь нерж.;металлич.</t>
+    <t>Ложка кофейная «Филет»;сталь нерж.;,L=12см;металлич.</t>
   </si>
   <si>
     <t>09100967</t>
   </si>
   <si>
     <t>05400008</t>
   </si>
   <si>
     <t>Filet</t>
   </si>
   <si>
     <t>1710.00₸</t>
   </si>
   <si>
     <t>Ложка кофейная «Метрополитан» 18.10.2024 0:00:00;сталь нерж.;,L=10,6см;металлич.</t>
   </si>
   <si>
     <t>03115102</t>
   </si>
   <si>
     <t>Broggi</t>
   </si>
   <si>
     <t>Metropolitan</t>
   </si>
@@ -2806,51 +2815,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20D74A0D-E3D5-11EB-BBF2-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20D74A11-E3D5-11EB-BBF2-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E90BE3E2-424D-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3360F24D-424B-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F792CD7-424B-11E8-A155-00259035BB675.gif"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F792CE0-424B-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A82CF069-424B-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE32622C-424B-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D246B093-424B-11E8-A155-00259035BB679.gif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8403B25-424B-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE3F1D1E-424B-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6535D7A-424B-11E8-A155-00259035BB6712.gif"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6535D89-424B-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C762C2E-424C-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/326E574B-424C-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44993A14-424C-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74E919F5-424C-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20D74A0C-E3D5-11EB-BBF2-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EFD0D87-424C-11E8-A155-00259035BB6719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EFD0D9A-424C-11E8-A155-00259035BB6720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AAFCF466-424C-11E8-A155-00259035BB6721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F977CD-424D-11E8-A155-00259035BB6722.gif"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10FF523F-424D-11E8-A155-00259035BB6723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16FF6C7A-424D-11E8-A155-00259035BB6724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16FF6C88-424D-11E8-A155-00259035BB6725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20D74A14-E3D5-11EB-BBF2-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5EFEFC10-424D-11E8-A155-00259035BB6727.gif"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4FDFE7E-424D-11E8-A155-00259035BB6728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A708B0D-E3D5-11EB-BBF2-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D70971A9-424D-11E8-A155-00259035BB6730.gif"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD47-424D-11E8-A155-00259035BB6731.gif"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD65-424D-11E8-A155-00259035BB6732.gif"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D08B1DE-424E-11E8-A155-00259035BB6733.gif"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250460D8-424E-11E8-A155-00259035BB6734.gif"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/334AD61E-EA58-11EB-BBF2-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A708B0F-E3D5-11EB-BBF2-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7F0B44AB-424E-11E8-A155-00259035BB6737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20D74A15-E3D5-11EB-BBF2-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A91A07D9-424E-11E8-A155-00259035BB6739.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB221FA8-424E-11E8-A155-00259035BB6740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C72D9F61-424E-11E8-A155-00259035BB6741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CD2C0C5B-424E-11E8-A155-00259035BB6742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D47CBA6-424F-11E8-A155-00259035BB6743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341CB92-424F-11E8-A155-00259035BB6744.gif"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/554AC462-F162-11EB-BBF2-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1EE4509-424F-11E8-A155-00259035BB6746.gif"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1EE450E-424F-11E8-A155-00259035BB6747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42066B18-4250-11E8-A155-00259035BB6748.gif"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A708B11-E3D5-11EB-BBF2-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E0B4443-4250-11E8-A155-00259035BB6750.gif"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE0B545B-4250-11E8-A155-00259035BB6751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93727C03-F94B-11EB-BBF2-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE0B5478-4250-11E8-A155-00259035BB6753.gif"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA0806B0-4250-11E8-A155-00259035BB6754.gif"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/334AD619-EA58-11EB-BBF2-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6235F401-4251-11E8-A155-00259035BB6756.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39A3B1EE-EA58-11EB-BBF2-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52309FA2-4252-11E8-A155-00259035BB6758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20D74A12-E3D5-11EB-BBF2-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99327836-AEC9-11EE-BC40-00505692492F60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA64597E-4252-11E8-A155-00259035BB6761.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FBB78944-1A7B-11ED-BBFC-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/186133FE-4253-11E8-A155-00259035BB6763.gif"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20D74A10-E3D5-11EB-BBF2-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E7646CA-4253-11E8-A155-00259035BB6765.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A756A44-4253-11E8-A155-00259035BB6766.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A756A51-4253-11E8-A155-00259035BB6767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C70FE5D-4253-11E8-A155-00259035BB6768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C70FE69-4253-11E8-A155-00259035BB6769.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C70FE72-4253-11E8-A155-00259035BB6770.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C70FE7A-4253-11E8-A155-00259035BB6771.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99327CEA-AEC9-11EE-BC40-00505692492F72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/727AB631-4253-11E8-A155-00259035BB6773.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/554AC45F-F162-11EB-BBF2-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/334AD61F-EA58-11EB-BBF2-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A708B10-E3D5-11EB-BBF2-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F078E9A7-4253-11E8-A155-00259035BB6777.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F078E9AF-4253-11E8-A155-00259035BB6778.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F078E9B6-4253-11E8-A155-00259035BB6779.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15C6C770-2342-11EA-BBC7-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329BED42-4254-11E8-A155-00259035BB6781.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329BED4A-4254-11E8-A155-00259035BB6782.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329BED51-4254-11E8-A155-00259035BB6783.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93727BFF-F94B-11EB-BBF2-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/389E2ABC-4254-11E8-A155-00259035BB6785.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EA4ADE2-4254-11E8-A155-00259035BB6786.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39A3B1F0-EA58-11EB-BBF2-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1F1425A-8149-11E9-BBBA-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39A3B1EF-EA58-11EB-BBF2-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5FD109F-0731-11EB-BBDB-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5FD10A0-0731-11EB-BBDB-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5FD10A1-0731-11EB-BBDB-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5FD10A2-0731-11EB-BBDB-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F1AAF83E-3484-11EF-BC57-00505692E04994.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F1AAF77A-3484-11EF-BC57-00505692E04995.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5FD10A3-0731-11EB-BBDB-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9C5808C-B85F-11ED-BC05-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93727C01-F94B-11EB-BBF2-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F4846F6-F162-11EB-BBF2-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4AC2553-4254-11E8-A155-00259035BB67100.gif"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/554AC45D-F162-11EB-BBF2-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F4846F8-F162-11EB-BBF2-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA26528E-1B44-11EA-BBC6-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/554AC45C-F162-11EB-BBF2-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F4846F5-F162-11EB-BBF2-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C0F7BCB-814A-11E9-BBBA-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F4846F2-F162-11EB-BBF2-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F5943441-94BA-11EC-BBF8-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F4846F4-F162-11EB-BBF2-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93727C02-F94B-11EB-BBF2-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/334AD617-EA58-11EB-BBF2-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15C6C771-2342-11EA-BBC7-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/394A934D-0D97-11EC-BBF2-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC11DB7D-814B-11E9-BBBA-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20D74A13-E3D5-11EB-BBF2-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15C6C772-2342-11EA-BBC7-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76A4B5D1-814C-11E9-BBBA-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4AEAC8CD-814C-11E9-BBBA-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D0D723F-EA58-11EB-BBF2-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/271644F1-29B8-11EB-BBDD-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4EEC940A-6EA1-11EF-BC53-00505692E2D0121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F4846F3-F162-11EB-BBF2-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69048C90-F162-11EB-BBF2-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69048C8F-F162-11EB-BBF2-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3358384D-21D6-11EF-BC47-00505692C447125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/280F0251-2342-11EA-BBC7-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07434A99-1B45-11EA-BBC6-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F39D6A3-F162-11EB-BBF2-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A708B0E-E3D5-11EB-BBF2-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20D74A0E-E3D5-11EB-BBF2-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/280F0252-2342-11EA-BBC7-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/280F0253-2342-11EA-BBC7-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/280F0255-2342-11EA-BBC7-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/280F0256-2342-11EA-BBC7-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81072340-69FB-11EA-BBCF-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81072341-69FB-11EA-BBCF-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41A3B365-EBFF-11EB-BBF2-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41A3B367-EBFF-11EB-BBF2-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41A3B366-EBFF-11EB-BBF2-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7AD6F1EA-30CA-11EB-BBDF-005056921CC4140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7AD6F1EB-30CA-11EB-BBDF-005056921CC4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F4846F7-F162-11EB-BBF2-005056921CC4142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/280F0257-2342-11EA-BBC7-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16BFA4CF-294D-11EC-BBF4-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5616FF6-4768-11EA-BBCE-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5616FF7-4768-11EA-BBCE-005056921CC4146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5616FF8-4768-11EA-BBCE-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/554AC463-F162-11EB-BBF2-005056921CC4148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09D2A9BE-67A0-11EA-BBCF-005056921CC4149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09D2A9BF-67A0-11EA-BBCF-005056921CC4150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05DE6EDC-925D-11EB-BBEF-005056921CC4151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFD563B3-925C-11EB-BBEF-005056921CC4152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF42469D-509F-11EC-BBF6-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3085C6C-FECF-11EC-BBFA-005056921CC4154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/394A934F-0D97-11EC-BBF2-005056921CC4155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3FCFD750-0D97-11EC-BBF2-005056921CC4156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F1904716-0683-11ED-BBFC-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6265AF6-7258-11EC-BBF7-005056921CC4158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC253281-7258-11EC-BBF7-005056921CC4159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/133E633C-764E-11EC-BBF7-005056921CC4160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19A918D1-764E-11EC-BBF7-005056921CC4161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19A918D3-764E-11EC-BBF7-005056921CC4162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19A918D2-764E-11EC-BBF7-005056921CC4163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19A918CB-764E-11EC-BBF7-005056921CC4164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3B25965-ACA4-11ED-BC04-005056921CC4165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D3153F7-AEC9-11EE-BC40-00505692492F166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93357EDB-AEC9-11EE-BC40-00505692492F167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3686DF9-7BA4-11EC-BBF7-005056921CC4168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/319F8CEA-753E-11EF-BC4D-00505692C447169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02278368-A65C-11EF-BC47-00505692492F170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AB31ECB0-4457-11EF-BC4D-00505692C447171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CA4D6AE-73BA-11F0-BC56-00505692E2D0172.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20D74A0D-E3D5-11EB-BBF2-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20D74A11-E3D5-11EB-BBF2-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E90BE3E2-424D-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3360F24D-424B-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F792CD7-424B-11E8-A155-00259035BB675.gif"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F792CE0-424B-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A82CF069-424B-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE32622C-424B-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D246B093-424B-11E8-A155-00259035BB679.gif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8403B25-424B-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE3F1D1E-424B-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6535D7A-424B-11E8-A155-00259035BB6712.gif"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6535D89-424B-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C762C2E-424C-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/326E574B-424C-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44993A14-424C-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74E919F5-424C-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20D74A0C-E3D5-11EB-BBF2-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EFD0D87-424C-11E8-A155-00259035BB6719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EFD0D9A-424C-11E8-A155-00259035BB6720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AAFCF466-424C-11E8-A155-00259035BB6721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F977CD-424D-11E8-A155-00259035BB6722.gif"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10FF523F-424D-11E8-A155-00259035BB6723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16FF6C7A-424D-11E8-A155-00259035BB6724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16FF6C88-424D-11E8-A155-00259035BB6725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20D74A14-E3D5-11EB-BBF2-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5EFEFC10-424D-11E8-A155-00259035BB6727.gif"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4FDFE7E-424D-11E8-A155-00259035BB6728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A708B0D-E3D5-11EB-BBF2-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D70971A9-424D-11E8-A155-00259035BB6730.gif"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD47-424D-11E8-A155-00259035BB6731.gif"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD65-424D-11E8-A155-00259035BB6732.gif"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D08B1DE-424E-11E8-A155-00259035BB6733.gif"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250460D8-424E-11E8-A155-00259035BB6734.gif"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/334AD61E-EA58-11EB-BBF2-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A708B0F-E3D5-11EB-BBF2-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7F0B44AB-424E-11E8-A155-00259035BB6737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20D74A15-E3D5-11EB-BBF2-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A91A07D9-424E-11E8-A155-00259035BB6739.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB221FA8-424E-11E8-A155-00259035BB6740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C72D9F61-424E-11E8-A155-00259035BB6741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CD2C0C5B-424E-11E8-A155-00259035BB6742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D47CBA6-424F-11E8-A155-00259035BB6743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341CB92-424F-11E8-A155-00259035BB6744.gif"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93357951-AEC9-11EE-BC40-00505692492F45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/554AC462-F162-11EB-BBF2-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1EE4509-424F-11E8-A155-00259035BB6747.gif"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1EE450E-424F-11E8-A155-00259035BB6748.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42066B18-4250-11E8-A155-00259035BB6749.gif"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A708B11-E3D5-11EB-BBF2-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E0B4443-4250-11E8-A155-00259035BB6751.gif"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE0B545B-4250-11E8-A155-00259035BB6752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93727C03-F94B-11EB-BBF2-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE0B5478-4250-11E8-A155-00259035BB6754.gif"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA0806B0-4250-11E8-A155-00259035BB6755.gif"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/334AD619-EA58-11EB-BBF2-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6235F401-4251-11E8-A155-00259035BB6757.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39A3B1EE-EA58-11EB-BBF2-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52309FA2-4252-11E8-A155-00259035BB6759.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20D74A12-E3D5-11EB-BBF2-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99327836-AEC9-11EE-BC40-00505692492F61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA64597E-4252-11E8-A155-00259035BB6762.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FBB78944-1A7B-11ED-BBFC-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/186133FE-4253-11E8-A155-00259035BB6764.gif"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20D74A10-E3D5-11EB-BBF2-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E7646CA-4253-11E8-A155-00259035BB6766.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A756A44-4253-11E8-A155-00259035BB6767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A756A51-4253-11E8-A155-00259035BB6768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C70FE5D-4253-11E8-A155-00259035BB6769.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C70FE69-4253-11E8-A155-00259035BB6770.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C70FE72-4253-11E8-A155-00259035BB6771.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C70FE7A-4253-11E8-A155-00259035BB6772.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99327CEA-AEC9-11EE-BC40-00505692492F73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/727AB631-4253-11E8-A155-00259035BB6774.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/554AC45F-F162-11EB-BBF2-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/334AD61F-EA58-11EB-BBF2-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A708B10-E3D5-11EB-BBF2-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F078E9A7-4253-11E8-A155-00259035BB6778.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F078E9AF-4253-11E8-A155-00259035BB6779.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F078E9B6-4253-11E8-A155-00259035BB6780.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15C6C770-2342-11EA-BBC7-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329BED42-4254-11E8-A155-00259035BB6782.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329BED4A-4254-11E8-A155-00259035BB6783.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329BED51-4254-11E8-A155-00259035BB6784.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93727BFF-F94B-11EB-BBF2-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/389E2ABC-4254-11E8-A155-00259035BB6786.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EA4ADE2-4254-11E8-A155-00259035BB6787.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39A3B1F0-EA58-11EB-BBF2-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1F1425A-8149-11E9-BBBA-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39A3B1EF-EA58-11EB-BBF2-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5FD109F-0731-11EB-BBDB-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5FD10A0-0731-11EB-BBDB-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5FD10A1-0731-11EB-BBDB-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5FD10A2-0731-11EB-BBDB-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F1AAF83E-3484-11EF-BC57-00505692E04995.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F1AAF77A-3484-11EF-BC57-00505692E04996.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5FD10A3-0731-11EB-BBDB-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9C5808C-B85F-11ED-BC05-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93727C01-F94B-11EB-BBF2-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F4846F6-F162-11EB-BBF2-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4AC2553-4254-11E8-A155-00259035BB67101.gif"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/554AC45D-F162-11EB-BBF2-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F4846F8-F162-11EB-BBF2-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA26528E-1B44-11EA-BBC6-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/554AC45C-F162-11EB-BBF2-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F4846F5-F162-11EB-BBF2-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C0F7BCB-814A-11E9-BBBA-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F4846F2-F162-11EB-BBF2-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F5943441-94BA-11EC-BBF8-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F4846F4-F162-11EB-BBF2-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93727C02-F94B-11EB-BBF2-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/334AD617-EA58-11EB-BBF2-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15C6C771-2342-11EA-BBC7-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/394A934D-0D97-11EC-BBF2-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC11DB7D-814B-11E9-BBBA-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20D74A13-E3D5-11EB-BBF2-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15C6C772-2342-11EA-BBC7-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76A4B5D1-814C-11E9-BBBA-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4AEAC8CD-814C-11E9-BBBA-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D0D723F-EA58-11EB-BBF2-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/271644F1-29B8-11EB-BBDD-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4EEC940A-6EA1-11EF-BC53-00505692E2D0122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F4846F3-F162-11EB-BBF2-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69048C90-F162-11EB-BBF2-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69048C8F-F162-11EB-BBF2-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3358384D-21D6-11EF-BC47-00505692C447126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/280F0251-2342-11EA-BBC7-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07434A99-1B45-11EA-BBC6-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F39D6A3-F162-11EB-BBF2-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A708B0E-E3D5-11EB-BBF2-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20D74A0E-E3D5-11EB-BBF2-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/280F0252-2342-11EA-BBC7-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/280F0253-2342-11EA-BBC7-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/280F0255-2342-11EA-BBC7-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/280F0256-2342-11EA-BBC7-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81072340-69FB-11EA-BBCF-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81072341-69FB-11EA-BBCF-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41A3B365-EBFF-11EB-BBF2-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41A3B367-EBFF-11EB-BBF2-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41A3B366-EBFF-11EB-BBF2-005056921CC4140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7AD6F1EA-30CA-11EB-BBDF-005056921CC4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7AD6F1EB-30CA-11EB-BBDF-005056921CC4142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F4846F7-F162-11EB-BBF2-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/280F0257-2342-11EA-BBC7-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16BFA4CF-294D-11EC-BBF4-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5616FF6-4768-11EA-BBCE-005056921CC4146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5616FF7-4768-11EA-BBCE-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5616FF8-4768-11EA-BBCE-005056921CC4148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/554AC463-F162-11EB-BBF2-005056921CC4149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09D2A9BE-67A0-11EA-BBCF-005056921CC4150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09D2A9BF-67A0-11EA-BBCF-005056921CC4151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05DE6EDC-925D-11EB-BBEF-005056921CC4152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFD563B3-925C-11EB-BBEF-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF42469D-509F-11EC-BBF6-005056921CC4154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3085C6C-FECF-11EC-BBFA-005056921CC4155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/394A934F-0D97-11EC-BBF2-005056921CC4156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3FCFD750-0D97-11EC-BBF2-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F1904716-0683-11ED-BBFC-005056921CC4158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6265AF6-7258-11EC-BBF7-005056921CC4159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC253281-7258-11EC-BBF7-005056921CC4160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/133E633C-764E-11EC-BBF7-005056921CC4161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19A918D1-764E-11EC-BBF7-005056921CC4162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19A918D3-764E-11EC-BBF7-005056921CC4163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19A918D2-764E-11EC-BBF7-005056921CC4164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19A918CB-764E-11EC-BBF7-005056921CC4165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3B25965-ACA4-11ED-BC04-005056921CC4166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D3153F7-AEC9-11EE-BC40-00505692492F167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93357EDB-AEC9-11EE-BC40-00505692492F168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3686DF9-7BA4-11EC-BBF7-005056921CC4169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/319F8CEA-753E-11EF-BC4D-00505692C447170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02278368-A65C-11EF-BC47-00505692492F171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AB31ECB0-4457-11EF-BC4D-00505692C447172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CA4D6AE-73BA-11F0-BC56-00505692E2D0173.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -4135,51 +4144,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="44" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>47</xdr:row>
+      <xdr:row>46</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="45" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -6385,81 +6394,81 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="119" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId119"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>124</xdr:row>
+      <xdr:row>122</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="120" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId120"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>133</xdr:row>
+      <xdr:row>125</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="121" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId121"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -7375,51 +7384,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="152" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId152"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>166</xdr:row>
+      <xdr:row>165</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="153" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId153"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -7958,50 +7967,80 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>185</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="172" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId172"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>186</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="173" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId173"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -8260,62 +8299,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pavlov-03110502/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-trud-03110505/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110506/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110508/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-fch-03110513/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-03110514/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110516/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110517/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-trud-03110518/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110520/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110522/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110523/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110524/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110526/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110527/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110528/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110529/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110532/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110534/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110535/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110536/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110539/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03110540/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03110541/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03110542/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110543/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-hepp-03110545/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110547/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110548/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110549/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110550/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-03110551/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-beckers-03110552/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-03110553/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110554/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03110555/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03110556/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-03110557/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-nytva-03110558/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110559/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03110560/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03110561/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110562/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110563/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110564/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-03110568/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-chef-and-sommelier-03110569/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-chef-and-sommelier-03110570/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-chef-and-sommelier-03110571/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03110574/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-fortes-03110578/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-paderno-03110579/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03110582/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03110583/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03110584/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03110588/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03110594/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-03110595/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03110597/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03111802/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sambonet-03111803/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sambonet-03111805/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03111808/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sambonet-03111810/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-arthur-price-03111814/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03111818/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03111819/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-kunstwerk-03111820/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-kunstwerk-03111821/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-kunstwerk-03111822/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-basic-03111823/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-kunstwerk-03111824/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-kunstwerk-03111825/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sambonet-03111827/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-kunstwerk-03111828/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03111829/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03111830/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03111831/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-kunstwerk-03111833/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-kunstwerk-03111834/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-kunstwerk-03111835/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sambonet-03111836/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-kunstwerk-03111840/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-kunstwerk-03111841/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-kunstwerk-03111842/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-serax-03111843/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03111844/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-arthur-price-03111845/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03111847/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03111848/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03111849/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03111850/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03111851/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03111852/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03111853/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03111854/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03111855/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03111856/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-hepp-03111858/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-serax-03111860/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-serax-03111861/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-serax-03111862/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-serax-03111863/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-serax-03111864/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-serax-03111865/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-serax-03111866/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-serax-03111867/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-tognana-03111868/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-chef-and-sommelier-03111869/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03111871/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-serax-03111874/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-serax-03111875/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-mepra-03111878/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sambonet-03111879/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-serax-03111882/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03111884/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-jay-03111885/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sambonet-03111886/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-kunstwerk-03111890/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03111891/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-guy-degrenne-03111897/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-hepp-03111899/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-hepp-03113301/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-hepp-03113302/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-hepp-03113303/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-hepp-03113304/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-hepp-03113305/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03113306/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03113307/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03113308/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03113309/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03113310/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03113311/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-serax-03113314/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-d-espresso-serax-03113315/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-d-espresso-serax-03113316/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03113317/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sambonet-03113318/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-serax-03113320/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-d-espresso-serax-03113321/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sambonet-03113322/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sambonet-03113323/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sambonet-03113324/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sambonet-03113325/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sambonet-03113327/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sambonet-03113328/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sola-03113329/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sola-03113330/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sola-03113331/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sola-03113332/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sola-03113333/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03113336/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03113337/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-chef-and-sommelier-03113338/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-arcoroc-03113339/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-varick-03113340/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-hepp-03113341/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sambonet-03113342/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sambonet-03113343/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-arcoroc-03113344/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-vista-alegre-03113363/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-vista-alegre-03113364/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03113365/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03113366/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-steelite-03113370/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pordamsa-03113378/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-hepp-03113383/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-serax-03113386/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-serax-03113387/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-paderno-03113389/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-guy-degrenne-03114429/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-folio-03114444/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sola-03114522/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sola-03114528/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sola-03114535/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sola-03114544/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sola-03114550/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sambonet-03115060/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-le-coq-03115115/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-le-coq-03115123/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-09100967/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-broggi-03115102/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03115186/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sola-03115200/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03113955/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03114576/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pavlov-03110502/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-trud-03110505/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110506/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110508/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-fch-03110513/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-03110514/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110516/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110517/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-trud-03110518/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110520/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110522/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110523/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110524/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110526/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110527/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110528/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110529/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110532/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110534/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110535/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110536/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110539/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03110540/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03110541/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03110542/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110543/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-hepp-03110545/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110547/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110548/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110549/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110550/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-03110551/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-beckers-03110552/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-03110553/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110554/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03110555/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03110556/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-03110557/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-nytva-03110558/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110559/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03110560/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03110561/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110562/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110563/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03110564/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-hepp-03110565/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-03110568/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-chef-and-sommelier-03110569/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-chef-and-sommelier-03110570/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-chef-and-sommelier-03110571/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03110574/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-fortes-03110578/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-paderno-03110579/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03110582/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03110583/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03110584/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03110588/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03110594/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-03110595/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03110597/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03111802/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sambonet-03111803/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sambonet-03111805/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03111808/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sambonet-03111810/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-arthur-price-03111814/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03111818/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03111819/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-kunstwerk-03111820/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-kunstwerk-03111821/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-kunstwerk-03111822/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-basic-03111823/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-kunstwerk-03111824/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-kunstwerk-03111825/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sambonet-03111827/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-kunstwerk-03111828/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03111829/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03111830/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03111831/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-kunstwerk-03111833/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-kunstwerk-03111834/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-kunstwerk-03111835/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sambonet-03111836/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-kunstwerk-03111840/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-kunstwerk-03111841/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-kunstwerk-03111842/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-serax-03111843/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03111844/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-arthur-price-03111845/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03111847/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03111848/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03111849/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03111850/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03111851/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03111852/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03111853/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03111854/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03111855/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03111856/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-hepp-03111858/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-serax-03111860/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-serax-03111861/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-serax-03111862/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-serax-03111863/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-serax-03111864/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-serax-03111865/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-serax-03111866/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-serax-03111867/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-tognana-03111868/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-chef-and-sommelier-03111869/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03111871/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-serax-03111874/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-serax-03111875/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-mepra-03111878/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sambonet-03111879/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-serax-03111882/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03111884/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-jay-03111885/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sambonet-03111886/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-kunstwerk-03111890/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03111891/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-guy-degrenne-03111897/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-hepp-03111899/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-hepp-03113301/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-hepp-03113302/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-hepp-03113303/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-hepp-03113304/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-hepp-03113305/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03113306/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03113307/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03113308/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03113309/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03113310/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03113311/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-serax-03113314/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-d-espresso-serax-03113315/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-d-espresso-serax-03113316/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03113317/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sambonet-03113318/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-serax-03113320/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-d-espresso-serax-03113321/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sambonet-03113322/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sambonet-03113323/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sambonet-03113324/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sambonet-03113325/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sambonet-03113327/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sambonet-03113328/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sola-03113329/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sola-03113330/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sola-03113331/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sola-03113332/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sola-03113333/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03113336/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03113337/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-chef-and-sommelier-03113338/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-arcoroc-03113339/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-varick-03113340/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-hepp-03113341/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sambonet-03113342/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sambonet-03113343/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-arcoroc-03113344/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-vista-alegre-03113363/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-vista-alegre-03113364/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03113365/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03113366/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-steelite-03113370/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pordamsa-03113378/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-hepp-03113383/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-serax-03113386/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-serax-03113387/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-paderno-03113389/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-guy-degrenne-03114429/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-folio-03114444/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sola-03114522/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sola-03114528/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sola-03114535/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sola-03114544/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sola-03114550/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sambonet-03115060/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-le-coq-03115115/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-le-coq-03115123/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-09100967/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-broggi-03115102/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-eternum-03115186/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-sola-03115200/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03113955/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kofeynaya-pintinox-03114576/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L187"/>
+  <dimension ref="A1:L188"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I187" sqref="I187"/>
+      <selection activeCell="I188" sqref="I188"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -8424,51 +8463,51 @@
         <v>28</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>30</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F4" s="0" t="s">
         <v>32</v>
       </c>
       <c r="G4" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>34</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="L4" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>36</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>37</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F5" s="0" t="s">
         <v>38</v>
       </c>
       <c r="G5" s="0" t="s">
         <v>33</v>
       </c>
@@ -8658,5877 +8697,5909 @@
         <v>67</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>68</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>69</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F11" s="0" t="s">
         <v>70</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>71</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>20</v>
+        <v>72</v>
       </c>
       <c r="L11" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="L12" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>39</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L13" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="L14" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="L15" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>87</v>
+        <v>99</v>
       </c>
       <c r="L16" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>20</v>
+        <v>105</v>
       </c>
       <c r="L17" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>87</v>
+        <v>99</v>
       </c>
       <c r="L18" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="L19" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>20</v>
+        <v>99</v>
       </c>
       <c r="L20" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F21" s="0" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="L21" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F22" s="0" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>87</v>
+        <v>99</v>
       </c>
       <c r="L22" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>19</v>
+        <v>136</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L23" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="G24" s="0" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>77</v>
+        <v>61</v>
       </c>
       <c r="L24" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="C25" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="D25" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="E25" s="0" t="s">
         <v>140</v>
       </c>
-      <c r="C25" s="0" t="s">
-[...2 lines deleted...]
-      <c r="D25" s="0" t="s">
+      <c r="F25" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="G25" s="0" t="s">
         <v>142</v>
       </c>
-      <c r="E25" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H25" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>145</v>
+        <v>27</v>
       </c>
       <c r="L25" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="D26" s="0">
         <v>11400008</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="G26" s="0" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>149</v>
+        <v>19</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>20</v>
+        <v>152</v>
       </c>
       <c r="L26" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="L27" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="F28" s="0" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="G28" s="0" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L28" s="0">
         <v>300</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="B29" s="0" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="D29" s="0">
         <v>207059</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L29" s="0"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="D30" s="0">
         <v>391059</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>169</v>
+        <v>27</v>
       </c>
       <c r="L30" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>77</v>
+        <v>27</v>
       </c>
       <c r="L31" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L32" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="E33" s="0"/>
       <c r="F33" s="0" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="G33" s="0" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L33" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L34" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="E35" s="0"/>
       <c r="F35" s="0" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="G35" s="0" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L35" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L36" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="D37" s="0">
         <v>20500008</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="G37" s="0" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L37" s="0"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="G38" s="0" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="L38" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="E39" s="0"/>
       <c r="F39" s="0" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="G39" s="0" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L39" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="L40" s="0">
         <v>600</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="G41" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="L41" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="D42" s="0">
         <v>16900008</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="G42" s="0" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L42" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="F43" s="0" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="G43" s="0" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="L43" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F44" s="0" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="G44" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>77</v>
+        <v>61</v>
       </c>
       <c r="L44" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F45" s="0" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="L45" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="G46" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L46" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
+      <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>252</v>
-[...1 lines deleted...]
-      <c r="E47" s="0"/>
+        <v>254</v>
+      </c>
+      <c r="E47" s="0" t="s">
+        <v>161</v>
+      </c>
       <c r="F47" s="0" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="G47" s="0" t="s">
-        <v>184</v>
+        <v>163</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>254</v>
+        <v>93</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="L47" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L47" s="0"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
-      <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>257</v>
-[...1 lines deleted...]
-      <c r="E48" s="0" t="s">
         <v>258</v>
       </c>
+      <c r="E48" s="0"/>
       <c r="F48" s="0" t="s">
         <v>259</v>
       </c>
       <c r="G48" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="H48" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I48" s="1" t="s">
         <v>260</v>
-      </c>
-[...4 lines deleted...]
-        <v>261</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L48" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>261</v>
+      </c>
+      <c r="C49" s="0" t="s">
         <v>262</v>
       </c>
-      <c r="C49" s="0" t="s">
+      <c r="D49" s="0" t="s">
         <v>263</v>
       </c>
-      <c r="D49" s="0" t="s">
+      <c r="E49" s="0" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
       <c r="F49" s="0" t="s">
         <v>265</v>
       </c>
       <c r="G49" s="0" t="s">
-        <v>260</v>
+        <v>266</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L49" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="G50" s="0" t="s">
-        <v>260</v>
+        <v>266</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L50" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>136</v>
+        <v>264</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="G51" s="0" t="s">
-        <v>138</v>
+        <v>266</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L51" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>280</v>
-[...1 lines deleted...]
-      <c r="F52" s="0"/>
+        <v>140</v>
+      </c>
+      <c r="F52" s="0" t="s">
+        <v>281</v>
+      </c>
       <c r="G52" s="0" t="s">
-        <v>160</v>
+        <v>142</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L52" s="0">
-        <v>120</v>
+        <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>285</v>
-[...1 lines deleted...]
-      <c r="F53" s="0" t="s">
         <v>286</v>
       </c>
+      <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
-        <v>138</v>
+        <v>163</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I53" s="1" t="s">
         <v>287</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="L53" s="0"/>
+      <c r="L53" s="0">
+        <v>120</v>
+      </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
         <v>288</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>289</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>290</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>136</v>
+        <v>291</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>178</v>
+        <v>292</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>87</v>
-[...3 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="L54" s="0"/>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>106</v>
+        <v>180</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="L55" s="0"/>
+        <v>88</v>
+      </c>
+      <c r="L55" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>297</v>
-[...2 lines deleted...]
-        <v>22700008</v>
+        <v>299</v>
+      </c>
+      <c r="D56" s="0" t="s">
+        <v>300</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>298</v>
+        <v>109</v>
       </c>
       <c r="G56" s="0" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L56" s="0"/>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="D57" s="0">
-        <v>16400008</v>
+        <v>22700008</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="G57" s="0" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L57" s="0"/>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="D58" s="0">
-        <v>20400008</v>
+        <v>16400008</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="G58" s="0" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L58" s="0"/>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>309</v>
-[...5 lines deleted...]
-      <c r="F59" s="0"/>
+        <v>311</v>
+      </c>
+      <c r="D59" s="0">
+        <v>20400008</v>
+      </c>
+      <c r="E59" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="F59" s="0" t="s">
+        <v>312</v>
+      </c>
       <c r="G59" s="0" t="s">
-        <v>184</v>
+        <v>142</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="L59" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L59" s="0"/>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>314</v>
-[...6 lines deleted...]
-      </c>
+        <v>316</v>
+      </c>
+      <c r="E60" s="0"/>
+      <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
-        <v>138</v>
+        <v>186</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="L60" s="0"/>
+      <c r="L60" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-        <v>13000008</v>
+        <v>319</v>
+      </c>
+      <c r="D61" s="0" t="s">
+        <v>320</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="G61" s="0" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>87</v>
-[...3 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="L61" s="0"/>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>322</v>
-[...2 lines deleted...]
-        <v>323</v>
+        <v>324</v>
+      </c>
+      <c r="D62" s="0">
+        <v>13000008</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>324</v>
+        <v>140</v>
       </c>
       <c r="F62" s="0" t="s">
         <v>325</v>
       </c>
       <c r="G62" s="0" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I62" s="1" t="s">
         <v>326</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>327</v>
+        <v>88</v>
       </c>
       <c r="L62" s="0">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
+        <v>327</v>
+      </c>
+      <c r="C63" s="0" t="s">
         <v>328</v>
       </c>
-      <c r="C63" s="0" t="s">
+      <c r="D63" s="0" t="s">
         <v>329</v>
       </c>
-      <c r="D63" s="0" t="s">
+      <c r="E63" s="0" t="s">
         <v>330</v>
-      </c>
-[...1 lines deleted...]
-        <v>324</v>
       </c>
       <c r="F63" s="0" t="s">
         <v>331</v>
       </c>
       <c r="G63" s="0" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I63" s="1" t="s">
         <v>332</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="L63" s="0"/>
+      <c r="L63" s="0">
+        <v>36</v>
+      </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
         <v>333</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>334</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>335</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>136</v>
+        <v>330</v>
       </c>
       <c r="F64" s="0" t="s">
         <v>336</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I64" s="1" t="s">
         <v>337</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>338</v>
-[...3 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="L64" s="0"/>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
+        <v>338</v>
+      </c>
+      <c r="C65" s="0" t="s">
         <v>339</v>
       </c>
-      <c r="C65" s="0" t="s">
+      <c r="D65" s="0" t="s">
         <v>340</v>
       </c>
-      <c r="D65" s="0" t="s">
+      <c r="E65" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="F65" s="0" t="s">
         <v>341</v>
       </c>
-      <c r="E65" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F65" s="0" t="s">
+      <c r="G65" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="H65" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I65" s="1" t="s">
         <v>342</v>
-      </c>
-[...7 lines deleted...]
-        <v>343</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>344</v>
-[...1 lines deleted...]
-      <c r="L65" s="0"/>
+        <v>343</v>
+      </c>
+      <c r="L65" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
+        <v>344</v>
+      </c>
+      <c r="C66" s="0" t="s">
         <v>345</v>
       </c>
-      <c r="C66" s="0" t="s">
+      <c r="D66" s="0" t="s">
         <v>346</v>
       </c>
-      <c r="D66" s="0" t="s">
+      <c r="E66" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="F66" s="0" t="s">
         <v>347</v>
       </c>
-      <c r="E66" s="0" t="s">
+      <c r="G66" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="H66" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I66" s="1" t="s">
         <v>348</v>
-      </c>
-[...10 lines deleted...]
-        <v>351</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="L66" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L66" s="0"/>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
+        <v>349</v>
+      </c>
+      <c r="C67" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="D67" s="0" t="s">
+        <v>351</v>
+      </c>
+      <c r="E67" s="0" t="s">
         <v>352</v>
       </c>
-      <c r="C67" s="0" t="s">
+      <c r="F67" s="0" t="s">
         <v>353</v>
       </c>
-      <c r="D67" s="0">
-[...5 lines deleted...]
-      <c r="F67" s="0" t="s">
+      <c r="G67" s="0" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I67" s="1" t="s">
         <v>355</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="L67" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
         <v>356</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>357</v>
       </c>
-      <c r="D68" s="0" t="s">
+      <c r="D68" s="0">
+        <v>21020008</v>
+      </c>
+      <c r="E68" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="F68" s="0" t="s">
         <v>358</v>
       </c>
-      <c r="E68" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F68" s="0" t="s">
+      <c r="G68" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="H68" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I68" s="1" t="s">
         <v>359</v>
-      </c>
-[...7 lines deleted...]
-        <v>360</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>87</v>
+        <v>61</v>
       </c>
       <c r="L68" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
+        <v>360</v>
+      </c>
+      <c r="C69" s="0" t="s">
         <v>361</v>
       </c>
-      <c r="C69" s="0" t="s">
+      <c r="D69" s="0" t="s">
         <v>362</v>
       </c>
-      <c r="D69" s="0" t="s">
+      <c r="E69" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="F69" s="0" t="s">
         <v>363</v>
       </c>
-      <c r="E69" s="0" t="s">
+      <c r="G69" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="H69" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I69" s="1" t="s">
         <v>364</v>
-      </c>
-[...10 lines deleted...]
-        <v>365</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>87</v>
+        <v>61</v>
       </c>
       <c r="L69" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
+        <v>365</v>
+      </c>
+      <c r="C70" s="0" t="s">
         <v>366</v>
       </c>
-      <c r="C70" s="0" t="s">
+      <c r="D70" s="0" t="s">
         <v>367</v>
       </c>
-      <c r="D70" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E70" s="0" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="F70" s="0" t="s">
-        <v>368</v>
+        <v>162</v>
       </c>
       <c r="G70" s="0" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I70" s="1" t="s">
         <v>369</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="L70" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
         <v>370</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>371</v>
       </c>
       <c r="D71" s="0" t="s">
+        <v>316</v>
+      </c>
+      <c r="E71" s="0" t="s">
+        <v>368</v>
+      </c>
+      <c r="F71" s="0" t="s">
         <v>372</v>
       </c>
-      <c r="E71" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F71" s="0" t="s">
+      <c r="G71" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="H71" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I71" s="1" t="s">
         <v>373</v>
-      </c>
-[...7 lines deleted...]
-        <v>374</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="L71" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="C72" s="0" t="s">
         <v>375</v>
       </c>
-      <c r="C72" s="0" t="s">
+      <c r="D72" s="0" t="s">
         <v>376</v>
       </c>
-      <c r="D72" s="0" t="s">
+      <c r="E72" s="0" t="s">
+        <v>368</v>
+      </c>
+      <c r="F72" s="0" t="s">
         <v>377</v>
       </c>
-      <c r="E72" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F72" s="0" t="s">
+      <c r="G72" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="H72" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I72" s="1" t="s">
         <v>378</v>
-      </c>
-[...7 lines deleted...]
-        <v>379</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="L72" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
+        <v>379</v>
+      </c>
+      <c r="C73" s="0" t="s">
         <v>380</v>
       </c>
-      <c r="C73" s="0" t="s">
+      <c r="D73" s="0" t="s">
         <v>381</v>
       </c>
-      <c r="D73" s="0"/>
       <c r="E73" s="0" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="F73" s="0" t="s">
         <v>382</v>
       </c>
       <c r="G73" s="0" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I73" s="1" t="s">
         <v>383</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="L73" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
         <v>384</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>385</v>
       </c>
-      <c r="D74" s="0" t="s">
+      <c r="D74" s="0"/>
+      <c r="E74" s="0" t="s">
+        <v>368</v>
+      </c>
+      <c r="F74" s="0" t="s">
         <v>386</v>
       </c>
-      <c r="E74" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F74" s="0" t="s">
+      <c r="G74" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="H74" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I74" s="1" t="s">
         <v>387</v>
-      </c>
-[...7 lines deleted...]
-        <v>388</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="L74" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="C75" s="0" t="s">
         <v>389</v>
       </c>
-      <c r="C75" s="0" t="s">
+      <c r="D75" s="0" t="s">
         <v>390</v>
       </c>
-      <c r="D75" s="0" t="s">
+      <c r="E75" s="0" t="s">
+        <v>368</v>
+      </c>
+      <c r="F75" s="0" t="s">
         <v>391</v>
       </c>
-      <c r="E75" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F75" s="0" t="s">
+      <c r="G75" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="H75" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I75" s="1" t="s">
         <v>392</v>
-      </c>
-[...7 lines deleted...]
-        <v>393</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="L75" s="0"/>
+        <v>88</v>
+      </c>
+      <c r="L75" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
+        <v>393</v>
+      </c>
+      <c r="C76" s="0" t="s">
         <v>394</v>
       </c>
-      <c r="C76" s="0" t="s">
+      <c r="D76" s="0" t="s">
         <v>395</v>
       </c>
-      <c r="D76" s="0" t="s">
+      <c r="E76" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="F76" s="0" t="s">
         <v>396</v>
       </c>
-      <c r="E76" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F76" s="0" t="s">
+      <c r="G76" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="H76" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I76" s="1" t="s">
         <v>397</v>
-      </c>
-[...7 lines deleted...]
-        <v>398</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>87</v>
-[...3 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="L76" s="0"/>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
+        <v>398</v>
+      </c>
+      <c r="C77" s="0" t="s">
         <v>399</v>
       </c>
-      <c r="C77" s="0" t="s">
+      <c r="D77" s="0" t="s">
         <v>400</v>
       </c>
-      <c r="D77" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E77" s="0" t="s">
-        <v>136</v>
+        <v>368</v>
       </c>
       <c r="F77" s="0" t="s">
         <v>401</v>
       </c>
       <c r="G77" s="0" t="s">
-        <v>138</v>
+        <v>186</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I77" s="1" t="s">
         <v>402</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="L77" s="0"/>
+        <v>88</v>
+      </c>
+      <c r="L77" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
         <v>403</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>404</v>
       </c>
       <c r="D78" s="0">
-        <v>20540008</v>
+        <v>21000008</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="F78" s="0" t="s">
         <v>405</v>
       </c>
       <c r="G78" s="0" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I78" s="1" t="s">
         <v>406</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L78" s="0"/>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
         <v>407</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>408</v>
       </c>
-      <c r="D79" s="0" t="s">
+      <c r="D79" s="0">
+        <v>20540008</v>
+      </c>
+      <c r="E79" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="F79" s="0" t="s">
         <v>409</v>
       </c>
-      <c r="E79" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F79" s="0" t="s">
+      <c r="G79" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="H79" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I79" s="1" t="s">
         <v>410</v>
-      </c>
-[...7 lines deleted...]
-        <v>411</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="L79" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L79" s="0"/>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
+        <v>411</v>
+      </c>
+      <c r="C80" s="0" t="s">
         <v>412</v>
       </c>
-      <c r="C80" s="0" t="s">
+      <c r="D80" s="0" t="s">
         <v>413</v>
       </c>
-      <c r="D80" s="0" t="s">
+      <c r="E80" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="F80" s="0" t="s">
         <v>414</v>
       </c>
-      <c r="E80" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F80" s="0" t="s">
+      <c r="G80" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="H80" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I80" s="1" t="s">
         <v>415</v>
-      </c>
-[...7 lines deleted...]
-        <v>416</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
-        <v>87</v>
+        <v>40</v>
       </c>
       <c r="L80" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
+        <v>416</v>
+      </c>
+      <c r="C81" s="0" t="s">
         <v>417</v>
       </c>
-      <c r="C81" s="0" t="s">
+      <c r="D81" s="0" t="s">
         <v>418</v>
       </c>
-      <c r="D81" s="0"/>
       <c r="E81" s="0" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="F81" s="0" t="s">
         <v>419</v>
       </c>
       <c r="G81" s="0" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I81" s="1" t="s">
         <v>420</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="L81" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
         <v>421</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>422</v>
       </c>
       <c r="D82" s="0"/>
       <c r="E82" s="0" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="F82" s="0" t="s">
         <v>423</v>
       </c>
       <c r="G82" s="0" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>388</v>
+        <v>424</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="L82" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>425</v>
-[...1 lines deleted...]
-      <c r="D83" s="0" t="s">
         <v>426</v>
       </c>
+      <c r="D83" s="0"/>
       <c r="E83" s="0" t="s">
-        <v>324</v>
+        <v>368</v>
       </c>
       <c r="F83" s="0" t="s">
         <v>427</v>
       </c>
       <c r="G83" s="0" t="s">
-        <v>138</v>
+        <v>186</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>428</v>
+        <v>392</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>27</v>
+        <v>88</v>
       </c>
       <c r="L83" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
+        <v>428</v>
+      </c>
+      <c r="C84" s="0" t="s">
         <v>429</v>
       </c>
-      <c r="C84" s="0" t="s">
+      <c r="D84" s="0" t="s">
         <v>430</v>
       </c>
-      <c r="D84" s="0" t="s">
+      <c r="E84" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="F84" s="0" t="s">
         <v>431</v>
       </c>
-      <c r="E84" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F84" s="0" t="s">
+      <c r="G84" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="H84" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I84" s="1" t="s">
         <v>432</v>
-      </c>
-[...7 lines deleted...]
-        <v>433</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>87</v>
+        <v>27</v>
       </c>
       <c r="L84" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
+        <v>433</v>
+      </c>
+      <c r="C85" s="0" t="s">
         <v>434</v>
       </c>
-      <c r="C85" s="0" t="s">
+      <c r="D85" s="0" t="s">
         <v>435</v>
       </c>
-      <c r="D85" s="0" t="s">
+      <c r="E85" s="0" t="s">
+        <v>368</v>
+      </c>
+      <c r="F85" s="0" t="s">
         <v>436</v>
       </c>
-      <c r="E85" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F85" s="0" t="s">
+      <c r="G85" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="H85" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I85" s="1" t="s">
         <v>437</v>
-      </c>
-[...7 lines deleted...]
-        <v>438</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="L85" s="0">
-        <v>600</v>
+        <v>12</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
+        <v>438</v>
+      </c>
+      <c r="C86" s="0" t="s">
         <v>439</v>
       </c>
-      <c r="C86" s="0" t="s">
+      <c r="D86" s="0" t="s">
         <v>440</v>
       </c>
-      <c r="D86" s="0" t="s">
+      <c r="E86" s="0" t="s">
+        <v>368</v>
+      </c>
+      <c r="F86" s="0" t="s">
         <v>441</v>
       </c>
-      <c r="E86" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F86" s="0" t="s">
+      <c r="G86" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="H86" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I86" s="1" t="s">
         <v>442</v>
-      </c>
-[...7 lines deleted...]
-        <v>443</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="L86" s="0">
         <v>600</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
+        <v>443</v>
+      </c>
+      <c r="C87" s="0" t="s">
         <v>444</v>
       </c>
-      <c r="C87" s="0" t="s">
+      <c r="D87" s="0" t="s">
         <v>445</v>
       </c>
-      <c r="D87" s="0" t="s">
+      <c r="E87" s="0" t="s">
+        <v>368</v>
+      </c>
+      <c r="F87" s="0" t="s">
         <v>446</v>
       </c>
-      <c r="E87" s="0" t="s">
+      <c r="G87" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="H87" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I87" s="1" t="s">
         <v>447</v>
-      </c>
-[...10 lines deleted...]
-        <v>449</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
-        <v>77</v>
+        <v>88</v>
       </c>
       <c r="L87" s="0">
-        <v>12</v>
+        <v>600</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
+        <v>448</v>
+      </c>
+      <c r="C88" s="0" t="s">
+        <v>449</v>
+      </c>
+      <c r="D88" s="0" t="s">
         <v>450</v>
       </c>
-      <c r="C88" s="0" t="s">
+      <c r="E88" s="0" t="s">
         <v>451</v>
       </c>
-      <c r="D88" s="0" t="s">
+      <c r="F88" s="0" t="s">
         <v>452</v>
-      </c>
-[...4 lines deleted...]
-        <v>453</v>
       </c>
       <c r="G88" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>454</v>
+        <v>453</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="L88" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
+        <v>454</v>
+      </c>
+      <c r="C89" s="0" t="s">
         <v>455</v>
       </c>
-      <c r="C89" s="0" t="s">
+      <c r="D89" s="0" t="s">
         <v>456</v>
       </c>
-      <c r="D89" s="0" t="s">
+      <c r="E89" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="F89" s="0" t="s">
         <v>457</v>
       </c>
-      <c r="E89" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F89" s="0" t="s">
+      <c r="G89" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="H89" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I89" s="1" t="s">
         <v>458</v>
-      </c>
-[...7 lines deleted...]
-        <v>459</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>40</v>
+        <v>99</v>
       </c>
       <c r="L89" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
+        <v>459</v>
+      </c>
+      <c r="C90" s="0" t="s">
         <v>460</v>
       </c>
-      <c r="C90" s="0" t="s">
+      <c r="D90" s="0" t="s">
         <v>461</v>
       </c>
-      <c r="D90" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E90" s="0" t="s">
-        <v>136</v>
+        <v>352</v>
       </c>
       <c r="F90" s="0" t="s">
         <v>462</v>
       </c>
       <c r="G90" s="0" t="s">
-        <v>138</v>
+        <v>354</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I90" s="1" t="s">
         <v>463</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="L90" s="0"/>
+      <c r="L90" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
         <v>464</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>465</v>
       </c>
       <c r="D91" s="0">
-        <v>24700008</v>
+        <v>20600008</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="F91" s="0" t="s">
         <v>466</v>
       </c>
       <c r="G91" s="0" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I91" s="1" t="s">
         <v>467</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L91" s="0"/>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>300</v>
+        <v>468</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="D92" s="0">
-        <v>16420008</v>
+        <v>24700008</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="F92" s="0" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="G92" s="0" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="L92" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L92" s="0"/>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>471</v>
+        <v>306</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>472</v>
       </c>
-      <c r="D93" s="0" t="s">
+      <c r="D93" s="0">
+        <v>16420008</v>
+      </c>
+      <c r="E93" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="F93" s="0" t="s">
         <v>473</v>
       </c>
-      <c r="E93" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F93" s="0" t="s">
+      <c r="G93" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="H93" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I93" s="1" t="s">
         <v>474</v>
-      </c>
-[...7 lines deleted...]
-        <v>475</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="L93" s="0"/>
+      <c r="L93" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
+        <v>475</v>
+      </c>
+      <c r="C94" s="0" t="s">
         <v>476</v>
       </c>
-      <c r="C94" s="0" t="s">
+      <c r="D94" s="0" t="s">
         <v>477</v>
       </c>
-      <c r="D94" s="0" t="s">
+      <c r="E94" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="F94" s="0" t="s">
         <v>478</v>
       </c>
-      <c r="E94" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F94" s="0" t="s">
+      <c r="G94" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="H94" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I94" s="1" t="s">
         <v>479</v>
-      </c>
-[...7 lines deleted...]
-        <v>480</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L94" s="0"/>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
+        <v>480</v>
+      </c>
+      <c r="C95" s="0" t="s">
         <v>481</v>
       </c>
-      <c r="C95" s="0" t="s">
+      <c r="D95" s="0" t="s">
         <v>482</v>
       </c>
-      <c r="D95" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E95" s="0" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="F95" s="0" t="s">
         <v>483</v>
       </c>
       <c r="G95" s="0" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I95" s="1" t="s">
         <v>484</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="L95" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L95" s="0"/>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="D96" s="0">
-        <v>16700008</v>
+        <v>20700008</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="F96" s="0" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="G96" s="0" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="L96" s="0"/>
+      <c r="L96" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="D97" s="0">
-        <v>21400008</v>
+        <v>16700008</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="F97" s="0" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="G97" s="0" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L97" s="0"/>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>491</v>
+        <v>485</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>492</v>
       </c>
-      <c r="D98" s="0" t="s">
+      <c r="D98" s="0">
+        <v>21400008</v>
+      </c>
+      <c r="E98" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="F98" s="0" t="s">
         <v>493</v>
       </c>
-      <c r="E98" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F98" s="0" t="s">
+      <c r="G98" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="H98" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I98" s="1" t="s">
         <v>494</v>
-      </c>
-[...7 lines deleted...]
-        <v>495</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="L98" s="0"/>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
+        <v>495</v>
+      </c>
+      <c r="C99" s="0" t="s">
         <v>496</v>
       </c>
-      <c r="C99" s="0" t="s">
+      <c r="D99" s="0" t="s">
         <v>497</v>
       </c>
-      <c r="D99" s="0" t="s">
+      <c r="E99" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="F99" s="0" t="s">
         <v>498</v>
       </c>
-      <c r="E99" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F99" s="0" t="s">
+      <c r="G99" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="H99" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I99" s="1" t="s">
         <v>499</v>
-      </c>
-[...7 lines deleted...]
-        <v>102</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L99" s="0"/>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
         <v>500</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>501</v>
       </c>
       <c r="D100" s="0" t="s">
         <v>502</v>
       </c>
       <c r="E100" s="0" t="s">
-        <v>158</v>
+        <v>140</v>
       </c>
       <c r="F100" s="0" t="s">
         <v>503</v>
       </c>
       <c r="G100" s="0" t="s">
-        <v>504</v>
+        <v>142</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>406</v>
+        <v>104</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="L100" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L100" s="0"/>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
+        <v>504</v>
+      </c>
+      <c r="C101" s="0" t="s">
         <v>505</v>
       </c>
-      <c r="C101" s="0" t="s">
+      <c r="D101" s="0" t="s">
         <v>506</v>
       </c>
-      <c r="D101" s="0" t="s">
+      <c r="E101" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="F101" s="0" t="s">
         <v>507</v>
       </c>
-      <c r="E101" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F101" s="0" t="s">
+      <c r="G101" s="0" t="s">
         <v>508</v>
       </c>
-      <c r="G101" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H101" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>509</v>
+        <v>410</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="L101" s="0"/>
+      <c r="L101" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
+        <v>509</v>
+      </c>
+      <c r="C102" s="0" t="s">
         <v>510</v>
       </c>
-      <c r="C102" s="0" t="s">
+      <c r="D102" s="0" t="s">
         <v>511</v>
       </c>
-      <c r="D102" s="0" t="s">
+      <c r="E102" s="0" t="s">
+        <v>451</v>
+      </c>
+      <c r="F102" s="0" t="s">
         <v>512</v>
-      </c>
-[...4 lines deleted...]
-        <v>508</v>
       </c>
       <c r="G102" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I102" s="1" t="s">
         <v>513</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L102" s="0"/>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
         <v>514</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>515</v>
       </c>
       <c r="D103" s="0" t="s">
         <v>516</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="F103" s="0" t="s">
-        <v>508</v>
+        <v>512</v>
       </c>
       <c r="G103" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I103" s="1" t="s">
         <v>517</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L103" s="0"/>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
         <v>518</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>519</v>
       </c>
       <c r="D104" s="0" t="s">
         <v>520</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="F104" s="0" t="s">
-        <v>521</v>
+        <v>512</v>
       </c>
       <c r="G104" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>522</v>
+        <v>521</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L104" s="0"/>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
+        <v>522</v>
+      </c>
+      <c r="C105" s="0" t="s">
         <v>523</v>
       </c>
-      <c r="C105" s="0" t="s">
+      <c r="D105" s="0" t="s">
         <v>524</v>
       </c>
-      <c r="D105" s="0" t="s">
+      <c r="E105" s="0" t="s">
+        <v>451</v>
+      </c>
+      <c r="F105" s="0" t="s">
         <v>525</v>
-      </c>
-[...4 lines deleted...]
-        <v>521</v>
       </c>
       <c r="G105" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I105" s="1" t="s">
         <v>526</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L105" s="0"/>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
         <v>527</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>528</v>
       </c>
       <c r="D106" s="0" t="s">
         <v>529</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="F106" s="0" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="G106" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>526</v>
+        <v>530</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L106" s="0"/>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="F107" s="0" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="G107" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>533</v>
+        <v>530</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L107" s="0"/>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
         <v>534</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>535</v>
       </c>
       <c r="D108" s="0" t="s">
         <v>536</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="F108" s="0" t="s">
-        <v>508</v>
+        <v>525</v>
       </c>
       <c r="G108" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I108" s="1" t="s">
         <v>537</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L108" s="0"/>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
         <v>538</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>539</v>
       </c>
       <c r="D109" s="0" t="s">
         <v>540</v>
       </c>
       <c r="E109" s="0" t="s">
+        <v>451</v>
+      </c>
+      <c r="F109" s="0" t="s">
+        <v>512</v>
+      </c>
+      <c r="G109" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="H109" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I109" s="1" t="s">
         <v>541</v>
-      </c>
-[...10 lines deleted...]
-        <v>543</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="L109" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L109" s="0"/>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
+        <v>542</v>
+      </c>
+      <c r="C110" s="0" t="s">
+        <v>543</v>
+      </c>
+      <c r="D110" s="0" t="s">
         <v>544</v>
       </c>
-      <c r="C110" s="0" t="s">
+      <c r="E110" s="0" t="s">
         <v>545</v>
       </c>
-      <c r="D110" s="0" t="s">
+      <c r="F110" s="0" t="s">
         <v>546</v>
       </c>
-      <c r="E110" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F110" s="0" t="s">
+      <c r="G110" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="H110" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I110" s="1" t="s">
         <v>547</v>
-      </c>
-[...7 lines deleted...]
-        <v>548</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L110" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
+        <v>548</v>
+      </c>
+      <c r="C111" s="0" t="s">
         <v>549</v>
       </c>
-      <c r="C111" s="0" t="s">
+      <c r="D111" s="0" t="s">
         <v>550</v>
       </c>
-      <c r="D111" s="0" t="s">
+      <c r="E111" s="0" t="s">
+        <v>264</v>
+      </c>
+      <c r="F111" s="0" t="s">
         <v>551</v>
       </c>
-      <c r="E111" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F111" s="0" t="s">
+      <c r="G111" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="H111" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I111" s="1" t="s">
         <v>552</v>
-      </c>
-[...7 lines deleted...]
-        <v>553</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="L111" s="0"/>
+      <c r="L111" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
+        <v>553</v>
+      </c>
+      <c r="C112" s="0" t="s">
         <v>554</v>
       </c>
-      <c r="C112" s="0" t="s">
+      <c r="D112" s="0" t="s">
         <v>555</v>
       </c>
-      <c r="D112" s="0" t="s">
+      <c r="E112" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="F112" s="0" t="s">
         <v>556</v>
       </c>
-      <c r="E112" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F112" s="0" t="s">
+      <c r="G112" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="H112" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I112" s="1" t="s">
         <v>557</v>
-      </c>
-[...7 lines deleted...]
-        <v>558</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L112" s="0"/>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
+        <v>558</v>
+      </c>
+      <c r="C113" s="0" t="s">
         <v>559</v>
       </c>
-      <c r="C113" s="0" t="s">
+      <c r="D113" s="0" t="s">
         <v>560</v>
       </c>
-      <c r="D113" s="0" t="s">
+      <c r="E113" s="0" t="s">
+        <v>451</v>
+      </c>
+      <c r="F113" s="0" t="s">
         <v>561</v>
-      </c>
-[...4 lines deleted...]
-        <v>562</v>
       </c>
       <c r="G113" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>563</v>
+        <v>562</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L113" s="0"/>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
+        <v>563</v>
+      </c>
+      <c r="C114" s="0" t="s">
         <v>564</v>
       </c>
-      <c r="C114" s="0" t="s">
+      <c r="D114" s="0" t="s">
         <v>565</v>
       </c>
-      <c r="D114" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E114" s="0" t="s">
+        <v>451</v>
+      </c>
+      <c r="F114" s="0" t="s">
         <v>566</v>
       </c>
-      <c r="F114" s="0"/>
       <c r="G114" s="0" t="s">
-        <v>138</v>
+        <v>33</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I114" s="1" t="s">
         <v>567</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L114" s="0"/>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
         <v>568</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>569</v>
       </c>
-      <c r="D115" s="0" t="s">
+      <c r="D115" s="0">
+        <v>10661108</v>
+      </c>
+      <c r="E115" s="0" t="s">
         <v>570</v>
       </c>
-      <c r="E115" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F115" s="0" t="s">
+      <c r="F115" s="0"/>
+      <c r="G115" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="H115" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I115" s="1" t="s">
         <v>571</v>
-      </c>
-[...7 lines deleted...]
-        <v>572</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="L115" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L115" s="0"/>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
+        <v>572</v>
+      </c>
+      <c r="C116" s="0" t="s">
         <v>573</v>
       </c>
-      <c r="C116" s="0" t="s">
+      <c r="D116" s="0" t="s">
         <v>574</v>
       </c>
-      <c r="D116" s="0" t="s">
+      <c r="E116" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="F116" s="0" t="s">
         <v>575</v>
       </c>
-      <c r="E116" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F116" s="0" t="s">
+      <c r="G116" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="H116" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I116" s="1" t="s">
         <v>576</v>
-      </c>
-[...7 lines deleted...]
-        <v>577</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="L116" s="0"/>
+      <c r="L116" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
+        <v>577</v>
+      </c>
+      <c r="C117" s="0" t="s">
         <v>578</v>
       </c>
-      <c r="C117" s="0" t="s">
+      <c r="D117" s="0" t="s">
         <v>579</v>
       </c>
-      <c r="D117" s="0" t="s">
+      <c r="E117" s="0" t="s">
+        <v>451</v>
+      </c>
+      <c r="F117" s="0" t="s">
         <v>580</v>
-      </c>
-[...4 lines deleted...]
-        <v>581</v>
       </c>
       <c r="G117" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>582</v>
+        <v>581</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
-        <v>583</v>
-[...3 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="L117" s="0"/>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
+        <v>582</v>
+      </c>
+      <c r="C118" s="0" t="s">
+        <v>583</v>
+      </c>
+      <c r="D118" s="0" t="s">
         <v>584</v>
       </c>
-      <c r="C118" s="0" t="s">
+      <c r="E118" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="F118" s="0" t="s">
         <v>585</v>
       </c>
-      <c r="D118" s="0">
-[...2 lines deleted...]
-      <c r="E118" s="0" t="s">
+      <c r="G118" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="H118" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I118" s="1" t="s">
         <v>586</v>
-      </c>
-[...10 lines deleted...]
-        <v>589</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="L118" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
+        <v>587</v>
+      </c>
+      <c r="C119" s="0" t="s">
+        <v>588</v>
+      </c>
+      <c r="D119" s="0">
+        <v>11084012</v>
+      </c>
+      <c r="E119" s="0" t="s">
+        <v>589</v>
+      </c>
+      <c r="F119" s="0" t="s">
         <v>590</v>
       </c>
-      <c r="C119" s="0" t="s">
+      <c r="G119" s="0" t="s">
         <v>591</v>
       </c>
-      <c r="D119" s="0" t="s">
+      <c r="H119" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I119" s="1" t="s">
         <v>592</v>
-      </c>
-[...13 lines deleted...]
-        <v>594</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="L119" s="0"/>
+      <c r="L119" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
+        <v>593</v>
+      </c>
+      <c r="C120" s="0" t="s">
+        <v>594</v>
+      </c>
+      <c r="D120" s="0" t="s">
         <v>595</v>
       </c>
-      <c r="C120" s="0" t="s">
+      <c r="E120" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="F120" s="0" t="s">
         <v>596</v>
       </c>
-      <c r="D120" s="0" t="s">
+      <c r="G120" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="H120" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I120" s="1" t="s">
         <v>597</v>
-      </c>
-[...13 lines deleted...]
-        <v>599</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
-        <v>87</v>
-[...3 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="L120" s="0"/>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
+        <v>598</v>
+      </c>
+      <c r="C121" s="0" t="s">
+        <v>599</v>
+      </c>
+      <c r="D121" s="0" t="s">
         <v>600</v>
       </c>
-      <c r="C121" s="0" t="s">
+      <c r="E121" s="0" t="s">
+        <v>368</v>
+      </c>
+      <c r="F121" s="0" t="s">
         <v>601</v>
       </c>
-      <c r="D121" s="0" t="s">
+      <c r="G121" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="H121" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I121" s="1" t="s">
         <v>602</v>
-      </c>
-[...13 lines deleted...]
-        <v>287</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
-        <v>20</v>
+        <v>88</v>
       </c>
       <c r="L121" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
+        <v>603</v>
+      </c>
+      <c r="C122" s="0" t="s">
         <v>604</v>
       </c>
-      <c r="C122" s="0" t="s">
+      <c r="D122" s="0" t="s">
         <v>605</v>
       </c>
-      <c r="D122" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E122" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="F122" s="0" t="s">
         <v>606</v>
       </c>
-      <c r="F122" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G122" s="0" t="s">
-        <v>260</v>
+        <v>33</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>608</v>
+        <v>293</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
-        <v>40</v>
+        <v>607</v>
       </c>
       <c r="L122" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
+      <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
+        <v>608</v>
+      </c>
+      <c r="C123" s="0" t="s">
         <v>609</v>
       </c>
-      <c r="C123" s="0" t="s">
+      <c r="D123" s="0">
+        <v>223484</v>
+      </c>
+      <c r="E123" s="0" t="s">
         <v>610</v>
       </c>
-      <c r="D123" s="0" t="s">
+      <c r="F123" s="0" t="s">
         <v>611</v>
       </c>
-      <c r="E123" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F123" s="0" t="s">
+      <c r="G123" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="H123" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I123" s="1" t="s">
         <v>612</v>
-      </c>
-[...7 lines deleted...]
-        <v>613</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="L123" s="0"/>
+      <c r="L123" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="B124" s="0" t="s">
+        <v>613</v>
+      </c>
+      <c r="C124" s="0" t="s">
         <v>614</v>
       </c>
-      <c r="C124" s="0" t="s">
+      <c r="D124" s="0" t="s">
         <v>615</v>
       </c>
-      <c r="D124" s="0" t="s">
+      <c r="E124" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="F124" s="0" t="s">
         <v>616</v>
       </c>
-      <c r="E124" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F124" s="0" t="s">
+      <c r="G124" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="H124" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I124" s="1" t="s">
         <v>617</v>
-      </c>
-[...7 lines deleted...]
-        <v>618</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L124" s="0"/>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
-      <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
+        <v>618</v>
+      </c>
+      <c r="C125" s="0" t="s">
         <v>619</v>
       </c>
-      <c r="C125" s="0" t="s">
+      <c r="D125" s="0" t="s">
         <v>620</v>
       </c>
-      <c r="D125" s="0" t="s">
+      <c r="E125" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="F125" s="0" t="s">
         <v>621</v>
       </c>
-      <c r="E125" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F125" s="0" t="s">
+      <c r="G125" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="H125" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I125" s="1" t="s">
         <v>622</v>
-      </c>
-[...7 lines deleted...]
-        <v>623</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L125" s="0"/>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
+      <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
+        <v>623</v>
+      </c>
+      <c r="C126" s="0" t="s">
         <v>624</v>
       </c>
-      <c r="C126" s="0" t="s">
+      <c r="D126" s="0" t="s">
         <v>625</v>
       </c>
-      <c r="D126" s="0" t="s">
+      <c r="E126" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="F126" s="0" t="s">
         <v>626</v>
       </c>
-      <c r="E126" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F126" s="0" t="s">
+      <c r="G126" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="H126" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I126" s="1" t="s">
         <v>627</v>
-      </c>
-[...7 lines deleted...]
-        <v>628</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L126" s="0"/>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="B127" s="0" t="s">
+        <v>628</v>
+      </c>
+      <c r="C127" s="0" t="s">
         <v>629</v>
       </c>
-      <c r="C127" s="0" t="s">
+      <c r="D127" s="0" t="s">
         <v>630</v>
       </c>
-      <c r="D127" s="0" t="s">
+      <c r="E127" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="F127" s="0" t="s">
         <v>631</v>
       </c>
-      <c r="E127" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F127" s="0" t="s">
+      <c r="G127" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="H127" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I127" s="1" t="s">
         <v>632</v>
-      </c>
-[...7 lines deleted...]
-        <v>633</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L127" s="0"/>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="B128" s="0" t="s">
+        <v>633</v>
+      </c>
+      <c r="C128" s="0" t="s">
         <v>634</v>
       </c>
-      <c r="C128" s="0" t="s">
+      <c r="D128" s="0" t="s">
         <v>635</v>
       </c>
-      <c r="D128" s="0" t="s">
+      <c r="E128" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="F128" s="0" t="s">
         <v>636</v>
       </c>
-      <c r="E128" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F128" s="0" t="s">
+      <c r="G128" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="H128" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I128" s="1" t="s">
         <v>637</v>
-      </c>
-[...7 lines deleted...]
-        <v>638</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L128" s="0"/>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="B129" s="0" t="s">
-        <v>292</v>
+        <v>638</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>639</v>
       </c>
       <c r="D129" s="0" t="s">
         <v>640</v>
       </c>
       <c r="E129" s="0" t="s">
-        <v>31</v>
+        <v>161</v>
       </c>
       <c r="F129" s="0" t="s">
-        <v>106</v>
+        <v>641</v>
       </c>
       <c r="G129" s="0" t="s">
-        <v>33</v>
+        <v>163</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L129" s="0"/>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="B130" s="0" t="s">
-        <v>642</v>
+        <v>298</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>643</v>
       </c>
       <c r="D130" s="0" t="s">
         <v>644</v>
       </c>
       <c r="E130" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F130" s="0" t="s">
-        <v>645</v>
+        <v>109</v>
       </c>
       <c r="G130" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H130" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>646</v>
+        <v>645</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L130" s="0"/>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="B131" s="0" t="s">
+        <v>646</v>
+      </c>
+      <c r="C131" s="0" t="s">
         <v>647</v>
       </c>
-      <c r="C131" s="0" t="s">
+      <c r="D131" s="0" t="s">
         <v>648</v>
-      </c>
-[...1 lines deleted...]
-        <v>649</v>
       </c>
       <c r="E131" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F131" s="0" t="s">
-        <v>650</v>
+        <v>649</v>
       </c>
       <c r="G131" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>651</v>
+        <v>650</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L131" s="0"/>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="B132" s="0" t="s">
+        <v>651</v>
+      </c>
+      <c r="C132" s="0" t="s">
         <v>652</v>
       </c>
-      <c r="C132" s="0" t="s">
+      <c r="D132" s="0" t="s">
         <v>653</v>
-      </c>
-[...1 lines deleted...]
-        <v>654</v>
       </c>
       <c r="E132" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F132" s="0" t="s">
-        <v>655</v>
+        <v>654</v>
       </c>
       <c r="G132" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>656</v>
+        <v>655</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L132" s="0"/>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="B133" s="0" t="s">
+        <v>656</v>
+      </c>
+      <c r="C133" s="0" t="s">
         <v>657</v>
       </c>
-      <c r="C133" s="0" t="s">
+      <c r="D133" s="0" t="s">
         <v>658</v>
-      </c>
-[...1 lines deleted...]
-        <v>659</v>
       </c>
       <c r="E133" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F133" s="0" t="s">
-        <v>660</v>
+        <v>659</v>
       </c>
       <c r="G133" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>661</v>
+        <v>660</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L133" s="0"/>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
-      <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
+        <v>661</v>
+      </c>
+      <c r="C134" s="0" t="s">
         <v>662</v>
       </c>
-      <c r="C134" s="0" t="s">
+      <c r="D134" s="0" t="s">
         <v>663</v>
-      </c>
-[...1 lines deleted...]
-        <v>664</v>
       </c>
       <c r="E134" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F134" s="0" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="G134" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H134" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="L134" s="0"/>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
+        <v>666</v>
+      </c>
+      <c r="C135" s="0" t="s">
         <v>667</v>
       </c>
-      <c r="C135" s="0" t="s">
+      <c r="D135" s="0" t="s">
         <v>668</v>
       </c>
-      <c r="D135" s="0" t="s">
+      <c r="E135" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="F135" s="0" t="s">
         <v>669</v>
-      </c>
-[...4 lines deleted...]
-        <v>670</v>
       </c>
       <c r="G135" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H135" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>671</v>
+        <v>670</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="L135" s="0"/>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
+        <v>671</v>
+      </c>
+      <c r="C136" s="0" t="s">
         <v>672</v>
       </c>
-      <c r="C136" s="0" t="s">
+      <c r="D136" s="0" t="s">
         <v>673</v>
       </c>
-      <c r="D136" s="0" t="s">
+      <c r="E136" s="0" t="s">
+        <v>451</v>
+      </c>
+      <c r="F136" s="0" t="s">
         <v>674</v>
-      </c>
-[...4 lines deleted...]
-        <v>670</v>
       </c>
       <c r="G136" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I136" s="1" t="s">
         <v>675</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L136" s="0"/>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
         <v>676</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>677</v>
       </c>
       <c r="D137" s="0" t="s">
         <v>678</v>
       </c>
       <c r="E137" s="0" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="F137" s="0" t="s">
-        <v>670</v>
+        <v>674</v>
       </c>
       <c r="G137" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I137" s="1" t="s">
         <v>679</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="L137" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L137" s="0"/>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
         <v>680</v>
       </c>
       <c r="C138" s="0" t="s">
         <v>681</v>
       </c>
       <c r="D138" s="0" t="s">
         <v>682</v>
       </c>
       <c r="E138" s="0" t="s">
-        <v>31</v>
+        <v>451</v>
       </c>
       <c r="F138" s="0" t="s">
-        <v>453</v>
+        <v>674</v>
       </c>
       <c r="G138" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H138" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>467</v>
+        <v>683</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
-        <v>87</v>
+        <v>40</v>
       </c>
       <c r="L138" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="D139" s="0" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="E139" s="0" t="s">
-        <v>324</v>
+        <v>31</v>
       </c>
       <c r="F139" s="0" t="s">
-        <v>686</v>
+        <v>457</v>
       </c>
       <c r="G139" s="0" t="s">
-        <v>138</v>
+        <v>33</v>
       </c>
       <c r="H139" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>687</v>
+        <v>471</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L139" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
+        <v>687</v>
+      </c>
+      <c r="C140" s="0" t="s">
         <v>688</v>
       </c>
-      <c r="C140" s="0" t="s">
+      <c r="D140" s="0" t="s">
         <v>689</v>
       </c>
-      <c r="D140" s="0" t="s">
+      <c r="E140" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="F140" s="0" t="s">
         <v>690</v>
       </c>
-      <c r="E140" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F140" s="0" t="s">
+      <c r="G140" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="H140" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I140" s="1" t="s">
         <v>691</v>
-      </c>
-[...7 lines deleted...]
-        <v>692</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="L140" s="0"/>
+      <c r="L140" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
+        <v>692</v>
+      </c>
+      <c r="C141" s="0" t="s">
         <v>693</v>
       </c>
-      <c r="C141" s="0" t="s">
+      <c r="D141" s="0" t="s">
         <v>694</v>
       </c>
-      <c r="D141" s="0" t="s">
+      <c r="E141" s="0" t="s">
+        <v>451</v>
+      </c>
+      <c r="F141" s="0" t="s">
         <v>695</v>
-      </c>
-[...4 lines deleted...]
-        <v>691</v>
       </c>
       <c r="G141" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L141" s="0"/>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
+        <v>697</v>
+      </c>
+      <c r="C142" s="0" t="s">
+        <v>698</v>
+      </c>
+      <c r="D142" s="0" t="s">
+        <v>699</v>
+      </c>
+      <c r="E142" s="0" t="s">
+        <v>451</v>
+      </c>
+      <c r="F142" s="0" t="s">
+        <v>695</v>
+      </c>
+      <c r="G142" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="H142" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I142" s="1" t="s">
         <v>696</v>
-      </c>
-[...19 lines deleted...]
-        <v>700</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="L142" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L142" s="0"/>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
+        <v>700</v>
+      </c>
+      <c r="C143" s="0" t="s">
         <v>701</v>
       </c>
-      <c r="C143" s="0" t="s">
+      <c r="D143" s="0" t="s">
         <v>702</v>
       </c>
-      <c r="D143" s="0" t="s">
+      <c r="E143" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="F143" s="0" t="s">
         <v>703</v>
       </c>
-      <c r="E143" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F143" s="0" t="s">
+      <c r="G143" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="H143" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I143" s="1" t="s">
         <v>704</v>
-      </c>
-[...7 lines deleted...]
-        <v>705</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L143" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
+        <v>705</v>
+      </c>
+      <c r="C144" s="0" t="s">
         <v>706</v>
       </c>
-      <c r="C144" s="0" t="s">
+      <c r="D144" s="0" t="s">
         <v>707</v>
       </c>
-      <c r="D144" s="0" t="s">
+      <c r="E144" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="F144" s="0" t="s">
         <v>708</v>
       </c>
-      <c r="E144" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F144" s="0" t="s">
+      <c r="G144" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="H144" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I144" s="1" t="s">
         <v>709</v>
-      </c>
-[...7 lines deleted...]
-        <v>710</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L144" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
+        <v>710</v>
+      </c>
+      <c r="C145" s="0" t="s">
         <v>711</v>
       </c>
-      <c r="C145" s="0" t="s">
+      <c r="D145" s="0" t="s">
         <v>712</v>
       </c>
-      <c r="D145" s="0" t="s">
+      <c r="E145" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="F145" s="0" t="s">
         <v>713</v>
       </c>
-      <c r="E145" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F145" s="0" t="s">
+      <c r="G145" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="H145" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I145" s="1" t="s">
         <v>714</v>
-      </c>
-[...7 lines deleted...]
-        <v>715</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L145" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
+        <v>715</v>
+      </c>
+      <c r="C146" s="0" t="s">
         <v>716</v>
       </c>
-      <c r="C146" s="0" t="s">
+      <c r="D146" s="0" t="s">
         <v>717</v>
       </c>
-      <c r="D146" s="0" t="s">
+      <c r="E146" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="F146" s="0" t="s">
         <v>718</v>
       </c>
-      <c r="E146" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G146" s="0" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="H146" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>715</v>
+        <v>719</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="L146" s="0"/>
+      <c r="L146" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
+        <v>720</v>
+      </c>
+      <c r="C147" s="0" t="s">
+        <v>721</v>
+      </c>
+      <c r="D147" s="0" t="s">
+        <v>722</v>
+      </c>
+      <c r="E147" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="F147" s="0" t="s">
+        <v>718</v>
+      </c>
+      <c r="G147" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="H147" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I147" s="1" t="s">
         <v>719</v>
-      </c>
-[...19 lines deleted...]
-        <v>656</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="L147" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L147" s="0"/>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
         <v>723</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>724</v>
       </c>
       <c r="D148" s="0" t="s">
         <v>725</v>
       </c>
       <c r="E148" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="F148" s="0" t="s">
         <v>726</v>
       </c>
-      <c r="F148" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G148" s="0" t="s">
-        <v>728</v>
+        <v>142</v>
       </c>
       <c r="H148" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>553</v>
+        <v>660</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
-        <v>729</v>
+        <v>40</v>
       </c>
       <c r="L148" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
+        <v>727</v>
+      </c>
+      <c r="C149" s="0" t="s">
+        <v>728</v>
+      </c>
+      <c r="D149" s="0" t="s">
+        <v>729</v>
+      </c>
+      <c r="E149" s="0" t="s">
         <v>730</v>
       </c>
-      <c r="C149" s="0" t="s">
+      <c r="F149" s="0" t="s">
         <v>731</v>
       </c>
-      <c r="D149" s="0" t="s">
+      <c r="G149" s="0" t="s">
         <v>732</v>
       </c>
-      <c r="E149" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H149" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>734</v>
+        <v>557</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
-        <v>40</v>
+        <v>733</v>
       </c>
       <c r="L149" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
+        <v>734</v>
+      </c>
+      <c r="C150" s="0" t="s">
         <v>735</v>
       </c>
-      <c r="C150" s="0" t="s">
+      <c r="D150" s="0" t="s">
         <v>736</v>
       </c>
-      <c r="D150" s="0" t="s">
+      <c r="E150" s="0" t="s">
+        <v>730</v>
+      </c>
+      <c r="F150" s="0" t="s">
         <v>737</v>
       </c>
-      <c r="E150" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F150" s="0" t="s">
+      <c r="G150" s="0" t="s">
+        <v>732</v>
+      </c>
+      <c r="H150" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I150" s="1" t="s">
         <v>738</v>
-      </c>
-[...7 lines deleted...]
-        <v>102</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
-        <v>739</v>
+        <v>40</v>
       </c>
       <c r="L150" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
+        <v>739</v>
+      </c>
+      <c r="C151" s="0" t="s">
         <v>740</v>
       </c>
-      <c r="C151" s="0" t="s">
+      <c r="D151" s="0" t="s">
         <v>741</v>
       </c>
-      <c r="D151" s="0" t="s">
+      <c r="E151" s="0" t="s">
+        <v>730</v>
+      </c>
+      <c r="F151" s="0" t="s">
         <v>742</v>
       </c>
-      <c r="E151" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G151" s="0" t="s">
-        <v>728</v>
+        <v>732</v>
       </c>
       <c r="H151" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>744</v>
+        <v>104</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
-        <v>745</v>
+        <v>40</v>
       </c>
       <c r="L151" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
+        <v>743</v>
+      </c>
+      <c r="C152" s="0" t="s">
+        <v>744</v>
+      </c>
+      <c r="D152" s="0" t="s">
+        <v>745</v>
+      </c>
+      <c r="E152" s="0" t="s">
+        <v>730</v>
+      </c>
+      <c r="F152" s="0" t="s">
         <v>746</v>
       </c>
-      <c r="C152" s="0" t="s">
+      <c r="G152" s="0" t="s">
+        <v>732</v>
+      </c>
+      <c r="H152" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I152" s="1" t="s">
         <v>747</v>
-      </c>
-[...16 lines deleted...]
-        <v>646</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
-        <v>244</v>
+        <v>40</v>
       </c>
       <c r="L152" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
+        <v>748</v>
+      </c>
+      <c r="C153" s="0" t="s">
+        <v>749</v>
+      </c>
+      <c r="D153" s="0" t="s">
         <v>750</v>
       </c>
-      <c r="C153" s="0" t="s">
+      <c r="E153" s="0" t="s">
+        <v>730</v>
+      </c>
+      <c r="F153" s="0" t="s">
         <v>751</v>
       </c>
-      <c r="D153" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G153" s="0" t="s">
-        <v>138</v>
+        <v>732</v>
       </c>
       <c r="H153" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>753</v>
+        <v>650</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L153" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
+        <v>752</v>
+      </c>
+      <c r="C154" s="0" t="s">
+        <v>753</v>
+      </c>
+      <c r="D154" s="0" t="s">
         <v>754</v>
       </c>
-      <c r="C154" s="0" t="s">
+      <c r="E154" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="F154" s="0" t="s">
+        <v>478</v>
+      </c>
+      <c r="G154" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="H154" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I154" s="1" t="s">
         <v>755</v>
-      </c>
-[...16 lines deleted...]
-        <v>582</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="L154" s="0"/>
+      <c r="L154" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="A155" s="0"/>
       <c r="B155" s="0" t="s">
+        <v>756</v>
+      </c>
+      <c r="C155" s="0" t="s">
         <v>757</v>
       </c>
-      <c r="C155" s="0" t="s">
+      <c r="D155" s="0">
+        <v>25700007</v>
+      </c>
+      <c r="E155" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="F155" s="0" t="s">
         <v>758</v>
       </c>
-      <c r="D155" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G155" s="0" t="s">
-        <v>260</v>
+        <v>142</v>
       </c>
       <c r="H155" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>761</v>
+        <v>586</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="L155" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L155" s="0"/>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
+        <v>759</v>
+      </c>
+      <c r="C156" s="0" t="s">
+        <v>760</v>
+      </c>
+      <c r="D156" s="0" t="s">
+        <v>761</v>
+      </c>
+      <c r="E156" s="0" t="s">
+        <v>264</v>
+      </c>
+      <c r="F156" s="0" t="s">
         <v>762</v>
       </c>
-      <c r="C156" s="0" t="s">
+      <c r="G156" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="H156" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I156" s="1" t="s">
         <v>763</v>
-      </c>
-[...16 lines deleted...]
-        <v>767</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L156" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
+        <v>764</v>
+      </c>
+      <c r="C157" s="0" t="s">
+        <v>765</v>
+      </c>
+      <c r="D157" s="0" t="s">
+        <v>766</v>
+      </c>
+      <c r="E157" s="0" t="s">
+        <v>767</v>
+      </c>
+      <c r="F157" s="0" t="s">
         <v>768</v>
       </c>
-      <c r="C157" s="0" t="s">
+      <c r="G157" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="H157" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I157" s="1" t="s">
         <v>769</v>
-      </c>
-[...16 lines deleted...]
-        <v>774</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="L157" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
+        <v>770</v>
+      </c>
+      <c r="C158" s="0" t="s">
+        <v>771</v>
+      </c>
+      <c r="D158" s="0" t="s">
+        <v>772</v>
+      </c>
+      <c r="E158" s="0" t="s">
+        <v>773</v>
+      </c>
+      <c r="F158" s="0" t="s">
+        <v>774</v>
+      </c>
+      <c r="G158" s="0" t="s">
         <v>775</v>
       </c>
-      <c r="C158" s="0" t="s">
+      <c r="H158" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I158" s="1" t="s">
         <v>776</v>
-      </c>
-[...16 lines deleted...]
-        <v>779</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="L158" s="0"/>
+      <c r="L158" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
+        <v>777</v>
+      </c>
+      <c r="C159" s="0" t="s">
+        <v>778</v>
+      </c>
+      <c r="D159" s="0" t="s">
+        <v>779</v>
+      </c>
+      <c r="E159" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="F159" s="0" t="s">
         <v>780</v>
       </c>
-      <c r="C159" s="0" t="s">
+      <c r="G159" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="H159" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I159" s="1" t="s">
         <v>781</v>
-      </c>
-[...16 lines deleted...]
-        <v>783</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="L159" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L159" s="0"/>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
+        <v>782</v>
+      </c>
+      <c r="C160" s="0" t="s">
+        <v>783</v>
+      </c>
+      <c r="D160" s="0" t="s">
         <v>784</v>
       </c>
-      <c r="C160" s="0" t="s">
+      <c r="E160" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="F160" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="G160" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="H160" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I160" s="1" t="s">
         <v>785</v>
-      </c>
-[...16 lines deleted...]
-        <v>787</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L160" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
       <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
+        <v>786</v>
+      </c>
+      <c r="C161" s="0" t="s">
+        <v>787</v>
+      </c>
+      <c r="D161" s="0" t="s">
         <v>788</v>
       </c>
-      <c r="C161" s="0" t="s">
+      <c r="E161" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="F161" s="0" t="s">
+        <v>396</v>
+      </c>
+      <c r="G161" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="H161" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I161" s="1" t="s">
         <v>789</v>
-      </c>
-[...16 lines deleted...]
-        <v>792</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="L161" s="0"/>
+      <c r="L161" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
       <c r="A162" s="0"/>
       <c r="B162" s="0" t="s">
+        <v>790</v>
+      </c>
+      <c r="C162" s="0" t="s">
+        <v>791</v>
+      </c>
+      <c r="D162" s="0" t="s">
+        <v>792</v>
+      </c>
+      <c r="E162" s="0" t="s">
+        <v>767</v>
+      </c>
+      <c r="F162" s="0" t="s">
         <v>793</v>
       </c>
-      <c r="C162" s="0" t="s">
+      <c r="G162" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="H162" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I162" s="1" t="s">
         <v>794</v>
-      </c>
-[...16 lines deleted...]
-        <v>797</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L162" s="0"/>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
       <c r="A163" s="0"/>
       <c r="B163" s="0" t="s">
+        <v>795</v>
+      </c>
+      <c r="C163" s="0" t="s">
+        <v>796</v>
+      </c>
+      <c r="D163" s="0">
+        <v>27020817</v>
+      </c>
+      <c r="E163" s="0" t="s">
+        <v>797</v>
+      </c>
+      <c r="F163" s="0" t="s">
         <v>798</v>
-      </c>
-[...10 lines deleted...]
-        <v>800</v>
       </c>
       <c r="G163" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H163" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>801</v>
+        <v>799</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L163" s="0"/>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="80">
       <c r="A164" s="0"/>
       <c r="B164" s="0" t="s">
+        <v>800</v>
+      </c>
+      <c r="C164" s="0" t="s">
+        <v>801</v>
+      </c>
+      <c r="D164" s="0">
+        <v>27020840</v>
+      </c>
+      <c r="E164" s="0" t="s">
+        <v>797</v>
+      </c>
+      <c r="F164" s="0" t="s">
         <v>802</v>
       </c>
-      <c r="C164" s="0" t="s">
+      <c r="G164" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="H164" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I164" s="1" t="s">
         <v>803</v>
-      </c>
-[...16 lines deleted...]
-        <v>806</v>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="s">
-        <v>113</v>
-[...3 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="L164" s="0"/>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="80">
       <c r="A165" s="0"/>
       <c r="B165" s="0" t="s">
-        <v>807</v>
+        <v>804</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>808</v>
+        <v>805</v>
       </c>
       <c r="D165" s="0" t="s">
-        <v>809</v>
+        <v>806</v>
       </c>
       <c r="E165" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F165" s="0" t="s">
-        <v>810</v>
+        <v>807</v>
       </c>
       <c r="G165" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H165" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>165</v>
+        <v>808</v>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L165" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="80">
+      <c r="A166" s="0"/>
       <c r="B166" s="0" t="s">
+        <v>809</v>
+      </c>
+      <c r="C166" s="0" t="s">
+        <v>810</v>
+      </c>
+      <c r="D166" s="0" t="s">
         <v>811</v>
       </c>
-      <c r="C166" s="0" t="s">
+      <c r="E166" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="F166" s="0" t="s">
         <v>812</v>
       </c>
-      <c r="D166" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G166" s="0" t="s">
-        <v>350</v>
+        <v>33</v>
       </c>
       <c r="H166" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>816</v>
+        <v>168</v>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="L166" s="0"/>
+        <v>27</v>
+      </c>
+      <c r="L166" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="80">
-      <c r="A167" s="0"/>
       <c r="B167" s="0" t="s">
+        <v>813</v>
+      </c>
+      <c r="C167" s="0" t="s">
+        <v>814</v>
+      </c>
+      <c r="D167" s="0" t="s">
+        <v>815</v>
+      </c>
+      <c r="E167" s="0" t="s">
+        <v>816</v>
+      </c>
+      <c r="F167" s="0" t="s">
         <v>817</v>
       </c>
-      <c r="C167" s="0" t="s">
+      <c r="G167" s="0" t="s">
+        <v>354</v>
+      </c>
+      <c r="H167" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I167" s="1" t="s">
         <v>818</v>
-      </c>
-[...16 lines deleted...]
-        <v>822</v>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="L167" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L167" s="0"/>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="80">
       <c r="A168" s="0"/>
       <c r="B168" s="0" t="s">
-        <v>614</v>
+        <v>819</v>
       </c>
       <c r="C168" s="0" t="s">
+        <v>820</v>
+      </c>
+      <c r="D168" s="0" t="s">
+        <v>821</v>
+      </c>
+      <c r="E168" s="0" t="s">
+        <v>822</v>
+      </c>
+      <c r="F168" s="0" t="s">
         <v>823</v>
       </c>
-      <c r="D168" s="0" t="s">
+      <c r="G168" s="0" t="s">
+        <v>591</v>
+      </c>
+      <c r="H168" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I168" s="1" t="s">
         <v>824</v>
-      </c>
-[...13 lines deleted...]
-        <v>825</v>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="L168" s="0"/>
+      <c r="L168" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="80">
       <c r="A169" s="0"/>
       <c r="B169" s="0" t="s">
+        <v>618</v>
+      </c>
+      <c r="C169" s="0" t="s">
+        <v>825</v>
+      </c>
+      <c r="D169" s="0" t="s">
         <v>826</v>
       </c>
-      <c r="C169" s="0" t="s">
+      <c r="E169" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="F169" s="0" t="s">
+        <v>621</v>
+      </c>
+      <c r="G169" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="H169" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I169" s="1" t="s">
         <v>827</v>
-      </c>
-[...16 lines deleted...]
-        <v>830</v>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L169" s="0"/>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="80">
       <c r="A170" s="0"/>
       <c r="B170" s="0" t="s">
+        <v>828</v>
+      </c>
+      <c r="C170" s="0" t="s">
+        <v>829</v>
+      </c>
+      <c r="D170" s="0" t="s">
+        <v>830</v>
+      </c>
+      <c r="E170" s="0" t="s">
+        <v>451</v>
+      </c>
+      <c r="F170" s="0" t="s">
         <v>831</v>
-      </c>
-[...10 lines deleted...]
-        <v>829</v>
       </c>
       <c r="G170" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H170" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>834</v>
+        <v>832</v>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="L170" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L170" s="0"/>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="80">
       <c r="A171" s="0"/>
       <c r="B171" s="0" t="s">
+        <v>833</v>
+      </c>
+      <c r="C171" s="0" t="s">
+        <v>834</v>
+      </c>
+      <c r="D171" s="0" t="s">
         <v>835</v>
       </c>
-      <c r="C171" s="0" t="s">
+      <c r="E171" s="0" t="s">
+        <v>451</v>
+      </c>
+      <c r="F171" s="0" t="s">
+        <v>831</v>
+      </c>
+      <c r="G171" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="H171" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I171" s="1" t="s">
         <v>836</v>
-      </c>
-[...16 lines deleted...]
-        <v>838</v>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L171" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="80">
       <c r="A172" s="0"/>
       <c r="B172" s="0" t="s">
+        <v>837</v>
+      </c>
+      <c r="C172" s="0" t="s">
+        <v>838</v>
+      </c>
+      <c r="D172" s="0" t="s">
         <v>839</v>
       </c>
-      <c r="C172" s="0" t="s">
+      <c r="E172" s="0" t="s">
+        <v>291</v>
+      </c>
+      <c r="F172" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="G172" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="H172" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I172" s="1" t="s">
         <v>840</v>
-      </c>
-[...16 lines deleted...]
-        <v>76</v>
       </c>
       <c r="J172" s="0"/>
       <c r="K172" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L172" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="80">
       <c r="A173" s="0"/>
       <c r="B173" s="0" t="s">
+        <v>841</v>
+      </c>
+      <c r="C173" s="0" t="s">
         <v>842</v>
       </c>
-      <c r="C173" s="0" t="s">
+      <c r="D173" s="0">
+        <v>236797</v>
+      </c>
+      <c r="E173" s="0" t="s">
+        <v>610</v>
+      </c>
+      <c r="F173" s="0" t="s">
         <v>843</v>
       </c>
-      <c r="D173" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G173" s="0" t="s">
-        <v>504</v>
+        <v>266</v>
       </c>
       <c r="H173" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>847</v>
+        <v>77</v>
       </c>
       <c r="J173" s="0"/>
       <c r="K173" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L173" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="80">
       <c r="A174" s="0"/>
       <c r="B174" s="0" t="s">
+        <v>844</v>
+      </c>
+      <c r="C174" s="0" t="s">
+        <v>845</v>
+      </c>
+      <c r="D174" s="0" t="s">
+        <v>846</v>
+      </c>
+      <c r="E174" s="0" t="s">
+        <v>847</v>
+      </c>
+      <c r="F174" s="0" t="s">
         <v>848</v>
       </c>
-      <c r="C174" s="0" t="s">
+      <c r="G174" s="0" t="s">
+        <v>508</v>
+      </c>
+      <c r="H174" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I174" s="1" t="s">
         <v>849</v>
-      </c>
-[...16 lines deleted...]
-        <v>852</v>
       </c>
       <c r="J174" s="0"/>
       <c r="K174" s="0" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="L174" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="80">
       <c r="A175" s="0"/>
       <c r="B175" s="0" t="s">
+        <v>850</v>
+      </c>
+      <c r="C175" s="0" t="s">
+        <v>851</v>
+      </c>
+      <c r="D175" s="0">
+        <v>112163</v>
+      </c>
+      <c r="E175" s="0" t="s">
+        <v>730</v>
+      </c>
+      <c r="F175" s="0" t="s">
+        <v>852</v>
+      </c>
+      <c r="G175" s="0" t="s">
         <v>853</v>
       </c>
-      <c r="C175" s="0" t="s">
+      <c r="H175" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I175" s="1" t="s">
         <v>854</v>
-      </c>
-[...16 lines deleted...]
-        <v>495</v>
       </c>
       <c r="J175" s="0"/>
       <c r="K175" s="0" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="L175" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="80">
       <c r="A176" s="0"/>
       <c r="B176" s="0" t="s">
+        <v>855</v>
+      </c>
+      <c r="C176" s="0" t="s">
         <v>856</v>
       </c>
-      <c r="C176" s="0" t="s">
+      <c r="D176" s="0">
+        <v>115109</v>
+      </c>
+      <c r="E176" s="0" t="s">
+        <v>730</v>
+      </c>
+      <c r="F176" s="0" t="s">
         <v>857</v>
       </c>
-      <c r="D176" s="0">
-[...7 lines deleted...]
-      </c>
       <c r="G176" s="0" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="H176" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>859</v>
+        <v>499</v>
       </c>
       <c r="J176" s="0"/>
       <c r="K176" s="0" t="s">
-        <v>860</v>
+        <v>61</v>
       </c>
       <c r="L176" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="80">
       <c r="A177" s="0"/>
       <c r="B177" s="0" t="s">
+        <v>858</v>
+      </c>
+      <c r="C177" s="0" t="s">
+        <v>859</v>
+      </c>
+      <c r="D177" s="0">
+        <v>114107</v>
+      </c>
+      <c r="E177" s="0" t="s">
+        <v>730</v>
+      </c>
+      <c r="F177" s="0" t="s">
+        <v>860</v>
+      </c>
+      <c r="G177" s="0" t="s">
+        <v>853</v>
+      </c>
+      <c r="H177" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I177" s="1" t="s">
         <v>861</v>
-      </c>
-[...19 lines deleted...]
-        <v>863</v>
       </c>
       <c r="J177" s="0"/>
       <c r="K177" s="0" t="s">
-        <v>61</v>
+        <v>862</v>
       </c>
       <c r="L177" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="80">
       <c r="A178" s="0"/>
       <c r="B178" s="0" t="s">
+        <v>863</v>
+      </c>
+      <c r="C178" s="0" t="s">
         <v>864</v>
       </c>
-      <c r="C178" s="0" t="s">
+      <c r="D178" s="0">
+        <v>115609</v>
+      </c>
+      <c r="E178" s="0" t="s">
+        <v>730</v>
+      </c>
+      <c r="F178" s="0" t="s">
+        <v>507</v>
+      </c>
+      <c r="G178" s="0" t="s">
+        <v>853</v>
+      </c>
+      <c r="H178" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I178" s="1" t="s">
         <v>865</v>
-      </c>
-[...16 lines deleted...]
-        <v>867</v>
       </c>
       <c r="J178" s="0"/>
       <c r="K178" s="0" t="s">
-        <v>20</v>
+        <v>99</v>
       </c>
       <c r="L178" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="80">
       <c r="A179" s="0"/>
       <c r="B179" s="0" t="s">
+        <v>866</v>
+      </c>
+      <c r="C179" s="0" t="s">
+        <v>867</v>
+      </c>
+      <c r="D179" s="0">
+        <v>118126</v>
+      </c>
+      <c r="E179" s="0" t="s">
+        <v>730</v>
+      </c>
+      <c r="F179" s="0" t="s">
         <v>868</v>
       </c>
-      <c r="C179" s="0" t="s">
+      <c r="G179" s="0" t="s">
+        <v>853</v>
+      </c>
+      <c r="H179" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I179" s="1" t="s">
         <v>869</v>
-      </c>
-[...16 lines deleted...]
-        <v>871</v>
       </c>
       <c r="J179" s="0"/>
       <c r="K179" s="0" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="L179" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="80">
       <c r="A180" s="0"/>
       <c r="B180" s="0" t="s">
+        <v>870</v>
+      </c>
+      <c r="C180" s="0" t="s">
+        <v>871</v>
+      </c>
+      <c r="D180" s="0" t="s">
         <v>872</v>
       </c>
-      <c r="C180" s="0" t="s">
+      <c r="E180" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="F180" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="G180" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="H180" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I180" s="1" t="s">
         <v>873</v>
-      </c>
-[...16 lines deleted...]
-        <v>877</v>
       </c>
       <c r="J180" s="0"/>
       <c r="K180" s="0" t="s">
-        <v>878</v>
+        <v>40</v>
       </c>
       <c r="L180" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="80">
       <c r="A181" s="0"/>
       <c r="B181" s="0" t="s">
+        <v>874</v>
+      </c>
+      <c r="C181" s="0" t="s">
+        <v>875</v>
+      </c>
+      <c r="D181" s="0" t="s">
+        <v>876</v>
+      </c>
+      <c r="E181" s="0" t="s">
+        <v>877</v>
+      </c>
+      <c r="F181" s="0" t="s">
+        <v>878</v>
+      </c>
+      <c r="G181" s="0" t="s">
+        <v>508</v>
+      </c>
+      <c r="H181" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I181" s="1" t="s">
         <v>879</v>
-      </c>
-[...19 lines deleted...]
-        <v>883</v>
       </c>
       <c r="J181" s="0"/>
       <c r="K181" s="0" t="s">
-        <v>77</v>
+        <v>880</v>
       </c>
       <c r="L181" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="80">
       <c r="A182" s="0"/>
       <c r="B182" s="0" t="s">
+        <v>881</v>
+      </c>
+      <c r="C182" s="0" t="s">
+        <v>882</v>
+      </c>
+      <c r="D182" s="0" t="s">
+        <v>883</v>
+      </c>
+      <c r="E182" s="0" t="s">
+        <v>877</v>
+      </c>
+      <c r="F182" s="0" t="s">
         <v>884</v>
       </c>
-      <c r="C182" s="0" t="s">
+      <c r="G182" s="0" t="s">
+        <v>508</v>
+      </c>
+      <c r="H182" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I182" s="1" t="s">
         <v>885</v>
-      </c>
-[...16 lines deleted...]
-        <v>888</v>
       </c>
       <c r="J182" s="0"/>
       <c r="K182" s="0" t="s">
-        <v>20</v>
+        <v>886</v>
       </c>
       <c r="L182" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="80">
       <c r="A183" s="0"/>
       <c r="B183" s="0" t="s">
+        <v>887</v>
+      </c>
+      <c r="C183" s="0" t="s">
+        <v>888</v>
+      </c>
+      <c r="D183" s="0" t="s">
         <v>889</v>
       </c>
-      <c r="C183" s="0" t="s">
+      <c r="E183" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="F183" s="0" t="s">
         <v>890</v>
       </c>
-      <c r="D183" s="0">
-[...2 lines deleted...]
-      <c r="E183" s="0" t="s">
+      <c r="G183" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="H183" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I183" s="1" t="s">
         <v>891</v>
-      </c>
-[...10 lines deleted...]
-        <v>893</v>
       </c>
       <c r="J183" s="0"/>
       <c r="K183" s="0" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="L183" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="80">
       <c r="A184" s="0"/>
       <c r="B184" s="0" t="s">
+        <v>892</v>
+      </c>
+      <c r="C184" s="0" t="s">
+        <v>893</v>
+      </c>
+      <c r="D184" s="0">
+        <v>1200500022</v>
+      </c>
+      <c r="E184" s="0" t="s">
         <v>894</v>
       </c>
-      <c r="C184" s="0" t="s">
+      <c r="F184" s="0" t="s">
         <v>895</v>
       </c>
-      <c r="D184" s="0" t="s">
+      <c r="G184" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="H184" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I184" s="1" t="s">
         <v>896</v>
-      </c>
-[...13 lines deleted...]
-        <v>898</v>
       </c>
       <c r="J184" s="0"/>
       <c r="K184" s="0" t="s">
-        <v>77</v>
+        <v>40</v>
       </c>
       <c r="L184" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="80">
       <c r="A185" s="0"/>
       <c r="B185" s="0" t="s">
+        <v>897</v>
+      </c>
+      <c r="C185" s="0" t="s">
+        <v>898</v>
+      </c>
+      <c r="D185" s="0" t="s">
         <v>899</v>
       </c>
-      <c r="C185" s="0" t="s">
+      <c r="E185" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="F185" s="0" t="s">
         <v>900</v>
       </c>
-      <c r="D185" s="0">
-[...5 lines deleted...]
-      <c r="F185" s="0" t="s">
+      <c r="G185" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="H185" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I185" s="1" t="s">
         <v>901</v>
-      </c>
-[...7 lines deleted...]
-        <v>902</v>
       </c>
       <c r="J185" s="0"/>
       <c r="K185" s="0" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="L185" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="80">
       <c r="A186" s="0"/>
       <c r="B186" s="0" t="s">
+        <v>902</v>
+      </c>
+      <c r="C186" s="0" t="s">
         <v>903</v>
       </c>
-      <c r="C186" s="0" t="s">
+      <c r="D186" s="0">
+        <v>134268</v>
+      </c>
+      <c r="E186" s="0" t="s">
+        <v>730</v>
+      </c>
+      <c r="F186" s="0" t="s">
         <v>904</v>
       </c>
-      <c r="D186" s="0">
-[...5 lines deleted...]
-      <c r="F186" s="0" t="s">
+      <c r="G186" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="H186" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I186" s="1" t="s">
         <v>905</v>
-      </c>
-[...7 lines deleted...]
-        <v>906</v>
       </c>
       <c r="J186" s="0"/>
       <c r="K186" s="0" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="L186" s="0"/>
+        <v>61</v>
+      </c>
+      <c r="L186" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="80">
+      <c r="A187" s="0"/>
       <c r="B187" s="0" t="s">
+        <v>906</v>
+      </c>
+      <c r="C187" s="0" t="s">
         <v>907</v>
       </c>
-      <c r="C187" s="0" t="s">
+      <c r="D187" s="0">
+        <v>22800007</v>
+      </c>
+      <c r="E187" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="F187" s="0" t="s">
         <v>908</v>
       </c>
-      <c r="D187" s="0" t="s">
+      <c r="G187" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="H187" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I187" s="1" t="s">
         <v>909</v>
-      </c>
-[...13 lines deleted...]
-        <v>910</v>
       </c>
       <c r="J187" s="0"/>
       <c r="K187" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L187" s="0"/>
+    </row>
+    <row r="188" spans="1:12" customHeight="1" ht="80">
+      <c r="B188" s="0" t="s">
+        <v>910</v>
+      </c>
+      <c r="C188" s="0" t="s">
+        <v>911</v>
+      </c>
+      <c r="D188" s="0" t="s">
+        <v>912</v>
+      </c>
+      <c r="E188" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="F188" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="G188" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="H188" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I188" s="1" t="s">
+        <v>913</v>
+      </c>
+      <c r="J188" s="0"/>
+      <c r="K188" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="L188" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -14675,50 +14746,51 @@
     <hyperlink ref="B163" r:id="rId_hyperlink_162"/>
     <hyperlink ref="B164" r:id="rId_hyperlink_163"/>
     <hyperlink ref="B165" r:id="rId_hyperlink_164"/>
     <hyperlink ref="B166" r:id="rId_hyperlink_165"/>
     <hyperlink ref="B167" r:id="rId_hyperlink_166"/>
     <hyperlink ref="B168" r:id="rId_hyperlink_167"/>
     <hyperlink ref="B169" r:id="rId_hyperlink_168"/>
     <hyperlink ref="B170" r:id="rId_hyperlink_169"/>
     <hyperlink ref="B171" r:id="rId_hyperlink_170"/>
     <hyperlink ref="B172" r:id="rId_hyperlink_171"/>
     <hyperlink ref="B173" r:id="rId_hyperlink_172"/>
     <hyperlink ref="B174" r:id="rId_hyperlink_173"/>
     <hyperlink ref="B175" r:id="rId_hyperlink_174"/>
     <hyperlink ref="B176" r:id="rId_hyperlink_175"/>
     <hyperlink ref="B177" r:id="rId_hyperlink_176"/>
     <hyperlink ref="B178" r:id="rId_hyperlink_177"/>
     <hyperlink ref="B179" r:id="rId_hyperlink_178"/>
     <hyperlink ref="B180" r:id="rId_hyperlink_179"/>
     <hyperlink ref="B181" r:id="rId_hyperlink_180"/>
     <hyperlink ref="B182" r:id="rId_hyperlink_181"/>
     <hyperlink ref="B183" r:id="rId_hyperlink_182"/>
     <hyperlink ref="B184" r:id="rId_hyperlink_183"/>
     <hyperlink ref="B185" r:id="rId_hyperlink_184"/>
     <hyperlink ref="B186" r:id="rId_hyperlink_185"/>
     <hyperlink ref="B187" r:id="rId_hyperlink_186"/>
+    <hyperlink ref="B188" r:id="rId_hyperlink_187"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>