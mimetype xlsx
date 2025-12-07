--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="187">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="175">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -107,53 +107,50 @@
   <si>
     <t>03110141</t>
   </si>
   <si>
     <t>C66K</t>
   </si>
   <si>
     <t>1848.00₸</t>
   </si>
   <si>
     <t>Ложка для комплимента;фарфор;,L=115,B=45мм;белый</t>
   </si>
   <si>
     <t>03110158</t>
   </si>
   <si>
     <t>Revol</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>4035.00₸</t>
   </si>
   <si>
-    <t>6 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Ложка для комплимента «Сонет»;сталь нерж.;,L=100/50,B=1мм;металлич.</t>
   </si>
   <si>
     <t>03110446</t>
   </si>
   <si>
     <t>C67K</t>
   </si>
   <si>
     <t>1225.00₸</t>
   </si>
   <si>
     <t>Ложка для комплимента «Тапас»;сталь нерж.;,L=120/50,B=1мм;металлич.</t>
   </si>
   <si>
     <t>03111102</t>
   </si>
   <si>
     <t>Eternum</t>
   </si>
   <si>
     <t>Tapas</t>
   </si>
   <si>
     <t>БЕЛЬГИЯ</t>
@@ -224,402 +221,369 @@
   <si>
     <t>MY0AS140000</t>
   </si>
   <si>
     <t>2548.00₸</t>
   </si>
   <si>
     <t>более 500 шт.</t>
   </si>
   <si>
     <t>Ложка для комплимента;пластик;,H=45,L=130,B=45мм;черный</t>
   </si>
   <si>
     <t>03111146</t>
   </si>
   <si>
     <t>Ложка для комплимента для подачи канапе;пластик;,H=40,L=110,B=45мм;белый</t>
   </si>
   <si>
     <t>03111147</t>
   </si>
   <si>
     <t>1979.00₸</t>
   </si>
   <si>
-    <t>более 100 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Ложка для комплимента для подачи канапе;пластик;,H=40,L=110,B=45мм;черный</t>
   </si>
   <si>
     <t>03111148</t>
   </si>
   <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Ложка для комплимента;пластик;,H=45,L=145,B=45мм;белый</t>
+  </si>
+  <si>
+    <t>03111152</t>
+  </si>
+  <si>
+    <t>Boat</t>
+  </si>
+  <si>
+    <t>3619.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для комплимента;пластик;,H=45,L=145,B=45мм;черный</t>
+  </si>
+  <si>
+    <t>03111153</t>
+  </si>
+  <si>
+    <t>4420.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для комплимента;пластик;,H=45,L=145,B=45мм;черный,белый</t>
+  </si>
+  <si>
+    <t>03111154</t>
+  </si>
+  <si>
+    <t>2688.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для комплимента «Лист»;пластик;,L=100,B=45мм;белый</t>
+  </si>
+  <si>
+    <t>03111155</t>
+  </si>
+  <si>
+    <t>Leaf</t>
+  </si>
+  <si>
+    <t>3080.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для комплимента набор[6шт];пластик;,L=6,B=3см;черный</t>
+  </si>
+  <si>
+    <t>03111157</t>
+  </si>
+  <si>
+    <t>7747.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для комплимента;пластик;,H=45,L=130/55,B=45мм;зелен.</t>
+  </si>
+  <si>
+    <t>03111181</t>
+  </si>
+  <si>
+    <t>955.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для комплимента «Эволюционе»;сталь нерж.;серебрист.</t>
+  </si>
+  <si>
+    <t>03112834</t>
+  </si>
+  <si>
+    <t>299000AT</t>
+  </si>
+  <si>
+    <t>Pintinox</t>
+  </si>
+  <si>
+    <t>Evoluzione</t>
+  </si>
+  <si>
+    <t>1125.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для комплимента «Медитер»;фарфор;,L=8,B=4см;белый,матовый</t>
+  </si>
+  <si>
+    <t>03112837</t>
+  </si>
+  <si>
+    <t>V0122-0065</t>
+  </si>
+  <si>
+    <t>Pordamsa</t>
+  </si>
+  <si>
+    <t>Mediter</t>
+  </si>
+  <si>
+    <t>ИСПАНИЯ</t>
+  </si>
+  <si>
+    <t>5899.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для комплимента «Мерси»;керамика;,L=10см;красный</t>
+  </si>
+  <si>
+    <t>03112867</t>
+  </si>
+  <si>
+    <t>B5118301</t>
+  </si>
+  <si>
+    <t>Serax</t>
+  </si>
+  <si>
+    <t>Merci</t>
+  </si>
+  <si>
+    <t>4659.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для комплимента «Мерси»;керамика;,L=10см;зелен.</t>
+  </si>
+  <si>
+    <t>03112868</t>
+  </si>
+  <si>
+    <t>B5118302</t>
+  </si>
+  <si>
+    <t>Ложка для комплимента «Мерси»;керамика;,L=13см;зелен.</t>
+  </si>
+  <si>
+    <t>03112869</t>
+  </si>
+  <si>
+    <t>B5118305</t>
+  </si>
+  <si>
+    <t>5375.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для комплимента «Мерси»;керамика;,L=16см;красный</t>
+  </si>
+  <si>
+    <t>03112870</t>
+  </si>
+  <si>
+    <t>B5118307</t>
+  </si>
+  <si>
+    <t>8732.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для комплимента «Мерси»;керамика;,L=13см;кремов.</t>
+  </si>
+  <si>
+    <t>03112886</t>
+  </si>
+  <si>
+    <t>B5118306</t>
+  </si>
+  <si>
+    <t>Ложка для комплимента «Мини Пати»;фарфор;,L=13/7см;белый</t>
+  </si>
+  <si>
+    <t>03112927</t>
+  </si>
+  <si>
+    <t>1477.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для комплимента;фарфор;белый</t>
+  </si>
+  <si>
+    <t>03112928</t>
+  </si>
+  <si>
+    <t>1246.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для комплимента «Фобос»;керамика;,L=275,B=70мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03112931</t>
+  </si>
+  <si>
+    <t>LPHO019MA411275</t>
+  </si>
+  <si>
+    <t>Le CoQ</t>
+  </si>
+  <si>
+    <t>Phobos</t>
+  </si>
+  <si>
+    <t>8424.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Ложка для комплимента «Фобос»;керамика;,L=275,B=70мм;черный,синий</t>
+  </si>
+  <si>
+    <t>03112932</t>
+  </si>
+  <si>
+    <t>LPHO019NB411275</t>
+  </si>
+  <si>
+    <t>7007.00₸</t>
+  </si>
+  <si>
     <t>1 шт.</t>
   </si>
   <si>
-    <t>Ложка для комплимента;пластик;,H=45,L=145,B=45мм;белый</t>
-[...214 lines deleted...]
-  <si>
     <t>Ложка для комплимента;стекло;35мл;прозр.</t>
   </si>
   <si>
     <t>03112933</t>
   </si>
   <si>
     <t>53749/b</t>
   </si>
   <si>
     <t>Pasabahce</t>
   </si>
   <si>
     <t>Gastroboutique</t>
   </si>
   <si>
-    <t>574.00₸</t>
+    <t>518.00₸</t>
   </si>
   <si>
     <t>более 1 000 шт.</t>
   </si>
   <si>
     <t>Ложка для комплимента «Джейд»;фарфор;,L=130,B=45мм;белый</t>
   </si>
   <si>
     <t>03112935</t>
   </si>
   <si>
     <t>61040-800001-19109</t>
   </si>
   <si>
     <t>Rosenthal</t>
   </si>
   <si>
     <t>Jade</t>
   </si>
   <si>
     <t>3660.00₸</t>
   </si>
   <si>
     <t>Ложка для комплимента «Классик»;сталь нерж.;,H=40,L=120,B=45мм;черный,матовый</t>
   </si>
   <si>
     <t>03115073</t>
   </si>
   <si>
     <t>00693</t>
   </si>
   <si>
     <t>Classic</t>
   </si>
   <si>
     <t>6661.00₸</t>
   </si>
   <si>
     <t>Ложка для комплимента «Лиф»;пластик;,H=15,L=100,B=45мм;черный</t>
   </si>
   <si>
     <t>03115074</t>
   </si>
   <si>
-    <t>Ложка для комплимента набор[6шт];сталь нерж.;,L=10см;металлич.</t>
-[...10 lines deleted...]
-  <si>
     <t>Ложка для комплимента;сталь нерж.;,H=40,L=130,B=45мм;металлич.</t>
   </si>
   <si>
     <t>04110387</t>
   </si>
   <si>
     <t>00677</t>
   </si>
   <si>
     <t>4936.00₸</t>
   </si>
   <si>
     <t>Ложка для комплимента;пластик;,H=15,L=100,B=45мм;зелен.</t>
   </si>
   <si>
     <t>04111214</t>
   </si>
   <si>
     <t>Ложка для комплимента «Ола»;фарфор;,L=13,B=4см;белый</t>
   </si>
   <si>
     <t>09100625</t>
   </si>
   <si>
     <t>6500 M065</t>
   </si>
   <si>
     <t>Steelite</t>
   </si>
   <si>
     <t>Ola</t>
   </si>
   <si>
     <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
   </si>
   <si>
     <t>4967.00₸</t>
-  </si>
-[...13 lines deleted...]
-    <t>1055.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -634,51 +598,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14348674-E3D5-11EB-BBF2-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33A01722-E3D5-11EB-BBF2-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86EA059B-424C-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/013E171F-E3D5-11EB-BBF2-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26E69896-E3D5-11EB-BBF2-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F4090AD-424F-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C813978-F162-11EB-BBF2-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26E69894-E3D5-11EB-BBF2-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26E69893-E3D5-11EB-BBF2-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C813977-F162-11EB-BBF2-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3424341B-4252-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3424341C-4252-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99CEFFE7-F94B-11EB-BBF2-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C81397E-F162-11EB-BBF2-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C81397D-F162-11EB-BBF2-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A63BD61C-4252-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C81397F-F162-11EB-BBF2-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C813976-F162-11EB-BBF2-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45F45C09-EA58-11EB-BBF2-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10A05C3B-4255-11E8-A155-00259035BB6720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3304016-814A-11E9-BBBA-005056921CC421.gif"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/644F9E05-21B9-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/644F9D65-21B9-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62C6E381-F162-11EB-BBF2-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62C6E383-F162-11EB-BBF2-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC3BD0C8-814C-11E9-BBBA-005056921CC426.gif"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26E69892-E3D5-11EB-BBF2-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/721C57D1-2C13-11EB-BBDF-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/644F9CC5-21B9-11EE-BC0D-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26E69895-E3D5-11EB-BBF2-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F58B9B6D-509F-11EC-BBF6-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329D9396-DC9C-11ED-BC07-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329D9272-DC9C-11ED-BC07-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/502EB072-3212-11EF-BC4C-00505692C44734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/377C35C8-3126-11EC-BBF4-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F39D6A4-F162-11EB-BBF2-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D15A3F6-424E-11E8-A155-00259035BB6737.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14348674-E3D5-11EB-BBF2-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33A01722-E3D5-11EB-BBF2-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86EA059B-424C-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/013E171F-E3D5-11EB-BBF2-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26E69896-E3D5-11EB-BBF2-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F4090AD-424F-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C813978-F162-11EB-BBF2-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26E69894-E3D5-11EB-BBF2-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26E69893-E3D5-11EB-BBF2-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C813977-F162-11EB-BBF2-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3424341B-4252-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3424341C-4252-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99CEFFE7-F94B-11EB-BBF2-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C81397E-F162-11EB-BBF2-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C81397D-F162-11EB-BBF2-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A63BD61C-4252-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C81397F-F162-11EB-BBF2-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C813976-F162-11EB-BBF2-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45F45C09-EA58-11EB-BBF2-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10A05C3B-4255-11E8-A155-00259035BB6720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3304016-814A-11E9-BBBA-005056921CC421.gif"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/644F9E05-21B9-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/644F9D65-21B9-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62C6E381-F162-11EB-BBF2-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62C6E383-F162-11EB-BBF2-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC3BD0C8-814C-11E9-BBBA-005056921CC426.gif"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26E69892-E3D5-11EB-BBF2-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/721C57D1-2C13-11EB-BBDF-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/644F9CC5-21B9-11EE-BC0D-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26E69895-E3D5-11EB-BBF2-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F58B9B6D-509F-11EC-BBF6-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329D9396-DC9C-11ED-BC07-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329D9272-DC9C-11ED-BC07-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/377C35C8-3126-11EC-BBF4-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F39D6A4-F162-11EB-BBF2-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D15A3F6-424E-11E8-A155-00259035BB6736.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1706,80 +1670,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>36</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="36" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2038,62 +1972,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolov-d-komplimenta-trud-03110140/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-desert-d-komplimenta-trud-03110141/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-d-punsha-revol-03110158/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-chaynaya-d-komplimenta-trud-03110446/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-eternum-03111102/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-furshetnyh-lozhek-d-kompl-ta-ilsa-03111111/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-podachi-kanape-aps-03111121/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-tognana-03111144/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-tognana-03111145/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-podachi-kanape-aps-03111146/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-podachi-kanape-aps-03111147/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-podachi-kanape-aps-03111148/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-aps-03111152/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-aps-03111153/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-aps-03111154/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-aps-03111155/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-63sm-6sht-aps-03111157/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-podachi-kanape-aps-03111181/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-pintinox-03112834/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-pordamsa-03112837/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-serax-03112867/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-serax-03112868/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-serax-03112869/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-serax-03112870/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-serax-03112886/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-tognana-03112927/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-tognana-03112928/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-le-coq-03112931/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-le-coq-03112932/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-pasabahce-03112933/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-rosenthal-03112935/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-aps-03115073/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-aps-03115074/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-aps-03115131/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-d-etazherki-aps-04110387/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-d-zakusok-aps-04111214/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-steelite-09100625/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-kulsan-03115043/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolov-d-komplimenta-trud-03110140/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-desert-d-komplimenta-trud-03110141/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-d-punsha-revol-03110158/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-chaynaya-d-komplimenta-trud-03110446/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-eternum-03111102/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-furshetnyh-lozhek-d-kompl-ta-ilsa-03111111/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-podachi-kanape-aps-03111121/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-tognana-03111144/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-tognana-03111145/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-podachi-kanape-aps-03111146/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-podachi-kanape-aps-03111147/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-podachi-kanape-aps-03111148/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-aps-03111152/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-aps-03111153/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-aps-03111154/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-aps-03111155/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-63sm-6sht-aps-03111157/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-podachi-kanape-aps-03111181/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-pintinox-03112834/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-pordamsa-03112837/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-serax-03112867/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-serax-03112868/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-serax-03112869/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-serax-03112870/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-serax-03112886/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-tognana-03112927/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-tognana-03112928/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-le-coq-03112931/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-le-coq-03112932/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-pasabahce-03112933/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-rosenthal-03112935/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-aps-03115073/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-aps-03115074/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-d-etazherki-aps-04110387/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-d-zakusok-aps-04111214/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-komplimenta-steelite-09100625/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L39"/>
+  <dimension ref="A1:L37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I39" sqref="I39"/>
+      <selection activeCell="I37" sqref="I37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -2200,1242 +2134,1177 @@
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>26</v>
       </c>
       <c r="D4" s="0">
         <v>615238</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F4" s="0"/>
       <c r="G4" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>29</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="L4" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="C5" s="0" t="s">
         <v>31</v>
       </c>
-      <c r="C5" s="0" t="s">
+      <c r="D5" s="0" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L5" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" s="0" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="D6" s="0">
         <v>207760</v>
       </c>
       <c r="E6" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" s="0" t="s">
         <v>37</v>
       </c>
-      <c r="F6" s="0" t="s">
+      <c r="G6" s="0" t="s">
         <v>38</v>
       </c>
-      <c r="G6" s="0" t="s">
+      <c r="H6" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I6" s="1" t="s">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L6" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" s="0" t="s">
         <v>41</v>
       </c>
-      <c r="C7" s="0" t="s">
+      <c r="D7" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="D7" s="0" t="s">
+      <c r="E7" s="0" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="H7" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I7" s="1" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L7" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="C8" s="0" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="D8" s="0">
         <v>83486</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="H8" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I8" s="1" t="s">
         <v>50</v>
-      </c>
-[...4 lines deleted...]
-        <v>51</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L8" s="0">
         <v>60</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>52</v>
       </c>
-      <c r="C9" s="0" t="s">
+      <c r="D9" s="0" t="s">
         <v>53</v>
       </c>
-      <c r="D9" s="0" t="s">
+      <c r="E9" s="0" t="s">
         <v>54</v>
       </c>
-      <c r="E9" s="0" t="s">
+      <c r="F9" s="0" t="s">
         <v>55</v>
       </c>
-      <c r="F9" s="0" t="s">
+      <c r="G9" s="0" t="s">
         <v>56</v>
       </c>
-      <c r="G9" s="0" t="s">
+      <c r="H9" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I9" s="1" t="s">
         <v>57</v>
-      </c>
-[...4 lines deleted...]
-        <v>58</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L9" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>59</v>
       </c>
-      <c r="C10" s="0" t="s">
+      <c r="D10" s="0" t="s">
         <v>60</v>
       </c>
-      <c r="D10" s="0" t="s">
+      <c r="E10" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="F10" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="G10" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="H10" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I10" s="1" t="s">
         <v>61</v>
-      </c>
-[...13 lines deleted...]
-        <v>62</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="L10" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="D11" s="0">
         <v>83487</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L11" s="0">
         <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="D12" s="0">
         <v>83842</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="L12" s="0">
         <v>60</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="D13" s="0">
         <v>83843</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="L13" s="0">
         <v>60</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="D14" s="0">
         <v>84140</v>
       </c>
       <c r="E14" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="F14" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="G14" s="0" t="s">
         <v>49</v>
       </c>
-      <c r="F14" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H14" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L14" s="0">
         <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="D15" s="0">
         <v>84141</v>
       </c>
       <c r="E15" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="F15" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="G15" s="0" t="s">
         <v>49</v>
       </c>
-      <c r="F15" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L15" s="0">
         <v>32</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="D16" s="0">
         <v>84128</v>
       </c>
       <c r="E16" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="F16" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="G16" s="0" t="s">
         <v>49</v>
       </c>
-      <c r="F16" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L16" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="D17" s="0">
         <v>83887</v>
       </c>
       <c r="E17" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="F17" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="G17" s="0" t="s">
         <v>49</v>
       </c>
-      <c r="F17" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="D18" s="0">
         <v>88628</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L18" s="0"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="D19" s="0">
         <v>83426</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L19" s="0"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="C20" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="D20" s="0" t="s">
         <v>93</v>
       </c>
-      <c r="C20" s="0" t="s">
+      <c r="E20" s="0" t="s">
         <v>94</v>
       </c>
-      <c r="D20" s="0" t="s">
+      <c r="F20" s="0" t="s">
         <v>95</v>
       </c>
-      <c r="E20" s="0" t="s">
+      <c r="G20" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="H20" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I20" s="1" t="s">
         <v>96</v>
-      </c>
-[...10 lines deleted...]
-        <v>98</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L20" s="0"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="C21" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="D21" s="0" t="s">
         <v>99</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="E21" s="0" t="s">
         <v>100</v>
       </c>
-      <c r="D21" s="0" t="s">
+      <c r="F21" s="0" t="s">
         <v>101</v>
       </c>
-      <c r="E21" s="0" t="s">
+      <c r="G21" s="0" t="s">
         <v>102</v>
       </c>
-      <c r="F21" s="0" t="s">
+      <c r="H21" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I21" s="1" t="s">
         <v>103</v>
-      </c>
-[...7 lines deleted...]
-        <v>105</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>106</v>
+        <v>20</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="C22" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="D22" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="E22" s="0" t="s">
         <v>107</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="F22" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="D22" s="0" t="s">
+      <c r="G22" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="H22" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I22" s="1" t="s">
         <v>109</v>
-      </c>
-[...13 lines deleted...]
-        <v>112</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L22" s="0"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="G23" s="0" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L23" s="0"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="D24" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="E24" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="F24" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="G24" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="H24" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I24" s="1" t="s">
         <v>116</v>
-      </c>
-[...19 lines deleted...]
-        <v>119</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L24" s="0"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="C25" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="D25" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="E25" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="F25" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="G25" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="H25" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I25" s="1" t="s">
         <v>120</v>
-      </c>
-[...19 lines deleted...]
-        <v>123</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L25" s="0"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="G26" s="0" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L26" s="0"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="D27" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="E27" s="0" t="s">
         <v>54</v>
       </c>
-      <c r="E27" s="0" t="s">
+      <c r="F27" s="0" t="s">
         <v>55</v>
       </c>
-      <c r="F27" s="0" t="s">
+      <c r="G27" s="0" t="s">
         <v>56</v>
       </c>
-      <c r="G27" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H27" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L27" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="D28" s="0"/>
       <c r="E28" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="F28" s="0" t="s">
         <v>55</v>
       </c>
-      <c r="F28" s="0" t="s">
+      <c r="G28" s="0" t="s">
         <v>56</v>
       </c>
-      <c r="G28" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H28" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L28" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="D29" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="E29" s="0" t="s">
         <v>133</v>
       </c>
-      <c r="C29" s="0" t="s">
+      <c r="F29" s="0" t="s">
         <v>134</v>
       </c>
-      <c r="D29" s="0" t="s">
+      <c r="G29" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="H29" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I29" s="1" t="s">
         <v>135</v>
-      </c>
-[...13 lines deleted...]
-        <v>138</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="D30" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="E30" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="F30" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="G30" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="H30" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I30" s="1" t="s">
         <v>140</v>
-      </c>
-[...19 lines deleted...]
-        <v>143</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="L30" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="D31" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="E31" s="0" t="s">
         <v>145</v>
       </c>
-      <c r="C31" s="0" t="s">
+      <c r="F31" s="0" t="s">
         <v>146</v>
-      </c>
-[...7 lines deleted...]
-        <v>149</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="L31" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="D32" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="E32" s="0" t="s">
         <v>152</v>
       </c>
-      <c r="C32" s="0" t="s">
+      <c r="F32" s="0" t="s">
         <v>153</v>
       </c>
-      <c r="D32" s="0" t="s">
+      <c r="G32" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="H32" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I32" s="1" t="s">
         <v>154</v>
-      </c>
-[...13 lines deleted...]
-        <v>157</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L32" s="0"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="C33" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="D33" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="E33" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="F33" s="0" t="s">
         <v>158</v>
       </c>
-      <c r="C33" s="0" t="s">
+      <c r="G33" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="H33" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I33" s="1" t="s">
         <v>159</v>
-      </c>
-[...16 lines deleted...]
-        <v>162</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L33" s="0"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="D34" s="0">
         <v>83888</v>
       </c>
       <c r="E34" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="F34" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="G34" s="0" t="s">
         <v>49</v>
       </c>
-      <c r="F34" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H34" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L34" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="L35" s="0">
-        <v>1</v>
+        <v>48</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>170</v>
-[...2 lines deleted...]
-        <v>171</v>
+        <v>167</v>
+      </c>
+      <c r="D36" s="0">
+        <v>83889</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>172</v>
+        <v>84</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="L36" s="0">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="C37" s="0" t="s">
+        <v>169</v>
+      </c>
+      <c r="D37" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="E37" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="F37" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="G37" s="0" t="s">
         <v>173</v>
       </c>
-      <c r="C37" s="0" t="s">
+      <c r="H37" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I37" s="1" t="s">
         <v>174</v>
-      </c>
-[...14 lines deleted...]
-        <v>86</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L37" s="0">
-        <v>50</v>
-[...32 lines deleted...]
-      <c r="L38" s="0">
         <v>24</v>
-      </c>
-[...29 lines deleted...]
-        <v>120</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B23" r:id="rId_hyperlink_22"/>
     <hyperlink ref="B24" r:id="rId_hyperlink_23"/>
     <hyperlink ref="B25" r:id="rId_hyperlink_24"/>
     <hyperlink ref="B26" r:id="rId_hyperlink_25"/>
     <hyperlink ref="B27" r:id="rId_hyperlink_26"/>
     <hyperlink ref="B28" r:id="rId_hyperlink_27"/>
     <hyperlink ref="B29" r:id="rId_hyperlink_28"/>
     <hyperlink ref="B30" r:id="rId_hyperlink_29"/>
     <hyperlink ref="B31" r:id="rId_hyperlink_30"/>
     <hyperlink ref="B32" r:id="rId_hyperlink_31"/>
     <hyperlink ref="B33" r:id="rId_hyperlink_32"/>
     <hyperlink ref="B34" r:id="rId_hyperlink_33"/>
     <hyperlink ref="B35" r:id="rId_hyperlink_34"/>
     <hyperlink ref="B36" r:id="rId_hyperlink_35"/>
     <hyperlink ref="B37" r:id="rId_hyperlink_36"/>
-    <hyperlink ref="B38" r:id="rId_hyperlink_37"/>
-    <hyperlink ref="B39" r:id="rId_hyperlink_38"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>