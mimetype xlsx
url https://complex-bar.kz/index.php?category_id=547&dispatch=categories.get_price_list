--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1161">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1156">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -74,365 +74,368 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Ложка столовая «Седона»;сталь нерж.;,L=20,7см;серебрист.</t>
   </si>
   <si>
     <t>03014005</t>
   </si>
   <si>
     <t>Broggi</t>
   </si>
   <si>
     <t>Sedona</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>Ложки столовые</t>
   </si>
   <si>
     <t>5660.00₸</t>
   </si>
   <si>
+    <t>0 шт.</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Евро»;сталь нерж.;,L=200/70,B=43мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110101</t>
+  </si>
+  <si>
+    <t>1С70</t>
+  </si>
+  <si>
+    <t>Trud</t>
+  </si>
+  <si>
+    <t>Euro Hotel</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>709.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Павловская»;сталь нерж.;,L=190/65,B=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110105</t>
+  </si>
+  <si>
+    <t>СЛ-40/54</t>
+  </si>
+  <si>
+    <t>Pavlov</t>
+  </si>
+  <si>
+    <t>M3</t>
+  </si>
+  <si>
+    <t>1617.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Нова»;сталь нерж.;,L=198/66,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110110</t>
+  </si>
+  <si>
+    <t>1250-2</t>
+  </si>
+  <si>
+    <t>Eternum</t>
+  </si>
+  <si>
+    <t>Nova</t>
+  </si>
+  <si>
+    <t>БЕЛЬГИЯ</t>
+  </si>
+  <si>
+    <t>1025.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Колония»;,L=200/65,B=40мм</t>
+  </si>
+  <si>
+    <t>03110118</t>
+  </si>
+  <si>
+    <t>FCH</t>
+  </si>
+  <si>
+    <t>ПОРТУГАЛИЯ</t>
+  </si>
+  <si>
+    <t>1125.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Риволи»;сталь нерж.;,L=195/66,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110124</t>
+  </si>
+  <si>
+    <t>1921-2</t>
+  </si>
+  <si>
+    <t>Rivoli</t>
+  </si>
+  <si>
+    <t>1941.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Ансер»;сталь нерж.;,L=210/76,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110125</t>
+  </si>
+  <si>
+    <t>1670-2</t>
+  </si>
+  <si>
+    <t>Anser</t>
+  </si>
+  <si>
+    <t>3142.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Поливуд» с деревянной ручкой набор[3шт];сталь нерж.,дерево;,L=195/60,B=10мм;красный</t>
+  </si>
+  <si>
+    <t>03110129</t>
+  </si>
+  <si>
+    <t>21103/470</t>
+  </si>
+  <si>
+    <t>Tramontina</t>
+  </si>
+  <si>
+    <t>Polywood</t>
+  </si>
+  <si>
+    <t>БРАЗИЛИЯ</t>
+  </si>
+  <si>
+    <t>6661.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Сонет»;сталь нерж.;,L=205/75,B=43мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110130</t>
+  </si>
+  <si>
+    <t>С5Н/2</t>
+  </si>
+  <si>
+    <t>Sonet</t>
+  </si>
+  <si>
+    <t>686.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Дориа»;сталь нерж.;,L=195/60,B=42мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>03110131</t>
+  </si>
+  <si>
+    <t>8004-2</t>
+  </si>
+  <si>
+    <t>Doria</t>
+  </si>
+  <si>
+    <t>3643.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Лувр»;сталь нерж.;,L=205/70,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110132</t>
+  </si>
+  <si>
+    <t>1650-2</t>
+  </si>
+  <si>
+    <t>Louvre</t>
+  </si>
+  <si>
+    <t>4667.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Визув»;сталь нерж.;,L=190/65,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110135</t>
+  </si>
+  <si>
+    <t>951-2</t>
+  </si>
+  <si>
+    <t>Vesuve</t>
+  </si>
+  <si>
+    <t>393.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Фрида» уцененная;сталь нерж.;,L=190/62,B=10мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110136</t>
+  </si>
+  <si>
+    <t>958-2/ю</t>
+  </si>
+  <si>
+    <t>Frida</t>
+  </si>
+  <si>
+    <t>593.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Аляска»;сталь нерж.;,L=210/60,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110142</t>
+  </si>
+  <si>
+    <t>2080-2</t>
+  </si>
+  <si>
+    <t>Alaska</t>
+  </si>
+  <si>
+    <t>2634.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Ауде»;сталь нерж.;,L=200/66,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110144</t>
+  </si>
+  <si>
+    <t>1922-2</t>
+  </si>
+  <si>
+    <t>Aude</t>
+  </si>
+  <si>
+    <t>1148.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Алайниа»;сталь нерж.;,L=205/60,B=30мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110146</t>
+  </si>
+  <si>
+    <t>3020-2</t>
+  </si>
+  <si>
+    <t>Alinea</t>
+  </si>
+  <si>
+    <t>3804.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Миллениум»;,L=197/60,B=42мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110152</t>
+  </si>
+  <si>
+    <t>С5Н/3</t>
+  </si>
+  <si>
+    <t>Millenium</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Багет»;сталь нерж.;,L=205/70,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110153</t>
+  </si>
+  <si>
+    <t>1610-2</t>
+  </si>
+  <si>
+    <t>Baguette</t>
+  </si>
+  <si>
+    <t>4967.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Перле»;сталь нерж.;,L=210/75,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110157</t>
+  </si>
+  <si>
+    <t>302-2</t>
+  </si>
+  <si>
+    <t>Perle</t>
+  </si>
+  <si>
+    <t>1425.00₸</t>
+  </si>
+  <si>
     <t>1 шт.</t>
   </si>
   <si>
-    <t>Ложка столовая «Евро»;сталь нерж.;,L=200/70,B=43мм;металлич.</t>
-[...295 lines deleted...]
-  <si>
     <t>Ложка столовая «Осло»;сталь нерж.;,L=210/65,B=4мм;металлич.</t>
   </si>
   <si>
     <t>03110164</t>
   </si>
   <si>
     <t>1930-2</t>
   </si>
   <si>
     <t>Oslo</t>
   </si>
   <si>
     <t>4674.00₸</t>
   </si>
   <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
     <t>Ложка столовая «Адажио»;сталь нерж.;,L=205/60,B=4мм;металлич.</t>
   </si>
   <si>
     <t>03110167</t>
   </si>
   <si>
     <t>2090-2</t>
   </si>
   <si>
     <t>Adagio</t>
   </si>
   <si>
     <t>Ложка столовая «Атлантис»;сталь нерж.;,L=21/7,B=1см;металлич.</t>
   </si>
   <si>
     <t>03110169</t>
   </si>
   <si>
     <t>3010-2</t>
   </si>
   <si>
     <t>Atlantis</t>
   </si>
   <si>
     <t>3512.00₸</t>
@@ -461,2294 +464,2273 @@
   <si>
     <t>1220-2</t>
   </si>
   <si>
     <t>Saporro</t>
   </si>
   <si>
     <t>1048.00₸</t>
   </si>
   <si>
     <t>Ложка столовая «Оливия»;сталь нерж.;,L=234/70,B=3мм;металлич.</t>
   </si>
   <si>
     <t>03110182</t>
   </si>
   <si>
     <t>04900001</t>
   </si>
   <si>
     <t>Pintinox</t>
   </si>
   <si>
     <t>Olivia</t>
   </si>
   <si>
-    <t>3997.00₸</t>
+    <t>4097.00₸</t>
   </si>
   <si>
     <t>Ложка столовая «Концепт»;сталь нерж.;,L=23/6,B=1см;металлич.</t>
   </si>
   <si>
     <t>03110184</t>
   </si>
   <si>
     <t>04500001</t>
   </si>
   <si>
     <t>Concept</t>
   </si>
   <si>
+    <t>38 шт.</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Снейк»;сталь нерж.;,L=210/75,B=10мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110186</t>
+  </si>
+  <si>
+    <t>Snake</t>
+  </si>
+  <si>
+    <t>1402.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Ансер Голд»;сталь нерж.;,L=210/76,B=4мм;металлич.,золотой</t>
+  </si>
+  <si>
+    <t>03110188</t>
+  </si>
+  <si>
+    <t>1673-2</t>
+  </si>
+  <si>
+    <t>Anser Gold</t>
+  </si>
+  <si>
+    <t>5452.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Багет»;сталь нерж.;,L=227/70,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110193</t>
+  </si>
+  <si>
+    <t>01.0032.1010</t>
+  </si>
+  <si>
+    <t>Hepp</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>4162.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Профиль»;сталь нерж.;,L=206/45,B=10мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110195</t>
+  </si>
+  <si>
+    <t>01.0048.1010</t>
+  </si>
+  <si>
+    <t>Profile</t>
+  </si>
+  <si>
+    <t>3835.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Эко Ансер»;сталь нерж.;,L=210/75,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111002</t>
+  </si>
+  <si>
+    <t>968-2</t>
+  </si>
+  <si>
+    <t>Eco Anser</t>
+  </si>
+  <si>
+    <t>1533.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Эко Багет»;сталь нерж.;,L=217/70,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111003</t>
+  </si>
+  <si>
+    <t>2611-2</t>
+  </si>
+  <si>
+    <t>Eco Baguette</t>
+  </si>
+  <si>
+    <t>763.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «X-15»;сталь нерж.;,L=21/6,B=1см;металлич.</t>
+  </si>
+  <si>
+    <t>03111004</t>
+  </si>
+  <si>
+    <t>1860-2</t>
+  </si>
+  <si>
+    <t>X-15</t>
+  </si>
+  <si>
+    <t>11343.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «M188»;сталь нерж.;,L=200/65,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111005</t>
+  </si>
+  <si>
+    <t>S007-1</t>
+  </si>
+  <si>
+    <t>M188</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>324.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Лондон»;сталь нерж.;,L=200/68,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111006</t>
+  </si>
+  <si>
+    <t>S008-1</t>
+  </si>
+  <si>
+    <t>London</t>
+  </si>
+  <si>
+    <t>378.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Эмбосс»;сталь нерж.;,L=210/70,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111007</t>
+  </si>
+  <si>
+    <t>S037-1</t>
+  </si>
+  <si>
+    <t>Amboss</t>
+  </si>
+  <si>
+    <t>525.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Кальви»;сталь нерж.;,L=190/65,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111008</t>
+  </si>
+  <si>
+    <t>319-2</t>
+  </si>
+  <si>
+    <t>Calvi</t>
+  </si>
+  <si>
+    <t>539.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Сеттеченто»;сталь нерж.;,L=20,1см;металлич.</t>
+  </si>
+  <si>
+    <t>03111009</t>
+  </si>
+  <si>
+    <t>Settecento</t>
+  </si>
+  <si>
+    <t>2449.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Суперга»;сталь нерж.;,L=195/60,B=10мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111010</t>
+  </si>
+  <si>
+    <t>0312M001</t>
+  </si>
+  <si>
+    <t>Superga</t>
+  </si>
+  <si>
+    <t>1386.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Модэна»;сталь нерж.;,L=185/40,B=39мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111012</t>
+  </si>
+  <si>
+    <t>957-2</t>
+  </si>
+  <si>
+    <t>Modena</t>
+  </si>
+  <si>
+    <t>486.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Пэлас»;сталь нерж.;,L=21см;металлич.</t>
+  </si>
+  <si>
+    <t>03111013</t>
+  </si>
+  <si>
+    <t>Palace</t>
+  </si>
+  <si>
+    <t>2095.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Стреза»;сталь нерж.;,L=197,B=40мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111014</t>
+  </si>
+  <si>
+    <t>03200001</t>
+  </si>
+  <si>
+    <t>Stresa</t>
+  </si>
+  <si>
+    <t>1833.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Аркада»;сталь нерж.;,L=205/70,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111015</t>
+  </si>
+  <si>
+    <t>1620-2</t>
+  </si>
+  <si>
+    <t>Arcade</t>
+  </si>
+  <si>
+    <t>3696.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Традиционал» с деревянной ручкой набор[3шт];сталь,дерево;,L=19/6,B=1см;тем.корич.,ме</t>
+  </si>
+  <si>
+    <t>03111016</t>
+  </si>
+  <si>
+    <t>22203/300</t>
+  </si>
+  <si>
+    <t>Tradicional</t>
+  </si>
+  <si>
+    <t>7046.00₸</t>
+  </si>
+  <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Библос»;сталь нерж.;,L=210/75,B=10мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111017</t>
+  </si>
+  <si>
+    <t>1840-2</t>
+  </si>
+  <si>
+    <t>Byblos</t>
+  </si>
+  <si>
+    <t>5768.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Ингрис»;сталь нерж.;,L=22/7,B=1см;металлич.</t>
+  </si>
+  <si>
+    <t>03111018</t>
+  </si>
+  <si>
+    <t>1700-2</t>
+  </si>
+  <si>
+    <t>Ingres</t>
+  </si>
+  <si>
+    <t>1040.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Рома»;сталь нерж.;,L=20,6см;металлич.</t>
+  </si>
+  <si>
+    <t>03111019</t>
+  </si>
+  <si>
+    <t>Roma</t>
+  </si>
+  <si>
+    <t>1710.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Брамини»;сталь нерж.;,L=200/70,B=7мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111022</t>
+  </si>
+  <si>
+    <t>S060-1</t>
+  </si>
+  <si>
+    <t>Beckers</t>
+  </si>
+  <si>
+    <t>995.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Аура»;,L=21,1см;металлич.</t>
+  </si>
+  <si>
+    <t>03111024</t>
+  </si>
+  <si>
+    <t>01.0050.1010</t>
+  </si>
+  <si>
+    <t>Aura</t>
+  </si>
+  <si>
+    <t>3704.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Палладиум»;сталь нерж.;,L=20,8см;металлич.</t>
+  </si>
+  <si>
+    <t>03111027</t>
+  </si>
+  <si>
+    <t>05900001</t>
+  </si>
+  <si>
+    <t>Palladium</t>
+  </si>
+  <si>
+    <t>2572.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Крем»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03111030</t>
+  </si>
+  <si>
+    <t>62511-01</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
+    <t>Cream</t>
+  </si>
+  <si>
+    <t>3458.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Экспо»;сталь нерж.;,L=20,7см;металлич.</t>
+  </si>
+  <si>
+    <t>03111040</t>
+  </si>
+  <si>
+    <t>Expo Satinato</t>
+  </si>
+  <si>
+    <t>1872.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Линеа»;сталь нерж.;,L=21,1см;металлич.</t>
+  </si>
+  <si>
+    <t>03111041</t>
+  </si>
+  <si>
+    <t>52513-01</t>
+  </si>
+  <si>
+    <t>Sambonet</t>
+  </si>
+  <si>
+    <t>Linear</t>
+  </si>
+  <si>
+    <t>3404.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Галис»;сталь нерж.;,L=19,6см;металлич.</t>
+  </si>
+  <si>
+    <t>03111042</t>
+  </si>
+  <si>
+    <t>089X0001</t>
+  </si>
+  <si>
+    <t>Galles</t>
+  </si>
+  <si>
+    <t>871.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Ритц»;сталь нерж.;,L=20,8см;металлич.</t>
+  </si>
+  <si>
+    <t>03111043</t>
+  </si>
+  <si>
+    <t>Ritz</t>
+  </si>
+  <si>
+    <t>2364.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «X-LO»;сталь нерж.;,L=22см;металлич.</t>
+  </si>
+  <si>
+    <t>03111045</t>
+  </si>
+  <si>
+    <t>3090-2</t>
+  </si>
+  <si>
+    <t>X-LO</t>
+  </si>
+  <si>
+    <t>1779.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Гэтсби»;сталь нерж.</t>
+  </si>
+  <si>
+    <t>03111047</t>
+  </si>
+  <si>
+    <t>S083-1</t>
+  </si>
+  <si>
+    <t>Gatsby</t>
+  </si>
+  <si>
+    <t>623.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Штутгарт»;сталь нерж.;,L=21см;металлич.</t>
+  </si>
+  <si>
+    <t>03111048</t>
+  </si>
+  <si>
+    <t>Stuttgart</t>
+  </si>
+  <si>
+    <t>1756.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Лондон»;сталь нерж.;,L=19,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03111049</t>
+  </si>
+  <si>
+    <t>62615-01</t>
+  </si>
+  <si>
+    <t>4174.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Мэтр»;сталь нерж.;,L=20,8см;металлич.</t>
+  </si>
+  <si>
+    <t>03111051</t>
+  </si>
+  <si>
+    <t>Maitre</t>
+  </si>
+  <si>
+    <t>2511.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Свинг»;сталь нерж.;,L=20,8см;металлич.</t>
+  </si>
+  <si>
+    <t>03111052</t>
+  </si>
+  <si>
+    <t>08800001</t>
+  </si>
+  <si>
+    <t>Swing</t>
+  </si>
+  <si>
+    <t>3111.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Ивен»;сталь нерж.;,L=21см;металлич.</t>
+  </si>
+  <si>
+    <t>03111058</t>
+  </si>
+  <si>
+    <t>52537-01</t>
+  </si>
+  <si>
+    <t>Even</t>
+  </si>
+  <si>
+    <t>4697.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Бамбу»;сталь нерж.;,L=20,9см;металлич.</t>
+  </si>
+  <si>
+    <t>03111059</t>
+  </si>
+  <si>
+    <t>52519-01</t>
+  </si>
+  <si>
+    <t>Bamboo</t>
+  </si>
+  <si>
+    <t>11512.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Рубан Круазе»;сталь нерж.;,L=20,9см;металлич.</t>
+  </si>
+  <si>
+    <t>03111062</t>
+  </si>
+  <si>
+    <t>52523-01</t>
+  </si>
+  <si>
+    <t>Ruban Croise</t>
+  </si>
+  <si>
+    <t>3850.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Казали» состаренная;сталь нерж.;,L=195/65,B=40мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111063</t>
+  </si>
+  <si>
+    <t>Casali Stonewashed</t>
+  </si>
+  <si>
+    <t>4128.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Атлантис Бейсик»;сталь нерж.;,L=210,B=41мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111064</t>
+  </si>
+  <si>
+    <t>3011-2</t>
+  </si>
+  <si>
+    <t>Atlantis B</t>
+  </si>
+  <si>
+    <t>2595.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Профиль»;сталь нерж.;,H=25,L=205/60,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111065</t>
+  </si>
+  <si>
+    <t>H205-1</t>
+  </si>
+  <si>
+    <t>Kunstwerk</t>
+  </si>
+  <si>
+    <t>1841.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Саппоро бэйсик»;сталь нерж.;,L=197,B=43мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111066</t>
+  </si>
+  <si>
+    <t>S049-1</t>
+  </si>
+  <si>
+    <t>Sapporo/ S04</t>
+  </si>
+  <si>
+    <t>1631.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Оптима»;сталь нерж.;,L=187/60,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111067</t>
+  </si>
+  <si>
+    <t>S059-1</t>
+  </si>
+  <si>
+    <t>Optima</t>
+  </si>
+  <si>
+    <t>336.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Элит»;сталь нерж.;,L=210/65,B=40мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111069</t>
+  </si>
+  <si>
+    <t>D031-1</t>
+  </si>
+  <si>
+    <t>Elite</t>
+  </si>
+  <si>
+    <t>5061.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Киото»;сталь нерж.;,L=20/6,B=4см;металлич.</t>
+  </si>
+  <si>
+    <t>03111070</t>
+  </si>
+  <si>
+    <t>E006F/D018-1</t>
+  </si>
+  <si>
+    <t>Kyoto</t>
+  </si>
+  <si>
+    <t>2072.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Нова бэйсик»;сталь нерж.;,L=195,B=40мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111071</t>
+  </si>
+  <si>
+    <t>S105-1</t>
+  </si>
+  <si>
+    <t>Nova Basic</t>
+  </si>
+  <si>
+    <t>1141.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Багет бэйсик»;сталь нерж.;,L=205,B=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111072</t>
+  </si>
+  <si>
+    <t>Baguette Basic</t>
+  </si>
+  <si>
+    <t>2065.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Аляска бэйсик»;сталь нерж.;,L=205/60,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111073</t>
+  </si>
+  <si>
+    <t>Alaska Basic</t>
+  </si>
+  <si>
+    <t>1211.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Казали»;сталь нерж.;,L=19,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03111075</t>
+  </si>
+  <si>
+    <t>Casali</t>
+  </si>
+  <si>
+    <t>1879.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая;сталь нерж.,дерево;,L=20,5см;коричнев.,металлич.</t>
+  </si>
+  <si>
+    <t>03111076</t>
+  </si>
+  <si>
+    <t>Arcos</t>
+  </si>
+  <si>
+    <t>Cuchillos Mesa</t>
+  </si>
+  <si>
+    <t>ИСПАНИЯ</t>
+  </si>
+  <si>
+    <t>10003.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Ром»;сталь нерж.;,L=20,8см;металлич.</t>
+  </si>
+  <si>
+    <t>03111078</t>
+  </si>
+  <si>
+    <t>52546-01</t>
+  </si>
+  <si>
+    <t>Rome</t>
+  </si>
+  <si>
+    <t>5637.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Серфис»;сталь нерж.;,L=21см;металлич.</t>
+  </si>
+  <si>
+    <t>03111080</t>
+  </si>
+  <si>
+    <t>B0616454</t>
+  </si>
+  <si>
+    <t>Serax</t>
+  </si>
+  <si>
+    <t>Surface</t>
+  </si>
+  <si>
+    <t>8863.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Рустик»;сталь нерж.,пластик;,L=195/60,B=40мм;коричнев.,металлич.</t>
+  </si>
+  <si>
+    <t>03111081</t>
+  </si>
+  <si>
+    <t>8005-2</t>
+  </si>
+  <si>
+    <t>Rustic</t>
+  </si>
+  <si>
+    <t>4382.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Маартен Баас»;сталь нерж.;,L=20см;черный</t>
+  </si>
+  <si>
+    <t>03111089</t>
+  </si>
+  <si>
+    <t>V8016003B</t>
+  </si>
+  <si>
+    <t>Maarten Baas</t>
+  </si>
+  <si>
+    <t>21406.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Шарм» состаренная;сталь нерж.;,L=20см;металлич.</t>
+  </si>
+  <si>
+    <t>03111091</t>
+  </si>
+  <si>
+    <t>R5760F10144</t>
+  </si>
+  <si>
+    <t>Tognana</t>
+  </si>
+  <si>
+    <t>Charme</t>
+  </si>
+  <si>
+    <t>6869.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Диаз»;сталь нерж.;,L=210/75,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111114</t>
+  </si>
+  <si>
+    <t>T5102</t>
+  </si>
+  <si>
+    <t>Chef&amp;Sommelier</t>
+  </si>
+  <si>
+    <t>Diaz</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>7756.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Киа»;сталь нерж.;,L=210/70,B=5мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111116</t>
+  </si>
+  <si>
+    <t>T5402</t>
+  </si>
+  <si>
+    <t>Kya</t>
+  </si>
+  <si>
+    <t>3486.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Лаццо»;сталь нерж.;,L=210/70,B=5мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111118</t>
+  </si>
+  <si>
+    <t>T4702</t>
+  </si>
+  <si>
+    <t>Lazzo</t>
+  </si>
+  <si>
+    <t>9583.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Роял Пасифик»;,L=200/65,B=38мм</t>
+  </si>
+  <si>
+    <t>03111123</t>
+  </si>
+  <si>
+    <t>1.5.127.00.001</t>
+  </si>
+  <si>
+    <t>FORTES</t>
+  </si>
+  <si>
+    <t>6761.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Эко Багет»;сталь;,L=195/70,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111127</t>
+  </si>
+  <si>
+    <t>0280M001</t>
+  </si>
+  <si>
+    <t>1510.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Багет»;сталь нерж.;,L=20,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03111128</t>
+  </si>
+  <si>
+    <t>08300001</t>
+  </si>
+  <si>
+    <t>2788.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Миллениум»;сталь нерж.;,L=20,8см;металлич.</t>
+  </si>
+  <si>
+    <t>03111129</t>
+  </si>
+  <si>
+    <t>2834.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Романино»;сталь нерж.;,L=20,8см;металлич.</t>
+  </si>
+  <si>
+    <t>03111130</t>
+  </si>
+  <si>
+    <t>06500001</t>
+  </si>
+  <si>
+    <t>Romanino</t>
+  </si>
+  <si>
+    <t>2280.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Витториале»;сталь нерж.;,L=20,9см;металлич.</t>
+  </si>
+  <si>
+    <t>03111134</t>
+  </si>
+  <si>
+    <t>Vittoriale</t>
+  </si>
+  <si>
+    <t>3188.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Имэджин»;сталь нерж.;,L=21,6см;металлич.</t>
+  </si>
+  <si>
+    <t>03111151</t>
+  </si>
+  <si>
+    <t>52518-01</t>
+  </si>
+  <si>
+    <t>Imagine</t>
+  </si>
+  <si>
+    <t>10018.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Деко»;сталь нерж.;,L=20,5см;серебрист.</t>
+  </si>
+  <si>
+    <t>03111161</t>
+  </si>
+  <si>
+    <t>52503-01</t>
+  </si>
+  <si>
+    <t>Deco</t>
+  </si>
+  <si>
+    <t>3311.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Линеа Кью»;сталь нерж.;,L=20,4см;металлич.</t>
+  </si>
+  <si>
+    <t>03111166</t>
+  </si>
+  <si>
+    <t>52530-01</t>
+  </si>
+  <si>
+    <t>Linea Q</t>
+  </si>
+  <si>
+    <t>5845.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Аркада Бэйсик»;сталь нерж.;,L=20,B=4см;металлич.</t>
+  </si>
+  <si>
+    <t>03111183</t>
+  </si>
+  <si>
+    <t>Arcada Basic</t>
+  </si>
+  <si>
+    <t>2002.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Ансер Бэйсик»;сталь нерж.;,L=210,B=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111184</t>
+  </si>
+  <si>
+    <t>Anser Basic</t>
+  </si>
+  <si>
+    <t>1379.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Денвер»;сталь нерж.;,L=192,B=28мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111185</t>
+  </si>
+  <si>
+    <t>Denver Basic</t>
+  </si>
+  <si>
+    <t>1106.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Армед»;сталь нерж.,пластик;,L=200/55,B=40мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111186</t>
+  </si>
+  <si>
+    <t>100% Chef</t>
+  </si>
+  <si>
+    <t>Armed</t>
+  </si>
+  <si>
+    <t>4102.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Порто»;сталь нерж.;,L=195/60,B=38мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111189</t>
+  </si>
+  <si>
+    <t>E007F-1</t>
+  </si>
+  <si>
+    <t>Porto</t>
+  </si>
+  <si>
+    <t>2128.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Калипсо»;сталь нерж.;,H=22,L=200/65,B=40мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111190</t>
+  </si>
+  <si>
+    <t>E013F-1</t>
+  </si>
+  <si>
+    <t>Calypso</t>
+  </si>
+  <si>
+    <t>2492.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Гранд»;сталь нерж.;,L=210/70,B=42мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111191</t>
+  </si>
+  <si>
+    <t>E015F/E015P-1</t>
+  </si>
+  <si>
+    <t>Grand</t>
+  </si>
+  <si>
+    <t>2506.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Кингс Стэйнлесс Стил»;сталь нерж.;,L=20/8см;серебрист.</t>
+  </si>
+  <si>
+    <t>03111193</t>
+  </si>
+  <si>
+    <t>ZKIS0850</t>
+  </si>
+  <si>
+    <t>Arthur Price</t>
+  </si>
+  <si>
+    <t>Kings Stainless Steel</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
+  </si>
+  <si>
+    <t>5799.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Дрим»;сталь нерж.;,L=20,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03111194</t>
+  </si>
+  <si>
+    <t>52515-01</t>
+  </si>
+  <si>
+    <t>Dream</t>
+  </si>
+  <si>
+    <t>2857.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Бернини»;сталь нерж.;,L=20см;металлич.</t>
+  </si>
+  <si>
+    <t>03111195</t>
+  </si>
+  <si>
+    <t>Bernini</t>
+  </si>
+  <si>
+    <t>1848.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Витториале»;сталь нерж.;,L=20,6см;металлич.</t>
+  </si>
+  <si>
+    <t>03111197</t>
+  </si>
+  <si>
+    <t>Vittoriale S</t>
+  </si>
+  <si>
+    <t>4644.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Маартен Баас»;сталь нерж.;,L=20см;металлич.</t>
+  </si>
+  <si>
+    <t>03112820</t>
+  </si>
+  <si>
+    <t>V8016003</t>
+  </si>
+  <si>
+    <t>16448.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Маартен Баас»;сталь нерж.,медь;,L=20см;бронз.</t>
+  </si>
+  <si>
+    <t>03112821</t>
+  </si>
+  <si>
+    <t>V8016003C</t>
+  </si>
+  <si>
+    <t>31894.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Маартен Баас»;сталь нерж.,латунь;,L=20см;золотой</t>
+  </si>
+  <si>
+    <t>03112822</t>
+  </si>
+  <si>
+    <t>V8016003G</t>
+  </si>
+  <si>
+    <t>26265.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Койчи»;сталь нерж.;,L=19,1см;металлич.</t>
+  </si>
+  <si>
+    <t>03112823</t>
+  </si>
+  <si>
+    <t>V8016007</t>
+  </si>
+  <si>
+    <t>Koichi</t>
+  </si>
+  <si>
+    <t>30908.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Койчи»;сталь нерж.;,L=19,1см;черный</t>
+  </si>
+  <si>
+    <t>03112824</t>
+  </si>
+  <si>
+    <t>V8016007B</t>
+  </si>
+  <si>
+    <t>46501.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Койчи»;сталь нерж.,медь;,L=19,1см;бронз.</t>
+  </si>
+  <si>
+    <t>03112825</t>
+  </si>
+  <si>
+    <t>V8016007C</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Койчи»;сталь нерж.,латунь;,L=19,1см;золотой</t>
+  </si>
+  <si>
+    <t>03112826</t>
+  </si>
+  <si>
+    <t>V8016007G</t>
+  </si>
+  <si>
+    <t>40726.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Пьюр»;сталь нерж.;,L=209,B=42мм;антрацит</t>
+  </si>
+  <si>
+    <t>03112827</t>
+  </si>
+  <si>
+    <t>B1317003</t>
+  </si>
+  <si>
+    <t>Pure</t>
+  </si>
+  <si>
+    <t>7819.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая для людей с ограниченными возможностями;сталь нерж.;,L=180/55,B=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>03112830</t>
+  </si>
+  <si>
+    <t>AMEFA</t>
+  </si>
+  <si>
+    <t>5337.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая для правой руки для людей с ограниченными возможностями;сталь нерж.;,L=180/55,B=45мм;</t>
+  </si>
+  <si>
+    <t>03112831</t>
+  </si>
+  <si>
+    <t>Ложка столовая для левой руки для людей с ограниченными возможностями;сталь нерж.;,L=180/55,B=45мм;м</t>
+  </si>
+  <si>
+    <t>03112832</t>
+  </si>
+  <si>
+    <t>Ложка столовая для людей с ограниченными возможностями с шарообразной ручкой;сталь нерж.;,L=145/35,B</t>
+  </si>
+  <si>
+    <t>03112833</t>
+  </si>
+  <si>
+    <t>11219.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Блэк Оук»;сталь нерж.;,L=20,9см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>03112838</t>
+  </si>
+  <si>
+    <t>T9202</t>
+  </si>
+  <si>
+    <t>Black Oak</t>
+  </si>
+  <si>
+    <t>9359.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Сан Ремо»;хромоник. сталь;,L=20,9см;хромиров.</t>
+  </si>
+  <si>
+    <t>03112847</t>
+  </si>
+  <si>
+    <t>Sola</t>
+  </si>
+  <si>
+    <t>San Remo</t>
+  </si>
+  <si>
+    <t>ШВЕЙЦАРИЯ</t>
+  </si>
+  <si>
+    <t>8640.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Фиори»;хромоник. сталь;,L=20,6см;хромиров.</t>
+  </si>
+  <si>
+    <t>03112851</t>
+  </si>
+  <si>
+    <t>Fiori</t>
+  </si>
+  <si>
+    <t>6622.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Роял»;хромоник. сталь;,L=20,6см;хромиров.</t>
+  </si>
+  <si>
+    <t>03112852</t>
+  </si>
+  <si>
+    <t>Royal</t>
+  </si>
+  <si>
+    <t>7508.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Кубизм 21»;хромоник. сталь;,L=20,5см;хромиров.</t>
+  </si>
+  <si>
+    <t>03112857</t>
+  </si>
+  <si>
+    <t>Cubism 21</t>
+  </si>
+  <si>
+    <t>9633.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Бэйс»;сталь нерж.;,L=21,B=4см;металлич.</t>
+  </si>
+  <si>
+    <t>03112866</t>
+  </si>
+  <si>
+    <t>B1318101</t>
+  </si>
+  <si>
+    <t>Base</t>
+  </si>
+  <si>
+    <t>10157.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Саппоро бэйсик»;сталь нерж.;,L=19,7см;фиолет.,матовый</t>
+  </si>
+  <si>
+    <t>03112874</t>
+  </si>
+  <si>
+    <t>S049-1p</t>
+  </si>
+  <si>
+    <t>Sapporo</t>
+  </si>
+  <si>
+    <t>1939.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Саппоро бэйсик»;сталь нерж.;,L=19,7см;золотой,матовый</t>
+  </si>
+  <si>
+    <t>03112877</t>
+  </si>
+  <si>
+    <t>S049-1g</t>
+  </si>
+  <si>
+    <t>1813.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Саппоро бэйсик»;сталь нерж.;,L=19,7см;черный,матовый</t>
+  </si>
+  <si>
+    <t>03112881</t>
+  </si>
+  <si>
+    <t>S049-1b</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Паола»;сталь нерж.;,L=210,B=26мм;металлич.</t>
+  </si>
+  <si>
+    <t>03112884</t>
+  </si>
+  <si>
+    <t>B2217020</t>
+  </si>
+  <si>
+    <t>Paola</t>
+  </si>
+  <si>
+    <t>5198.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Багет винтаж»;сталь нерж.;,L=205,B=43мм;металлич.</t>
+  </si>
+  <si>
+    <t>03112885</t>
+  </si>
+  <si>
+    <t>52486-01</t>
+  </si>
+  <si>
+    <t>Baguette Vin</t>
+  </si>
+  <si>
+    <t>5775.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Фултон Винтаж Коппер» состаренная;сталь нерж.;,L=20,3см;медный</t>
+  </si>
+  <si>
+    <t>03112888</t>
+  </si>
+  <si>
+    <t>5735SX003</t>
+  </si>
+  <si>
+    <t>Steelite</t>
+  </si>
+  <si>
+    <t>Fulton Vintage Copper</t>
+  </si>
+  <si>
+    <t>3935.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Джио Понти»;сталь нерж.;,L=20,6см;металлич.</t>
+  </si>
+  <si>
+    <t>03112890</t>
+  </si>
+  <si>
+    <t>52560-01</t>
+  </si>
+  <si>
+    <t>Gio Ponti</t>
+  </si>
+  <si>
+    <t>6014.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Ханна антик»;сталь нерж.;,L=20,6см;металлич.</t>
+  </si>
+  <si>
+    <t>03112893</t>
+  </si>
+  <si>
+    <t>52620-01</t>
+  </si>
+  <si>
+    <t>Hannah Antiq</t>
+  </si>
+  <si>
+    <t>8147.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Филе Туара»;мельхиор,посеребрен.;,L=20,8см;серебрист.</t>
+  </si>
+  <si>
+    <t>03112895</t>
+  </si>
+  <si>
+    <t>52356-01</t>
+  </si>
+  <si>
+    <t>Filet Toiras</t>
+  </si>
+  <si>
+    <t>21052.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «MVS»;сталь нерж.;коричнев.</t>
+  </si>
+  <si>
+    <t>03112898</t>
+  </si>
+  <si>
+    <t>V8017016C</t>
+  </si>
+  <si>
+    <t>MVS</t>
+  </si>
+  <si>
+    <t>10188.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Трапе»;сталь нерж.;,L=20/7,B=4см;металлич.,металлич.</t>
+  </si>
+  <si>
+    <t>03112901</t>
+  </si>
+  <si>
+    <t>2004-2</t>
+  </si>
+  <si>
+    <t>Trapez</t>
+  </si>
+  <si>
+    <t>2719.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Дива»;сталь нерж.;,L=20,7см;серебрист.</t>
+  </si>
+  <si>
+    <t>03112902</t>
+  </si>
+  <si>
+    <t>1721-2</t>
+  </si>
+  <si>
+    <t>Diva</t>
+  </si>
+  <si>
+    <t>1209.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Версаль»;сталь нерж.;,L=20,7см;металлич.</t>
+  </si>
+  <si>
+    <t>03112907</t>
+  </si>
+  <si>
+    <t>JAY</t>
+  </si>
+  <si>
+    <t>Versalles</t>
+  </si>
+  <si>
+    <t>1263.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Эйч-арт ПВД Голд»;сталь нерж.;,L=20,9см;золотой</t>
+  </si>
+  <si>
+    <t>03112908</t>
+  </si>
+  <si>
+    <t>52727G01</t>
+  </si>
+  <si>
+    <t>H-Art PVD Gold</t>
+  </si>
+  <si>
+    <t>14238.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Твист блэк»;сталь нерж.;,L=21,2см;черный</t>
+  </si>
+  <si>
+    <t>03112909</t>
+  </si>
+  <si>
+    <t>52726B01</t>
+  </si>
+  <si>
+    <t>Twist Black</t>
+  </si>
+  <si>
+    <t>13044.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Анзо»;сталь нерж.;,L=21см;металлич.</t>
+  </si>
+  <si>
+    <t>03112922</t>
+  </si>
+  <si>
+    <t>1820-2</t>
+  </si>
+  <si>
+    <t>Anzo</t>
+  </si>
+  <si>
+    <t>4890.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Пьюр»;сталь нерж.;,L=209,B=42мм;металлич.,матовый</t>
+  </si>
+  <si>
+    <t>03112924</t>
+  </si>
+  <si>
+    <t>B1318003M</t>
+  </si>
+  <si>
+    <t>11150.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Дольче Вита»;сталь нерж.;,L=20,6см;металлич.</t>
+  </si>
+  <si>
+    <t>03112926</t>
+  </si>
+  <si>
+    <t>Mepra</t>
+  </si>
+  <si>
+    <t>11774.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Равенна»;сталь нерж.;,L=21,7см;серебрист.</t>
+  </si>
+  <si>
+    <t>03112938</t>
+  </si>
+  <si>
+    <t>1490-2</t>
+  </si>
+  <si>
+    <t>Ravenna</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Исео» 18/0;сталь нерж.;,L=21см;серебрист.</t>
+  </si>
+  <si>
+    <t>03112944</t>
+  </si>
+  <si>
+    <t>1570-2</t>
+  </si>
+  <si>
+    <t>Iseo Hammered</t>
+  </si>
+  <si>
+    <t>2110.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Гест стар»;сталь нерж.;,L=21,6см;металлич.</t>
+  </si>
+  <si>
+    <t>03113007</t>
+  </si>
+  <si>
+    <t>Guy Degrenne</t>
+  </si>
+  <si>
+    <t>Guest Star</t>
+  </si>
+  <si>
+    <t>7477.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Контур»;сталь нерж.;,L=20,1см;металлич.</t>
+  </si>
+  <si>
+    <t>03113011</t>
+  </si>
+  <si>
+    <t>52501-01</t>
+  </si>
+  <si>
+    <t>Contour</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Рубан»;сталь нерж.;,L=20,6см;металлич.</t>
+  </si>
+  <si>
+    <t>03113023</t>
+  </si>
+  <si>
+    <t>1640-2</t>
+  </si>
+  <si>
+    <t>Ruban</t>
+  </si>
+  <si>
+    <t>3273.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Шатле»;сталь нерж.;,L=20,7см;металлич.</t>
+  </si>
+  <si>
+    <t>03113027</t>
+  </si>
+  <si>
+    <t>1680-2</t>
+  </si>
+  <si>
+    <t>Chatelet</t>
+  </si>
+  <si>
+    <t>6930.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Контур»;сталь нерж.;,L=20,9см;металлич.</t>
+  </si>
+  <si>
+    <t>03113028</t>
+  </si>
+  <si>
+    <t>1800-2</t>
+  </si>
+  <si>
+    <t>3604.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Элеганс»;сталь нерж.;,L=19,4см;металлич.</t>
+  </si>
+  <si>
+    <t>03113029</t>
+  </si>
+  <si>
+    <t>966-2</t>
+  </si>
+  <si>
+    <t>Elegance</t>
+  </si>
+  <si>
+    <t>1725.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Артезия»;сталь нерж.;,L=21см;металлич.</t>
+  </si>
+  <si>
+    <t>03113030</t>
+  </si>
+  <si>
+    <t>983-2</t>
+  </si>
+  <si>
+    <t>Artesia</t>
+  </si>
+  <si>
+    <t>3866.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Хеи»;сталь нерж.;,L=20,4см;металлич.</t>
+  </si>
+  <si>
+    <t>03113033</t>
+  </si>
+  <si>
+    <t>B0719003B</t>
+  </si>
+  <si>
+    <t>Heii</t>
+  </si>
+  <si>
+    <t>16594.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Флэт Винтаж»;сталь нерж.;,L=20,4см;металлич.</t>
+  </si>
+  <si>
+    <t>03113040</t>
+  </si>
+  <si>
+    <t>62412-01</t>
+  </si>
+  <si>
+    <t>Flat Vintage</t>
+  </si>
+  <si>
+    <t>4189.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Силуэт М3»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>03113041</t>
+  </si>
+  <si>
+    <t>СБ20347</t>
+  </si>
+  <si>
+    <t>Nytva</t>
+  </si>
+  <si>
+    <t>Силуэт М3</t>
+  </si>
+  <si>
+    <t>339.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Боксис»;сталь нерж.;,L=204,B=44мм;металлич.</t>
+  </si>
+  <si>
+    <t>03113042</t>
+  </si>
+  <si>
+    <t>B1318202</t>
+  </si>
+  <si>
+    <t>Boxy`s</t>
+  </si>
+  <si>
+    <t>7392.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Пас-парту»;сталь нерж.;,L=20,4см;металлич.,матовый</t>
+  </si>
+  <si>
+    <t>03113043</t>
+  </si>
+  <si>
+    <t>B1318302</t>
+  </si>
+  <si>
+    <t>Passe-partout</t>
+  </si>
+  <si>
+    <t>7762.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Студио Недда» винтаж;сталь нерж.;,L=195,B=41мм;металлич.</t>
+  </si>
+  <si>
+    <t>03113044</t>
+  </si>
+  <si>
+    <t>B0718104SW</t>
+  </si>
+  <si>
+    <t>Studio Nedda</t>
+  </si>
+  <si>
+    <t>11581.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Перфект имперфекшн»;сталь нерж.;,L=205,B=47мм;металлич.</t>
+  </si>
+  <si>
+    <t>03113047</t>
+  </si>
+  <si>
+    <t>B0718222</t>
+  </si>
+  <si>
+    <t>Perfect Imperfection</t>
+  </si>
+  <si>
+    <t>12798.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Баобаб Сатин»;сталь нерж.;,L=20,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03113048</t>
+  </si>
+  <si>
+    <t>BBS 880003</t>
+  </si>
+  <si>
+    <t>Studio William</t>
+  </si>
+  <si>
+    <t>Baobab Satin</t>
+  </si>
+  <si>
+    <t>4520.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Бальса Миррор»;сталь нерж.;,L=21см;металлич.</t>
+  </si>
+  <si>
+    <t>03113049</t>
+  </si>
+  <si>
+    <t>BLM 880003</t>
+  </si>
+  <si>
+    <t>Balsa Mirror</t>
+  </si>
+  <si>
+    <t>5760.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Махогани Сатин»;сталь нерж.;,L=21см;металлич.</t>
+  </si>
+  <si>
+    <t>03113050</t>
+  </si>
+  <si>
+    <t>MHS 880003</t>
+  </si>
+  <si>
+    <t>Mahogany Satin</t>
+  </si>
+  <si>
+    <t>6807.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Фидл Винтаж Сатин»;сталь нерж.;,L=21см;металлич.,матовый</t>
+  </si>
+  <si>
+    <t>03113051</t>
+  </si>
+  <si>
+    <t>FDVS 880003</t>
+  </si>
+  <si>
+    <t>Charingworth</t>
+  </si>
+  <si>
+    <t>Fiddle Vitage Satin</t>
+  </si>
+  <si>
+    <t>10780.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Саппоро бэйсик»;сталь нерж.;,L=19,7см;роз. золото,матовый</t>
+  </si>
+  <si>
+    <t>03113052</t>
+  </si>
+  <si>
+    <t>S049-1r</t>
+  </si>
+  <si>
+    <t>1820.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Флэт»;сталь нерж.;,L=20,4см;золотой</t>
+  </si>
+  <si>
+    <t>03113053</t>
+  </si>
+  <si>
+    <t>62712G01</t>
+  </si>
+  <si>
+    <t>Flat</t>
+  </si>
+  <si>
+    <t>6915.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Линеа»;сталь нерж.;,L=21,1см;медный</t>
+  </si>
+  <si>
+    <t>03113054</t>
+  </si>
+  <si>
+    <t>52713C01</t>
+  </si>
+  <si>
+    <t>7970.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Линеа кью»;сталь нерж.;,L=20,4см;черный</t>
+  </si>
+  <si>
+    <t>03113055</t>
+  </si>
+  <si>
+    <t>52730B01</t>
+  </si>
+  <si>
+    <t>15778.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Флэт»;сталь нерж.;,L=20,4см;шампань</t>
+  </si>
+  <si>
+    <t>03113056</t>
+  </si>
+  <si>
+    <t>62712P01</t>
+  </si>
+  <si>
+    <t>7138.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Твист»;сталь нерж.;,L=20,9см;металлич.</t>
+  </si>
+  <si>
+    <t>03113058</t>
+  </si>
+  <si>
+    <t>11TWIS011</t>
+  </si>
+  <si>
+    <t>Twist</t>
+  </si>
+  <si>
+    <t>НИДЕРЛАНДЫ</t>
+  </si>
+  <si>
+    <t>8032.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Бали»;сталь нерж.;,L=20,6см;металлич.</t>
+  </si>
+  <si>
+    <t>03113059</t>
+  </si>
+  <si>
+    <t>11BALI011</t>
+  </si>
+  <si>
+    <t>Bali</t>
+  </si>
+  <si>
+    <t>3019.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Эрмитаж»;сталь нерж.;,L=21,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03113060</t>
+  </si>
+  <si>
+    <t>11HERM 011</t>
+  </si>
+  <si>
+    <t>Hermitage</t>
+  </si>
+  <si>
+    <t>3781.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Ит»;сталь нерж.;,L=20,1см;серебрист.</t>
+  </si>
+  <si>
+    <t>03113064</t>
+  </si>
+  <si>
+    <t>Eat</t>
+  </si>
+  <si>
+    <t>1063.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Пэлас Мартелатто»;сталь нерж.;,L=21см;серебрист.</t>
+  </si>
+  <si>
+    <t>03113065</t>
+  </si>
+  <si>
+    <t>Palace Martellato</t>
+  </si>
+  <si>
+    <t>3281.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Пэлас Мартеллато Трэжер Блэк»;сталь нерж.;,L=21см;черный</t>
+  </si>
+  <si>
+    <t>03113066</t>
+  </si>
+  <si>
+    <t>1TD00001</t>
+  </si>
+  <si>
+    <t>Palace Martellato Treasure Black</t>
+  </si>
+  <si>
+    <t>6684.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Привиледж»;сталь нерж.;,L=21см;серебрист.</t>
+  </si>
+  <si>
+    <t>03113067</t>
+  </si>
+  <si>
+    <t>05100001</t>
+  </si>
+  <si>
+    <t>Privilege</t>
+  </si>
+  <si>
+    <t>5152.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Пэлас Мартеллато Трэжер Хани»;сталь нерж.;,L=21см;золотой</t>
+  </si>
+  <si>
+    <t>03113068</t>
+  </si>
+  <si>
+    <t>1TG00001</t>
+  </si>
+  <si>
+    <t>Palace Martellato Treasure Honey</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Леонардо»;сталь нерж.;,L=20,8см;серебрист.</t>
+  </si>
+  <si>
+    <t>03113069</t>
+  </si>
+  <si>
+    <t>05000001</t>
+  </si>
+  <si>
+    <t>Leonardo</t>
+  </si>
+  <si>
+    <t>3150.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Тэма»;сталь нерж.;,L=19,6см;серебрист.</t>
+  </si>
+  <si>
+    <t>03113070</t>
+  </si>
+  <si>
+    <t>Tema</t>
+  </si>
+  <si>
+    <t>2418.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Тай»;сталь нерж.;,L=20см;серебрист.</t>
+  </si>
+  <si>
+    <t>03113071</t>
+  </si>
+  <si>
+    <t>Tie</t>
+  </si>
+  <si>
+    <t>2241.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Эрмитаж»;сталь нерж.;,L=20,4см;металлич.</t>
+  </si>
+  <si>
+    <t>03113072</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Пэлас Мартеллато Трэжер Грэй»;сталь нерж.;,L=21см;граф.</t>
+  </si>
+  <si>
+    <t>03113073</t>
+  </si>
+  <si>
+    <t>1TI00001</t>
+  </si>
+  <si>
+    <t>Palace Martellato Treasure Grey</t>
+  </si>
+  <si>
+    <t>9602.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Пэлас Мартеллато Трэжер Коппер»;сталь нерж.;,L=209/65,B=40мм;медный</t>
+  </si>
+  <si>
+    <t>03113074</t>
+  </si>
+  <si>
+    <t>1TH00001</t>
+  </si>
+  <si>
+    <t>Palace Martellato Treasure Copper</t>
+  </si>
+  <si>
+    <t>8393.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Лаццо Патина»;сталь нерж.;,L=21см;металлич.</t>
+  </si>
+  <si>
+    <t>03113075</t>
+  </si>
+  <si>
+    <t>T9302</t>
+  </si>
+  <si>
+    <t>Lazzo Patina</t>
+  </si>
+  <si>
+    <t>4333.00₸</t>
+  </si>
+  <si>
+    <t>Ложка столовая «Дистрест»;сталь нерж.;,L=20,3см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>03113078</t>
+  </si>
+  <si>
+    <t>5727SX003</t>
+  </si>
+  <si>
+    <t>Varick By Steelite</t>
+  </si>
+  <si>
+    <t>Distressed Briar</t>
+  </si>
+  <si>
+    <t>ИНДИЯ</t>
+  </si>
+  <si>
+    <t>6699.00₸</t>
+  </si>
+  <si>
     <t>более 50 шт.</t>
   </si>
   <si>
-    <t>Ложка столовая «Снейк»;сталь нерж.;,L=210/75,B=10мм;металлич.</t>
-[...2224 lines deleted...]
-  <si>
     <t>Ложка столовая «Мескана»;сталь нерж.;,L=21,4см;металлич.</t>
   </si>
   <si>
     <t>03113079</t>
   </si>
   <si>
     <t>56.1301.6040</t>
   </si>
   <si>
     <t>Mescana</t>
   </si>
   <si>
     <t>Ложка столовая «Эмоушен»;сталь нерж.;,L=21,2см;металлич.</t>
   </si>
   <si>
     <t>03113080</t>
   </si>
   <si>
     <t>01.0054.1010</t>
   </si>
   <si>
     <t>Emotion</t>
   </si>
   <si>
     <t>4921.00₸</t>
@@ -2759,51 +2741,51 @@
   <si>
     <t>03113081</t>
   </si>
   <si>
     <t>Gaya</t>
   </si>
   <si>
     <t>17456.00₸</t>
   </si>
   <si>
     <t>Ложка столовая «Гая»;сталь нерж.;,L=21,7см;серый</t>
   </si>
   <si>
     <t>03113083</t>
   </si>
   <si>
     <t>Ложка столовая «Монтевидео»;хромоник. сталь;,L=21,2см;хромиров.</t>
   </si>
   <si>
     <t>03113085</t>
   </si>
   <si>
     <t>Montevideo</t>
   </si>
   <si>
-    <t>5483.00₸</t>
+    <t>5621.00₸</t>
   </si>
   <si>
     <t>Ложка столовая «Адам»;хромоник. сталь;,L=20,2см;металлич.</t>
   </si>
   <si>
     <t>03113087</t>
   </si>
   <si>
     <t>Adam</t>
   </si>
   <si>
     <t>8925.00₸</t>
   </si>
   <si>
     <t>Ложка столовая «Бамбу»;сталь нерж.;,L=20,9см;шампань</t>
   </si>
   <si>
     <t>03113089</t>
   </si>
   <si>
     <t>52719P01</t>
   </si>
   <si>
     <t>14854.00₸</t>
   </si>
@@ -3317,50 +3299,53 @@
   <si>
     <t>LSYB013AX911001</t>
   </si>
   <si>
     <t>Le CoQ</t>
   </si>
   <si>
     <t>Sybaris</t>
   </si>
   <si>
     <t>Ложка столовая «Каллиполис»;сталь;,L=20см;металлич.</t>
   </si>
   <si>
     <t>03115117</t>
   </si>
   <si>
     <t>LKAL000AX911003</t>
   </si>
   <si>
     <t>Kallipolis</t>
   </si>
   <si>
     <t>5260.00₸</t>
   </si>
   <si>
+    <t>34 шт.</t>
+  </si>
+  <si>
     <t>Ложка столовая «Пируэт»;сталь нерж.;,L=18,1см;серебрист.</t>
   </si>
   <si>
     <t>03151311</t>
   </si>
   <si>
     <t>5732SX002</t>
   </si>
   <si>
     <t>Pirouette</t>
   </si>
   <si>
     <t>Ложка столовая «Пируэт»;сталь нерж.;,L=20см;серебрист.</t>
   </si>
   <si>
     <t>03151312</t>
   </si>
   <si>
     <t>5732SX003</t>
   </si>
   <si>
     <t>4905.00₸</t>
   </si>
   <si>
     <t>Ложка столовая можжевельник;,L=17см;коричнев.</t>
@@ -3371,51 +3356,51 @@
   <si>
     <t>4466.00₸</t>
   </si>
   <si>
     <t>Ложка столовая можжевельник;,L=22см;коричнев.</t>
   </si>
   <si>
     <t>04110798</t>
   </si>
   <si>
     <t>7654.00₸</t>
   </si>
   <si>
     <t>Ложка столовая «Филет»;сталь нерж.;,L=215/70,B=30мм;металлич.</t>
   </si>
   <si>
     <t>09100962</t>
   </si>
   <si>
     <t>05400001</t>
   </si>
   <si>
     <t>Filet</t>
   </si>
   <si>
-    <t>2826.00₸</t>
+    <t>2896.00₸</t>
   </si>
   <si>
     <t>21 шт.</t>
   </si>
   <si>
     <t>Ложка столовая «Флоу»;сталь;,L=208,B=41мм;металлич.</t>
   </si>
   <si>
     <t>03112950</t>
   </si>
   <si>
     <t>E233F-1</t>
   </si>
   <si>
     <t>Flow</t>
   </si>
   <si>
     <t>2401.00₸</t>
   </si>
   <si>
     <t>Ложка столовая «Хаником»;сталь;,L=207,B=42мм;металлич.</t>
   </si>
   <si>
     <t>03112951</t>
   </si>
@@ -3556,51 +3541,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51C0ACA5-2C13-11EB-BBDF-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1434866F-E3D5-11EB-BBF2-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0DC27CE1-E3D5-11EB-BBF2-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D667D6A-424B-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F792CDC-424B-11E8-A155-00259035BB675.gif"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/962CC83D-424B-11E8-A155-00259035BB676.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A82CF065-424B-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC497C66-424B-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0DC27CDE-E3D5-11EB-BBF2-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8403B21-424B-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE3F1D1A-424B-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6535D87-424B-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/335836D7-21D6-11EF-BC47-00505692C44713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C762C1E-424C-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/326E574A-424C-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44993A10-424C-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0DC27CE2-E3D5-11EB-BBF2-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74E919E5-424C-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0DC27CE0-E3D5-11EB-BBF2-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EFD0D83-424C-11E8-A155-00259035BB6720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EFD0D96-424C-11E8-A155-00259035BB6721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14348670-E3D5-11EB-BBF2-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1434866E-E3D5-11EB-BBF2-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F977C2-424D-11E8-A155-00259035BB6724.gif"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10FF5238-424D-11E8-A155-00259035BB6725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16FF6C73-424D-11E8-A155-00259035BB6726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16FF6C83-424D-11E8-A155-00259035BB6727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14348672-E3D5-11EB-BBF2-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59041216-424D-11E8-A155-00259035BB6729.gif"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5EFEFC09-424D-11E8-A155-00259035BB6730.gif"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7097199-424D-11E8-A155-00259035BB6731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D70971A2-424D-11E8-A155-00259035BB6732.gif"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E313E03A-424D-11E8-A155-00259035BB6733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF0A9EF2-424D-11E8-A155-00259035BB6734.gif"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF0A9EF9-424D-11E8-A155-00259035BB6735.gif"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07027D09-424E-11E8-A155-00259035BB6736.gif"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93727BFD-F94B-11EB-BBF2-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250460E1-424E-11E8-A155-00259035BB6738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0DC27CDD-E3D5-11EB-BBF2-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A91A07D8-424E-11E8-A155-00259035BB6740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB221FA9-424E-11E8-A155-00259035BB6741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C72D9F5B-424E-11E8-A155-00259035BB6742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CD2C0C5A-424E-11E8-A155-00259035BB6743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153BC8DB-424F-11E8-A155-00259035BB6744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D47CB9C-424F-11E8-A155-00259035BB6745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341CB8D-424F-11E8-A155-00259035BB6746.gif"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/393FC2E9-424F-11E8-A155-00259035BB6747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87768426-424F-11E8-A155-00259035BB6748.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D314EF6-AEC9-11EE-BC40-00505692492F49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42066B11-4250-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E0B443C-4250-11E8-A155-00259035BB6751.gif"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C245665E-104B-11EA-BBC6-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/813C2F8C-AEC9-11EE-BC40-00505692492F53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26D93626-EA58-11EB-BBF2-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3009BB04-0731-11EB-BBDB-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16250FBA-4252-11E8-A155-00259035BB6756.gif"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/463992D4-4252-11E8-A155-00259035BB6757.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52309F9B-4252-11E8-A155-00259035BB6758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52309FCB-4252-11E8-A155-00259035BB6759.gif"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C434E01A-4252-11E8-A155-00259035BB6760.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3009BB08-0731-11EB-BBDB-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E5C453F-4253-11E8-A155-00259035BB6762.gif"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87346EDA-AEC9-11EE-BC40-00505692492F63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/813C26E5-AEC9-11EE-BC40-00505692492F64.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1434866D-E3D5-11EB-BBF2-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14348671-E3D5-11EB-BBF2-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A756A40-4253-11E8-A155-00259035BB6767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A756A4B-4253-11E8-A155-00259035BB6768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A756A53-4253-11E8-A155-00259035BB6769.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C70FE59-4253-11E8-A155-00259035BB6770.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C70FE60-4253-11E8-A155-00259035BB6771.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C70FE65-4253-11E8-A155-00259035BB6772.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C70FE6C-4253-11E8-A155-00259035BB6773.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C70FE76-4253-11E8-A155-00259035BB6774.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/787A5B35-4253-11E8-A155-00259035BB6775.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E90A9083-8628-11EF-BC4E-00505692C44776.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/540DE75F-8149-11E9-BBBA-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93727BFC-F94B-11EB-BBF2-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/389E2AB8-4254-11E8-A155-00259035BB6779.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42C2F5F0-F162-11EB-BBF2-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B4AC224-F162-11EB-BBF2-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1EE4500-424F-11E8-A155-00259035BB6782.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1EE4505-424F-11E8-A155-00259035BB6783.gif"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1EE450A-424F-11E8-A155-00259035BB6784.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0DC27CDF-E3D5-11EB-BBF2-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE0B5457-4250-11E8-A155-00259035BB6786.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE0B546C-4250-11E8-A155-00259035BB6787.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE0B5473-4250-11E8-A155-00259035BB6788.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B4055427-4250-11E8-A155-00259035BB6789.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA0806AA-4250-11E8-A155-00259035BB6790.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87346568-AEC9-11EE-BC40-00505692492F91.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87346CB7-AEC9-11EE-BC40-00505692492F92.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8734557C-AEC9-11EE-BC40-00505692492F93.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F078E9A4-4253-11E8-A155-00259035BB6794.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F078E9AB-4253-11E8-A155-00259035BB6795.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F078E9B3-4253-11E8-A155-00259035BB6796.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/268E4A85-4254-11E8-A155-00259035BB6797.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329BED3D-4254-11E8-A155-00259035BB6798.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329BED45-4254-11E8-A155-00259035BB6799.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329BED4C-4254-11E8-A155-00259035BB67100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EA4ADE1-4254-11E8-A155-00259035BB67101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FCC1C40-2342-11EA-BBC7-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F46FF6C-0731-11EB-BBDB-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26D93628-EA58-11EB-BBF2-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42C2F5F1-F162-11EB-BBF2-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4AC254F-4254-11E8-A155-00259035BB67106.gif"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4AC2550-4254-11E8-A155-00259035BB67107.gif"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/492BFF18-F162-11EB-BBF2-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42C2F5F4-F162-11EB-BBF2-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/492BFF16-F162-11EB-BBF2-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/492BFF17-F162-11EB-BBF2-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42C2F5EC-F162-11EB-BBF2-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B4AC220-F162-11EB-BBF2-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B4AC21F-F162-11EB-BBF2-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B4AC223-F162-11EB-BBF2-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B4AC221-F162-11EB-BBF2-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B4AC21E-F162-11EB-BBF2-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00D1AAF-7258-11EC-BBF7-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00D1AAE-7258-11EC-BBF7-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00D1AAD-7258-11EC-BBF7-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19A918CF-764E-11EC-BBF7-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D640922D-814A-11E9-BBBA-005056921CC4122.gif"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7847F41-1516-11EA-BBC6-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7847F42-1516-11EA-BBC6-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6078BDAF-814B-11E9-BBBA-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42C2F5EF-F162-11EB-BBF2-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21F2F51F-2342-11EA-BBC7-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49764B32-28C2-11EA-BBCA-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21F2F520-2342-11EA-BBC7-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21F2F521-2342-11EA-BBC7-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B4AC226-F162-11EB-BBF2-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/209198A6-EA58-11EB-BBF2-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC11DB78-814B-11E9-BBBA-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC11DB7C-814B-11E9-BBBA-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F842CDC5-814B-11E9-BBBA-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21F2F522-2342-11EA-BBC7-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B4AC227-F162-11EB-BBF2-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44BBA8A6-814C-11E9-BBBA-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42C2F5EB-F162-11EB-BBF2-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/492BFF19-F162-11EB-BBF2-005056921CC4140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E34F08BA-2A7C-11EF-BC52-00505692E2D0141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E34F095A-2A7C-11EF-BC52-00505692E2D0142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/209198A8-EA58-11EB-BBF2-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42C2F5F3-F162-11EB-BBF2-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4EEC9322-6EA1-11EF-BC53-00505692E2D0145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07434A91-1B45-11EA-BBC6-005056921CC4146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33583777-21D6-11EF-BC47-00505692C447147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21F2F524-2342-11EA-BBC7-005056921CC4148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26D9361E-EA58-11EB-BBF2-005056921CC4149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/492BFF1A-F162-11EB-BBF2-005056921CC4150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42C2F5EE-F162-11EB-BBF2-005056921CC4151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42C2F5E8-F162-11EB-BBF2-005056921CC4152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42C2F5ED-F162-11EB-BBF2-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0DF9DF9E-0558-11EA-BBC6-005056921CC4154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/188BF785-0558-11EA-BBC6-005056921CC4155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/251C48D5-0558-11EA-BBC6-005056921CC4156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/306ABC25-0558-11EA-BBC6-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7847F44-1516-11EA-BBC6-005056921CC4158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21F2F525-2342-11EA-BBC7-005056921CC4159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21F2F526-2342-11EA-BBC7-005056921CC4160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21F2F527-2342-11EA-BBC7-005056921CC4161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21F2F528-2342-11EA-BBC7-005056921CC4162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74877882-69FB-11EA-BBCF-005056921CC4163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08774355-0D46-11EA-BBC6-005056921CC4164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/106B639B-0D46-11EA-BBC6-005056921CC4165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6DF3396E-30CA-11EB-BBDF-005056921CC4166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6DF3396F-30CA-11EB-BBDF-005056921CC4167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6DF33970-30CA-11EB-BBDF-005056921CC4168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3312562C-0732-11EB-BBDB-005056921CC4169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6DF33971-30CA-11EB-BBDF-005056921CC4170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3312562D-0732-11EB-BBDB-005056921CC4171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3312562E-0732-11EB-BBDB-005056921CC4172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3312562F-0732-11EB-BBDB-005056921CC4173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33125630-0732-11EB-BBDB-005056921CC4174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7437C8E2-30CA-11EB-BBDF-005056921CC4175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7437C8E3-30CA-11EB-BBDF-005056921CC4176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42C2F5F2-F162-11EB-BBF2-005056921CC4177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1065B918-294D-11EC-BBF4-005056921CC4178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D9353803-4768-11EA-BBCE-005056921CC4179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D9353804-4768-11EA-BBCE-005056921CC4180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74877884-69FB-11EA-BBCF-005056921CC4181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74877886-69FB-11EA-BBCF-005056921CC4182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19A918CE-764E-11EC-BBF7-005056921CC4183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C4AC824-191E-11EF-BC3F-0050569297EB184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D9353805-4768-11EA-BBCE-005056921CC4185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F4846EE-F162-11EB-BBF2-005056921CC4186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7858F38B-2C13-11EB-BBDF-005056921CC4187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/319F8C02-753E-11EF-BC4D-00505692C447188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7858F38E-2C13-11EB-BBDF-005056921CC4189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10044326-67A0-11EA-BBCF-005056921CC4190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10044327-67A0-11EA-BBCF-005056921CC4191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3686DF8-7BA4-11EC-BBF7-005056921CC4192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFD563B2-925C-11EB-BBEF-005056921CC4193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4BC1597-55BF-11EB-BBE0-005056921CC4194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6265AF0-7258-11EC-BBF7-005056921CC4195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/326616E6-0D97-11EC-BBF2-005056921CC4196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00D1AAA-7258-11EC-BBF7-005056921CC4197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00D1AA9-7258-11EC-BBF7-005056921CC4198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00D1AA8-7258-11EC-BBF7-005056921CC4199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E9B103E8-7258-11EC-BBF7-005056921CC4200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E9B103E7-7258-11EC-BBF7-005056921CC4201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E9B103E6-7258-11EC-BBF7-005056921CC4202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E9B103E5-7258-11EC-BBF7-005056921CC4203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E9B103E4-7258-11EC-BBF7-005056921CC4204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E9B103E3-7258-11EC-BBF7-005056921CC4205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E9B103E2-7258-11EC-BBF7-005056921CC4206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE999D25-44CB-11ED-BC00-005056921CC4207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE999D27-44CB-11ED-BC00-005056921CC4208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE999D24-44CB-11ED-BC00-005056921CC4209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B113345E-40EF-11ED-BBFF-005056921CC4210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1133463-40EF-11ED-BBFF-005056921CC4211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1133452-40EF-11ED-BBFF-005056921CC4212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AB08C7F4-40EF-11ED-BBFF-005056921CC4213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1133459-40EF-11ED-BBFF-005056921CC4214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1396F51F-1E4C-11EC-BBF2-005056921CC4215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2BD84738-0D97-11EC-BBF2-005056921CC4216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6265AF2-7258-11EC-BBF7-005056921CC4217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6265AF4-7258-11EC-BBF7-005056921CC4218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F594343E-94BA-11EC-BBF8-005056921CC4219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3B258C5-ACA4-11ED-BC04-005056921CC4220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3646B35A-191E-11EF-BC3F-0050569297EB221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ED7B3864-E9CA-11ED-BC09-005056921CC4222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/813C1F3D-AEC9-11EE-BC40-00505692492F223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87345DC0-AEC9-11EE-BC40-00505692492F224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05885451-FCA4-11EC-BBFA-005056921CC4225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF521C10-FCA3-11EC-BBFA-005056921CC4226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C47DBBEC-FBB1-11ED-BC09-005056921CC4227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C47DBB28-FBB1-11ED-BC09-005056921CC4228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5DDAB62A-073D-11EB-BBDB-005056921CC4229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F60A575-8CA6-11EF-BC57-00505692E049230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F60A444-8CA6-11EF-BC57-00505692E049231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A4E1CCB-071C-11F0-BC57-00505692E049232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A4E1DA2-071C-11F0-BC57-00505692E049233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F60A655-8CA6-11EF-BC57-00505692E049234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6696BEF9-9390-11EF-BC4E-00505692C447235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4533553D-5CD4-11F0-BC49-0050569297EB236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F6E0235-731D-11F0-BC56-00505692E2D0237.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51C0ACA5-2C13-11EB-BBDF-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1434866F-E3D5-11EB-BBF2-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0DC27CE1-E3D5-11EB-BBF2-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D667D6A-424B-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F792CDC-424B-11E8-A155-00259035BB675.gif"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/962CC83D-424B-11E8-A155-00259035BB676.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A82CF065-424B-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC497C66-424B-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0DC27CDE-E3D5-11EB-BBF2-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8403B21-424B-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE3F1D1A-424B-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6535D87-424B-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/335836D7-21D6-11EF-BC47-00505692C44713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C762C1E-424C-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/326E574A-424C-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44993A10-424C-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0DC27CE2-E3D5-11EB-BBF2-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74E919E5-424C-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0DC27CE0-E3D5-11EB-BBF2-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EFD0D83-424C-11E8-A155-00259035BB6720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EFD0D96-424C-11E8-A155-00259035BB6721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14348670-E3D5-11EB-BBF2-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1434866E-E3D5-11EB-BBF2-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F977C2-424D-11E8-A155-00259035BB6724.gif"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10FF5238-424D-11E8-A155-00259035BB6725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16FF6C73-424D-11E8-A155-00259035BB6726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16FF6C83-424D-11E8-A155-00259035BB6727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14348672-E3D5-11EB-BBF2-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59041216-424D-11E8-A155-00259035BB6729.gif"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5EFEFC09-424D-11E8-A155-00259035BB6730.gif"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7097199-424D-11E8-A155-00259035BB6731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D70971A2-424D-11E8-A155-00259035BB6732.gif"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E313E03A-424D-11E8-A155-00259035BB6733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF0A9EF2-424D-11E8-A155-00259035BB6734.gif"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF0A9EF9-424D-11E8-A155-00259035BB6735.gif"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07027D09-424E-11E8-A155-00259035BB6736.gif"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93727BFD-F94B-11EB-BBF2-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250460E1-424E-11E8-A155-00259035BB6738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0DC27CDD-E3D5-11EB-BBF2-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A91A07D8-424E-11E8-A155-00259035BB6740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB221FA9-424E-11E8-A155-00259035BB6741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C72D9F5B-424E-11E8-A155-00259035BB6742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CD2C0C5A-424E-11E8-A155-00259035BB6743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153BC8DB-424F-11E8-A155-00259035BB6744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D47CB9C-424F-11E8-A155-00259035BB6745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341CB8D-424F-11E8-A155-00259035BB6746.gif"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/393FC2E9-424F-11E8-A155-00259035BB6747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87768426-424F-11E8-A155-00259035BB6748.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D314EF6-AEC9-11EE-BC40-00505692492F49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42066B11-4250-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E0B443C-4250-11E8-A155-00259035BB6751.gif"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C245665E-104B-11EA-BBC6-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/813C2F8C-AEC9-11EE-BC40-00505692492F53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26D93626-EA58-11EB-BBF2-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3009BB04-0731-11EB-BBDB-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16250FBA-4252-11E8-A155-00259035BB6756.gif"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/463992D4-4252-11E8-A155-00259035BB6757.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52309F9B-4252-11E8-A155-00259035BB6758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52309FCB-4252-11E8-A155-00259035BB6759.gif"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C434E01A-4252-11E8-A155-00259035BB6760.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3009BB08-0731-11EB-BBDB-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E5C453F-4253-11E8-A155-00259035BB6762.gif"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87346EDA-AEC9-11EE-BC40-00505692492F63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/813C26E5-AEC9-11EE-BC40-00505692492F64.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1434866D-E3D5-11EB-BBF2-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14348671-E3D5-11EB-BBF2-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A756A40-4253-11E8-A155-00259035BB6767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A756A4B-4253-11E8-A155-00259035BB6768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A756A53-4253-11E8-A155-00259035BB6769.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C70FE59-4253-11E8-A155-00259035BB6770.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C70FE60-4253-11E8-A155-00259035BB6771.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C70FE65-4253-11E8-A155-00259035BB6772.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C70FE6C-4253-11E8-A155-00259035BB6773.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C70FE76-4253-11E8-A155-00259035BB6774.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/787A5B35-4253-11E8-A155-00259035BB6775.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E90A9083-8628-11EF-BC4E-00505692C44776.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/540DE75F-8149-11E9-BBBA-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93727BFC-F94B-11EB-BBF2-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/389E2AB8-4254-11E8-A155-00259035BB6779.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42C2F5F0-F162-11EB-BBF2-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B4AC224-F162-11EB-BBF2-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1EE4500-424F-11E8-A155-00259035BB6782.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1EE4505-424F-11E8-A155-00259035BB6783.gif"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1EE450A-424F-11E8-A155-00259035BB6784.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0DC27CDF-E3D5-11EB-BBF2-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE0B5457-4250-11E8-A155-00259035BB6786.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE0B546C-4250-11E8-A155-00259035BB6787.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE0B5473-4250-11E8-A155-00259035BB6788.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B4055427-4250-11E8-A155-00259035BB6789.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA0806AA-4250-11E8-A155-00259035BB6790.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87346568-AEC9-11EE-BC40-00505692492F91.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87346CB7-AEC9-11EE-BC40-00505692492F92.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8734557C-AEC9-11EE-BC40-00505692492F93.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F078E9A4-4253-11E8-A155-00259035BB6794.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F078E9AB-4253-11E8-A155-00259035BB6795.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F078E9B3-4253-11E8-A155-00259035BB6796.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/268E4A85-4254-11E8-A155-00259035BB6797.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329BED3D-4254-11E8-A155-00259035BB6798.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329BED45-4254-11E8-A155-00259035BB6799.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329BED4C-4254-11E8-A155-00259035BB67100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EA4ADE1-4254-11E8-A155-00259035BB67101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FCC1C40-2342-11EA-BBC7-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F46FF6C-0731-11EB-BBDB-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26D93628-EA58-11EB-BBF2-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42C2F5F1-F162-11EB-BBF2-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4AC254F-4254-11E8-A155-00259035BB67106.gif"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4AC2550-4254-11E8-A155-00259035BB67107.gif"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/492BFF18-F162-11EB-BBF2-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42C2F5F4-F162-11EB-BBF2-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/492BFF16-F162-11EB-BBF2-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/492BFF17-F162-11EB-BBF2-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42C2F5EC-F162-11EB-BBF2-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B4AC220-F162-11EB-BBF2-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B4AC21F-F162-11EB-BBF2-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B4AC223-F162-11EB-BBF2-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B4AC221-F162-11EB-BBF2-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B4AC21E-F162-11EB-BBF2-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00D1AAF-7258-11EC-BBF7-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00D1AAE-7258-11EC-BBF7-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00D1AAD-7258-11EC-BBF7-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19A918CF-764E-11EC-BBF7-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D640922D-814A-11E9-BBBA-005056921CC4122.gif"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7847F41-1516-11EA-BBC6-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7847F42-1516-11EA-BBC6-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6078BDAF-814B-11E9-BBBA-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42C2F5EF-F162-11EB-BBF2-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21F2F51F-2342-11EA-BBC7-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49764B32-28C2-11EA-BBCA-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21F2F520-2342-11EA-BBC7-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21F2F521-2342-11EA-BBC7-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B4AC226-F162-11EB-BBF2-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/209198A6-EA58-11EB-BBF2-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC11DB78-814B-11E9-BBBA-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC11DB7C-814B-11E9-BBBA-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F842CDC5-814B-11E9-BBBA-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21F2F522-2342-11EA-BBC7-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B4AC227-F162-11EB-BBF2-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44BBA8A6-814C-11E9-BBBA-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42C2F5EB-F162-11EB-BBF2-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/492BFF19-F162-11EB-BBF2-005056921CC4140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E34F08BA-2A7C-11EF-BC52-00505692E2D0141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E34F095A-2A7C-11EF-BC52-00505692E2D0142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/209198A8-EA58-11EB-BBF2-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42C2F5F3-F162-11EB-BBF2-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4EEC9322-6EA1-11EF-BC53-00505692E2D0145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07434A91-1B45-11EA-BBC6-005056921CC4146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21F2F524-2342-11EA-BBC7-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26D9361E-EA58-11EB-BBF2-005056921CC4148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/492BFF1A-F162-11EB-BBF2-005056921CC4149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42C2F5EE-F162-11EB-BBF2-005056921CC4150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42C2F5E8-F162-11EB-BBF2-005056921CC4151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42C2F5ED-F162-11EB-BBF2-005056921CC4152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0DF9DF9E-0558-11EA-BBC6-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/188BF785-0558-11EA-BBC6-005056921CC4154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/251C48D5-0558-11EA-BBC6-005056921CC4155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/306ABC25-0558-11EA-BBC6-005056921CC4156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7847F44-1516-11EA-BBC6-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21F2F525-2342-11EA-BBC7-005056921CC4158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21F2F526-2342-11EA-BBC7-005056921CC4159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21F2F527-2342-11EA-BBC7-005056921CC4160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21F2F528-2342-11EA-BBC7-005056921CC4161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74877882-69FB-11EA-BBCF-005056921CC4162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08774355-0D46-11EA-BBC6-005056921CC4163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/106B639B-0D46-11EA-BBC6-005056921CC4164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6DF3396E-30CA-11EB-BBDF-005056921CC4165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6DF3396F-30CA-11EB-BBDF-005056921CC4166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6DF33970-30CA-11EB-BBDF-005056921CC4167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3312562C-0732-11EB-BBDB-005056921CC4168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6DF33971-30CA-11EB-BBDF-005056921CC4169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3312562D-0732-11EB-BBDB-005056921CC4170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3312562E-0732-11EB-BBDB-005056921CC4171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3312562F-0732-11EB-BBDB-005056921CC4172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33125630-0732-11EB-BBDB-005056921CC4173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7437C8E2-30CA-11EB-BBDF-005056921CC4174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7437C8E3-30CA-11EB-BBDF-005056921CC4175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42C2F5F2-F162-11EB-BBF2-005056921CC4176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1065B918-294D-11EC-BBF4-005056921CC4177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D9353803-4768-11EA-BBCE-005056921CC4178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D9353804-4768-11EA-BBCE-005056921CC4179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74877884-69FB-11EA-BBCF-005056921CC4180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74877886-69FB-11EA-BBCF-005056921CC4181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19A918CE-764E-11EC-BBF7-005056921CC4182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C4AC824-191E-11EF-BC3F-0050569297EB183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D9353805-4768-11EA-BBCE-005056921CC4184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F4846EE-F162-11EB-BBF2-005056921CC4185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7858F38B-2C13-11EB-BBDF-005056921CC4186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/319F8C02-753E-11EF-BC4D-00505692C447187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7858F38E-2C13-11EB-BBDF-005056921CC4188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10044326-67A0-11EA-BBCF-005056921CC4189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10044327-67A0-11EA-BBCF-005056921CC4190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3686DF8-7BA4-11EC-BBF7-005056921CC4191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFD563B2-925C-11EB-BBEF-005056921CC4192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4BC1597-55BF-11EB-BBE0-005056921CC4193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6265AF0-7258-11EC-BBF7-005056921CC4194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/326616E6-0D97-11EC-BBF2-005056921CC4195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00D1AAA-7258-11EC-BBF7-005056921CC4196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00D1AA9-7258-11EC-BBF7-005056921CC4197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00D1AA8-7258-11EC-BBF7-005056921CC4198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E9B103E8-7258-11EC-BBF7-005056921CC4199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E9B103E7-7258-11EC-BBF7-005056921CC4200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E9B103E6-7258-11EC-BBF7-005056921CC4201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E9B103E5-7258-11EC-BBF7-005056921CC4202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E9B103E4-7258-11EC-BBF7-005056921CC4203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E9B103E3-7258-11EC-BBF7-005056921CC4204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E9B103E2-7258-11EC-BBF7-005056921CC4205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE999D25-44CB-11ED-BC00-005056921CC4206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE999D27-44CB-11ED-BC00-005056921CC4207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE999D24-44CB-11ED-BC00-005056921CC4208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B113345E-40EF-11ED-BBFF-005056921CC4209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1133463-40EF-11ED-BBFF-005056921CC4210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1133452-40EF-11ED-BBFF-005056921CC4211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AB08C7F4-40EF-11ED-BBFF-005056921CC4212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1133459-40EF-11ED-BBFF-005056921CC4213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1396F51F-1E4C-11EC-BBF2-005056921CC4214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2BD84738-0D97-11EC-BBF2-005056921CC4215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6265AF2-7258-11EC-BBF7-005056921CC4216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6265AF4-7258-11EC-BBF7-005056921CC4217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F594343E-94BA-11EC-BBF8-005056921CC4218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3B258C5-ACA4-11ED-BC04-005056921CC4219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3646B35A-191E-11EF-BC3F-0050569297EB220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ED7B3864-E9CA-11ED-BC09-005056921CC4221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/813C1F3D-AEC9-11EE-BC40-00505692492F222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87345DC0-AEC9-11EE-BC40-00505692492F223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05885451-FCA4-11EC-BBFA-005056921CC4224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF521C10-FCA3-11EC-BBFA-005056921CC4225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C47DBBEC-FBB1-11ED-BC09-005056921CC4226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C47DBB28-FBB1-11ED-BC09-005056921CC4227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5DDAB62A-073D-11EB-BBDB-005056921CC4228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F60A575-8CA6-11EF-BC57-00505692E049229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F60A444-8CA6-11EF-BC57-00505692E049230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A4E1CCB-071C-11F0-BC57-00505692E049231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A4E1DA2-071C-11F0-BC57-00505692E049232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F60A655-8CA6-11EF-BC57-00505692E049233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6696BEF9-9390-11EF-BC4E-00505692C447234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4533553D-5CD4-11F0-BC49-0050569297EB235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F6E0235-731D-11F0-BC56-00505692E2D0236.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -10628,80 +10613,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>240</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="236" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId236"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId237"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -10960,62 +10915,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-broggi-03014005/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-trud-03110101/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pavlov-03110105/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03110110/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-fch-03110118/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03110124/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03110125/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-s-derevruchkoy-tramontina-03110129/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-trud-03110130/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03110131/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03110132/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03110135/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03110136/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03110142/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03110144/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03110146/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-trud-03110152/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03110153/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03110157/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03110164/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03110167/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03110169/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03110173/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03110179/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03110182/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03110184/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03110186/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03110188/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-hepp-03110193/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-hepp-03110195/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03111002/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03111003/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03111004/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-03111005/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-03111006/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-03111007/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03111008/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03111009/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03111010/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03111012/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03111013/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03111014/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03111015/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-s-derevruchkoy-tramontina-03111016/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03111017/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03111018/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03111019/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-beckers-03111022/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-hepp-03111024/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03111027/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-paderno-03111030/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03111040/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sambonet-03111041/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03111042/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03111043/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03111045/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-03111047/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03111048/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-paderno-03111049/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03111051/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03111052/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sambonet-03111058/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sambonet-03111059/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sambonet-03111062/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03111063/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03111064/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03111065/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03111066/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03111067/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03111069/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03111070/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-basic-03111071/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03111072/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03111073/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03111075/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-arcos-03111076/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sambonet-03111078/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-serax-03111080/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03111081/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-serax-03111089/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-tognana-03111091/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-chef-and-sommelier-03111114/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-chef-and-sommelier-03111116/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-chef-and-sommelier-03111118/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-fortes-03111123/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03111127/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03111128/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03111129/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03111130/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03111134/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sambonet-03111151/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sambonet-03111161/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sambonet-03111166/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03111183/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03111184/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03111185/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-100-chef-03111186/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03111189/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03111190/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03111191/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-arthur-price-03111193/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sambonet-03111194/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03111195/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03111197/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-serax-03112820/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-serax-03112821/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-serax-03112822/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-serax-03112823/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-serax-03112824/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-serax-03112825/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-serax-03112826/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-serax-03112827/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-d-lyudey-s-ogranvozmozhnostyami-amefa-03112830/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-d-pravruki-d-lyudey-s-ogrvozm-amefa-03112831/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-d-levruki-d-lyudey-s-ogrvozm-amefa-03112832/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-d-lyudey-s-ogranvozm-amefa-03112833/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-chef-and-sommelier-03112838/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sola-03112847/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sola-03112851/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sola-03112852/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sola-03112857/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-serax-03112866/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03112874/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03112877/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03112881/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-serax-03112884/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sambonet-03112885/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-steelite-03112888/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sambonet-03112890/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sambonet-03112893/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sambonet-03112895/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-serax-03112898/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03112901/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03112902/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-jay-03112907/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sambonet-03112908/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sambonet-03112909/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03112922/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-serax-03112924/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-mepra-03112926/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03112938/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03112944/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-guy-degrenne-03113007/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sambonet-03113011/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03113023/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03113027/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03113028/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03113029/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03113030/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-serax-03113033/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03113034/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sambonet-03113040/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-nytva-03113041/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-serax-03113042/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-serax-03113043/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-serax-03113044/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-serax-03113047/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-studio-william-03113048/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-studio-william-03113049/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-studio-william-03113050/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-charingworth-03113051/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03113052/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sambonet-03113053/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sambonet-03113054/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sambonet-03113055/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sambonet-03113056/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sola-03113058/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sola-03113059/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sola-03113060/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03113064/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03113065/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03113066/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03113067/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03113068/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03113069/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03113070/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03113071/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03113072/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03113073/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03113074/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-chef-and-sommelier-03113075/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-varick-03113078/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-hepp-03113079/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-hepp-03113080/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sola-03113081/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sola-03113083/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sola-03113085/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sola-03113087/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sambonet-03113089/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-s-zolotoy-tochkoy-serax-03113621/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-broggi-03114008/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-broggi-03114010/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-broggi-03114011/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-vista-alegre-03114020/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-vista-alegre-03114021/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03114022/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03114023/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-tramontina-03114034/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-mepra-03114039/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-serax-03114040/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-venus-03114047/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-venus-03114048/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-venus-03114049/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-venus-03114050/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-venus-03114051/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-venus-03114055/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-venus-03114056/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-venus-03114057/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-venus-03114058/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-venus-03114059/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03114060/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03114061/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03114062/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03114063/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03114064/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03114065/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03114066/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03114067/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sola-03114406/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sola-03114411/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-guy-degrenne-03114423/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-servirovochnaya-folio-03114445/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03114451/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sambonet-03115051/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sola-03115075/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03115079/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-le-coq-03115109/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-le-coq-03115117/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-folio-03151311/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-folio-03151312/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-04110797/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-04110798/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-09100962/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03112950/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03112951/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-nytva-03115086/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03111093/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03115190/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-mepra-03113953/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pavlov-03110672/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-mepra-03114072/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03114579/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-broggi-03014005/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-trud-03110101/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pavlov-03110105/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03110110/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-fch-03110118/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03110124/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03110125/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-s-derevruchkoy-tramontina-03110129/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-trud-03110130/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03110131/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03110132/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03110135/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03110136/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03110142/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03110144/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03110146/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-trud-03110152/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03110153/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03110157/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03110164/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03110167/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03110169/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03110173/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03110179/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03110182/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03110184/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03110186/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03110188/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-hepp-03110193/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-hepp-03110195/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03111002/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03111003/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03111004/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-03111005/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-03111006/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-03111007/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03111008/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03111009/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03111010/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03111012/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03111013/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03111014/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03111015/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-s-derevruchkoy-tramontina-03111016/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03111017/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03111018/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03111019/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-beckers-03111022/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-hepp-03111024/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03111027/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-paderno-03111030/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03111040/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sambonet-03111041/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03111042/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03111043/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03111045/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-03111047/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03111048/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-paderno-03111049/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03111051/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03111052/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sambonet-03111058/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sambonet-03111059/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sambonet-03111062/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03111063/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03111064/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03111065/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03111066/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03111067/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03111069/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03111070/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-basic-03111071/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03111072/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03111073/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03111075/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-arcos-03111076/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sambonet-03111078/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-serax-03111080/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03111081/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-serax-03111089/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-tognana-03111091/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-chef-and-sommelier-03111114/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-chef-and-sommelier-03111116/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-chef-and-sommelier-03111118/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-fortes-03111123/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03111127/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03111128/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03111129/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03111130/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03111134/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sambonet-03111151/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sambonet-03111161/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sambonet-03111166/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03111183/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03111184/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03111185/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-100-chef-03111186/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03111189/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03111190/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03111191/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-arthur-price-03111193/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sambonet-03111194/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03111195/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03111197/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-serax-03112820/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-serax-03112821/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-serax-03112822/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-serax-03112823/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-serax-03112824/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-serax-03112825/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-serax-03112826/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-serax-03112827/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-d-lyudey-s-ogranvozmozhnostyami-amefa-03112830/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-d-pravruki-d-lyudey-s-ogrvozm-amefa-03112831/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-d-levruki-d-lyudey-s-ogrvozm-amefa-03112832/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-d-lyudey-s-ogranvozm-amefa-03112833/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-chef-and-sommelier-03112838/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sola-03112847/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sola-03112851/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sola-03112852/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sola-03112857/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-serax-03112866/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03112874/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03112877/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03112881/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-serax-03112884/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sambonet-03112885/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-steelite-03112888/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sambonet-03112890/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sambonet-03112893/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sambonet-03112895/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-serax-03112898/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03112901/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03112902/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-jay-03112907/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sambonet-03112908/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sambonet-03112909/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03112922/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-serax-03112924/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-mepra-03112926/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03112938/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03112944/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-guy-degrenne-03113007/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sambonet-03113011/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03113023/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03113027/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03113028/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03113029/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03113030/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-serax-03113033/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sambonet-03113040/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-nytva-03113041/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-serax-03113042/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-serax-03113043/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-serax-03113044/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-serax-03113047/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-studio-william-03113048/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-studio-william-03113049/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-studio-william-03113050/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-charingworth-03113051/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03113052/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sambonet-03113053/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sambonet-03113054/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sambonet-03113055/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sambonet-03113056/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sola-03113058/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sola-03113059/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sola-03113060/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03113064/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03113065/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03113066/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03113067/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03113068/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03113069/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03113070/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03113071/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03113072/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03113073/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03113074/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-chef-and-sommelier-03113075/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-varick-03113078/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-hepp-03113079/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-hepp-03113080/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sola-03113081/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sola-03113083/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sola-03113085/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sola-03113087/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sambonet-03113089/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-s-zolotoy-tochkoy-serax-03113621/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-broggi-03114008/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-broggi-03114010/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-broggi-03114011/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-vista-alegre-03114020/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-vista-alegre-03114021/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03114022/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-eternum-03114023/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-tramontina-03114034/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-mepra-03114039/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-serax-03114040/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-venus-03114047/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-venus-03114048/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-venus-03114049/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-venus-03114050/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-venus-03114051/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-venus-03114055/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-venus-03114056/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-venus-03114057/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-venus-03114058/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-venus-03114059/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03114060/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03114061/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03114062/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03114063/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03114064/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03114065/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03114066/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03114067/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sola-03114406/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sola-03114411/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-guy-degrenne-03114423/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-servirovochnaya-folio-03114445/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03114451/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sambonet-03115051/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-sola-03115075/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03115079/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-le-coq-03115109/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-le-coq-03115117/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-folio-03151311/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-folio-03151312/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-04110797/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-04110798/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-09100962/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03112950/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03112951/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-nytva-03115086/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03111093/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-kunstwerk-03115190/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-mepra-03113953/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pavlov-03110672/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-mepra-03114072/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-stolovaya-pintinox-03114579/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L243"/>
+  <dimension ref="A1:L242"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I243" sqref="I243"/>
+      <selection activeCell="I242" sqref="I242"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -11090,8016 +11045,7982 @@
         <v>20</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>21</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E3" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F3" s="0" t="s">
         <v>24</v>
       </c>
       <c r="G3" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H3" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="0"/>
       <c r="K3" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L3" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="80">
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="C4" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="C4" s="0" t="s">
+      <c r="D4" s="0" t="s">
         <v>29</v>
       </c>
-      <c r="D4" s="0" t="s">
+      <c r="E4" s="0" t="s">
         <v>30</v>
       </c>
-      <c r="E4" s="0" t="s">
+      <c r="F4" s="0" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="G4" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="L4" s="0">
         <v>240</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="C5" s="0" t="s">
         <v>35</v>
       </c>
-      <c r="C5" s="0" t="s">
+      <c r="D5" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="D5" s="0" t="s">
+      <c r="E5" s="0" t="s">
         <v>37</v>
       </c>
-      <c r="E5" s="0" t="s">
+      <c r="F5" s="0" t="s">
         <v>38</v>
       </c>
-      <c r="F5" s="0" t="s">
+      <c r="G5" s="0" t="s">
         <v>39</v>
       </c>
-      <c r="G5" s="0" t="s">
+      <c r="H5" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I5" s="1" t="s">
         <v>40</v>
-      </c>
-[...4 lines deleted...]
-        <v>41</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L5" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="C6" s="0" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="D6" s="0">
         <v>224019</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="H6" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I6" s="1" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L6" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="C7" s="0" t="s">
         <v>47</v>
       </c>
-      <c r="C7" s="0" t="s">
+      <c r="D7" s="0" t="s">
         <v>48</v>
       </c>
-      <c r="D7" s="0" t="s">
+      <c r="E7" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F7" s="0" t="s">
         <v>49</v>
       </c>
-      <c r="E7" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F7" s="0" t="s">
+      <c r="G7" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H7" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I7" s="1" t="s">
         <v>50</v>
-      </c>
-[...7 lines deleted...]
-        <v>51</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="L7" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="C8" s="0" t="s">
         <v>52</v>
       </c>
-      <c r="C8" s="0" t="s">
+      <c r="D8" s="0" t="s">
         <v>53</v>
       </c>
-      <c r="D8" s="0" t="s">
+      <c r="E8" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F8" s="0" t="s">
         <v>54</v>
       </c>
-      <c r="E8" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F8" s="0" t="s">
+      <c r="G8" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H8" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I8" s="1" t="s">
         <v>55</v>
-      </c>
-[...7 lines deleted...]
-        <v>56</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L8" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>58</v>
       </c>
-      <c r="C9" s="0" t="s">
+      <c r="D9" s="0" t="s">
         <v>59</v>
       </c>
-      <c r="D9" s="0" t="s">
+      <c r="E9" s="0" t="s">
         <v>60</v>
       </c>
-      <c r="E9" s="0" t="s">
+      <c r="F9" s="0" t="s">
         <v>61</v>
       </c>
-      <c r="F9" s="0" t="s">
+      <c r="G9" s="0" t="s">
         <v>62</v>
       </c>
-      <c r="G9" s="0" t="s">
+      <c r="H9" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I9" s="1" t="s">
         <v>63</v>
-      </c>
-[...4 lines deleted...]
-        <v>64</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L9" s="0">
         <v>300</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>65</v>
       </c>
-      <c r="C10" s="0" t="s">
+      <c r="D10" s="0" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L10" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>70</v>
       </c>
-      <c r="C11" s="0" t="s">
+      <c r="D11" s="0" t="s">
         <v>71</v>
       </c>
-      <c r="D11" s="0" t="s">
+      <c r="E11" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F11" s="0" t="s">
         <v>72</v>
       </c>
-      <c r="E11" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F11" s="0" t="s">
+      <c r="G11" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H11" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I11" s="1" t="s">
         <v>73</v>
-      </c>
-[...7 lines deleted...]
-        <v>74</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L11" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>75</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>76</v>
       </c>
-      <c r="D12" s="0" t="s">
+      <c r="E12" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F12" s="0" t="s">
         <v>77</v>
       </c>
-      <c r="E12" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F12" s="0" t="s">
+      <c r="G12" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H12" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I12" s="1" t="s">
         <v>78</v>
-      </c>
-[...7 lines deleted...]
-        <v>79</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="L12" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>80</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="D13" s="0" t="s">
         <v>81</v>
       </c>
-      <c r="D13" s="0" t="s">
+      <c r="E13" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F13" s="0" t="s">
         <v>82</v>
       </c>
-      <c r="E13" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F13" s="0" t="s">
+      <c r="G13" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H13" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I13" s="1" t="s">
         <v>83</v>
-      </c>
-[...7 lines deleted...]
-        <v>84</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L13" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>85</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="D14" s="0" t="s">
         <v>86</v>
       </c>
-      <c r="D14" s="0" t="s">
+      <c r="E14" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F14" s="0" t="s">
         <v>87</v>
       </c>
-      <c r="E14" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F14" s="0" t="s">
+      <c r="G14" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H14" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I14" s="1" t="s">
         <v>88</v>
-      </c>
-[...7 lines deleted...]
-        <v>89</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="D15" s="0" t="s">
         <v>91</v>
       </c>
-      <c r="D15" s="0" t="s">
+      <c r="E15" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F15" s="0" t="s">
         <v>92</v>
       </c>
-      <c r="E15" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F15" s="0" t="s">
+      <c r="G15" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H15" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I15" s="1" t="s">
         <v>93</v>
-      </c>
-[...7 lines deleted...]
-        <v>94</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L15" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>95</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>96</v>
       </c>
-      <c r="D16" s="0" t="s">
+      <c r="E16" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F16" s="0" t="s">
         <v>97</v>
       </c>
-      <c r="E16" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F16" s="0" t="s">
+      <c r="G16" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H16" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I16" s="1" t="s">
         <v>98</v>
-      </c>
-[...7 lines deleted...]
-        <v>99</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>57</v>
+        <v>33</v>
       </c>
       <c r="L16" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>100</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>101</v>
       </c>
-      <c r="D17" s="0" t="s">
+      <c r="E17" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F17" s="0" t="s">
         <v>102</v>
       </c>
-      <c r="E17" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F17" s="0" t="s">
+      <c r="G17" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H17" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I17" s="1" t="s">
         <v>103</v>
-      </c>
-[...7 lines deleted...]
-        <v>104</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="L17" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>105</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="D18" s="0" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L18" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>109</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="D19" s="0" t="s">
         <v>110</v>
       </c>
-      <c r="D19" s="0" t="s">
+      <c r="E19" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F19" s="0" t="s">
         <v>111</v>
       </c>
-      <c r="E19" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F19" s="0" t="s">
+      <c r="G19" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H19" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I19" s="1" t="s">
         <v>112</v>
-      </c>
-[...7 lines deleted...]
-        <v>113</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L19" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>114</v>
       </c>
-      <c r="C20" s="0" t="s">
+      <c r="D20" s="0" t="s">
         <v>115</v>
       </c>
-      <c r="D20" s="0" t="s">
+      <c r="E20" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F20" s="0" t="s">
         <v>116</v>
       </c>
-      <c r="E20" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F20" s="0" t="s">
+      <c r="G20" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H20" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I20" s="1" t="s">
         <v>117</v>
-      </c>
-[...7 lines deleted...]
-        <v>118</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>19</v>
+        <v>118</v>
       </c>
       <c r="L20" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
         <v>119</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>120</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>121</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F21" s="0" t="s">
         <v>122</v>
       </c>
       <c r="G21" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
         <v>123</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>34</v>
+        <v>124</v>
       </c>
       <c r="L21" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F22" s="0" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="G22" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>57</v>
+        <v>124</v>
       </c>
       <c r="L22" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="G23" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>57</v>
+        <v>124</v>
       </c>
       <c r="L23" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="G24" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L24" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="G25" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L25" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="L26" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="L27" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D28" s="0">
         <v>11400001</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F28" s="0" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>158</v>
+        <v>124</v>
       </c>
       <c r="L28" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
         <v>159</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>160</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>161</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F29" s="0" t="s">
         <v>162</v>
       </c>
       <c r="G29" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>163</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>158</v>
+        <v>124</v>
       </c>
       <c r="L29" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
         <v>164</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>165</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>166</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>167</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>168</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
         <v>169</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L30" s="0">
         <v>300</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
         <v>170</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>171</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>172</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>167</v>
       </c>
       <c r="F31" s="0" t="s">
         <v>173</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>168</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="1" t="s">
         <v>174</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>175</v>
+        <v>19</v>
       </c>
       <c r="L31" s="0">
         <v>300</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>176</v>
       </c>
-      <c r="C32" s="0" t="s">
+      <c r="D32" s="0" t="s">
         <v>177</v>
       </c>
-      <c r="D32" s="0" t="s">
+      <c r="E32" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F32" s="0" t="s">
         <v>178</v>
       </c>
-      <c r="E32" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F32" s="0" t="s">
+      <c r="G32" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H32" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I32" s="1" t="s">
         <v>179</v>
-      </c>
-[...7 lines deleted...]
-        <v>180</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>158</v>
+        <v>33</v>
       </c>
       <c r="L32" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="C33" s="0" t="s">
         <v>181</v>
       </c>
-      <c r="C33" s="0" t="s">
+      <c r="D33" s="0" t="s">
         <v>182</v>
       </c>
-      <c r="D33" s="0" t="s">
+      <c r="E33" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F33" s="0" t="s">
         <v>183</v>
       </c>
-      <c r="E33" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F33" s="0" t="s">
+      <c r="G33" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H33" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I33" s="1" t="s">
         <v>184</v>
-      </c>
-[...7 lines deleted...]
-        <v>185</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L33" s="0">
         <v>300</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="C34" s="0" t="s">
         <v>186</v>
       </c>
-      <c r="C34" s="0" t="s">
+      <c r="D34" s="0" t="s">
         <v>187</v>
       </c>
-      <c r="D34" s="0" t="s">
+      <c r="E34" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F34" s="0" t="s">
         <v>188</v>
       </c>
-      <c r="E34" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F34" s="0" t="s">
+      <c r="G34" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H34" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I34" s="1" t="s">
         <v>189</v>
-      </c>
-[...7 lines deleted...]
-        <v>190</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="L34" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="C35" s="0" t="s">
         <v>191</v>
       </c>
-      <c r="C35" s="0" t="s">
+      <c r="D35" s="0" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="E35" s="0"/>
       <c r="F35" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="G35" s="0" t="s">
         <v>194</v>
       </c>
-      <c r="G35" s="0" t="s">
+      <c r="H35" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I35" s="1" t="s">
         <v>195</v>
-      </c>
-[...4 lines deleted...]
-        <v>196</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L35" s="0">
         <v>240</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="C36" s="0" t="s">
         <v>197</v>
       </c>
-      <c r="C36" s="0" t="s">
+      <c r="D36" s="0" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="E36" s="0"/>
       <c r="F36" s="0" t="s">
+        <v>199</v>
+      </c>
+      <c r="G36" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="H36" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I36" s="1" t="s">
         <v>200</v>
-      </c>
-[...7 lines deleted...]
-        <v>201</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L36" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="C37" s="0" t="s">
         <v>202</v>
       </c>
-      <c r="C37" s="0" t="s">
+      <c r="D37" s="0" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
       <c r="E37" s="0"/>
       <c r="F37" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="G37" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="H37" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I37" s="1" t="s">
         <v>205</v>
-      </c>
-[...7 lines deleted...]
-        <v>206</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L37" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="C38" s="0" t="s">
         <v>207</v>
       </c>
-      <c r="C38" s="0" t="s">
+      <c r="D38" s="0" t="s">
         <v>208</v>
       </c>
-      <c r="D38" s="0" t="s">
+      <c r="E38" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F38" s="0" t="s">
         <v>209</v>
       </c>
-      <c r="E38" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F38" s="0" t="s">
+      <c r="G38" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H38" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I38" s="1" t="s">
         <v>210</v>
-      </c>
-[...7 lines deleted...]
-        <v>211</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L38" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
       <c r="D39" s="0">
         <v>20500001</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L39" s="0"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="C40" s="0" t="s">
         <v>216</v>
       </c>
-      <c r="C40" s="0" t="s">
+      <c r="D40" s="0" t="s">
         <v>217</v>
       </c>
-      <c r="D40" s="0" t="s">
+      <c r="E40" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="F40" s="0" t="s">
         <v>218</v>
-      </c>
-[...4 lines deleted...]
-        <v>219</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>19</v>
+        <v>118</v>
       </c>
       <c r="L40" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="C41" s="0" t="s">
         <v>221</v>
       </c>
-      <c r="C41" s="0" t="s">
+      <c r="D41" s="0" t="s">
         <v>222</v>
       </c>
-      <c r="D41" s="0" t="s">
+      <c r="E41" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F41" s="0" t="s">
         <v>223</v>
       </c>
-      <c r="E41" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F41" s="0" t="s">
+      <c r="G41" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H41" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I41" s="1" t="s">
         <v>224</v>
-      </c>
-[...7 lines deleted...]
-        <v>225</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L41" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="C42" s="0" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="D42" s="0">
         <v>16900001</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L42" s="0"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="C43" s="0" t="s">
         <v>230</v>
       </c>
-      <c r="C43" s="0" t="s">
+      <c r="D43" s="0" t="s">
         <v>231</v>
       </c>
-      <c r="D43" s="0" t="s">
+      <c r="E43" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="F43" s="0" t="s">
         <v>232</v>
-      </c>
-[...4 lines deleted...]
-        <v>233</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>158</v>
+        <v>124</v>
       </c>
       <c r="L43" s="0">
         <v>120</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="C44" s="0" t="s">
         <v>235</v>
       </c>
-      <c r="C44" s="0" t="s">
+      <c r="D44" s="0" t="s">
         <v>236</v>
       </c>
-      <c r="D44" s="0" t="s">
+      <c r="E44" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F44" s="0" t="s">
         <v>237</v>
       </c>
-      <c r="E44" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F44" s="0" t="s">
+      <c r="G44" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H44" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I44" s="1" t="s">
         <v>238</v>
-      </c>
-[...7 lines deleted...]
-        <v>239</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>57</v>
+        <v>124</v>
       </c>
       <c r="L44" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>239</v>
+      </c>
+      <c r="C45" s="0" t="s">
         <v>240</v>
       </c>
-      <c r="C45" s="0" t="s">
+      <c r="D45" s="0" t="s">
         <v>241</v>
       </c>
-      <c r="D45" s="0" t="s">
+      <c r="E45" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="F45" s="0" t="s">
         <v>242</v>
       </c>
-      <c r="E45" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F45" s="0" t="s">
+      <c r="G45" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="H45" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I45" s="1" t="s">
         <v>243</v>
-      </c>
-[...7 lines deleted...]
-        <v>244</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="L45" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="C46" s="0" t="s">
         <v>246</v>
       </c>
-      <c r="C46" s="0" t="s">
+      <c r="D46" s="0" t="s">
         <v>247</v>
       </c>
-      <c r="D46" s="0" t="s">
+      <c r="E46" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F46" s="0" t="s">
         <v>248</v>
       </c>
-      <c r="E46" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F46" s="0" t="s">
+      <c r="G46" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H46" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I46" s="1" t="s">
         <v>249</v>
-      </c>
-[...7 lines deleted...]
-        <v>250</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="L46" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
+        <v>250</v>
+      </c>
+      <c r="C47" s="0" t="s">
         <v>251</v>
       </c>
-      <c r="C47" s="0" t="s">
+      <c r="D47" s="0" t="s">
         <v>252</v>
       </c>
-      <c r="D47" s="0" t="s">
+      <c r="E47" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F47" s="0" t="s">
         <v>253</v>
       </c>
-      <c r="E47" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F47" s="0" t="s">
+      <c r="G47" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H47" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I47" s="1" t="s">
         <v>254</v>
-      </c>
-[...7 lines deleted...]
-        <v>255</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L47" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>255</v>
+      </c>
+      <c r="C48" s="0" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
       <c r="D48" s="0">
         <v>22000001</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L48" s="0"/>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>259</v>
+      </c>
+      <c r="C49" s="0" t="s">
         <v>260</v>
       </c>
-      <c r="C49" s="0" t="s">
+      <c r="D49" s="0" t="s">
         <v>261</v>
       </c>
-      <c r="D49" s="0" t="s">
+      <c r="E49" s="0" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L49" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
+        <v>264</v>
+      </c>
+      <c r="C50" s="0" t="s">
         <v>265</v>
       </c>
-      <c r="C50" s="0" t="s">
+      <c r="D50" s="0" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>167</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>168</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L50" s="0"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="C51" s="0" t="s">
         <v>270</v>
       </c>
-      <c r="C51" s="0" t="s">
+      <c r="D51" s="0" t="s">
         <v>271</v>
       </c>
-      <c r="D51" s="0" t="s">
+      <c r="E51" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="F51" s="0" t="s">
         <v>272</v>
-      </c>
-[...4 lines deleted...]
-        <v>273</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L51" s="0"/>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
+        <v>274</v>
+      </c>
+      <c r="C52" s="0" t="s">
         <v>275</v>
       </c>
-      <c r="C52" s="0" t="s">
+      <c r="D52" s="0" t="s">
         <v>276</v>
       </c>
-      <c r="D52" s="0" t="s">
+      <c r="E52" s="0" t="s">
         <v>277</v>
       </c>
-      <c r="E52" s="0" t="s">
+      <c r="F52" s="0" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
       <c r="G52" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L52" s="0"/>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
+        <v>280</v>
+      </c>
+      <c r="C53" s="0" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
       <c r="D53" s="0">
         <v>20400001</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L53" s="0"/>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
+        <v>284</v>
+      </c>
+      <c r="C54" s="0" t="s">
         <v>285</v>
       </c>
-      <c r="C54" s="0" t="s">
+      <c r="D54" s="0" t="s">
         <v>286</v>
       </c>
-      <c r="D54" s="0" t="s">
+      <c r="E54" s="0" t="s">
         <v>287</v>
       </c>
-      <c r="E54" s="0" t="s">
+      <c r="F54" s="0" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
       <c r="G54" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L54" s="0"/>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="C55" s="0" t="s">
         <v>291</v>
       </c>
-      <c r="C55" s="0" t="s">
+      <c r="D55" s="0" t="s">
         <v>292</v>
       </c>
-      <c r="D55" s="0" t="s">
+      <c r="E55" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="F55" s="0" t="s">
         <v>293</v>
-      </c>
-[...4 lines deleted...]
-        <v>294</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L55" s="0"/>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
+        <v>295</v>
+      </c>
+      <c r="C56" s="0" t="s">
         <v>296</v>
-      </c>
-[...1 lines deleted...]
-        <v>297</v>
       </c>
       <c r="D56" s="0">
         <v>22800001</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L56" s="0"/>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
+        <v>299</v>
+      </c>
+      <c r="C57" s="0" t="s">
         <v>300</v>
       </c>
-      <c r="C57" s="0" t="s">
+      <c r="D57" s="0" t="s">
         <v>301</v>
       </c>
-      <c r="D57" s="0" t="s">
+      <c r="E57" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F57" s="0" t="s">
         <v>302</v>
       </c>
-      <c r="E57" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F57" s="0" t="s">
+      <c r="G57" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H57" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I57" s="1" t="s">
         <v>303</v>
-      </c>
-[...7 lines deleted...]
-        <v>304</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L57" s="0"/>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
+        <v>304</v>
+      </c>
+      <c r="C58" s="0" t="s">
         <v>305</v>
       </c>
-      <c r="C58" s="0" t="s">
+      <c r="D58" s="0" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
       <c r="E58" s="0"/>
       <c r="F58" s="0" t="s">
+        <v>307</v>
+      </c>
+      <c r="G58" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="H58" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I58" s="1" t="s">
         <v>308</v>
-      </c>
-[...7 lines deleted...]
-        <v>309</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L58" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
+        <v>309</v>
+      </c>
+      <c r="C59" s="0" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
       <c r="D59" s="0">
         <v>13000001</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L59" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
+        <v>313</v>
+      </c>
+      <c r="C60" s="0" t="s">
         <v>314</v>
       </c>
-      <c r="C60" s="0" t="s">
+      <c r="D60" s="0" t="s">
         <v>315</v>
       </c>
-      <c r="D60" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E60" s="0" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L60" s="0"/>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
+        <v>317</v>
+      </c>
+      <c r="C61" s="0" t="s">
         <v>318</v>
-      </c>
-[...1 lines deleted...]
-        <v>319</v>
       </c>
       <c r="D61" s="0">
         <v>20100001</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L61" s="0"/>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
+        <v>321</v>
+      </c>
+      <c r="C62" s="0" t="s">
         <v>322</v>
       </c>
-      <c r="C62" s="0" t="s">
+      <c r="D62" s="0" t="s">
         <v>323</v>
       </c>
-      <c r="D62" s="0" t="s">
+      <c r="E62" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="F62" s="0" t="s">
         <v>324</v>
-      </c>
-[...4 lines deleted...]
-        <v>325</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L62" s="0"/>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
+        <v>326</v>
+      </c>
+      <c r="C63" s="0" t="s">
         <v>327</v>
       </c>
-      <c r="C63" s="0" t="s">
+      <c r="D63" s="0" t="s">
         <v>328</v>
       </c>
-      <c r="D63" s="0" t="s">
+      <c r="E63" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="F63" s="0" t="s">
         <v>329</v>
-      </c>
-[...4 lines deleted...]
-        <v>330</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L63" s="0"/>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
+        <v>331</v>
+      </c>
+      <c r="C64" s="0" t="s">
         <v>332</v>
       </c>
-      <c r="C64" s="0" t="s">
+      <c r="D64" s="0" t="s">
         <v>333</v>
       </c>
-      <c r="D64" s="0" t="s">
+      <c r="E64" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="F64" s="0" t="s">
         <v>334</v>
-      </c>
-[...4 lines deleted...]
-        <v>335</v>
       </c>
       <c r="G64" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L64" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
+        <v>336</v>
+      </c>
+      <c r="C65" s="0" t="s">
         <v>337</v>
       </c>
-      <c r="C65" s="0" t="s">
+      <c r="D65" s="0" t="s">
         <v>338</v>
       </c>
-      <c r="D65" s="0" t="s">
+      <c r="E65" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="F65" s="0" t="s">
         <v>339</v>
-      </c>
-[...4 lines deleted...]
-        <v>340</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L65" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
+        <v>341</v>
+      </c>
+      <c r="C66" s="0" t="s">
         <v>342</v>
-      </c>
-[...1 lines deleted...]
-        <v>343</v>
       </c>
       <c r="D66" s="0">
         <v>21020001</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="G66" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L66" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
+        <v>345</v>
+      </c>
+      <c r="C67" s="0" t="s">
         <v>346</v>
       </c>
-      <c r="C67" s="0" t="s">
+      <c r="D67" s="0" t="s">
         <v>347</v>
       </c>
-      <c r="D67" s="0" t="s">
+      <c r="E67" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F67" s="0" t="s">
         <v>348</v>
       </c>
-      <c r="E67" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F67" s="0" t="s">
+      <c r="G67" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H67" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I67" s="1" t="s">
         <v>349</v>
-      </c>
-[...7 lines deleted...]
-        <v>350</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>57</v>
+        <v>124</v>
       </c>
       <c r="L67" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="C68" s="0" t="s">
         <v>351</v>
       </c>
-      <c r="C68" s="0" t="s">
+      <c r="D68" s="0" t="s">
         <v>352</v>
       </c>
-      <c r="D68" s="0" t="s">
+      <c r="E68" s="0" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>354</v>
       </c>
       <c r="F68" s="0" t="s">
         <v>173</v>
       </c>
       <c r="G68" s="0" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L68" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
+        <v>355</v>
+      </c>
+      <c r="C69" s="0" t="s">
         <v>356</v>
       </c>
-      <c r="C69" s="0" t="s">
+      <c r="D69" s="0" t="s">
         <v>357</v>
       </c>
-      <c r="D69" s="0" t="s">
+      <c r="E69" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="F69" s="0" t="s">
         <v>358</v>
       </c>
-      <c r="E69" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F69" s="0" t="s">
+      <c r="G69" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="H69" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I69" s="1" t="s">
         <v>359</v>
-      </c>
-[...7 lines deleted...]
-        <v>360</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L69" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
+        <v>360</v>
+      </c>
+      <c r="C70" s="0" t="s">
         <v>361</v>
       </c>
-      <c r="C70" s="0" t="s">
+      <c r="D70" s="0" t="s">
         <v>362</v>
       </c>
-      <c r="D70" s="0" t="s">
+      <c r="E70" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="F70" s="0" t="s">
         <v>363</v>
       </c>
-      <c r="E70" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F70" s="0" t="s">
+      <c r="G70" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="H70" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I70" s="1" t="s">
         <v>364</v>
-      </c>
-[...7 lines deleted...]
-        <v>365</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L70" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
+        <v>365</v>
+      </c>
+      <c r="C71" s="0" t="s">
         <v>366</v>
       </c>
-      <c r="C71" s="0" t="s">
+      <c r="D71" s="0" t="s">
         <v>367</v>
       </c>
-      <c r="D71" s="0" t="s">
+      <c r="E71" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="F71" s="0" t="s">
         <v>368</v>
       </c>
-      <c r="E71" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F71" s="0" t="s">
+      <c r="G71" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="H71" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I71" s="1" t="s">
         <v>369</v>
-      </c>
-[...7 lines deleted...]
-        <v>370</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L71" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
+        <v>370</v>
+      </c>
+      <c r="C72" s="0" t="s">
         <v>371</v>
       </c>
-      <c r="C72" s="0" t="s">
+      <c r="D72" s="0" t="s">
         <v>372</v>
       </c>
-      <c r="D72" s="0" t="s">
+      <c r="E72" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="F72" s="0" t="s">
         <v>373</v>
       </c>
-      <c r="E72" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F72" s="0" t="s">
+      <c r="G72" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="H72" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I72" s="1" t="s">
         <v>374</v>
-      </c>
-[...7 lines deleted...]
-        <v>375</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L72" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
+        <v>375</v>
+      </c>
+      <c r="C73" s="0" t="s">
         <v>376</v>
       </c>
-      <c r="C73" s="0" t="s">
+      <c r="D73" s="0" t="s">
         <v>377</v>
       </c>
-      <c r="D73" s="0" t="s">
+      <c r="E73" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="F73" s="0" t="s">
         <v>378</v>
       </c>
-      <c r="E73" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F73" s="0" t="s">
+      <c r="G73" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="H73" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I73" s="1" t="s">
         <v>379</v>
-      </c>
-[...7 lines deleted...]
-        <v>380</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L73" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
+        <v>380</v>
+      </c>
+      <c r="C74" s="0" t="s">
         <v>381</v>
-      </c>
-[...1 lines deleted...]
-        <v>382</v>
       </c>
       <c r="D74" s="0"/>
       <c r="E74" s="0" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="F74" s="0" t="s">
+        <v>382</v>
+      </c>
+      <c r="G74" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="H74" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I74" s="1" t="s">
         <v>383</v>
-      </c>
-[...7 lines deleted...]
-        <v>384</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L74" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
+        <v>384</v>
+      </c>
+      <c r="C75" s="0" t="s">
         <v>385</v>
-      </c>
-[...1 lines deleted...]
-        <v>386</v>
       </c>
       <c r="D75" s="0"/>
       <c r="E75" s="0" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="F75" s="0" t="s">
+        <v>386</v>
+      </c>
+      <c r="G75" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="H75" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I75" s="1" t="s">
         <v>387</v>
-      </c>
-[...7 lines deleted...]
-        <v>388</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L75" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="C76" s="0" t="s">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
       <c r="D76" s="0">
         <v>21000001</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F76" s="0" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="G76" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L76" s="0"/>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
+        <v>392</v>
+      </c>
+      <c r="C77" s="0" t="s">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>394</v>
       </c>
       <c r="D77" s="0">
         <v>371700</v>
       </c>
       <c r="E77" s="0" t="s">
+        <v>394</v>
+      </c>
+      <c r="F77" s="0" t="s">
         <v>395</v>
       </c>
-      <c r="F77" s="0" t="s">
+      <c r="G77" s="0" t="s">
         <v>396</v>
       </c>
-      <c r="G77" s="0" t="s">
+      <c r="H77" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I77" s="1" t="s">
         <v>397</v>
-      </c>
-[...4 lines deleted...]
-        <v>398</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
-        <v>399</v>
+        <v>19</v>
       </c>
       <c r="L77" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
+        <v>398</v>
+      </c>
+      <c r="C78" s="0" t="s">
+        <v>399</v>
+      </c>
+      <c r="D78" s="0" t="s">
         <v>400</v>
       </c>
-      <c r="C78" s="0" t="s">
+      <c r="E78" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="F78" s="0" t="s">
         <v>401</v>
-      </c>
-[...7 lines deleted...]
-        <v>403</v>
       </c>
       <c r="G78" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
-        <v>34</v>
+        <v>118</v>
       </c>
       <c r="L78" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="C79" s="0" t="s">
+        <v>404</v>
+      </c>
+      <c r="D79" s="0" t="s">
         <v>405</v>
       </c>
-      <c r="C79" s="0" t="s">
+      <c r="E79" s="0" t="s">
         <v>406</v>
       </c>
-      <c r="D79" s="0" t="s">
+      <c r="F79" s="0" t="s">
         <v>407</v>
       </c>
-      <c r="E79" s="0" t="s">
+      <c r="G79" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H79" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I79" s="1" t="s">
         <v>408</v>
-      </c>
-[...10 lines deleted...]
-        <v>410</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="L79" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
+        <v>409</v>
+      </c>
+      <c r="C80" s="0" t="s">
+        <v>410</v>
+      </c>
+      <c r="D80" s="0" t="s">
         <v>411</v>
       </c>
-      <c r="C80" s="0" t="s">
+      <c r="E80" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F80" s="0" t="s">
         <v>412</v>
       </c>
-      <c r="D80" s="0" t="s">
+      <c r="G80" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H80" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I80" s="1" t="s">
         <v>413</v>
-      </c>
-[...13 lines deleted...]
-        <v>415</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="L80" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
+        <v>414</v>
+      </c>
+      <c r="C81" s="0" t="s">
+        <v>415</v>
+      </c>
+      <c r="D81" s="0" t="s">
         <v>416</v>
       </c>
-      <c r="C81" s="0" t="s">
+      <c r="E81" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="F81" s="0" t="s">
         <v>417</v>
       </c>
-      <c r="D81" s="0" t="s">
+      <c r="G81" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H81" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I81" s="1" t="s">
         <v>418</v>
-      </c>
-[...13 lines deleted...]
-        <v>420</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L81" s="0"/>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
+        <v>419</v>
+      </c>
+      <c r="C82" s="0" t="s">
+        <v>420</v>
+      </c>
+      <c r="D82" s="0" t="s">
         <v>421</v>
       </c>
-      <c r="C82" s="0" t="s">
+      <c r="E82" s="0" t="s">
         <v>422</v>
       </c>
-      <c r="D82" s="0" t="s">
+      <c r="F82" s="0" t="s">
         <v>423</v>
-      </c>
-[...4 lines deleted...]
-        <v>425</v>
       </c>
       <c r="G82" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L82" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
+        <v>425</v>
+      </c>
+      <c r="C83" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="D83" s="0" t="s">
         <v>427</v>
       </c>
-      <c r="C83" s="0" t="s">
+      <c r="E83" s="0" t="s">
         <v>428</v>
       </c>
-      <c r="D83" s="0" t="s">
+      <c r="F83" s="0" t="s">
         <v>429</v>
       </c>
-      <c r="E83" s="0" t="s">
+      <c r="G83" s="0" t="s">
         <v>430</v>
       </c>
-      <c r="F83" s="0" t="s">
+      <c r="H83" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I83" s="1" t="s">
         <v>431</v>
-      </c>
-[...7 lines deleted...]
-        <v>433</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L83" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
+        <v>432</v>
+      </c>
+      <c r="C84" s="0" t="s">
+        <v>433</v>
+      </c>
+      <c r="D84" s="0" t="s">
         <v>434</v>
       </c>
-      <c r="C84" s="0" t="s">
+      <c r="E84" s="0" t="s">
+        <v>428</v>
+      </c>
+      <c r="F84" s="0" t="s">
         <v>435</v>
       </c>
-      <c r="D84" s="0" t="s">
+      <c r="G84" s="0" t="s">
+        <v>430</v>
+      </c>
+      <c r="H84" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I84" s="1" t="s">
         <v>436</v>
-      </c>
-[...13 lines deleted...]
-        <v>438</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L84" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
+        <v>437</v>
+      </c>
+      <c r="C85" s="0" t="s">
+        <v>438</v>
+      </c>
+      <c r="D85" s="0" t="s">
         <v>439</v>
       </c>
-      <c r="C85" s="0" t="s">
+      <c r="E85" s="0" t="s">
+        <v>428</v>
+      </c>
+      <c r="F85" s="0" t="s">
         <v>440</v>
       </c>
-      <c r="D85" s="0" t="s">
+      <c r="G85" s="0" t="s">
+        <v>430</v>
+      </c>
+      <c r="H85" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I85" s="1" t="s">
         <v>441</v>
-      </c>
-[...13 lines deleted...]
-        <v>443</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>19</v>
+        <v>118</v>
       </c>
       <c r="L85" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
+        <v>442</v>
+      </c>
+      <c r="C86" s="0" t="s">
+        <v>443</v>
+      </c>
+      <c r="D86" s="0" t="s">
         <v>444</v>
       </c>
-      <c r="C86" s="0" t="s">
+      <c r="E86" s="0" t="s">
         <v>445</v>
-      </c>
-[...4 lines deleted...]
-        <v>447</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
         <v>168</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L86" s="0">
         <v>120</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
+        <v>447</v>
+      </c>
+      <c r="C87" s="0" t="s">
+        <v>448</v>
+      </c>
+      <c r="D87" s="0" t="s">
         <v>449</v>
       </c>
-      <c r="C87" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E87" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F87" s="0" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="G87" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L87" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
+        <v>451</v>
+      </c>
+      <c r="C88" s="0" t="s">
+        <v>452</v>
+      </c>
+      <c r="D88" s="0" t="s">
         <v>453</v>
       </c>
-      <c r="C88" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E88" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F88" s="0" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="G88" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L88" s="0"/>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="D89" s="0">
         <v>22700001</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F89" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="G89" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L89" s="0"/>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
+        <v>458</v>
+      </c>
+      <c r="C90" s="0" t="s">
+        <v>459</v>
+      </c>
+      <c r="D90" s="0" t="s">
         <v>460</v>
       </c>
-      <c r="C90" s="0" t="s">
+      <c r="E90" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="F90" s="0" t="s">
         <v>461</v>
-      </c>
-[...7 lines deleted...]
-        <v>463</v>
       </c>
       <c r="G90" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L90" s="0"/>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="D91" s="0">
         <v>16400001</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F91" s="0" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
       <c r="G91" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L91" s="0"/>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
+        <v>467</v>
+      </c>
+      <c r="C92" s="0" t="s">
+        <v>468</v>
+      </c>
+      <c r="D92" s="0" t="s">
         <v>469</v>
       </c>
-      <c r="C92" s="0" t="s">
+      <c r="E92" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="F92" s="0" t="s">
         <v>470</v>
-      </c>
-[...7 lines deleted...]
-        <v>472</v>
       </c>
       <c r="G92" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L92" s="0"/>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
+        <v>472</v>
+      </c>
+      <c r="C93" s="0" t="s">
+        <v>473</v>
+      </c>
+      <c r="D93" s="0" t="s">
         <v>474</v>
       </c>
-      <c r="C93" s="0" t="s">
+      <c r="E93" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="F93" s="0" t="s">
         <v>475</v>
-      </c>
-[...7 lines deleted...]
-        <v>477</v>
       </c>
       <c r="G93" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L93" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
+        <v>477</v>
+      </c>
+      <c r="C94" s="0" t="s">
+        <v>478</v>
+      </c>
+      <c r="D94" s="0" t="s">
         <v>479</v>
       </c>
-      <c r="C94" s="0" t="s">
+      <c r="E94" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="F94" s="0" t="s">
         <v>480</v>
-      </c>
-[...7 lines deleted...]
-        <v>482</v>
       </c>
       <c r="G94" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L94" s="0"/>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="D95" s="0"/>
       <c r="E95" s="0" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="F95" s="0" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="G95" s="0" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L95" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="D96" s="0"/>
       <c r="E96" s="0" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="F96" s="0" t="s">
-        <v>490</v>
+        <v>488</v>
       </c>
       <c r="G96" s="0" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L96" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="D97" s="0"/>
       <c r="E97" s="0" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="F97" s="0" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="G97" s="0" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L97" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>496</v>
+        <v>494</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>497</v>
+        <v>495</v>
       </c>
       <c r="D98" s="0"/>
       <c r="E98" s="0" t="s">
+        <v>496</v>
+      </c>
+      <c r="F98" s="0" t="s">
+        <v>497</v>
+      </c>
+      <c r="G98" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="H98" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I98" s="1" t="s">
         <v>498</v>
-      </c>
-[...10 lines deleted...]
-        <v>500</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L98" s="0"/>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
+        <v>499</v>
+      </c>
+      <c r="C99" s="0" t="s">
+        <v>500</v>
+      </c>
+      <c r="D99" s="0" t="s">
         <v>501</v>
       </c>
-      <c r="C99" s="0" t="s">
+      <c r="E99" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="F99" s="0" t="s">
         <v>502</v>
       </c>
-      <c r="D99" s="0" t="s">
+      <c r="G99" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="H99" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I99" s="1" t="s">
         <v>503</v>
-      </c>
-[...13 lines deleted...]
-        <v>505</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L99" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
+        <v>504</v>
+      </c>
+      <c r="C100" s="0" t="s">
+        <v>505</v>
+      </c>
+      <c r="D100" s="0" t="s">
         <v>506</v>
       </c>
-      <c r="C100" s="0" t="s">
+      <c r="E100" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="F100" s="0" t="s">
         <v>507</v>
       </c>
-      <c r="D100" s="0" t="s">
+      <c r="G100" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="H100" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I100" s="1" t="s">
         <v>508</v>
-      </c>
-[...13 lines deleted...]
-        <v>510</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L100" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
+        <v>509</v>
+      </c>
+      <c r="C101" s="0" t="s">
+        <v>510</v>
+      </c>
+      <c r="D101" s="0" t="s">
         <v>511</v>
       </c>
-      <c r="C101" s="0" t="s">
+      <c r="E101" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="F101" s="0" t="s">
         <v>512</v>
       </c>
-      <c r="D101" s="0" t="s">
+      <c r="G101" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="H101" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I101" s="1" t="s">
         <v>513</v>
-      </c>
-[...13 lines deleted...]
-        <v>515</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L101" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
+        <v>514</v>
+      </c>
+      <c r="C102" s="0" t="s">
+        <v>515</v>
+      </c>
+      <c r="D102" s="0" t="s">
         <v>516</v>
       </c>
-      <c r="C102" s="0" t="s">
+      <c r="E102" s="0" t="s">
         <v>517</v>
       </c>
-      <c r="D102" s="0" t="s">
+      <c r="F102" s="0" t="s">
         <v>518</v>
       </c>
-      <c r="E102" s="0" t="s">
+      <c r="G102" s="0" t="s">
         <v>519</v>
       </c>
-      <c r="F102" s="0" t="s">
+      <c r="H102" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I102" s="1" t="s">
         <v>520</v>
-      </c>
-[...7 lines deleted...]
-        <v>522</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L102" s="0"/>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
+        <v>521</v>
+      </c>
+      <c r="C103" s="0" t="s">
+        <v>522</v>
+      </c>
+      <c r="D103" s="0" t="s">
         <v>523</v>
       </c>
-      <c r="C103" s="0" t="s">
+      <c r="E103" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="F103" s="0" t="s">
         <v>524</v>
-      </c>
-[...7 lines deleted...]
-        <v>526</v>
       </c>
       <c r="G103" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>527</v>
+        <v>525</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L103" s="0"/>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>528</v>
+        <v>526</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>529</v>
+        <v>527</v>
       </c>
       <c r="D104" s="0">
         <v>20600001</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F104" s="0" t="s">
-        <v>530</v>
+        <v>528</v>
       </c>
       <c r="G104" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>531</v>
+        <v>529</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L104" s="0"/>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>532</v>
+        <v>530</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>533</v>
+        <v>531</v>
       </c>
       <c r="D105" s="0">
         <v>16420001</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F105" s="0" t="s">
-        <v>534</v>
+        <v>532</v>
       </c>
       <c r="G105" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>535</v>
+        <v>533</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L105" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
+        <v>534</v>
+      </c>
+      <c r="C106" s="0" t="s">
+        <v>535</v>
+      </c>
+      <c r="D106" s="0" t="s">
         <v>536</v>
       </c>
-      <c r="C106" s="0" t="s">
+      <c r="E106" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="F106" s="0" t="s">
+        <v>417</v>
+      </c>
+      <c r="G106" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H106" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I106" s="1" t="s">
         <v>537</v>
-      </c>
-[...16 lines deleted...]
-        <v>539</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L106" s="0"/>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
+        <v>538</v>
+      </c>
+      <c r="C107" s="0" t="s">
+        <v>539</v>
+      </c>
+      <c r="D107" s="0" t="s">
         <v>540</v>
       </c>
-      <c r="C107" s="0" t="s">
+      <c r="E107" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="F107" s="0" t="s">
+        <v>417</v>
+      </c>
+      <c r="G107" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H107" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I107" s="1" t="s">
         <v>541</v>
-      </c>
-[...16 lines deleted...]
-        <v>543</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L107" s="0"/>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
+        <v>542</v>
+      </c>
+      <c r="C108" s="0" t="s">
+        <v>543</v>
+      </c>
+      <c r="D108" s="0" t="s">
         <v>544</v>
       </c>
-      <c r="C108" s="0" t="s">
+      <c r="E108" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="F108" s="0" t="s">
+        <v>417</v>
+      </c>
+      <c r="G108" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H108" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I108" s="1" t="s">
         <v>545</v>
-      </c>
-[...16 lines deleted...]
-        <v>547</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L108" s="0"/>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
+        <v>546</v>
+      </c>
+      <c r="C109" s="0" t="s">
+        <v>547</v>
+      </c>
+      <c r="D109" s="0" t="s">
         <v>548</v>
       </c>
-      <c r="C109" s="0" t="s">
+      <c r="E109" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="F109" s="0" t="s">
         <v>549</v>
       </c>
-      <c r="D109" s="0" t="s">
+      <c r="G109" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H109" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I109" s="1" t="s">
         <v>550</v>
-      </c>
-[...13 lines deleted...]
-        <v>552</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L109" s="0"/>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
+        <v>551</v>
+      </c>
+      <c r="C110" s="0" t="s">
+        <v>552</v>
+      </c>
+      <c r="D110" s="0" t="s">
         <v>553</v>
       </c>
-      <c r="C110" s="0" t="s">
+      <c r="E110" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="F110" s="0" t="s">
+        <v>549</v>
+      </c>
+      <c r="G110" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H110" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I110" s="1" t="s">
         <v>554</v>
-      </c>
-[...16 lines deleted...]
-        <v>556</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L110" s="0"/>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
+        <v>555</v>
+      </c>
+      <c r="C111" s="0" t="s">
+        <v>556</v>
+      </c>
+      <c r="D111" s="0" t="s">
         <v>557</v>
       </c>
-      <c r="C111" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E111" s="0" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="F111" s="0" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="G111" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L111" s="0"/>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
+        <v>558</v>
+      </c>
+      <c r="C112" s="0" t="s">
+        <v>559</v>
+      </c>
+      <c r="D112" s="0" t="s">
         <v>560</v>
       </c>
-      <c r="C112" s="0" t="s">
+      <c r="E112" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="F112" s="0" t="s">
+        <v>549</v>
+      </c>
+      <c r="G112" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H112" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I112" s="1" t="s">
         <v>561</v>
-      </c>
-[...16 lines deleted...]
-        <v>563</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L112" s="0"/>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
+        <v>562</v>
+      </c>
+      <c r="C113" s="0" t="s">
+        <v>563</v>
+      </c>
+      <c r="D113" s="0" t="s">
         <v>564</v>
       </c>
-      <c r="C113" s="0" t="s">
+      <c r="E113" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="F113" s="0" t="s">
         <v>565</v>
       </c>
-      <c r="D113" s="0" t="s">
+      <c r="G113" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="H113" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I113" s="1" t="s">
         <v>566</v>
-      </c>
-[...13 lines deleted...]
-        <v>568</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L113" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>570</v>
+        <v>568</v>
       </c>
       <c r="D114" s="0">
         <v>345</v>
       </c>
       <c r="E114" s="0" t="s">
-        <v>571</v>
+        <v>569</v>
       </c>
       <c r="F114" s="0"/>
       <c r="G114" s="0" t="s">
         <v>168</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>572</v>
+        <v>570</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L114" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
-        <v>573</v>
+        <v>571</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>574</v>
+        <v>572</v>
       </c>
       <c r="D115" s="0">
         <v>490</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>571</v>
+        <v>569</v>
       </c>
       <c r="F115" s="0"/>
       <c r="G115" s="0" t="s">
         <v>168</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>572</v>
+        <v>570</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L115" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
-        <v>575</v>
+        <v>573</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>576</v>
+        <v>574</v>
       </c>
       <c r="D116" s="0">
         <v>491</v>
       </c>
       <c r="E116" s="0" t="s">
-        <v>571</v>
+        <v>569</v>
       </c>
       <c r="F116" s="0"/>
       <c r="G116" s="0" t="s">
         <v>168</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>572</v>
+        <v>570</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L116" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
-        <v>577</v>
+        <v>575</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>578</v>
+        <v>576</v>
       </c>
       <c r="D117" s="0">
         <v>325</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>571</v>
+        <v>569</v>
       </c>
       <c r="F117" s="0"/>
       <c r="G117" s="0" t="s">
         <v>168</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>579</v>
+        <v>577</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L117" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
+        <v>578</v>
+      </c>
+      <c r="C118" s="0" t="s">
+        <v>579</v>
+      </c>
+      <c r="D118" s="0" t="s">
         <v>580</v>
       </c>
-      <c r="C118" s="0" t="s">
+      <c r="E118" s="0" t="s">
+        <v>428</v>
+      </c>
+      <c r="F118" s="0" t="s">
         <v>581</v>
       </c>
-      <c r="D118" s="0" t="s">
+      <c r="G118" s="0" t="s">
+        <v>430</v>
+      </c>
+      <c r="H118" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I118" s="1" t="s">
         <v>582</v>
-      </c>
-[...13 lines deleted...]
-        <v>584</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="L118" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
       <c r="D119" s="0">
         <v>115100</v>
       </c>
       <c r="E119" s="0" t="s">
+        <v>585</v>
+      </c>
+      <c r="F119" s="0" t="s">
+        <v>586</v>
+      </c>
+      <c r="G119" s="0" t="s">
         <v>587</v>
       </c>
-      <c r="F119" s="0" t="s">
+      <c r="H119" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I119" s="1" t="s">
         <v>588</v>
-      </c>
-[...7 lines deleted...]
-        <v>590</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
-        <v>591</v>
+        <v>33</v>
       </c>
       <c r="L119" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
-        <v>592</v>
+        <v>589</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>593</v>
+        <v>590</v>
       </c>
       <c r="D120" s="0">
         <v>112150</v>
       </c>
       <c r="E120" s="0" t="s">
+        <v>585</v>
+      </c>
+      <c r="F120" s="0" t="s">
+        <v>591</v>
+      </c>
+      <c r="G120" s="0" t="s">
         <v>587</v>
       </c>
-      <c r="F120" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H120" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>595</v>
+        <v>592</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="L120" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
-        <v>596</v>
+        <v>593</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>597</v>
+        <v>594</v>
       </c>
       <c r="D121" s="0">
         <v>115601</v>
       </c>
       <c r="E121" s="0" t="s">
+        <v>585</v>
+      </c>
+      <c r="F121" s="0" t="s">
+        <v>595</v>
+      </c>
+      <c r="G121" s="0" t="s">
         <v>587</v>
       </c>
-      <c r="F121" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H121" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="L121" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
-        <v>600</v>
+        <v>597</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>601</v>
+        <v>598</v>
       </c>
       <c r="D122" s="0">
         <v>118120</v>
       </c>
       <c r="E122" s="0" t="s">
+        <v>585</v>
+      </c>
+      <c r="F122" s="0" t="s">
+        <v>599</v>
+      </c>
+      <c r="G122" s="0" t="s">
         <v>587</v>
       </c>
-      <c r="F122" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H122" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="L122" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
+        <v>601</v>
+      </c>
+      <c r="C123" s="0" t="s">
+        <v>602</v>
+      </c>
+      <c r="D123" s="0" t="s">
+        <v>603</v>
+      </c>
+      <c r="E123" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="F123" s="0" t="s">
         <v>604</v>
       </c>
-      <c r="C123" s="0" t="s">
+      <c r="G123" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H123" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I123" s="1" t="s">
         <v>605</v>
-      </c>
-[...16 lines deleted...]
-        <v>608</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L123" s="0"/>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
+        <v>606</v>
+      </c>
+      <c r="C124" s="0" t="s">
+        <v>607</v>
+      </c>
+      <c r="D124" s="0" t="s">
+        <v>608</v>
+      </c>
+      <c r="E124" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="F124" s="0" t="s">
         <v>609</v>
       </c>
-      <c r="C124" s="0" t="s">
+      <c r="G124" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="H124" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I124" s="1" t="s">
         <v>610</v>
-      </c>
-[...16 lines deleted...]
-        <v>613</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L124" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
+        <v>611</v>
+      </c>
+      <c r="C125" s="0" t="s">
+        <v>612</v>
+      </c>
+      <c r="D125" s="0" t="s">
+        <v>613</v>
+      </c>
+      <c r="E125" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="F125" s="0" t="s">
+        <v>609</v>
+      </c>
+      <c r="G125" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="H125" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I125" s="1" t="s">
         <v>614</v>
-      </c>
-[...19 lines deleted...]
-        <v>617</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L125" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
-        <v>618</v>
+        <v>615</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>619</v>
+        <v>616</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>620</v>
+        <v>617</v>
       </c>
       <c r="E126" s="0" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="F126" s="0" t="s">
-        <v>612</v>
+        <v>609</v>
       </c>
       <c r="G126" s="0" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L126" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
+        <v>618</v>
+      </c>
+      <c r="C127" s="0" t="s">
+        <v>619</v>
+      </c>
+      <c r="D127" s="0" t="s">
+        <v>620</v>
+      </c>
+      <c r="E127" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="F127" s="0" t="s">
         <v>621</v>
       </c>
-      <c r="C127" s="0" t="s">
+      <c r="G127" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H127" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I127" s="1" t="s">
         <v>622</v>
-      </c>
-[...16 lines deleted...]
-        <v>625</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L127" s="0"/>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
+        <v>623</v>
+      </c>
+      <c r="C128" s="0" t="s">
+        <v>624</v>
+      </c>
+      <c r="D128" s="0" t="s">
+        <v>625</v>
+      </c>
+      <c r="E128" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="F128" s="0" t="s">
         <v>626</v>
-      </c>
-[...10 lines deleted...]
-        <v>629</v>
       </c>
       <c r="G128" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>630</v>
+        <v>627</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
-        <v>153</v>
+        <v>19</v>
       </c>
       <c r="L128" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
+        <v>628</v>
+      </c>
+      <c r="C129" s="0" t="s">
+        <v>629</v>
+      </c>
+      <c r="D129" s="0" t="s">
+        <v>630</v>
+      </c>
+      <c r="E129" s="0" t="s">
         <v>631</v>
       </c>
-      <c r="C129" s="0" t="s">
+      <c r="F129" s="0" t="s">
         <v>632</v>
       </c>
-      <c r="D129" s="0" t="s">
+      <c r="G129" s="0" t="s">
+        <v>519</v>
+      </c>
+      <c r="H129" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I129" s="1" t="s">
         <v>633</v>
-      </c>
-[...13 lines deleted...]
-        <v>636</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L129" s="0"/>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
+        <v>634</v>
+      </c>
+      <c r="C130" s="0" t="s">
+        <v>635</v>
+      </c>
+      <c r="D130" s="0" t="s">
+        <v>636</v>
+      </c>
+      <c r="E130" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="F130" s="0" t="s">
         <v>637</v>
-      </c>
-[...10 lines deleted...]
-        <v>640</v>
       </c>
       <c r="G130" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H130" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>641</v>
+        <v>638</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L130" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
+        <v>639</v>
+      </c>
+      <c r="C131" s="0" t="s">
+        <v>640</v>
+      </c>
+      <c r="D131" s="0" t="s">
+        <v>641</v>
+      </c>
+      <c r="E131" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="F131" s="0" t="s">
         <v>642</v>
-      </c>
-[...10 lines deleted...]
-        <v>645</v>
       </c>
       <c r="G131" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>646</v>
+        <v>643</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
-        <v>647</v>
+        <v>19</v>
       </c>
       <c r="L131" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
-        <v>648</v>
+        <v>644</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>649</v>
+        <v>645</v>
       </c>
       <c r="D132" s="0" t="s">
-        <v>650</v>
+        <v>646</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="F132" s="0" t="s">
-        <v>651</v>
+        <v>647</v>
       </c>
       <c r="G132" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>652</v>
+        <v>648</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
-        <v>19</v>
+        <v>118</v>
       </c>
       <c r="L132" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
+        <v>649</v>
+      </c>
+      <c r="C133" s="0" t="s">
+        <v>650</v>
+      </c>
+      <c r="D133" s="0" t="s">
+        <v>651</v>
+      </c>
+      <c r="E133" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="F133" s="0" t="s">
+        <v>652</v>
+      </c>
+      <c r="G133" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H133" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I133" s="1" t="s">
         <v>653</v>
-      </c>
-[...19 lines deleted...]
-        <v>657</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L133" s="0"/>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
+        <v>654</v>
+      </c>
+      <c r="C134" s="0" t="s">
+        <v>655</v>
+      </c>
+      <c r="D134" s="0" t="s">
+        <v>656</v>
+      </c>
+      <c r="E134" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F134" s="0" t="s">
+        <v>657</v>
+      </c>
+      <c r="G134" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H134" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I134" s="1" t="s">
         <v>658</v>
-      </c>
-[...19 lines deleted...]
-        <v>662</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
-        <v>158</v>
+        <v>124</v>
       </c>
       <c r="L134" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
+        <v>659</v>
+      </c>
+      <c r="C135" s="0" t="s">
+        <v>660</v>
+      </c>
+      <c r="D135" s="0" t="s">
+        <v>661</v>
+      </c>
+      <c r="E135" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F135" s="0" t="s">
+        <v>662</v>
+      </c>
+      <c r="G135" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H135" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I135" s="1" t="s">
         <v>663</v>
-      </c>
-[...19 lines deleted...]
-        <v>667</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="L135" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
-        <v>668</v>
+        <v>664</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>669</v>
+        <v>665</v>
       </c>
       <c r="D136" s="0">
         <v>11084001</v>
       </c>
       <c r="E136" s="0" t="s">
-        <v>670</v>
+        <v>666</v>
       </c>
       <c r="F136" s="0" t="s">
-        <v>671</v>
+        <v>667</v>
       </c>
       <c r="G136" s="0" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>672</v>
+        <v>668</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L136" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
-        <v>673</v>
+        <v>669</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>674</v>
+        <v>670</v>
       </c>
       <c r="D137" s="0" t="s">
-        <v>675</v>
+        <v>671</v>
       </c>
       <c r="E137" s="0" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="F137" s="0" t="s">
-        <v>676</v>
+        <v>672</v>
       </c>
       <c r="G137" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>677</v>
+        <v>673</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L137" s="0"/>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
-        <v>678</v>
+        <v>674</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>679</v>
+        <v>675</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>680</v>
+        <v>676</v>
       </c>
       <c r="E138" s="0" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="F138" s="0" t="s">
-        <v>681</v>
+        <v>677</v>
       </c>
       <c r="G138" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H138" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>682</v>
+        <v>678</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
-        <v>19</v>
+        <v>118</v>
       </c>
       <c r="L138" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
+        <v>679</v>
+      </c>
+      <c r="C139" s="0" t="s">
+        <v>680</v>
+      </c>
+      <c r="D139" s="0" t="s">
+        <v>681</v>
+      </c>
+      <c r="E139" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F139" s="0" t="s">
+        <v>682</v>
+      </c>
+      <c r="G139" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H139" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I139" s="1" t="s">
         <v>683</v>
-      </c>
-[...19 lines deleted...]
-        <v>687</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="L139" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
-        <v>688</v>
+        <v>684</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>689</v>
+        <v>685</v>
       </c>
       <c r="D140" s="0" t="s">
-        <v>690</v>
+        <v>686</v>
       </c>
       <c r="E140" s="0" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="F140" s="0" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="G140" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="H140" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>691</v>
+        <v>687</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L140" s="0"/>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
-        <v>692</v>
+        <v>688</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>693</v>
+        <v>689</v>
       </c>
       <c r="D141" s="0">
         <v>10641101</v>
       </c>
       <c r="E141" s="0" t="s">
-        <v>694</v>
+        <v>690</v>
       </c>
       <c r="F141" s="0"/>
       <c r="G141" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>695</v>
+        <v>691</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L141" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
-        <v>696</v>
+        <v>692</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>697</v>
+        <v>693</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>698</v>
+        <v>694</v>
       </c>
       <c r="E142" s="0" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F142" s="0" t="s">
-        <v>699</v>
+        <v>695</v>
       </c>
       <c r="G142" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="L142" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
+        <v>696</v>
+      </c>
+      <c r="C143" s="0" t="s">
+        <v>697</v>
+      </c>
+      <c r="D143" s="0" t="s">
+        <v>698</v>
+      </c>
+      <c r="E143" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F143" s="0" t="s">
+        <v>699</v>
+      </c>
+      <c r="G143" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H143" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I143" s="1" t="s">
         <v>700</v>
-      </c>
-[...19 lines deleted...]
-        <v>704</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
-        <v>34</v>
+        <v>701</v>
       </c>
       <c r="L143" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
-        <v>705</v>
+        <v>702</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>706</v>
+        <v>703</v>
       </c>
       <c r="D144" s="0">
         <v>223481</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>707</v>
+        <v>704</v>
       </c>
       <c r="F144" s="0" t="s">
-        <v>708</v>
+        <v>705</v>
       </c>
       <c r="G144" s="0" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>709</v>
+        <v>706</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L144" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
+        <v>707</v>
+      </c>
+      <c r="C145" s="0" t="s">
+        <v>708</v>
+      </c>
+      <c r="D145" s="0" t="s">
+        <v>709</v>
+      </c>
+      <c r="E145" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="F145" s="0" t="s">
         <v>710</v>
-      </c>
-[...10 lines deleted...]
-        <v>713</v>
       </c>
       <c r="G145" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H145" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L145" s="0"/>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="B146" s="0" t="s">
+        <v>711</v>
+      </c>
+      <c r="C146" s="0" t="s">
+        <v>712</v>
+      </c>
+      <c r="D146" s="0" t="s">
+        <v>713</v>
+      </c>
+      <c r="E146" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F146" s="0" t="s">
         <v>714</v>
       </c>
-      <c r="C146" s="0" t="s">
+      <c r="G146" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H146" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I146" s="1" t="s">
         <v>715</v>
-      </c>
-[...16 lines deleted...]
-        <v>718</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L146" s="0"/>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="B147" s="0" t="s">
+        <v>716</v>
+      </c>
+      <c r="C147" s="0" t="s">
+        <v>717</v>
+      </c>
+      <c r="D147" s="0" t="s">
+        <v>718</v>
+      </c>
+      <c r="E147" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F147" s="0" t="s">
         <v>719</v>
       </c>
-      <c r="C147" s="0" t="s">
+      <c r="G147" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H147" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I147" s="1" t="s">
         <v>720</v>
-      </c>
-[...16 lines deleted...]
-        <v>723</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L147" s="0"/>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="B148" s="0" t="s">
+        <v>721</v>
+      </c>
+      <c r="C148" s="0" t="s">
+        <v>722</v>
+      </c>
+      <c r="D148" s="0" t="s">
+        <v>723</v>
+      </c>
+      <c r="E148" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F148" s="0" t="s">
+        <v>710</v>
+      </c>
+      <c r="G148" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H148" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I148" s="1" t="s">
         <v>724</v>
-      </c>
-[...19 lines deleted...]
-        <v>727</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L148" s="0"/>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="B149" s="0" t="s">
+        <v>725</v>
+      </c>
+      <c r="C149" s="0" t="s">
+        <v>726</v>
+      </c>
+      <c r="D149" s="0" t="s">
+        <v>727</v>
+      </c>
+      <c r="E149" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F149" s="0" t="s">
         <v>728</v>
       </c>
-      <c r="C149" s="0" t="s">
+      <c r="G149" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H149" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I149" s="1" t="s">
         <v>729</v>
-      </c>
-[...16 lines deleted...]
-        <v>732</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L149" s="0"/>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
+        <v>730</v>
+      </c>
+      <c r="C150" s="0" t="s">
+        <v>731</v>
+      </c>
+      <c r="D150" s="0" t="s">
+        <v>732</v>
+      </c>
+      <c r="E150" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F150" s="0" t="s">
         <v>733</v>
       </c>
-      <c r="C150" s="0" t="s">
+      <c r="G150" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H150" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I150" s="1" t="s">
         <v>734</v>
-      </c>
-[...16 lines deleted...]
-        <v>737</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
-        <v>19</v>
+        <v>118</v>
       </c>
       <c r="L150" s="0"/>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
+        <v>735</v>
+      </c>
+      <c r="C151" s="0" t="s">
+        <v>736</v>
+      </c>
+      <c r="D151" s="0" t="s">
+        <v>737</v>
+      </c>
+      <c r="E151" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="F151" s="0" t="s">
         <v>738</v>
       </c>
-      <c r="C151" s="0" t="s">
+      <c r="G151" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H151" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I151" s="1" t="s">
         <v>739</v>
-      </c>
-[...16 lines deleted...]
-        <v>742</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L151" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
+        <v>740</v>
+      </c>
+      <c r="C152" s="0" t="s">
+        <v>741</v>
+      </c>
+      <c r="D152" s="0" t="s">
+        <v>742</v>
+      </c>
+      <c r="E152" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="F152" s="0" t="s">
         <v>743</v>
       </c>
-      <c r="C152" s="0" t="s">
+      <c r="G152" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H152" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I152" s="1" t="s">
         <v>744</v>
-      </c>
-[...16 lines deleted...]
-        <v>157</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
-        <v>158</v>
+        <v>19</v>
       </c>
       <c r="L152" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
+        <v>745</v>
+      </c>
+      <c r="C153" s="0" t="s">
         <v>746</v>
       </c>
-      <c r="C153" s="0" t="s">
+      <c r="D153" s="0" t="s">
         <v>747</v>
       </c>
-      <c r="D153" s="0" t="s">
+      <c r="E153" s="0" t="s">
         <v>748</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
       <c r="F153" s="0" t="s">
         <v>749</v>
       </c>
       <c r="G153" s="0" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="H153" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I153" s="1" t="s">
         <v>750</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L153" s="0"/>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
         <v>751</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>752</v>
       </c>
       <c r="D154" s="0" t="s">
         <v>753</v>
       </c>
       <c r="E154" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="F154" s="0" t="s">
         <v>754</v>
       </c>
-      <c r="F154" s="0" t="s">
+      <c r="G154" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H154" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I154" s="1" t="s">
         <v>755</v>
-      </c>
-[...7 lines deleted...]
-        <v>756</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L154" s="0"/>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="A155" s="0"/>
       <c r="B155" s="0" t="s">
+        <v>756</v>
+      </c>
+      <c r="C155" s="0" t="s">
         <v>757</v>
       </c>
-      <c r="C155" s="0" t="s">
+      <c r="D155" s="0" t="s">
         <v>758</v>
       </c>
-      <c r="D155" s="0" t="s">
+      <c r="E155" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="F155" s="0" t="s">
         <v>759</v>
       </c>
-      <c r="E155" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F155" s="0" t="s">
+      <c r="G155" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H155" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I155" s="1" t="s">
         <v>760</v>
-      </c>
-[...7 lines deleted...]
-        <v>761</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L155" s="0"/>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
+        <v>761</v>
+      </c>
+      <c r="C156" s="0" t="s">
         <v>762</v>
       </c>
-      <c r="C156" s="0" t="s">
+      <c r="D156" s="0" t="s">
         <v>763</v>
       </c>
-      <c r="D156" s="0" t="s">
+      <c r="E156" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="F156" s="0" t="s">
         <v>764</v>
       </c>
-      <c r="E156" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F156" s="0" t="s">
+      <c r="G156" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H156" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I156" s="1" t="s">
         <v>765</v>
-      </c>
-[...7 lines deleted...]
-        <v>766</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L156" s="0"/>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
+        <v>766</v>
+      </c>
+      <c r="C157" s="0" t="s">
         <v>767</v>
       </c>
-      <c r="C157" s="0" t="s">
+      <c r="D157" s="0" t="s">
         <v>768</v>
       </c>
-      <c r="D157" s="0" t="s">
+      <c r="E157" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="F157" s="0" t="s">
         <v>769</v>
       </c>
-      <c r="E157" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F157" s="0" t="s">
+      <c r="G157" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H157" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I157" s="1" t="s">
         <v>770</v>
-      </c>
-[...7 lines deleted...]
-        <v>771</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="L157" s="0"/>
+        <v>19</v>
+      </c>
+      <c r="L157" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
+        <v>771</v>
+      </c>
+      <c r="C158" s="0" t="s">
         <v>772</v>
       </c>
-      <c r="C158" s="0" t="s">
+      <c r="D158" s="0" t="s">
         <v>773</v>
       </c>
-      <c r="D158" s="0" t="s">
+      <c r="E158" s="0" t="s">
         <v>774</v>
-      </c>
-[...1 lines deleted...]
-        <v>408</v>
       </c>
       <c r="F158" s="0" t="s">
         <v>775</v>
       </c>
       <c r="G158" s="0" t="s">
-        <v>40</v>
+        <v>519</v>
       </c>
       <c r="H158" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I158" s="1" t="s">
         <v>776</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L158" s="0"/>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
         <v>777</v>
       </c>
       <c r="C159" s="0" t="s">
         <v>778</v>
       </c>
       <c r="D159" s="0" t="s">
         <v>779</v>
       </c>
       <c r="E159" s="0" t="s">
+        <v>774</v>
+      </c>
+      <c r="F159" s="0" t="s">
         <v>780</v>
       </c>
-      <c r="F159" s="0" t="s">
+      <c r="G159" s="0" t="s">
+        <v>519</v>
+      </c>
+      <c r="H159" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I159" s="1" t="s">
         <v>781</v>
-      </c>
-[...7 lines deleted...]
-        <v>782</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L159" s="0"/>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
+        <v>782</v>
+      </c>
+      <c r="C160" s="0" t="s">
         <v>783</v>
       </c>
-      <c r="C160" s="0" t="s">
+      <c r="D160" s="0" t="s">
         <v>784</v>
       </c>
-      <c r="D160" s="0" t="s">
+      <c r="E160" s="0" t="s">
+        <v>774</v>
+      </c>
+      <c r="F160" s="0" t="s">
         <v>785</v>
       </c>
-      <c r="E160" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F160" s="0" t="s">
+      <c r="G160" s="0" t="s">
+        <v>519</v>
+      </c>
+      <c r="H160" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I160" s="1" t="s">
         <v>786</v>
-      </c>
-[...7 lines deleted...]
-        <v>787</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L160" s="0"/>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
       <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
+        <v>787</v>
+      </c>
+      <c r="C161" s="0" t="s">
         <v>788</v>
       </c>
-      <c r="C161" s="0" t="s">
+      <c r="D161" s="0" t="s">
         <v>789</v>
       </c>
-      <c r="D161" s="0" t="s">
+      <c r="E161" s="0" t="s">
         <v>790</v>
-      </c>
-[...1 lines deleted...]
-        <v>780</v>
       </c>
       <c r="F161" s="0" t="s">
         <v>791</v>
       </c>
       <c r="G161" s="0" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
       <c r="H161" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I161" s="1" t="s">
         <v>792</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L161" s="0"/>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
       <c r="A162" s="0"/>
       <c r="B162" s="0" t="s">
         <v>793</v>
       </c>
       <c r="C162" s="0" t="s">
         <v>794</v>
       </c>
       <c r="D162" s="0" t="s">
         <v>795</v>
       </c>
       <c r="E162" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="F162" s="0" t="s">
+        <v>609</v>
+      </c>
+      <c r="G162" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="H162" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I162" s="1" t="s">
         <v>796</v>
-      </c>
-[...10 lines deleted...]
-        <v>798</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="L162" s="0"/>
+        <v>56</v>
+      </c>
+      <c r="L162" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
       <c r="A163" s="0"/>
       <c r="B163" s="0" t="s">
+        <v>797</v>
+      </c>
+      <c r="C163" s="0" t="s">
+        <v>798</v>
+      </c>
+      <c r="D163" s="0" t="s">
         <v>799</v>
       </c>
-      <c r="C163" s="0" t="s">
+      <c r="E163" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="F163" s="0" t="s">
         <v>800</v>
       </c>
-      <c r="D163" s="0" t="s">
+      <c r="G163" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H163" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I163" s="1" t="s">
         <v>801</v>
-      </c>
-[...13 lines deleted...]
-        <v>802</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
-        <v>57</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L163" s="0"/>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="80">
       <c r="A164" s="0"/>
       <c r="B164" s="0" t="s">
+        <v>802</v>
+      </c>
+      <c r="C164" s="0" t="s">
         <v>803</v>
       </c>
-      <c r="C164" s="0" t="s">
+      <c r="D164" s="0" t="s">
         <v>804</v>
       </c>
-      <c r="D164" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E164" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="F164" s="0" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>806</v>
       </c>
       <c r="G164" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H164" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L164" s="0"/>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="80">
       <c r="A165" s="0"/>
       <c r="B165" s="0" t="s">
+        <v>806</v>
+      </c>
+      <c r="C165" s="0" t="s">
+        <v>807</v>
+      </c>
+      <c r="D165" s="0" t="s">
         <v>808</v>
       </c>
-      <c r="C165" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E165" s="0" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="F165" s="0" t="s">
-        <v>289</v>
+        <v>480</v>
       </c>
       <c r="G165" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H165" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>811</v>
+        <v>809</v>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L165" s="0"/>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="80">
       <c r="A166" s="0"/>
       <c r="B166" s="0" t="s">
+        <v>810</v>
+      </c>
+      <c r="C166" s="0" t="s">
+        <v>811</v>
+      </c>
+      <c r="D166" s="0" t="s">
         <v>812</v>
       </c>
-      <c r="C166" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E166" s="0" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="F166" s="0" t="s">
-        <v>482</v>
+        <v>800</v>
       </c>
       <c r="G166" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H166" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>815</v>
+        <v>813</v>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L166" s="0"/>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="80">
       <c r="A167" s="0"/>
       <c r="B167" s="0" t="s">
+        <v>814</v>
+      </c>
+      <c r="C167" s="0" t="s">
+        <v>815</v>
+      </c>
+      <c r="D167" s="0" t="s">
         <v>816</v>
       </c>
-      <c r="C167" s="0" t="s">
+      <c r="E167" s="0" t="s">
+        <v>585</v>
+      </c>
+      <c r="F167" s="0" t="s">
         <v>817</v>
       </c>
-      <c r="D167" s="0" t="s">
+      <c r="G167" s="0" t="s">
         <v>818</v>
-      </c>
-[...7 lines deleted...]
-        <v>16</v>
       </c>
       <c r="H167" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I167" s="1" t="s">
         <v>819</v>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="L167" s="0"/>
+        <v>33</v>
+      </c>
+      <c r="L167" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="80">
       <c r="A168" s="0"/>
       <c r="B168" s="0" t="s">
         <v>820</v>
       </c>
       <c r="C168" s="0" t="s">
         <v>821</v>
       </c>
       <c r="D168" s="0" t="s">
         <v>822</v>
       </c>
       <c r="E168" s="0" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="F168" s="0" t="s">
         <v>823</v>
       </c>
       <c r="G168" s="0" t="s">
+        <v>818</v>
+      </c>
+      <c r="H168" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I168" s="1" t="s">
         <v>824</v>
-      </c>
-[...4 lines deleted...]
-        <v>825</v>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L168" s="0"/>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="80">
       <c r="A169" s="0"/>
       <c r="B169" s="0" t="s">
+        <v>825</v>
+      </c>
+      <c r="C169" s="0" t="s">
         <v>826</v>
       </c>
-      <c r="C169" s="0" t="s">
+      <c r="D169" s="0" t="s">
         <v>827</v>
       </c>
-      <c r="D169" s="0" t="s">
+      <c r="E169" s="0" t="s">
+        <v>585</v>
+      </c>
+      <c r="F169" s="0" t="s">
         <v>828</v>
       </c>
-      <c r="E169" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F169" s="0" t="s">
+      <c r="G169" s="0" t="s">
+        <v>818</v>
+      </c>
+      <c r="H169" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I169" s="1" t="s">
         <v>829</v>
-      </c>
-[...7 lines deleted...]
-        <v>830</v>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="L169" s="0"/>
+        <v>19</v>
+      </c>
+      <c r="L169" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="80">
       <c r="A170" s="0"/>
       <c r="B170" s="0" t="s">
+        <v>830</v>
+      </c>
+      <c r="C170" s="0" t="s">
         <v>831</v>
       </c>
-      <c r="C170" s="0" t="s">
+      <c r="D170" s="0">
+        <v>25700001</v>
+      </c>
+      <c r="E170" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="F170" s="0" t="s">
         <v>832</v>
       </c>
-      <c r="D170" s="0" t="s">
+      <c r="G170" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H170" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I170" s="1" t="s">
         <v>833</v>
-      </c>
-[...13 lines deleted...]
-        <v>835</v>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L170" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="80">
       <c r="A171" s="0"/>
       <c r="B171" s="0" t="s">
+        <v>834</v>
+      </c>
+      <c r="C171" s="0" t="s">
+        <v>835</v>
+      </c>
+      <c r="D171" s="0">
+        <v>16800001</v>
+      </c>
+      <c r="E171" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="F171" s="0" t="s">
         <v>836</v>
-      </c>
-[...10 lines deleted...]
-        <v>838</v>
       </c>
       <c r="G171" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H171" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>839</v>
+        <v>837</v>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L171" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="80">
       <c r="A172" s="0"/>
       <c r="B172" s="0" t="s">
+        <v>838</v>
+      </c>
+      <c r="C172" s="0" t="s">
+        <v>839</v>
+      </c>
+      <c r="D172" s="0" t="s">
         <v>840</v>
       </c>
-      <c r="C172" s="0" t="s">
+      <c r="E172" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="F172" s="0" t="s">
         <v>841</v>
-      </c>
-[...7 lines deleted...]
-        <v>842</v>
       </c>
       <c r="G172" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H172" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I172" s="1" t="s">
-        <v>843</v>
+        <v>842</v>
       </c>
       <c r="J172" s="0"/>
       <c r="K172" s="0" t="s">
-        <v>153</v>
+        <v>19</v>
       </c>
       <c r="L172" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="80">
       <c r="A173" s="0"/>
       <c r="B173" s="0" t="s">
+        <v>843</v>
+      </c>
+      <c r="C173" s="0" t="s">
         <v>844</v>
       </c>
-      <c r="C173" s="0" t="s">
+      <c r="D173" s="0" t="s">
         <v>845</v>
       </c>
-      <c r="D173" s="0" t="s">
+      <c r="E173" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="F173" s="0" t="s">
         <v>846</v>
-      </c>
-[...4 lines deleted...]
-        <v>847</v>
       </c>
       <c r="G173" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H173" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>848</v>
+        <v>847</v>
       </c>
       <c r="J173" s="0"/>
       <c r="K173" s="0" t="s">
-        <v>849</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L173" s="0"/>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="80">
       <c r="A174" s="0"/>
       <c r="B174" s="0" t="s">
+        <v>848</v>
+      </c>
+      <c r="C174" s="0" t="s">
+        <v>849</v>
+      </c>
+      <c r="D174" s="0" t="s">
         <v>850</v>
       </c>
-      <c r="C174" s="0" t="s">
+      <c r="E174" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="F174" s="0" t="s">
         <v>851</v>
-      </c>
-[...7 lines deleted...]
-        <v>853</v>
       </c>
       <c r="G174" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H174" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>854</v>
+        <v>842</v>
       </c>
       <c r="J174" s="0"/>
       <c r="K174" s="0" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="L174" s="0"/>
+        <v>33</v>
+      </c>
+      <c r="L174" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="80">
       <c r="A175" s="0"/>
       <c r="B175" s="0" t="s">
+        <v>852</v>
+      </c>
+      <c r="C175" s="0" t="s">
+        <v>853</v>
+      </c>
+      <c r="D175" s="0" t="s">
+        <v>854</v>
+      </c>
+      <c r="E175" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="F175" s="0" t="s">
         <v>855</v>
-      </c>
-[...10 lines deleted...]
-        <v>858</v>
       </c>
       <c r="G175" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H175" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>848</v>
+        <v>856</v>
       </c>
       <c r="J175" s="0"/>
       <c r="K175" s="0" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L175" s="0"/>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="80">
       <c r="A176" s="0"/>
       <c r="B176" s="0" t="s">
+        <v>857</v>
+      </c>
+      <c r="C176" s="0" t="s">
+        <v>858</v>
+      </c>
+      <c r="D176" s="0">
+        <v>21200001</v>
+      </c>
+      <c r="E176" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="F176" s="0" t="s">
         <v>859</v>
-      </c>
-[...10 lines deleted...]
-        <v>862</v>
       </c>
       <c r="G176" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H176" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>863</v>
+        <v>860</v>
       </c>
       <c r="J176" s="0"/>
       <c r="K176" s="0" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="L176" s="0"/>
+        <v>19</v>
+      </c>
+      <c r="L176" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="80">
       <c r="A177" s="0"/>
       <c r="B177" s="0" t="s">
-        <v>864</v>
+        <v>861</v>
       </c>
       <c r="C177" s="0" t="s">
-        <v>865</v>
+        <v>862</v>
       </c>
       <c r="D177" s="0">
-        <v>21200001</v>
+        <v>20800001</v>
       </c>
       <c r="E177" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F177" s="0" t="s">
-        <v>866</v>
+        <v>863</v>
       </c>
       <c r="G177" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H177" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I177" s="1" t="s">
-        <v>867</v>
+        <v>864</v>
       </c>
       <c r="J177" s="0"/>
       <c r="K177" s="0" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L177" s="0"/>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="80">
       <c r="A178" s="0"/>
       <c r="B178" s="0" t="s">
-        <v>868</v>
+        <v>865</v>
       </c>
       <c r="C178" s="0" t="s">
-        <v>869</v>
+        <v>866</v>
       </c>
       <c r="D178" s="0">
-        <v>20800001</v>
+        <v>8700001</v>
       </c>
       <c r="E178" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F178" s="0" t="s">
-        <v>870</v>
+        <v>828</v>
       </c>
       <c r="G178" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H178" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I178" s="1" t="s">
-        <v>871</v>
+        <v>424</v>
       </c>
       <c r="J178" s="0"/>
       <c r="K178" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L178" s="0"/>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="80">
       <c r="A179" s="0"/>
       <c r="B179" s="0" t="s">
-        <v>872</v>
+        <v>867</v>
       </c>
       <c r="C179" s="0" t="s">
-        <v>873</v>
-[...2 lines deleted...]
-        <v>8700001</v>
+        <v>868</v>
+      </c>
+      <c r="D179" s="0" t="s">
+        <v>869</v>
       </c>
       <c r="E179" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F179" s="0" t="s">
-        <v>834</v>
+        <v>870</v>
       </c>
       <c r="G179" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H179" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I179" s="1" t="s">
-        <v>426</v>
+        <v>871</v>
       </c>
       <c r="J179" s="0"/>
       <c r="K179" s="0" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="L179" s="0"/>
+        <v>19</v>
+      </c>
+      <c r="L179" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="80">
       <c r="A180" s="0"/>
       <c r="B180" s="0" t="s">
+        <v>872</v>
+      </c>
+      <c r="C180" s="0" t="s">
+        <v>873</v>
+      </c>
+      <c r="D180" s="0" t="s">
         <v>874</v>
       </c>
-      <c r="C180" s="0" t="s">
+      <c r="E180" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="F180" s="0" t="s">
         <v>875</v>
-      </c>
-[...7 lines deleted...]
-        <v>877</v>
       </c>
       <c r="G180" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H180" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I180" s="1" t="s">
-        <v>878</v>
+        <v>876</v>
       </c>
       <c r="J180" s="0"/>
       <c r="K180" s="0" t="s">
-        <v>34</v>
+        <v>118</v>
       </c>
       <c r="L180" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="80">
       <c r="A181" s="0"/>
       <c r="B181" s="0" t="s">
+        <v>877</v>
+      </c>
+      <c r="C181" s="0" t="s">
+        <v>878</v>
+      </c>
+      <c r="D181" s="0" t="s">
         <v>879</v>
       </c>
-      <c r="C181" s="0" t="s">
+      <c r="E181" s="0" t="s">
+        <v>428</v>
+      </c>
+      <c r="F181" s="0" t="s">
         <v>880</v>
       </c>
-      <c r="D181" s="0" t="s">
+      <c r="G181" s="0" t="s">
+        <v>430</v>
+      </c>
+      <c r="H181" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I181" s="1" t="s">
         <v>881</v>
-      </c>
-[...13 lines deleted...]
-        <v>883</v>
       </c>
       <c r="J181" s="0"/>
       <c r="K181" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="L181" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="80">
       <c r="A182" s="0"/>
       <c r="B182" s="0" t="s">
+        <v>882</v>
+      </c>
+      <c r="C182" s="0" t="s">
+        <v>883</v>
+      </c>
+      <c r="D182" s="0" t="s">
         <v>884</v>
       </c>
-      <c r="C182" s="0" t="s">
+      <c r="E182" s="0" t="s">
         <v>885</v>
       </c>
-      <c r="D182" s="0" t="s">
+      <c r="F182" s="0" t="s">
         <v>886</v>
       </c>
-      <c r="E182" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F182" s="0" t="s">
+      <c r="G182" s="0" t="s">
         <v>887</v>
-      </c>
-[...1 lines deleted...]
-        <v>432</v>
       </c>
       <c r="H182" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I182" s="1" t="s">
         <v>888</v>
       </c>
       <c r="J182" s="0"/>
       <c r="K182" s="0" t="s">
-        <v>34</v>
+        <v>889</v>
       </c>
       <c r="L182" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="80">
       <c r="A183" s="0"/>
       <c r="B183" s="0" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="C183" s="0" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="D183" s="0" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="E183" s="0" t="s">
-        <v>892</v>
+        <v>167</v>
       </c>
       <c r="F183" s="0" t="s">
         <v>893</v>
       </c>
       <c r="G183" s="0" t="s">
-        <v>894</v>
+        <v>168</v>
       </c>
       <c r="H183" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>895</v>
+        <v>112</v>
       </c>
       <c r="J183" s="0"/>
       <c r="K183" s="0" t="s">
-        <v>153</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L183" s="0"/>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="80">
       <c r="A184" s="0"/>
       <c r="B184" s="0" t="s">
+        <v>894</v>
+      </c>
+      <c r="C184" s="0" t="s">
+        <v>895</v>
+      </c>
+      <c r="D184" s="0" t="s">
         <v>896</v>
-      </c>
-[...4 lines deleted...]
-        <v>898</v>
       </c>
       <c r="E184" s="0" t="s">
         <v>167</v>
       </c>
       <c r="F184" s="0" t="s">
-        <v>899</v>
+        <v>897</v>
       </c>
       <c r="G184" s="0" t="s">
         <v>168</v>
       </c>
       <c r="H184" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I184" s="1" t="s">
-        <v>113</v>
+        <v>898</v>
       </c>
       <c r="J184" s="0"/>
       <c r="K184" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L184" s="0"/>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="80">
       <c r="A185" s="0"/>
       <c r="B185" s="0" t="s">
+        <v>899</v>
+      </c>
+      <c r="C185" s="0" t="s">
         <v>900</v>
       </c>
-      <c r="C185" s="0" t="s">
+      <c r="D185" s="0">
+        <v>131680</v>
+      </c>
+      <c r="E185" s="0" t="s">
+        <v>585</v>
+      </c>
+      <c r="F185" s="0" t="s">
         <v>901</v>
       </c>
-      <c r="D185" s="0" t="s">
+      <c r="G185" s="0" t="s">
+        <v>587</v>
+      </c>
+      <c r="H185" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I185" s="1" t="s">
         <v>902</v>
-      </c>
-[...13 lines deleted...]
-        <v>904</v>
       </c>
       <c r="J185" s="0"/>
       <c r="K185" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L185" s="0"/>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="80">
       <c r="A186" s="0"/>
       <c r="B186" s="0" t="s">
-        <v>905</v>
+        <v>903</v>
       </c>
       <c r="C186" s="0" t="s">
-        <v>906</v>
+        <v>904</v>
       </c>
       <c r="D186" s="0">
-        <v>131680</v>
+        <v>131650</v>
       </c>
       <c r="E186" s="0" t="s">
+        <v>585</v>
+      </c>
+      <c r="F186" s="0" t="s">
+        <v>901</v>
+      </c>
+      <c r="G186" s="0" t="s">
         <v>587</v>
       </c>
-      <c r="F186" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H186" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I186" s="1" t="s">
-        <v>908</v>
+        <v>902</v>
       </c>
       <c r="J186" s="0"/>
       <c r="K186" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L186" s="0"/>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="80">
       <c r="A187" s="0"/>
       <c r="B187" s="0" t="s">
-        <v>909</v>
+        <v>905</v>
       </c>
       <c r="C187" s="0" t="s">
-        <v>910</v>
+        <v>906</v>
       </c>
       <c r="D187" s="0">
-        <v>131650</v>
+        <v>114100</v>
       </c>
       <c r="E187" s="0" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="F187" s="0" t="s">
         <v>907</v>
       </c>
       <c r="G187" s="0" t="s">
-        <v>589</v>
+        <v>587</v>
       </c>
       <c r="H187" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I187" s="1" t="s">
         <v>908</v>
       </c>
       <c r="J187" s="0"/>
       <c r="K187" s="0" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="L187" s="0"/>
+        <v>33</v>
+      </c>
+      <c r="L187" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="80">
       <c r="A188" s="0"/>
       <c r="B188" s="0" t="s">
+        <v>909</v>
+      </c>
+      <c r="C188" s="0" t="s">
+        <v>910</v>
+      </c>
+      <c r="D188" s="0">
+        <v>129140</v>
+      </c>
+      <c r="E188" s="0" t="s">
+        <v>585</v>
+      </c>
+      <c r="F188" s="0" t="s">
         <v>911</v>
       </c>
-      <c r="C188" s="0" t="s">
+      <c r="G188" s="0" t="s">
+        <v>587</v>
+      </c>
+      <c r="H188" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I188" s="1" t="s">
         <v>912</v>
-      </c>
-[...16 lines deleted...]
-        <v>914</v>
       </c>
       <c r="J188" s="0"/>
       <c r="K188" s="0" t="s">
-        <v>34</v>
+        <v>889</v>
       </c>
       <c r="L188" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="80">
       <c r="A189" s="0"/>
       <c r="B189" s="0" t="s">
+        <v>913</v>
+      </c>
+      <c r="C189" s="0" t="s">
+        <v>914</v>
+      </c>
+      <c r="D189" s="0" t="s">
         <v>915</v>
       </c>
-      <c r="C189" s="0" t="s">
+      <c r="E189" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="F189" s="0" t="s">
+        <v>334</v>
+      </c>
+      <c r="G189" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H189" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I189" s="1" t="s">
         <v>916</v>
-      </c>
-[...16 lines deleted...]
-        <v>918</v>
       </c>
       <c r="J189" s="0"/>
       <c r="K189" s="0" t="s">
-        <v>153</v>
+        <v>19</v>
       </c>
       <c r="L189" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="80">
       <c r="A190" s="0"/>
       <c r="B190" s="0" t="s">
+        <v>917</v>
+      </c>
+      <c r="C190" s="0" t="s">
+        <v>918</v>
+      </c>
+      <c r="D190" s="0" t="s">
         <v>919</v>
       </c>
-      <c r="C190" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E190" s="0" t="s">
-        <v>288</v>
+        <v>406</v>
       </c>
       <c r="F190" s="0" t="s">
-        <v>335</v>
+        <v>754</v>
       </c>
       <c r="G190" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="H190" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I190" s="1" t="s">
-        <v>922</v>
+        <v>249</v>
       </c>
       <c r="J190" s="0"/>
       <c r="K190" s="0" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L190" s="0"/>
     </row>
     <row r="191" spans="1:12" customHeight="1" ht="80">
       <c r="A191" s="0"/>
       <c r="B191" s="0" t="s">
+        <v>920</v>
+      </c>
+      <c r="C191" s="0" t="s">
+        <v>921</v>
+      </c>
+      <c r="D191" s="0">
+        <v>1920514001</v>
+      </c>
+      <c r="E191" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F191" s="0" t="s">
+        <v>922</v>
+      </c>
+      <c r="G191" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H191" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I191" s="1" t="s">
         <v>923</v>
-      </c>
-[...19 lines deleted...]
-        <v>250</v>
       </c>
       <c r="J191" s="0"/>
       <c r="K191" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L191" s="0"/>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="80">
       <c r="A192" s="0"/>
       <c r="B192" s="0" t="s">
-        <v>926</v>
+        <v>924</v>
       </c>
       <c r="C192" s="0" t="s">
-        <v>927</v>
+        <v>925</v>
       </c>
       <c r="D192" s="0">
-        <v>1920514001</v>
+        <v>1200500001</v>
       </c>
       <c r="E192" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F192" s="0" t="s">
-        <v>928</v>
+        <v>926</v>
       </c>
       <c r="G192" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H192" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I192" s="1" t="s">
-        <v>929</v>
+        <v>813</v>
       </c>
       <c r="J192" s="0"/>
       <c r="K192" s="0" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="L192" s="0"/>
+        <v>19</v>
+      </c>
+      <c r="L192" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="80">
       <c r="A193" s="0"/>
       <c r="B193" s="0" t="s">
-        <v>930</v>
+        <v>927</v>
       </c>
       <c r="C193" s="0" t="s">
-        <v>931</v>
+        <v>928</v>
       </c>
       <c r="D193" s="0">
-        <v>1200500001</v>
+        <v>1940509001</v>
       </c>
       <c r="E193" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F193" s="0" t="s">
-        <v>932</v>
+        <v>929</v>
       </c>
       <c r="G193" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H193" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I193" s="1" t="s">
-        <v>819</v>
+        <v>930</v>
       </c>
       <c r="J193" s="0"/>
       <c r="K193" s="0" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L193" s="0"/>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="80">
       <c r="A194" s="0"/>
       <c r="B194" s="0" t="s">
+        <v>931</v>
+      </c>
+      <c r="C194" s="0" t="s">
+        <v>932</v>
+      </c>
+      <c r="D194" s="0">
+        <v>27014917</v>
+      </c>
+      <c r="E194" s="0" t="s">
         <v>933</v>
       </c>
-      <c r="C194" s="0" t="s">
+      <c r="F194" s="0" t="s">
         <v>934</v>
       </c>
-      <c r="D194" s="0">
-[...5 lines deleted...]
-      <c r="F194" s="0" t="s">
+      <c r="G194" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="H194" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I194" s="1" t="s">
         <v>935</v>
-      </c>
-[...7 lines deleted...]
-        <v>936</v>
       </c>
       <c r="J194" s="0"/>
       <c r="K194" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L194" s="0"/>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="80">
       <c r="A195" s="0"/>
       <c r="B195" s="0" t="s">
+        <v>936</v>
+      </c>
+      <c r="C195" s="0" t="s">
         <v>937</v>
       </c>
-      <c r="C195" s="0" t="s">
+      <c r="D195" s="0">
+        <v>27020833</v>
+      </c>
+      <c r="E195" s="0" t="s">
+        <v>933</v>
+      </c>
+      <c r="F195" s="0" t="s">
         <v>938</v>
       </c>
-      <c r="D195" s="0">
-[...7 lines deleted...]
-      </c>
       <c r="G195" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H195" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I195" s="1" t="s">
-        <v>941</v>
+        <v>174</v>
       </c>
       <c r="J195" s="0"/>
       <c r="K195" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L195" s="0"/>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="80">
       <c r="A196" s="0"/>
       <c r="B196" s="0" t="s">
+        <v>939</v>
+      </c>
+      <c r="C196" s="0" t="s">
+        <v>940</v>
+      </c>
+      <c r="D196" s="0" t="s">
+        <v>941</v>
+      </c>
+      <c r="E196" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F196" s="0" t="s">
         <v>942</v>
       </c>
-      <c r="C196" s="0" t="s">
+      <c r="G196" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H196" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I196" s="1" t="s">
         <v>943</v>
-      </c>
-[...16 lines deleted...]
-        <v>174</v>
       </c>
       <c r="J196" s="0"/>
       <c r="K196" s="0" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="L196" s="0"/>
+        <v>889</v>
+      </c>
+      <c r="L196" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="80">
       <c r="A197" s="0"/>
       <c r="B197" s="0" t="s">
+        <v>944</v>
+      </c>
+      <c r="C197" s="0" t="s">
         <v>945</v>
       </c>
-      <c r="C197" s="0" t="s">
+      <c r="D197" s="0" t="s">
         <v>946</v>
       </c>
-      <c r="D197" s="0" t="s">
+      <c r="E197" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F197" s="0" t="s">
         <v>947</v>
       </c>
-      <c r="E197" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G197" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="H197" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I197" s="1" t="s">
-        <v>949</v>
+        <v>179</v>
       </c>
       <c r="J197" s="0"/>
       <c r="K197" s="0" t="s">
-        <v>153</v>
+        <v>33</v>
       </c>
       <c r="L197" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="198" spans="1:12" customHeight="1" ht="80">
       <c r="A198" s="0"/>
       <c r="B198" s="0" t="s">
+        <v>948</v>
+      </c>
+      <c r="C198" s="0" t="s">
+        <v>949</v>
+      </c>
+      <c r="D198" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="E198" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="F198" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="G198" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="H198" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I198" s="1" t="s">
         <v>950</v>
-      </c>
-[...19 lines deleted...]
-        <v>180</v>
       </c>
       <c r="J198" s="0"/>
       <c r="K198" s="0" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="L198" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="199" spans="1:12" customHeight="1" ht="80">
       <c r="A199" s="0"/>
       <c r="B199" s="0" t="s">
+        <v>951</v>
+      </c>
+      <c r="C199" s="0" t="s">
+        <v>952</v>
+      </c>
+      <c r="D199" s="0">
+        <v>10681101</v>
+      </c>
+      <c r="E199" s="0" t="s">
+        <v>690</v>
+      </c>
+      <c r="F199" s="0" t="s">
+        <v>953</v>
+      </c>
+      <c r="G199" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H199" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I199" s="1" t="s">
         <v>954</v>
-      </c>
-[...19 lines deleted...]
-        <v>956</v>
       </c>
       <c r="J199" s="0"/>
       <c r="K199" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L199" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="80">
       <c r="A200" s="0"/>
       <c r="B200" s="0" t="s">
+        <v>955</v>
+      </c>
+      <c r="C200" s="0" t="s">
+        <v>956</v>
+      </c>
+      <c r="D200" s="0" t="s">
         <v>957</v>
       </c>
-      <c r="C200" s="0" t="s">
+      <c r="E200" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="F200" s="0" t="s">
         <v>958</v>
       </c>
-      <c r="D200" s="0">
-[...5 lines deleted...]
-      <c r="F200" s="0" t="s">
+      <c r="G200" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H200" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I200" s="1" t="s">
         <v>959</v>
-      </c>
-[...7 lines deleted...]
-        <v>960</v>
       </c>
       <c r="J200" s="0"/>
       <c r="K200" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L200" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="80">
       <c r="A201" s="0"/>
       <c r="B201" s="0" t="s">
+        <v>960</v>
+      </c>
+      <c r="C201" s="0" t="s">
         <v>961</v>
       </c>
-      <c r="C201" s="0" t="s">
+      <c r="D201" s="0" t="s">
         <v>962</v>
       </c>
-      <c r="D201" s="0" t="s">
+      <c r="E201" s="0" t="s">
         <v>963</v>
-      </c>
-[...1 lines deleted...]
-        <v>408</v>
       </c>
       <c r="F201" s="0" t="s">
         <v>964</v>
       </c>
       <c r="G201" s="0" t="s">
-        <v>40</v>
+        <v>887</v>
       </c>
       <c r="H201" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I201" s="1" t="s">
         <v>965</v>
       </c>
       <c r="J201" s="0"/>
       <c r="K201" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L201" s="0">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="202" spans="1:12" customHeight="1" ht="80">
       <c r="A202" s="0"/>
       <c r="B202" s="0" t="s">
         <v>966</v>
       </c>
       <c r="C202" s="0" t="s">
         <v>967</v>
       </c>
       <c r="D202" s="0" t="s">
         <v>968</v>
       </c>
       <c r="E202" s="0" t="s">
+        <v>963</v>
+      </c>
+      <c r="F202" s="0" t="s">
         <v>969</v>
       </c>
-      <c r="F202" s="0" t="s">
+      <c r="G202" s="0" t="s">
+        <v>887</v>
+      </c>
+      <c r="H202" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I202" s="1" t="s">
         <v>970</v>
-      </c>
-[...7 lines deleted...]
-        <v>971</v>
       </c>
       <c r="J202" s="0"/>
       <c r="K202" s="0" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="L202" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="80">
       <c r="A203" s="0"/>
       <c r="B203" s="0" t="s">
+        <v>971</v>
+      </c>
+      <c r="C203" s="0" t="s">
         <v>972</v>
       </c>
-      <c r="C203" s="0" t="s">
+      <c r="D203" s="0" t="s">
         <v>973</v>
       </c>
-      <c r="D203" s="0" t="s">
+      <c r="E203" s="0" t="s">
+        <v>963</v>
+      </c>
+      <c r="F203" s="0" t="s">
         <v>974</v>
       </c>
-      <c r="E203" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F203" s="0" t="s">
+      <c r="G203" s="0" t="s">
+        <v>887</v>
+      </c>
+      <c r="H203" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I203" s="1" t="s">
         <v>975</v>
-      </c>
-[...7 lines deleted...]
-        <v>976</v>
       </c>
       <c r="J203" s="0"/>
       <c r="K203" s="0" t="s">
-        <v>19</v>
+        <v>56</v>
       </c>
       <c r="L203" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="204" spans="1:12" customHeight="1" ht="80">
       <c r="A204" s="0"/>
       <c r="B204" s="0" t="s">
+        <v>976</v>
+      </c>
+      <c r="C204" s="0" t="s">
         <v>977</v>
       </c>
-      <c r="C204" s="0" t="s">
+      <c r="D204" s="0" t="s">
         <v>978</v>
       </c>
-      <c r="D204" s="0" t="s">
+      <c r="E204" s="0" t="s">
+        <v>963</v>
+      </c>
+      <c r="F204" s="0" t="s">
         <v>979</v>
       </c>
-      <c r="E204" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G204" s="0" t="s">
-        <v>894</v>
+        <v>887</v>
       </c>
       <c r="H204" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I204" s="1" t="s">
-        <v>981</v>
+        <v>970</v>
       </c>
       <c r="J204" s="0"/>
       <c r="K204" s="0" t="s">
-        <v>57</v>
+        <v>33</v>
       </c>
       <c r="L204" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="205" spans="1:12" customHeight="1" ht="80">
       <c r="A205" s="0"/>
       <c r="B205" s="0" t="s">
+        <v>980</v>
+      </c>
+      <c r="C205" s="0" t="s">
+        <v>981</v>
+      </c>
+      <c r="D205" s="0" t="s">
         <v>982</v>
       </c>
-      <c r="C205" s="0" t="s">
+      <c r="E205" s="0" t="s">
+        <v>963</v>
+      </c>
+      <c r="F205" s="0" t="s">
         <v>983</v>
       </c>
-      <c r="D205" s="0" t="s">
+      <c r="G205" s="0" t="s">
+        <v>887</v>
+      </c>
+      <c r="H205" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I205" s="1" t="s">
         <v>984</v>
-      </c>
-[...13 lines deleted...]
-        <v>976</v>
       </c>
       <c r="J205" s="0"/>
       <c r="K205" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="L205" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="206" spans="1:12" customHeight="1" ht="80">
       <c r="A206" s="0"/>
       <c r="B206" s="0" t="s">
+        <v>985</v>
+      </c>
+      <c r="C206" s="0" t="s">
         <v>986</v>
       </c>
-      <c r="C206" s="0" t="s">
+      <c r="D206" s="0" t="s">
         <v>987</v>
       </c>
-      <c r="D206" s="0" t="s">
+      <c r="E206" s="0" t="s">
+        <v>963</v>
+      </c>
+      <c r="F206" s="0" t="s">
         <v>988</v>
       </c>
-      <c r="E206" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F206" s="0" t="s">
+      <c r="G206" s="0" t="s">
+        <v>887</v>
+      </c>
+      <c r="H206" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I206" s="1" t="s">
         <v>989</v>
-      </c>
-[...7 lines deleted...]
-        <v>990</v>
       </c>
       <c r="J206" s="0"/>
       <c r="K206" s="0" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="L206" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="207" spans="1:12" customHeight="1" ht="80">
       <c r="A207" s="0"/>
       <c r="B207" s="0" t="s">
+        <v>990</v>
+      </c>
+      <c r="C207" s="0" t="s">
         <v>991</v>
       </c>
-      <c r="C207" s="0" t="s">
+      <c r="D207" s="0" t="s">
         <v>992</v>
       </c>
-      <c r="D207" s="0" t="s">
+      <c r="E207" s="0" t="s">
+        <v>963</v>
+      </c>
+      <c r="F207" s="0" t="s">
         <v>993</v>
       </c>
-      <c r="E207" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F207" s="0" t="s">
+      <c r="G207" s="0" t="s">
+        <v>887</v>
+      </c>
+      <c r="H207" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I207" s="1" t="s">
         <v>994</v>
-      </c>
-[...7 lines deleted...]
-        <v>995</v>
       </c>
       <c r="J207" s="0"/>
       <c r="K207" s="0" t="s">
-        <v>57</v>
+        <v>124</v>
       </c>
       <c r="L207" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="80">
       <c r="A208" s="0"/>
       <c r="B208" s="0" t="s">
+        <v>995</v>
+      </c>
+      <c r="C208" s="0" t="s">
         <v>996</v>
       </c>
-      <c r="C208" s="0" t="s">
+      <c r="D208" s="0" t="s">
         <v>997</v>
       </c>
-      <c r="D208" s="0" t="s">
+      <c r="E208" s="0" t="s">
+        <v>963</v>
+      </c>
+      <c r="F208" s="0" t="s">
         <v>998</v>
       </c>
-      <c r="E208" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G208" s="0" t="s">
-        <v>894</v>
+        <v>887</v>
       </c>
       <c r="H208" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I208" s="1" t="s">
-        <v>1000</v>
+        <v>436</v>
       </c>
       <c r="J208" s="0"/>
       <c r="K208" s="0" t="s">
-        <v>158</v>
+        <v>33</v>
       </c>
       <c r="L208" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="209" spans="1:12" customHeight="1" ht="80">
       <c r="A209" s="0"/>
       <c r="B209" s="0" t="s">
+        <v>999</v>
+      </c>
+      <c r="C209" s="0" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D209" s="0" t="s">
         <v>1001</v>
       </c>
-      <c r="C209" s="0" t="s">
+      <c r="E209" s="0" t="s">
+        <v>963</v>
+      </c>
+      <c r="F209" s="0" t="s">
         <v>1002</v>
       </c>
-      <c r="D209" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G209" s="0" t="s">
-        <v>894</v>
+        <v>887</v>
       </c>
       <c r="H209" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I209" s="1" t="s">
-        <v>438</v>
+        <v>965</v>
       </c>
       <c r="J209" s="0"/>
       <c r="K209" s="0" t="s">
-        <v>158</v>
+        <v>124</v>
       </c>
       <c r="L209" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="210" spans="1:12" customHeight="1" ht="80">
       <c r="A210" s="0"/>
       <c r="B210" s="0" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C210" s="0" t="s">
+        <v>1004</v>
+      </c>
+      <c r="D210" s="0" t="s">
         <v>1005</v>
       </c>
-      <c r="C210" s="0" t="s">
+      <c r="E210" s="0" t="s">
+        <v>963</v>
+      </c>
+      <c r="F210" s="0" t="s">
         <v>1006</v>
       </c>
-      <c r="D210" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G210" s="0" t="s">
-        <v>894</v>
+        <v>887</v>
       </c>
       <c r="H210" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I210" s="1" t="s">
-        <v>971</v>
+        <v>984</v>
       </c>
       <c r="J210" s="0"/>
       <c r="K210" s="0" t="s">
-        <v>158</v>
+        <v>33</v>
       </c>
       <c r="L210" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="211" spans="1:12" customHeight="1" ht="80">
       <c r="A211" s="0"/>
       <c r="B211" s="0" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C211" s="0" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D211" s="0" t="s">
         <v>1009</v>
       </c>
-      <c r="C211" s="0" t="s">
+      <c r="E211" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="F211" s="0" t="s">
         <v>1010</v>
       </c>
-      <c r="D211" s="0" t="s">
+      <c r="G211" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="H211" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I211" s="1" t="s">
         <v>1011</v>
-      </c>
-[...13 lines deleted...]
-        <v>990</v>
       </c>
       <c r="J211" s="0"/>
       <c r="K211" s="0" t="s">
-        <v>158</v>
+        <v>56</v>
       </c>
       <c r="L211" s="0">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="212" spans="1:12" customHeight="1" ht="80">
       <c r="A212" s="0"/>
       <c r="B212" s="0" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C212" s="0" t="s">
         <v>1013</v>
       </c>
-      <c r="C212" s="0" t="s">
+      <c r="D212" s="0" t="s">
         <v>1014</v>
       </c>
-      <c r="D212" s="0" t="s">
+      <c r="E212" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="F212" s="0" t="s">
         <v>1015</v>
       </c>
-      <c r="E212" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F212" s="0" t="s">
+      <c r="G212" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="H212" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I212" s="1" t="s">
         <v>1016</v>
-      </c>
-[...7 lines deleted...]
-        <v>1017</v>
       </c>
       <c r="J212" s="0"/>
       <c r="K212" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L212" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="213" spans="1:12" customHeight="1" ht="80">
       <c r="A213" s="0"/>
       <c r="B213" s="0" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C213" s="0" t="s">
         <v>1018</v>
       </c>
-      <c r="C213" s="0" t="s">
+      <c r="D213" s="0" t="s">
         <v>1019</v>
       </c>
-      <c r="D213" s="0" t="s">
+      <c r="E213" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="F213" s="0" t="s">
         <v>1020</v>
       </c>
-      <c r="E213" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F213" s="0" t="s">
+      <c r="G213" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="H213" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I213" s="1" t="s">
         <v>1021</v>
-      </c>
-[...7 lines deleted...]
-        <v>1022</v>
       </c>
       <c r="J213" s="0"/>
       <c r="K213" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L213" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="214" spans="1:12" customHeight="1" ht="80">
       <c r="A214" s="0"/>
       <c r="B214" s="0" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C214" s="0" t="s">
         <v>1023</v>
       </c>
-      <c r="C214" s="0" t="s">
+      <c r="D214" s="0" t="s">
         <v>1024</v>
       </c>
-      <c r="D214" s="0" t="s">
+      <c r="E214" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="F214" s="0" t="s">
         <v>1025</v>
       </c>
-      <c r="E214" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F214" s="0" t="s">
+      <c r="G214" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="H214" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I214" s="1" t="s">
         <v>1026</v>
-      </c>
-[...7 lines deleted...]
-        <v>1027</v>
       </c>
       <c r="J214" s="0"/>
       <c r="K214" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L214" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="215" spans="1:12" customHeight="1" ht="80">
       <c r="A215" s="0"/>
       <c r="B215" s="0" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C215" s="0" t="s">
         <v>1028</v>
       </c>
-      <c r="C215" s="0" t="s">
+      <c r="D215" s="0" t="s">
         <v>1029</v>
       </c>
-      <c r="D215" s="0" t="s">
+      <c r="E215" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="F215" s="0" t="s">
         <v>1030</v>
       </c>
-      <c r="E215" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F215" s="0" t="s">
+      <c r="G215" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="H215" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I215" s="1" t="s">
         <v>1031</v>
-      </c>
-[...7 lines deleted...]
-        <v>1032</v>
       </c>
       <c r="J215" s="0"/>
       <c r="K215" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L215" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="216" spans="1:12" customHeight="1" ht="80">
       <c r="A216" s="0"/>
       <c r="B216" s="0" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C216" s="0" t="s">
         <v>1033</v>
       </c>
-      <c r="C216" s="0" t="s">
+      <c r="D216" s="0" t="s">
         <v>1034</v>
       </c>
-      <c r="D216" s="0" t="s">
+      <c r="E216" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="F216" s="0" t="s">
         <v>1035</v>
       </c>
-      <c r="E216" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F216" s="0" t="s">
+      <c r="G216" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="H216" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I216" s="1" t="s">
         <v>1036</v>
-      </c>
-[...7 lines deleted...]
-        <v>1037</v>
       </c>
       <c r="J216" s="0"/>
       <c r="K216" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L216" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="217" spans="1:12" customHeight="1" ht="80">
       <c r="A217" s="0"/>
       <c r="B217" s="0" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C217" s="0" t="s">
         <v>1038</v>
       </c>
-      <c r="C217" s="0" t="s">
+      <c r="D217" s="0" t="s">
         <v>1039</v>
       </c>
-      <c r="D217" s="0" t="s">
+      <c r="E217" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="F217" s="0" t="s">
         <v>1040</v>
       </c>
-      <c r="E217" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F217" s="0" t="s">
+      <c r="G217" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="H217" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I217" s="1" t="s">
         <v>1041</v>
-      </c>
-[...7 lines deleted...]
-        <v>1042</v>
       </c>
       <c r="J217" s="0"/>
       <c r="K217" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L217" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="218" spans="1:12" customHeight="1" ht="80">
       <c r="A218" s="0"/>
       <c r="B218" s="0" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C218" s="0" t="s">
         <v>1043</v>
       </c>
-      <c r="C218" s="0" t="s">
+      <c r="D218" s="0" t="s">
         <v>1044</v>
       </c>
-      <c r="D218" s="0" t="s">
+      <c r="E218" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="F218" s="0" t="s">
         <v>1045</v>
       </c>
-      <c r="E218" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F218" s="0" t="s">
+      <c r="G218" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="H218" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I218" s="1" t="s">
         <v>1046</v>
-      </c>
-[...7 lines deleted...]
-        <v>1047</v>
       </c>
       <c r="J218" s="0"/>
       <c r="K218" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L218" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="219" spans="1:12" customHeight="1" ht="80">
       <c r="A219" s="0"/>
       <c r="B219" s="0" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C219" s="0" t="s">
         <v>1048</v>
       </c>
-      <c r="C219" s="0" t="s">
+      <c r="D219" s="0" t="s">
         <v>1049</v>
       </c>
-      <c r="D219" s="0" t="s">
+      <c r="E219" s="0" t="s">
+        <v>585</v>
+      </c>
+      <c r="F219" s="0" t="s">
         <v>1050</v>
       </c>
-      <c r="E219" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G219" s="0" t="s">
-        <v>195</v>
+        <v>818</v>
       </c>
       <c r="H219" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I219" s="1" t="s">
-        <v>1052</v>
+        <v>683</v>
       </c>
       <c r="J219" s="0"/>
       <c r="K219" s="0" t="s">
-        <v>57</v>
+        <v>33</v>
       </c>
       <c r="L219" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="220" spans="1:12" customHeight="1" ht="80">
       <c r="A220" s="0"/>
       <c r="B220" s="0" t="s">
+        <v>1051</v>
+      </c>
+      <c r="C220" s="0" t="s">
+        <v>1052</v>
+      </c>
+      <c r="D220" s="0" t="s">
         <v>1053</v>
       </c>
-      <c r="C220" s="0" t="s">
+      <c r="E220" s="0" t="s">
+        <v>585</v>
+      </c>
+      <c r="F220" s="0" t="s">
         <v>1054</v>
       </c>
-      <c r="D220" s="0" t="s">
+      <c r="G220" s="0" t="s">
+        <v>818</v>
+      </c>
+      <c r="H220" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I220" s="1" t="s">
         <v>1055</v>
-      </c>
-[...13 lines deleted...]
-        <v>687</v>
       </c>
       <c r="J220" s="0"/>
       <c r="K220" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="L220" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="221" spans="1:12" customHeight="1" ht="80">
       <c r="A221" s="0"/>
       <c r="B221" s="0" t="s">
+        <v>1056</v>
+      </c>
+      <c r="C221" s="0" t="s">
         <v>1057</v>
       </c>
-      <c r="C221" s="0" t="s">
+      <c r="D221" s="0">
+        <v>236789</v>
+      </c>
+      <c r="E221" s="0" t="s">
+        <v>704</v>
+      </c>
+      <c r="F221" s="0" t="s">
         <v>1058</v>
       </c>
-      <c r="D221" s="0" t="s">
+      <c r="G221" s="0" t="s">
+        <v>430</v>
+      </c>
+      <c r="H221" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I221" s="1" t="s">
         <v>1059</v>
-      </c>
-[...13 lines deleted...]
-        <v>1061</v>
       </c>
       <c r="J221" s="0"/>
       <c r="K221" s="0" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="L221" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="222" spans="1:12" customHeight="1" ht="80">
       <c r="A222" s="0"/>
       <c r="B222" s="0" t="s">
+        <v>1060</v>
+      </c>
+      <c r="C222" s="0" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D222" s="0" t="s">
         <v>1062</v>
       </c>
-      <c r="C222" s="0" t="s">
+      <c r="E222" s="0" t="s">
         <v>1063</v>
-      </c>
-[...4 lines deleted...]
-        <v>707</v>
       </c>
       <c r="F222" s="0" t="s">
         <v>1064</v>
       </c>
       <c r="G222" s="0" t="s">
-        <v>432</v>
+        <v>1065</v>
       </c>
       <c r="H222" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I222" s="1" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="J222" s="0"/>
       <c r="K222" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L222" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="223" spans="1:12" customHeight="1" ht="80">
       <c r="A223" s="0"/>
       <c r="B223" s="0" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="C223" s="0" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="D223" s="0" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="E223" s="0" t="s">
-        <v>1069</v>
+        <v>147</v>
       </c>
       <c r="F223" s="0" t="s">
         <v>1070</v>
       </c>
       <c r="G223" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H223" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I223" s="1" t="s">
         <v>1071</v>
-      </c>
-[...4 lines deleted...]
-        <v>1072</v>
       </c>
       <c r="J223" s="0"/>
       <c r="K223" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L223" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="224" spans="1:12" customHeight="1" ht="80">
       <c r="A224" s="0"/>
       <c r="B224" s="0" t="s">
+        <v>1072</v>
+      </c>
+      <c r="C224" s="0" t="s">
         <v>1073</v>
       </c>
-      <c r="C224" s="0" t="s">
+      <c r="D224" s="0" t="s">
         <v>1074</v>
       </c>
-      <c r="D224" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E224" s="0" t="s">
-        <v>146</v>
+        <v>287</v>
       </c>
       <c r="F224" s="0" t="s">
-        <v>1076</v>
+        <v>111</v>
       </c>
       <c r="G224" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H224" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I224" s="1" t="s">
-        <v>1077</v>
+        <v>1075</v>
       </c>
       <c r="J224" s="0"/>
       <c r="K224" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L224" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="225" spans="1:12" customHeight="1" ht="80">
       <c r="A225" s="0"/>
       <c r="B225" s="0" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C225" s="0" t="s">
+        <v>1077</v>
+      </c>
+      <c r="D225" s="0">
+        <v>134261</v>
+      </c>
+      <c r="E225" s="0" t="s">
+        <v>585</v>
+      </c>
+      <c r="F225" s="0" t="s">
         <v>1078</v>
       </c>
-      <c r="C225" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G225" s="0" t="s">
-        <v>16</v>
+        <v>587</v>
       </c>
       <c r="H225" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I225" s="1" t="s">
-        <v>1081</v>
+        <v>402</v>
       </c>
       <c r="J225" s="0"/>
       <c r="K225" s="0" t="s">
-        <v>27</v>
+        <v>124</v>
       </c>
       <c r="L225" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="226" spans="1:12" customHeight="1" ht="80">
       <c r="A226" s="0"/>
       <c r="B226" s="0" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C226" s="0" t="s">
+        <v>1080</v>
+      </c>
+      <c r="D226" s="0" t="s">
+        <v>1081</v>
+      </c>
+      <c r="E226" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="F226" s="0" t="s">
         <v>1082</v>
       </c>
-      <c r="C226" s="0" t="s">
+      <c r="G226" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="H226" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I226" s="1" t="s">
         <v>1083</v>
-      </c>
-[...16 lines deleted...]
-        <v>404</v>
       </c>
       <c r="J226" s="0"/>
       <c r="K226" s="0" t="s">
-        <v>158</v>
+        <v>56</v>
       </c>
       <c r="L226" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="227" spans="1:12" customHeight="1" ht="80">
       <c r="A227" s="0"/>
       <c r="B227" s="0" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C227" s="0" t="s">
         <v>1085</v>
       </c>
-      <c r="C227" s="0" t="s">
+      <c r="D227" s="0" t="s">
         <v>1086</v>
       </c>
-      <c r="D227" s="0" t="s">
+      <c r="E227" s="0" t="s">
         <v>1087</v>
-      </c>
-[...1 lines deleted...]
-        <v>354</v>
       </c>
       <c r="F227" s="0" t="s">
         <v>1088</v>
       </c>
       <c r="G227" s="0" t="s">
-        <v>195</v>
+        <v>1065</v>
       </c>
       <c r="H227" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I227" s="1" t="s">
-        <v>1089</v>
+        <v>935</v>
       </c>
       <c r="J227" s="0"/>
       <c r="K227" s="0" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
       <c r="L227" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="228" spans="1:12" customHeight="1" ht="80">
       <c r="A228" s="0"/>
       <c r="B228" s="0" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C228" s="0" t="s">
         <v>1090</v>
       </c>
-      <c r="C228" s="0" t="s">
+      <c r="D228" s="0" t="s">
         <v>1091</v>
       </c>
-      <c r="D228" s="0" t="s">
+      <c r="E228" s="0" t="s">
+        <v>1087</v>
+      </c>
+      <c r="F228" s="0" t="s">
         <v>1092</v>
       </c>
-      <c r="E228" s="0" t="s">
+      <c r="G228" s="0" t="s">
+        <v>1065</v>
+      </c>
+      <c r="H228" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I228" s="1" t="s">
         <v>1093</v>
-      </c>
-[...10 lines deleted...]
-        <v>941</v>
       </c>
       <c r="J228" s="0"/>
       <c r="K228" s="0" t="s">
-        <v>27</v>
+        <v>1094</v>
       </c>
       <c r="L228" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="229" spans="1:12" customHeight="1" ht="80">
       <c r="A229" s="0"/>
       <c r="B229" s="0" t="s">
         <v>1095</v>
       </c>
       <c r="C229" s="0" t="s">
         <v>1096</v>
       </c>
       <c r="D229" s="0" t="s">
         <v>1097</v>
       </c>
       <c r="E229" s="0" t="s">
-        <v>1093</v>
+        <v>1063</v>
       </c>
       <c r="F229" s="0" t="s">
         <v>1098</v>
       </c>
       <c r="G229" s="0" t="s">
-        <v>1071</v>
+        <v>1065</v>
       </c>
       <c r="H229" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I229" s="1" t="s">
-        <v>1099</v>
+        <v>344</v>
       </c>
       <c r="J229" s="0"/>
       <c r="K229" s="0" t="s">
-        <v>153</v>
+        <v>19</v>
       </c>
       <c r="L229" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="230" spans="1:12" customHeight="1" ht="80">
       <c r="A230" s="0"/>
       <c r="B230" s="0" t="s">
+        <v>1099</v>
+      </c>
+      <c r="C230" s="0" t="s">
         <v>1100</v>
       </c>
-      <c r="C230" s="0" t="s">
+      <c r="D230" s="0" t="s">
         <v>1101</v>
       </c>
-      <c r="D230" s="0" t="s">
+      <c r="E230" s="0" t="s">
+        <v>1063</v>
+      </c>
+      <c r="F230" s="0" t="s">
+        <v>1098</v>
+      </c>
+      <c r="G230" s="0" t="s">
+        <v>1065</v>
+      </c>
+      <c r="H230" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I230" s="1" t="s">
         <v>1102</v>
-      </c>
-[...13 lines deleted...]
-        <v>345</v>
       </c>
       <c r="J230" s="0"/>
       <c r="K230" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L230" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="231" spans="1:12" customHeight="1" ht="80">
       <c r="A231" s="0"/>
       <c r="B231" s="0" t="s">
+        <v>1103</v>
+      </c>
+      <c r="C231" s="0" t="s">
         <v>1104</v>
       </c>
-      <c r="C231" s="0" t="s">
+      <c r="D231" s="0">
+        <v>334</v>
+      </c>
+      <c r="E231" s="0"/>
+      <c r="F231" s="0"/>
+      <c r="G231" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="H231" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I231" s="1" t="s">
         <v>1105</v>
-      </c>
-[...16 lines deleted...]
-        <v>1107</v>
       </c>
       <c r="J231" s="0"/>
       <c r="K231" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L231" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="232" spans="1:12" customHeight="1" ht="80">
       <c r="A232" s="0"/>
       <c r="B232" s="0" t="s">
-        <v>1108</v>
+        <v>1106</v>
       </c>
       <c r="C232" s="0" t="s">
-        <v>1109</v>
+        <v>1107</v>
       </c>
       <c r="D232" s="0">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="E232" s="0"/>
       <c r="F232" s="0"/>
       <c r="G232" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H232" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I232" s="1" t="s">
-        <v>1110</v>
+        <v>1108</v>
       </c>
       <c r="J232" s="0"/>
       <c r="K232" s="0" t="s">
-        <v>27</v>
+        <v>118</v>
       </c>
       <c r="L232" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="233" spans="1:12" customHeight="1" ht="80">
       <c r="A233" s="0"/>
       <c r="B233" s="0" t="s">
+        <v>1109</v>
+      </c>
+      <c r="C233" s="0" t="s">
+        <v>1110</v>
+      </c>
+      <c r="D233" s="0" t="s">
         <v>1111</v>
       </c>
-      <c r="C233" s="0" t="s">
+      <c r="E233" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="F233" s="0" t="s">
         <v>1112</v>
       </c>
-      <c r="D233" s="0">
-[...3 lines deleted...]
-      <c r="F233" s="0"/>
       <c r="G233" s="0" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H233" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I233" s="1" t="s">
         <v>1113</v>
       </c>
       <c r="J233" s="0"/>
       <c r="K233" s="0" t="s">
-        <v>19</v>
+        <v>1114</v>
       </c>
       <c r="L233" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="234" spans="1:12" customHeight="1" ht="80">
       <c r="A234" s="0"/>
       <c r="B234" s="0" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="C234" s="0" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="D234" s="0" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="E234" s="0" t="s">
-        <v>146</v>
+        <v>353</v>
       </c>
       <c r="F234" s="0" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="G234" s="0" t="s">
-        <v>16</v>
+        <v>194</v>
       </c>
       <c r="H234" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I234" s="1" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="J234" s="0"/>
       <c r="K234" s="0" t="s">
-        <v>1119</v>
+        <v>56</v>
       </c>
       <c r="L234" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="235" spans="1:12" customHeight="1" ht="80">
       <c r="A235" s="0"/>
       <c r="B235" s="0" t="s">
         <v>1120</v>
       </c>
       <c r="C235" s="0" t="s">
         <v>1121</v>
       </c>
       <c r="D235" s="0" t="s">
         <v>1122</v>
       </c>
       <c r="E235" s="0" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="F235" s="0" t="s">
         <v>1123</v>
       </c>
       <c r="G235" s="0" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="H235" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I235" s="1" t="s">
-        <v>1124</v>
+        <v>1119</v>
       </c>
       <c r="J235" s="0"/>
       <c r="K235" s="0" t="s">
-        <v>57</v>
+        <v>889</v>
       </c>
       <c r="L235" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="236" spans="1:12" customHeight="1" ht="80">
       <c r="A236" s="0"/>
       <c r="B236" s="0" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C236" s="0" t="s">
         <v>1125</v>
       </c>
-      <c r="C236" s="0" t="s">
+      <c r="D236" s="0" t="s">
         <v>1126</v>
       </c>
-      <c r="D236" s="0" t="s">
+      <c r="E236" s="0" t="s">
+        <v>748</v>
+      </c>
+      <c r="F236" s="0" t="s">
         <v>1127</v>
       </c>
-      <c r="E236" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F236" s="0" t="s">
+      <c r="G236" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="H236" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I236" s="1" t="s">
         <v>1128</v>
-      </c>
-[...7 lines deleted...]
-        <v>1124</v>
       </c>
       <c r="J236" s="0"/>
       <c r="K236" s="0" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
       <c r="L236" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="237" spans="1:12" customHeight="1" ht="80">
       <c r="A237" s="0"/>
       <c r="B237" s="0" t="s">
         <v>1129</v>
       </c>
       <c r="C237" s="0" t="s">
         <v>1130</v>
       </c>
       <c r="D237" s="0" t="s">
         <v>1131</v>
       </c>
       <c r="E237" s="0" t="s">
-        <v>754</v>
+        <v>353</v>
       </c>
       <c r="F237" s="0" t="s">
         <v>1132</v>
       </c>
       <c r="G237" s="0" t="s">
-        <v>25</v>
+        <v>194</v>
       </c>
       <c r="H237" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I237" s="1" t="s">
         <v>1133</v>
       </c>
       <c r="J237" s="0"/>
       <c r="K237" s="0" t="s">
-        <v>19</v>
+        <v>56</v>
       </c>
       <c r="L237" s="0">
-        <v>1</v>
+        <v>24</v>
       </c>
     </row>
     <row r="238" spans="1:12" customHeight="1" ht="80">
       <c r="A238" s="0"/>
       <c r="B238" s="0" t="s">
         <v>1134</v>
       </c>
       <c r="C238" s="0" t="s">
         <v>1135</v>
       </c>
       <c r="D238" s="0" t="s">
         <v>1136</v>
       </c>
       <c r="E238" s="0" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="F238" s="0" t="s">
         <v>1137</v>
       </c>
       <c r="G238" s="0" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="H238" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I238" s="1" t="s">
         <v>1138</v>
       </c>
       <c r="J238" s="0"/>
       <c r="K238" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L238" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="239" spans="1:12" customHeight="1" ht="80">
       <c r="A239" s="0"/>
       <c r="B239" s="0" t="s">
         <v>1139</v>
       </c>
       <c r="C239" s="0" t="s">
         <v>1140</v>
       </c>
-      <c r="D239" s="0" t="s">
+      <c r="D239" s="0">
+        <v>10751101</v>
+      </c>
+      <c r="E239" s="0" t="s">
+        <v>690</v>
+      </c>
+      <c r="F239" s="0" t="s">
         <v>1141</v>
       </c>
-      <c r="E239" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F239" s="0" t="s">
+      <c r="G239" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H239" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I239" s="1" t="s">
         <v>1142</v>
-      </c>
-[...7 lines deleted...]
-        <v>1143</v>
       </c>
       <c r="J239" s="0"/>
       <c r="K239" s="0" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
       <c r="L239" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="240" spans="1:12" customHeight="1" ht="80">
       <c r="A240" s="0"/>
       <c r="B240" s="0" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C240" s="0" t="s">
         <v>1144</v>
       </c>
-      <c r="C240" s="0" t="s">
+      <c r="D240" s="0" t="s">
         <v>1145</v>
       </c>
-      <c r="D240" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E240" s="0" t="s">
-        <v>694</v>
+        <v>30</v>
       </c>
       <c r="F240" s="0" t="s">
         <v>1146</v>
       </c>
       <c r="G240" s="0" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="H240" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I240" s="1" t="s">
         <v>1147</v>
       </c>
       <c r="J240" s="0"/>
       <c r="K240" s="0" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L240" s="0"/>
     </row>
     <row r="241" spans="1:12" customHeight="1" ht="80">
       <c r="A241" s="0"/>
       <c r="B241" s="0" t="s">
         <v>1148</v>
       </c>
       <c r="C241" s="0" t="s">
         <v>1149</v>
       </c>
-      <c r="D241" s="0" t="s">
+      <c r="D241" s="0">
+        <v>10091101</v>
+      </c>
+      <c r="E241" s="0" t="s">
+        <v>690</v>
+      </c>
+      <c r="F241" s="0" t="s">
         <v>1150</v>
       </c>
-      <c r="E241" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F241" s="0" t="s">
+      <c r="G241" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H241" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I241" s="1" t="s">
         <v>1151</v>
-      </c>
-[...7 lines deleted...]
-        <v>1152</v>
       </c>
       <c r="J241" s="0"/>
       <c r="K241" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L241" s="0"/>
     </row>
     <row r="242" spans="1:12" customHeight="1" ht="80">
-      <c r="A242" s="0"/>
       <c r="B242" s="0" t="s">
+        <v>1152</v>
+      </c>
+      <c r="C242" s="0" t="s">
         <v>1153</v>
       </c>
-      <c r="C242" s="0" t="s">
+      <c r="D242" s="0" t="s">
         <v>1154</v>
       </c>
-      <c r="D242" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E242" s="0" t="s">
-        <v>694</v>
+        <v>147</v>
       </c>
       <c r="F242" s="0" t="s">
-        <v>1155</v>
+        <v>111</v>
       </c>
       <c r="G242" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H242" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I242" s="1" t="s">
-        <v>1156</v>
+        <v>1155</v>
       </c>
       <c r="J242" s="0"/>
       <c r="K242" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L242" s="0"/>
-    </row>
-[...29 lines deleted...]
-      <c r="L243" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -19301,51 +19222,50 @@
     <hyperlink ref="B218" r:id="rId_hyperlink_217"/>
     <hyperlink ref="B219" r:id="rId_hyperlink_218"/>
     <hyperlink ref="B220" r:id="rId_hyperlink_219"/>
     <hyperlink ref="B221" r:id="rId_hyperlink_220"/>
     <hyperlink ref="B222" r:id="rId_hyperlink_221"/>
     <hyperlink ref="B223" r:id="rId_hyperlink_222"/>
     <hyperlink ref="B224" r:id="rId_hyperlink_223"/>
     <hyperlink ref="B225" r:id="rId_hyperlink_224"/>
     <hyperlink ref="B226" r:id="rId_hyperlink_225"/>
     <hyperlink ref="B227" r:id="rId_hyperlink_226"/>
     <hyperlink ref="B228" r:id="rId_hyperlink_227"/>
     <hyperlink ref="B229" r:id="rId_hyperlink_228"/>
     <hyperlink ref="B230" r:id="rId_hyperlink_229"/>
     <hyperlink ref="B231" r:id="rId_hyperlink_230"/>
     <hyperlink ref="B232" r:id="rId_hyperlink_231"/>
     <hyperlink ref="B233" r:id="rId_hyperlink_232"/>
     <hyperlink ref="B234" r:id="rId_hyperlink_233"/>
     <hyperlink ref="B235" r:id="rId_hyperlink_234"/>
     <hyperlink ref="B236" r:id="rId_hyperlink_235"/>
     <hyperlink ref="B237" r:id="rId_hyperlink_236"/>
     <hyperlink ref="B238" r:id="rId_hyperlink_237"/>
     <hyperlink ref="B239" r:id="rId_hyperlink_238"/>
     <hyperlink ref="B240" r:id="rId_hyperlink_239"/>
     <hyperlink ref="B241" r:id="rId_hyperlink_240"/>
     <hyperlink ref="B242" r:id="rId_hyperlink_241"/>
-    <hyperlink ref="B243" r:id="rId_hyperlink_242"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>