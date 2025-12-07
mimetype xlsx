--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="424">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="432">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -107,65 +107,65 @@
   <si>
     <t>03011685</t>
   </si>
   <si>
     <t>71 7202</t>
   </si>
   <si>
     <t>11004.00₸</t>
   </si>
   <si>
     <t>Тарелка для этажерки «Пьюрити» с отверстием;эко-кост. фарф.;D=225,H=20мм</t>
   </si>
   <si>
     <t>03012301</t>
   </si>
   <si>
     <t>69 7201</t>
   </si>
   <si>
     <t>Purity</t>
   </si>
   <si>
     <t>16217.00₸</t>
   </si>
   <si>
+    <t>Тарелка для этажерки «Пьюрити» 2-ярусной с отверстием;эко-кост. фарф.;D=29,H=2см</t>
+  </si>
+  <si>
+    <t>03012302</t>
+  </si>
+  <si>
+    <t>69 7202</t>
+  </si>
+  <si>
+    <t>17834.00₸</t>
+  </si>
+  <si>
     <t>3 шт.</t>
   </si>
   <si>
-    <t>Тарелка для этажерки «Пьюрити» 2-ярусной с отверстием;эко-кост. фарф.;D=29,H=2см</t>
-[...10 lines deleted...]
-  <si>
     <t>Тарелка для этажерки «Пьюрити» 3-ярусной с отверстием;эко-кост. фарф.;D=24,H=2см</t>
   </si>
   <si>
     <t>03012303</t>
   </si>
   <si>
     <t>69 7203</t>
   </si>
   <si>
     <t>21160.00₸</t>
   </si>
   <si>
     <t>21 шт.</t>
   </si>
   <si>
     <t>Тарелка для этажерки «Пьюрити» 3-ярусной с отверстием;эко-кост. фарф.;D=33,H=2см</t>
   </si>
   <si>
     <t>03012304</t>
   </si>
   <si>
     <t>69 7204</t>
   </si>
   <si>
     <t>29838.00₸</t>
@@ -194,161 +194,152 @@
   <si>
     <t>BDK</t>
   </si>
   <si>
     <t>Steps</t>
   </si>
   <si>
     <t>ЧЕХИЯ</t>
   </si>
   <si>
     <t>Горки фуршетные</t>
   </si>
   <si>
     <t>11589.00₸</t>
   </si>
   <si>
     <t>Подставка для горок фуршетных 540018, 540418;стекло;,H=12,L=25см;прозр.</t>
   </si>
   <si>
     <t>03022548</t>
   </si>
   <si>
     <t>8347.00₸</t>
   </si>
   <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
     <t>Этажерка 2 яруса для десерта D=16/22см;сталь;,H=20см;металлич.</t>
   </si>
   <si>
     <t>03080302</t>
   </si>
   <si>
     <t>APS</t>
   </si>
   <si>
     <t>Двухъярусные этажерки</t>
   </si>
   <si>
     <t>29576.00₸</t>
   </si>
   <si>
     <t>Этажерка 3 яруса 24х32х42см для фруктов;сталь;,H=42см;металлич.</t>
   </si>
   <si>
     <t>03080315</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>Трехъярусные этажерки</t>
   </si>
   <si>
     <t>182119.00₸</t>
   </si>
   <si>
     <t>Этажерка 2 яруса;сталь;D=32/42,H=26см;металлич.</t>
   </si>
   <si>
     <t>03080316</t>
   </si>
   <si>
     <t>129542.00₸</t>
   </si>
   <si>
-    <t>1 шт.</t>
-[...5 lines deleted...]
-    <t>03080320</t>
+    <t>Этажерка 3 яруса D=14см для орешков;сталь;,H=33,L=31см;металлич.</t>
+  </si>
+  <si>
+    <t>03080327</t>
+  </si>
+  <si>
+    <t>Ilsa</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>48122.00₸</t>
+  </si>
+  <si>
+    <t>Этажерка «Элит» 2 яруса для кондитерских изделий;сталь нерж.;,H=32,5см</t>
+  </si>
+  <si>
+    <t>03080334</t>
+  </si>
+  <si>
+    <t>56139-02</t>
+  </si>
+  <si>
+    <t>Sambonet</t>
+  </si>
+  <si>
+    <t>Elite</t>
+  </si>
+  <si>
+    <t>209387.00₸</t>
+  </si>
+  <si>
+    <t>Этажерка 2 яруса для десерта;сталь;D=16/21,H=22,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03080341</t>
+  </si>
+  <si>
+    <t>12.3469.2120</t>
+  </si>
+  <si>
+    <t>Hepp</t>
+  </si>
+  <si>
+    <t>121610.00₸</t>
+  </si>
+  <si>
+    <t>Этажерка «Клиа» 2 яруса для фруктов;стекло;D=25/30,H=32см;металлич.</t>
+  </si>
+  <si>
+    <t>03080343</t>
   </si>
   <si>
     <t>Lux</t>
   </si>
   <si>
     <t>Clear</t>
   </si>
   <si>
-    <t>ИТАЛИЯ</t>
-[...55 lines deleted...]
-  <si>
     <t>39261.00₸</t>
   </si>
   <si>
     <t>Этажерка 2 яруса ;сталь нерж.;D=11/15,H=17см;металлич.</t>
   </si>
   <si>
     <t>03080344</t>
   </si>
   <si>
     <t>13337.00₸</t>
   </si>
   <si>
     <t>Этажерка «Кунстверк» 3 яруса 18х22х28см;фарфор,сталь;,H=42см;белый,металлич.</t>
   </si>
   <si>
     <t>03080345</t>
   </si>
   <si>
     <t>A7017</t>
   </si>
   <si>
     <t>Kunstwerk</t>
   </si>
   <si>
     <t>11291.00₸</t>
@@ -512,62 +503,68 @@
   <si>
     <t>03080377</t>
   </si>
   <si>
     <t>75285.00₸</t>
   </si>
   <si>
     <t>Этажерка «Проотель» 3 яруса 30х40х50см;сталь нерж.;,H=51см;металлич.</t>
   </si>
   <si>
     <t>03080388</t>
   </si>
   <si>
     <t>CKST3</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>ИНДИЯ</t>
   </si>
   <si>
     <t>59598.00₸</t>
   </si>
   <si>
+    <t>22 шт.</t>
+  </si>
+  <si>
     <t>Этажерка «Проотель» 3 яруса 21х26х31см;сталь нерж.;,H=36см;металлич.</t>
   </si>
   <si>
     <t>03080391</t>
   </si>
   <si>
     <t>CKST10</t>
   </si>
   <si>
     <t>28231.00₸</t>
   </si>
   <si>
+    <t>31 шт.</t>
+  </si>
+  <si>
     <t>Этажерка 2 яруса D=11/14см для торта;сталь хромир.;,H=16см;металлич.</t>
   </si>
   <si>
     <t>03080395</t>
   </si>
   <si>
     <t>42975-02</t>
   </si>
   <si>
     <t>7939.00₸</t>
   </si>
   <si>
     <t>Этажерка для торта 5 ярусов 20х26х32х40х45см;алюмин.</t>
   </si>
   <si>
     <t>03080558</t>
   </si>
   <si>
     <t>47100-05</t>
   </si>
   <si>
     <t>218858.00₸</t>
   </si>
   <si>
     <t>Горка фуршетная «Фло» 3 ступеньки;акрил</t>
@@ -626,594 +623,594 @@
   <si>
     <t>20 7802/set</t>
   </si>
   <si>
     <t>Raffinesse</t>
   </si>
   <si>
     <t>Основания для этажерок</t>
   </si>
   <si>
     <t>35397.00₸</t>
   </si>
   <si>
     <t>14 шт.</t>
   </si>
   <si>
     <t>Этажерка 2 яруса для фруктов;сталь нерж.;,H=35,5см;хромовый</t>
   </si>
   <si>
     <t>03080618</t>
   </si>
   <si>
     <t>23807.00₸</t>
   </si>
   <si>
-    <t>18 шт.</t>
+    <t>16 шт.</t>
   </si>
   <si>
     <t>Этажерка 3 яруса для тарелок;металл,хромирован.;D=18/27,H=43,L=29,B=19,5см;металлич.</t>
   </si>
   <si>
     <t>03080621</t>
   </si>
   <si>
     <t>51352.00₸</t>
   </si>
   <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
     <t>Этажерка «Пирамида» 9 ярусов для кондитерских изделий;пластик;,H=44,L=30,B=30см;черный</t>
   </si>
   <si>
     <t>03080626</t>
   </si>
   <si>
     <t>88851.00₸</t>
   </si>
   <si>
     <t>Основание для этажерки 681592;пластик;,H=12,L=27,B=27см</t>
   </si>
   <si>
     <t>03080627</t>
   </si>
   <si>
     <t>33950.00₸</t>
   </si>
   <si>
     <t>Основание для этажерки «Пьюрити» для 1-ярусной;металл</t>
   </si>
   <si>
     <t>03080633</t>
   </si>
   <si>
     <t>69 7801</t>
   </si>
   <si>
     <t>20529.00₸</t>
   </si>
   <si>
-    <t>20 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Основание для этажерки «Пьюрити» для 2-ярусной;эко-кост. фарф.</t>
   </si>
   <si>
     <t>03080634</t>
   </si>
   <si>
     <t>69 7802</t>
   </si>
   <si>
     <t>33557.00₸</t>
   </si>
   <si>
     <t>Основание для этажерки «Пьюрити» для 3-ярусной;эко-кост. фарф.</t>
   </si>
   <si>
     <t>03080635</t>
   </si>
   <si>
     <t>69 7803</t>
   </si>
   <si>
     <t>27374.00₸</t>
   </si>
   <si>
     <t>Этажерка «Фул Мун» 2 яруса для десерта;алюмин.,стекло;D=15/21,H=23см;прозр.,металлич.</t>
   </si>
   <si>
     <t>03080639</t>
   </si>
   <si>
     <t>60988EM</t>
   </si>
   <si>
     <t>Vidivi</t>
   </si>
   <si>
     <t>Full Moon</t>
   </si>
   <si>
     <t>31355.00₸</t>
   </si>
   <si>
+    <t>37 шт.</t>
+  </si>
+  <si>
+    <t>Этажерка «Фул мун» 3 яруса 15х21х28см;алюмин.,стекло;,H=33см;прозр.,металлич.</t>
+  </si>
+  <si>
+    <t>03080640</t>
+  </si>
+  <si>
+    <t>60989EM</t>
+  </si>
+  <si>
+    <t>41018.00₸</t>
+  </si>
+  <si>
+    <t>Этажерка «Пирамида» 9 ярусов для кондитерских изделий;пластик;,H=44,L=33,B=33см;прозр.</t>
+  </si>
+  <si>
+    <t>03080654</t>
+  </si>
+  <si>
+    <t>47848.00₸</t>
+  </si>
+  <si>
+    <t>Этажерка 3 яруса клен;дерево;,H=50,L=53,B=21см;св. дерево</t>
+  </si>
+  <si>
+    <t>03080657</t>
+  </si>
+  <si>
+    <t>163618.00₸</t>
+  </si>
+  <si>
+    <t>Этажерка 3 яруса венге;дерево;,H=50,L=53,B=21см;черный</t>
+  </si>
+  <si>
+    <t>03080658</t>
+  </si>
+  <si>
+    <t>188135.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Этажерка 3 яруса 20х25х30см;поликарбонат;,H=39см</t>
+  </si>
+  <si>
+    <t>03080709</t>
+  </si>
+  <si>
+    <t>26880000PCV</t>
+  </si>
+  <si>
+    <t>66528.00₸</t>
+  </si>
+  <si>
+    <t>Этажерка «Барена» 2 яруса;стекло;D=21/28,H=23см;прозр.</t>
+  </si>
+  <si>
+    <t>03080711</t>
+  </si>
+  <si>
+    <t>Barena</t>
+  </si>
+  <si>
+    <t>29168.00₸</t>
+  </si>
+  <si>
+    <t>Этажерка «Куорэ» 2 яруса для десерта;стекло,металл;D=20/30,H=23см;прозр.</t>
+  </si>
+  <si>
+    <t>03080712</t>
+  </si>
+  <si>
+    <t>Coure</t>
+  </si>
+  <si>
+    <t>26681.00₸</t>
+  </si>
+  <si>
+    <t>Этажерка для торта 4 яруса 20х25х32х34см;пластик;,H=55см</t>
+  </si>
+  <si>
+    <t>03080715</t>
+  </si>
+  <si>
+    <t>31517.00₸</t>
+  </si>
+  <si>
+    <t>Этажерка 3 яруса 20х25х30;сланец натур.,дерево;,H=34см</t>
+  </si>
+  <si>
+    <t>03080719</t>
+  </si>
+  <si>
+    <t>00960</t>
+  </si>
+  <si>
+    <t>48618.00₸</t>
+  </si>
+  <si>
+    <t>Этажерка 3 яруса 20х25х30см;стекло,сталь нерж.;,H=42см</t>
+  </si>
+  <si>
+    <t>03080720</t>
+  </si>
+  <si>
+    <t>13912025IVV</t>
+  </si>
+  <si>
+    <t>20145.00₸</t>
+  </si>
+  <si>
+    <t>Этажерка 2 яруса с подносами GN 1/3;металл,стекло;,H=50,L=375,B=210мм</t>
+  </si>
+  <si>
+    <t>03080731</t>
+  </si>
+  <si>
+    <t>47217.00₸</t>
+  </si>
+  <si>
+    <t>Этажерка 4 яруса D=12-20.5-25-30.5см;металл,стекло;,H=62см;черный,прозр.</t>
+  </si>
+  <si>
+    <t>03080732</t>
+  </si>
+  <si>
+    <t>42612.00₸</t>
+  </si>
+  <si>
+    <t>Этажерка 3 яруса с тарелками;стекло;D=12,H=33,L=13,B=13см;серый</t>
+  </si>
+  <si>
+    <t>03080734</t>
+  </si>
+  <si>
+    <t>XGLAS-7712</t>
+  </si>
+  <si>
+    <t>Pordamsa</t>
+  </si>
+  <si>
+    <t>Nordica</t>
+  </si>
+  <si>
+    <t>ИСПАНИЯ</t>
+  </si>
+  <si>
+    <t>162332.00₸</t>
+  </si>
+  <si>
+    <t>Этажерка 3 яруса с тарелками «Диана»;фарфор;D=20,H=45,L=21,B=21см;белый</t>
+  </si>
+  <si>
+    <t>03080736</t>
+  </si>
+  <si>
+    <t>V0700-920</t>
+  </si>
+  <si>
+    <t>Stands&amp;Domes</t>
+  </si>
+  <si>
+    <t>74544.00₸</t>
+  </si>
+  <si>
+    <t>Этажерка «Бёрдкейдж» 2 яруса;металл,акация;D=26,H=54см;черный,коричнев.</t>
+  </si>
+  <si>
+    <t>03080737</t>
+  </si>
+  <si>
+    <t>Birdcage</t>
+  </si>
+  <si>
+    <t>84508.00₸</t>
+  </si>
+  <si>
+    <t>Этажерка «Лофт» 3 яруса 12х19х27см;фарфор;,H=29см;белый</t>
+  </si>
+  <si>
+    <t>03080738</t>
+  </si>
+  <si>
+    <t>11900-800001-25313</t>
+  </si>
+  <si>
+    <t>Rosenthal</t>
+  </si>
+  <si>
+    <t>Loft</t>
+  </si>
+  <si>
+    <t>84570.00₸</t>
+  </si>
+  <si>
+    <t>Этажерка 2 яруса;металл,дерево;,H=37,5,L=31,B=17см;черный</t>
+  </si>
+  <si>
+    <t>03080740</t>
+  </si>
+  <si>
+    <t>98345.00₸</t>
+  </si>
+  <si>
+    <t>Этажерка 3 яруса;сталь нерж.;D=31,H=20,B=13см;золотой,черный</t>
+  </si>
+  <si>
+    <t>03081708</t>
+  </si>
+  <si>
+    <t>XIDEE-203</t>
+  </si>
+  <si>
+    <t>148295.00₸</t>
+  </si>
+  <si>
+    <t>Этажерка «Надежда» 2 яруса;фарфор;D=24/20,H=22,5см;белый,серебрян.</t>
+  </si>
+  <si>
+    <t>03081711</t>
+  </si>
+  <si>
+    <t>9С1020</t>
+  </si>
+  <si>
+    <t>Добрушский фарфоровый завод</t>
+  </si>
+  <si>
+    <t>Надежда</t>
+  </si>
+  <si>
+    <t>БЕЛАРУСЬ</t>
+  </si>
+  <si>
+    <t>11150.00₸</t>
+  </si>
+  <si>
+    <t>Этажерка 2 яруса;металл,дерево;D=26/22,H=48см;черный,тем.дерево</t>
+  </si>
+  <si>
+    <t>03081719</t>
+  </si>
+  <si>
+    <t>54578.00₸</t>
+  </si>
+  <si>
+    <t>Этажерка 3 яруса со съемными ножками;орех;D=32,5,H=58,3см;деревян.,черный</t>
+  </si>
+  <si>
+    <t>03081720</t>
+  </si>
+  <si>
+    <t>BU_SF21346</t>
+  </si>
+  <si>
+    <t>Craster</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
+  </si>
+  <si>
+    <t>785670.00₸</t>
+  </si>
+  <si>
+    <t>Этажерка 8 ярусов 16х20х26х32х40х45х50х55см;алюмин.;металлич.</t>
+  </si>
+  <si>
+    <t>03081725</t>
+  </si>
+  <si>
+    <t>METAL8</t>
+  </si>
+  <si>
+    <t>Martellato</t>
+  </si>
+  <si>
+    <t>355825.00₸</t>
+  </si>
+  <si>
+    <t>Этажерка «Элит» 2 яруса;сталь нерж.;D=18,5,H=30см;металлич.</t>
+  </si>
+  <si>
+    <t>03081727</t>
+  </si>
+  <si>
+    <t>56140-02</t>
+  </si>
+  <si>
+    <t>199600.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для этажерки «Урбан» для арт 30336;металл;,H=7,L=29,B=16см;черный</t>
+  </si>
+  <si>
+    <t>03081740</t>
+  </si>
+  <si>
+    <t>Urban</t>
+  </si>
+  <si>
+    <t>Емкости для этажерок</t>
+  </si>
+  <si>
+    <t>27990.00₸</t>
+  </si>
+  <si>
+    <t>Этажерка 2 яруса;металл,дерево;,H=40,L=35,5,B=21см;черный,коричнев.</t>
+  </si>
+  <si>
+    <t>03081743</t>
+  </si>
+  <si>
+    <t>100447.00₸</t>
+  </si>
+  <si>
+    <t>Этажерка «Вало» 3 яруса;дуб;,H=64,L=55,5,B=32,5см;бежев.</t>
+  </si>
+  <si>
+    <t>03081749</t>
+  </si>
+  <si>
+    <t>Valo</t>
+  </si>
+  <si>
+    <t>357034.00₸</t>
+  </si>
+  <si>
+    <t>Этажерка «Буфет» 2 яруса;дерево,металл;,H=40,5,L=23,B=20см;коричнев.,черный</t>
+  </si>
+  <si>
+    <t>03177149</t>
+  </si>
+  <si>
+    <t>72735.00₸</t>
+  </si>
+  <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
+    <t>Этажерка «Вало» 2 яруса буфетная (верх GN 1/3, низ GN 1/2);дуб;,H=44,5,L=35,B=26,5см;бежев.</t>
+  </si>
+  <si>
+    <t>03177244</t>
+  </si>
+  <si>
+    <t>202726.00₸</t>
+  </si>
+  <si>
+    <t>Этажерка «Вало» 2 яруса буфетная (верх Ø 25, низ Ø 30);дуб;,H=28,L=30,B=30см;бежев.</t>
+  </si>
+  <si>
+    <t>03177245</t>
+  </si>
+  <si>
+    <t>83615.00₸</t>
+  </si>
+  <si>
+    <t>Этажерка «Вало» 3 яруса буфетная 17х25х30см;дуб;,H=42,L=30,B=30см;бежев.</t>
+  </si>
+  <si>
+    <t>03177246</t>
+  </si>
+  <si>
+    <t>106438.00₸</t>
+  </si>
+  <si>
+    <t>Этажерка 3 яруса 32х38х49см;сталь;,H=50см;металлич.,золотой</t>
+  </si>
+  <si>
+    <t>04080503</t>
+  </si>
+  <si>
+    <t>97744.00₸</t>
+  </si>
+  <si>
+    <t>Этажерка 2 яруса для фруктов;сталь;D=32/38,H=33см;металлич.</t>
+  </si>
+  <si>
+    <t>04080504</t>
+  </si>
+  <si>
+    <t>94041.00₸</t>
+  </si>
+  <si>
+    <t>Горка фуршетная 7 ступенек;стекло;,H=20,L=65,B=40см;черный</t>
+  </si>
+  <si>
+    <t>04080548</t>
+  </si>
+  <si>
+    <t>56526.00₸</t>
+  </si>
+  <si>
     <t>более 50 шт.</t>
   </si>
   <si>
-    <t>Этажерка «Фул мун» 3 яруса 15х21х28см;алюмин.,стекло;,H=33см;прозр.,металлич.</t>
-[...391 lines deleted...]
-  <si>
     <t>Горка фуршетная 7 ступенек;стекло;,H=20,L=65,B=40см;прозр.</t>
   </si>
   <si>
     <t>04080719</t>
   </si>
   <si>
     <t>38416.00₸</t>
   </si>
   <si>
     <t>Горка фуршетная 4 ступеньки;стекло;,H=12,L=67,B=40см;прозр.</t>
   </si>
   <si>
     <t>04080723</t>
   </si>
   <si>
     <t>Горка фуршетная 4 ступеньки;стекло;,H=12,L=67,B=40см;черный</t>
   </si>
   <si>
     <t>04080724</t>
   </si>
   <si>
     <t>50928.00₸</t>
   </si>
   <si>
-    <t>13 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Этажерка 3 яруса для подносов;сталь;,H=44,L=36,5,B=21см;металлич.</t>
   </si>
   <si>
     <t>04150149</t>
   </si>
   <si>
     <t>56334.00₸</t>
   </si>
   <si>
     <t>Этажерка 3 яруса для тарелок;металл,хромирован.;D=18/27,H=43,L=33,B=24см;металлич.</t>
   </si>
   <si>
     <t>04150627</t>
   </si>
   <si>
     <t>58228.00₸</t>
   </si>
   <si>
     <t>Этажерка 3 яруса для тарелок;металл,хромирован.;D=10,5/17,H=26,L=18,5,B=15,5см;медный</t>
   </si>
   <si>
     <t>04150637</t>
   </si>
   <si>
     <t>32781.00₸</t>
   </si>
   <si>
     <t>Этажерка 3 яруса для тарелок;металл,хромирован.;D=10,5/17,H=25,5,L=22,5,B=16,6см;металлич.</t>
   </si>
   <si>
     <t>04150674</t>
   </si>
   <si>
-    <t>42658.00₸</t>
+    <t>44984.00₸</t>
   </si>
   <si>
     <t>Горка фуршетная 3 ступеньки;пластик;,H=9,L=75,B=60см;черный</t>
   </si>
   <si>
     <t>04150679</t>
   </si>
   <si>
     <t>TB36</t>
   </si>
   <si>
     <t>Dalebrook</t>
   </si>
   <si>
     <t>271202.00₸</t>
   </si>
   <si>
     <t>Этажерка 3 яруса на 3 емкости;сталь;D=24,2,H=53,3см;черный</t>
   </si>
   <si>
     <t>04151331</t>
   </si>
   <si>
     <t>BU_RR6205</t>
   </si>
@@ -1235,102 +1232,129 @@
   <si>
     <t>Этажерка «Буфет» 2 яруса;дерево,металл;,H=40,5,L=80,B=23см;коричнев.,черный</t>
   </si>
   <si>
     <t>04151360</t>
   </si>
   <si>
     <t>Buffet</t>
   </si>
   <si>
     <t>207662.00₸</t>
   </si>
   <si>
     <t>Этажерка «Вело» 3 яруса 32х25х20см;стекло,дерево;,H=30см;бронз.</t>
   </si>
   <si>
     <t>03081731</t>
   </si>
   <si>
     <t>Velo</t>
   </si>
   <si>
     <t>41842.00₸</t>
   </si>
   <si>
-    <t>11 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>03081732</t>
   </si>
   <si>
     <t>4 шт.</t>
   </si>
   <si>
     <t>Этажерка 2 яруса;акация,сланец натур.;,H=36,5,L=34,B=26,5см;коричнев.,черный</t>
   </si>
   <si>
     <t>04019153</t>
   </si>
   <si>
     <t>00958</t>
   </si>
   <si>
     <t>51829.00₸</t>
   </si>
   <si>
     <t>Горка фуршетная 3 ступеньки для выкладки;акрил;,H=65,L=800,B=800мм;черный</t>
   </si>
   <si>
     <t>03080667</t>
   </si>
   <si>
     <t>A00019840</t>
   </si>
   <si>
     <t>Plexiline</t>
   </si>
   <si>
     <t>БЕЛЬГИЯ</t>
   </si>
   <si>
     <t>368199.00₸</t>
   </si>
   <si>
     <t>Этажерка 3 яруса;,H=30,L=57,5,B=17см;кофейн.</t>
   </si>
   <si>
     <t>03080668</t>
   </si>
   <si>
     <t>518C0008</t>
   </si>
   <si>
     <t>Pintinox</t>
   </si>
   <si>
     <t>201687.00₸</t>
+  </si>
+  <si>
+    <t>Этажерка 2 яруса;сланец натур.,металл хромир.;D=20/25,H=24см;черный</t>
+  </si>
+  <si>
+    <t>03080743</t>
+  </si>
+  <si>
+    <t>00989</t>
+  </si>
+  <si>
+    <t>13300.00₸</t>
+  </si>
+  <si>
+    <t>Этажерка 2 яруса;сталь,поливинилхл.;,H=40,5,L=23,B=19см;черный</t>
+  </si>
+  <si>
+    <t>03081760</t>
+  </si>
+  <si>
+    <t>23909.00₸</t>
+  </si>
+  <si>
+    <t>Этажерка «Вало» 2 яруса для гастроемкостей GN 1/1;сталь;,L=57,B=37см;черный</t>
+  </si>
+  <si>
+    <t>03173911</t>
+  </si>
+  <si>
+    <t>143451.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1345,51 +1369,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D35251D-F150-11EB-BBF2-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26389517-4251-11E8-A155-00259035BB672.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E35416A-4252-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E35416C-4252-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E35416E-4252-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E35416F-4252-11E8-A155-00259035BB676.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E354170-4252-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DAD173D6-E3C7-11EB-BBF2-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/025E936C-814B-11E9-BBBA-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE4D-424B-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2F7DF91-424C-11E8-A155-00259035BB6711.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9261CC3-21B7-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16FF6CA4-424D-11E8-A155-00259035BB6713.gif"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2902C953-424D-11E8-A155-00259035BB6714.gif"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34F9AF27-424D-11E8-A155-00259035BB6715.gif"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B11A81D-424D-11E8-A155-00259035BB6716.gif"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F0945D4-424D-11E8-A155-00259035BB6717.gif"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7020E4A-424D-11E8-A155-00259035BB6718.gif"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B3004771-424D-11E8-A155-00259035BB6719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8FEB3EE-424D-11E8-A155-00259035BB6720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD11C9D4-424D-11E8-A155-00259035BB6721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD6C-424D-11E8-A155-00259035BB6722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD6D-424D-11E8-A155-00259035BB6723.gif"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/010373CD-424E-11E8-A155-00259035BB6724.gif"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51474E01-EA55-11EB-BBF2-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4B3DCE53-EA55-11EB-BBF2-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0071BC09-412D-11F0-BC48-0050569297EB27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9111609E-424E-11E8-A155-00259035BB6728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C1698AE-E3C4-11EB-BBF2-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C1698AD-E3C4-11EB-BBF2-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D536B0BC-21B7-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F73AA846-424E-11E8-A155-00259035BB6732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E5D8-424F-11E8-A155-00259035BB6733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDEB6C70-424F-11E8-A155-00259035BB6734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B25B92D-696B-11EC-BBF7-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20D6DE00-EA57-11EB-BBF2-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E20252F3-424F-11E8-A155-00259035BB6737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8076948-4250-11E8-A155-00259035BB6738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE0B5452-4250-11E8-A155-00259035BB6739.gif"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC11190E-4250-11E8-A155-00259035BB6740.gif"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/323B3B07-4251-11E8-A155-00259035BB6741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB40CBAF-21B7-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D536AEDC-21B7-11EE-BC0D-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE2C8519-4251-11E8-A155-00259035BB6744.gif"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE2C851A-4251-11E8-A155-00259035BB6745.gif"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71986FF2-6D33-11EE-BC0F-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E354171-4252-11E8-A155-00259035BB6747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E354172-4252-11E8-A155-00259035BB6748.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A32EE53-4252-11E8-A155-00259035BB6749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A32EE55-4252-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE7F8F55-4253-11E8-A155-00259035BB6751.gif"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D536AD9C-21B7-11EE-BC0D-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D536AE3C-21B7-11EE-BC0D-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51474E02-EA55-11EB-BBF2-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46074390-8149-11E9-BBBA-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB40CC4F-21B7-11EE-BC0D-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CF78272-8149-11E9-BBBA-005056921CC457.gif"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D536AC5C-21B7-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CEA071D2-4254-11E8-A155-00259035BB6759.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB40CECF-21B7-11EE-BC0D-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF290CD0-21B7-11EE-BC0D-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF290EB0-21B7-11EE-BC0D-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C1698AB-E3C4-11EB-BBF2-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2860332-75C4-11EA-BBD2-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3FB5758-0D94-11EC-BBF2-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CD2421FF-3484-11EF-BC57-00505692E04966.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C92617B1-21B7-11EE-BC0D-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1480423-21B7-11EE-BC0D-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8CEA55B-FB2E-11ED-BC09-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/600DB642-FE3F-11ED-BC09-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3AA2DD9D-36C3-11EE-BC0D-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43782078-3246-11EE-BC0D-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5506F9CD-6C00-11EE-BC0F-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C465916-6C00-11EE-BC0F-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C2AFFDE-3212-11EF-BC4C-00505692C44775.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C8F103E-2C93-11EE-BC0D-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C2AF685-3212-11EF-BC4C-00505692C44777.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2632AE5C-3212-11EF-BC4C-00505692C44778.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2632AD76-3212-11EF-BC4C-00505692C44779.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D47C98BA-21C3-11EE-BC0D-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BE5-424B-11E8-A155-00259035BB6781.gif"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D47C9D1A-21C3-11EE-BC0D-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DA8F8F81-21C3-11EE-BC0D-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D809368F-0683-11ED-BBFC-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58365F77-4252-11E8-A155-00259035BB6785.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/395ADAFF-F161-11EB-BBF2-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDA54DDC-2223-11EE-BC0D-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F39D9308-2223-11EE-BC0D-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96101021-0D96-11EC-BBF2-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE2FBEB5-7DA9-11EB-BBEF-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A6B145D-CFDA-11ED-BC05-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FDA1F8F-D795-11ED-BC05-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CD4FBDC-FFCC-11ED-BC09-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6C6B296-2935-11F0-BC54-00505692E2D094.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D0C8A9EC-2935-11F0-BC54-00505692E2D095.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE5AABD4-A6C2-11EF-BC53-00505692E2D096.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EAC2B9C-3C8C-11F0-BC59-00505692E04997.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D35251D-F150-11EB-BBF2-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26389517-4251-11E8-A155-00259035BB672.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E35416A-4252-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E35416C-4252-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E35416E-4252-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E35416F-4252-11E8-A155-00259035BB676.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E354170-4252-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DAD173D6-E3C7-11EB-BBF2-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/025E936C-814B-11E9-BBBA-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE4D-424B-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2F7DF91-424C-11E8-A155-00259035BB6711.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9261CC3-21B7-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2902C953-424D-11E8-A155-00259035BB6713.gif"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34F9AF27-424D-11E8-A155-00259035BB6714.gif"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B11A81D-424D-11E8-A155-00259035BB6715.gif"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F0945D4-424D-11E8-A155-00259035BB6716.gif"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7020E4A-424D-11E8-A155-00259035BB6717.gif"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B3004771-424D-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8FEB3EE-424D-11E8-A155-00259035BB6719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD11C9D4-424D-11E8-A155-00259035BB6720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD6C-424D-11E8-A155-00259035BB6721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD6D-424D-11E8-A155-00259035BB6722.gif"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/010373CD-424E-11E8-A155-00259035BB6723.gif"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51474E01-EA55-11EB-BBF2-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4B3DCE53-EA55-11EB-BBF2-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0071BC09-412D-11F0-BC48-0050569297EB26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9111609E-424E-11E8-A155-00259035BB6727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C1698AE-E3C4-11EB-BBF2-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C1698AD-E3C4-11EB-BBF2-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D536B0BC-21B7-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F73AA846-424E-11E8-A155-00259035BB6731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E5D8-424F-11E8-A155-00259035BB6732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDEB6C70-424F-11E8-A155-00259035BB6733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B25B92D-696B-11EC-BBF7-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20D6DE00-EA57-11EB-BBF2-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E20252F3-424F-11E8-A155-00259035BB6736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8076948-4250-11E8-A155-00259035BB6737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE0B5452-4250-11E8-A155-00259035BB6738.gif"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC11190E-4250-11E8-A155-00259035BB6739.gif"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/323B3B07-4251-11E8-A155-00259035BB6740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB40CBAF-21B7-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D536AEDC-21B7-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE2C8519-4251-11E8-A155-00259035BB6743.gif"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE2C851A-4251-11E8-A155-00259035BB6744.gif"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71986FF2-6D33-11EE-BC0F-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E354171-4252-11E8-A155-00259035BB6746.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E354172-4252-11E8-A155-00259035BB6747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A32EE53-4252-11E8-A155-00259035BB6748.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A32EE55-4252-11E8-A155-00259035BB6749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE7F8F55-4253-11E8-A155-00259035BB6750.gif"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D536AD9C-21B7-11EE-BC0D-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D536AE3C-21B7-11EE-BC0D-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51474E02-EA55-11EB-BBF2-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46074390-8149-11E9-BBBA-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB40CC4F-21B7-11EE-BC0D-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CF78272-8149-11E9-BBBA-005056921CC456.gif"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D536AC5C-21B7-11EE-BC0D-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CEA071D2-4254-11E8-A155-00259035BB6758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB40CECF-21B7-11EE-BC0D-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF290CD0-21B7-11EE-BC0D-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF290EB0-21B7-11EE-BC0D-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C1698AB-E3C4-11EB-BBF2-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2860332-75C4-11EA-BBD2-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3FB5758-0D94-11EC-BBF2-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CD2421FF-3484-11EF-BC57-00505692E04965.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C92617B1-21B7-11EE-BC0D-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1480423-21B7-11EE-BC0D-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8CEA55B-FB2E-11ED-BC09-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/600DB642-FE3F-11ED-BC09-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3AA2DD9D-36C3-11EE-BC0D-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43782078-3246-11EE-BC0D-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5506F9CD-6C00-11EE-BC0F-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C465916-6C00-11EE-BC0F-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C2AFFDE-3212-11EF-BC4C-00505692C44774.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C8F103E-2C93-11EE-BC0D-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C2AF685-3212-11EF-BC4C-00505692C44776.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2632AE5C-3212-11EF-BC4C-00505692C44777.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2632AD76-3212-11EF-BC4C-00505692C44778.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D47C98BA-21C3-11EE-BC0D-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BE5-424B-11E8-A155-00259035BB6780.gif"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D47C9D1A-21C3-11EE-BC0D-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DA8F8F81-21C3-11EE-BC0D-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D809368F-0683-11ED-BBFC-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58365F77-4252-11E8-A155-00259035BB6784.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/395ADAFF-F161-11EB-BBF2-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDA54DDC-2223-11EE-BC0D-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F39D9308-2223-11EE-BC0D-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96101021-0D96-11EC-BBF2-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE2FBEB5-7DA9-11EB-BBEF-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A6B145D-CFDA-11ED-BC05-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FDA1F8F-D795-11ED-BC05-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CD4FBDC-FFCC-11ED-BC09-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6C6B296-2935-11F0-BC54-00505692E2D093.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D0C8A9EC-2935-11F0-BC54-00505692E2D094.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE5AABD4-A6C2-11EF-BC53-00505692E2D095.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EAC2B9C-3C8C-11F0-BC59-00505692E04996.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64AC3DD7-C7F0-11F0-BC5A-00505692E2D097.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -4234,51 +4258,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="96" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId96"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>97</xdr:row>
+      <xdr:row>98</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="97" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId97"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -4549,62 +4573,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-d-etazhs-otv-bauscher-03011088/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-d-etazhs-otv-bauscher-03011685/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-d-etazhs-otv-bauscher-03012301/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-d-etazh2-yarusnoy-s-otv-bauscher-03012302/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-d-etazh3-yarusnoy-s-otv-bauscher-03012303/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-d-etazh3-yarusnoy-s-otv-bauscher-03012304/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-d-etazh3-yarusnoy-s-otv-bauscher-03012305/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-podstavka-d-art540019-540419-bdk-03021360/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-podstavka-d-art540018-540418-bdk-03022548/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-d-deserta-2-h-yarusnaya-aps-03080302/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-aps-03080315/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-d-fruktov-2-h-yarusnaya-aps-03080316/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-d-fruktov-3-h-yarusnaya-lux-03080320/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-d-oreshkov-3-yarusn-ilsa-03080327/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-2-h-yarusnaya-d-kondizd-sambonet-03080334/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-2-h-yarusnaya-d-deserta-hepp-03080341/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-2-h-yarusnaya-d-fruktov-lux-03080343/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-2-h-yarusnaya-ilsa-03080344/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-d-deserta-kunstwerk-03080345/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-kvadr-d-des-kunstwerk-03080346/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-12lozhek-20-der-shpazhek-aps-03080352/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-2-h-yarusnaya-ilsa-03080354/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-ilsa-03080355/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-lux-03080358/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-d20-26-32sm-paderno-03080361/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-4-h-yarusnaya-d20-26-32-40sm-paderno-03080362/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-d30-40-50sm-aps-03080363/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-kv-d-des-kunstwerk-03080365/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-2-h-yarusnaya-d-deserta-borgonovo-03080372/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-d-deserta-borgonovo-03080373/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-2-h-yarusnaya-kvadr-d-des-borgonovo-03080374/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-aps-03080377/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-d-deserta-prohotel-03080388/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-d-deserta-prohotel-03080391/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-d-torta-2-h-yarusnaya-paderno-03080395/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-torta-5-yarusnd20-26-32-40-45sm-paderno-03080558/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-3-h-stupench-d-deserta-matfer-03080601/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-d-kvadrtarelok-aps-03080604/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-5-yarusnaya-d-deserta-matfer-03080606/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-aps-03080612/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/osnovanie-d-2-h-yarusnetazherki-bauscher-03080617/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-2-h-yarusnaya-d-fruktov-aps-03080618/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-aps-03080621/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/piramida-d-kondizdeliy-matfer-03080626/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/osnovanie-d-piramidy-681592-matfer-03080627/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/osnovanie-d-1-yarusnoy-etazherki-bauscher-03080633/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/osnovanie-d-2-h-yarusnoy-etazherki-bauscher-03080634/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/osnovanie-d-3-yarusnoy-etazherki-bauscher-03080635/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-2-h-yarusnaya-d-deserta-vidivi-03080639/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-d-deserta-vidivi-03080640/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/piramida-d-kondizdeliy-matfer-03080654/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnfurshetnaya-aps-03080657/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnfurshetnaya-aps-03080658/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-ilsa-03080709/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-2-h-yarusn-vidivi-03080711/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-2-h-yarusnaya-d-deserta-vidivi-03080712/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-d-torta-4-h-yarusnaya-d20-25-32-34sm-matfer-03080715/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-aps-03080719/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-ilsa-03080720/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-2-h-yarusns-podnosami-gn1-3-aps-03080731/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-4-yarusn-aps-03080732/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-s-tarelkami-pordamsa-03080734/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-pordamsa-03080736/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-2-h-yarusnaya-aps-03080737/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-rosenthal-03080738/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-aps-03080740/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-pordamsa-03081708/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-dobrushskiy-farforovyy-zavod-03081711/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-aps-03081719/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-craster-03081720/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-martellato-03081725/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-sambonet-03081727/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-etazherki-aps-03081740/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-aps-03081743/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-aps-03081749/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-aps-03177149/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-aps-03177244/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-aps-03177245/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-aps-03177246/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-etazherka-3-h-yarusn-d-fruktov-aps-04080503/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-etazherka-2-h-yarusn-d-fruktov-aps-04080504/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-furshetnyy-7stupenek-bdk-04080548/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-furshetnyy-7stupenek-bdk-04080719/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-furshetnyy-4stupenki-bdk-04080723/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-furshetnyy-4stupenki-bdk-04080724/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-podnosov-3-h-yarusn-aps-04150149/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-aps-04150627/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-aps-04150637/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-tarelok-3-h-yarusn-aps-04150674/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stend-furshetnyy-3h-yarusnyy-dalebrook-04150679/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151331/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151345/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04151360/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-bdk-03081731/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-bdk-03081732/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04019153/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorka-furshetnaya-plexiline-03080667/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-pintinox-03080668/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-d-etazhs-otv-bauscher-03011088/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-d-etazhs-otv-bauscher-03011685/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-d-etazhs-otv-bauscher-03012301/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-d-etazh2-yarusnoy-s-otv-bauscher-03012302/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-d-etazh3-yarusnoy-s-otv-bauscher-03012303/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-d-etazh3-yarusnoy-s-otv-bauscher-03012304/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-d-etazh3-yarusnoy-s-otv-bauscher-03012305/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-podstavka-d-art540019-540419-bdk-03021360/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-podstavka-d-art540018-540418-bdk-03022548/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-d-deserta-2-h-yarusnaya-aps-03080302/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-aps-03080315/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-d-fruktov-2-h-yarusnaya-aps-03080316/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-d-oreshkov-3-yarusn-ilsa-03080327/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-2-h-yarusnaya-d-kondizd-sambonet-03080334/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-2-h-yarusnaya-d-deserta-hepp-03080341/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-2-h-yarusnaya-d-fruktov-lux-03080343/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-2-h-yarusnaya-ilsa-03080344/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-d-deserta-kunstwerk-03080345/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-kvadr-d-des-kunstwerk-03080346/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-12lozhek-20-der-shpazhek-aps-03080352/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-2-h-yarusnaya-ilsa-03080354/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-ilsa-03080355/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-lux-03080358/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-d20-26-32sm-paderno-03080361/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-4-h-yarusnaya-d20-26-32-40sm-paderno-03080362/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-d30-40-50sm-aps-03080363/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-kv-d-des-kunstwerk-03080365/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-2-h-yarusnaya-d-deserta-borgonovo-03080372/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-d-deserta-borgonovo-03080373/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-2-h-yarusnaya-kvadr-d-des-borgonovo-03080374/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-aps-03080377/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-d-deserta-prohotel-03080388/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-d-deserta-prohotel-03080391/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-d-torta-2-h-yarusnaya-paderno-03080395/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-torta-5-yarusnd20-26-32-40-45sm-paderno-03080558/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-3-h-stupench-d-deserta-matfer-03080601/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-d-kvadrtarelok-aps-03080604/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-5-yarusnaya-d-deserta-matfer-03080606/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-aps-03080612/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/osnovanie-d-2-h-yarusnetazherki-bauscher-03080617/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-2-h-yarusnaya-d-fruktov-aps-03080618/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-aps-03080621/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/piramida-d-kondizdeliy-matfer-03080626/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/osnovanie-d-piramidy-681592-matfer-03080627/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/osnovanie-d-1-yarusnoy-etazherki-bauscher-03080633/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/osnovanie-d-2-h-yarusnoy-etazherki-bauscher-03080634/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/osnovanie-d-3-yarusnoy-etazherki-bauscher-03080635/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-2-h-yarusnaya-d-deserta-vidivi-03080639/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-d-deserta-vidivi-03080640/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/piramida-d-kondizdeliy-matfer-03080654/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnfurshetnaya-aps-03080657/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnfurshetnaya-aps-03080658/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-ilsa-03080709/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-2-h-yarusn-vidivi-03080711/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-2-h-yarusnaya-d-deserta-vidivi-03080712/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-d-torta-4-h-yarusnaya-d20-25-32-34sm-matfer-03080715/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-aps-03080719/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-ilsa-03080720/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-2-h-yarusns-podnosami-gn1-3-aps-03080731/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-4-yarusn-aps-03080732/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-s-tarelkami-pordamsa-03080734/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-pordamsa-03080736/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-2-h-yarusnaya-aps-03080737/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-rosenthal-03080738/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-aps-03080740/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-pordamsa-03081708/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-dobrushskiy-farforovyy-zavod-03081711/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-aps-03081719/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-craster-03081720/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-martellato-03081725/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-sambonet-03081727/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-etazherki-aps-03081740/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-aps-03081743/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-aps-03081749/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-aps-03177149/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-aps-03177244/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-aps-03177245/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-aps-03177246/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-etazherka-3-h-yarusn-d-fruktov-aps-04080503/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-etazherka-2-h-yarusn-d-fruktov-aps-04080504/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-furshetnyy-7stupenek-bdk-04080548/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-furshetnyy-7stupenek-bdk-04080719/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-furshetnyy-4stupenki-bdk-04080723/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-furshetnyy-4stupenki-bdk-04080724/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-podnosov-3-h-yarusn-aps-04150149/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-aps-04150627/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-aps-04150637/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-tarelok-3-h-yarusn-aps-04150674/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stend-furshetnyy-3h-yarusnyy-dalebrook-04150679/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151331/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151345/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04151360/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-bdk-03081731/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-bdk-03081732/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04019153/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorka-furshetnaya-plexiline-03080667/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-pintinox-03080668/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-aps-03080743/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-aps-03081760/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-aps-03173911/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L99"/>
+  <dimension ref="A1:L101"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I99" sqref="I99"/>
+      <selection activeCell="I101" sqref="I101"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -4713,85 +4737,85 @@
         <v>25</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>26</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="0" t="s">
         <v>28</v>
       </c>
       <c r="G4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>29</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="L4" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="C5" s="0" t="s">
         <v>31</v>
       </c>
-      <c r="C5" s="0" t="s">
+      <c r="D5" s="0" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="0" t="s">
         <v>28</v>
       </c>
       <c r="G5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="L5" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>36</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="0" t="s">
         <v>28</v>
       </c>
       <c r="G6" s="0" t="s">
         <v>17</v>
       </c>
@@ -4917,2958 +4941,3014 @@
         <v>56</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D10" s="0">
         <v>5600063</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F10" s="0" t="s">
         <v>52</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>53</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>54</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>58</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>20</v>
+        <v>59</v>
       </c>
       <c r="L10" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D11" s="0">
         <v>31622</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D12" s="0">
         <v>24336</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H12" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D13" s="0">
         <v>24335</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H13" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>72</v>
+        <v>59</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
         <v>73</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>74</v>
       </c>
       <c r="D14" s="0">
-        <v>7250</v>
+        <v>12210320</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>75</v>
       </c>
-      <c r="F14" s="0" t="s">
+      <c r="F14" s="0"/>
+      <c r="G14" s="0" t="s">
         <v>76</v>
       </c>
-      <c r="G14" s="0" t="s">
+      <c r="H14" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="I14" s="1" t="s">
         <v>77</v>
-      </c>
-[...4 lines deleted...]
-        <v>78</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L14" s="0">
-        <v>1</v>
+        <v>8</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>79</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="D15" s="0" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>12210320</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>81</v>
       </c>
-      <c r="F15" s="0"/>
+      <c r="F15" s="0" t="s">
+        <v>82</v>
+      </c>
       <c r="G15" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="H15" s="0" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L15" s="0">
-        <v>8</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="F16" s="0" t="s">
         <v>87</v>
       </c>
+      <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H16" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>88</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
         <v>89</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="D17" s="0" t="s">
+      <c r="D17" s="0">
+        <v>7375</v>
+      </c>
+      <c r="E17" s="0" t="s">
         <v>91</v>
       </c>
-      <c r="E17" s="0" t="s">
+      <c r="F17" s="0" t="s">
         <v>92</v>
       </c>
-      <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
-        <v>17</v>
+        <v>76</v>
       </c>
       <c r="H17" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>93</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
         <v>94</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>95</v>
       </c>
       <c r="D18" s="0">
-        <v>7375</v>
+        <v>11211115</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>75</v>
       </c>
-      <c r="F18" s="0" t="s">
+      <c r="F18" s="0"/>
+      <c r="G18" s="0" t="s">
         <v>76</v>
       </c>
-      <c r="G18" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H18" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>96</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L18" s="0">
-        <v>1</v>
+        <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
         <v>97</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>98</v>
       </c>
-      <c r="D19" s="0">
-        <v>11211115</v>
+      <c r="D19" s="0" t="s">
+        <v>99</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="F19" s="0"/>
+        <v>100</v>
+      </c>
+      <c r="F19" s="0" t="s">
+        <v>100</v>
+      </c>
       <c r="G19" s="0" t="s">
-        <v>77</v>
+        <v>67</v>
       </c>
       <c r="H19" s="0" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L19" s="0">
-        <v>24</v>
+        <v>8</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="C20" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="D20" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="E20" s="0" t="s">
         <v>100</v>
       </c>
-      <c r="C20" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F20" s="0" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G20" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H20" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>20</v>
+        <v>106</v>
       </c>
       <c r="L20" s="0">
-        <v>8</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-        <v>107</v>
+        <v>108</v>
+      </c>
+      <c r="D21" s="0">
+        <v>12428</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>103</v>
-[...3 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
-        <v>66</v>
+        <v>17</v>
       </c>
       <c r="H21" s="0" t="s">
-        <v>67</v>
+        <v>109</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>109</v>
+        <v>20</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-        <v>12428</v>
+        <v>112</v>
+      </c>
+      <c r="D22" s="0" t="s">
+        <v>113</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="F22" s="0"/>
+        <v>75</v>
+      </c>
+      <c r="F22" s="0" t="s">
+        <v>114</v>
+      </c>
       <c r="G22" s="0" t="s">
-        <v>17</v>
+        <v>76</v>
       </c>
       <c r="H22" s="0" t="s">
-        <v>112</v>
+        <v>63</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>20</v>
+        <v>59</v>
       </c>
       <c r="L22" s="0">
-        <v>1</v>
+        <v>8</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="C23" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="D23" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="E23" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="F23" s="0" t="s">
         <v>114</v>
       </c>
-      <c r="C23" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G23" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="H23" s="0" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="L23" s="0">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="D24" s="0" t="s">
         <v>121</v>
       </c>
+      <c r="D24" s="0">
+        <v>7362</v>
+      </c>
       <c r="E24" s="0" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>117</v>
+        <v>92</v>
       </c>
       <c r="G24" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="H24" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>122</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L24" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
         <v>123</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>124</v>
       </c>
-      <c r="D25" s="0">
-        <v>7362</v>
+      <c r="D25" s="0" t="s">
+        <v>125</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="F25" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="F25" s="0"/>
+      <c r="G25" s="0" t="s">
         <v>76</v>
       </c>
-      <c r="G25" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H25" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="D26" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="E26" s="0" t="s">
         <v>126</v>
-      </c>
-[...7 lines deleted...]
-        <v>129</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="H26" s="0" t="s">
-        <v>67</v>
+        <v>109</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>132</v>
-[...1 lines deleted...]
-      <c r="D27" s="0" t="s">
         <v>133</v>
       </c>
+      <c r="D27" s="0">
+        <v>34050</v>
+      </c>
       <c r="E27" s="0" t="s">
-        <v>129</v>
+        <v>62</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H27" s="0" t="s">
-        <v>112</v>
+        <v>68</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>134</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L27" s="0">
-        <v>1</v>
+        <v>8</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
         <v>135</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>136</v>
       </c>
-      <c r="D28" s="0">
-        <v>34050</v>
+      <c r="D28" s="0" t="s">
+        <v>137</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="F28" s="0"/>
+        <v>100</v>
+      </c>
+      <c r="F28" s="0" t="s">
+        <v>100</v>
+      </c>
       <c r="G28" s="0" t="s">
-        <v>17</v>
+        <v>67</v>
       </c>
       <c r="H28" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>20</v>
+        <v>139</v>
       </c>
       <c r="L28" s="0">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-        <v>140</v>
+        <v>141</v>
+      </c>
+      <c r="D29" s="0">
+        <v>13286646</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>103</v>
+        <v>143</v>
       </c>
       <c r="G29" s="0" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="H29" s="0" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>142</v>
+        <v>20</v>
       </c>
       <c r="L29" s="0">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="D30" s="0">
+        <v>13286846</v>
+      </c>
+      <c r="E30" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="F30" s="0" t="s">
         <v>143</v>
       </c>
-      <c r="C30" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G30" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="H30" s="0" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="I30" s="1" t="s">
         <v>147</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L30" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
         <v>148</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>149</v>
       </c>
-      <c r="D31" s="0">
-        <v>13286846</v>
+      <c r="D31" s="0" t="s">
+        <v>150</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="H31" s="0" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L31" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-        <v>153</v>
+        <v>154</v>
+      </c>
+      <c r="D32" s="0">
+        <v>33225</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>145</v>
-[...3 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
-        <v>77</v>
+        <v>67</v>
       </c>
       <c r="H32" s="0" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="I32" s="1" t="s">
         <v>155</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
         <v>156</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>157</v>
       </c>
-      <c r="D33" s="0">
-        <v>33225</v>
+      <c r="D33" s="0" t="s">
+        <v>158</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>61</v>
+        <v>159</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
-        <v>66</v>
+        <v>160</v>
       </c>
       <c r="H33" s="0" t="s">
-        <v>112</v>
+        <v>68</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>20</v>
+        <v>162</v>
       </c>
       <c r="L33" s="0">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="C34" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="D34" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="E34" s="0" t="s">
         <v>159</v>
-      </c>
-[...7 lines deleted...]
-        <v>162</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="H34" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>72</v>
+        <v>167</v>
       </c>
       <c r="L34" s="0">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>162</v>
+        <v>126</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
-        <v>163</v>
+        <v>76</v>
       </c>
       <c r="H35" s="0" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L35" s="0">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="H36" s="0" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-        <v>175</v>
+        <v>177</v>
+      </c>
+      <c r="D37" s="0">
+        <v>610550</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="F37" s="0"/>
+        <v>178</v>
+      </c>
+      <c r="F37" s="0" t="s">
+        <v>179</v>
+      </c>
       <c r="G37" s="0" t="s">
-        <v>77</v>
+        <v>180</v>
       </c>
       <c r="H37" s="0" t="s">
-        <v>112</v>
+        <v>54</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L37" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="D38" s="0">
-        <v>610550</v>
+        <v>33231</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>179</v>
-[...3 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
-        <v>181</v>
+        <v>67</v>
       </c>
       <c r="H38" s="0" t="s">
-        <v>54</v>
+        <v>68</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>20</v>
+        <v>59</v>
       </c>
       <c r="L38" s="0">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="D39" s="0">
-        <v>33231</v>
+        <v>681580</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>61</v>
+        <v>178</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
-        <v>66</v>
+        <v>180</v>
       </c>
       <c r="H39" s="0" t="s">
-        <v>67</v>
+        <v>109</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L39" s="0"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="D40" s="0">
-        <v>681580</v>
+        <v>33215</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>179</v>
+        <v>62</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
-        <v>181</v>
+        <v>67</v>
       </c>
       <c r="H40" s="0" t="s">
-        <v>112</v>
+        <v>68</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L40" s="0"/>
+        <v>191</v>
+      </c>
+      <c r="L40" s="0">
+        <v>3</v>
+      </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-        <v>33215</v>
+        <v>193</v>
+      </c>
+      <c r="D41" s="0" t="s">
+        <v>194</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="F41" s="0"/>
+        <v>15</v>
+      </c>
+      <c r="F41" s="0" t="s">
+        <v>195</v>
+      </c>
       <c r="G41" s="0" t="s">
-        <v>66</v>
+        <v>17</v>
       </c>
       <c r="H41" s="0" t="s">
-        <v>67</v>
+        <v>196</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="L41" s="0">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>194</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>200</v>
+      </c>
+      <c r="D42" s="0">
+        <v>30325</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
-        <v>17</v>
+        <v>67</v>
       </c>
       <c r="H42" s="0" t="s">
-        <v>197</v>
+        <v>63</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="L42" s="0">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="D43" s="0">
-        <v>30325</v>
+        <v>33220</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H43" s="0" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="L43" s="0">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="D44" s="0">
-        <v>33220</v>
+        <v>681592</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>61</v>
+        <v>178</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
-        <v>66</v>
+        <v>180</v>
       </c>
       <c r="H44" s="0" t="s">
-        <v>67</v>
+        <v>109</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L44" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L44" s="0"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="D45" s="0">
-        <v>681592</v>
+        <v>681595</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="H45" s="0" t="s">
-        <v>112</v>
+        <v>196</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L45" s="0"/>
+      <c r="L45" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-        <v>681595</v>
+        <v>214</v>
+      </c>
+      <c r="D46" s="0" t="s">
+        <v>215</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>179</v>
-[...1 lines deleted...]
-      <c r="F46" s="0"/>
+        <v>15</v>
+      </c>
+      <c r="F46" s="0" t="s">
+        <v>28</v>
+      </c>
       <c r="G46" s="0" t="s">
-        <v>181</v>
+        <v>17</v>
       </c>
       <c r="H46" s="0" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L46" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F47" s="0" t="s">
         <v>28</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H47" s="0" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>217</v>
+        <v>20</v>
       </c>
       <c r="L47" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F48" s="0" t="s">
         <v>28</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H48" s="0" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L48" s="0">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>15</v>
+        <v>228</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>28</v>
+        <v>229</v>
       </c>
       <c r="G49" s="0" t="s">
-        <v>17</v>
+        <v>76</v>
       </c>
       <c r="H49" s="0" t="s">
-        <v>197</v>
+        <v>63</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>20</v>
+        <v>231</v>
       </c>
       <c r="L49" s="0">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>227</v>
+        <v>233</v>
       </c>
       <c r="D50" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="E50" s="0" t="s">
         <v>228</v>
       </c>
-      <c r="E50" s="0" t="s">
+      <c r="F50" s="0" t="s">
         <v>229</v>
       </c>
-      <c r="F50" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G50" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="H50" s="0" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>232</v>
+        <v>139</v>
       </c>
       <c r="L50" s="0">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>234</v>
-[...2 lines deleted...]
-        <v>235</v>
+        <v>237</v>
+      </c>
+      <c r="D51" s="0">
+        <v>681590</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>229</v>
-[...3 lines deleted...]
-      </c>
+        <v>178</v>
+      </c>
+      <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
-        <v>77</v>
+        <v>180</v>
       </c>
       <c r="H51" s="0" t="s">
-        <v>67</v>
+        <v>109</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>142</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L51" s="0"/>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="D52" s="0">
-        <v>681590</v>
+        <v>13966</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>179</v>
+        <v>62</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
-        <v>181</v>
+        <v>17</v>
       </c>
       <c r="H52" s="0" t="s">
-        <v>112</v>
+        <v>68</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L52" s="0"/>
+      <c r="L52" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="D53" s="0">
-        <v>13966</v>
+        <v>14966</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H53" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>20</v>
+        <v>245</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>244</v>
-[...2 lines deleted...]
-        <v>14966</v>
+        <v>247</v>
+      </c>
+      <c r="D54" s="0" t="s">
+        <v>248</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>61</v>
+        <v>75</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
-        <v>17</v>
+        <v>76</v>
       </c>
       <c r="H54" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>246</v>
+        <v>20</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>248</v>
-[...2 lines deleted...]
-        <v>249</v>
+        <v>251</v>
+      </c>
+      <c r="D55" s="0">
+        <v>67452</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="F55" s="0"/>
+        <v>228</v>
+      </c>
+      <c r="F55" s="0" t="s">
+        <v>252</v>
+      </c>
       <c r="G55" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="H55" s="0" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L55" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="D56" s="0">
-        <v>67452</v>
+        <v>67198</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="G56" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="H56" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L56" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="D57" s="0">
-        <v>67198</v>
+        <v>681524</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>229</v>
-[...3 lines deleted...]
-      </c>
+        <v>178</v>
+      </c>
+      <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
-        <v>77</v>
+        <v>180</v>
       </c>
       <c r="H57" s="0" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L57" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L57" s="0"/>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>260</v>
-[...2 lines deleted...]
-        <v>681524</v>
+        <v>262</v>
+      </c>
+      <c r="D58" s="0" t="s">
+        <v>263</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>179</v>
+        <v>62</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
-        <v>181</v>
+        <v>17</v>
       </c>
       <c r="H58" s="0" t="s">
-        <v>112</v>
+        <v>68</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L58" s="0"/>
+      <c r="L58" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>61</v>
+        <v>75</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
-        <v>17</v>
+        <v>67</v>
       </c>
       <c r="H59" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L59" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>267</v>
-[...2 lines deleted...]
-        <v>268</v>
+        <v>270</v>
+      </c>
+      <c r="D60" s="0">
+        <v>11661</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>81</v>
+        <v>62</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
-        <v>66</v>
+        <v>17</v>
       </c>
       <c r="H60" s="0" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L60" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="D61" s="0">
-        <v>11661</v>
+        <v>11660</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H61" s="0" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L61" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L61" s="0"/>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-        <v>11660</v>
+        <v>276</v>
+      </c>
+      <c r="D62" s="0" t="s">
+        <v>277</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="F62" s="0"/>
+        <v>278</v>
+      </c>
+      <c r="F62" s="0" t="s">
+        <v>279</v>
+      </c>
       <c r="G62" s="0" t="s">
-        <v>17</v>
+        <v>280</v>
       </c>
       <c r="H62" s="0" t="s">
-        <v>112</v>
+        <v>68</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L62" s="0"/>
+      <c r="L62" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="D63" s="0" t="s">
+        <v>284</v>
+      </c>
+      <c r="E63" s="0" t="s">
         <v>278</v>
       </c>
-      <c r="E63" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F63" s="0" t="s">
+        <v>285</v>
+      </c>
+      <c r="G63" s="0" t="s">
         <v>280</v>
       </c>
-      <c r="G63" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H63" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L63" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L63" s="0"/>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>284</v>
-[...2 lines deleted...]
-        <v>285</v>
+        <v>288</v>
+      </c>
+      <c r="D64" s="0">
+        <v>33206</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>279</v>
+        <v>62</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>281</v>
+        <v>17</v>
       </c>
       <c r="H64" s="0" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L64" s="0"/>
+      <c r="L64" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>289</v>
-[...2 lines deleted...]
-        <v>33206</v>
+        <v>292</v>
+      </c>
+      <c r="D65" s="0" t="s">
+        <v>293</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>61</v>
+        <v>294</v>
       </c>
       <c r="F65" s="0" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H65" s="0" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L65" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L65" s="0"/>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>293</v>
-[...2 lines deleted...]
-        <v>294</v>
+        <v>298</v>
+      </c>
+      <c r="D66" s="0">
+        <v>30336</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>295</v>
-[...3 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H66" s="0" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L66" s="0"/>
+      <c r="L66" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>299</v>
-[...2 lines deleted...]
-        <v>30336</v>
+        <v>301</v>
+      </c>
+      <c r="D67" s="0" t="s">
+        <v>302</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="F67" s="0"/>
+        <v>278</v>
+      </c>
+      <c r="F67" s="0" t="s">
+        <v>285</v>
+      </c>
       <c r="G67" s="0" t="s">
-        <v>17</v>
+        <v>280</v>
       </c>
       <c r="H67" s="0" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>246</v>
+        <v>20</v>
       </c>
       <c r="L67" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>279</v>
+        <v>307</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>286</v>
+        <v>308</v>
       </c>
       <c r="G68" s="0" t="s">
-        <v>281</v>
+        <v>309</v>
       </c>
       <c r="H68" s="0" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L68" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>305</v>
+        <v>311</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>306</v>
-[...2 lines deleted...]
-        <v>307</v>
+        <v>312</v>
+      </c>
+      <c r="D69" s="0">
+        <v>30335</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>308</v>
-[...3 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
-        <v>310</v>
+        <v>17</v>
       </c>
       <c r="H69" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>312</v>
+        <v>20</v>
       </c>
       <c r="L69" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>314</v>
-[...2 lines deleted...]
-        <v>30335</v>
+        <v>315</v>
+      </c>
+      <c r="D70" s="0" t="s">
+        <v>316</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>61</v>
+        <v>317</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
-        <v>17</v>
+        <v>318</v>
       </c>
       <c r="H70" s="0" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L70" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L70" s="0"/>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
-        <v>320</v>
+        <v>76</v>
       </c>
       <c r="H71" s="0" t="s">
-        <v>67</v>
+        <v>109</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L71" s="0"/>
+      <c r="L71" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>325</v>
-[...1 lines deleted...]
-      <c r="F72" s="0"/>
+        <v>81</v>
+      </c>
+      <c r="F72" s="0" t="s">
+        <v>82</v>
+      </c>
       <c r="G72" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="H72" s="0" t="s">
-        <v>112</v>
+        <v>63</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L72" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L72" s="0"/>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-        <v>329</v>
+        <v>330</v>
+      </c>
+      <c r="D73" s="0">
+        <v>30337</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>86</v>
+        <v>62</v>
       </c>
       <c r="F73" s="0" t="s">
-        <v>87</v>
+        <v>331</v>
       </c>
       <c r="G73" s="0" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H73" s="0" t="s">
-        <v>62</v>
+        <v>332</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L73" s="0"/>
+        <v>59</v>
+      </c>
+      <c r="L73" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="D74" s="0">
-        <v>30337</v>
+        <v>30339</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H74" s="0" t="s">
-        <v>334</v>
+        <v>63</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="L74" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D75" s="0">
-        <v>30339</v>
+        <v>14012</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="F75" s="0"/>
+        <v>62</v>
+      </c>
+      <c r="F75" s="0" t="s">
+        <v>339</v>
+      </c>
       <c r="G75" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H75" s="0" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L75" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="D76" s="0">
-        <v>14012</v>
+        <v>33300</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H76" s="0" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>20</v>
+        <v>344</v>
       </c>
       <c r="L76" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="D77" s="0">
-        <v>33300</v>
+        <v>14010</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="F77" s="0"/>
+        <v>62</v>
+      </c>
+      <c r="F77" s="0" t="s">
+        <v>339</v>
+      </c>
       <c r="G77" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H77" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
-        <v>199</v>
+        <v>20</v>
       </c>
       <c r="L77" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="D78" s="0">
-        <v>14010</v>
+        <v>14013</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F78" s="0" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="G78" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H78" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L78" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="D79" s="0">
-        <v>14013</v>
+        <v>14014</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F79" s="0" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="G79" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H79" s="0" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L79" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="D80" s="0">
-        <v>14014</v>
+        <v>33248</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H80" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L80" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="D81" s="0">
-        <v>33248</v>
+        <v>33238</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H81" s="0" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="L81" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="D82" s="0">
-        <v>33238</v>
+        <v>540419</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="F82" s="0"/>
+        <v>51</v>
+      </c>
+      <c r="F82" s="0" t="s">
+        <v>52</v>
+      </c>
       <c r="G82" s="0" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="H82" s="0" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>30</v>
+        <v>363</v>
       </c>
       <c r="L82" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="D83" s="0">
-        <v>540419</v>
+        <v>540019</v>
       </c>
       <c r="E83" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F83" s="0" t="s">
         <v>52</v>
       </c>
       <c r="G83" s="0" t="s">
         <v>53</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>54</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>312</v>
+        <v>139</v>
       </c>
       <c r="L83" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="D84" s="0">
-        <v>540019</v>
+        <v>540018</v>
       </c>
       <c r="E84" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F84" s="0" t="s">
         <v>52</v>
       </c>
       <c r="G84" s="0" t="s">
         <v>53</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>54</v>
       </c>
       <c r="I84" s="1" t="s">
         <v>366</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="L84" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="D85" s="0">
-        <v>540018</v>
+        <v>540418</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F85" s="0" t="s">
         <v>52</v>
       </c>
       <c r="G85" s="0" t="s">
         <v>53</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>54</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>20</v>
+        <v>191</v>
       </c>
       <c r="L85" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="D86" s="0">
-        <v>540418</v>
+        <v>33228</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>51</v>
-[...3 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
-        <v>53</v>
+        <v>17</v>
       </c>
       <c r="H86" s="0" t="s">
-        <v>54</v>
+        <v>68</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
-        <v>372</v>
+        <v>20</v>
       </c>
       <c r="L86" s="0">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="D87" s="0">
-        <v>33228</v>
+        <v>33217</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H87" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L87" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="D88" s="0">
-        <v>33217</v>
+        <v>33211</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F88" s="0"/>
       <c r="G88" s="0" t="s">
-        <v>17</v>
+        <v>67</v>
       </c>
       <c r="H88" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="L88" s="0">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="D89" s="0">
-        <v>33211</v>
+        <v>33216</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
-        <v>66</v>
+        <v>17</v>
       </c>
       <c r="H89" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>30</v>
+        <v>59</v>
       </c>
       <c r="L89" s="0">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>33216</v>
+        <v>385</v>
+      </c>
+      <c r="D90" s="0" t="s">
+        <v>386</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>61</v>
+        <v>387</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
-        <v>17</v>
+        <v>318</v>
       </c>
       <c r="H90" s="0" t="s">
-        <v>67</v>
+        <v>54</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L90" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L90" s="0"/>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>388</v>
+        <v>317</v>
       </c>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="H91" s="0" t="s">
-        <v>54</v>
+        <v>68</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L91" s="0"/>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="H92" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L92" s="0"/>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>395</v>
-[...2 lines deleted...]
-        <v>396</v>
+        <v>398</v>
+      </c>
+      <c r="D93" s="0">
+        <v>33301</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>319</v>
-[...1 lines deleted...]
-      <c r="F93" s="0"/>
+        <v>62</v>
+      </c>
+      <c r="F93" s="0" t="s">
+        <v>399</v>
+      </c>
       <c r="G93" s="0" t="s">
-        <v>320</v>
+        <v>17</v>
       </c>
       <c r="H93" s="0" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L93" s="0"/>
+      <c r="L93" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="D94" s="0">
-        <v>33301</v>
+        <v>5512050</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="F94" s="0" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="G94" s="0" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="H94" s="0" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L94" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="D95" s="0">
-        <v>5512050</v>
+        <v>5512030</v>
       </c>
       <c r="E95" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F95" s="0" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="G95" s="0" t="s">
         <v>53</v>
       </c>
       <c r="H95" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
         <v>406</v>
       </c>
       <c r="L95" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>407</v>
-[...2 lines deleted...]
-        <v>5512030</v>
+        <v>408</v>
+      </c>
+      <c r="D96" s="0" t="s">
+        <v>409</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>51</v>
-[...3 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="F96" s="0"/>
       <c r="G96" s="0" t="s">
-        <v>53</v>
+        <v>17</v>
       </c>
       <c r="H96" s="0" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
-        <v>408</v>
+        <v>20</v>
       </c>
       <c r="L96" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="F97" s="0"/>
+        <v>414</v>
+      </c>
+      <c r="F97" s="0" t="s">
+        <v>179</v>
+      </c>
       <c r="G97" s="0" t="s">
-        <v>17</v>
+        <v>415</v>
       </c>
       <c r="H97" s="0" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
-        <v>20</v>
+        <v>59</v>
       </c>
       <c r="L97" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
-      <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>416</v>
-[...3 lines deleted...]
-      </c>
+        <v>420</v>
+      </c>
+      <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
-        <v>417</v>
+        <v>76</v>
       </c>
       <c r="H98" s="0" t="s">
-        <v>54</v>
+        <v>68</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L98" s="0"/>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
+      <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>422</v>
+        <v>62</v>
       </c>
       <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
-        <v>77</v>
+        <v>67</v>
       </c>
       <c r="H99" s="0" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L99" s="0"/>
+    </row>
+    <row r="100" spans="1:12" customHeight="1" ht="80">
+      <c r="B100" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="C100" s="0" t="s">
+        <v>427</v>
+      </c>
+      <c r="D100" s="0">
+        <v>33304</v>
+      </c>
+      <c r="E100" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="F100" s="0"/>
+      <c r="G100" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H100" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="I100" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="J100" s="0"/>
+      <c r="K100" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="L100" s="0"/>
+    </row>
+    <row r="101" spans="1:12" customHeight="1" ht="80">
+      <c r="B101" s="0" t="s">
+        <v>429</v>
+      </c>
+      <c r="C101" s="0" t="s">
+        <v>430</v>
+      </c>
+      <c r="D101" s="0">
+        <v>14030</v>
+      </c>
+      <c r="E101" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="F101" s="0" t="s">
+        <v>339</v>
+      </c>
+      <c r="G101" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H101" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="I101" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="J101" s="0"/>
+      <c r="K101" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="L101" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -7927,50 +8007,52 @@
     <hyperlink ref="B75" r:id="rId_hyperlink_74"/>
     <hyperlink ref="B76" r:id="rId_hyperlink_75"/>
     <hyperlink ref="B77" r:id="rId_hyperlink_76"/>
     <hyperlink ref="B78" r:id="rId_hyperlink_77"/>
     <hyperlink ref="B79" r:id="rId_hyperlink_78"/>
     <hyperlink ref="B80" r:id="rId_hyperlink_79"/>
     <hyperlink ref="B81" r:id="rId_hyperlink_80"/>
     <hyperlink ref="B82" r:id="rId_hyperlink_81"/>
     <hyperlink ref="B83" r:id="rId_hyperlink_82"/>
     <hyperlink ref="B84" r:id="rId_hyperlink_83"/>
     <hyperlink ref="B85" r:id="rId_hyperlink_84"/>
     <hyperlink ref="B86" r:id="rId_hyperlink_85"/>
     <hyperlink ref="B87" r:id="rId_hyperlink_86"/>
     <hyperlink ref="B88" r:id="rId_hyperlink_87"/>
     <hyperlink ref="B89" r:id="rId_hyperlink_88"/>
     <hyperlink ref="B90" r:id="rId_hyperlink_89"/>
     <hyperlink ref="B91" r:id="rId_hyperlink_90"/>
     <hyperlink ref="B92" r:id="rId_hyperlink_91"/>
     <hyperlink ref="B93" r:id="rId_hyperlink_92"/>
     <hyperlink ref="B94" r:id="rId_hyperlink_93"/>
     <hyperlink ref="B95" r:id="rId_hyperlink_94"/>
     <hyperlink ref="B96" r:id="rId_hyperlink_95"/>
     <hyperlink ref="B97" r:id="rId_hyperlink_96"/>
     <hyperlink ref="B98" r:id="rId_hyperlink_97"/>
     <hyperlink ref="B99" r:id="rId_hyperlink_98"/>
+    <hyperlink ref="B100" r:id="rId_hyperlink_99"/>
+    <hyperlink ref="B101" r:id="rId_hyperlink_100"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>