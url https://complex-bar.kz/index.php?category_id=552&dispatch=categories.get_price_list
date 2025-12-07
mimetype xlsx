--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="272">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="277">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -128,63 +128,63 @@
   <si>
     <t>Crater</t>
   </si>
   <si>
     <t>6099.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Подставка для столовых приборов «Бочка»;дерево;D=11,5,H=14см;древесн.</t>
   </si>
   <si>
     <t>03190501</t>
   </si>
   <si>
     <t>Country Style</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>22069.00₸</t>
   </si>
   <si>
-    <t>8 шт.</t>
+    <t>1 шт.</t>
   </si>
   <si>
     <t>Подставка для столовых приборов;сталь нерж.;D=97,H=137мм;металлич.</t>
   </si>
   <si>
     <t>04150114</t>
   </si>
   <si>
     <t>11102.00₸</t>
   </si>
   <si>
-    <t>10 шт.</t>
+    <t>более 50 шт.</t>
   </si>
   <si>
     <t>Подставка для столовых приборов + 4 емкости;сталь нерж.,пластик;D=10,H=20,L=26,B=30см</t>
   </si>
   <si>
     <t>04150130</t>
   </si>
   <si>
     <t>70329.00₸</t>
   </si>
   <si>
     <t>Органайзер для столовых приборов 4 отделения;полиэтилен</t>
   </si>
   <si>
     <t>04150132</t>
   </si>
   <si>
     <t>42585-04</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
@@ -194,53 +194,50 @@
   <si>
     <t>Органайзер для столовых приборов 4 отделения;полипроп.;,H=10,L=52,B=29см;серый</t>
   </si>
   <si>
     <t>04150134</t>
   </si>
   <si>
     <t>JW-4C</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>6937.00₸</t>
   </si>
   <si>
     <t>Подставка для столовых приборов;полипроп.;D=97,H=137мм;белый</t>
   </si>
   <si>
     <t>04150137</t>
   </si>
   <si>
     <t>3542.00₸</t>
   </si>
   <si>
-    <t>более 50 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Подставка для столовых приборов;полипроп.;D=95,H=130мм;белый</t>
   </si>
   <si>
     <t>04150138</t>
   </si>
   <si>
     <t>42586-09</t>
   </si>
   <si>
     <t>3381.00₸</t>
   </si>
   <si>
     <t>Органайзер для столовых приборов «Корзина» 4 отделения;полиротанг;,H=8,L=36,B=26см;коричнев.</t>
   </si>
   <si>
     <t>04150150</t>
   </si>
   <si>
     <t>5132/B-30B</t>
   </si>
   <si>
     <t>15589.00₸</t>
   </si>
   <si>
     <t>Подставка для столовых приборов «Корзина»;полипроп.;D=12,H=15см</t>
@@ -269,62 +266,62 @@
   <si>
     <t>04150159</t>
   </si>
   <si>
     <t>FC2</t>
   </si>
   <si>
     <t>ИНДИЯ</t>
   </si>
   <si>
     <t>3577.00₸</t>
   </si>
   <si>
     <t>более 1 000 шт.</t>
   </si>
   <si>
     <t>Органайзер для столовых приборов 4 отделения;полипроп.;,H=10,L=54,B=33см;серый</t>
   </si>
   <si>
     <t>04150162</t>
   </si>
   <si>
     <t>11035.00₸</t>
   </si>
   <si>
-    <t>1 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Органайзер для столовых приборов 4 отделения;полипроп.;,L=53,B=32,5см</t>
   </si>
   <si>
     <t>04150166</t>
   </si>
   <si>
     <t>52948.00₸</t>
   </si>
   <si>
+    <t>43 шт.</t>
+  </si>
+  <si>
     <t>Подставка для столовых приборов «Корзина»;полипроп.;,H=45,L=270,B=100мм;бежев.</t>
   </si>
   <si>
     <t>04150169</t>
   </si>
   <si>
     <t>6706.00₸</t>
   </si>
   <si>
     <t>Подставка для столовых приборов;пластик;,H=11,5,L=32,B=14см;прозр.</t>
   </si>
   <si>
     <t>04150170</t>
   </si>
   <si>
     <t>TABL</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>3727.00₸</t>
   </si>
   <si>
     <t>50 шт.</t>
@@ -425,456 +422,474 @@
   <si>
     <t>Подставка для столовых приборов;полиэтилен;,H=11,4,L=11,B=11см;белый</t>
   </si>
   <si>
     <t>04150802</t>
   </si>
   <si>
     <t>4605.00₸</t>
   </si>
   <si>
     <t>Подставка для столовых приборов;полипроп.;,H=45,L=270,B=100мм;черный</t>
   </si>
   <si>
     <t>04150803</t>
   </si>
   <si>
     <t>Подставка для столовых приборов «Корзина»;полипроп.;,H=15,L=26,B=18см;черный</t>
   </si>
   <si>
     <t>04150821</t>
   </si>
   <si>
     <t>Economic</t>
   </si>
   <si>
-    <t>13951.00₸</t>
+    <t>20664.00₸</t>
   </si>
   <si>
     <t>Подставка для столовых приборов;пластик;1,3л;D=13,H=15см;черный</t>
   </si>
   <si>
     <t>04150830</t>
   </si>
   <si>
     <t>00020</t>
   </si>
   <si>
     <t>8286.00₸</t>
   </si>
   <si>
     <t>Подставка для столовых приборов;сталь нерж.;D=10,H=10см</t>
   </si>
   <si>
     <t>04150833</t>
   </si>
   <si>
     <t>9345.00₸</t>
   </si>
   <si>
     <t>Органайзер для столовых приборов 4 отделения;дуб;,H=12,L=25,B=13,3см;охра</t>
   </si>
   <si>
     <t>04150845</t>
   </si>
   <si>
     <t>Q805O-08N</t>
   </si>
   <si>
     <t>20290.00₸</t>
   </si>
   <si>
     <t>2 шт.</t>
   </si>
   <si>
     <t>Органайзер для столовых приборов 4 отделения;дуб;,H=12,L=25,B=13,3см;черный</t>
   </si>
   <si>
     <t>04150853</t>
   </si>
   <si>
     <t>Q805P-08B</t>
   </si>
   <si>
-    <t>20298.00₸</t>
+    <t>22330.00₸</t>
   </si>
   <si>
     <t>Органайзер для столовых приборов 4 отделения;дерево,полипроп.;,H=12,L=57,5,B=37см</t>
   </si>
   <si>
     <t>04150868</t>
   </si>
   <si>
     <t>Bridge</t>
   </si>
   <si>
-    <t>95480.00₸</t>
+    <t>118265.00₸</t>
   </si>
   <si>
     <t>Органайзер для столовых приборов 4 отделения;пластик,сталь нерж.;D=10,H=15,L=27,B=27см;черный,коричн</t>
   </si>
   <si>
     <t>04150875</t>
   </si>
   <si>
     <t>112074.00₸</t>
   </si>
   <si>
     <t>Подставка для столовых приборов;сталь нерж.;D=11,5,H=13,2см</t>
   </si>
   <si>
     <t>04150879</t>
   </si>
   <si>
     <t>535016-10</t>
   </si>
   <si>
     <t>Linden</t>
   </si>
   <si>
     <t>6965.00₸</t>
   </si>
   <si>
     <t>Органайзер для столовых приборов;фанера;,H=14,L=28,B=17см;черный</t>
   </si>
   <si>
     <t>04150881</t>
   </si>
   <si>
     <t>V832S-08B</t>
   </si>
   <si>
     <t>13629.00₸</t>
   </si>
   <si>
     <t>Органайзер для столовых приборов;фанера;,H=14,L=31,B=18,5см;черный</t>
   </si>
   <si>
     <t>04150882</t>
   </si>
   <si>
     <t>V827S-08B</t>
   </si>
   <si>
     <t>18604.00₸</t>
   </si>
   <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Органайзер для столовых приборов;фанера;,H=14,L=31,B=18,5см;коричнев.</t>
+  </si>
+  <si>
+    <t>04150884</t>
+  </si>
+  <si>
+    <t>V827S-08O</t>
+  </si>
+  <si>
+    <t>17110.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Органайзер для столовых приборов;фанера;,H=14,L=28,B=17см;коричнев.</t>
+  </si>
+  <si>
+    <t>04150885</t>
+  </si>
+  <si>
+    <t>V833S-08O</t>
+  </si>
+  <si>
+    <t>15793.00₸</t>
+  </si>
+  <si>
+    <t>Органайзер для столовых приборов 4 отделения с крышкой;акация,пластик;,H=14,5,L=51,B=28см;коричнев.</t>
+  </si>
+  <si>
+    <t>04150886</t>
+  </si>
+  <si>
+    <t>110734.00₸</t>
+  </si>
+  <si>
+    <t>Органайзер для столовых приборов 4 отделения;акация;,H=13,L=51,B=28см;коричнев.</t>
+  </si>
+  <si>
+    <t>04150887</t>
+  </si>
+  <si>
+    <t>75676.00₸</t>
+  </si>
+  <si>
+    <t>Органайзер для столовых приборов 4 отделения с крышкой;акация,пластик;,H=14,5,L=51,B=28см;серый</t>
+  </si>
+  <si>
+    <t>04150892</t>
+  </si>
+  <si>
+    <t>99076.00₸</t>
+  </si>
+  <si>
+    <t>Органайзер для столовых приборов;дуб;,H=14,L=31,B=18,5см</t>
+  </si>
+  <si>
+    <t>04150894</t>
+  </si>
+  <si>
+    <t>Q827F-08N</t>
+  </si>
+  <si>
+    <t>32933.00₸</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Органайзер для столовых приборов 4 отделения;дуб;,H=14,8,L=15,B=15см</t>
+  </si>
+  <si>
+    <t>04150895</t>
+  </si>
+  <si>
+    <t>Q838O-00N</t>
+  </si>
+  <si>
+    <t>21653.00₸</t>
+  </si>
+  <si>
     <t>9 шт.</t>
   </si>
   <si>
-    <t>Органайзер для столовых приборов;фанера;,H=14,L=31,B=18,5см;коричнев.</t>
-[...73 lines deleted...]
-  <si>
     <t>Органайзер для столовых приборов 4 отделения;полипроп.;,H=10,L=54,B=33см;черный</t>
   </si>
   <si>
     <t>04150902</t>
   </si>
   <si>
     <t>12644.00₸</t>
   </si>
   <si>
-    <t>47 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Органайзер для столовых приборов 3 отделения;полипроп.;,H=10,L=54,B=33см;серый</t>
   </si>
   <si>
     <t>04150903</t>
   </si>
   <si>
-    <t>15 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Подставка для столовых приборов «Буфет» + 5 емкостей;пластик;,H=10,L=31,B=7см;черный</t>
   </si>
   <si>
     <t>04151308</t>
   </si>
   <si>
     <t>Pintinox</t>
   </si>
   <si>
     <t>Buffet</t>
   </si>
   <si>
     <t>30477.00₸</t>
   </si>
   <si>
     <t>Органайзер для столовых приборов и салфеток с солонкой и перечницей (5 отделений);дуб;,H=10,6,L=23,B</t>
   </si>
   <si>
     <t>04151317</t>
   </si>
   <si>
     <t>Q844O-00N</t>
   </si>
   <si>
     <t>35066.00₸</t>
   </si>
   <si>
-    <t>13 шт.</t>
+    <t>12 шт.</t>
   </si>
   <si>
     <t>Органайзер для столовых приборов с секцией для салфеток;бук;,H=50,L=305,B=125мм;деревян.</t>
   </si>
   <si>
     <t>04151324</t>
   </si>
   <si>
     <t>F847S-00Y</t>
   </si>
   <si>
     <t>13475.00₸</t>
   </si>
   <si>
     <t>Органайзер для столовых приборов 9 отделений;дуб,лак;,H=14,L=31,B=18,5см;деревян.</t>
   </si>
   <si>
     <t>04151350</t>
   </si>
   <si>
     <t>Q827L-08N</t>
   </si>
   <si>
     <t>Подставка для столовых приборов «Фобос»;керамика;,H=25,L=100,B=80мм;коричнев.</t>
   </si>
   <si>
     <t>04151361</t>
   </si>
   <si>
     <t>LPHO019MA681100</t>
   </si>
   <si>
     <t>Le CoQ</t>
   </si>
   <si>
     <t>Phobos</t>
   </si>
   <si>
     <t>5914.00₸</t>
   </si>
   <si>
+    <t>Подставка для столовых приборов «Фобос»;керамика;,H=25,L=100,B=80мм;тем.корич.,синий</t>
+  </si>
+  <si>
+    <t>04151362</t>
+  </si>
+  <si>
+    <t>LPHO019NB681100</t>
+  </si>
+  <si>
+    <t>4928.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для столовых приборов;дуб;,H=4,L=26,B=11см;деревян.</t>
+  </si>
+  <si>
+    <t>04151363</t>
+  </si>
+  <si>
+    <t>Q850O-00N</t>
+  </si>
+  <si>
+    <t>25156.00₸</t>
+  </si>
+  <si>
+    <t>17 шт.</t>
+  </si>
+  <si>
+    <t>Органайзер для столовых приборов с салфетницей, солонкой и перечницей;,H=12,5,L=17,B=14,5см</t>
+  </si>
+  <si>
+    <t>04151367</t>
+  </si>
+  <si>
+    <t>F852O-00N</t>
+  </si>
+  <si>
+    <t>27297.00₸</t>
+  </si>
+  <si>
+    <t>30 шт.</t>
+  </si>
+  <si>
+    <t>Подставка для столовых приборов;сталь нерж.;D=13,H=16,5см;черный</t>
+  </si>
+  <si>
+    <t>04151378</t>
+  </si>
+  <si>
+    <t>29753.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для столовых приборов «Дарт»;металл;D=12,H=25см;черный</t>
+  </si>
+  <si>
+    <t>04151379</t>
+  </si>
+  <si>
+    <t>Dart</t>
+  </si>
+  <si>
+    <t>20829.00₸</t>
+  </si>
+  <si>
+    <t>Органайзер для столовых приборов 4 отделения</t>
+  </si>
+  <si>
+    <t>09100289</t>
+  </si>
+  <si>
+    <t>10018.00₸</t>
+  </si>
+  <si>
+    <t>Органайзер для столовых приборов «Корзина» 4 отделения;полипроп.,сталь хромир.;,H=10,5,L=53,B=32,5см</t>
+  </si>
+  <si>
+    <t>09100528</t>
+  </si>
+  <si>
+    <t>34622.00₸</t>
+  </si>
+  <si>
     <t>4 шт.</t>
   </si>
   <si>
-    <t>Подставка для столовых приборов «Фобос»;керамика;,H=25,L=100,B=80мм;тем.корич.,синий</t>
-[...76 lines deleted...]
-  <si>
     <t>Органайзер для столовых приборов;дуб</t>
   </si>
   <si>
     <t>04151364</t>
   </si>
   <si>
     <t>Q851O-00N</t>
   </si>
   <si>
     <t>18326.00₸</t>
   </si>
   <si>
     <t>04151380</t>
   </si>
   <si>
     <t>Q856O-00N</t>
   </si>
   <si>
     <t>14515.00₸</t>
   </si>
   <si>
     <t>Органайзер для столовых приборов 2 отделения;фанера;,H=60,L=270,B=215мм;черный</t>
   </si>
   <si>
     <t>04151374</t>
   </si>
   <si>
     <t>V853S-00B</t>
   </si>
   <si>
     <t>9240.00₸</t>
   </si>
   <si>
     <t>04151382</t>
   </si>
   <si>
     <t>F847S-00N</t>
   </si>
   <si>
     <t>Органайзер для столовых приборов 2 отделения;фанера;,H=60,L=270,B=215мм;белый</t>
   </si>
   <si>
     <t>04151375</t>
   </si>
   <si>
     <t>V853S-00W</t>
+  </si>
+  <si>
+    <t>Подставка для столовых приборов «Элемент»;бетон,силикон;,H=14,5,L=13,B=13см;серый</t>
+  </si>
+  <si>
+    <t>04150896</t>
+  </si>
+  <si>
+    <t>Element</t>
+  </si>
+  <si>
+    <t>15652.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -889,51 +904,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8403B2F-424B-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A16AA74-21B9-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0CD8729A-764E-11EC-BBF7-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50CACE95-21C0-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A26DAF7A-2224-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1AB3972-2223-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/964B93A4-2224-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE1BC84C-0683-11ED-BBFC-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD8A-424D-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/310299B6-424E-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDA54F40-2223-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C4DBE74-2224-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/765D9F0C-696D-11EC-BBF7-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C4DC151-2224-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01B3C517-1A7C-11ED-BBFC-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C2ABAEF-2224-11EE-BC0D-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C2AB942-2224-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/480CA01B-4250-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A26DB26A-2224-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE02B1B8-4250-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF490F7C-E63A-11EF-BC4E-00505692C44721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/028A2963-4254-11E8-A155-00259035BB6722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F39D8D66-2223-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F39D8E06-2223-11EE-BC0D-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC9D0C41-F13D-11EC-BBFA-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E5BE8F4-CF50-11EF-BC46-0050569297EB26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E354160-4252-11E8-A155-00259035BB6727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C2AB9F4-2224-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C4DBF80-2224-11EE-BC0D-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/964B9297-2224-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A6924-4254-11E8-A155-00259035BB6731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05808300-814A-11E9-BBBA-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9DCAF419-F161-11EB-BBF2-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BEC53B4-2224-11EE-BC0D-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C4DC5BA-2224-11EE-BC0D-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/602FF014-696C-11EC-BBF7-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BEC570A-2224-11EE-BC0D-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/964B9048-2224-11EE-BC0D-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/964B8EBE-2224-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/964B8F5E-2224-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BEC5463-2224-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BEC554C-2224-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4865BBB8-6C00-11EE-BC0F-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4865BCD6-6C00-11EE-BC0F-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CC9B816-C099-11EC-BBFA-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7A5E378-2223-11EE-BC0D-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9C57E52-B85F-11ED-BC05-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/484E1526-CF50-11EF-BC46-0050569297EB48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2943C7A4-053D-11EE-BC09-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2943C702-053D-11EE-BC09-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACAFD2BC-524D-11EE-BC0D-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E4F9A03-8796-11EE-BC13-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A366840-3212-11EF-BC4C-00505692C44753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A3668E0-3212-11EF-BC4C-00505692C44754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB93C649-2230-11EE-BC0D-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D070F12-2230-11EE-BC0D-005056921CC456.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8403B2F-424B-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A16AA74-21B9-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0CD8729A-764E-11EC-BBF7-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50CACE95-21C0-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A26DAF7A-2224-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1AB3972-2223-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/964B93A4-2224-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE1BC84C-0683-11ED-BBFC-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD8A-424D-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/310299B6-424E-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDA54F40-2223-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C4DBE74-2224-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/765D9F0C-696D-11EC-BBF7-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C4DC151-2224-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01B3C517-1A7C-11ED-BBFC-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C2ABAEF-2224-11EE-BC0D-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C2AB942-2224-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/480CA01B-4250-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A26DB26A-2224-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE02B1B8-4250-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF490F7C-E63A-11EF-BC4E-00505692C44721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/028A2963-4254-11E8-A155-00259035BB6722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F39D8D66-2223-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F39D8E06-2223-11EE-BC0D-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC9D0C41-F13D-11EC-BBFA-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E5BE8F4-CF50-11EF-BC46-0050569297EB26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E354160-4252-11E8-A155-00259035BB6727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C2AB9F4-2224-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C4DBF80-2224-11EE-BC0D-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/964B9297-2224-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A6924-4254-11E8-A155-00259035BB6731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05808300-814A-11E9-BBBA-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9DCAF419-F161-11EB-BBF2-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BEC53B4-2224-11EE-BC0D-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C4DC5BA-2224-11EE-BC0D-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/602FF014-696C-11EC-BBF7-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BEC570A-2224-11EE-BC0D-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/964B9048-2224-11EE-BC0D-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/964B8EBE-2224-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/964B8F5E-2224-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BEC5463-2224-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BEC554C-2224-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4865BBB8-6C00-11EE-BC0F-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4865BCD6-6C00-11EE-BC0F-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CC9B816-C099-11EC-BBFA-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7A5E378-2223-11EE-BC0D-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9C57E52-B85F-11ED-BC05-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/484E1526-CF50-11EF-BC46-0050569297EB48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2943C7A4-053D-11EE-BC09-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2943C702-053D-11EE-BC09-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACAFD2BC-524D-11EE-BC0D-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E4F9A03-8796-11EE-BC13-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A366840-3212-11EF-BC4C-00505692C44753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A3668E0-3212-11EF-BC4C-00505692C44754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB93C649-2230-11EE-BC0D-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D070F12-2230-11EE-BC0D-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C7D7660D-C7F0-11F0-BC5A-00505692E2D057.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2561,50 +2576,80 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>58</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="56" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>64</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="57" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2863,62 +2908,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-stolovyh-priborov-aps-02122301/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-stolovyh-priborov-pordamsa-03113283/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-priborov-pordamsa-03171859/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolpodstavka-d-stolpriborov-aps-03190501/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-stolovyh-priborov-aps-04150114/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka4-emkosti-d-stolovyh-priborov-aps-04150130/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-paderno-04150132/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-4-otdeleniya-prohotel-04150134/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-stolovyh-priborov-aps-04150137/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-paderno-04150138/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-stolov-priborov-prohotel-04150150/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-aps-04150151/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-stolovyh-priborov-paderno-04150152/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-prohotel-04150159/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-4otdeleniya-aps-04150162/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-d-stolovpriborov-aps-04150166/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-d-stolovyh-priborov-aps-04150169/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-stolov-priborov-tabl-04150170/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-lozhek-matfer-04150173/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-4-otdeleniya-aps-04150183/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-stolovyh-priborov-revol-04150190/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-stolpriborov-4otd-aps-04150208/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-stolov-priborov-ppwood-04150217/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-stolov-priborov-ppwood-04150218/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-4-otdeleniya-prohotel-04150220/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-matfer-04150802/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-d-stolovyh-priborov-aps-04150803/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-d-stolovyh-priborov-aps-04150821/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-aps-04150830/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-aps-04150833/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-d-stolovpriborov-4-sekcii-ppwood-04150845/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-d-stolov-priborov-4-sekcii-ppwood-04150853/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-d-stolov-priborov-4-sekcii-cvet-venge-aps-04150868/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-aps-04150875/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-stolovyh-priborov-linden-04150879/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-d-stolov-priborov-ppwood-04150881/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-d-stolov-priborov-ppwood-04150882/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-d-stolov-priborov-ppwood-04150884/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-d-stolov-priborov-ppwood-04150885/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-hraneniya-stolovyh-priborov-s-kryshkoy-aps-04150886/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-hraneniya-stolovyh-priborov-aps-04150887/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-hraneniya-stolovyh-priborov-s-kryshkoy-aps-04150892/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-ppwood-04150894/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-4-sekcii-ppwood-04150895/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-aps-04150902/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-aps-04150903/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-stolovyh-priborov-priborov-5-stakanov-pintinox-04151308/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-stolovyh-priborov-ppwood-04151317/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-ppwood-04151324/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-ppwood-04151350/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-stolovyh-priborov-le-coq-04151361/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-stolovyh-priborov-le-coq-04151362/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-stolovyh-priborov-ppwood-04151363/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-ppwood-04151367/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-stolovyh-priborov-aps-04151378/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-stolovyh-priborov-aps-04151379/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-4otdeleniya-matfer-09100289/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-d-stolovpriborov-aps-09100528/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-ppwood-04151364/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-ppwood-04151380/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-ppwood-04151374/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-ppwood-04151382/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-ppwood-04151375/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-stolovyh-priborov-aps-02122301/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-stolovyh-priborov-pordamsa-03113283/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-priborov-pordamsa-03171859/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolpodstavka-d-stolpriborov-aps-03190501/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-stolovyh-priborov-aps-04150114/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka4-emkosti-d-stolovyh-priborov-aps-04150130/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-paderno-04150132/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-4-otdeleniya-prohotel-04150134/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-stolovyh-priborov-aps-04150137/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-paderno-04150138/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-stolov-priborov-prohotel-04150150/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-aps-04150151/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-stolovyh-priborov-paderno-04150152/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-prohotel-04150159/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-4otdeleniya-aps-04150162/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-d-stolovpriborov-aps-04150166/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-d-stolovyh-priborov-aps-04150169/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-stolov-priborov-tabl-04150170/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-lozhek-matfer-04150173/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-4-otdeleniya-aps-04150183/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-stolovyh-priborov-revol-04150190/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-stolpriborov-4otd-aps-04150208/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-stolov-priborov-ppwood-04150217/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-stolov-priborov-ppwood-04150218/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-4-otdeleniya-prohotel-04150220/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-matfer-04150802/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-d-stolovyh-priborov-aps-04150803/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-d-stolovyh-priborov-aps-04150821/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-aps-04150830/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-aps-04150833/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-d-stolovpriborov-4-sekcii-ppwood-04150845/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-d-stolov-priborov-4-sekcii-ppwood-04150853/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-d-stolov-priborov-4-sekcii-cvet-venge-aps-04150868/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-aps-04150875/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-stolovyh-priborov-linden-04150879/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-d-stolov-priborov-ppwood-04150881/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-d-stolov-priborov-ppwood-04150882/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-d-stolov-priborov-ppwood-04150884/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-d-stolov-priborov-ppwood-04150885/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-hraneniya-stolovyh-priborov-s-kryshkoy-aps-04150886/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-hraneniya-stolovyh-priborov-aps-04150887/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-hraneniya-stolovyh-priborov-s-kryshkoy-aps-04150892/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-ppwood-04150894/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-4-sekcii-ppwood-04150895/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-aps-04150902/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-aps-04150903/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-stolovyh-priborov-priborov-5-stakanov-pintinox-04151308/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-stolovyh-priborov-ppwood-04151317/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-ppwood-04151324/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-ppwood-04151350/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-stolovyh-priborov-le-coq-04151361/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-stolovyh-priborov-le-coq-04151362/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-stolovyh-priborov-ppwood-04151363/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-ppwood-04151367/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-stolovyh-priborov-aps-04151378/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-stolovyh-priborov-aps-04151379/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-4otdeleniya-matfer-09100289/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-d-stolovpriborov-aps-09100528/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-ppwood-04151364/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-ppwood-04151380/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-ppwood-04151374/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-ppwood-04151382/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-ppwood-04151375/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-stolovyh-priborov-aps-04150896/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L64"/>
+  <dimension ref="A1:L65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I64" sqref="I64"/>
+      <selection activeCell="I65" sqref="I65"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -3217,995 +3262,995 @@
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
         <v>56</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D10" s="0">
         <v>11998</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>58</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="L10" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>60</v>
       </c>
-      <c r="C11" s="0" t="s">
+      <c r="D11" s="0" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>64</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L12" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="D13" s="0">
         <v>40130</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L13" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>71</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="D14" s="0" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>75</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="D15" s="0" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="H15" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I15" s="1" t="s">
         <v>78</v>
-      </c>
-[...4 lines deleted...]
-        <v>79</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="L15" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="D16" s="0">
         <v>11955</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>84</v>
+        <v>41</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="D17" s="0">
         <v>11966</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>59</v>
+        <v>86</v>
       </c>
       <c r="L17" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="D18" s="0">
         <v>40131</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="L18" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="D19" s="0"/>
       <c r="E19" s="0" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="H19" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I19" s="1" t="s">
         <v>94</v>
-      </c>
-[...4 lines deleted...]
-        <v>95</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="L19" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>97</v>
       </c>
-      <c r="C20" s="0" t="s">
+      <c r="D20" s="0" t="s">
         <v>98</v>
       </c>
-      <c r="D20" s="0" t="s">
+      <c r="E20" s="0" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="H20" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I20" s="1" t="s">
         <v>101</v>
-      </c>
-[...4 lines deleted...]
-        <v>102</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="D21" s="0">
         <v>11957</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="0"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="D22" s="0">
         <v>644293</v>
       </c>
       <c r="E22" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="F22" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="F22" s="0" t="s">
+      <c r="G22" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="H22" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I22" s="1" t="s">
         <v>109</v>
-      </c>
-[...7 lines deleted...]
-        <v>110</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="L22" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="D23" s="0">
         <v>14956</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>115</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="D24" s="0" t="s">
         <v>116</v>
       </c>
-      <c r="D24" s="0" t="s">
+      <c r="E24" s="0" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="0"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>120</v>
       </c>
-      <c r="C25" s="0" t="s">
+      <c r="D25" s="0" t="s">
         <v>121</v>
       </c>
-      <c r="D25" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E25" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C26" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="D26" s="0" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="L26" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="D27" s="0">
         <v>817010</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="D28" s="0">
         <v>40009</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="L28" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="D29" s="0">
         <v>40182</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>84</v>
+        <v>18</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="C30" s="0" t="s">
         <v>137</v>
       </c>
-      <c r="C30" s="0" t="s">
+      <c r="D30" s="0" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="D31" s="0">
         <v>11921</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>144</v>
       </c>
-      <c r="C32" s="0" t="s">
+      <c r="D32" s="0" t="s">
         <v>145</v>
       </c>
-      <c r="D32" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E32" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="C33" s="0" t="s">
         <v>149</v>
       </c>
-      <c r="C33" s="0" t="s">
+      <c r="D33" s="0" t="s">
         <v>150</v>
       </c>
-      <c r="D33" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E33" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>84</v>
+        <v>37</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="C34" s="0" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="D34" s="0">
         <v>14995</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L34" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="C35" s="0" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="D35" s="0">
         <v>93321</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L35" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="C36" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="C36" s="0" t="s">
+      <c r="D36" s="0" t="s">
         <v>161</v>
       </c>
-      <c r="D36" s="0" t="s">
+      <c r="E36" s="0" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="0"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="B37" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="C37" s="0" t="s">
         <v>165</v>
       </c>
-      <c r="C37" s="0" t="s">
+      <c r="D37" s="0" t="s">
         <v>166</v>
       </c>
-      <c r="D37" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E37" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="0"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="C38" s="0" t="s">
         <v>169</v>
       </c>
-      <c r="C38" s="0" t="s">
+      <c r="D38" s="0" t="s">
         <v>170</v>
       </c>
-      <c r="D38" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E38" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="L38" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>174</v>
       </c>
-      <c r="C39" s="0" t="s">
+      <c r="D39" s="0" t="s">
         <v>175</v>
       </c>
-      <c r="D39" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E39" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>84</v>
+        <v>177</v>
       </c>
       <c r="L39" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="B40" s="0" t="s">
         <v>178</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>179</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>180</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I40" s="1" t="s">
         <v>181</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L40" s="0"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
         <v>182</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>183</v>
       </c>
       <c r="D41" s="0">
         <v>11949</v>
       </c>
       <c r="E41" s="0" t="s">
@@ -4283,161 +4328,161 @@
         <v>16</v>
       </c>
       <c r="I43" s="1" t="s">
         <v>190</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L43" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
         <v>191</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>192</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>193</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I44" s="1" t="s">
         <v>194</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>111</v>
+        <v>195</v>
       </c>
       <c r="L44" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>84</v>
+        <v>200</v>
       </c>
       <c r="L45" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="D46" s="0">
         <v>11954</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>202</v>
+        <v>41</v>
       </c>
       <c r="L46" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D47" s="0">
         <v>11960</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>205</v>
+        <v>18</v>
       </c>
       <c r="L47" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
         <v>206</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>207</v>
       </c>
       <c r="D48" s="0">
         <v>51273901</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>208</v>
       </c>
       <c r="F48" s="0" t="s">
         <v>209</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>49</v>
       </c>
@@ -4445,259 +4490,259 @@
         <v>16</v>
       </c>
       <c r="I48" s="1" t="s">
         <v>210</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
         <v>211</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>212</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>213</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I49" s="1" t="s">
         <v>214</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>215</v>
       </c>
       <c r="L49" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
         <v>216</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>217</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>218</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I50" s="1" t="s">
         <v>219</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L50" s="0"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
         <v>220</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>221</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>222</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I51" s="1" t="s">
         <v>194</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>84</v>
+        <v>18</v>
       </c>
       <c r="L51" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
         <v>223</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>224</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>225</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>226</v>
       </c>
       <c r="F52" s="0" t="s">
         <v>227</v>
       </c>
       <c r="G52" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I52" s="1" t="s">
         <v>228</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>229</v>
+        <v>37</v>
       </c>
       <c r="L52" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="C53" s="0" t="s">
         <v>230</v>
       </c>
-      <c r="C53" s="0" t="s">
+      <c r="D53" s="0" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>226</v>
       </c>
       <c r="F53" s="0" t="s">
         <v>227</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>59</v>
+        <v>37</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="C54" s="0" t="s">
         <v>234</v>
       </c>
-      <c r="C54" s="0" t="s">
+      <c r="D54" s="0" t="s">
         <v>235</v>
       </c>
-      <c r="D54" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E54" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="L54" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
+        <v>238</v>
+      </c>
+      <c r="C55" s="0" t="s">
         <v>239</v>
       </c>
-      <c r="C55" s="0" t="s">
+      <c r="D55" s="0" t="s">
         <v>240</v>
       </c>
-      <c r="D55" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E55" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>18</v>
+        <v>242</v>
       </c>
       <c r="L55" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
         <v>243</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>244</v>
       </c>
       <c r="D56" s="0">
         <v>11748</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>16</v>
@@ -4737,248 +4782,280 @@
         <v>16</v>
       </c>
       <c r="I57" s="1" t="s">
         <v>249</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L57" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
         <v>250</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>251</v>
       </c>
       <c r="D58" s="0">
         <v>510601</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I58" s="1" t="s">
         <v>252</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L58" s="0"/>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
         <v>253</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>254</v>
       </c>
       <c r="D59" s="0">
         <v>11965</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I59" s="1" t="s">
         <v>255</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>229</v>
+        <v>256</v>
       </c>
       <c r="L59" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="B60" s="0" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L60" s="0"/>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="B61" s="0" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L61" s="0"/>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="B62" s="0" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L62" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="B63" s="0" t="s">
         <v>216</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I63" s="1" t="s">
         <v>219</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L63" s="0"/>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="B64" s="0" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L64" s="0">
         <v>10</v>
       </c>
+    </row>
+    <row r="65" spans="1:12" customHeight="1" ht="80">
+      <c r="A65" s="0"/>
+      <c r="B65" s="0" t="s">
+        <v>273</v>
+      </c>
+      <c r="C65" s="0" t="s">
+        <v>274</v>
+      </c>
+      <c r="D65" s="0">
+        <v>11750</v>
+      </c>
+      <c r="E65" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F65" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="G65" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="H65" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I65" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="J65" s="0"/>
+      <c r="K65" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="L65" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -5002,50 +5079,51 @@
     <hyperlink ref="B40" r:id="rId_hyperlink_39"/>
     <hyperlink ref="B41" r:id="rId_hyperlink_40"/>
     <hyperlink ref="B42" r:id="rId_hyperlink_41"/>
     <hyperlink ref="B43" r:id="rId_hyperlink_42"/>
     <hyperlink ref="B44" r:id="rId_hyperlink_43"/>
     <hyperlink ref="B45" r:id="rId_hyperlink_44"/>
     <hyperlink ref="B46" r:id="rId_hyperlink_45"/>
     <hyperlink ref="B47" r:id="rId_hyperlink_46"/>
     <hyperlink ref="B48" r:id="rId_hyperlink_47"/>
     <hyperlink ref="B49" r:id="rId_hyperlink_48"/>
     <hyperlink ref="B50" r:id="rId_hyperlink_49"/>
     <hyperlink ref="B51" r:id="rId_hyperlink_50"/>
     <hyperlink ref="B52" r:id="rId_hyperlink_51"/>
     <hyperlink ref="B53" r:id="rId_hyperlink_52"/>
     <hyperlink ref="B54" r:id="rId_hyperlink_53"/>
     <hyperlink ref="B55" r:id="rId_hyperlink_54"/>
     <hyperlink ref="B56" r:id="rId_hyperlink_55"/>
     <hyperlink ref="B57" r:id="rId_hyperlink_56"/>
     <hyperlink ref="B58" r:id="rId_hyperlink_57"/>
     <hyperlink ref="B59" r:id="rId_hyperlink_58"/>
     <hyperlink ref="B60" r:id="rId_hyperlink_59"/>
     <hyperlink ref="B61" r:id="rId_hyperlink_60"/>
     <hyperlink ref="B62" r:id="rId_hyperlink_61"/>
     <hyperlink ref="B63" r:id="rId_hyperlink_62"/>
     <hyperlink ref="B64" r:id="rId_hyperlink_63"/>
+    <hyperlink ref="B65" r:id="rId_hyperlink_64"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>