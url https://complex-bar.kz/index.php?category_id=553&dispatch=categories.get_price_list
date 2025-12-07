--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="220">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="216">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -83,51 +83,51 @@
   <si>
     <t>APS</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>Емкости фуршетные</t>
   </si>
   <si>
     <t>156973.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
     <t>Емкость фуршетная для фруктов с охладительным элементом;пластик,сталь;4л;D=24,H=19см;прозр.,металлич</t>
   </si>
   <si>
     <t>02120428</t>
   </si>
   <si>
     <t>165627.00₸</t>
   </si>
   <si>
-    <t>5 шт.</t>
+    <t>4 шт.</t>
   </si>
   <si>
     <t>Емкость фуршетная для джема с охладительным элементом;пластик,сталь;0,6л;D=14,H=9см;прозр.,металлич.</t>
   </si>
   <si>
     <t>02120447</t>
   </si>
   <si>
     <t>65997.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Емкость фуршетная для джема с охладительным элементом;дерево,поликарбонат;0,6л</t>
   </si>
   <si>
     <t>02120455</t>
   </si>
   <si>
     <t>35174.00₸</t>
   </si>
   <si>
     <t>Емкость фуршетная для пакетиков чая;дерево,стекло;,H=9,L=36,B=20см;тем.дерево,прозр.</t>
   </si>
@@ -155,395 +155,386 @@
   <si>
     <t>БЕЛЬГИЯ</t>
   </si>
   <si>
     <t>5283.00₸</t>
   </si>
   <si>
     <t>Емкость фуршетная «Бар» для пакетиков сахара 18/10;сталь нерж.;,L=10,5см;металлич.</t>
   </si>
   <si>
     <t>02124269</t>
   </si>
   <si>
     <t>Pintinox</t>
   </si>
   <si>
     <t>Bar</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>7231.00₸</t>
   </si>
   <si>
+    <t>Емкость фуршетная на подставке;пластик,сталь нерж.;D=265,H=85мм;белый,металлич.</t>
+  </si>
+  <si>
+    <t>03030738</t>
+  </si>
+  <si>
+    <t>86086.00₸</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная с охладительным элементом;фарфор,сталь нерж.;D=28,H=14,5см</t>
+  </si>
+  <si>
+    <t>03031297</t>
+  </si>
+  <si>
+    <t>EFC 000 E 014</t>
+  </si>
+  <si>
+    <t>Frilich</t>
+  </si>
+  <si>
+    <t>214007.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная «Фрэймс» на подставке;дерево,поликарбонат;0,56л;,H=85мм;белый,желт.</t>
+  </si>
+  <si>
+    <t>03031503</t>
+  </si>
+  <si>
+    <t>Frames</t>
+  </si>
+  <si>
+    <t>42620.00₸</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная «Фрэймс» на подставке;пластик,полиэтилен;0,55л;,H=85мм;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03031505</t>
+  </si>
+  <si>
+    <t>56788.00₸</t>
+  </si>
+  <si>
+    <t>Набор емкостей фуршетных на подставке с крышкой[3шт];пластик,полистирол;D=14см</t>
+  </si>
+  <si>
+    <t>03031506</t>
+  </si>
+  <si>
+    <t>198360.00₸</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная на подставке;полистирол;D=26,5см</t>
+  </si>
+  <si>
+    <t>03031509</t>
+  </si>
+  <si>
+    <t>108386.00₸</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная на подставке;полистирол;D=17,4см</t>
+  </si>
+  <si>
+    <t>03031510</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная «Буфет Пентолино» для подачи;стекло;300мл;,H=58,L=142,B=105мм</t>
+  </si>
+  <si>
+    <t>03033201</t>
+  </si>
+  <si>
+    <t>125610MTX121990</t>
+  </si>
+  <si>
+    <t>Bormioli Rocco</t>
+  </si>
+  <si>
+    <t>Buffet Pentolino</t>
+  </si>
+  <si>
+    <t>2541.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная «Буфет Пентолино» для подачи;стекло;0,5л;,H=68,L=167,B=126мм;прозр.</t>
+  </si>
+  <si>
+    <t>03033202</t>
+  </si>
+  <si>
+    <t>125611MTX121990</t>
+  </si>
+  <si>
+    <t>3689.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная для подачи овальная;пластик;2,4л;,L=51,B=15,5см;белый</t>
+  </si>
+  <si>
+    <t>03033504</t>
+  </si>
+  <si>
+    <t>56626.00₸</t>
+  </si>
+  <si>
+    <t>25 шт.</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная «Бочонок» для выкладки;пластик;10л;D=30,H=19,5см;тем.дерево</t>
+  </si>
+  <si>
+    <t>03034501</t>
+  </si>
+  <si>
+    <t>BB300</t>
+  </si>
+  <si>
+    <t>Dalebrook</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
+  </si>
+  <si>
+    <t>37238.00₸</t>
+  </si>
+  <si>
+    <t>Вставка для емкости «Бочонок» BB300;пластик;4,5л;D=30,5см;черный</t>
+  </si>
+  <si>
+    <t>03034502</t>
+  </si>
+  <si>
+    <t>BLB350</t>
+  </si>
+  <si>
+    <t>18011.00₸</t>
+  </si>
+  <si>
+    <t>Вставка для емкости «Бочонок» BB300;пластик;8л;D=30,5см;черный</t>
+  </si>
+  <si>
+    <t>03034503</t>
+  </si>
+  <si>
+    <t>BLB355</t>
+  </si>
+  <si>
+    <t>24163.00₸</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная «Клиа» на металлической подставке;металл;D=40,H=11,5см;прозр.,матовый</t>
+  </si>
+  <si>
+    <t>03080245</t>
+  </si>
+  <si>
+    <t>342B/221</t>
+  </si>
+  <si>
+    <t>Lux</t>
+  </si>
+  <si>
+    <t>Clear</t>
+  </si>
+  <si>
+    <t>21803.00₸</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная «Вайт Сатин» на металлической подставке;стекло,сталь;D=40/25,H=24,5см;матовый,мета</t>
+  </si>
+  <si>
+    <t>03080249</t>
+  </si>
+  <si>
+    <t>White Satin</t>
+  </si>
+  <si>
+    <t>29237.00₸</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная «Вайт Сатин» на металлической подставке;стекло,сталь;D=80,H=30см;прозр.,металлич.</t>
+  </si>
+  <si>
+    <t>03080253</t>
+  </si>
+  <si>
+    <t>5462B/221</t>
+  </si>
+  <si>
+    <t>236629.00₸</t>
+  </si>
+  <si>
+    <t>Набор емкостей фуршетных для соусов и специй (3 чаши);сталь нерж.,пластик;D=10,H=20,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03173201</t>
+  </si>
+  <si>
+    <t>RD3</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>ИНДИЯ</t>
+  </si>
+  <si>
+    <t>19684.00₸</t>
+  </si>
+  <si>
+    <t>Набор емкостей фуршетных для соусов и специй (4 чаши);сталь нерж.,пластик;D=10,H=20,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03173202</t>
+  </si>
+  <si>
+    <t>RD4</t>
+  </si>
+  <si>
+    <t>21714.00₸</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная для закусок с крышкой;стекло,сталь нерж.;1л;,H=18,L=19,B=12,5см</t>
+  </si>
+  <si>
+    <t>04081357</t>
+  </si>
+  <si>
+    <t>00637</t>
+  </si>
+  <si>
+    <t>5429.00₸</t>
+  </si>
+  <si>
+    <t>Набор емкостей фуршетных «Мун» с ложками[3шт];пластик,дерево;50мл;D=80,H=75мм;серый,коричнев.</t>
+  </si>
+  <si>
+    <t>04081359</t>
+  </si>
+  <si>
+    <t>Moon</t>
+  </si>
+  <si>
+    <t>31570.00₸</t>
+  </si>
+  <si>
+    <t>Набор емкостей фуршетных «Мун» с ложками[3шт];пластик,дерево;50мл;D=80,H=75мм;черный,коричнев.</t>
+  </si>
+  <si>
+    <t>04081360</t>
+  </si>
+  <si>
+    <t>43552.00₸</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная «Мун» с откидной крышкой;пластик;0,8л;D=19,H=17,5см;серый</t>
+  </si>
+  <si>
+    <t>04081361</t>
+  </si>
+  <si>
+    <t>53284.00₸</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная «Мун» с откидной крышкой;пластик;0,8л;D=19,H=17,5см;черный</t>
+  </si>
+  <si>
+    <t>04081362</t>
+  </si>
+  <si>
+    <t>14 шт.</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная на подставке[3шт];стекло,дуб;0,5л;D=12,5,H=11,L=45,B=14,5см;прозр.,св. дерево</t>
+  </si>
+  <si>
+    <t>04082550</t>
+  </si>
+  <si>
+    <t>SET_GJO01</t>
+  </si>
+  <si>
+    <t>Craster</t>
+  </si>
+  <si>
+    <t>416817.00₸</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная на подставке[3шт];стекло,орех;0,5л;D=12,5,H=11,L=45,B=14,5см;прозр.,деревян.</t>
+  </si>
+  <si>
+    <t>04082551</t>
+  </si>
+  <si>
+    <t>SET_GJW01</t>
+  </si>
+  <si>
+    <t>481720.00₸</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная «Тост Бокс» с крышкой (4 секции);дуб;,H=16,L=36,B=33,5см;св. дерево,черный</t>
+  </si>
+  <si>
+    <t>04082556</t>
+  </si>
+  <si>
+    <t>Toast Box</t>
+  </si>
+  <si>
+    <t>145808.00₸</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная «Тост Бокс» с крышкой (4 секции);дуб;,H=16,L=36,B=33,5см;св. дерево</t>
+  </si>
+  <si>
+    <t>04082566</t>
+  </si>
+  <si>
+    <t>160391.00₸</t>
+  </si>
+  <si>
     <t>6 шт.</t>
   </si>
   <si>
-    <t>Емкость фуршетная на подставке;пластик,сталь нерж.;D=265,H=85мм;белый,металлич.</t>
-[...340 lines deleted...]
-  <si>
     <t>Контейнер для хлеба выдвижной с доской для нарезки;дерево,акрил;,H=20,L=354,B=325мм;прозр.,коричнев.</t>
   </si>
   <si>
     <t>04121287</t>
   </si>
   <si>
     <t>00910</t>
   </si>
   <si>
     <t>232456.00₸</t>
   </si>
   <si>
     <t>Набор емкостей фуршетных «Вилла» для десерта с крышкой[3шт];стекло;0,505л;D=94/118,H=261мм;прозр.</t>
   </si>
   <si>
     <t>04131003</t>
   </si>
   <si>
     <t>Pasabahce</t>
   </si>
   <si>
     <t>Villa</t>
   </si>
   <si>
     <t>ТУРЦИЯ</t>
@@ -579,53 +570,50 @@
     <t>MCO 006 E 101</t>
   </si>
   <si>
     <t>177301.00₸</t>
   </si>
   <si>
     <t>Набор емкостей фуршетных «мини» для горчицы, масла[4шт];полиэтилен;30мл;D=30,H=85мм</t>
   </si>
   <si>
     <t>04141474</t>
   </si>
   <si>
     <t>7577.00₸</t>
   </si>
   <si>
     <t>Набор емкостей фуршетных «мини» для горчицы, масла[4шт];полиэтилен;50мл;D=35,H=95мм;прозр.</t>
   </si>
   <si>
     <t>04141475</t>
   </si>
   <si>
     <t>ТАЙВАНЬ (КИТАЙ)</t>
   </si>
   <si>
     <t>8347.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>2 шт.</t>
   </si>
   <si>
     <t>Емкость фуршетная для джема с охладительным элементом;пластик;1л;D=14,H=11,5см</t>
   </si>
   <si>
     <t>04142216</t>
   </si>
   <si>
     <t>45962.00₸</t>
   </si>
   <si>
     <t>Емкость фуршетная для джема с крышкой и мешалкой;стекло;250мл;D=94,H=110мм;прозр.</t>
   </si>
   <si>
     <t>04142252</t>
   </si>
   <si>
     <t>Trendglas</t>
   </si>
   <si>
     <t>ВЕНГРИЯ</t>
   </si>
   <si>
     <t>8619.00₸</t>
   </si>
@@ -733,51 +721,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D38B760A-20D0-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D38B7558-20D0-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D996F344-20D0-11EE-BC0D-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D996F3E4-20D0-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A33995C7-20D0-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C16E5326-20D0-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7E85F7D-3484-11EF-BC57-00505692E0497.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742AD139-4251-11E8-A155-00259035BB678.gif"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D2D69BF-F150-11EB-BBF2-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75710456-424F-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75710458-424F-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E02FDD7A-F150-11EB-BBF2-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83555CE3-F150-11EB-BBF2-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83555CE4-F150-11EB-BBF2-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34243418-4252-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1FCE2326-21B6-11EE-BC0D-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B4512DA3-4768-11EA-BBCE-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19D5B950-21B6-11EE-BC0D-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1FCE2478-21B6-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BDE0481-925D-11EB-BBEF-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BDE0480-925D-11EB-BBEF-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2902C924-424D-11E8-A155-00259035BB6722.gif"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA4C317F-8146-11E9-BBBA-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65081770-424D-11E8-A155-00259035BB6724.gif"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/881EC180-9817-11EE-BC35-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/881EC0CE-9817-11EE-BC35-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A712961-21C5-11EE-BC0D-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FBB78943-1A7B-11ED-BBFC-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FBB78942-1A7B-11ED-BBFC-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A71239D-21C5-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/146276EC-21C5-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81D6D975-F4B0-11ED-BC09-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81D6D88D-F4B0-11ED-BC09-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78F6D0E3-FFCC-11ED-BC09-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5506F909-6C00-11EE-BC0F-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4BC96AF3-21C8-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B9EF64C7-0510-11EC-BBF2-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABDF7A43-21C8-11EE-BC0D-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C2F35D0-4252-11E8-A155-00259035BB6739.gif"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C4B-4254-11E8-A155-00259035BB6740.gif"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4AC2557-4254-11E8-A155-00259035BB6741.gif"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7EC66EE-21C8-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50307456-4251-11E8-A155-00259035BB6743.gif"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE2C84FE-4251-11E8-A155-00259035BB6744.gif"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7EC664E-21C8-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/738F507C-3FDF-11F0-BC59-00505692E04946.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/738F512E-3FDF-11F0-BC59-00505692E04947.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DAFD88F-3126-11EC-BBF4-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F0F7A70-424E-11E8-A155-00259035BB6749.gif"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D38B760A-20D0-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D38B7558-20D0-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D996F344-20D0-11EE-BC0D-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D996F3E4-20D0-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A33995C7-20D0-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C16E5326-20D0-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7E85F7D-3484-11EF-BC57-00505692E0497.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742AD139-4251-11E8-A155-00259035BB678.gif"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D2D69BF-F150-11EB-BBF2-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75710456-424F-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75710458-424F-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E02FDD7A-F150-11EB-BBF2-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83555CE3-F150-11EB-BBF2-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83555CE4-F150-11EB-BBF2-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1FCE2326-21B6-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B4512DA3-4768-11EA-BBCE-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19D5B950-21B6-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1FCE2478-21B6-11EE-BC0D-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BDE0481-925D-11EB-BBEF-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BDE0480-925D-11EB-BBEF-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2902C924-424D-11E8-A155-00259035BB6721.gif"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA4C317F-8146-11E9-BBBA-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65081770-424D-11E8-A155-00259035BB6723.gif"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/881EC180-9817-11EE-BC35-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/881EC0CE-9817-11EE-BC35-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A712961-21C5-11EE-BC0D-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FBB78943-1A7B-11ED-BBFC-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FBB78942-1A7B-11ED-BBFC-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A71239D-21C5-11EE-BC0D-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/146276EC-21C5-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81D6D975-F4B0-11ED-BC09-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81D6D88D-F4B0-11ED-BC09-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78F6D0E3-FFCC-11ED-BC09-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5506F909-6C00-11EE-BC0F-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4BC96AF3-21C8-11EE-BC0D-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B9EF64C7-0510-11EC-BBF2-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABDF7A43-21C8-11EE-BC0D-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C2F35D0-4252-11E8-A155-00259035BB6738.gif"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C4B-4254-11E8-A155-00259035BB6739.gif"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4AC2557-4254-11E8-A155-00259035BB6740.gif"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7EC66EE-21C8-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50307456-4251-11E8-A155-00259035BB6742.gif"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE2C84FE-4251-11E8-A155-00259035BB6743.gif"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7EC664E-21C8-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/738F507C-3FDF-11F0-BC59-00505692E04945.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/738F512E-3FDF-11F0-BC59-00505692E04946.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DAFD88F-3126-11EC-BBF4-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F0F7A70-424E-11E8-A155-00259035BB6748.gif"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1972,51 +1960,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="41" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>42</xdr:row>
+      <xdr:row>43</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="42" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -2165,80 +2153,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>49</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="48" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2497,62 +2455,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-frukt-salats-ohlazhdelem-aps-02120427/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-fruktsalata-s-ohlelement-aps-02120428/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-dzhema-s-ohlazhdayuschim-elementom-aps-02120447/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-dzhema-s-ohlazhdayuschim-elementom-aps-02120455/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-d-paketchaya-kesper-02120913/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-podachi-glubokaya-serax-02122953/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-furshetnaya-pintinox-02124269/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/salatnikpodstavka-aps-03030738/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/salatnik-s-ohlazhdelementom-frilich-03031297/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/salatnik-na-podstavke-aps-03031503/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/salatnik-na-podstavke-aps-03031505/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-salatnikov-na-podstavke-s-kryshkoy-aps-03031506/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/salatnik-na-podstavke-aps-03031509/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/salatnik-na-podstavke-aps-03031510/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/salatnik-s-kryshna-podstavke-aps-03031532/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-podachi-bormioli-rocco-03033201/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-podachi-bormioli-rocco-03033202/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-podachi-ovalnaya-aps-03033504/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bochonok-d-vykladki-dalebrook-03034501/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vstavka-dlya-emkosti-dalebrook-03034502/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vstavka-dlya-emkosti-dalebrook-03034503/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-furshetnaya-lux-03080245/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-furshetnaya-lux-03080249/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-furshetnaya-lux-03080253/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-furshetnyy-d-sousov-i-speciy-prohotel-03173201/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-furshetnyy-d-sousov-i-speciy-prohotel-03173202/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-zakusok-s-kryshkoy-aps-04081357/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-emkostey-furshetnyh-aps-04081359/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-emkostey-furshetnyh-aps-04081360/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-furshetnaya-aps-04081361/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-furshetnaya-aps-04081362/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-furshetnaya-craster-04082550/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-furshetnaya-craster-04082551/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-furshetnaya-aps-04082556/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-furshetnaya-aps-04082566/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-vydvizhnoy-dlya-hleba-s-doskoy-dlya-narezki-aps-04121287/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-emkostey-dlya-deserta-pasabahce-04131003/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-s-lozhkoy-aps-04141422/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-dzhema-s-kri-derzhd-bufsteny-frilich-04141444/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-emkostey-mini-d-gorchicy-masla-i-td-aps-04141474/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-emkostey-mini-d-gorchicy-masla-i-td-aps-04141475/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-dzhema-s-ohlazhdayuschim-elementom-aps-04142216/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-furshetnaya-trendglas-04142252/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-emkostey-d-dzhema-frilich-04142258/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-emkostey-d-dzhema-frilich-04142290/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-fruktsalata-s-ohlel-tom-aps-04142928/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-emkostey-na-podstavke-aps-04147102/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-emkostey-furshetnyh-aps-04150638/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolba-d-dzhema-aps-09100530/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-dzhema-s-ohlazhdayuschim-elementom-aps-09100532/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-frukt-salats-ohlazhdelem-aps-02120427/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-fruktsalata-s-ohlelement-aps-02120428/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-dzhema-s-ohlazhdayuschim-elementom-aps-02120447/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-dzhema-s-ohlazhdayuschim-elementom-aps-02120455/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-d-paketchaya-kesper-02120913/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-podachi-glubokaya-serax-02122953/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-furshetnaya-pintinox-02124269/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/salatnikpodstavka-aps-03030738/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/salatnik-s-ohlazhdelementom-frilich-03031297/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/salatnik-na-podstavke-aps-03031503/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/salatnik-na-podstavke-aps-03031505/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-salatnikov-na-podstavke-s-kryshkoy-aps-03031506/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/salatnik-na-podstavke-aps-03031509/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/salatnik-na-podstavke-aps-03031510/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-podachi-bormioli-rocco-03033201/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-podachi-bormioli-rocco-03033202/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-podachi-ovalnaya-aps-03033504/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bochonok-d-vykladki-dalebrook-03034501/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vstavka-dlya-emkosti-dalebrook-03034502/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vstavka-dlya-emkosti-dalebrook-03034503/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-furshetnaya-lux-03080245/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-furshetnaya-lux-03080249/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-furshetnaya-lux-03080253/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-furshetnyy-d-sousov-i-speciy-prohotel-03173201/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-furshetnyy-d-sousov-i-speciy-prohotel-03173202/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-zakusok-s-kryshkoy-aps-04081357/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-emkostey-furshetnyh-aps-04081359/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-emkostey-furshetnyh-aps-04081360/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-furshetnaya-aps-04081361/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-furshetnaya-aps-04081362/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-furshetnaya-craster-04082550/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-furshetnaya-craster-04082551/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-furshetnaya-aps-04082556/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-furshetnaya-aps-04082566/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-vydvizhnoy-dlya-hleba-s-doskoy-dlya-narezki-aps-04121287/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-emkostey-dlya-deserta-pasabahce-04131003/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-s-lozhkoy-aps-04141422/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-dzhema-s-kri-derzhd-bufsteny-frilich-04141444/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-emkostey-mini-d-gorchicy-masla-i-td-aps-04141474/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-emkostey-mini-d-gorchicy-masla-i-td-aps-04141475/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-dzhema-s-ohlazhdayuschim-elementom-aps-04142216/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-furshetnaya-trendglas-04142252/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-emkostey-d-dzhema-frilich-04142258/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-emkostey-d-dzhema-frilich-04142290/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-fruktsalata-s-ohlel-tom-aps-04142928/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-emkostey-na-podstavke-aps-04147102/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-emkostey-furshetnyh-aps-04150638/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolba-d-dzhema-aps-09100530/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-dzhema-s-ohlazhdayuschim-elementom-aps-09100532/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L51"/>
+  <dimension ref="A1:L50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I51" sqref="I51"/>
+      <selection activeCell="I50" sqref="I50"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -2783,1438 +2741,1406 @@
         <v>40</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>41</v>
       </c>
       <c r="D8" s="0">
         <v>55014400</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>42</v>
       </c>
       <c r="F8" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>45</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="L8" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="D9" s="0">
         <v>12915</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>50</v>
       </c>
-      <c r="C10" s="0" t="s">
+      <c r="D10" s="0" t="s">
         <v>51</v>
       </c>
-      <c r="D10" s="0" t="s">
+      <c r="E10" s="0" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="D11" s="0">
         <v>12910</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="D12" s="0">
         <v>14910</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="D13" s="0">
         <v>14931</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L13" s="0"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="D14" s="0">
         <v>13915</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="D15" s="0">
         <v>13910</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L15" s="0"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>71</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>72</v>
       </c>
-      <c r="D16" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E16" s="0" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="F16" s="0"/>
+        <v>73</v>
+      </c>
+      <c r="F16" s="0" t="s">
+        <v>74</v>
+      </c>
       <c r="G16" s="0" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>18</v>
+        <v>76</v>
       </c>
       <c r="L16" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="C17" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="D17" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="E17" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="F17" s="0" t="s">
         <v>74</v>
-      </c>
-[...10 lines deleted...]
-        <v>78</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="L17" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="D18" s="0" t="s">
         <v>83</v>
       </c>
+      <c r="D18" s="0">
+        <v>83499</v>
+      </c>
       <c r="E18" s="0" t="s">
-        <v>77</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>84</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="L18" s="0">
-        <v>12</v>
+        <v>3</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>83499</v>
+        <v>87</v>
+      </c>
+      <c r="D19" s="0" t="s">
+        <v>88</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>14</v>
+        <v>89</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>88</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="L19" s="0"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="C20" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="D20" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="E20" s="0" t="s">
         <v>89</v>
-      </c>
-[...7 lines deleted...]
-        <v>92</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L20" s="0"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L21" s="0"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="F22" s="0"/>
+        <v>103</v>
+      </c>
+      <c r="F22" s="0" t="s">
+        <v>104</v>
+      </c>
       <c r="G22" s="0" t="s">
-        <v>93</v>
+        <v>44</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>26</v>
       </c>
-      <c r="L22" s="0"/>
+      <c r="L22" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="C23" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="D23" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="E23" s="0" t="s">
         <v>103</v>
       </c>
-      <c r="C23" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F23" s="0" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>106</v>
-[...3 lines deleted...]
-      </c>
+        <v>117</v>
+      </c>
+      <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
-        <v>44</v>
+        <v>118</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="L25" s="0">
-        <v>1</v>
+        <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="D26" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="E26" s="0" t="s">
         <v>117</v>
-      </c>
-[...7 lines deleted...]
-        <v>120</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="0">
-        <v>24</v>
+        <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>120</v>
+        <v>14</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
-        <v>121</v>
+        <v>15</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>128</v>
-[...1 lines deleted...]
-      <c r="D28" s="0" t="s">
         <v>129</v>
+      </c>
+      <c r="D28" s="0">
+        <v>85080</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>14</v>
       </c>
-      <c r="F28" s="0"/>
+      <c r="F28" s="0" t="s">
+        <v>130</v>
+      </c>
       <c r="G28" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L28" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D29" s="0">
-        <v>85080</v>
+        <v>85081</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>134</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L29" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
         <v>135</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>136</v>
       </c>
       <c r="D30" s="0">
-        <v>85081</v>
+        <v>85082</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="1" t="s">
         <v>137</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="L30" s="0">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
         <v>138</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>139</v>
       </c>
       <c r="D31" s="0">
-        <v>85082</v>
+        <v>85083</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="L31" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>142</v>
       </c>
-      <c r="C32" s="0" t="s">
+      <c r="D32" s="0" t="s">
         <v>143</v>
       </c>
-      <c r="D32" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E32" s="0" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>144</v>
+        <v>26</v>
       </c>
       <c r="L32" s="0">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I33" s="1" t="s">
         <v>149</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="L33" s="0"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
         <v>150</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>151</v>
       </c>
-      <c r="D34" s="0" t="s">
+      <c r="D34" s="0">
+        <v>11713</v>
+      </c>
+      <c r="E34" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F34" s="0" t="s">
         <v>152</v>
       </c>
-      <c r="E34" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
-        <v>93</v>
+        <v>15</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I34" s="1" t="s">
         <v>153</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="L34" s="0"/>
+        <v>18</v>
+      </c>
+      <c r="L34" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
         <v>154</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>155</v>
       </c>
       <c r="D35" s="0">
-        <v>11713</v>
+        <v>11714</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>18</v>
+        <v>157</v>
       </c>
       <c r="L35" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
         <v>158</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>159</v>
       </c>
-      <c r="D36" s="0">
-        <v>11714</v>
+      <c r="D36" s="0" t="s">
+        <v>160</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>14</v>
       </c>
-      <c r="F36" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>162</v>
-[...1 lines deleted...]
-      <c r="D37" s="0" t="s">
         <v>163</v>
       </c>
+      <c r="D37" s="0">
+        <v>96815</v>
+      </c>
       <c r="E37" s="0" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="F37" s="0"/>
+        <v>164</v>
+      </c>
+      <c r="F37" s="0" t="s">
+        <v>165</v>
+      </c>
       <c r="G37" s="0" t="s">
-        <v>15</v>
+        <v>166</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L37" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-        <v>96815</v>
+        <v>169</v>
+      </c>
+      <c r="D38" s="0" t="s">
+        <v>170</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>167</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>26</v>
+        <v>173</v>
       </c>
       <c r="L38" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>14</v>
+        <v>52</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
-        <v>174</v>
+        <v>15</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>176</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="L39" s="0"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>178</v>
-[...1 lines deleted...]
-      <c r="D40" s="0" t="s">
         <v>179</v>
       </c>
+      <c r="D40" s="0">
+        <v>93225</v>
+      </c>
       <c r="E40" s="0" t="s">
-        <v>53</v>
+        <v>14</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I40" s="1" t="s">
         <v>180</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="L40" s="0"/>
+        <v>81</v>
+      </c>
+      <c r="L40" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
         <v>181</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>182</v>
       </c>
       <c r="D41" s="0">
-        <v>93225</v>
+        <v>93226</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
-        <v>15</v>
+        <v>183</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="L41" s="0">
-        <v>1</v>
+        <v>180</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D42" s="0">
-        <v>93226</v>
+        <v>11813</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
-        <v>186</v>
+        <v>15</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I42" s="1" t="s">
         <v>187</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="L42" s="0"/>
+    </row>
+    <row r="43" spans="1:12" customHeight="1" ht="80">
+      <c r="B43" s="0" t="s">
         <v>188</v>
       </c>
-      <c r="L42" s="0">
-[...5 lines deleted...]
-      <c r="B43" s="0" t="s">
+      <c r="C43" s="0" t="s">
         <v>189</v>
       </c>
-      <c r="C43" s="0" t="s">
+      <c r="D43" s="0">
+        <v>300500</v>
+      </c>
+      <c r="E43" s="0" t="s">
         <v>190</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
-        <v>15</v>
+        <v>191</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L43" s="0"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
+      <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-        <v>300500</v>
+        <v>194</v>
+      </c>
+      <c r="D44" s="0" t="s">
+        <v>195</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>194</v>
+        <v>52</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
-        <v>195</v>
+        <v>15</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I44" s="1" t="s">
         <v>196</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>26</v>
       </c>
-      <c r="L44" s="0"/>
+      <c r="L44" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
         <v>197</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>198</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>199</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I45" s="1" t="s">
         <v>200</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L45" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
         <v>201</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>202</v>
       </c>
-      <c r="D46" s="0" t="s">
-        <v>203</v>
+      <c r="D46" s="0">
+        <v>11845</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>53</v>
+        <v>14</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L46" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="C47" s="0" t="s">
         <v>205</v>
       </c>
-      <c r="C47" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D47" s="0">
-        <v>11845</v>
+        <v>14965</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="L47" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="C48" s="0" t="s">
         <v>208</v>
       </c>
-      <c r="C48" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D48" s="0">
-        <v>14965</v>
+        <v>13965</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>141</v>
+        <v>26</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="C49" s="0" t="s">
         <v>211</v>
       </c>
-      <c r="C49" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D49" s="0">
-        <v>13965</v>
+        <v>11811</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L49" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="C50" s="0" t="s">
         <v>214</v>
       </c>
-      <c r="C50" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D50" s="0">
-        <v>11811</v>
+        <v>11815</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>26</v>
+        <v>81</v>
       </c>
       <c r="L50" s="0">
-        <v>1</v>
-[...30 lines deleted...]
-      <c r="L51" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
@@ -4226,51 +4152,50 @@
     <hyperlink ref="B26" r:id="rId_hyperlink_25"/>
     <hyperlink ref="B27" r:id="rId_hyperlink_26"/>
     <hyperlink ref="B28" r:id="rId_hyperlink_27"/>
     <hyperlink ref="B29" r:id="rId_hyperlink_28"/>
     <hyperlink ref="B30" r:id="rId_hyperlink_29"/>
     <hyperlink ref="B31" r:id="rId_hyperlink_30"/>
     <hyperlink ref="B32" r:id="rId_hyperlink_31"/>
     <hyperlink ref="B33" r:id="rId_hyperlink_32"/>
     <hyperlink ref="B34" r:id="rId_hyperlink_33"/>
     <hyperlink ref="B35" r:id="rId_hyperlink_34"/>
     <hyperlink ref="B36" r:id="rId_hyperlink_35"/>
     <hyperlink ref="B37" r:id="rId_hyperlink_36"/>
     <hyperlink ref="B38" r:id="rId_hyperlink_37"/>
     <hyperlink ref="B39" r:id="rId_hyperlink_38"/>
     <hyperlink ref="B40" r:id="rId_hyperlink_39"/>
     <hyperlink ref="B41" r:id="rId_hyperlink_40"/>
     <hyperlink ref="B42" r:id="rId_hyperlink_41"/>
     <hyperlink ref="B43" r:id="rId_hyperlink_42"/>
     <hyperlink ref="B44" r:id="rId_hyperlink_43"/>
     <hyperlink ref="B45" r:id="rId_hyperlink_44"/>
     <hyperlink ref="B46" r:id="rId_hyperlink_45"/>
     <hyperlink ref="B47" r:id="rId_hyperlink_46"/>
     <hyperlink ref="B48" r:id="rId_hyperlink_47"/>
     <hyperlink ref="B49" r:id="rId_hyperlink_48"/>
     <hyperlink ref="B50" r:id="rId_hyperlink_49"/>
-    <hyperlink ref="B51" r:id="rId_hyperlink_50"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>