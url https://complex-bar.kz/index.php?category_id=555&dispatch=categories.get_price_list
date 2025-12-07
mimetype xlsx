--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="278">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="277">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -122,239 +122,239 @@
   <si>
     <t>00978</t>
   </si>
   <si>
     <t>APS</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>48888.00₸</t>
   </si>
   <si>
     <t>Поднос фуршетный для сыра с крышкой;сталь нерж.,акрил;D=38,H=26,5см;прозр.,металлич.</t>
   </si>
   <si>
     <t>03171607</t>
   </si>
   <si>
     <t>09080</t>
   </si>
   <si>
     <t>59136.00₸</t>
   </si>
   <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Поднос фуршетный для сыра с крышкой;бамбук,стекло;D=16/20,H=11см;прозр.,св. дерево</t>
+  </si>
+  <si>
+    <t>03171615</t>
+  </si>
+  <si>
+    <t>Trendglas</t>
+  </si>
+  <si>
+    <t>ВЕНГРИЯ</t>
+  </si>
+  <si>
+    <t>22407.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Поднос фуршетный для сыра с крышкой;полистирол,сталь нерж.;,H=10,L=33,B=16см;прозр.</t>
+  </si>
+  <si>
+    <t>03171617</t>
+  </si>
+  <si>
+    <t>00064</t>
+  </si>
+  <si>
+    <t>13968.00₸</t>
+  </si>
+  <si>
+    <t>Поднос фуршетный для сыра с крышкой;пластик,сталь;,H=7,L=25,B=19см;прозр.,металлич.</t>
+  </si>
+  <si>
+    <t>03171618</t>
+  </si>
+  <si>
+    <t>00067</t>
+  </si>
+  <si>
+    <t>12667.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Поднос фуршетный для сыра с крышкой;сталь,дерево;D=45,H=23см;металлич.,бежев.</t>
+  </si>
+  <si>
+    <t>03171619</t>
+  </si>
+  <si>
+    <t>09085</t>
+  </si>
+  <si>
+    <t>96797.00₸</t>
+  </si>
+  <si>
+    <t>Поднос фуршетный на подставке с охладительным элементом и крышкой;сталь;D=38,H=24см;металлич.</t>
+  </si>
+  <si>
+    <t>03171620</t>
+  </si>
+  <si>
+    <t>09082</t>
+  </si>
+  <si>
+    <t>66590.00₸</t>
+  </si>
+  <si>
+    <t>Поднос фуршетный с крышкой для выпечки;металл;,H=21,5,L=53,B=32,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03171623</t>
+  </si>
+  <si>
+    <t>Pintinox</t>
+  </si>
+  <si>
+    <t>Buffet</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>69585.00₸</t>
+  </si>
+  <si>
+    <t>Поднос фуршетный с крышкой;полистирол,сталь нерж.;D=220/95мм</t>
+  </si>
+  <si>
+    <t>03171638</t>
+  </si>
+  <si>
+    <t>11820.00₸</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Поднос фуршетный для сыра с крышкой;стекло;D=17,5/20,H=11,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03171644</t>
+  </si>
+  <si>
+    <t>18165.00₸</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Поднос фуршетный для сыра с крышкой;бамбук,пластик;,H=8,L=25,B=20см</t>
+  </si>
+  <si>
+    <t>03171653</t>
+  </si>
+  <si>
+    <t>Kesper</t>
+  </si>
+  <si>
+    <t>5714.00₸</t>
+  </si>
+  <si>
+    <t>Поднос фуршетный на подставке с охладительным элементом, без крышки;пластик,сталь нерж.;D=38/44,H=6с</t>
+  </si>
+  <si>
+    <t>04012168</t>
+  </si>
+  <si>
+    <t>93209.00₸</t>
+  </si>
+  <si>
+    <t>Поднос фуршетный на подставке с охладительным элементом, без крышки;сталь нерж.;D=38,H=24см;металлич</t>
+  </si>
+  <si>
+    <t>04012188</t>
+  </si>
+  <si>
+    <t>09083</t>
+  </si>
+  <si>
+    <t>67129.00₸</t>
+  </si>
+  <si>
+    <t>Поднос фуршетный для этажерки;пластик;1,9л;,H=3,L=30,B=21см;белый</t>
+  </si>
+  <si>
+    <t>04080309</t>
+  </si>
+  <si>
+    <t>22115.00₸</t>
+  </si>
+  <si>
+    <t>Поднос фуршетный;стекло;,H=3,L=50,B=35см;прозр.</t>
+  </si>
+  <si>
+    <t>04080474</t>
+  </si>
+  <si>
+    <t>24617.00₸</t>
+  </si>
+  <si>
+    <t>Поднос фуршетный прямоуг. с крыш. уцененный;пластик,сталь нерж.;,H=13,L=53,B=32,5см;прозр.,металлич.</t>
+  </si>
+  <si>
+    <t>04080569-У1</t>
+  </si>
+  <si>
+    <t>11302/у</t>
+  </si>
+  <si>
+    <t>85170.00₸</t>
+  </si>
+  <si>
+    <t>Поднос фуршетный фуршетн. д/хот-шотов,45ячеек;сталь;,H=65,L=530,B=325мм;металлич.</t>
+  </si>
+  <si>
+    <t>04080576</t>
+  </si>
+  <si>
+    <t>58649.00₸</t>
+  </si>
+  <si>
     <t>2 шт.</t>
   </si>
   <si>
-    <t>Поднос фуршетный для сыра с крышкой;бамбук,стекло;D=16/20,H=11см;прозр.,св. дерево</t>
-[...184 lines deleted...]
-  <si>
     <t>Поднос фуршетный 2 яруса для охлаждения без крышки (с охл. эл-том);сталь нерж.,стекло;,H=33,L=61,B=3</t>
   </si>
   <si>
     <t>04080577</t>
   </si>
   <si>
     <t>476299.00₸</t>
   </si>
   <si>
     <t>Поднос фуршетный «Фрэймс» на подставке с охладительным элементом;металл,пластик;,H=85,L=530,B=325мм;</t>
   </si>
   <si>
     <t>04080590</t>
   </si>
   <si>
     <t>Frames</t>
   </si>
   <si>
     <t>212821.00₸</t>
   </si>
   <si>
     <t>Поднос фуршетный «Фрэймс» на подставке с охладительным элементом;дерево,сталь нерж.;,H=85,L=530,B=32</t>
   </si>
   <si>
     <t>04080591</t>
@@ -374,507 +374,504 @@
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>83930.00₸</t>
   </si>
   <si>
     <t>Поднос фуршетный с крышкой с охладительным элементом (5 предметов);нерж.;D=38,H=24см;металлич.,прозр</t>
   </si>
   <si>
     <t>04080598</t>
   </si>
   <si>
     <t>41447-05</t>
   </si>
   <si>
     <t>97067.00₸</t>
   </si>
   <si>
     <t>Поднос фуршетный на подставке с охладительным элементом, без крышки;дерево;D=38/48,H=6см;металлич.,с</t>
   </si>
   <si>
     <t>04080729</t>
   </si>
   <si>
-    <t>166659.00₸</t>
+    <t>241272.00₸</t>
   </si>
   <si>
     <t>Поднос фуршетный;пластик;,H=30,L=530,B=325мм;черный</t>
   </si>
   <si>
     <t>04080849</t>
   </si>
   <si>
     <t>76046.00₸</t>
   </si>
   <si>
     <t>22 шт.</t>
   </si>
   <si>
     <t>Поднос фуршетный;пластик;,H=30,L=530,B=325мм;зелен.</t>
   </si>
   <si>
     <t>04080851</t>
   </si>
   <si>
     <t>39294.00₸</t>
   </si>
   <si>
-    <t>19 шт.</t>
+    <t>18 шт.</t>
   </si>
   <si>
     <t>Поднос фуршетный;пластик;,H=3,L=40,B=30см;белый</t>
   </si>
   <si>
     <t>04080852</t>
   </si>
   <si>
     <t>Pure</t>
   </si>
   <si>
     <t>45276.00₸</t>
   </si>
   <si>
     <t>Поднос фуршетный;пластик;,H=3,L=18,B=18см;белый</t>
   </si>
   <si>
     <t>04080877</t>
   </si>
   <si>
     <t>7993.00₸</t>
   </si>
   <si>
     <t>Поднос фуршетный;пластик;,H=3,L=40,B=30см;черный</t>
   </si>
   <si>
     <t>04080878</t>
   </si>
   <si>
     <t>31016.00₸</t>
   </si>
   <si>
     <t>Поднос фуршетный «Зеро» прямоугольный на нескользящих ножках;пластик;,L=32,5,B=17,6см;белый</t>
   </si>
   <si>
     <t>04080891</t>
   </si>
   <si>
     <t>Zero</t>
   </si>
   <si>
-    <t>11974.00₸</t>
+    <t>19597.00₸</t>
   </si>
   <si>
     <t>Поднос фуршетный;пластик;,H=2,L=21,B=21см;белый</t>
   </si>
   <si>
     <t>04080906</t>
   </si>
   <si>
     <t>15108.00₸</t>
   </si>
   <si>
     <t>Поднос фуршетный;пластик;,H=20,L=265,B=265мм;белый</t>
   </si>
   <si>
     <t>04080907</t>
   </si>
   <si>
     <t>25210.00₸</t>
   </si>
   <si>
     <t>Поднос фуршетный;пластик;,H=2,L=37,B=37см;белый</t>
   </si>
   <si>
     <t>04080908</t>
   </si>
   <si>
     <t>36514.00₸</t>
   </si>
   <si>
-    <t>8 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Поднос фуршетный;пластик;,H=20,L=530,B=325мм;белый</t>
   </si>
   <si>
     <t>04080909</t>
   </si>
   <si>
     <t>56665.00₸</t>
   </si>
   <si>
     <t>Поднос фуршетный;пластик;,H=20,L=323,B=263мм;белый</t>
   </si>
   <si>
     <t>04080910</t>
   </si>
   <si>
     <t>30492.00₸</t>
   </si>
   <si>
     <t>Поднос фуршетный;пластик;,H=20,L=325,B=175мм;белый</t>
   </si>
   <si>
     <t>04080911</t>
   </si>
   <si>
     <t>22931.00₸</t>
   </si>
   <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Поднос фуршетный;пластик;,H=20,L=263,B=160мм;белый</t>
+  </si>
+  <si>
+    <t>04080912</t>
+  </si>
+  <si>
+    <t>10773.00₸</t>
+  </si>
+  <si>
+    <t>Поднос фуршетный;пластик;,H=20,L=530,B=162мм;белый</t>
+  </si>
+  <si>
+    <t>04080913</t>
+  </si>
+  <si>
+    <t>31948.00₸</t>
+  </si>
+  <si>
+    <t>Поднос фуршетный GN 1/1;пластик;,H=25,L=530,B=325мм;белый</t>
+  </si>
+  <si>
+    <t>04080915</t>
+  </si>
+  <si>
+    <t>28691.00₸</t>
+  </si>
+  <si>
+    <t>Поднос фуршетный «Бротстэйшн» прямоугольный для хлеба на нескользящих ножках;пластик;,H=35,L=595,B=3</t>
+  </si>
+  <si>
+    <t>04080917</t>
+  </si>
+  <si>
+    <t>BROTSTATION</t>
+  </si>
+  <si>
+    <t>37199.00₸</t>
+  </si>
+  <si>
+    <t>Поднос фуршетный GN1/2;пластик;,H=30,L=325,B=265мм;черный</t>
+  </si>
+  <si>
+    <t>04080925</t>
+  </si>
+  <si>
+    <t>23994.00₸</t>
+  </si>
+  <si>
+    <t>Поднос фуршетный зеркальный на ножках;стекло;,H=30,L=530,B=325мм</t>
+  </si>
+  <si>
+    <t>04081001</t>
+  </si>
+  <si>
+    <t>00961</t>
+  </si>
+  <si>
+    <t>Mirror</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>28777.00₸</t>
+  </si>
+  <si>
+    <t>Поднос фуршетный зеркальный на ножках;стекло;,H=30,L=325,B=265мм</t>
+  </si>
+  <si>
+    <t>04081002</t>
+  </si>
+  <si>
+    <t>00962</t>
+  </si>
+  <si>
+    <t>15435.00₸</t>
+  </si>
+  <si>
+    <t>Поднос фуршетный зеркальный на ножках;стекло;,H=30,L=325,B=175мм</t>
+  </si>
+  <si>
+    <t>04081003</t>
+  </si>
+  <si>
+    <t>00963</t>
+  </si>
+  <si>
+    <t>13244.00₸</t>
+  </si>
+  <si>
+    <t>Поднос фуршетный зеркальный на ножках;стекло;,L=32,5,B=17,5см</t>
+  </si>
+  <si>
+    <t>04081004</t>
+  </si>
+  <si>
+    <t>00931</t>
+  </si>
+  <si>
+    <t>7586.00₸</t>
+  </si>
+  <si>
+    <t>Поднос фуршетный с охладительным элементом;сталь нерж.,дерево;,H=5,L=60,B=41см</t>
+  </si>
+  <si>
+    <t>04081013</t>
+  </si>
+  <si>
+    <t>163880.00₸</t>
+  </si>
+  <si>
+    <t>Поднос фуршетный с крышкой и охладительным элементом;полистирол,сталь нерж.;,H=14,L=43,B=29см</t>
+  </si>
+  <si>
+    <t>04081031</t>
+  </si>
+  <si>
+    <t>36175.00₸</t>
+  </si>
+  <si>
+    <t>Поднос фуршетный сервир.складной;,H=5,L=55,B=36см;св. дерево</t>
+  </si>
+  <si>
+    <t>04081108</t>
+  </si>
+  <si>
+    <t>14440.00₸</t>
+  </si>
+  <si>
+    <t>Поднос фуршетный двусторонний;дерево;,L=39,B=30см</t>
+  </si>
+  <si>
+    <t>04081141</t>
+  </si>
+  <si>
+    <t>6516 T347</t>
+  </si>
+  <si>
+    <t>Steelite</t>
+  </si>
+  <si>
+    <t>Stage</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
+  </si>
+  <si>
+    <t>30535.00₸</t>
+  </si>
+  <si>
+    <t>Поднос фуршетный двусторонний;дерево;,L=34,B=24см</t>
+  </si>
+  <si>
+    <t>04081142</t>
+  </si>
+  <si>
+    <t>6516 T348</t>
+  </si>
+  <si>
+    <t>28864.00₸</t>
+  </si>
+  <si>
+    <t>Поднос фуршетный «ступенька»;акация;,H=13,L=31,B=16см;древесн.</t>
+  </si>
+  <si>
+    <t>04081144</t>
+  </si>
+  <si>
+    <t>6516 T350</t>
+  </si>
+  <si>
+    <t>ТАИЛАНД</t>
+  </si>
+  <si>
+    <t>57812.00₸</t>
+  </si>
+  <si>
+    <t>Поднос фуршетный GN 1/1;сталь нерж.</t>
+  </si>
+  <si>
+    <t>04081156</t>
+  </si>
+  <si>
+    <t>20482.00₸</t>
+  </si>
+  <si>
+    <t>Поднос фуршетный с охладительным элементом;сталь нерж.,пластик;,H=20,5,L=44,B=32см;белый</t>
+  </si>
+  <si>
+    <t>04081651</t>
+  </si>
+  <si>
+    <t>09100</t>
+  </si>
+  <si>
+    <t>Buffetvitrine</t>
+  </si>
+  <si>
+    <t>75815.00₸</t>
+  </si>
+  <si>
+    <t>Поднос фуршетный GN 1/2;фарфор;,H=20,L=325,B=265мм;белый</t>
+  </si>
+  <si>
+    <t>04082341</t>
+  </si>
+  <si>
+    <t>36529.00₸</t>
+  </si>
+  <si>
+    <t>Поднос фуршетный «Элемент» для подачи GN 1/2;пластик;,H=35,L=325,B=265мм;серый</t>
+  </si>
+  <si>
+    <t>04082368</t>
+  </si>
+  <si>
+    <t>Element</t>
+  </si>
+  <si>
+    <t>36221.00₸</t>
+  </si>
+  <si>
+    <t>Поднос фуршетный «Элемент» для подачи GN 1/4;пластик;,H=35,L=265,B=162мм;серый</t>
+  </si>
+  <si>
+    <t>04082369</t>
+  </si>
+  <si>
+    <t>17310.00₸</t>
+  </si>
+  <si>
+    <t>Поднос фуршетный для подачи прямоугольный;бук;,H=2,L=20,B=13см</t>
+  </si>
+  <si>
+    <t>04082390</t>
+  </si>
+  <si>
+    <t>F641O-06N</t>
+  </si>
+  <si>
+    <t>PPwood</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>8624.00₸</t>
+  </si>
+  <si>
+    <t>Поднос фуршетный для подачи прямоугольный с выемкой;бук;D=7,H=2,L=20,B=13см</t>
+  </si>
+  <si>
+    <t>04082391</t>
+  </si>
+  <si>
+    <t>F642O-06N</t>
+  </si>
+  <si>
+    <t>Поднос фуршетный для подачи прямоугольный;бук;,H=2,L=20,B=12см</t>
+  </si>
+  <si>
+    <t>04082392</t>
+  </si>
+  <si>
+    <t>F643O-06N</t>
+  </si>
+  <si>
+    <t>Поднос фуршетный для подачи прямоугольный с выемкой;бук;D=7,H=2,L=20,B=12см</t>
+  </si>
+  <si>
+    <t>04082393</t>
+  </si>
+  <si>
+    <t>F644O-06N</t>
+  </si>
+  <si>
+    <t>Поднос фуршетный «Фрида» с каплесборником;пластик;D=255,H=60мм;черный,бежев.</t>
+  </si>
+  <si>
+    <t>04082538</t>
+  </si>
+  <si>
+    <t>Frida</t>
+  </si>
+  <si>
+    <t>34081.00₸</t>
+  </si>
+  <si>
+    <t>Поднос фуршетный «Фрида» с каплесборником;пластик;D=33,H=6см;черный,бежев.</t>
+  </si>
+  <si>
+    <t>04082539</t>
+  </si>
+  <si>
+    <t>58875.00₸</t>
+  </si>
+  <si>
+    <t>Поднос фуршетный «Афрос» для подачи прямоугольный;кост.фарф.;,H=25,L=305,B=150мм;белый</t>
+  </si>
+  <si>
+    <t>04082572</t>
+  </si>
+  <si>
+    <t>LAPH028BI381305</t>
+  </si>
+  <si>
+    <t>Le CoQ</t>
+  </si>
+  <si>
+    <t>Aphros</t>
+  </si>
+  <si>
+    <t>27958.00₸</t>
+  </si>
+  <si>
     <t>17 шт.</t>
   </si>
   <si>
-    <t>Поднос фуршетный;пластик;,H=20,L=263,B=160мм;белый</t>
-[...313 lines deleted...]
-  <si>
     <t>Поднос фуршетный «Афрос» для подачи прямоугольный;кост.фарф.;,H=25,L=410,B=105мм;белый</t>
   </si>
   <si>
     <t>04082573</t>
   </si>
   <si>
     <t>LAPH028BI382410</t>
   </si>
   <si>
     <t>32893.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>23 шт.</t>
   </si>
   <si>
     <t>Поднос фуршетный Сервировочный поднос;D=35,5см</t>
   </si>
   <si>
     <t>09100802</t>
   </si>
   <si>
     <t>1400-148</t>
   </si>
   <si>
     <t>Spill</t>
   </si>
   <si>
     <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
   </si>
   <si>
     <t>14145.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -3639,147 +3636,147 @@
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
         <v>84</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>85</v>
       </c>
       <c r="D17" s="0">
         <v>83417</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>86</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>87</v>
+        <v>19</v>
       </c>
       <c r="L17" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="D18" s="0">
         <v>540004</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>91</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="D19" s="0" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>50</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="D20" s="0">
         <v>11168</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>35</v>
+        <v>97</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
         <v>98</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>99</v>
       </c>
       <c r="D21" s="0">
         <v>11514</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
@@ -4061,51 +4058,51 @@
         <v>132</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>133</v>
       </c>
       <c r="D30" s="0">
         <v>83418</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F30" s="0" t="s">
         <v>130</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
         <v>134</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>50</v>
+        <v>19</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
         <v>135</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>136</v>
       </c>
       <c r="D31" s="0">
         <v>83592</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F31" s="0" t="s">
         <v>130</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>29</v>
       </c>
@@ -4225,1079 +4222,1081 @@
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
         <v>148</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>149</v>
       </c>
       <c r="D35" s="0">
         <v>83405</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>150</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>151</v>
+        <v>19</v>
       </c>
       <c r="L35" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="C36" s="0" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="D36" s="0">
         <v>83401</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L36" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="C37" s="0" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="D37" s="0">
         <v>83480</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>123</v>
+        <v>19</v>
       </c>
       <c r="L37" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="C38" s="0" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="D38" s="0">
         <v>83481</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="L38" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="D39" s="0">
         <v>83482</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L39" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="C40" s="0" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="D40" s="0">
         <v>83433</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="L40" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="C41" s="0" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="D41" s="0">
         <v>83828</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L41" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="C42" s="0" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="D42" s="0">
         <v>83615</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L42" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="C43" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="D43" s="0">
         <v>83490</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L43" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="C44" s="0" t="s">
         <v>178</v>
       </c>
-      <c r="C44" s="0" t="s">
+      <c r="D44" s="0" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F44" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="G44" s="0" t="s">
         <v>181</v>
       </c>
-      <c r="G44" s="0" t="s">
+      <c r="H44" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I44" s="1" t="s">
         <v>182</v>
-      </c>
-[...4 lines deleted...]
-        <v>183</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>50</v>
       </c>
       <c r="L44" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="C45" s="0" t="s">
         <v>184</v>
       </c>
-      <c r="C45" s="0" t="s">
+      <c r="D45" s="0" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F45" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="G45" s="0" t="s">
         <v>181</v>
       </c>
-      <c r="G45" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>50</v>
       </c>
       <c r="L45" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="C46" s="0" t="s">
         <v>188</v>
       </c>
-      <c r="C46" s="0" t="s">
+      <c r="D46" s="0" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F46" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="G46" s="0" t="s">
         <v>181</v>
       </c>
-      <c r="G46" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H46" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L46" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="C47" s="0" t="s">
         <v>192</v>
       </c>
-      <c r="C47" s="0" t="s">
+      <c r="D47" s="0" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L47" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="C48" s="0" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="D48" s="0">
         <v>11540</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="C49" s="0" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="D49" s="0">
         <v>9090</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L49" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="C50" s="0" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
       <c r="D50" s="0">
         <v>77012</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>75</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L50" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="C51" s="0" t="s">
         <v>205</v>
       </c>
-      <c r="C51" s="0" t="s">
+      <c r="D51" s="0" t="s">
         <v>206</v>
       </c>
-      <c r="D51" s="0" t="s">
+      <c r="E51" s="0" t="s">
         <v>207</v>
       </c>
-      <c r="E51" s="0" t="s">
+      <c r="F51" s="0" t="s">
         <v>208</v>
       </c>
-      <c r="F51" s="0" t="s">
+      <c r="G51" s="0" t="s">
         <v>209</v>
       </c>
-      <c r="G51" s="0" t="s">
+      <c r="H51" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I51" s="1" t="s">
         <v>210</v>
-      </c>
-[...4 lines deleted...]
-        <v>211</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L51" s="0"/>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="C52" s="0" t="s">
         <v>212</v>
       </c>
-      <c r="C52" s="0" t="s">
+      <c r="D52" s="0" t="s">
         <v>213</v>
       </c>
-      <c r="D52" s="0" t="s">
+      <c r="E52" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="F52" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="G52" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="H52" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I52" s="1" t="s">
         <v>214</v>
-      </c>
-[...13 lines deleted...]
-        <v>215</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L52" s="0"/>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="C53" s="0" t="s">
         <v>216</v>
       </c>
-      <c r="C53" s="0" t="s">
+      <c r="D53" s="0" t="s">
         <v>217</v>
       </c>
-      <c r="D53" s="0" t="s">
+      <c r="E53" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="F53" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="G53" s="0" t="s">
         <v>218</v>
       </c>
-      <c r="E53" s="0" t="s">
-[...5 lines deleted...]
-      <c r="G53" s="0" t="s">
+      <c r="H53" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I53" s="1" t="s">
         <v>219</v>
-      </c>
-[...4 lines deleted...]
-        <v>220</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="C54" s="0" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
       <c r="D54" s="0">
         <v>11119</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L54" s="0"/>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="C55" s="0" t="s">
         <v>224</v>
       </c>
-      <c r="C55" s="0" t="s">
+      <c r="D55" s="0" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>50</v>
       </c>
       <c r="L55" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
+        <v>228</v>
+      </c>
+      <c r="C56" s="0" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
       <c r="D56" s="0">
         <v>82356</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L56" s="0"/>
+      <c r="L56" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
+        <v>231</v>
+      </c>
+      <c r="C57" s="0" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
       <c r="D57" s="0">
         <v>84401</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>50</v>
+        <v>19</v>
       </c>
       <c r="L57" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
+        <v>235</v>
+      </c>
+      <c r="C58" s="0" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
       <c r="D58" s="0">
         <v>84403</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>50</v>
       </c>
       <c r="L58" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="B59" s="0" t="s">
+        <v>238</v>
+      </c>
+      <c r="C59" s="0" t="s">
         <v>239</v>
       </c>
-      <c r="C59" s="0" t="s">
+      <c r="D59" s="0" t="s">
         <v>240</v>
       </c>
-      <c r="D59" s="0" t="s">
+      <c r="E59" s="0" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="H59" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I59" s="1" t="s">
         <v>243</v>
-      </c>
-[...4 lines deleted...]
-        <v>244</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L59" s="0"/>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="B60" s="0" t="s">
+        <v>244</v>
+      </c>
+      <c r="C60" s="0" t="s">
         <v>245</v>
       </c>
-      <c r="C60" s="0" t="s">
+      <c r="D60" s="0" t="s">
         <v>246</v>
       </c>
-      <c r="D60" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E60" s="0" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="H60" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I60" s="1" t="s">
         <v>243</v>
-      </c>
-[...4 lines deleted...]
-        <v>244</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L60" s="0"/>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="B61" s="0" t="s">
+        <v>247</v>
+      </c>
+      <c r="C61" s="0" t="s">
         <v>248</v>
       </c>
-      <c r="C61" s="0" t="s">
+      <c r="D61" s="0" t="s">
         <v>249</v>
       </c>
-      <c r="D61" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E61" s="0" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="H61" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I61" s="1" t="s">
         <v>243</v>
-      </c>
-[...4 lines deleted...]
-        <v>244</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L61" s="0"/>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="B62" s="0" t="s">
+        <v>250</v>
+      </c>
+      <c r="C62" s="0" t="s">
         <v>251</v>
       </c>
-      <c r="C62" s="0" t="s">
+      <c r="D62" s="0" t="s">
         <v>252</v>
       </c>
-      <c r="D62" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E62" s="0" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="H62" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I62" s="1" t="s">
         <v>243</v>
-      </c>
-[...4 lines deleted...]
-        <v>244</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L62" s="0"/>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
+        <v>253</v>
+      </c>
+      <c r="C63" s="0" t="s">
         <v>254</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
       <c r="D63" s="0">
         <v>85230</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F63" s="0" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L63" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="C64" s="0" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
       <c r="D64" s="0">
         <v>85231</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="G64" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L64" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
+        <v>260</v>
+      </c>
+      <c r="C65" s="0" t="s">
         <v>261</v>
       </c>
-      <c r="C65" s="0" t="s">
+      <c r="D65" s="0" t="s">
         <v>262</v>
       </c>
-      <c r="D65" s="0" t="s">
+      <c r="E65" s="0" t="s">
         <v>263</v>
       </c>
-      <c r="E65" s="0" t="s">
+      <c r="F65" s="0" t="s">
         <v>264</v>
       </c>
-      <c r="F65" s="0" t="s">
+      <c r="G65" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="H65" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I65" s="1" t="s">
         <v>265</v>
-      </c>
-[...7 lines deleted...]
-        <v>266</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>161</v>
+        <v>266</v>
       </c>
       <c r="L65" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
         <v>267</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>268</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>269</v>
       </c>
       <c r="E66" s="0" t="s">
+        <v>263</v>
+      </c>
+      <c r="F66" s="0" t="s">
         <v>264</v>
       </c>
-      <c r="F66" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G66" s="0" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I66" s="1" t="s">
         <v>270</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>271</v>
+        <v>68</v>
       </c>
       <c r="L66" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
+        <v>271</v>
+      </c>
+      <c r="C67" s="0" t="s">
         <v>272</v>
       </c>
-      <c r="C67" s="0" t="s">
+      <c r="D67" s="0" t="s">
         <v>273</v>
       </c>
-      <c r="D67" s="0" t="s">
+      <c r="E67" s="0" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="H67" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I67" s="1" t="s">
         <v>276</v>
-      </c>
-[...4 lines deleted...]
-        <v>277</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L67" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>