--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -125,50 +125,53 @@
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>60823.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Подставка для бутылок;хром;,H=195,L=230,B=60мм;металлич.</t>
   </si>
   <si>
     <t>02121444</t>
   </si>
   <si>
     <t>APS</t>
   </si>
   <si>
     <t>12873.00₸</t>
   </si>
   <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
     <t>Подставка для бутылок + 20 бутылок;сталь нерж.;,H=30см;металлич.</t>
   </si>
   <si>
     <t>02121455</t>
   </si>
   <si>
     <t>RB 639 E 002</t>
   </si>
   <si>
     <t>Frilich</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>340610.00₸</t>
   </si>
   <si>
     <t>Подставка для бутылок уцененная + 20 бутылок;сталь нерж.,пластик;,H=30см;металлич.</t>
   </si>
   <si>
     <t>02121455-У1</t>
   </si>
   <si>
     <t>RB 639 E 002/у</t>
@@ -203,114 +206,111 @@
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>21853.00₸</t>
   </si>
   <si>
     <t>4 шт.</t>
   </si>
   <si>
     <t>Подставка для бутылок «Корзина» переносная (на 6 шт);металл,дерево;,H=36,L=34см</t>
   </si>
   <si>
     <t>04081701</t>
   </si>
   <si>
     <t>B7214342С</t>
   </si>
   <si>
     <t>Serax</t>
   </si>
   <si>
     <t>БЕЛЬГИЯ</t>
   </si>
   <si>
-    <t>109194.00₸</t>
+    <t>151660.00₸</t>
   </si>
   <si>
     <t>Короб для бутылок «Пирог» прямоугольный, темный дуб;,H=21,L=12,B=12см;тем.дерево</t>
   </si>
   <si>
     <t>04081704</t>
   </si>
   <si>
     <t>11.03.5.1.1.4-01</t>
   </si>
   <si>
     <t>Fuga</t>
   </si>
   <si>
     <t>Пирог</t>
   </si>
   <si>
     <t>24671.00₸</t>
   </si>
   <si>
     <t>Подставка для бутылок 6 секций с ручкой;дуб;,H=12,L=25,B=15см;древесн.</t>
   </si>
   <si>
     <t>04151316</t>
   </si>
   <si>
     <t>Q843O-00N</t>
   </si>
   <si>
     <t>27720.00₸</t>
   </si>
   <si>
-    <t>6 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Подставка для бутылок;сталь;,H=30,L=42,B=11см;черный</t>
   </si>
   <si>
     <t>02124223</t>
   </si>
   <si>
     <t>0777черный</t>
   </si>
   <si>
     <t>Krispy</t>
   </si>
   <si>
     <t>30469.00₸</t>
   </si>
   <si>
     <t>Подставка для бутылок[2шт];сталь нерж.</t>
   </si>
   <si>
     <t>02124283</t>
   </si>
   <si>
     <t>Eternum</t>
   </si>
   <si>
     <t>23100.00₸</t>
   </si>
   <si>
-    <t>20 шт.</t>
+    <t>17 шт.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1199,329 +1199,329 @@
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
         <v>32</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>33</v>
       </c>
       <c r="D5" s="0">
         <v>30333</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="L5" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L6" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="L7" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L8" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L11" s="0"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>73</v>
+        <v>31</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
         <v>74</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>75</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>76</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>77</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>78</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
         <v>79</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>80</v>
       </c>
       <c r="D14" s="0">
         <v>15920</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>81</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>82</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>83</v>
       </c>
       <c r="L14" s="0">
         <v>2</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>