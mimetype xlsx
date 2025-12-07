--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -113,75 +113,75 @@
   <si>
     <t>Arcos</t>
   </si>
   <si>
     <t>Bolsas para cuchillos</t>
   </si>
   <si>
     <t>ИСПАНИЯ</t>
   </si>
   <si>
     <t>20321.00₸</t>
   </si>
   <si>
     <t>19 шт.</t>
   </si>
   <si>
     <t>Чехол для ножа на 8 предметов;полиэстер;,L=51,B=50см;черный</t>
   </si>
   <si>
     <t>04071607</t>
   </si>
   <si>
     <t>38439.00₸</t>
   </si>
   <si>
-    <t>16 шт.</t>
+    <t>15 шт.</t>
   </si>
   <si>
     <t>Чехол для ножа на 12 предметов;полиэстер;,L=73,B=51см;черный</t>
   </si>
   <si>
     <t>04071608</t>
   </si>
   <si>
     <t>46924.00₸</t>
   </si>
   <si>
-    <t>11 шт.</t>
+    <t>10 шт.</t>
   </si>
   <si>
     <t>Чехол для ножа на 17 предметов;полиэстер;,L=92,B=52см;черный</t>
   </si>
   <si>
     <t>04071609</t>
   </si>
   <si>
     <t>69439.00₸</t>
   </si>
   <si>
-    <t>4 шт.</t>
+    <t>3 шт.</t>
   </si>
   <si>
     <t>Рюкзак для ножей на 9 предметов;полиэстер;,H=48,L=33,B=18,5см;черный</t>
   </si>
   <si>
     <t>04071610</t>
   </si>
   <si>
     <t>95311.00₸</t>
   </si>
   <si>
     <t>25 шт.</t>
   </si>
   <si>
     <t>Сумка для доставки пиццы на 5 шт Dmax=33см термостойкая;нейлон;,H=22,L=35,B=35см;зелен.</t>
   </si>
   <si>
     <t>04145001</t>
   </si>
   <si>
     <t>DB035</t>
   </si>
   <si>
     <t>Zio Pepe</t>
   </si>