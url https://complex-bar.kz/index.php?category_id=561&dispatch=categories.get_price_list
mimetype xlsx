--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -89,51 +89,51 @@
   <si>
     <t>Диспенсеры для горячих напитков</t>
   </si>
   <si>
     <t>82159.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Диспенсер для горячих напитков с подогревом;сталь нерж.;10,5л;,H=55,L=31,B=33,5см;металлич.</t>
   </si>
   <si>
     <t>02123630</t>
   </si>
   <si>
     <t>X23673</t>
   </si>
   <si>
     <t>Sunnex</t>
   </si>
   <si>
     <t>210042.00₸</t>
   </si>
   <si>
-    <t>33 шт.</t>
+    <t>32 шт.</t>
   </si>
   <si>
     <t>03150412</t>
   </si>
   <si>
     <t>258685.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
     <t>Диспенсер для горячих напитков цвет венге;8л;D=24,H=61,L=46,B=25см</t>
   </si>
   <si>
     <t>04012131</t>
   </si>
   <si>
     <t>Pintinox</t>
   </si>
   <si>
     <t>Buffet</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>