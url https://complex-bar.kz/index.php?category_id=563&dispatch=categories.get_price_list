--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="281">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="280">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -116,98 +116,98 @@
   <si>
     <t>24 шт.</t>
   </si>
   <si>
     <t>Диспенсер для холодных напитков двойной;сталь нерж.,пластик;8л;,H=55,L=54,5,B=36,5см;металлич.,прозр</t>
   </si>
   <si>
     <t>02120421</t>
   </si>
   <si>
     <t>394065.00₸</t>
   </si>
   <si>
     <t>2 шт.</t>
   </si>
   <si>
     <t>Диспенсер для холодных напитков;сталь,пластик;4л;,H=43,8,L=32,B=20,9см;металлич.,прозр.</t>
   </si>
   <si>
     <t>02120426</t>
   </si>
   <si>
     <t>290360.00₸</t>
   </si>
   <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
     <t>Диспенсер для холодных напитков;сталь нерж.,поликарбонат;8л;D=20см;металлич.,прозр.</t>
   </si>
   <si>
     <t>02120438</t>
   </si>
   <si>
     <t>Pintinox</t>
   </si>
   <si>
     <t>Buffet</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>308108.00₸</t>
   </si>
   <si>
     <t>Диспенсер для холодных напитков двойной;дерево,поликарбонат;3,5л;D=16,H=60,L=45,B=51см;черный,прозр.</t>
   </si>
   <si>
     <t>02120441</t>
   </si>
   <si>
     <t>408524.00₸</t>
   </si>
   <si>
     <t>Диспенсер для холодных напитков;сталь нерж.,пластик;5л;,H=47,6,L=36,B=23см;металлич.,прозр.</t>
   </si>
   <si>
     <t>02120462</t>
   </si>
   <si>
     <t>ESC 050 E</t>
   </si>
   <si>
     <t>Frilich</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>532686.00₸</t>
   </si>
   <si>
-    <t>1 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Диспенсер для холодных напитков 4-5 л;сталь нерж.,пластик;,H=49,L=35,B=37см;металлич.,прозр.</t>
   </si>
   <si>
     <t>02120463</t>
   </si>
   <si>
     <t>ESC 090 E</t>
   </si>
   <si>
     <t>869538.00₸</t>
   </si>
   <si>
     <t>Диспенсер для холодных напитков;сталь нерж.,акрил;4л;,H=82,5,L=19см;металлич.,прозр.</t>
   </si>
   <si>
     <t>02120466</t>
   </si>
   <si>
     <t>ESC 040 E 101</t>
   </si>
   <si>
     <t>847786.00₸</t>
   </si>
   <si>
     <t>Диспенсер для холодных напитков «Сандэй» для сока (с охладительными элементами 2 шт);пластик,сталь н</t>
@@ -263,183 +263,174 @@
   <si>
     <t>3L Beer Tower</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>44468.00₸</t>
   </si>
   <si>
     <t>Диспенсер для холодных напитков;полиэтилен;21л;,H=37,5см;белый</t>
   </si>
   <si>
     <t>02120803</t>
   </si>
   <si>
     <t>DSPR6148</t>
   </si>
   <si>
     <t>Cambro</t>
   </si>
   <si>
     <t>100107.00₸</t>
   </si>
   <si>
-    <t>Башня пивная с емкостью для льда;пластик;3л;,H=55,L=24,B=22см;черный,прозр.</t>
-[...10 lines deleted...]
-  <si>
     <t>Башня пивная «Футбол» с емкостью для льда;пластик;3л;,H=55,B=22см</t>
   </si>
   <si>
     <t>02120807</t>
   </si>
   <si>
     <t>ADY-271-100</t>
   </si>
   <si>
     <t>68782.00₸</t>
   </si>
   <si>
     <t>Башня пивная с емкостью для льда;пластик;3л</t>
   </si>
   <si>
     <t>02120808</t>
   </si>
   <si>
     <t>ADY-477-100</t>
   </si>
   <si>
     <t>63413.00₸</t>
   </si>
   <si>
+    <t>23 шт.</t>
+  </si>
+  <si>
+    <t>Диспенсер для холодных напитков;стекло;11л;D=25,4,H=39,4см;прозр.</t>
+  </si>
+  <si>
+    <t>02123607</t>
+  </si>
+  <si>
+    <t>Libbey</t>
+  </si>
+  <si>
+    <t>Farmhouse</t>
+  </si>
+  <si>
+    <t>31767.00₸</t>
+  </si>
+  <si>
+    <t>Диспенсер для холодных напитков;стекло;7л;D=17,2,H=37,5см;прозр.</t>
+  </si>
+  <si>
+    <t>02123608</t>
+  </si>
+  <si>
+    <t>92164/915235</t>
+  </si>
+  <si>
+    <t>52206.00₸</t>
+  </si>
+  <si>
+    <t>Диспенсер для холодных напитков;сталь нерж.,поликарбонат;5л;D=1,H=513,L=330,B=220мм;металлич.,прозр.</t>
+  </si>
+  <si>
+    <t>02123627</t>
+  </si>
+  <si>
+    <t>X23588</t>
+  </si>
+  <si>
+    <t>Sunnex</t>
+  </si>
+  <si>
+    <t>84287.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Диспенсер для холодных напитков двойной;поликарбонат,сталь нерж.;5л;,H=51,8,L=42,5,B=30,4см;металлич</t>
+  </si>
+  <si>
+    <t>02123628</t>
+  </si>
+  <si>
+    <t>X23588X2</t>
+  </si>
+  <si>
+    <t>195097.00₸</t>
+  </si>
+  <si>
     <t>более 50 шт.</t>
   </si>
   <si>
-    <t>Диспенсер для холодных напитков;стекло;11л;D=25,4,H=39,4см;прозр.</t>
-[...55 lines deleted...]
-  <si>
     <t>Диспенсер для холодных напитков;поликарбонат,сталь;8л;,H=55,L=36,B=26см;металлич.,прозр.</t>
   </si>
   <si>
     <t>02123633</t>
   </si>
   <si>
     <t>X23688T</t>
   </si>
   <si>
     <t>133210.00₸</t>
   </si>
   <si>
     <t>Диспенсер для холодных напитков двойной;поликарбонат,сталь;8л;,H=55,L=36,B=54см;металлич.,прозр.</t>
   </si>
   <si>
     <t>02123634</t>
   </si>
   <si>
     <t>X23688TX2</t>
   </si>
   <si>
     <t>278950.00₸</t>
   </si>
   <si>
     <t>Диспенсер для холодных напитков двойной;поликарбонат,сталь;5л;,H=52,2,L=43,1,B=38,5см;металлич.,проз</t>
   </si>
   <si>
     <t>02123635</t>
   </si>
   <si>
     <t>X23888</t>
   </si>
   <si>
     <t>159061.00₸</t>
   </si>
   <si>
-    <t>16 шт.</t>
+    <t>17 шт.</t>
   </si>
   <si>
     <t>Диспенсер для холодных напитков двойной;поликарбонат,сталь;5л;,H=52,2,L=43,1,B=38,5см;матовый</t>
   </si>
   <si>
     <t>02123636</t>
   </si>
   <si>
     <t>X23889</t>
   </si>
   <si>
     <t>185381.00₸</t>
   </si>
   <si>
     <t>30 шт.</t>
   </si>
   <si>
     <t>Диспенсер для холодных напитков и мюсли 6 емкостей;поликарбонат;3л;,H=60,L=54,B=54см</t>
   </si>
   <si>
     <t>02123661</t>
   </si>
   <si>
     <t>U18-1000</t>
   </si>
@@ -452,51 +443,51 @@
   <si>
     <t>Диспенсер для холодных напитков;сталь нерж.,пластик;6,5л;,H=60,L=30,5,B=20см;металлич.,прозр.</t>
   </si>
   <si>
     <t>02123673</t>
   </si>
   <si>
     <t>57.0116.6040</t>
   </si>
   <si>
     <t>Hepp</t>
   </si>
   <si>
     <t>664803.00₸</t>
   </si>
   <si>
     <t>Диспенсер для холодных напитков;стекло;7л;прозр.</t>
   </si>
   <si>
     <t>02123676</t>
   </si>
   <si>
     <t>F1805420</t>
   </si>
   <si>
-    <t>131047.00₸</t>
+    <t>218981.00₸</t>
   </si>
   <si>
     <t>Диспенсер для холодных напитков граненая;стекло;6л;D=15,H=40,L=17,5,B=17,5см;прозр.</t>
   </si>
   <si>
     <t>02123823</t>
   </si>
   <si>
     <t>5154G20</t>
   </si>
   <si>
     <t>San Miguel</t>
   </si>
   <si>
     <t>ИСПАНИЯ</t>
   </si>
   <si>
     <t>21976.00₸</t>
   </si>
   <si>
     <t>Диспенсер для холодных напитков круглая;стекло;6л;D=14,5/18,5,H=40см;прозр.</t>
   </si>
   <si>
     <t>02123824</t>
   </si>
@@ -569,92 +560,89 @@
   <si>
     <t>Диспенсер для холодных напитков «Проотель»;стекло;5,5л;D=14,5/21,5,H=29см</t>
   </si>
   <si>
     <t>02123830</t>
   </si>
   <si>
     <t>FT142011B</t>
   </si>
   <si>
     <t>10682.00₸</t>
   </si>
   <si>
     <t>Диспенсер для холодных напитков с пробкой;стекло;2л;,H=29,L=10,5,B=10,5см</t>
   </si>
   <si>
     <t>02123837</t>
   </si>
   <si>
     <t>5020G</t>
   </si>
   <si>
     <t>12836.00₸</t>
   </si>
   <si>
-    <t>38 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Диспенсер для холодных напитков «Бутылка» с пробкой;стекло;3,4л;,H=47см</t>
   </si>
   <si>
     <t>02123838</t>
   </si>
   <si>
     <t>5031G</t>
   </si>
   <si>
     <t>22823.00₸</t>
   </si>
   <si>
-    <t>20 шт.</t>
+    <t>18 шт.</t>
   </si>
   <si>
     <t>Диспенсер для холодных напитков «Бутылка» с пробкой;стекло;0,7л;,H=30см</t>
   </si>
   <si>
     <t>02123839</t>
   </si>
   <si>
     <t>5033G</t>
   </si>
   <si>
     <t>9910.00₸</t>
   </si>
   <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
     <t>Диспенсер для холодных напитков «Бочка» с пробкой;стекло;2л;,H=17,L=21,B=17см</t>
   </si>
   <si>
     <t>02123840</t>
   </si>
   <si>
     <t>15139.00₸</t>
   </si>
   <si>
-    <t>26 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Диспенсер для холодных напитков с пробкой;стекло;5л;,H=39см;прозр.</t>
   </si>
   <si>
     <t>02123841</t>
   </si>
   <si>
     <t>5810G</t>
   </si>
   <si>
     <t>17426.00₸</t>
   </si>
   <si>
     <t>Диспенсер для холодных напитков с крышкой;стекло;8л;D=14/17,H=24см;прозр.</t>
   </si>
   <si>
     <t>02123849</t>
   </si>
   <si>
     <t>5297G20</t>
   </si>
   <si>
     <t>23047.00₸</t>
   </si>
   <si>
     <t>Диспенсер для холодных напитков;стекло;8л;D=14,H=33,5см;прозр.</t>
@@ -686,57 +674,57 @@
   <si>
     <t>более 1 000 шт.</t>
   </si>
   <si>
     <t>Диспенсер для холодных напитков «Фреш Вуд»;стекло,дерево;4,5л;,H=56,5,L=23,B=23см;прозр.,св. дерево</t>
   </si>
   <si>
     <t>02123861</t>
   </si>
   <si>
     <t>Fresh Wood</t>
   </si>
   <si>
     <t>129710.00₸</t>
   </si>
   <si>
     <t>Диспенсер для холодных напитков на подставке, дерево;стекло,металл;4,5л;,H=56,5см;прозр.</t>
   </si>
   <si>
     <t>02123862</t>
   </si>
   <si>
     <t>88250.00₸</t>
   </si>
   <si>
-    <t>Диспенсер для холодных напитков на подставке, дерево;стекло,металл;7,5л;,H=60,5см;прозр.</t>
+    <t>Диспенсер для холодных напитков на подставке, дерево;стекло,металл;7,5л;D=23,H=60,5см;прозр.</t>
   </si>
   <si>
     <t>02123863</t>
   </si>
   <si>
-    <t>143120.00₸</t>
+    <t>101371.00₸</t>
   </si>
   <si>
     <t>Диспенсер для холодных напитков «Элемент»;стекло,бетон;7л;D=22,H=45см;камен.-серый.,прозр.</t>
   </si>
   <si>
     <t>02124216</t>
   </si>
   <si>
     <t>Element</t>
   </si>
   <si>
     <t>185116.00₸</t>
   </si>
   <si>
     <t>Диспенсер для холодных напитков с подставкой;стекло,сталь нерж.;8л;D=21,H=32см;прозр.,металлич.</t>
   </si>
   <si>
     <t>02124221</t>
   </si>
   <si>
     <t>SET_JDTR</t>
   </si>
   <si>
     <t>Craster</t>
   </si>
@@ -821,87 +809,96 @@
   <si>
     <t>Oprema</t>
   </si>
   <si>
     <t>ХОРВАТИЯ</t>
   </si>
   <si>
     <t>2100915.00₸</t>
   </si>
   <si>
     <t>Диспенсер для холодных напитков двойной;пластик,сталь;6л;,H=52,L=32,B=42см;прозр.,металлич.</t>
   </si>
   <si>
     <t>09100527</t>
   </si>
   <si>
     <t>774505.00₸</t>
   </si>
   <si>
     <t>Диспенсер для холодных напитков;стекло;7л;D=20,H=30,5см;прозр.</t>
   </si>
   <si>
     <t>02120973</t>
   </si>
   <si>
-    <t>97313.00₸</t>
+    <t>101494.00₸</t>
   </si>
   <si>
     <t>Диспенсер для холодных напитков «Вало» (подставка из дуба);стекло,сталь нерж.;7л;,H=46,5,L=21,B=21см</t>
   </si>
   <si>
     <t>02124282</t>
   </si>
   <si>
     <t>Valo</t>
   </si>
   <si>
-    <t>219093.00₸</t>
+    <t>282114.00₸</t>
   </si>
   <si>
     <t>Диспенсер для холодных напитков «Элемент»;стекло,бетон;7л;D=22,H=45см;прозр.,черный</t>
   </si>
   <si>
     <t>02124287</t>
   </si>
   <si>
-    <t>118678.00₸</t>
+    <t>152803.00₸</t>
   </si>
   <si>
     <t>Диспенсер для холодных напитков «Калейдо» и хлопьев, 3 емкости;стекло,сталь нерж.;2,2л;,H=30,L=39,8,</t>
   </si>
   <si>
     <t>02120974</t>
   </si>
   <si>
     <t>518C9618</t>
   </si>
   <si>
     <t>Caleido</t>
   </si>
   <si>
     <t>409402.00₸</t>
+  </si>
+  <si>
+    <t>Диспенсер для холодных напитков с емкостью для льда;сталь,поликарбонат;5л;,H=75,L=32,B=23см;металлич</t>
+  </si>
+  <si>
+    <t>02120975</t>
+  </si>
+  <si>
+    <t>286902.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -916,51 +913,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D105ADB4-424D-11E8-A155-00259035BB671.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE900F-424D-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D15A42F-424E-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3113AD3-424E-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2149B99F-424F-11E8-A155-00259035BB675.gif"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F1C5885F-20D0-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DFA309E9-20D0-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50307454-4251-11E8-A155-00259035BB678.gif"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5030745B-4251-11E8-A155-00259035BB679.gif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E59E0D29-20D0-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05AEAB97-F151-11EB-BBF2-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE2C84F4-4251-11E8-A155-00259035BB6712.gif"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05AEAB94-F151-11EB-BBF2-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8039ACAF-4251-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E2BB549-20D1-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/569B538C-4254-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DAAFC21E-4254-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/525A0010-E3C6-11EB-BBF2-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6355665-4252-11E8-A155-00259035BB6719.gif"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6355666-4252-11E8-A155-00259035BB6720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DFA30A89-20D0-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E0B-4253-11E8-A155-00259035BB6722.gif"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DFA30C69-20D0-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E59E0F09-20D0-11EE-BC0D-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E13-4253-11E8-A155-00259035BB6725.gif"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E59E0FA9-20D0-11EE-BC0D-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E59E0E69-20D0-11EE-BC0D-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D996F484-20D0-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00AB5D46-EA59-11EB-BBF2-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B9249C8-E56A-11EF-BC53-00505692E2D030.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35634744-E56A-11EF-BC53-00505692E2D031.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B9248E0-E56A-11EF-BC53-00505692E2D032.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B9247B0-E56A-11EF-BC53-00505692E2D033.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3563466E-E56A-11EF-BC53-00505692E2D034.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/356344F5-E56A-11EF-BC53-00505692E2D035.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B48093FC-4253-11E8-A155-00259035BB6736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41E2AEE1-E56A-11EF-BC53-00505692E2D037.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F769EA3-E3C8-11EB-BBF2-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC852CEE-4253-11E8-A155-00259035BB6739.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC852CEF-4253-11E8-A155-00259035BB6740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC852CF0-4253-11E8-A155-00259035BB6741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2817D294-20D1-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2817D334-20D1-11EE-BC0D-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17138AA8-814A-11E9-BBBA-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2817D142-20D1-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BA6F204-F151-11EB-BBF2-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A328FB08-F151-11EB-BBF2-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A328FB07-F151-11EB-BBF2-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/486CF4DF-D795-11ED-BC05-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A061AABE-CFDA-11ED-BC05-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B1B05C6-FE30-11ED-BC09-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78F6D223-FFCC-11ED-BC09-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78F6D183-FFCC-11ED-BC09-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78F6D2C3-FFCC-11ED-BC09-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9605932A-4250-11E8-A155-00259035BB6755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5FDDB2A-4250-11E8-A155-00259035BB6756.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16181803-1CC1-11EE-BC0C-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F39FDAF3-2230-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF3B07EB-91F9-11EF-BC47-00505692492F59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5240621F-CF50-11EF-BC46-0050569297EB60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6387018-04DF-11F0-BC53-00505692E2D061.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D105ADB4-424D-11E8-A155-00259035BB671.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE900F-424D-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D15A42F-424E-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3113AD3-424E-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2149B99F-424F-11E8-A155-00259035BB675.gif"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F1C5885F-20D0-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DFA309E9-20D0-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50307454-4251-11E8-A155-00259035BB678.gif"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5030745B-4251-11E8-A155-00259035BB679.gif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E59E0D29-20D0-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05AEAB97-F151-11EB-BBF2-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE2C84F4-4251-11E8-A155-00259035BB6712.gif"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05AEAB94-F151-11EB-BBF2-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8039ACAF-4251-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E2BB549-20D1-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DAAFC21E-4254-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/525A0010-E3C6-11EB-BBF2-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6355665-4252-11E8-A155-00259035BB6718.gif"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6355666-4252-11E8-A155-00259035BB6719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DFA30A89-20D0-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E0B-4253-11E8-A155-00259035BB6721.gif"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DFA30C69-20D0-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E59E0F09-20D0-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E13-4253-11E8-A155-00259035BB6724.gif"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E59E0FA9-20D0-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E59E0E69-20D0-11EE-BC0D-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D996F484-20D0-11EE-BC0D-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00AB5D46-EA59-11EB-BBF2-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B9249C8-E56A-11EF-BC53-00505692E2D029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35634744-E56A-11EF-BC53-00505692E2D030.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B9248E0-E56A-11EF-BC53-00505692E2D031.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B9247B0-E56A-11EF-BC53-00505692E2D032.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3563466E-E56A-11EF-BC53-00505692E2D033.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/356344F5-E56A-11EF-BC53-00505692E2D034.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B48093FC-4253-11E8-A155-00259035BB6735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41E2AEE1-E56A-11EF-BC53-00505692E2D036.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F769EA3-E3C8-11EB-BBF2-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC852CEE-4253-11E8-A155-00259035BB6738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC852CEF-4253-11E8-A155-00259035BB6739.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC852CF0-4253-11E8-A155-00259035BB6740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2817D294-20D1-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2817D334-20D1-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17138AA8-814A-11E9-BBBA-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2817D142-20D1-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BA6F204-F151-11EB-BBF2-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A328FB08-F151-11EB-BBF2-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A328FB07-F151-11EB-BBF2-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/486CF4DF-D795-11ED-BC05-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A061AABE-CFDA-11ED-BC05-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B1B05C6-FE30-11ED-BC09-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78F6D223-FFCC-11ED-BC09-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78F6D183-FFCC-11ED-BC09-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78F6D2C3-FFCC-11ED-BC09-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9605932A-4250-11E8-A155-00259035BB6754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5FDDB2A-4250-11E8-A155-00259035BB6755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16181803-1CC1-11EE-BC0C-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F39FDAF3-2230-11EE-BC0D-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF3B07EB-91F9-11EF-BC47-00505692492F58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5240621F-CF50-11EF-BC46-0050569297EB59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6387018-04DF-11F0-BC53-00505692E2D060.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EAAA966B-C7F0-11F0-BC5A-00505692E2D061.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2725,51 +2722,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="60" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>61</xdr:row>
+      <xdr:row>62</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="61" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -3040,51 +3037,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/fontan-d-absenta-vimax-02050511/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-soka-aps-02120409/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-soka-dvoynoy-aps-02120421/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-soka-aps-02120426/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-soka-pintinox-02120438/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-d-holodnapitkov-2emkosti-pintinox-02120441/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-soka-frilich-02120462/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-soka-4-5l-frilich-02120463/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-soka-frilich-02120466/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-soka-s-2-mya-ohl-elementami-aps-02120473/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-soka-s-sistemoy-peremeshivaniya-frilich-02120482/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-soka-frilich-02120484/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-soka-aps-02120497/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pivnaya-bashnya-s-emkostyu-d-lda-02120801/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bak-d-napitkov-s-kranom-cambro-02120803/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pivnaya-bashnya-s-emkostyu-d-lda-prohotel-02120805/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pivnaya-bashnya-s-emkostyu-d-lda-prohotel-02120807/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pivnaya-bashnya-s-emkostyu-d-lda-prohotel-02120808/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-emkost-s-kranom-libbey-02123607/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-holodnyh-napitkov-libbey-02123608/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-soka-sunnex-02123627/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-soka-dvoynoy-sunnex-02123628/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-soka-sunnex-02123633/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-soka-dvoynoy-sunnex-02123634/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-soka-dvoynoy-sunnex-02123635/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-soka-dvoynoy-sunnex-02123636/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-soka-i-myusli-6emkostey-sunnex-02123661/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-soka-hepp-02123673/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-s-kranom-d-dispensera-pintinox-02123676/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-emkost-s-kranom-san-miguel-02123823/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-emkost-s-kranom-san-miguel-02123824/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-emkost-s-kranom-san-miguel-02123825/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-emkost-s-kranom-san-miguel-02123826/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-emkost-s-kranom-san-miguel-02123827/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-emkost-s-kranom-san-miguel-02123828/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-holodnyh-napitkov-prohotel-02123829/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-holodnyh-napitkov-prohotel-02123830/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-emkost-s-kranom-s-probkoy-san-miguel-02123837/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-emkost-s-kranom-s-probkoy-san-miguel-02123838/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-emkost-s-kranom-s-probkoy-san-miguel-02123839/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-emkost-s-kranom-s-probkoy-san-miguel-02123840/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-emkost-s-kranom-s-probkoy-san-miguel-02123841/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-emkost-s-kranom-s-kryshkoy-san-miguel-02123849/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-emkost-s-kranom-probar-02123851/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-emkost-s-kranom-probar-02123852/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-d-napitkov-aps-02123861/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-holodnyh-napitkov-aps-02123862/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-emkost-s-kranom-na-podstavke-aps-02123863/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-holodnyh-napitkov-aps-02124216/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-holodnyh-napitkov-craster-02124221/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-holodnyh-napitkov-craster-02124244/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-holodnyh-napitkov-aps-02124245/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-holodnyh-napitkov-aps-02124246/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-holodnyh-napitkov-aps-02124247/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-holodnyh-napitkov-pintinox-04012121/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-holodnyh-napitkov-pintinox-04012125/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-d-podachi-napitkov-juice-s-12-07110303/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-soka-dvoynoy-aps-09100527/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-holodnyh-napitkov-aps-02120973/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-holodnyh-napitkov-aps-02124282/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-holodnyh-napitkov-aps-02124287/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-holodnyh-napitkov-pintinox-02120974/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/fontan-d-absenta-vimax-02050511/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-soka-aps-02120409/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-soka-dvoynoy-aps-02120421/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-soka-aps-02120426/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-soka-pintinox-02120438/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-d-holodnapitkov-2emkosti-pintinox-02120441/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-soka-frilich-02120462/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-soka-4-5l-frilich-02120463/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-soka-frilich-02120466/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-soka-s-2-mya-ohl-elementami-aps-02120473/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-soka-s-sistemoy-peremeshivaniya-frilich-02120482/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-soka-frilich-02120484/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-soka-aps-02120497/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pivnaya-bashnya-s-emkostyu-d-lda-02120801/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bak-d-napitkov-s-kranom-cambro-02120803/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pivnaya-bashnya-s-emkostyu-d-lda-prohotel-02120807/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pivnaya-bashnya-s-emkostyu-d-lda-prohotel-02120808/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-emkost-s-kranom-libbey-02123607/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-holodnyh-napitkov-libbey-02123608/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-soka-sunnex-02123627/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-soka-dvoynoy-sunnex-02123628/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-soka-sunnex-02123633/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-soka-dvoynoy-sunnex-02123634/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-soka-dvoynoy-sunnex-02123635/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-soka-dvoynoy-sunnex-02123636/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-soka-i-myusli-6emkostey-sunnex-02123661/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-soka-hepp-02123673/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-s-kranom-d-dispensera-pintinox-02123676/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-emkost-s-kranom-san-miguel-02123823/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-emkost-s-kranom-san-miguel-02123824/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-emkost-s-kranom-san-miguel-02123825/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-emkost-s-kranom-san-miguel-02123826/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-emkost-s-kranom-san-miguel-02123827/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-emkost-s-kranom-san-miguel-02123828/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-holodnyh-napitkov-prohotel-02123829/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-holodnyh-napitkov-prohotel-02123830/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-emkost-s-kranom-s-probkoy-san-miguel-02123837/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-emkost-s-kranom-s-probkoy-san-miguel-02123838/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-emkost-s-kranom-s-probkoy-san-miguel-02123839/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-emkost-s-kranom-s-probkoy-san-miguel-02123840/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-emkost-s-kranom-s-probkoy-san-miguel-02123841/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-emkost-s-kranom-s-kryshkoy-san-miguel-02123849/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-emkost-s-kranom-probar-02123851/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-emkost-s-kranom-probar-02123852/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-d-napitkov-aps-02123861/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-holodnyh-napitkov-aps-02123862/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-emkost-s-kranom-na-podstavke-aps-02123863/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-holodnyh-napitkov-aps-02124216/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-holodnyh-napitkov-craster-02124221/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-holodnyh-napitkov-craster-02124244/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-holodnyh-napitkov-aps-02124245/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-holodnyh-napitkov-aps-02124246/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-holodnyh-napitkov-aps-02124247/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-holodnyh-napitkov-pintinox-04012121/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-holodnyh-napitkov-pintinox-04012125/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-d-podachi-napitkov-juice-s-12-07110303/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-soka-dvoynoy-aps-09100527/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-holodnyh-napitkov-aps-02120973/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-holodnyh-napitkov-aps-02124282/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-holodnyh-napitkov-aps-02124287/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-holodnyh-napitkov-pintinox-02120974/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-holodnyh-napitkov-aps-02120975/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:L63"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="I63" sqref="I63"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
@@ -3230,205 +3227,205 @@
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>31</v>
       </c>
       <c r="D5" s="0">
         <v>10800</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>32</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="L5" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D6" s="0">
         <v>50955420</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F6" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G6" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D7" s="0">
         <v>51135416</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F7" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G7" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>48</v>
+        <v>33</v>
       </c>
       <c r="L8" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>50</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>52</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>48</v>
+        <v>33</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
         <v>53</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>54</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>56</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>58</v>
       </c>
       <c r="D11" s="0">
         <v>10860</v>
@@ -3446,117 +3443,117 @@
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>60</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>62</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>63</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>64</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="0"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
         <v>65</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>66</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>67</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>68</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
         <v>69</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>70</v>
       </c>
       <c r="D14" s="0">
         <v>10873</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>71</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
         <v>72</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>73</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>74</v>
@@ -3621,1535 +3618,1533 @@
       </c>
       <c r="C17" s="0" t="s">
         <v>83</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>84</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>75</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>85</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="0">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
         <v>86</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>87</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>88</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>75</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>89</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>19</v>
+        <v>90</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>91</v>
-[...1 lines deleted...]
-      <c r="D19" s="0" t="s">
         <v>92</v>
       </c>
+      <c r="D19" s="0">
+        <v>92165</v>
+      </c>
       <c r="E19" s="0" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="F19" s="0"/>
+        <v>93</v>
+      </c>
+      <c r="F19" s="0" t="s">
+        <v>94</v>
+      </c>
       <c r="G19" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>94</v>
+        <v>19</v>
       </c>
       <c r="L19" s="0">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>92165</v>
+        <v>97</v>
+      </c>
+      <c r="D20" s="0" t="s">
+        <v>98</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>99</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
         <v>100</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>101</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>102</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>97</v>
-[...3 lines deleted...]
-      </c>
+        <v>103</v>
+      </c>
+      <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>48</v>
+        <v>105</v>
       </c>
       <c r="L21" s="0">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>94</v>
+        <v>105</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>94</v>
+        <v>123</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>107</v>
+        <v>137</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>136</v>
+        <v>19</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>140</v>
+        <v>36</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>35</v>
+        <v>146</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
-        <v>37</v>
+        <v>147</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="D31" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="E31" s="0" t="s">
         <v>146</v>
-      </c>
-[...7 lines deleted...]
-        <v>149</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>19</v>
+        <v>105</v>
       </c>
       <c r="L31" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>109</v>
+        <v>19</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L34" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>19</v>
+        <v>110</v>
       </c>
       <c r="L35" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>149</v>
+        <v>75</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
-        <v>150</v>
+        <v>23</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>94</v>
+        <v>19</v>
       </c>
       <c r="L36" s="0">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>75</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L37" s="0">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>75</v>
+        <v>146</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
-        <v>23</v>
+        <v>147</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>19</v>
+        <v>110</v>
       </c>
       <c r="L38" s="0">
-        <v>2</v>
+        <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="L39" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="L40" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>191</v>
-[...1 lines deleted...]
-      <c r="D41" s="0" t="s">
         <v>192</v>
       </c>
+      <c r="D41" s="0">
+        <v>5103</v>
+      </c>
       <c r="E41" s="0" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="1" t="s">
         <v>193</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>136</v>
+        <v>25</v>
       </c>
       <c r="L41" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
         <v>194</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>195</v>
       </c>
-      <c r="D42" s="0">
-        <v>5103</v>
+      <c r="D42" s="0" t="s">
+        <v>196</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>197</v>
+        <v>19</v>
       </c>
       <c r="L42" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
         <v>198</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>199</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>200</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I43" s="1" t="s">
         <v>201</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>19</v>
+        <v>105</v>
       </c>
       <c r="L43" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
         <v>202</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>203</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>204</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>149</v>
+        <v>205</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
-        <v>150</v>
+        <v>23</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="L44" s="0">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="1" t="s">
         <v>210</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>109</v>
+        <v>211</v>
       </c>
       <c r="L45" s="0">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>212</v>
-[...1 lines deleted...]
-      <c r="D46" s="0" t="s">
         <v>213</v>
       </c>
+      <c r="D46" s="0">
+        <v>10430</v>
+      </c>
       <c r="E46" s="0" t="s">
-        <v>209</v>
-[...1 lines deleted...]
-      <c r="F46" s="0"/>
+        <v>22</v>
+      </c>
+      <c r="F46" s="0" t="s">
+        <v>214</v>
+      </c>
       <c r="G46" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>215</v>
+        <v>19</v>
       </c>
       <c r="L46" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
         <v>216</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>217</v>
       </c>
       <c r="D47" s="0">
-        <v>10430</v>
+        <v>10420</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>22</v>
       </c>
-      <c r="F47" s="0" t="s">
+      <c r="F47" s="0"/>
+      <c r="G47" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="H47" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I47" s="1" t="s">
         <v>218</v>
-      </c>
-[...7 lines deleted...]
-        <v>219</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L47" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="C48" s="0" t="s">
         <v>220</v>
       </c>
-      <c r="C48" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D48" s="0">
-        <v>10420</v>
+        <v>10435</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>222</v>
+      </c>
+      <c r="C49" s="0" t="s">
         <v>223</v>
       </c>
-      <c r="C49" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D49" s="0">
-        <v>10435</v>
+        <v>10400</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>22</v>
       </c>
-      <c r="F49" s="0"/>
+      <c r="F49" s="0" t="s">
+        <v>224</v>
+      </c>
       <c r="G49" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="1" t="s">
         <v>225</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L49" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
         <v>226</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>227</v>
       </c>
-      <c r="D50" s="0">
-        <v>10400</v>
+      <c r="D50" s="0" t="s">
+        <v>228</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>229</v>
+      </c>
+      <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
-        <v>46</v>
+        <v>230</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L50" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L50" s="0"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="1" t="s">
         <v>235</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L51" s="0"/>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
         <v>236</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>237</v>
       </c>
-      <c r="D52" s="0" t="s">
+      <c r="D52" s="0">
+        <v>10450</v>
+      </c>
+      <c r="E52" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="F52" s="0" t="s">
         <v>238</v>
       </c>
-      <c r="E52" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
-        <v>234</v>
+        <v>47</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="1" t="s">
         <v>239</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L52" s="0"/>
+      <c r="L52" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
         <v>240</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>241</v>
       </c>
       <c r="D53" s="0">
-        <v>10450</v>
+        <v>10451</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F53" s="0" t="s">
         <v>242</v>
       </c>
       <c r="G53" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="1" t="s">
         <v>243</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
         <v>244</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>245</v>
       </c>
       <c r="D54" s="0">
-        <v>10451</v>
+        <v>10403</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F54" s="0" t="s">
         <v>246</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I54" s="1" t="s">
         <v>247</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
         <v>248</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>249</v>
       </c>
       <c r="D55" s="0">
-        <v>10403</v>
+        <v>51135413</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="F55" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="G55" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="H55" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I55" s="1" t="s">
         <v>250</v>
-      </c>
-[...7 lines deleted...]
-        <v>251</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L55" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="C56" s="0" t="s">
         <v>252</v>
       </c>
-      <c r="C56" s="0" t="s">
+      <c r="D56" s="0">
+        <v>51135420</v>
+      </c>
+      <c r="E56" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="F56" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="G56" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="H56" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I56" s="1" t="s">
         <v>253</v>
-      </c>
-[...16 lines deleted...]
-        <v>254</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L56" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
+        <v>254</v>
+      </c>
+      <c r="C57" s="0" t="s">
         <v>255</v>
       </c>
-      <c r="C57" s="0" t="s">
+      <c r="D57" s="0">
+        <v>750101</v>
+      </c>
+      <c r="E57" s="0" t="s">
         <v>256</v>
       </c>
-      <c r="D57" s="0">
-[...7 lines deleted...]
-      </c>
+      <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
-        <v>37</v>
+        <v>257</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="L57" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D58" s="0">
-        <v>750101</v>
+        <v>10720</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>260</v>
+        <v>22</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="H58" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I58" s="1" t="s">
         <v>261</v>
-      </c>
-[...4 lines deleted...]
-        <v>262</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
       <c r="L58" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
+        <v>262</v>
+      </c>
+      <c r="C59" s="0" t="s">
         <v>263</v>
       </c>
-      <c r="C59" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D59" s="0">
-        <v>10720</v>
+        <v>10855</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L59" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
+        <v>265</v>
+      </c>
+      <c r="C60" s="0" t="s">
         <v>266</v>
       </c>
-      <c r="C60" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D60" s="0">
-        <v>10855</v>
+        <v>14015</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>22</v>
       </c>
-      <c r="F60" s="0"/>
+      <c r="F60" s="0" t="s">
+        <v>267</v>
+      </c>
       <c r="G60" s="0" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I60" s="1" t="s">
         <v>268</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L60" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
         <v>269</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>270</v>
       </c>
       <c r="D61" s="0">
-        <v>14015</v>
+        <v>10460</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>271</v>
+        <v>224</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L61" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
-      <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
+        <v>272</v>
+      </c>
+      <c r="C62" s="0" t="s">
         <v>273</v>
       </c>
-      <c r="C62" s="0" t="s">
+      <c r="D62" s="0" t="s">
         <v>274</v>
       </c>
-      <c r="D62" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E62" s="0" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>228</v>
+        <v>275</v>
       </c>
       <c r="G62" s="0" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L62" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L62" s="0"/>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
+      <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>277</v>
-[...1 lines deleted...]
-      <c r="D63" s="0" t="s">
         <v>278</v>
       </c>
+      <c r="D63" s="0">
+        <v>10440</v>
+      </c>
       <c r="E63" s="0" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="F63" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="F63" s="0"/>
+      <c r="G63" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="H63" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I63" s="1" t="s">
         <v>279</v>
-      </c>
-[...7 lines deleted...]
-        <v>280</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L63" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>