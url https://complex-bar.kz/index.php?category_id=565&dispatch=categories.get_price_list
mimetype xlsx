--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="127">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -68,51 +68,51 @@
   <si>
     <t>Цена со скидкой</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Диспенсер для мюсли тройной;сталь,пластик;4,5л;,H=53,5,L=38,B=38см;металлич.,прозр.</t>
   </si>
   <si>
     <t>02120425</t>
   </si>
   <si>
     <t>APS</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>Диспенсеры и емкости для мюсли</t>
   </si>
   <si>
-    <t>346885.00₸</t>
+    <t>436483.00₸</t>
   </si>
   <si>
     <t>5 шт.</t>
   </si>
   <si>
     <t>Диспенсер для мюсли;сталь,пластик;4,5л;,H=54,3,L=21,5,B=17см;металлич.,прозр.</t>
   </si>
   <si>
     <t>02120436</t>
   </si>
   <si>
     <t>123978.00₸</t>
   </si>
   <si>
     <t>7 шт.</t>
   </si>
   <si>
     <t>Диспенсер для мюсли «Коннект»;сталь нерж.,акрил;2,5л;D=17,H=68,5см</t>
   </si>
   <si>
     <t>02120458</t>
   </si>
   <si>
     <t>ETO 250 E 100</t>
   </si>
@@ -176,77 +176,83 @@
   <si>
     <t>02123632</t>
   </si>
   <si>
     <t>X23677</t>
   </si>
   <si>
     <t>109333.00₸</t>
   </si>
   <si>
     <t>30 шт.</t>
   </si>
   <si>
     <t>Диспенсер для мюсли;поликарбонат;4л;,H=60,L=18,4,B=24см;прозр.,металлич.</t>
   </si>
   <si>
     <t>02123658</t>
   </si>
   <si>
     <t>U13-1100</t>
   </si>
   <si>
     <t>76181.00₸</t>
   </si>
   <si>
-    <t>26 шт.</t>
+    <t>27 шт.</t>
   </si>
   <si>
     <t>Диспенсер для мюсли двойной 4л*2;поликарбонат;,H=60,L=36,2,B=24см</t>
   </si>
   <si>
     <t>02123659</t>
   </si>
   <si>
     <t>U13-1200</t>
   </si>
   <si>
     <t>113512.00₸</t>
   </si>
   <si>
+    <t>44 шт.</t>
+  </si>
+  <si>
     <t>Диспенсер для мюсли тройной 4л*3;поликарбонат;D=12,5,H=60,L=54,B=24см</t>
   </si>
   <si>
     <t>02123660</t>
   </si>
   <si>
     <t>U13-1300</t>
   </si>
   <si>
     <t>205772.00₸</t>
   </si>
   <si>
+    <t>43 шт.</t>
+  </si>
+  <si>
     <t>Диспенсер для мюсли мини;поликарбонат;3л;,H=57,L=32,5,B=26см</t>
   </si>
   <si>
     <t>02123662</t>
   </si>
   <si>
     <t>U20-1000</t>
   </si>
   <si>
     <t>95319.00₸</t>
   </si>
   <si>
     <t>38 шт.</t>
   </si>
   <si>
     <t>Диспенсер для мюсли с держателем для буфетной стены 21х10х66,5см;сталь нерж.,акрил;2,5л</t>
   </si>
   <si>
     <t>02123805</t>
   </si>
   <si>
     <t>MTO 250 E 100</t>
   </si>
   <si>
     <t>497728.00₸</t>
@@ -299,62 +305,50 @@
   <si>
     <t>67198.00₸</t>
   </si>
   <si>
     <t>Диспенсер для мюсли двойной (не можем возить из-за санкций);12л;D=18,H=66,L=46,B=51см;белый</t>
   </si>
   <si>
     <t>04012178</t>
   </si>
   <si>
     <t>511B9819</t>
   </si>
   <si>
     <t>388573.00₸</t>
   </si>
   <si>
     <t>Емкость для мюсли набор [2шт];акрил,полипроп.;1,5л;,H=32,5,L=26,B=17см</t>
   </si>
   <si>
     <t>04014904</t>
   </si>
   <si>
     <t>123747.00₸</t>
   </si>
   <si>
-    <t>2 шт.</t>
-[...10 lines deleted...]
-  <si>
     <t>Емкость для мюсли набор[3шт];пластик,сталь нерж.;1,5л;,H=29,L=47,B=14см;прозр.</t>
   </si>
   <si>
     <t>04142260</t>
   </si>
   <si>
     <t>ETO 045 E 002</t>
   </si>
   <si>
     <t>618180.00₸</t>
   </si>
   <si>
     <t>Емкость для мюсли;фарфор,сталь нерж.;2л;,H=30,5,L=17,B=22см</t>
   </si>
   <si>
     <t>04142261</t>
   </si>
   <si>
     <t>ETO 200 E 100</t>
   </si>
   <si>
     <t>224779.00₸</t>
   </si>
   <si>
     <t>Емкость для мюсли;фарфор;2л</t>
@@ -395,51 +389,51 @@
   <si>
     <t>04148547</t>
   </si>
   <si>
     <t>061644</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>73890.00₸</t>
   </si>
   <si>
     <t>Диспенсер для мюсли двойной;поликарбонат;4,5л;,H=54,B=34,5см;прозр.,металлич.</t>
   </si>
   <si>
     <t>09100531</t>
   </si>
   <si>
     <t>189693.00₸</t>
   </si>
   <si>
-    <t>14 шт.</t>
+    <t>12 шт.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -454,51 +448,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73159761-424E-11E8-A155-00259035BB671.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B4161A7-424F-11E8-A155-00259035BB672.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC111911-4250-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05AEAB9A-F151-11EB-BBF2-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EBB637F7-20D0-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EBB63757-20D0-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EBB63617-20D0-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0B226AE-4254-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0B226AF-4254-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EBB636B7-20D0-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0B226B2-4254-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C2F35D2-4252-11E8-A155-00259035BB6712.gif"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC397F9A-4252-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2B2D421-21BB-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA077ADB-4250-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8057BE33-21C3-11EE-BC0D-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40330F67-4252-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8057BD93-21C3-11EE-BC0D-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D328A42D-424E-11E8-A155-00259035BB6719.gif"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50307457-4251-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5030745D-4251-11E8-A155-00259035BB6721.gif"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE1C889B-F162-11EB-BBF2-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7EC65AE-21C8-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F36BC68-21C8-11EE-BC0D-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4565BDC-4252-11E8-A155-00259035BB6725.gif"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFB7C0BE-2230-11EE-BC0D-005056921CC426.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73159761-424E-11E8-A155-00259035BB671.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B4161A7-424F-11E8-A155-00259035BB672.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC111911-4250-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05AEAB9A-F151-11EB-BBF2-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EBB637F7-20D0-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EBB63757-20D0-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EBB63617-20D0-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0B226AE-4254-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0B226AF-4254-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EBB636B7-20D0-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0B226B2-4254-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C2F35D2-4252-11E8-A155-00259035BB6712.gif"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC397F9A-4252-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2B2D421-21BB-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA077ADB-4250-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8057BE33-21C3-11EE-BC0D-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40330F67-4252-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8057BD93-21C3-11EE-BC0D-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50307457-4251-11E8-A155-00259035BB6719.gif"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5030745D-4251-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE1C889B-F162-11EB-BBF2-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7EC65AE-21C8-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F36BC68-21C8-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4565BDC-4252-11E8-A155-00259035BB6724.gif"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFB7C0BE-2230-11EE-BC0D-005056921CC425.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1209,80 +1203,50 @@
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="25" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...28 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -1528,62 +1492,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-myusli-aps-02120425/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-myusli-aps-02120436/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-myusli-frilich-02120458/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-myusli-frilich-02120467/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-myusli-aps-02120481/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-myusli-sunnex-02123626/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-myusli-sunnex-02123632/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-myusli-sunnex-02123658/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-myusli-dvoynoy-sunnex-02123659/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-myusli-troynoy-sunnex-02123660/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-myusli-mini-sunnex-02123662/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-myusli-s-derzhatelem-d-bufsteny-frilich-02123805/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-myusli-aps-03090505/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-myusli-dvoynaya-pintinox-04012115/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-myusli-pintinox-04012132/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-d-hlopev-2-kolby-aps-04012158/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-myusli-dvoynaya-pintinox-04012178/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-d-hlopev-2-kolby-aps-04014904/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-emkostey-d-myusli-aps-04142215/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-emkostey-d-myusli-frilich-04142260/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-myusli-frilich-04142261/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-myusli-frilich-04142289/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-hlopev-s-kryshkoy-i-podstavkoy-aps-04142293/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-emkostey-d-myusli-aps-04142383/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-myusli-matfer-04148547/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-myusli-aps-09100531/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-myusli-aps-02120425/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-myusli-aps-02120436/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-myusli-frilich-02120458/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-myusli-frilich-02120467/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-myusli-aps-02120481/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-myusli-sunnex-02123626/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-myusli-sunnex-02123632/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-myusli-sunnex-02123658/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-myusli-dvoynoy-sunnex-02123659/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-myusli-troynoy-sunnex-02123660/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-myusli-mini-sunnex-02123662/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-myusli-s-derzhatelem-d-bufsteny-frilich-02123805/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-myusli-aps-03090505/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-myusli-dvoynaya-pintinox-04012115/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-myusli-pintinox-04012132/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-d-hlopev-2-kolby-aps-04012158/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-myusli-dvoynaya-pintinox-04012178/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-d-hlopev-2-kolby-aps-04014904/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-emkostey-d-myusli-frilich-04142260/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-myusli-frilich-04142261/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-myusli-frilich-04142289/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-hlopev-s-kryshkoy-i-podstavkoy-aps-04142293/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-emkostey-d-myusli-aps-04142383/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-myusli-matfer-04148547/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-myusli-aps-09100531/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L27"/>
+  <dimension ref="A1:L26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I27" sqref="I27"/>
+      <selection activeCell="I26" sqref="I26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -1878,635 +1842,602 @@
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>55</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>56</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>57</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>43</v>
+        <v>63</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L13" s="0"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="D14" s="0">
         <v>10778</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="D15" s="0">
         <v>51139819</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="G15" s="0" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="D16" s="0">
         <v>51139818</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="G16" s="0" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="D17" s="0">
         <v>11971</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="G18" s="0" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="D19" s="0">
         <v>11972</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>94</v>
+        <v>29</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>11973</v>
+        <v>97</v>
+      </c>
+      <c r="D20" s="0" t="s">
+        <v>98</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>109</v>
+      </c>
+      <c r="D23" s="0">
+        <v>11794</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="F23" s="0"/>
+        <v>14</v>
+      </c>
+      <c r="F23" s="0" t="s">
+        <v>110</v>
+      </c>
       <c r="G23" s="0" t="s">
-        <v>15</v>
+        <v>41</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="D24" s="0">
-        <v>11794</v>
+        <v>11974</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>14</v>
       </c>
-      <c r="F24" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-        <v>11974</v>
+        <v>116</v>
+      </c>
+      <c r="D25" s="0" t="s">
+        <v>117</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>14</v>
+        <v>118</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
-        <v>15</v>
+        <v>119</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>119</v>
+        <v>122</v>
+      </c>
+      <c r="D26" s="0">
+        <v>11807</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>120</v>
+        <v>14</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
-        <v>121</v>
+        <v>41</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>29</v>
+        <v>124</v>
       </c>
       <c r="L26" s="0">
-        <v>1</v>
-[...30 lines deleted...]
-      <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B23" r:id="rId_hyperlink_22"/>
     <hyperlink ref="B24" r:id="rId_hyperlink_23"/>
     <hyperlink ref="B25" r:id="rId_hyperlink_24"/>
     <hyperlink ref="B26" r:id="rId_hyperlink_25"/>
-    <hyperlink ref="B27" r:id="rId_hyperlink_26"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>