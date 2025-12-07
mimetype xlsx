--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="266">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="262">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -101,518 +101,515 @@
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Вилка сервировочная «Аляска» для спагетти;сталь нерж.;,L=220/60,B=4мм;металлич.</t>
   </si>
   <si>
     <t>03110833</t>
   </si>
   <si>
     <t>2080-35</t>
   </si>
   <si>
     <t>Eternum</t>
   </si>
   <si>
     <t>Alaska</t>
   </si>
   <si>
     <t>БЕЛЬГИЯ</t>
   </si>
   <si>
     <t>3619.00₸</t>
   </si>
   <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Вилка сервировочная «Баобаб Сатин»;сталь нерж.;,L=18,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03113720</t>
+  </si>
+  <si>
+    <t>BBS 880004</t>
+  </si>
+  <si>
+    <t>Studio William</t>
+  </si>
+  <si>
+    <t>Baobab Satin</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
+  </si>
+  <si>
+    <t>3827.00₸</t>
+  </si>
+  <si>
+    <t>Вилка сервировочная «Бальса Миррор»;сталь нерж.;,L=18,8см;металлич.</t>
+  </si>
+  <si>
+    <t>03113721</t>
+  </si>
+  <si>
+    <t>BLM 880004</t>
+  </si>
+  <si>
+    <t>Balsa Mirror</t>
+  </si>
+  <si>
+    <t>4898.00₸</t>
+  </si>
+  <si>
+    <t>Вилка сервировочная «Махогани Сатин»;сталь нерж.;,L=18,8см;металлич.</t>
+  </si>
+  <si>
+    <t>03113722</t>
+  </si>
+  <si>
+    <t>MHS 880004</t>
+  </si>
+  <si>
+    <t>Mahogany Satin</t>
+  </si>
+  <si>
+    <t>5090.00₸</t>
+  </si>
+  <si>
+    <t>Вилка сервировочная «Фидл Винтаж Сатин»;сталь нерж.;,L=18,8см;металлич.,матовый</t>
+  </si>
+  <si>
+    <t>03113724</t>
+  </si>
+  <si>
+    <t>FDVS 880004</t>
+  </si>
+  <si>
+    <t>Charingworth</t>
+  </si>
+  <si>
+    <t>Fiddle Vitage Satin</t>
+  </si>
+  <si>
+    <t>2464.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для салата «Пируэт»;сталь нерж.;,L=17,4см;серебрист.</t>
+  </si>
+  <si>
+    <t>03151317</t>
+  </si>
+  <si>
+    <t>5732SX023</t>
+  </si>
+  <si>
+    <t>Folio By Steelite</t>
+  </si>
+  <si>
+    <t>Pirouette</t>
+  </si>
+  <si>
+    <t>ВЬЕТНАМ</t>
+  </si>
+  <si>
+    <t>8470.00₸</t>
+  </si>
+  <si>
+    <t>Вилка сервировочная для фондю 2 зубца;сталь нерж.,полипроп.;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04010456</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>17233.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для фондю набор[10шт];сталь нерж.</t>
+  </si>
+  <si>
+    <t>04010459</t>
+  </si>
+  <si>
+    <t>221506.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для фондю набор[6шт];сталь нерж.;,L=15,5/23,5см</t>
+  </si>
+  <si>
+    <t>04010463</t>
+  </si>
+  <si>
+    <t>RCA0148</t>
+  </si>
+  <si>
+    <t>Ilsa</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>7031.00₸</t>
+  </si>
+  <si>
+    <t>Вилка сервировочная «Ансер»;сталь нерж.;,L=210/75,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>04110208</t>
+  </si>
+  <si>
+    <t>1670-21</t>
+  </si>
+  <si>
+    <t>Anser</t>
+  </si>
+  <si>
+    <t>29892.00₸</t>
+  </si>
+  <si>
+    <t>23 шт.</t>
+  </si>
+  <si>
+    <t>Вилка сервировочная «Сонет» для раскладки рыбы;сталь нерж.;,H=45,L=230/95,B=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>04110210</t>
+  </si>
+  <si>
+    <t>С12</t>
+  </si>
+  <si>
+    <t>Trud</t>
+  </si>
+  <si>
+    <t>Sonet</t>
+  </si>
+  <si>
+    <t>1294.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для салата «Сонет»;сталь нерж.;,L=210/70,B=51мм;металлич.</t>
+  </si>
+  <si>
+    <t>04110211</t>
+  </si>
+  <si>
+    <t>С14</t>
+  </si>
+  <si>
+    <t>1425.00₸</t>
+  </si>
+  <si>
     <t>более 100 шт.</t>
   </si>
   <si>
-    <t>Вилка сервировочная «Баобаб Сатин»;сталь нерж.;,L=18,5см;металлич.</t>
-[...128 lines deleted...]
-    <t>7031.00₸</t>
+    <t>Вилка сервировочная «Алайниа» для раскладки;сталь нерж.;,L=250/90,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>04110215</t>
+  </si>
+  <si>
+    <t>3020-21</t>
+  </si>
+  <si>
+    <t>Alinea</t>
+  </si>
+  <si>
+    <t>25164.00₸</t>
+  </si>
+  <si>
+    <t>Вилка сервировочная «Перле» для раскладки рыбы;сталь нерж.;,L=228/10,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>04110216</t>
+  </si>
+  <si>
+    <t>302-30</t>
+  </si>
+  <si>
+    <t>Perle</t>
+  </si>
+  <si>
+    <t>2811.00₸</t>
+  </si>
+  <si>
+    <t>16 шт.</t>
+  </si>
+  <si>
+    <t>Вилка сервировочная «Ивенталь»;сталь нерж.;,L=215/80,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>04110218</t>
+  </si>
+  <si>
+    <t>1630-21</t>
+  </si>
+  <si>
+    <t>Eventail</t>
+  </si>
+  <si>
+    <t>15785.00₸</t>
+  </si>
+  <si>
+    <t>Вилка сервировочная «Оливия»;сталь нерж.;,L=265/80,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>04110224</t>
+  </si>
+  <si>
+    <t>04900012</t>
+  </si>
+  <si>
+    <t>Pintinox</t>
+  </si>
+  <si>
+    <t>Olivia</t>
+  </si>
+  <si>
+    <t>8293.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Вилка для салата «Оливия»;сталь нерж.;,L=260/80,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>04110225</t>
+  </si>
+  <si>
+    <t>04900015</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>9793.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Вилка сервировочная «Концепт»;сталь нерж.;,L=260/65,B=35мм;металлич.</t>
+  </si>
+  <si>
+    <t>04110226</t>
+  </si>
+  <si>
+    <t>04500012</t>
+  </si>
+  <si>
+    <t>Concept</t>
+  </si>
+  <si>
+    <t>8863.00₸</t>
+  </si>
+  <si>
+    <t>Вилка сервировочная;сталь нерж.;,L=39см;металлич.</t>
+  </si>
+  <si>
+    <t>04110228</t>
+  </si>
+  <si>
+    <t>12.5073.4000</t>
+  </si>
+  <si>
+    <t>Hepp</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>10249.00₸</t>
+  </si>
+  <si>
+    <t>Вилка сервировочная;сталь нерж.,пластик;,L=257/148,B=22мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110238</t>
+  </si>
+  <si>
+    <t>33575.00₸</t>
+  </si>
+  <si>
+    <t>Вилка сервировочная «Миллениум»;сталь нерж.;,L=238,B=30мм;серебрист.</t>
+  </si>
+  <si>
+    <t>04110240</t>
+  </si>
+  <si>
+    <t>Millenium</t>
+  </si>
+  <si>
+    <t>5467.00₸</t>
+  </si>
+  <si>
+    <t>Вилка сервировочная «Астра» пятизубцовая;сталь нерж.;,L=26см;металлич.</t>
+  </si>
+  <si>
+    <t>04110241</t>
+  </si>
+  <si>
+    <t>07600143</t>
+  </si>
+  <si>
+    <t>Astra</t>
+  </si>
+  <si>
+    <t>13860.00₸</t>
+  </si>
+  <si>
+    <t>Вилка сервировочная «Астра»;сталь нерж.;,L=24см;металлич.</t>
+  </si>
+  <si>
+    <t>04110244</t>
+  </si>
+  <si>
+    <t>07600088</t>
+  </si>
+  <si>
+    <t>8547.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для салата «Астра»;сталь нерж.;,L=24см;металлич.</t>
+  </si>
+  <si>
+    <t>04110245</t>
+  </si>
+  <si>
+    <t>076000CF</t>
+  </si>
+  <si>
+    <t>9225.00₸</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Вилка сервировочная «Пэлас»;сталь нерж.</t>
+  </si>
+  <si>
+    <t>04110246</t>
+  </si>
+  <si>
+    <t>Palace</t>
+  </si>
+  <si>
+    <t>4846.00₸</t>
+  </si>
+  <si>
+    <t>Вилка для салата «Пэлас»;сталь нерж.</t>
+  </si>
+  <si>
+    <t>04110247</t>
+  </si>
+  <si>
+    <t>4927.00₸</t>
+  </si>
+  <si>
+    <t>Вилка сервировочная «Витториале»;сталь нерж.</t>
+  </si>
+  <si>
+    <t>04110249</t>
+  </si>
+  <si>
+    <t>Vittoriale</t>
+  </si>
+  <si>
+    <t>5569.00₸</t>
+  </si>
+  <si>
+    <t>Вилка сервировочная «Лаццо»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>04110250</t>
+  </si>
+  <si>
+    <t>T0416</t>
+  </si>
+  <si>
+    <t>Chef&amp;Sommelier</t>
+  </si>
+  <si>
+    <t>Lazzo</t>
+  </si>
+  <si>
+    <t>16506.00₸</t>
+  </si>
+  <si>
+    <t>Вилка сервировочная «Библос»;сталь нерж.;,L=24см;серебрист.</t>
+  </si>
+  <si>
+    <t>04110252</t>
+  </si>
+  <si>
+    <t>1840-21</t>
+  </si>
+  <si>
+    <t>Byblos</t>
+  </si>
+  <si>
+    <t>6484.00₸</t>
+  </si>
+  <si>
+    <t>Вилка сервировочная «Библос» для рыбы;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>04110254</t>
+  </si>
+  <si>
+    <t>1840-30</t>
+  </si>
+  <si>
+    <t>44622.00₸</t>
+  </si>
+  <si>
+    <t>Вилка сервировочная «Суперга»;сталь нерж.;,L=219/80,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>04110257</t>
+  </si>
+  <si>
+    <t>03100012</t>
+  </si>
+  <si>
+    <t>Superga</t>
+  </si>
+  <si>
+    <t>6160.00₸</t>
   </si>
   <si>
     <t>2 шт.</t>
   </si>
   <si>
-    <t>Вилка сервировочная «Ансер»;сталь нерж.;,L=210/75,B=4мм;металлич.</t>
-[...328 lines deleted...]
-  <si>
     <t>Вилка сервировочная «Казали» состаренная;сталь нерж.</t>
   </si>
   <si>
     <t>04110270</t>
   </si>
   <si>
     <t>Casali Stonewashed</t>
   </si>
   <si>
     <t>8694.00₸</t>
   </si>
   <si>
     <t>Вилка сервировочная «Кингс Стэйнлесс Стил» для раскладки;сталь нерж.;,L=253,B=31мм;серебрист.</t>
   </si>
   <si>
     <t>04110276</t>
   </si>
   <si>
     <t>ZKIS0555</t>
   </si>
   <si>
     <t>Arthur Price</t>
   </si>
   <si>
     <t>Kings Stainless Steel</t>
@@ -650,68 +647,62 @@
   <si>
     <t>Вилка сервировочная «Банкет» для мяса;сталь нерж.;,L=210/80,B=25мм;металлич.</t>
   </si>
   <si>
     <t>04110283</t>
   </si>
   <si>
     <t>00596</t>
   </si>
   <si>
     <t>8147.00₸</t>
   </si>
   <si>
     <t>Вилка для салата «Банкет»;сталь нерж.;,L=290/75,B=60мм;металлич.</t>
   </si>
   <si>
     <t>04110284</t>
   </si>
   <si>
     <t>00591</t>
   </si>
   <si>
     <t>15231.00₸</t>
   </si>
   <si>
-    <t>18 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Вилка для салата «Банкет»;сталь нерж.;,L=235/60,B=50мм;металлич.</t>
   </si>
   <si>
     <t>04110285</t>
   </si>
   <si>
     <t>00589</t>
   </si>
   <si>
     <t>10657.00₸</t>
   </si>
   <si>
-    <t>31 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Вилка сервировочная «Ханна антик»;сталь нерж.;,L=22,9см;серебрист.</t>
   </si>
   <si>
     <t>04110296</t>
   </si>
   <si>
     <t>52620-45</t>
   </si>
   <si>
     <t>Sambonet</t>
   </si>
   <si>
     <t>Hannah Antiq</t>
   </si>
   <si>
     <t>12767.00₸</t>
   </si>
   <si>
     <t>Вилка для салата «Перле»;сталь нерж.;,L=200/70,B=4мм;металлич.</t>
   </si>
   <si>
     <t>04110336</t>
   </si>
   <si>
     <t>302-10F</t>
@@ -785,75 +776,72 @@
   <si>
     <t>04111288</t>
   </si>
   <si>
     <t>11PALP 513</t>
   </si>
   <si>
     <t>4513.00₸</t>
   </si>
   <si>
     <t>Вилка сервировочная «Эрмитаж»;сталь нерж.;,L=23,5см;металлич.</t>
   </si>
   <si>
     <t>04111292</t>
   </si>
   <si>
     <t>11HERM 206</t>
   </si>
   <si>
     <t>Hermitage</t>
   </si>
   <si>
     <t>4982.00₸</t>
   </si>
   <si>
-    <t>9 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Вилка сервировочная «Эрмитаж»;сталь нерж.;,L=21см;металлич.</t>
   </si>
   <si>
     <t>04111293</t>
   </si>
   <si>
     <t>11HERM 513</t>
   </si>
   <si>
     <t>4582.00₸</t>
   </si>
   <si>
     <t>Вилка сервировочная «Атлантис»;сталь нерж.</t>
   </si>
   <si>
     <t>04111358</t>
   </si>
   <si>
     <t>3010-21</t>
   </si>
   <si>
-    <t>11550.00₸</t>
+    <t>18103.00₸</t>
   </si>
   <si>
     <t>6 шт.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -2993,1358 +2981,1358 @@
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
         <v>67</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>68</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>69</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>70</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>71</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>72</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>73</v>
+        <v>20</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>74</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>80</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="D13" s="0" t="s">
         <v>81</v>
       </c>
-      <c r="D13" s="0" t="s">
+      <c r="E13" s="0" t="s">
         <v>82</v>
       </c>
-      <c r="E13" s="0" t="s">
+      <c r="F13" s="0" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L13" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>86</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="D14" s="0" t="s">
         <v>87</v>
       </c>
-      <c r="D14" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E14" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="F14" s="0" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>28</v>
+        <v>89</v>
       </c>
       <c r="L14" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
         <v>90</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>91</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>92</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F15" s="0" t="s">
         <v>93</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>94</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>95</v>
+        <v>20</v>
       </c>
       <c r="L15" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>96</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="L16" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>102</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>107</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="D18" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="D18" s="0" t="s">
+      <c r="E18" s="0" t="s">
         <v>109</v>
       </c>
-      <c r="E18" s="0" t="s">
+      <c r="F18" s="0" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>71</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="L18" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>114</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="D19" s="0" t="s">
         <v>115</v>
       </c>
-      <c r="D19" s="0" t="s">
+      <c r="E19" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="F19" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="G19" s="0" t="s">
         <v>116</v>
       </c>
-      <c r="E19" s="0" t="s">
-[...5 lines deleted...]
-      <c r="G19" s="0" t="s">
+      <c r="H19" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I19" s="1" t="s">
         <v>117</v>
-      </c>
-[...4 lines deleted...]
-        <v>118</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>120</v>
       </c>
-      <c r="C20" s="0" t="s">
+      <c r="D20" s="0" t="s">
         <v>121</v>
       </c>
-      <c r="D20" s="0" t="s">
+      <c r="E20" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="F20" s="0" t="s">
         <v>122</v>
-      </c>
-[...4 lines deleted...]
-        <v>123</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>71</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>95</v>
+        <v>112</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>125</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="D21" s="0" t="s">
         <v>126</v>
       </c>
-      <c r="D21" s="0" t="s">
+      <c r="E21" s="0" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="H21" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I21" s="1" t="s">
         <v>129</v>
-      </c>
-[...4 lines deleted...]
-        <v>130</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="D22" s="0">
         <v>112069</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>61</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>62</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L22" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="D23" s="0">
         <v>22700012</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>71</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>138</v>
+        <v>112</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="D24" s="0" t="s">
         <v>139</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="E24" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="F24" s="0" t="s">
         <v>140</v>
-      </c>
-[...7 lines deleted...]
-        <v>142</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>71</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="C25" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="D25" s="0" t="s">
         <v>144</v>
       </c>
-      <c r="C25" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E25" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>71</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="D26" s="0" t="s">
         <v>148</v>
       </c>
-      <c r="C26" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E26" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>71</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="L26" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="D27" s="0">
         <v>16900012</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>71</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L27" s="0"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="D28" s="0">
         <v>16900015</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="F28" s="0" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>71</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L28" s="0"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="B29" s="0" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="D29" s="0">
         <v>16400012</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>71</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L29" s="0"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="D30" s="0" t="s">
         <v>164</v>
       </c>
-      <c r="C30" s="0" t="s">
+      <c r="E30" s="0" t="s">
         <v>165</v>
       </c>
-      <c r="D30" s="0" t="s">
+      <c r="F30" s="0" t="s">
         <v>166</v>
-      </c>
-[...4 lines deleted...]
-        <v>168</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>62</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>138</v>
+        <v>112</v>
       </c>
       <c r="L30" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>169</v>
+      </c>
+      <c r="D31" s="0" t="s">
         <v>170</v>
-      </c>
-[...4 lines deleted...]
-        <v>172</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L31" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="D32" s="0" t="s">
         <v>175</v>
-      </c>
-[...4 lines deleted...]
-        <v>177</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L32" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="C33" s="0" t="s">
+        <v>178</v>
+      </c>
+      <c r="D33" s="0" t="s">
         <v>179</v>
       </c>
-      <c r="C33" s="0" t="s">
+      <c r="E33" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="F33" s="0" t="s">
         <v>180</v>
-      </c>
-[...7 lines deleted...]
-        <v>182</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>71</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>73</v>
+        <v>182</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="C34" s="0" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="D34" s="0">
         <v>21020012</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>71</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L34" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="C35" s="0" t="s">
         <v>188</v>
       </c>
-      <c r="C35" s="0" t="s">
+      <c r="D35" s="0" t="s">
         <v>189</v>
       </c>
-      <c r="D35" s="0" t="s">
+      <c r="E35" s="0" t="s">
         <v>190</v>
       </c>
-      <c r="E35" s="0" t="s">
+      <c r="F35" s="0" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>138</v>
+        <v>20</v>
       </c>
       <c r="L35" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="C36" s="0" t="s">
         <v>194</v>
       </c>
-      <c r="C36" s="0" t="s">
+      <c r="D36" s="0" t="s">
         <v>195</v>
       </c>
-      <c r="D36" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E36" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="F36" s="0" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="C37" s="0" t="s">
         <v>198</v>
       </c>
-      <c r="C37" s="0" t="s">
+      <c r="D37" s="0" t="s">
         <v>199</v>
       </c>
-      <c r="D37" s="0" t="s">
+      <c r="E37" s="0" t="s">
         <v>200</v>
       </c>
-      <c r="E37" s="0" t="s">
+      <c r="F37" s="0" t="s">
         <v>201</v>
       </c>
-      <c r="F37" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G37" s="0" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>138</v>
+        <v>112</v>
       </c>
       <c r="L37" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="C38" s="0" t="s">
         <v>203</v>
       </c>
-      <c r="C38" s="0" t="s">
+      <c r="D38" s="0" t="s">
         <v>204</v>
       </c>
-      <c r="D38" s="0" t="s">
+      <c r="E38" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="F38" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="G38" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="H38" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I38" s="1" t="s">
         <v>205</v>
-      </c>
-[...13 lines deleted...]
-        <v>206</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>138</v>
+        <v>112</v>
       </c>
       <c r="L38" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>207</v>
       </c>
-      <c r="C39" s="0" t="s">
+      <c r="D39" s="0" t="s">
         <v>208</v>
       </c>
-      <c r="D39" s="0" t="s">
+      <c r="E39" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="F39" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="G39" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="H39" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I39" s="1" t="s">
         <v>209</v>
-      </c>
-[...13 lines deleted...]
-        <v>210</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>211</v>
+        <v>20</v>
       </c>
       <c r="L39" s="0"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="C40" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="D40" s="0" t="s">
         <v>212</v>
       </c>
-      <c r="C40" s="0" t="s">
+      <c r="E40" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="F40" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="G40" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="H40" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I40" s="1" t="s">
         <v>213</v>
-      </c>
-[...16 lines deleted...]
-        <v>215</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>216</v>
+        <v>20</v>
       </c>
       <c r="L40" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
+        <v>214</v>
+      </c>
+      <c r="C41" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="D41" s="0" t="s">
+        <v>216</v>
+      </c>
+      <c r="E41" s="0" t="s">
         <v>217</v>
       </c>
-      <c r="C41" s="0" t="s">
+      <c r="F41" s="0" t="s">
         <v>218</v>
-      </c>
-[...7 lines deleted...]
-        <v>221</v>
       </c>
       <c r="G41" s="0" t="s">
         <v>71</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L41" s="0"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="L42" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F43" s="0" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L43" s="0"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="C44" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="D44" s="0" t="s">
+        <v>231</v>
+      </c>
+      <c r="E44" s="0" t="s">
         <v>232</v>
       </c>
-      <c r="C44" s="0" t="s">
+      <c r="F44" s="0" t="s">
         <v>233</v>
       </c>
-      <c r="D44" s="0" t="s">
+      <c r="G44" s="0" t="s">
         <v>234</v>
       </c>
-      <c r="E44" s="0" t="s">
+      <c r="H44" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I44" s="1" t="s">
         <v>235</v>
-      </c>
-[...10 lines deleted...]
-        <v>238</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L44" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="C45" s="0" t="s">
+        <v>236</v>
+      </c>
+      <c r="D45" s="0" t="s">
+        <v>237</v>
+      </c>
+      <c r="E45" s="0" t="s">
         <v>232</v>
       </c>
-      <c r="C45" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F45" s="0" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="G45" s="0" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>138</v>
+        <v>20</v>
       </c>
       <c r="L45" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
+        <v>239</v>
+      </c>
+      <c r="C46" s="0" t="s">
+        <v>240</v>
+      </c>
+      <c r="D46" s="0" t="s">
+        <v>241</v>
+      </c>
+      <c r="E46" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="F46" s="0" t="s">
         <v>242</v>
       </c>
-      <c r="C46" s="0" t="s">
+      <c r="G46" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="H46" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I46" s="1" t="s">
         <v>243</v>
-      </c>
-[...16 lines deleted...]
-        <v>246</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L46" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
+        <v>244</v>
+      </c>
+      <c r="C47" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="D47" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="E47" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="F47" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="G47" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="H47" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I47" s="1" t="s">
         <v>247</v>
-      </c>
-[...19 lines deleted...]
-        <v>250</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>138</v>
+        <v>112</v>
       </c>
       <c r="L47" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>248</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="D48" s="0" t="s">
+        <v>250</v>
+      </c>
+      <c r="E48" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="F48" s="0" t="s">
         <v>251</v>
       </c>
-      <c r="C48" s="0" t="s">
+      <c r="G48" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="H48" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I48" s="1" t="s">
         <v>252</v>
-      </c>
-[...16 lines deleted...]
-        <v>255</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>256</v>
+        <v>20</v>
       </c>
       <c r="L48" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="G49" s="0" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>138</v>
+        <v>20</v>
       </c>
       <c r="L49" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="L50" s="0">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>