--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -134,96 +134,96 @@
   <si>
     <t>БЕЛЬГИЯ</t>
   </si>
   <si>
     <t>42435.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Ложка для соуса «Дориа»;сталь нерж.;,L=180/47,B=10мм;металлич.</t>
   </si>
   <si>
     <t>04110315</t>
   </si>
   <si>
     <t>8004-11</t>
   </si>
   <si>
     <t>Doria</t>
   </si>
   <si>
     <t>7185.00₸</t>
   </si>
   <si>
-    <t>39 шт.</t>
+    <t>27 шт.</t>
   </si>
   <si>
     <t>Ложка для соуса «Сонет»;сталь нерж.;17мл;,L=210/51,B=73мм;металлич.</t>
   </si>
   <si>
     <t>04110316</t>
   </si>
   <si>
     <t>С34</t>
   </si>
   <si>
     <t>Trud</t>
   </si>
   <si>
     <t>Sonet</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>1579.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Ложка для соуса «М18»;сталь нерж.;20мл;,L=179/45,B=70мм;металлич.</t>
   </si>
   <si>
     <t>04110319</t>
   </si>
   <si>
     <t>4764/С25</t>
   </si>
   <si>
     <t>Nytva</t>
   </si>
   <si>
     <t>М18</t>
   </si>
   <si>
     <t>2541.00₸</t>
   </si>
   <si>
-    <t>36 шт.</t>
+    <t>12 шт.</t>
   </si>
   <si>
     <t>Ложка для соуса «Аляска»;сталь нерж.;,L=165/53,B=4мм;металлич.</t>
   </si>
   <si>
     <t>04110322</t>
   </si>
   <si>
     <t>2080-11</t>
   </si>
   <si>
     <t>Alaska</t>
   </si>
   <si>
     <t>19381.00₸</t>
   </si>
   <si>
     <t>19 шт.</t>
   </si>
   <si>
     <t>Ложка для соуса «Алайниа»;сталь нерж.;,L=160/53,B=4мм;металлич.</t>
   </si>
   <si>
     <t>04110329</t>
   </si>
@@ -233,83 +233,83 @@
   <si>
     <t>Alinea</t>
   </si>
   <si>
     <t>17118.00₸</t>
   </si>
   <si>
     <t>11 шт.</t>
   </si>
   <si>
     <t>Ложка для соуса «Багет»;сталь нерж.;,L=170/30,B=3мм;металлич.</t>
   </si>
   <si>
     <t>04110333</t>
   </si>
   <si>
     <t>1610-11</t>
   </si>
   <si>
     <t>Baguette</t>
   </si>
   <si>
     <t>29337.00₸</t>
   </si>
   <si>
+    <t>46 шт.</t>
+  </si>
+  <si>
     <t>Ложка для соуса «Осло»;сталь нерж.;,L=160/50,B=4мм;металлич.</t>
   </si>
   <si>
     <t>04110339</t>
   </si>
   <si>
     <t>1930-11</t>
   </si>
   <si>
     <t>Oslo</t>
   </si>
   <si>
     <t>20960.00₸</t>
   </si>
   <si>
     <t>Ложка для соуса «Адажио»;сталь нерж.;,L=165/53,B=4мм;металлич.</t>
   </si>
   <si>
     <t>04110343</t>
   </si>
   <si>
     <t>2090-11</t>
   </si>
   <si>
     <t>Adagio</t>
   </si>
   <si>
     <t>26735.00₸</t>
   </si>
   <si>
-    <t>10 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Ложка для соуса «Атлантис»;сталь нерж.;,L=185/55,B=4мм;металлич.</t>
   </si>
   <si>
     <t>04110347</t>
   </si>
   <si>
     <t>3010-11</t>
   </si>
   <si>
     <t>Atlantis</t>
   </si>
   <si>
     <t>17379.00₸</t>
   </si>
   <si>
     <t>8 шт.</t>
   </si>
   <si>
     <t>Ложка для соуса «Риволи»;сталь нерж.;,L=175/50,B=2мм;металлич.</t>
   </si>
   <si>
     <t>04110351</t>
   </si>
   <si>
     <t>1921-11</t>
@@ -329,51 +329,51 @@
   <si>
     <t>12982-01</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>3757.00₸</t>
   </si>
   <si>
     <t>Ложка для соуса;сталь нерж.;60мл;,L=330/110,B=65мм;металлич.</t>
   </si>
   <si>
     <t>04110391</t>
   </si>
   <si>
     <t>41675-00</t>
   </si>
   <si>
     <t>16994.00₸</t>
   </si>
   <si>
-    <t>6 шт.</t>
+    <t>5 шт.</t>
   </si>
   <si>
     <t>Ложка для соуса;сталь нерж.;70мл;,L=29см;металлич.</t>
   </si>
   <si>
     <t>04110392</t>
   </si>
   <si>
     <t>41677-00</t>
   </si>
   <si>
     <t>18326.00₸</t>
   </si>
   <si>
     <t>Ложка для соуса «Миллениум»;сталь нерж.;металлич.</t>
   </si>
   <si>
     <t>04110724</t>
   </si>
   <si>
     <t>Pintinox</t>
   </si>
   <si>
     <t>Millenium</t>
   </si>
@@ -2073,119 +2073,119 @@
         <v>67</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>68</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>69</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F10" s="0" t="s">
         <v>70</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>71</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>20</v>
+        <v>72</v>
       </c>
       <c r="L10" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
         <v>83</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>84</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>85</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F13" s="0" t="s">
         <v>86</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>31</v>
       </c>