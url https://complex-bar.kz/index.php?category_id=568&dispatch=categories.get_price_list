--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -119,53 +119,50 @@
   <si>
     <t>25349.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
     <t>Ложка для спагетти;сталь нерж.;,L=39см</t>
   </si>
   <si>
     <t>04040551</t>
   </si>
   <si>
     <t>00673</t>
   </si>
   <si>
     <t>APS</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>17206.00₸</t>
   </si>
   <si>
-    <t>3 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Ложка для спагетти «Паола»;сталь нерж.;,H=3,L=34,B=7см;металлич.</t>
   </si>
   <si>
     <t>04040573</t>
   </si>
   <si>
     <t>B2217023</t>
   </si>
   <si>
     <t>Serax</t>
   </si>
   <si>
     <t>Paola</t>
   </si>
   <si>
     <t>10318.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Ложка для спагетти;сталь нерж.;,H=30,L=315/70,B=70мм;металлич.</t>
   </si>
   <si>
     <t>04110377</t>
@@ -203,51 +200,51 @@
   <si>
     <t>Astra</t>
   </si>
   <si>
     <t>ВЬЕТНАМ</t>
   </si>
   <si>
     <t>18442.00₸</t>
   </si>
   <si>
     <t>Ложка для спагетти;пластик;,L=30см;черный</t>
   </si>
   <si>
     <t>04041120</t>
   </si>
   <si>
     <t>Proff Cuisine</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>1502.00₸</t>
   </si>
   <si>
-    <t>23 шт.</t>
+    <t>22 шт.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -956,213 +953,213 @@
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>30</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F4" s="0"/>
       <c r="G4" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>33</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="L4" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="C5" s="0" t="s">
         <v>35</v>
       </c>
-      <c r="C5" s="0" t="s">
+      <c r="D5" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="D5" s="0" t="s">
+      <c r="E5" s="0" t="s">
         <v>37</v>
       </c>
-      <c r="E5" s="0" t="s">
+      <c r="F5" s="0" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="G5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L5" s="0"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="C6" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="C6" s="0" t="s">
+      <c r="D6" s="0" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L6" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="C7" s="0" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="D7" s="0">
         <v>265</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L7" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="C8" s="0" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="D8" s="0">
         <v>7600018</v>
       </c>
       <c r="E8" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="F8" s="0" t="s">
         <v>53</v>
       </c>
-      <c r="F8" s="0" t="s">
+      <c r="G8" s="0" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L8" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="D9" s="0">
         <v>94000015</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>