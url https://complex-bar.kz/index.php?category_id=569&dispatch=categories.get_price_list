--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="409">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="399">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -95,1110 +95,1080 @@
   <si>
     <t>19974.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Ложка сервировочная «Банкет»;сталь нерж.;,L=350/110,B=65мм;металлич.</t>
   </si>
   <si>
     <t>02050524</t>
   </si>
   <si>
     <t>00592</t>
   </si>
   <si>
     <t>APS</t>
   </si>
   <si>
     <t>Banquet</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
-    <t>15454.00₸</t>
+    <t>15862.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная «Банкет» перфорированная;сталь нерж.;,L=350/110,B=65мм;металлич.</t>
+  </si>
+  <si>
+    <t>02050525</t>
+  </si>
+  <si>
+    <t>00593</t>
+  </si>
+  <si>
+    <t>14808.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная «Библос» для дегустаций;сталь нерж.;,L=17см;серебрист.</t>
+  </si>
+  <si>
+    <t>03111038</t>
+  </si>
+  <si>
+    <t>1840-32</t>
+  </si>
+  <si>
+    <t>Eternum</t>
+  </si>
+  <si>
+    <t>Byblos</t>
+  </si>
+  <si>
+    <t>БЕЛЬГИЯ</t>
+  </si>
+  <si>
+    <t>4436.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная «Астра»;сталь нерж.;,L=285/125,B=20мм;металлич.</t>
+  </si>
+  <si>
+    <t>03111083</t>
+  </si>
+  <si>
+    <t>07600280</t>
+  </si>
+  <si>
+    <t>Pintinox</t>
+  </si>
+  <si>
+    <t>Astra</t>
+  </si>
+  <si>
+    <t>11150.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная «Монтевидео»;хромоник. сталь;,L=20,1см;хромиров.</t>
+  </si>
+  <si>
+    <t>03114538</t>
+  </si>
+  <si>
+    <t>Sola</t>
+  </si>
+  <si>
+    <t>Montevideo</t>
+  </si>
+  <si>
+    <t>ШВЕЙЦАРИЯ</t>
+  </si>
+  <si>
+    <t>5467.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная;,L=30см</t>
+  </si>
+  <si>
+    <t>04040543</t>
+  </si>
+  <si>
+    <t>Was</t>
+  </si>
+  <si>
+    <t>5960.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная перфорированная;сталь нерж.;,H=5,L=32,B=7см</t>
+  </si>
+  <si>
+    <t>04040556</t>
+  </si>
+  <si>
+    <t>41676-00</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
+    <t>17148.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная перфорированная;сталь нерж.;,L=39см</t>
+  </si>
+  <si>
+    <t>04040557</t>
+  </si>
+  <si>
+    <t>52550-24</t>
+  </si>
+  <si>
+    <t>24517.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная;сталь нерж.;,L=39см</t>
+  </si>
+  <si>
+    <t>04040562</t>
+  </si>
+  <si>
+    <t>52550-22</t>
+  </si>
+  <si>
+    <t>17410.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная «Кингс Стэйнлесс Стил»;сталь нерж.;,L=224/80,B=53мм;серебрист.</t>
+  </si>
+  <si>
+    <t>04040565</t>
+  </si>
+  <si>
+    <t>ZKIS0010</t>
+  </si>
+  <si>
+    <t>Arthur Price</t>
+  </si>
+  <si>
+    <t>Kings Stainless Steel</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
+  </si>
+  <si>
+    <t>5799.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная «Кингс Стэйнлесс Стил»;сталь нерж.;,L=253/90,B=55мм;серебрист.</t>
+  </si>
+  <si>
+    <t>04040566</t>
+  </si>
+  <si>
+    <t>ZKIS0550</t>
+  </si>
+  <si>
+    <t>16086.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для салата «Кингс Стэйнлесс Стил»;сталь нерж.;,L=22/8см;серебрист.</t>
+  </si>
+  <si>
+    <t>04040567</t>
+  </si>
+  <si>
+    <t>KISI0450</t>
+  </si>
+  <si>
+    <t>9033.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная «Тотал блэк»;сталь нерж.;черный</t>
+  </si>
+  <si>
+    <t>04040570</t>
+  </si>
+  <si>
+    <t>19D00038</t>
+  </si>
+  <si>
+    <t>Infinito bl</t>
+  </si>
+  <si>
+    <t>4443.00₸</t>
+  </si>
+  <si>
+    <t>04040571</t>
+  </si>
+  <si>
+    <t>19D000FB</t>
+  </si>
+  <si>
+    <t>4428.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная «Паола»;сталь нерж.;,H=34,L=340,B=73мм;металлич.</t>
+  </si>
+  <si>
+    <t>04040574</t>
+  </si>
+  <si>
+    <t>B2217024</t>
+  </si>
+  <si>
+    <t>Serax</t>
+  </si>
+  <si>
+    <t>Paola</t>
+  </si>
+  <si>
+    <t>10318.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная «Ансер»;сталь нерж.;,L=225/91,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>04110310</t>
+  </si>
+  <si>
+    <t>1670-12</t>
+  </si>
+  <si>
+    <t>Anser</t>
+  </si>
+  <si>
+    <t>27821.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная «Ансер»;сталь нерж.;,L=250/110,B=72мм;металлич.</t>
+  </si>
+  <si>
+    <t>04110311</t>
+  </si>
+  <si>
+    <t>1670-9</t>
+  </si>
+  <si>
+    <t>42551.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для салата «Сонет»;сталь нерж.;,L=21/7,B=5см;металлич.</t>
+  </si>
+  <si>
+    <t>04110313</t>
+  </si>
+  <si>
+    <t>С13</t>
+  </si>
+  <si>
+    <t>Trud</t>
+  </si>
+  <si>
+    <t>Sonet</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>1410.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для салата «М18»;сталь нерж.;,L=215/70,B=50мм;металлич.</t>
+  </si>
+  <si>
+    <t>04110318</t>
+  </si>
+  <si>
+    <t>С26П47</t>
+  </si>
+  <si>
+    <t>Nytva</t>
+  </si>
+  <si>
+    <t>М18</t>
+  </si>
+  <si>
+    <t>917.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для салата «Аляска» для салата;сталь нерж.;,L=250/87,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>04110320</t>
+  </si>
+  <si>
+    <t>2080-12</t>
+  </si>
+  <si>
+    <t>Alaska</t>
+  </si>
+  <si>
+    <t>14969.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная «Алайниа»;сталь нерж.;,L=245/90,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>04110328</t>
+  </si>
+  <si>
+    <t>3020-12</t>
+  </si>
+  <si>
+    <t>Alinea</t>
+  </si>
+  <si>
+    <t>33280.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для салата «Багет»;сталь нерж.;,L=245/80,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>04110334</t>
+  </si>
+  <si>
+    <t>1610-12</t>
+  </si>
+  <si>
+    <t>Baguette</t>
+  </si>
+  <si>
+    <t>20821.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для салата «Перле»;сталь нерж.;,L=200/70,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>04110335</t>
+  </si>
+  <si>
+    <t>302-10C</t>
+  </si>
+  <si>
+    <t>Perle</t>
+  </si>
+  <si>
+    <t>3419.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для салата «Осло»;сталь нерж.;,L=240/85,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>04110340</t>
+  </si>
+  <si>
+    <t>1930-12</t>
+  </si>
+  <si>
+    <t>Oslo</t>
+  </si>
+  <si>
+    <t>21460.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная «Адажио»;сталь нерж.;,L=245/80,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>04110344</t>
+  </si>
+  <si>
+    <t>2090-12</t>
+  </si>
+  <si>
+    <t>Adagio</t>
+  </si>
+  <si>
+    <t>39440.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная «Атлантис»;сталь нерж.;,L=220/85,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>04110345</t>
+  </si>
+  <si>
+    <t>3010-12</t>
+  </si>
+  <si>
+    <t>Atlantis</t>
+  </si>
+  <si>
+    <t>30423.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная «Оливия»;сталь нерж.;,L=260/80,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>04110361</t>
+  </si>
+  <si>
+    <t>04900011</t>
+  </si>
+  <si>
+    <t>Olivia</t>
+  </si>
+  <si>
+    <t>9117.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Ложка для салата «Оливия»;сталь нерж.;,L=260/80,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>04110362</t>
+  </si>
+  <si>
+    <t>04900014</t>
+  </si>
+  <si>
+    <t>9695.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная «Концепт»;сталь нерж.;,L=260/65,B=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>04110363</t>
+  </si>
+  <si>
+    <t>04500011</t>
+  </si>
+  <si>
+    <t>Concept</t>
+  </si>
+  <si>
+    <t>10272.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная;сталь нерж.;,L=40см;металлич.</t>
+  </si>
+  <si>
+    <t>04110372</t>
+  </si>
+  <si>
+    <t>12.5072.4000</t>
+  </si>
+  <si>
+    <t>Hepp</t>
+  </si>
+  <si>
+    <t>10376.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная «Астра» перфорированная;сталь нерж.;,L=24см;металлич.</t>
+  </si>
+  <si>
+    <t>04110716</t>
+  </si>
+  <si>
+    <t>07600287</t>
+  </si>
+  <si>
+    <t>8478.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная «Астра» перфорированная для ризотто;сталь нерж.;,L=26см;металлич.</t>
+  </si>
+  <si>
+    <t>04110717</t>
+  </si>
+  <si>
+    <t>07600260</t>
+  </si>
+  <si>
+    <t>8917.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная «Астра» перфорированная;сталь нерж.;,L=30см;металлич.</t>
+  </si>
+  <si>
+    <t>04110718</t>
+  </si>
+  <si>
+    <t>07600259</t>
+  </si>
+  <si>
+    <t>12205.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная «Миллениум»;сталь нерж.</t>
+  </si>
+  <si>
+    <t>04110722</t>
+  </si>
+  <si>
+    <t>Millenium</t>
+  </si>
+  <si>
+    <t>5460.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная «Астра»;сталь нерж.;,L=24см;металлич.</t>
+  </si>
+  <si>
+    <t>04110723</t>
+  </si>
+  <si>
+    <t>07600087</t>
+  </si>
+  <si>
+    <t>8547.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная «Пэлас»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>04110725</t>
+  </si>
+  <si>
+    <t>Palace</t>
+  </si>
+  <si>
+    <t>4846.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для салата «Пэлас»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>04110727</t>
+  </si>
+  <si>
+    <t>4927.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная «Пэлас» для риса;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>04110728</t>
+  </si>
+  <si>
+    <t>7072.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная «Витториале»;сталь нерж.</t>
+  </si>
+  <si>
+    <t>04110730</t>
+  </si>
+  <si>
+    <t>Vittoriale</t>
+  </si>
+  <si>
+    <t>5569.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для салата «Классик»;сталь нерж.;,L=30см;металлич.</t>
+  </si>
+  <si>
+    <t>04110740</t>
+  </si>
+  <si>
+    <t>Classic</t>
+  </si>
+  <si>
+    <t>15300.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная «Лаццо»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>04110741</t>
+  </si>
+  <si>
+    <t>T0417</t>
+  </si>
+  <si>
+    <t>Chef&amp;Sommelier</t>
+  </si>
+  <si>
+    <t>Lazzo</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>4655.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная «Библос»;сталь нерж.;,L=12,5/25см;металлич.</t>
+  </si>
+  <si>
+    <t>04110750</t>
+  </si>
+  <si>
+    <t>1840-9</t>
+  </si>
+  <si>
+    <t>10727.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная «Питагора»;сталь нерж.;,L=30см</t>
+  </si>
+  <si>
+    <t>04110753</t>
+  </si>
+  <si>
+    <t>08100159</t>
+  </si>
+  <si>
+    <t>Pitagora</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная «Суперга»;сталь нерж.;,L=222/80,B=2мм;металлич.</t>
+  </si>
+  <si>
+    <t>04110756</t>
+  </si>
+  <si>
+    <t>03100011</t>
+  </si>
+  <si>
+    <t>Superga</t>
+  </si>
+  <si>
+    <t>6160.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная перфорированная;сталь нерж.;,L=30см</t>
+  </si>
+  <si>
+    <t>04110759</t>
+  </si>
+  <si>
+    <t>52550-26</t>
+  </si>
+  <si>
+    <t>12043.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная;сталь нерж.;,L=325/90,B=60мм</t>
+  </si>
+  <si>
+    <t>04110762</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная для риса;сталь нерж.,пластик;,L=34,5см</t>
+  </si>
+  <si>
+    <t>04110774</t>
+  </si>
+  <si>
+    <t>48278-82</t>
+  </si>
+  <si>
+    <t>12644.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная «Астра»;сталь нерж.;,L=30см</t>
+  </si>
+  <si>
+    <t>04110777</t>
+  </si>
+  <si>
+    <t>07600059</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная «Казали» состаренная;сталь нерж.;,L=228/75,B=50мм;металлич.</t>
+  </si>
+  <si>
+    <t>04110778</t>
+  </si>
+  <si>
+    <t>Casali Stonewashed</t>
+  </si>
+  <si>
+    <t>8694.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная для риса;сталь нерж.;,L=26см</t>
+  </si>
+  <si>
+    <t>04110780</t>
+  </si>
+  <si>
+    <t>48278-63</t>
+  </si>
+  <si>
+    <t>20559.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная;дерево;,L=25см</t>
+  </si>
+  <si>
+    <t>04110781</t>
+  </si>
+  <si>
+    <t>23 474</t>
+  </si>
+  <si>
+    <t>Berard</t>
+  </si>
+  <si>
+    <t>8455.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для меда;дер. олива;,L=15см</t>
+  </si>
+  <si>
+    <t>04110783</t>
+  </si>
+  <si>
+    <t>24 880</t>
+  </si>
+  <si>
+    <t>9240.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная;дерево;,L=30см</t>
+  </si>
+  <si>
+    <t>04110785</t>
+  </si>
+  <si>
+    <t>22 770</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная «Байрон»;сталь нерж.;,L=23,5см</t>
+  </si>
+  <si>
+    <t>04110790</t>
+  </si>
+  <si>
+    <t>08000011</t>
+  </si>
+  <si>
+    <t>Byron</t>
+  </si>
+  <si>
+    <t>4582.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная «Астра»;сталь нерж.;,L=26см</t>
+  </si>
+  <si>
+    <t>04110884</t>
+  </si>
+  <si>
+    <t>07600060</t>
+  </si>
+  <si>
+    <t>8902.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная «Классик»;сталь нерж.;D=40,H=95,L=235,B=70мм;металлич.</t>
+  </si>
+  <si>
+    <t>04110987</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная для гарнира;сталь нерж.;50мл;,L=27см;металлич.</t>
+  </si>
+  <si>
+    <t>04111205</t>
+  </si>
+  <si>
+    <t>kt1166</t>
+  </si>
+  <si>
+    <t>KL</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>3290.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для салата «Банкет» для салата;сталь нерж.;,L=290/75,B=60мм;металлич.</t>
+  </si>
+  <si>
+    <t>04111219</t>
+  </si>
+  <si>
+    <t>00590</t>
+  </si>
+  <si>
+    <t>15231.00₸</t>
+  </si>
+  <si>
+    <t>12 шт.</t>
+  </si>
+  <si>
+    <t>Ложка для салата «Банкет» для салата;сталь нерж.;,L=235/60,B=50мм;металлич.</t>
+  </si>
+  <si>
+    <t>04111220</t>
+  </si>
+  <si>
+    <t>00588</t>
+  </si>
+  <si>
+    <t>9225.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная перфорированная;пластик;,L=34см;черный</t>
+  </si>
+  <si>
+    <t>04111241</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>6630.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная «Зоуи»;сталь нерж.;,L=275,B=44мм;антрацит</t>
+  </si>
+  <si>
+    <t>04111244</t>
+  </si>
+  <si>
+    <t>B1319009A</t>
+  </si>
+  <si>
+    <t>Zoё</t>
+  </si>
+  <si>
+    <t>20944.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная «Зоуи»;сталь нерж.;,L=275,B=44мм;матовый</t>
+  </si>
+  <si>
+    <t>04111245</t>
+  </si>
+  <si>
+    <t>B1319009</t>
+  </si>
+  <si>
+    <t>18296.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная «Зоуи»;сталь нерж.,посеребрен.;,L=275,B=44мм</t>
+  </si>
+  <si>
+    <t>04111246</t>
+  </si>
+  <si>
+    <t>B1319009S</t>
+  </si>
+  <si>
+    <t>53754.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная «Зоуи»;сталь нерж.;,L=275,B=44мм;черный</t>
+  </si>
+  <si>
+    <t>04111248</t>
+  </si>
+  <si>
+    <t>B1319009B</t>
+  </si>
+  <si>
+    <t>22099.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная для гарнира;сталь нерж.;,L=43см</t>
+  </si>
+  <si>
+    <t>04111257</t>
+  </si>
+  <si>
+    <t>Kapp</t>
+  </si>
+  <si>
+    <t>ТУРЦИЯ</t>
+  </si>
+  <si>
+    <t>9726.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная «Ханиборн»;сталь нерж.;,L=25,1см</t>
+  </si>
+  <si>
+    <t>04111262</t>
+  </si>
+  <si>
+    <t>5976SX061</t>
+  </si>
+  <si>
+    <t>Steelite</t>
+  </si>
+  <si>
+    <t>Honeybourne</t>
+  </si>
+  <si>
+    <t>7770.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная «Ханна антик»;сталь нерж.;,L=22,8см;серебрист.</t>
+  </si>
+  <si>
+    <t>04111273</t>
+  </si>
+  <si>
+    <t>52620-44</t>
+  </si>
+  <si>
+    <t>Hannah Antiq</t>
+  </si>
+  <si>
+    <t>12767.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная «Лозанна»;сталь нерж.;,L=22,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04111281</t>
+  </si>
+  <si>
+    <t>11LAUS 205</t>
+  </si>
+  <si>
+    <t>Lausanne</t>
+  </si>
+  <si>
+    <t>НИДЕРЛАНДЫ</t>
+  </si>
+  <si>
+    <t>6607.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для салата «Лозанна»;сталь нерж.;,L=21,9см;металлич.</t>
+  </si>
+  <si>
+    <t>04111284</t>
+  </si>
+  <si>
+    <t>11LAUS 512</t>
+  </si>
+  <si>
+    <t>5414.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная «Палермо»;сталь нерж.;,L=21,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04111286</t>
+  </si>
+  <si>
+    <t>11PALP 205</t>
+  </si>
+  <si>
+    <t>Palermo</t>
+  </si>
+  <si>
+    <t>Ложка для салата «Палермо»;сталь нерж.;,L=197,B=35мм;металлич.</t>
+  </si>
+  <si>
+    <t>04111289</t>
+  </si>
+  <si>
+    <t>11PALP 512</t>
+  </si>
+  <si>
+    <t>4513.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная «Эрмитаж»;сталь нерж.;,L=23,2см;металлич.</t>
+  </si>
+  <si>
+    <t>04111291</t>
+  </si>
+  <si>
+    <t>11HERM 205</t>
+  </si>
+  <si>
+    <t>Hermitage</t>
+  </si>
+  <si>
+    <t>Ложка для салата «Эрмитаж»;сталь нерж.;,L=21,2см;металлич.</t>
+  </si>
+  <si>
+    <t>04111294</t>
+  </si>
+  <si>
+    <t>11HERM 512</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная «Утилита»;нейлон;,L=29см;черный</t>
+  </si>
+  <si>
+    <t>04111308</t>
+  </si>
+  <si>
+    <t>25126/100-TR</t>
+  </si>
+  <si>
+    <t>Tramontina</t>
+  </si>
+  <si>
+    <t>Utilita</t>
+  </si>
+  <si>
+    <t>БРАЗИЛИЯ</t>
+  </si>
+  <si>
+    <t>2387.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для меда;берёза;D=20,L=155мм;св. дерево</t>
+  </si>
+  <si>
+    <t>04111315</t>
+  </si>
+  <si>
+    <t>0310-Н</t>
+  </si>
+  <si>
+    <t>Harmonia</t>
+  </si>
+  <si>
+    <t>1348.00₸</t>
   </si>
   <si>
     <t>2 шт.</t>
-  </si>
-[...1054 lines deleted...]
-    <t>1348.00₸</t>
   </si>
   <si>
     <t>Ложка сервировочная;орех;,H=38,L=230,B=80мм;тем.дерево</t>
   </si>
   <si>
     <t>04111316</t>
   </si>
   <si>
     <t>BU_SP001</t>
   </si>
   <si>
     <t>Craster</t>
   </si>
   <si>
     <t>89605.00₸</t>
   </si>
   <si>
     <t>Ложка сервировочная;дер. олива;,L=265/95,B=85мм;коричнев.</t>
   </si>
   <si>
     <t>04111324</t>
   </si>
   <si>
     <t>00840</t>
   </si>
@@ -4032,2701 +4002,2701 @@
         <v>20</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>21</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E3" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F3" s="0" t="s">
         <v>24</v>
       </c>
       <c r="G3" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H3" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="0"/>
       <c r="K3" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L3" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="80">
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="C4" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="C4" s="0" t="s">
+      <c r="D4" s="0" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F4" s="0" t="s">
         <v>24</v>
       </c>
       <c r="G4" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="C5" s="0" t="s">
         <v>32</v>
       </c>
-      <c r="C5" s="0" t="s">
+      <c r="D5" s="0" t="s">
         <v>33</v>
       </c>
-      <c r="D5" s="0" t="s">
+      <c r="E5" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="E5" s="0" t="s">
+      <c r="F5" s="0" t="s">
         <v>35</v>
       </c>
-      <c r="F5" s="0" t="s">
+      <c r="G5" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="G5" s="0" t="s">
+      <c r="H5" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I5" s="1" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="0"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="C6" s="0" t="s">
         <v>39</v>
       </c>
-      <c r="C6" s="0" t="s">
+      <c r="D6" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="D6" s="0" t="s">
+      <c r="E6" s="0" t="s">
         <v>41</v>
       </c>
-      <c r="E6" s="0" t="s">
+      <c r="F6" s="0" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="G6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L6" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="C7" s="0" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="D7" s="0">
         <v>114110</v>
       </c>
       <c r="E7" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="F7" s="0" t="s">
         <v>47</v>
       </c>
-      <c r="F7" s="0" t="s">
+      <c r="G7" s="0" t="s">
         <v>48</v>
       </c>
-      <c r="G7" s="0" t="s">
+      <c r="H7" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I7" s="1" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L7" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="C8" s="0" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="D8" s="0">
         <v>1854300</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>56</v>
       </c>
-      <c r="C9" s="0" t="s">
+      <c r="D9" s="0" t="s">
         <v>57</v>
       </c>
-      <c r="D9" s="0" t="s">
+      <c r="E9" s="0" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>61</v>
       </c>
-      <c r="C10" s="0" t="s">
+      <c r="D10" s="0" t="s">
         <v>62</v>
       </c>
-      <c r="D10" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E10" s="0" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>65</v>
+        <v>50</v>
       </c>
       <c r="L10" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="C11" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="D11" s="0" t="s">
         <v>66</v>
       </c>
-      <c r="C11" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E11" s="0" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="C12" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="D12" s="0" t="s">
         <v>70</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="E12" s="0" t="s">
         <v>71</v>
       </c>
-      <c r="D12" s="0" t="s">
+      <c r="F12" s="0" t="s">
         <v>72</v>
       </c>
-      <c r="E12" s="0" t="s">
+      <c r="G12" s="0" t="s">
         <v>73</v>
       </c>
-      <c r="F12" s="0" t="s">
+      <c r="H12" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I12" s="1" t="s">
         <v>74</v>
-      </c>
-[...7 lines deleted...]
-        <v>76</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="0"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="C13" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="D13" s="0" t="s">
         <v>77</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="E13" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="F13" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="G13" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="H13" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I13" s="1" t="s">
         <v>78</v>
-      </c>
-[...16 lines deleted...]
-        <v>80</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="0"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="C14" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="D14" s="0" t="s">
         <v>81</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="E14" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="F14" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="G14" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="H14" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I14" s="1" t="s">
         <v>82</v>
-      </c>
-[...16 lines deleted...]
-        <v>84</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="0"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="B15" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="C15" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="D15" s="0" t="s">
         <v>85</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="E15" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="F15" s="0" t="s">
         <v>86</v>
-      </c>
-[...7 lines deleted...]
-        <v>88</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="0"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="B16" s="0" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="0"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="C17" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="D17" s="0" t="s">
         <v>93</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="E17" s="0" t="s">
         <v>94</v>
       </c>
-      <c r="D17" s="0" t="s">
+      <c r="F17" s="0" t="s">
         <v>95</v>
       </c>
-      <c r="E17" s="0" t="s">
+      <c r="G17" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="H17" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I17" s="1" t="s">
         <v>96</v>
-      </c>
-[...10 lines deleted...]
-        <v>98</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="0"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="C18" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="D18" s="0" t="s">
         <v>99</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="E18" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="F18" s="0" t="s">
         <v>100</v>
       </c>
-      <c r="D18" s="0" t="s">
+      <c r="G18" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="H18" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I18" s="1" t="s">
         <v>101</v>
-      </c>
-[...13 lines deleted...]
-        <v>103</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="D19" s="0" t="s">
         <v>105</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="E19" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="F19" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="G19" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="H19" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I19" s="1" t="s">
         <v>106</v>
-      </c>
-[...16 lines deleted...]
-        <v>108</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="L19" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="C20" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="D20" s="0" t="s">
         <v>109</v>
       </c>
-      <c r="C20" s="0" t="s">
+      <c r="E20" s="0" t="s">
         <v>110</v>
       </c>
-      <c r="D20" s="0" t="s">
+      <c r="F20" s="0" t="s">
         <v>111</v>
       </c>
-      <c r="E20" s="0" t="s">
+      <c r="G20" s="0" t="s">
         <v>112</v>
       </c>
-      <c r="F20" s="0" t="s">
+      <c r="H20" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I20" s="1" t="s">
         <v>113</v>
-      </c>
-[...7 lines deleted...]
-        <v>115</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="0">
         <v>240</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="C21" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="D21" s="0" t="s">
         <v>116</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="E21" s="0" t="s">
         <v>117</v>
       </c>
-      <c r="D21" s="0" t="s">
+      <c r="F21" s="0" t="s">
         <v>118</v>
       </c>
-      <c r="E21" s="0" t="s">
+      <c r="G21" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="H21" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I21" s="1" t="s">
         <v>119</v>
-      </c>
-[...10 lines deleted...]
-        <v>121</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="C22" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="D22" s="0" t="s">
         <v>122</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="E22" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="F22" s="0" t="s">
         <v>123</v>
       </c>
-      <c r="D22" s="0" t="s">
+      <c r="G22" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="H22" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I22" s="1" t="s">
         <v>124</v>
-      </c>
-[...13 lines deleted...]
-        <v>126</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="0">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="C23" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="D23" s="0" t="s">
         <v>127</v>
       </c>
-      <c r="C23" s="0" t="s">
+      <c r="E23" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="F23" s="0" t="s">
         <v>128</v>
       </c>
-      <c r="D23" s="0" t="s">
+      <c r="G23" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="H23" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I23" s="1" t="s">
         <v>129</v>
-      </c>
-[...13 lines deleted...]
-        <v>131</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>132</v>
+        <v>19</v>
       </c>
       <c r="L23" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="D24" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="E24" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="F24" s="0" t="s">
         <v>133</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="G24" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="H24" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I24" s="1" t="s">
         <v>134</v>
-      </c>
-[...16 lines deleted...]
-        <v>137</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>138</v>
+        <v>50</v>
       </c>
       <c r="L24" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="C25" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="D25" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="E25" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="F25" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="G25" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="H25" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I25" s="1" t="s">
         <v>139</v>
-      </c>
-[...19 lines deleted...]
-        <v>143</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L25" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="D26" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="E26" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="F26" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="G26" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="H26" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I26" s="1" t="s">
         <v>144</v>
-      </c>
-[...19 lines deleted...]
-        <v>148</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="D27" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="E27" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="F27" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="G27" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="H27" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I27" s="1" t="s">
         <v>149</v>
-      </c>
-[...19 lines deleted...]
-        <v>153</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="L27" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="D28" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="E28" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="F28" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="G28" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="H28" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I28" s="1" t="s">
         <v>155</v>
-      </c>
-[...19 lines deleted...]
-        <v>159</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>160</v>
+        <v>19</v>
       </c>
       <c r="L28" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>51</v>
+        <v>161</v>
       </c>
       <c r="L29" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L30" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>175</v>
+        <v>19</v>
       </c>
       <c r="L31" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="E33" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="F33" s="0" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>19</v>
+        <v>50</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="E34" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="F34" s="0" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>189</v>
+        <v>19</v>
       </c>
       <c r="L34" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>191</v>
+        <v>185</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>192</v>
+        <v>186</v>
       </c>
       <c r="E35" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="F35" s="0" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>193</v>
+        <v>187</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L35" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="B36" s="0" t="s">
-        <v>194</v>
+        <v>188</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>195</v>
+        <v>189</v>
       </c>
       <c r="D36" s="0">
         <v>22700011</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>196</v>
+        <v>190</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L36" s="0"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>198</v>
+        <v>192</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>199</v>
+        <v>193</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>200</v>
+        <v>194</v>
       </c>
       <c r="E37" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="F37" s="0" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="G37" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>201</v>
+        <v>195</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>189</v>
+        <v>196</v>
       </c>
       <c r="L37" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="D38" s="0">
         <v>16900011</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L38" s="0"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="D39" s="0">
         <v>16900014</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L39" s="0"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="D40" s="0">
         <v>16900059</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L40" s="0"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="B41" s="0" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
       <c r="D41" s="0">
         <v>16400011</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="G41" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L41" s="0"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="D42" s="0">
         <v>75902</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>220</v>
+        <v>196</v>
       </c>
       <c r="L42" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="C43" s="0" t="s">
+        <v>216</v>
+      </c>
+      <c r="D43" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="E43" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="F43" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="G43" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="H43" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I43" s="1" t="s">
         <v>221</v>
-      </c>
-[...19 lines deleted...]
-        <v>227</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L43" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>228</v>
+        <v>222</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>229</v>
+        <v>223</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>230</v>
+        <v>224</v>
       </c>
       <c r="E44" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="F44" s="0" t="s">
         <v>35</v>
       </c>
-      <c r="F44" s="0" t="s">
+      <c r="G44" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="G44" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H44" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>231</v>
+        <v>225</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L44" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>232</v>
+        <v>226</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>233</v>
+        <v>227</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F45" s="0" t="s">
-        <v>235</v>
+        <v>229</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L45" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>236</v>
+        <v>230</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>237</v>
+        <v>231</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>239</v>
+        <v>233</v>
       </c>
       <c r="G46" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>240</v>
+        <v>234</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>65</v>
+        <v>50</v>
       </c>
       <c r="L46" s="0">
         <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>241</v>
+        <v>235</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>242</v>
+        <v>236</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>243</v>
+        <v>237</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>244</v>
+        <v>238</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L47" s="0"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>245</v>
+        <v>239</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>246</v>
+        <v>240</v>
       </c>
       <c r="D48" s="0">
         <v>75904</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L48" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>249</v>
+        <v>243</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>250</v>
+        <v>244</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L49" s="0"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>251</v>
+        <v>245</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>252</v>
+        <v>246</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>253</v>
+        <v>247</v>
       </c>
       <c r="E50" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="F50" s="0" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>254</v>
+        <v>248</v>
       </c>
       <c r="L50" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>255</v>
+        <v>249</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>256</v>
+        <v>250</v>
       </c>
       <c r="D51" s="0">
         <v>21020011</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>257</v>
+        <v>251</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>258</v>
+        <v>252</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>104</v>
+        <v>161</v>
       </c>
       <c r="L51" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>259</v>
+        <v>253</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>260</v>
+        <v>254</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>261</v>
+        <v>255</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>262</v>
+        <v>256</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>263</v>
+        <v>257</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>264</v>
+        <v>258</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>265</v>
+        <v>259</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L53" s="0"/>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>270</v>
+        <v>264</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>271</v>
+        <v>265</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>65</v>
+        <v>19</v>
       </c>
       <c r="L54" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>272</v>
+        <v>266</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>273</v>
+        <v>267</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>274</v>
+        <v>268</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L55" s="0"/>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>275</v>
+        <v>269</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>276</v>
+        <v>270</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>277</v>
+        <v>271</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>278</v>
+        <v>272</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>279</v>
+        <v>273</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L56" s="0"/>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>280</v>
+        <v>274</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>281</v>
+        <v>275</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>282</v>
+        <v>276</v>
       </c>
       <c r="E57" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="F57" s="0" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>283</v>
+        <v>277</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>284</v>
+        <v>19</v>
       </c>
       <c r="L57" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>285</v>
+        <v>278</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>286</v>
+        <v>279</v>
       </c>
       <c r="D58" s="0">
         <v>75903</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>287</v>
+        <v>19</v>
       </c>
       <c r="L58" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>288</v>
+        <v>280</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>289</v>
+        <v>281</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>290</v>
+        <v>282</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
-        <v>292</v>
+        <v>284</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>293</v>
+        <v>285</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>294</v>
+        <v>161</v>
       </c>
       <c r="L59" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>295</v>
+        <v>286</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>296</v>
+        <v>287</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>297</v>
+        <v>288</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F60" s="0" t="s">
         <v>24</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>298</v>
+        <v>289</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>299</v>
+        <v>290</v>
       </c>
       <c r="L60" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>300</v>
+        <v>291</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>301</v>
+        <v>292</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>302</v>
+        <v>293</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F61" s="0" t="s">
         <v>24</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>303</v>
+        <v>294</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L61" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>304</v>
+        <v>295</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>305</v>
+        <v>296</v>
       </c>
       <c r="D62" s="0">
         <v>650114</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>306</v>
+        <v>297</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>307</v>
+        <v>298</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L62" s="0"/>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>308</v>
+        <v>299</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>309</v>
+        <v>300</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>310</v>
+        <v>301</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="F63" s="0" t="s">
-        <v>311</v>
+        <v>302</v>
       </c>
       <c r="G63" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>312</v>
+        <v>303</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L63" s="0"/>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>313</v>
+        <v>304</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>314</v>
+        <v>305</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>315</v>
+        <v>306</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>311</v>
+        <v>302</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>316</v>
+        <v>307</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L64" s="0"/>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>317</v>
+        <v>308</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>318</v>
+        <v>309</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>319</v>
+        <v>310</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="F65" s="0" t="s">
+        <v>302</v>
+      </c>
+      <c r="G65" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="H65" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I65" s="1" t="s">
         <v>311</v>
-      </c>
-[...7 lines deleted...]
-        <v>320</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L65" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>322</v>
+        <v>313</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>323</v>
+        <v>314</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>311</v>
+        <v>302</v>
       </c>
       <c r="G66" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>324</v>
+        <v>315</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L66" s="0"/>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>325</v>
+        <v>316</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>326</v>
+        <v>317</v>
       </c>
       <c r="D67" s="0">
         <v>90000005</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>327</v>
+        <v>318</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
-        <v>328</v>
+        <v>319</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>329</v>
+        <v>320</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L67" s="0"/>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="B68" s="0" t="s">
-        <v>330</v>
+        <v>321</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>331</v>
+        <v>322</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>332</v>
+        <v>323</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>333</v>
+        <v>324</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>334</v>
+        <v>325</v>
       </c>
       <c r="G68" s="0" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>335</v>
+        <v>326</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L68" s="0"/>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>336</v>
+        <v>327</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>337</v>
+        <v>328</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>338</v>
+        <v>329</v>
       </c>
       <c r="E69" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F69" s="0" t="s">
-        <v>339</v>
+        <v>330</v>
       </c>
       <c r="G69" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>340</v>
+        <v>331</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L69" s="0"/>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>341</v>
+        <v>332</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>342</v>
+        <v>333</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>343</v>
+        <v>334</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F70" s="0" t="s">
-        <v>344</v>
+        <v>335</v>
       </c>
       <c r="G70" s="0" t="s">
-        <v>345</v>
+        <v>336</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>346</v>
+        <v>337</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>347</v>
+        <v>19</v>
       </c>
       <c r="L70" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>348</v>
+        <v>338</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>349</v>
+        <v>339</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>350</v>
+        <v>340</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F71" s="0" t="s">
-        <v>344</v>
+        <v>335</v>
       </c>
       <c r="G71" s="0" t="s">
-        <v>345</v>
+        <v>336</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>351</v>
+        <v>341</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L71" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>352</v>
+        <v>342</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>353</v>
+        <v>343</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>354</v>
+        <v>344</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F72" s="0" t="s">
-        <v>355</v>
+        <v>345</v>
       </c>
       <c r="G72" s="0" t="s">
-        <v>345</v>
+        <v>336</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L72" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>356</v>
+        <v>346</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>357</v>
+        <v>347</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>358</v>
+        <v>348</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F73" s="0" t="s">
-        <v>355</v>
+        <v>345</v>
       </c>
       <c r="G73" s="0" t="s">
-        <v>345</v>
+        <v>336</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>359</v>
+        <v>349</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L73" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>360</v>
+        <v>350</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>361</v>
+        <v>351</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>362</v>
+        <v>352</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F74" s="0" t="s">
-        <v>363</v>
+        <v>353</v>
       </c>
       <c r="G74" s="0" t="s">
-        <v>345</v>
+        <v>336</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>364</v>
+        <v>19</v>
       </c>
       <c r="L74" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>365</v>
+        <v>354</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>366</v>
+        <v>355</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>367</v>
+        <v>356</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F75" s="0" t="s">
-        <v>363</v>
+        <v>353</v>
       </c>
       <c r="G75" s="0" t="s">
-        <v>345</v>
+        <v>336</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>279</v>
+        <v>273</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L75" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>368</v>
+        <v>357</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>369</v>
+        <v>358</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>370</v>
+        <v>359</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>371</v>
+        <v>360</v>
       </c>
       <c r="F76" s="0" t="s">
-        <v>372</v>
+        <v>361</v>
       </c>
       <c r="G76" s="0" t="s">
-        <v>373</v>
+        <v>362</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>374</v>
+        <v>363</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L76" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>375</v>
+        <v>364</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>376</v>
+        <v>365</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>377</v>
+        <v>366</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>378</v>
+        <v>367</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>379</v>
+        <v>368</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
-        <v>189</v>
+        <v>369</v>
       </c>
       <c r="L77" s="0">
         <v>60</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>380</v>
+        <v>370</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>381</v>
+        <v>371</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>382</v>
+        <v>372</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>383</v>
+        <v>373</v>
       </c>
       <c r="F78" s="0"/>
       <c r="G78" s="0" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>384</v>
+        <v>374</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L78" s="0"/>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>385</v>
+        <v>375</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>386</v>
+        <v>376</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>387</v>
+        <v>377</v>
       </c>
       <c r="E79" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>388</v>
+        <v>378</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L79" s="0"/>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>389</v>
+        <v>379</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>390</v>
+        <v>380</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>391</v>
+        <v>381</v>
       </c>
       <c r="E80" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="F80" s="0" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="G80" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>392</v>
+        <v>382</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L80" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>393</v>
+        <v>383</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>394</v>
+        <v>384</v>
       </c>
       <c r="D81" s="0">
         <v>445007</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>395</v>
+        <v>385</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
-        <v>396</v>
+        <v>386</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>397</v>
+        <v>387</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L81" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="B82" s="0" t="s">
-        <v>398</v>
+        <v>388</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>399</v>
+        <v>389</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>400</v>
+        <v>390</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>383</v>
+        <v>373</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>401</v>
+        <v>391</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L82" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>402</v>
+        <v>392</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>403</v>
+        <v>393</v>
       </c>
       <c r="D83" s="0">
         <v>9930006</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>404</v>
+        <v>394</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
-        <v>292</v>
+        <v>284</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>405</v>
+        <v>395</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L83" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>406</v>
+        <v>396</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>407</v>
+        <v>397</v>
       </c>
       <c r="D84" s="0">
         <v>3839965</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>404</v>
+        <v>394</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
-        <v>292</v>
+        <v>284</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>408</v>
+        <v>398</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L84" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>