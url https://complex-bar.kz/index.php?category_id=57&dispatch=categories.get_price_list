--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -74,215 +74,218 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Емкость для сыпучих продуктов с сеткой для какао;сталь нерж.;100мл;D=6,H=8см;серебрист.</t>
   </si>
   <si>
     <t>02030125</t>
   </si>
   <si>
     <t>12811000IVV</t>
   </si>
   <si>
     <t>Ilsa</t>
   </si>
   <si>
     <t>ИНДИЯ</t>
   </si>
   <si>
     <t>Емкости для сыпучих продуктов</t>
   </si>
   <si>
     <t>9947.00₸</t>
   </si>
   <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Емкость для сыпучих продуктов с отверстиями для сахарной пудры;сталь нерж.;300мл;D=7,H=9см;серебрист</t>
+  </si>
+  <si>
+    <t>03171957</t>
+  </si>
+  <si>
+    <t>47022-12</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>16563.00₸</t>
+  </si>
+  <si>
+    <t>0 шт.</t>
+  </si>
+  <si>
+    <t>Емкость для сыпучих продуктов с крышкой;полипроп.;1,5л;,H=157,L=220,B=75мм;прозр.</t>
+  </si>
+  <si>
+    <t>04013732</t>
+  </si>
+  <si>
+    <t>Restola</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>894.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для сыпучих продуктов;полипроп.;0,5л;,H=75,L=150,B=70мм;прозр.</t>
+  </si>
+  <si>
+    <t>04013748</t>
+  </si>
+  <si>
+    <t>647.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для сыпучих продуктов;полипроп.;0,75л;,H=10,L=15,B=7см;прозр.</t>
+  </si>
+  <si>
+    <t>04013749</t>
+  </si>
+  <si>
+    <t>763.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для сыпучих продуктов;полипроп.;1л;,H=135,L=150,B=70мм;прозр.,разноцветн.</t>
+  </si>
+  <si>
+    <t>04013750</t>
+  </si>
+  <si>
+    <t>878.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для сыпучих продуктов;полипроп.;1,5л;,H=215,L=150,B=70мм;прозр.,зелен.</t>
+  </si>
+  <si>
+    <t>04013751</t>
+  </si>
+  <si>
+    <t>1132.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для сыпучих продуктов с крышкой;полипроп.;2л;,H=210,L=220,B=75мм;прозр.,бежев.</t>
+  </si>
+  <si>
+    <t>04013894</t>
+  </si>
+  <si>
+    <t>1078.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для сыпучих продуктов с отверстиями для какао;сталь нерж.;300мл;D=65,H=100мм;серебрист.</t>
+  </si>
+  <si>
+    <t>04142201</t>
+  </si>
+  <si>
+    <t>01030000IVV</t>
+  </si>
+  <si>
+    <t>20182.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для сыпучих продуктов с сеткой для сахарной пудры;сталь нерж.;300мл;D=6,H=10см;серебрист.</t>
+  </si>
+  <si>
+    <t>04142202</t>
+  </si>
+  <si>
+    <t>01040000IVV</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>22204.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для сыпучих продуктов с отверстиями для сахарной пудры;сталь нерж.;300мл;D=70,H=82мм;серебри</t>
+  </si>
+  <si>
+    <t>04142203</t>
+  </si>
+  <si>
+    <t>01290030ICV</t>
+  </si>
+  <si>
+    <t>16817.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Емкость для сыпучих продуктов с отверстиями для сахарной пудры;сталь нерж.;0,5л;D=8,H=10см;серебрист</t>
+  </si>
+  <si>
+    <t>04142204</t>
+  </si>
+  <si>
+    <t>01290060ICV</t>
+  </si>
+  <si>
+    <t>13576.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для сыпучих продуктов с отверстиями для сахарной пудры;сталь нерж.;0,7л;D=90,H=117мм;серебри</t>
+  </si>
+  <si>
+    <t>04142205</t>
+  </si>
+  <si>
+    <t>01290090ICV</t>
+  </si>
+  <si>
+    <t>15801.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Емкость для сыпучих продуктов с отверстиями 2,5 мм для сахарной пудры;сталь нерж.;300мл;D=70,H=85мм;</t>
+  </si>
+  <si>
+    <t>04142207</t>
+  </si>
+  <si>
+    <t>47023-02</t>
+  </si>
+  <si>
+    <t>14453.00₸</t>
+  </si>
+  <si>
     <t>8 шт.</t>
   </si>
   <si>
-    <t>Емкость для сыпучих продуктов с отверстиями для сахарной пудры;сталь нерж.;300мл;D=7,H=9см;серебрист</t>
-[...160 lines deleted...]
-  <si>
     <t>Емкость для сыпучих продуктов с сеткой для сахарной пудры;сталь нерж.;300мл;D=70,H=85мм;серебрист.</t>
   </si>
   <si>
     <t>04142208</t>
   </si>
   <si>
     <t>47023-04</t>
   </si>
   <si>
     <t>16540.00₸</t>
   </si>
   <si>
     <t>Емкость для сыпучих продуктов для хранения сахара;сталь нерж.;1л;D=12,H=17см;серебрист.</t>
   </si>
   <si>
     <t>04142212</t>
   </si>
   <si>
     <t>10750010ICV</t>
   </si>
   <si>
     <t>10496.00₸</t>
   </si>
   <si>
     <t>Емкость для сыпучих продуктов для соли;сталь нерж.;1л;D=12,H=17см;серебрист.</t>
@@ -422,53 +425,50 @@
   <si>
     <t>04142234</t>
   </si>
   <si>
     <t>DRAN10H</t>
   </si>
   <si>
     <t>2394.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Емкость для специй «Проотель» с отверстиями 2 мм и ручкой;алюмин.;200мл;D=7,H=9см;серебрист.</t>
   </si>
   <si>
     <t>04142235</t>
   </si>
   <si>
     <t>DRAL10H</t>
   </si>
   <si>
     <t>1596.00₸</t>
   </si>
   <si>
-    <t>более 50 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Емкость для специй с отверстиями;сталь нерж.;300мл;D=65,H=95мм;серебрист.</t>
   </si>
   <si>
     <t>04142239</t>
   </si>
   <si>
     <t>14553.00₸</t>
   </si>
   <si>
     <t>Емкость для специй;сталь нерж.;400мл;D=70,H=145мм;серебрист.</t>
   </si>
   <si>
     <t>04142241</t>
   </si>
   <si>
     <t>10010.00₸</t>
   </si>
   <si>
     <t>Емкость для специй с отверстиями;поликарбонат;300мл;D=80,H=95мм;прозр.,белый</t>
   </si>
   <si>
     <t>04142242</t>
   </si>
   <si>
     <t>96SKRP135</t>
@@ -488,93 +488,93 @@
   <si>
     <t>04142245</t>
   </si>
   <si>
     <t>DRG15MH</t>
   </si>
   <si>
     <t>5789.00₸</t>
   </si>
   <si>
     <t>Емкость для специй с отверстиями;сталь нерж.;150мл;D=55,H=75мм;серебрист.</t>
   </si>
   <si>
     <t>04142268</t>
   </si>
   <si>
     <t>00777</t>
   </si>
   <si>
     <t>APS</t>
   </si>
   <si>
     <t>6867.00₸</t>
   </si>
   <si>
+    <t>49 шт.</t>
+  </si>
+  <si>
+    <t>Инфузер для специй;сталь нерж.;220мл;D=45,H=130мм;серебрист.</t>
+  </si>
+  <si>
+    <t>04147001</t>
+  </si>
+  <si>
+    <t>071351</t>
+  </si>
+  <si>
+    <t>27905.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для специй с сеткой;сталь нерж.;150мл;D=55,H=75мм;серебрист.</t>
+  </si>
+  <si>
+    <t>04148584</t>
+  </si>
+  <si>
+    <t>00776</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>5275.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для специй с отверстиями;поликарбонат;250мл;D=65,H=95мм;прозр.,зелен.</t>
+  </si>
+  <si>
+    <t>09100812</t>
+  </si>
+  <si>
+    <t>96SKRF135</t>
+  </si>
+  <si>
+    <t>8778.00₸</t>
+  </si>
+  <si>
     <t>10 шт.</t>
-  </si>
-[...40 lines deleted...]
-    <t>12 шт.</t>
   </si>
   <si>
     <t>Емкость для специй с отверстиями;поликарбонат;300мл;D=80,H=95мм;прозр.,желт.</t>
   </si>
   <si>
     <t>09100858</t>
   </si>
   <si>
     <t>96SKRC135</t>
   </si>
   <si>
     <t>5306.00₸</t>
   </si>
   <si>
     <t>Емкость для специй с отверстиями;поликарбонат;300мл;D=80,H=95мм;прозр.,розов.</t>
   </si>
   <si>
     <t>09100859</t>
   </si>
   <si>
     <t>96SKRM135</t>
   </si>
   <si>
     <t>Емкость для специй с отверстиями;поликарбонат;300мл;D=80,H=95мм;прозр.,бежев.</t>
   </si>
@@ -2465,83 +2465,83 @@
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>52</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>54</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>55</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>57</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>62</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>63</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
@@ -2593,553 +2593,553 @@
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
         <v>70</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>71</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>72</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>73</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>19</v>
+        <v>74</v>
       </c>
       <c r="L15" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>69</v>
+        <v>26</v>
       </c>
       <c r="L16" s="0">
         <v>96</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L19" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L20" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L21" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="L22" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L23" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D25" s="0">
         <v>258824</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L25" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L26" s="0">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L27" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L28" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="L29" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
         <v>136</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>137</v>
       </c>
       <c r="D30" s="0">
         <v>115212</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
         <v>138</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L30" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
         <v>139</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>140</v>
       </c>
       <c r="D31" s="0">
         <v>115208</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="1" t="s">
         <v>141</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L31" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
         <v>142</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>143</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>144</v>
@@ -3155,119 +3155,119 @@
         <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
         <v>147</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L32" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
         <v>148</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>149</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>150</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="1" t="s">
         <v>151</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L33" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
         <v>152</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>153</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>154</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>155</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>54</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
         <v>156</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>157</v>
       </c>
       <c r="L34" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
         <v>158</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>159</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>160</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>161</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L35" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
         <v>162</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>163</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>164</v>