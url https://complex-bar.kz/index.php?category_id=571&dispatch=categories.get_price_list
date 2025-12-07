--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -98,51 +98,51 @@
   <si>
     <t>10 шт.</t>
   </si>
   <si>
     <t>Половник сервировочный «Ансер»;сталь нерж.;140мл;,L=300/110,B=4мм;металлич.</t>
   </si>
   <si>
     <t>04040603</t>
   </si>
   <si>
     <t>1670-7</t>
   </si>
   <si>
     <t>Eternum</t>
   </si>
   <si>
     <t>Anser</t>
   </si>
   <si>
     <t>БЕЛЬГИЯ</t>
   </si>
   <si>
     <t>44453.00₸</t>
   </si>
   <si>
-    <t>44 шт.</t>
+    <t>42 шт.</t>
   </si>
   <si>
     <t>Половник сервировочный «М18»;сталь нерж.;50мл;D=6,L=27см;металлич.</t>
   </si>
   <si>
     <t>04040604</t>
   </si>
   <si>
     <t>99994751/С1228П47</t>
   </si>
   <si>
     <t>Nytva</t>
   </si>
   <si>
     <t>М18</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>2426.00₸</t>
   </si>
   <si>
     <t>более 50 шт.</t>
   </si>
@@ -158,180 +158,180 @@
   <si>
     <t>Alinea</t>
   </si>
   <si>
     <t>28906.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
     <t>Половник сервировочный «Аляска»;сталь нерж.;70мл;,L=270/70,B=4мм;металлич.</t>
   </si>
   <si>
     <t>04040608</t>
   </si>
   <si>
     <t>2080-7</t>
   </si>
   <si>
     <t>Alaska</t>
   </si>
   <si>
     <t>29091.00₸</t>
   </si>
   <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Половник сервировочный «Багет»;сталь нерж.;100мл;,L=285/90,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>04040611</t>
+  </si>
+  <si>
+    <t>1610-7</t>
+  </si>
+  <si>
+    <t>Baguette</t>
+  </si>
+  <si>
+    <t>30862.00₸</t>
+  </si>
+  <si>
+    <t>Половник сервировочный «Осло»;сталь нерж.;70мл;,L=270/95,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>04040613</t>
+  </si>
+  <si>
+    <t>1930-7</t>
+  </si>
+  <si>
+    <t>Oslo</t>
+  </si>
+  <si>
+    <t>47663.00₸</t>
+  </si>
+  <si>
+    <t>34 шт.</t>
+  </si>
+  <si>
+    <t>Половник сервировочный «Атлантис»;сталь нерж.;,L=290/85,B=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>04040615</t>
+  </si>
+  <si>
+    <t>3010-7</t>
+  </si>
+  <si>
+    <t>Atlantis</t>
+  </si>
+  <si>
+    <t>41365.00₸</t>
+  </si>
+  <si>
+    <t>29 шт.</t>
+  </si>
+  <si>
+    <t>Половник сервировочный «Риволи»;сталь нерж.;70мл;,L=290/70,B=25мм;металлич.</t>
+  </si>
+  <si>
+    <t>04040618</t>
+  </si>
+  <si>
+    <t>1921-7</t>
+  </si>
+  <si>
+    <t>Rivoli</t>
+  </si>
+  <si>
+    <t>8686.00₸</t>
+  </si>
+  <si>
+    <t>0 шт.</t>
+  </si>
+  <si>
+    <t>Половник сервировочный «Оливия»;сталь нерж.;,L=300/80,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>04040627</t>
+  </si>
+  <si>
+    <t>04900010</t>
+  </si>
+  <si>
+    <t>Pintinox</t>
+  </si>
+  <si>
+    <t>Olivia</t>
+  </si>
+  <si>
+    <t>21507.00₸</t>
+  </si>
+  <si>
+    <t>Половник сервировочный «Оливия» для соуса;сталь нерж.;20мл;,L=150/75,B=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>04040628</t>
+  </si>
+  <si>
+    <t>04900013</t>
+  </si>
+  <si>
+    <t>11389.00₸</t>
+  </si>
+  <si>
     <t>3 шт.</t>
   </si>
   <si>
-    <t>Половник сервировочный «Багет»;сталь нерж.;100мл;,L=285/90,B=3мм;металлич.</t>
-[...100 lines deleted...]
-  <si>
     <t>Половник сервировочный «Концепт»;сталь нерж.;,L=280/85,B=3мм;металлич.</t>
   </si>
   <si>
     <t>04040629</t>
   </si>
   <si>
     <t>04500010</t>
   </si>
   <si>
     <t>Concept</t>
   </si>
   <si>
     <t>20028.00₸</t>
   </si>
   <si>
     <t>Половник сервировочный «Концепт» для соуса;сталь нерж.;,L=150/40,B=65мм;металлич.</t>
   </si>
   <si>
     <t>04040630</t>
   </si>
   <si>
     <t>04500013</t>
   </si>
   <si>
-    <t>11343.00₸</t>
+    <t>11689.00₸</t>
   </si>
   <si>
     <t>4 шт.</t>
   </si>
   <si>
     <t>Половник сервировочный «Проф.-эконом» для соуса;сталь;45мл;D=65,H=10,L=320мм;металлич.</t>
   </si>
   <si>
     <t>04040685</t>
   </si>
   <si>
     <t>JHB1-1.5oz</t>
   </si>
   <si>
     <t>Prof econom</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>726.00₸</t>
   </si>
   <si>
     <t>Половник сервировочный «Миллениум»;сталь нерж.</t>
   </si>
@@ -1866,449 +1866,449 @@
         <v>48</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>49</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G7" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>52</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="L7" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="C8" s="0" t="s">
         <v>54</v>
       </c>
-      <c r="C8" s="0" t="s">
+      <c r="D8" s="0" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="L8" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>60</v>
       </c>
-      <c r="C9" s="0" t="s">
+      <c r="D9" s="0" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="0" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="G9" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>66</v>
       </c>
-      <c r="C10" s="0" t="s">
+      <c r="D10" s="0" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="L10" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>72</v>
       </c>
-      <c r="C11" s="0" t="s">
+      <c r="D11" s="0" t="s">
         <v>73</v>
       </c>
-      <c r="D11" s="0" t="s">
+      <c r="E11" s="0" t="s">
         <v>74</v>
       </c>
-      <c r="E11" s="0" t="s">
+      <c r="F11" s="0" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="L11" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>79</v>
       </c>
-      <c r="D12" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="F12" s="0" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>47</v>
+        <v>81</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
         <v>82</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>83</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>84</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F13" s="0" t="s">
         <v>85</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>86</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>41</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
         <v>87</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>88</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>89</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F14" s="0" t="s">
         <v>85</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>90</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>91</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
         <v>92</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>93</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>94</v>
       </c>
       <c r="E15" s="0"/>
       <c r="F15" s="0" t="s">
         <v>95</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>96</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>97</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="L15" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="B16" s="0" t="s">
         <v>98</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>99</v>
       </c>
       <c r="D16" s="0">
         <v>22700010</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>100</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>101</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="L16" s="0"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
         <v>102</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>103</v>
       </c>
       <c r="D17" s="0">
         <v>16900010</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F17" s="0" t="s">
         <v>104</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>105</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="L17" s="0"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="B18" s="0" t="s">
         <v>106</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>107</v>
       </c>
       <c r="D18" s="0">
         <v>16400010</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F18" s="0" t="s">
         <v>108</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>101</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="L18" s="0"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
         <v>109</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>110</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>111</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>112</v>
       </c>
       <c r="F19" s="0" t="s">
         <v>113</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>114</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>115</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
         <v>116</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>117</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>118</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>112</v>
       </c>
       <c r="F20" s="0" t="s">
         <v>113</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>114</v>
       </c>
@@ -2332,281 +2332,281 @@
         <v>120</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>121</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>122</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>123</v>
       </c>
       <c r="F21" s="0" t="s">
         <v>124</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>125</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
         <v>126</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="L21" s="0"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
         <v>127</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>128</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>129</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>123</v>
       </c>
       <c r="F22" s="0" t="s">
         <v>124</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>125</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
         <v>130</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
         <v>131</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>132</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>133</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>123</v>
       </c>
       <c r="F23" s="0" t="s">
         <v>124</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>125</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>134</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="L23" s="0"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
         <v>135</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>136</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>137</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>138</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>125</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>139</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="L24" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
         <v>140</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>141</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>142</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>138</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>125</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>143</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="L25" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
         <v>144</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>145</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>146</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F26" s="0" t="s">
         <v>148</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>149</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>150</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="L26" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
         <v>151</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>152</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>153</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>154</v>
       </c>
       <c r="F27" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>155</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="L27" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
         <v>156</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>157</v>
       </c>
       <c r="D28" s="0">
         <v>10751109</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>158</v>
       </c>
       <c r="F28" s="0" t="s">
         <v>159</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>160</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="L28" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>