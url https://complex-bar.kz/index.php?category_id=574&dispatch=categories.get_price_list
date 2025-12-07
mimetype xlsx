--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="437">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="458">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -200,728 +200,728 @@
   <si>
     <t>18088.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Подставка фуршетная для блюда;металл;,H=10,L=18,B=18см;черный</t>
   </si>
   <si>
     <t>03021366</t>
   </si>
   <si>
     <t>20622.00₸</t>
   </si>
   <si>
     <t>Подставка фуршетная для блюда;металл;,H=18,L=18,B=18см;черный</t>
   </si>
   <si>
     <t>03021367</t>
   </si>
   <si>
     <t>25879.00₸</t>
   </si>
   <si>
+    <t>16 шт.</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная «Серфис» для блюда;чугун;D=35,H=22см</t>
+  </si>
+  <si>
+    <t>03021844</t>
+  </si>
+  <si>
+    <t>B7217049</t>
+  </si>
+  <si>
+    <t>Serax</t>
+  </si>
+  <si>
+    <t>Surface</t>
+  </si>
+  <si>
+    <t>БЕЛЬГИЯ</t>
+  </si>
+  <si>
+    <t>23023.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная «Элит» для 4 блюд;сталь нерж.;D=16,H=20см</t>
+  </si>
+  <si>
+    <t>03022832</t>
+  </si>
+  <si>
+    <t>56141-04</t>
+  </si>
+  <si>
+    <t>Sambonet</t>
+  </si>
+  <si>
+    <t>Elite</t>
+  </si>
+  <si>
+    <t>82953.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная для салатника;металл,дуб;D=27,H=7см;белый</t>
+  </si>
+  <si>
+    <t>03023203</t>
+  </si>
+  <si>
+    <t>B7214339</t>
+  </si>
+  <si>
+    <t>55263.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная для салатника;металл,дерево;D=18см;белый</t>
+  </si>
+  <si>
+    <t>03023204</t>
+  </si>
+  <si>
+    <t>B7214340</t>
+  </si>
+  <si>
+    <t>45346.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная для салатников D=22/28см;сталь;,H=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>03031301</t>
+  </si>
+  <si>
+    <t>509040-22</t>
+  </si>
+  <si>
+    <t>12282.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная для салатников;сталь;,H=17,5,L=36,5,B=17,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03031303</t>
+  </si>
+  <si>
+    <t>45916.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная для салатников;хром;D=17,5,H=25,5см;хромиров.</t>
+  </si>
+  <si>
+    <t>03031312</t>
+  </si>
+  <si>
+    <t>Medium</t>
+  </si>
+  <si>
+    <t>48441.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная для салатника;сталь,дерево;D=270,H=75мм;черный</t>
+  </si>
+  <si>
+    <t>03034001</t>
+  </si>
+  <si>
+    <t>B7218402</t>
+  </si>
+  <si>
+    <t>31216.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная «Бель Кузин»;фарфор;,L=18,B=18см;черный</t>
+  </si>
+  <si>
+    <t>03050704</t>
+  </si>
+  <si>
+    <t>Revol</t>
+  </si>
+  <si>
+    <t>Belle Cuisin</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>9471.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная для 3 салатников с крышкой;сталь нерж.,стекло;D=23,H=18,L=50,B=50см;металлич.,пр</t>
+  </si>
+  <si>
+    <t>03080347</t>
+  </si>
+  <si>
+    <t>147494.00₸</t>
+  </si>
+  <si>
+    <t>Стойка фуршетная на 4 емкости + 4 салатника с крышками;сталь нерж.,стекло;D=23,H=66,5,L=45,B=49см;ме</t>
+  </si>
+  <si>
+    <t>03080348</t>
+  </si>
+  <si>
+    <t>260281.00₸</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Стойка фуршетная 4 уровня для 4 емкостей 1л;абс-пластик,сталь нерж.;,H=53,L=32,B=19,5см</t>
+  </si>
+  <si>
+    <t>03080367</t>
+  </si>
+  <si>
+    <t>81620.00₸</t>
+  </si>
+  <si>
+    <t>Стойка фуршетная на 3 емкости для мюсли;стекло,дерево;,H=40,L=51,5см;коричнев.</t>
+  </si>
+  <si>
+    <t>03080371</t>
+  </si>
+  <si>
+    <t>319304.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная 3 уровня + 3 салатника;сталь нерж.,стекло;,H=37,L=61,B=24см;металлич.,прозр.</t>
+  </si>
+  <si>
+    <t>03080375</t>
+  </si>
+  <si>
+    <t>168581.00₸</t>
+  </si>
+  <si>
+    <t>Стойка фуршетная 3 уровня для 3 корзин (без корзин);дерево;,H=58,5,L=40,B=40см;бежев.</t>
+  </si>
+  <si>
+    <t>03080376</t>
+  </si>
+  <si>
+    <t>23128.00₸</t>
+  </si>
+  <si>
+    <t>Стойка фуршетная 2 уровня для 2 корзин (без корзин);сталь хромир.;,H=38,L=49,5,B=38см;металлич.</t>
+  </si>
+  <si>
+    <t>03080378</t>
+  </si>
+  <si>
+    <t>106407.00₸</t>
+  </si>
+  <si>
+    <t>Стойка фуршетная на 4 емкости + 4 салатника с крышками;сталь хромир.,стекло;,H=48,L=30,B=30см;металл</t>
+  </si>
+  <si>
+    <t>03080380</t>
+  </si>
+  <si>
+    <t>173474.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Стойка фуршетная на 6 емкостей + 6 салатников без крышек;сталь хромир.,стекло;D=14,H=48,L=33,B=29,5с</t>
+  </si>
+  <si>
+    <t>03080381</t>
+  </si>
+  <si>
+    <t>140658.00₸</t>
+  </si>
+  <si>
+    <t>21 шт.</t>
+  </si>
+  <si>
+    <t>Стойка фуршетная для 3 салатников с крышкой D=14см;сталь хромир.,стекло;0,5л</t>
+  </si>
+  <si>
+    <t>03080383</t>
+  </si>
+  <si>
+    <t>111058.00₸</t>
+  </si>
+  <si>
+    <t>Стойка фуршетная 2 уровня для 2 емкостей;пластик,сталь нерж.;1л;,H=28,L=24,B=19см</t>
+  </si>
+  <si>
+    <t>03080610</t>
+  </si>
+  <si>
+    <t>57981.00₸</t>
+  </si>
+  <si>
+    <t>Стойка фуршетная на 3 емкости;пластик,акрил;,H=43,L=26,B=18см;белый</t>
+  </si>
+  <si>
+    <t>03080630</t>
+  </si>
+  <si>
+    <t>100674.00₸</t>
+  </si>
+  <si>
+    <t>Стойка фуршетная 3 уровня для пакетиков сахара;мдф;,H=29,L=25,B=20см;черный</t>
+  </si>
+  <si>
+    <t>03080632</t>
+  </si>
+  <si>
+    <t>Buffet</t>
+  </si>
+  <si>
+    <t>39825.00₸</t>
+  </si>
+  <si>
+    <t>Стойка фуршетная на 12 емкостей D=6см;сталь;D=22,H=59см;металлич.</t>
+  </si>
+  <si>
+    <t>03080646</t>
+  </si>
+  <si>
+    <t>111048.00₸</t>
+  </si>
+  <si>
+    <t>Стойка фуршетная 3 уровня для 3 гастроемкостей GN 1/3;металл</t>
+  </si>
+  <si>
+    <t>03080661</t>
+  </si>
+  <si>
+    <t>100755.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная на 60 ложек;сталь нерж.;,H=34,L=21,5,B=27см</t>
+  </si>
+  <si>
+    <t>03080664</t>
+  </si>
+  <si>
+    <t>70094.00₸</t>
+  </si>
+  <si>
     <t>2 шт.</t>
   </si>
   <si>
-    <t>Подставка фуршетная «Серфис» для блюда;чугун;D=35,H=22см</t>
-[...143 lines deleted...]
-    <t>245896.00₸</t>
+    <t>Стойка фуршетная 3 уровня для 3 гастроемкостей GN 1/1;металл;,H=66,L=59,B=52см</t>
+  </si>
+  <si>
+    <t>03080665</t>
+  </si>
+  <si>
+    <t>179141.00₸</t>
+  </si>
+  <si>
+    <t>Стойка фуршетная 3 уровня для 3 гастроемкостей GN 1/2;металл;,H=48,L=41,5,B=31,5см</t>
+  </si>
+  <si>
+    <t>03080666</t>
+  </si>
+  <si>
+    <t>134281.00₸</t>
+  </si>
+  <si>
+    <t>Стойка фуршетная 15 отделений вращающаяся;металл,стекло;,H=41см;бежев.</t>
+  </si>
+  <si>
+    <t>03081706</t>
+  </si>
+  <si>
+    <t>S4-F1-59-BCZ0410291-G</t>
+  </si>
+  <si>
+    <t>My Glass Studio</t>
+  </si>
+  <si>
+    <t>БОЛГАРИЯ</t>
+  </si>
+  <si>
+    <t>454770.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная «Калейдо» для закусок;,H=85,L=547,B=170мм;тем.сер.</t>
+  </si>
+  <si>
+    <t>03081744</t>
+  </si>
+  <si>
+    <t>518D0010</t>
+  </si>
+  <si>
+    <t>Caleido</t>
+  </si>
+  <si>
+    <t>125826.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная для гастроемкости GN 1/1;сталь нерж.;,H=37,8,L=54,7,B=34,2см;тем.сер.</t>
+  </si>
+  <si>
+    <t>03171660</t>
+  </si>
+  <si>
+    <t>518D0004</t>
+  </si>
+  <si>
+    <t>160176.00₸</t>
+  </si>
+  <si>
+    <t>Стойка фуршетная 3 уровня для подносов;мдф,сталь нерж.;,H=63,L=73,B=38см</t>
+  </si>
+  <si>
+    <t>04012133</t>
+  </si>
+  <si>
+    <t>210311.00₸</t>
+  </si>
+  <si>
+    <t>Стойка фуршетная 3 уровня для подносов с охлаждением;мдф,сталь нерж.;,H=63,L=73,B=38см</t>
+  </si>
+  <si>
+    <t>04012147</t>
+  </si>
+  <si>
+    <t>366975.00₸</t>
+  </si>
+  <si>
+    <t>Стойка фуршетная 3 уровня + 6 салатников;фарфор,мдф</t>
+  </si>
+  <si>
+    <t>04012189</t>
+  </si>
+  <si>
+    <t>53192.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная для гастроемкости GN 1/1;хромирован.;,H=37,8,L=54,7,B=34,2см</t>
+  </si>
+  <si>
+    <t>04014920</t>
+  </si>
+  <si>
+    <t>518A0004</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная;дерево;,H=17,5,L=20,B=20см;св. дерево</t>
+  </si>
+  <si>
+    <t>04016004</t>
+  </si>
+  <si>
+    <t>Wood</t>
+  </si>
+  <si>
+    <t>15762.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная;дерево;,H=17,5,L=20,B=20см;черный</t>
+  </si>
+  <si>
+    <t>04016005</t>
+  </si>
+  <si>
+    <t>13314.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная;сталь нерж.;D=20,5/16,5,H=20см;черный</t>
+  </si>
+  <si>
+    <t>04016006</t>
+  </si>
+  <si>
+    <t>Asia Plus</t>
+  </si>
+  <si>
+    <t>16763.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная «Мост»;акация;,H=22,L=45,B=17см;коричнев.</t>
+  </si>
+  <si>
+    <t>04016010</t>
+  </si>
+  <si>
+    <t>44653.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная «Вэйв»;металл,пластик;D=200,H=95мм;черный</t>
+  </si>
+  <si>
+    <t>04016502</t>
+  </si>
+  <si>
+    <t>WAVE</t>
+  </si>
+  <si>
+    <t>15354.00₸</t>
+  </si>
+  <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная «Вэйв»;металл,пластик;D=24,H=13см;черный</t>
+  </si>
+  <si>
+    <t>04016503</t>
+  </si>
+  <si>
+    <t>17710.00₸</t>
+  </si>
+  <si>
+    <t>12 шт.</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная для подноса;сталь хромир.;D=21,H=18см;хромиров.</t>
+  </si>
+  <si>
+    <t>04081149</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>13475.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная для подачи на ножках;дерево,орех;,H=8,L=36,B=13см</t>
+  </si>
+  <si>
+    <t>04091127</t>
+  </si>
+  <si>
+    <t>42 8903 91 000000</t>
+  </si>
+  <si>
+    <t>Playground</t>
+  </si>
+  <si>
+    <t>0.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная для подачи на ножках;дерево,орех;,H=17,L=36,B=13см</t>
+  </si>
+  <si>
+    <t>04091128</t>
+  </si>
+  <si>
+    <t>42 8904 91 000000</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная для подноса;сталь нерж.;D=20/25,H=19см;металлич.</t>
+  </si>
+  <si>
+    <t>04141524</t>
+  </si>
+  <si>
+    <t>Eternum</t>
+  </si>
+  <si>
+    <t>12143.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная «Фрида» для 84924, 84943;пластик;D=16,5,H=12см;белый</t>
+  </si>
+  <si>
+    <t>04141567</t>
+  </si>
+  <si>
+    <t>Frida</t>
+  </si>
+  <si>
+    <t>16686.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная «Фрида» для 84923, 84944;пластик;D=165,H=80мм;черный</t>
+  </si>
+  <si>
+    <t>04141568</t>
+  </si>
+  <si>
+    <t>12428.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная для маффинов 51 ячейка;сталь нерж.;D=45,H=21,L=560,B=360мм</t>
+  </si>
+  <si>
+    <t>04147806</t>
+  </si>
+  <si>
+    <t>74652.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная для подноса;сталь;D=19,5/25,5,H=19см;металлич.</t>
+  </si>
+  <si>
+    <t>04150154</t>
+  </si>
+  <si>
+    <t>10227.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная для подноса;сталь;D=20/25,H=19см;металлич.</t>
+  </si>
+  <si>
+    <t>04150161</t>
+  </si>
+  <si>
+    <t>13840200IVV</t>
+  </si>
+  <si>
+    <t>Ilsa</t>
+  </si>
+  <si>
+    <t>11067.00₸</t>
+  </si>
+  <si>
+    <t>17 шт.</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная для подноса;сталь хромир.;D=25,H=20см;хромиров.</t>
+  </si>
+  <si>
+    <t>04150163</t>
+  </si>
+  <si>
+    <t>41593-20</t>
+  </si>
+  <si>
+    <t>13506.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная для подноса;металл;D=155/180,H=80мм;черный</t>
+  </si>
+  <si>
+    <t>04150215</t>
+  </si>
+  <si>
+    <t>16756.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная для подноса;металл;D=15,5/18,H=10см;черный</t>
+  </si>
+  <si>
+    <t>04150216</t>
+  </si>
+  <si>
+    <t>19967.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная для подноса;металл;D=15,5,H=18см;черный</t>
+  </si>
+  <si>
+    <t>04150219</t>
+  </si>
+  <si>
+    <t>25665.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная для гастроемкости GN 1/1;дерево;,H=22,L=57,5,B=27,5см</t>
+  </si>
+  <si>
+    <t>04150402</t>
+  </si>
+  <si>
+    <t>97020.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная «Рабер Пэдс»;пластик;,H=76,L=178,B=152мм;черный</t>
+  </si>
+  <si>
+    <t>04150610</t>
+  </si>
+  <si>
+    <t>6829 EL059</t>
+  </si>
+  <si>
+    <t>Steelite</t>
+  </si>
+  <si>
+    <t>Rubber Pedes</t>
+  </si>
+  <si>
+    <t>15485.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная;пластик;D=17,8/15,2,H=10,2см;черный</t>
+  </si>
+  <si>
+    <t>04150613</t>
+  </si>
+  <si>
+    <t>6829 EL066</t>
+  </si>
+  <si>
+    <t>19851.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная «Рабер Пэдс»;пластик;,H=51,L=203,B=508мм;черный</t>
+  </si>
+  <si>
+    <t>04150614</t>
+  </si>
+  <si>
+    <t>6829 EL055</t>
+  </si>
+  <si>
+    <t>32541.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная;пластик;D=24,8/22,9,H=11,5см;черный</t>
+  </si>
+  <si>
+    <t>04150618</t>
+  </si>
+  <si>
+    <t>6829 EL067</t>
+  </si>
+  <si>
+    <t>23686.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная;металл,резина;,H=16,2,L=53,B=32,5см</t>
+  </si>
+  <si>
+    <t>04150652</t>
+  </si>
+  <si>
+    <t>38639.00₸</t>
   </si>
   <si>
     <t>4 шт.</t>
   </si>
   <si>
-    <t>Стойка фуршетная 4 уровня для 4 емкостей 1л;абс-пластик,сталь нерж.;,H=53,L=32,B=19,5см</t>
-[...523 lines deleted...]
-  <si>
     <t>Подставка фуршетная;акация;D=15,H=10см</t>
   </si>
   <si>
     <t>04150660</t>
   </si>
   <si>
     <t>23917.00₸</t>
   </si>
   <si>
     <t>Подставка фуршетная;акация;D=25,H=15см</t>
   </si>
   <si>
     <t>04150661</t>
   </si>
   <si>
     <t>29538.00₸</t>
   </si>
   <si>
     <t>Подставка фуршетная высокая;сталь нерж.;,H=30,L=57,5,B=17см;тем.сер.</t>
   </si>
   <si>
     <t>04150672</t>
   </si>
   <si>
     <t>518D0008</t>
@@ -1326,50 +1326,113 @@
     <t>16786.00₸</t>
   </si>
   <si>
     <t>Подставка фуршетная;дуб;,H=15,L=56,B=17см;деревян.</t>
   </si>
   <si>
     <t>04151321</t>
   </si>
   <si>
     <t>Q728O-00N</t>
   </si>
   <si>
     <t>41195.00₸</t>
   </si>
   <si>
     <t>Подставка фуршетная;металл;,H=48,L=38,5,B=49см;черный</t>
   </si>
   <si>
     <t>04151384</t>
   </si>
   <si>
     <t>Crazy Wood</t>
   </si>
   <si>
     <t>45647.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная «Мульти» для блюда;металл;,H=5,L=18,B=18см;черный</t>
+  </si>
+  <si>
+    <t>04151389</t>
+  </si>
+  <si>
+    <t>Multi</t>
+  </si>
+  <si>
+    <t>8344.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная «Призма» для блюда;металл;,H=20,L=26,B=26см;черный</t>
+  </si>
+  <si>
+    <t>04151388</t>
+  </si>
+  <si>
+    <t>Prisma</t>
+  </si>
+  <si>
+    <t>12607.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная «Призма» для блюда;металл;,H=10,L=26,B=26см;черный</t>
+  </si>
+  <si>
+    <t>04151387</t>
+  </si>
+  <si>
+    <t>8869.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная «Вало» для 14030;сталь;D=25,H=20,5см;черный</t>
+  </si>
+  <si>
+    <t>04151390</t>
+  </si>
+  <si>
+    <t>Valo</t>
+  </si>
+  <si>
+    <t>28691.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная «Тэкс-Мэкс» (180х180мм);сталь нерж.;,L=22,B=22см;металлич.</t>
+  </si>
+  <si>
+    <t>04151391</t>
+  </si>
+  <si>
+    <t>R5760N00154</t>
+  </si>
+  <si>
+    <t>Tognana</t>
+  </si>
+  <si>
+    <t>Tex-Mex</t>
+  </si>
+  <si>
+    <t>15708.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1384,51 +1447,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58365F8D-4252-11E8-A155-00259035BB671.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C3F4A4B-20D0-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1287BE5-424E-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E88794D-EA57-11EB-BBF2-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89878D22-489B-11ED-BC00-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F96B50A-489B-11ED-BC00-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89878D21-489B-11ED-BC00-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F81E22AE-4251-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F81E22AF-4251-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91C86582-20D7-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C8B2DF75-7044-11EA-BBD0-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB0E71EE-2341-11EA-BBC7-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E04C83F-F94B-11EB-BBF2-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD862595-8148-11E9-BBBA-005056921CC414.gif"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB361-424C-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/462AC14A-E3C6-11EB-BBF2-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/462AC149-E3C6-11EB-BBF2-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C103EF50-F150-11EB-BBF2-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC05BAF5-424F-11E8-A155-00259035BB6719.gif"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CAFA9681-424D-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A2D429AE-E3C4-11EB-BBF2-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9261903-21B7-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CD2C0C2A-424E-11E8-A155-00259035BB6723.gif"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F73AA83F-424E-11E8-A155-00259035BB6724.gif"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F73AA840-424E-11E8-A155-00259035BB6725.gif"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B4161BB-424F-11E8-A155-00259035BB6726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1480603-21B7-11EE-BC0D-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1480563-21B7-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F4CFD22-424F-11E8-A155-00259035BB6729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9261B83-21B7-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9261A43-21B7-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1028C5E3-4252-11E8-A155-00259035BB6732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C92619A3-21B7-11EE-BC0D-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A6FB4A7-4253-11E8-A155-00259035BB6734.gif"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9289BDCC-4254-11E8-A155-00259035BB6735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11C419B6-0730-11EB-BBDB-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/802D8B35-F160-11EB-BBF2-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF290B90-21B7-11EE-BC0D-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF291090-21B7-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0481BB50-8EBC-11EE-BC13-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D05CA2B-EA57-11EB-BBF2-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC9DE193-21BB-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742AD13A-4251-11E8-A155-00259035BB6743.gif"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A512340-21C3-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33692AEB-EA57-11EB-BBF2-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A512660-21C3-11EE-BC0D-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A5125C0-21C3-11EE-BC0D-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC9B475C-F160-11EB-BBF2-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A5127A0-21C3-11EE-BC0D-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A3667A0-3212-11EF-BC4C-00505692C44750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A366700-3212-11EF-BC4C-00505692C44751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4565BD7-4252-11E8-A155-00259035BB6752.gif"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9CA951A1-0D96-11EC-BBF2-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9CA951A2-0D96-11EC-BBF2-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B41618C-424F-11E8-A155-00259035BB6755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D50E85C2-75C4-11EA-BBD2-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6C92FFE-21C7-11EE-BC0D-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDA5499C-2223-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D47CBC6-424F-11E8-A155-00259035BB6759.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA9406-424F-11E8-A155-00259035BB6760.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26F74156-EA57-11EB-BBF2-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/395ADB01-F161-11EB-BBF2-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F39D9076-2223-11EE-BC0D-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/395ADB03-F161-11EB-BBF2-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F879FCB-F161-11EB-BBF2-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7A5DE2F-2223-11EE-BC0D-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1028C5D2-4252-11E8-A155-00259035BB6767.gif"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1028C5D3-4252-11E8-A155-00259035BB6768.gif"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1AB3C88-2223-11EE-BC0D-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C8FC8DC-F161-11EB-BBF2-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1AB3E7D-2223-11EE-BC0D-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1AB3D83-2223-11EE-BC0D-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33692AEE-EA57-11EB-BBF2-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14A02530-EA57-11EB-BBF2-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9CCA90F-2223-11EE-BC0D-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9CCA84E-2223-11EE-BC0D-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF0C5782-94BA-11EC-BBF8-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7A5DF06-2223-11EE-BC0D-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FDA2257-D795-11ED-BC05-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FDA21B7-D795-11ED-BC05-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FDA20F3-D795-11ED-BC05-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9460CECA-CFDA-11ED-BC05-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9460D02E-CFDA-11ED-BC05-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9460D0E0-CFDA-11ED-BC05-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9460CF7C-CFDA-11ED-BC05-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A6B1521-CFDA-11ED-BC05-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A6B1247-CFDA-11ED-BC05-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A6B13AB-CFDA-11ED-BC05-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A6B0DB9-CFDA-11ED-BC05-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A6B12F9-CFDA-11ED-BC05-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A6B0D07-CFDA-11ED-BC05-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A6B1195-CFDA-11ED-BC05-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FDA1D43-D795-11ED-BC05-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FDA1E19-D795-11ED-BC05-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4EEAF21B-D8A5-11ED-BC05-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29E2A248-D795-11ED-BC05-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FDA1EEF-D795-11ED-BC05-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FDA202F-D795-11ED-BC05-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329D8F5F-DC9C-11ED-BC07-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75A2B610-F4B0-11ED-BC09-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75A2B6D4-F4B0-11ED-BC09-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16EA39CE-FB2F-11ED-BC09-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1CE61FA7-FB2F-11ED-BC09-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EF11C35-FB2F-11ED-BC09-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6606BBA7-FE3F-11ED-BC09-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42693351-6C00-11EE-BC0F-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/155A1A6B-222F-11EE-BC0D-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/043369B3-AE64-11EF-BC4E-00505692C447108.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58365F8D-4252-11E8-A155-00259035BB671.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C3F4A4B-20D0-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1287BE5-424E-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E88794D-EA57-11EB-BBF2-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89878D22-489B-11ED-BC00-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F96B50A-489B-11ED-BC00-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89878D21-489B-11ED-BC00-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F81E22AE-4251-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F81E22AF-4251-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91C86582-20D7-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C8B2DF75-7044-11EA-BBD0-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB0E71EE-2341-11EA-BBC7-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E04C83F-F94B-11EB-BBF2-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD862595-8148-11E9-BBBA-005056921CC414.gif"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB361-424C-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/462AC14A-E3C6-11EB-BBF2-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/462AC149-E3C6-11EB-BBF2-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C103EF50-F150-11EB-BBF2-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC05BAF5-424F-11E8-A155-00259035BB6719.gif"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CAFA9681-424D-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A2D429AE-E3C4-11EB-BBF2-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9261903-21B7-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CD2C0C2A-424E-11E8-A155-00259035BB6723.gif"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F73AA83F-424E-11E8-A155-00259035BB6724.gif"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F73AA840-424E-11E8-A155-00259035BB6725.gif"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B4161BB-424F-11E8-A155-00259035BB6726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1480603-21B7-11EE-BC0D-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1480563-21B7-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F4CFD22-424F-11E8-A155-00259035BB6729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9261B83-21B7-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9261A43-21B7-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1028C5E3-4252-11E8-A155-00259035BB6732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A6FB4A7-4253-11E8-A155-00259035BB6733.gif"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9289BDCC-4254-11E8-A155-00259035BB6734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11C419B6-0730-11EB-BBDB-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/802D8B35-F160-11EB-BBF2-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF290B90-21B7-11EE-BC0D-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF291090-21B7-11EE-BC0D-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0481BB50-8EBC-11EE-BC13-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D05CA2B-EA57-11EB-BBF2-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC9DE193-21BB-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742AD13A-4251-11E8-A155-00259035BB6742.gif"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A512340-21C3-11EE-BC0D-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33692AEB-EA57-11EB-BBF2-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A512660-21C3-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A5125C0-21C3-11EE-BC0D-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC9B475C-F160-11EB-BBF2-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A5127A0-21C3-11EE-BC0D-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A3667A0-3212-11EF-BC4C-00505692C44749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A366700-3212-11EF-BC4C-00505692C44750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4565BD7-4252-11E8-A155-00259035BB6751.gif"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9CA951A1-0D96-11EC-BBF2-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9CA951A2-0D96-11EC-BBF2-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B41618C-424F-11E8-A155-00259035BB6754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D50E85C2-75C4-11EA-BBD2-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6C92FFE-21C7-11EE-BC0D-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDA5499C-2223-11EE-BC0D-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D47CBC6-424F-11E8-A155-00259035BB6758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA9406-424F-11E8-A155-00259035BB6759.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26F74156-EA57-11EB-BBF2-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/395ADB01-F161-11EB-BBF2-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F39D9076-2223-11EE-BC0D-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/395ADB03-F161-11EB-BBF2-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F879FCB-F161-11EB-BBF2-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7A5DE2F-2223-11EE-BC0D-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1028C5D2-4252-11E8-A155-00259035BB6766.gif"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1028C5D3-4252-11E8-A155-00259035BB6767.gif"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1AB3C88-2223-11EE-BC0D-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C8FC8DC-F161-11EB-BBF2-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1AB3E7D-2223-11EE-BC0D-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1AB3D83-2223-11EE-BC0D-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33692AEE-EA57-11EB-BBF2-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14A02530-EA57-11EB-BBF2-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9CCA90F-2223-11EE-BC0D-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9CCA84E-2223-11EE-BC0D-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF0C5782-94BA-11EC-BBF8-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7A5DF06-2223-11EE-BC0D-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FDA2257-D795-11ED-BC05-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FDA21B7-D795-11ED-BC05-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FDA20F3-D795-11ED-BC05-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9460CECA-CFDA-11ED-BC05-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9460D02E-CFDA-11ED-BC05-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9460D0E0-CFDA-11ED-BC05-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9460CF7C-CFDA-11ED-BC05-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A6B1521-CFDA-11ED-BC05-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A6B1247-CFDA-11ED-BC05-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A6B13AB-CFDA-11ED-BC05-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A6B0DB9-CFDA-11ED-BC05-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A6B12F9-CFDA-11ED-BC05-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A6B0D07-CFDA-11ED-BC05-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A6B1195-CFDA-11ED-BC05-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FDA1D43-D795-11ED-BC05-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FDA1E19-D795-11ED-BC05-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4EEAF21B-D8A5-11ED-BC05-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29E2A248-D795-11ED-BC05-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FDA1EEF-D795-11ED-BC05-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FDA202F-D795-11ED-BC05-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329D8F5F-DC9C-11ED-BC07-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75A2B610-F4B0-11ED-BC09-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75A2B6D4-F4B0-11ED-BC09-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16EA39CE-FB2F-11ED-BC09-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1CE61FA7-FB2F-11ED-BC09-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EF11C35-FB2F-11ED-BC09-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6606BBA7-FE3F-11ED-BC09-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42693351-6C00-11EE-BC0F-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/155A1A6B-222F-11EE-BC0D-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/043369B3-AE64-11EF-BC4E-00505692C447107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1DB9DFC-C7F0-11F0-BC5A-00505692E2D0108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1DB9242-C7F0-11F0-BC5A-00505692E2D0109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1DB9936-C7F0-11F0-BC5A-00505692E2D0110.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -4573,93 +4636,153 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="106" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId106"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>107</xdr:row>
+      <xdr:row>109</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="107" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId107"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>110</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="108" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId108"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>111</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="109" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId109"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>112</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="110" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId110"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -4918,62 +5041,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-myusli-paderno-02120498/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-salatnikov36salatnikov-aps-02121121/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-6-salatnikov-aps-02121446/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-pintinox-02121465/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-furshetnna-nozhke-roselli-03020776/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-furshetnna-nozhke-roselli-03020777/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-furshetnna-nozhke-roselli-03020914/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-furshetnblyud-aps-03021365/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-furshetnblyud-aps-03021366/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-furshetnblyud-aps-03021367/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-blyuda-serax-03021844/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-4-h-blyud-sambonet-03022832/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-salatnika-blyuda-serax-03023203/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-salatnika-blyuda-serax-03023204/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-salatnikov-pintinox-03031301/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-salatnikov-aps-03031303/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-salatnikov-aps-03031312/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-salatnika-serax-03034001/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-revol-03050704/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-dlya-3h-salanikov-s-kryshkoy-aps-03080347/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-4-salatnika-s-kryshkami-aps-03080348/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-na-4-emkosti-po-1l-aps-03080367/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-d-myusli-na-3-chashki-aps-03080371/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-salatnika-s-krysh-aps-03080375/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-d-3-h-korzinok-aps-03080376/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-d-2-h-korzinok-aps-03080378/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-4-salatnika-s-krysh-aps-03080380/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-6-salatnikov-aps-03080381/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-dlya-3h-salatnikov-s-kryshkoy-aps-03080383/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-na-2-emkosti-aps-03080610/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stoyka-furshetnaya-aps-03080630/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnd-paketikov-s-saharom-pintinox-03080632/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-na-3-chashi-aps-03080637/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-dlya-furshetnyh-emkostey-aps-03080646/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-d-3-h-gastroemk-1-3-aps-03080661/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-dlya-fursheta-na-60-lozhek-pintinox-03080664/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-d-3-h-gastroemk-1-1-aps-03080665/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-d-3-h-gastroemk-1-2-aps-03080666/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-vraschayuschayasya-15-otdeleniy-my-glass-studio-03081706/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-pintinox-03081744/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-gastroemkosti-1-1-pintinox-03171660/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stoyka-d-podnosov-pintinox-04012133/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stoyka-d-podnosov-3-h-urovns-ohlazhdeniem-pintinox-04012147/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-pintinox-04012189/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-gn-1-1-pintinox-04014920/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stend-bufetnyy-aps-04016004/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stend-bufetnyy-aps-04016005/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stend-bufetnyy-aps-04016006/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stend-bufetnyy-most-aps-04016010/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04016502/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04016503/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-podnosa-d-moreproduktov-matfer-04081149/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-podachi-na-nozhkah-bauscher-04091127/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-podachi-na-nozhkah-bauscher-04091128/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-podnosa-s-moreproduk-eternum-04141524/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-art-84924-84943-aps-04141567/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-art-84923-84944-aps-04141568/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-maffinov-matfer-04147806/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-podnosa-aps-04150154/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-podnosa-ilsa-04150161/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-podnosa-paderno-04150163/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-podnosa-aps-04150215/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-podnosa-aps-04150216/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-podnosa-aps-04150219/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-gastr-tey-1-1-aps-04150402/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-steelite-04150610/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-steelite-04150613/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-steelite-04150614/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-steelite-04150618/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-aps-04150652/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04150660/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04150661/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-vysokaya-pintinox-04150672/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-pintinox-04150673/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-bufetnaya-aps-04150876/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-bufetnaya-aps-04150877/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-zakusok-pintinox-04151307/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04151318/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04151319/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04151320/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04151322/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151327/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151328/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151329/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151330/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151333/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151334/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151335/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151336/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151337/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151338/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151339/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151340/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151341/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151342/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151343/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151344/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151346/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-podstavok-furshetnyh-revol-04151347/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151353/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151354/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04151355/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04151357/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04151358/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151359/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04151369/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-na-3-emkosti-aps-09100656/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-ppwood-04151325/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-ppwood-04151321/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-bufetnaya-aps-04151384/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-myusli-paderno-02120498/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-salatnikov36salatnikov-aps-02121121/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-6-salatnikov-aps-02121446/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-pintinox-02121465/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-furshetnna-nozhke-roselli-03020776/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-furshetnna-nozhke-roselli-03020777/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-furshetnna-nozhke-roselli-03020914/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-furshetnblyud-aps-03021365/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-furshetnblyud-aps-03021366/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-furshetnblyud-aps-03021367/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-blyuda-serax-03021844/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-4-h-blyud-sambonet-03022832/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-salatnika-blyuda-serax-03023203/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-salatnika-blyuda-serax-03023204/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-salatnikov-pintinox-03031301/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-salatnikov-aps-03031303/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-salatnikov-aps-03031312/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-salatnika-serax-03034001/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-revol-03050704/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-dlya-3h-salanikov-s-kryshkoy-aps-03080347/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-4-salatnika-s-kryshkami-aps-03080348/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-na-4-emkosti-po-1l-aps-03080367/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-d-myusli-na-3-chashki-aps-03080371/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-salatnika-s-krysh-aps-03080375/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-d-3-h-korzinok-aps-03080376/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-d-2-h-korzinok-aps-03080378/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-4-salatnika-s-krysh-aps-03080380/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-6-salatnikov-aps-03080381/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-dlya-3h-salatnikov-s-kryshkoy-aps-03080383/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-na-2-emkosti-aps-03080610/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stoyka-furshetnaya-aps-03080630/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnd-paketikov-s-saharom-pintinox-03080632/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-dlya-furshetnyh-emkostey-aps-03080646/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-d-3-h-gastroemk-1-3-aps-03080661/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-dlya-fursheta-na-60-lozhek-pintinox-03080664/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-d-3-h-gastroemk-1-1-aps-03080665/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-d-3-h-gastroemk-1-2-aps-03080666/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-vraschayuschayasya-15-otdeleniy-my-glass-studio-03081706/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-pintinox-03081744/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-gastroemkosti-1-1-pintinox-03171660/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stoyka-d-podnosov-pintinox-04012133/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stoyka-d-podnosov-3-h-urovns-ohlazhdeniem-pintinox-04012147/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-pintinox-04012189/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-gn-1-1-pintinox-04014920/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stend-bufetnyy-aps-04016004/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stend-bufetnyy-aps-04016005/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stend-bufetnyy-aps-04016006/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stend-bufetnyy-most-aps-04016010/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04016502/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04016503/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-podnosa-d-moreproduktov-matfer-04081149/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-podachi-na-nozhkah-bauscher-04091127/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-podachi-na-nozhkah-bauscher-04091128/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-podnosa-s-moreproduk-eternum-04141524/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-art-84924-84943-aps-04141567/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-art-84923-84944-aps-04141568/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-maffinov-matfer-04147806/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-podnosa-aps-04150154/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-podnosa-ilsa-04150161/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-podnosa-paderno-04150163/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-podnosa-aps-04150215/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-podnosa-aps-04150216/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-podnosa-aps-04150219/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-gastr-tey-1-1-aps-04150402/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-steelite-04150610/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-steelite-04150613/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-steelite-04150614/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-steelite-04150618/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-aps-04150652/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04150660/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04150661/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-vysokaya-pintinox-04150672/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-pintinox-04150673/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-bufetnaya-aps-04150876/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-bufetnaya-aps-04150877/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-zakusok-pintinox-04151307/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04151318/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04151319/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04151320/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04151322/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151327/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151328/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151329/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151330/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151333/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151334/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151335/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151336/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151337/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151338/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151339/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151340/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151341/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151342/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151343/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151344/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151346/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-podstavok-furshetnyh-revol-04151347/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151353/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151354/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04151355/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04151357/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04151358/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151359/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04151369/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-na-3-emkosti-aps-09100656/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-ppwood-04151325/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-ppwood-04151321/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-bufetnaya-aps-04151384/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04151389/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04151388/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04151387/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04151390/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-tognana-04151391/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L111"/>
+  <dimension ref="A1:L115"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I111" sqref="I111"/>
+      <selection activeCell="I115" sqref="I115"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -5856,2715 +5979,2841 @@
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
         <v>127</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>128</v>
       </c>
       <c r="D28" s="0">
         <v>11498</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>129</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>79</v>
+        <v>130</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D29" s="0">
         <v>11499</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D30" s="0">
         <v>11893</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D31" s="0">
         <v>11442</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L31" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D32" s="0">
         <v>11433</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D33" s="0">
         <v>51270700</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F33" s="0" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D34" s="0">
-        <v>11432</v>
+        <v>33246</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L34" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D35" s="0">
-        <v>33246</v>
+        <v>11526</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L35" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D36" s="0">
-        <v>11526</v>
+        <v>51013860</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>25</v>
+        <v>157</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="D37" s="0">
-        <v>51013860</v>
+        <v>11529</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>61</v>
+        <v>25</v>
       </c>
       <c r="L37" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="D38" s="0">
-        <v>11529</v>
+        <v>11527</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L38" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-        <v>11527</v>
+        <v>165</v>
+      </c>
+      <c r="D39" s="0" t="s">
+        <v>166</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>22</v>
+        <v>167</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
-        <v>23</v>
+        <v>168</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L39" s="0">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>168</v>
-[...1 lines deleted...]
-      <c r="F40" s="0"/>
+        <v>34</v>
+      </c>
+      <c r="F40" s="0" t="s">
+        <v>173</v>
+      </c>
       <c r="G40" s="0" t="s">
-        <v>169</v>
+        <v>16</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L40" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L40" s="0"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="F41" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L41" s="0"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-        <v>178</v>
+        <v>180</v>
+      </c>
+      <c r="D42" s="0">
+        <v>51131057</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="F42" s="0"/>
+      <c r="F42" s="0" t="s">
+        <v>146</v>
+      </c>
       <c r="G42" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="L42" s="0"/>
+        <v>30</v>
+      </c>
+      <c r="L42" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="D43" s="0">
-        <v>51131057</v>
+        <v>51131058</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F43" s="0" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>30</v>
+        <v>157</v>
       </c>
       <c r="L43" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="D44" s="0">
-        <v>51131058</v>
+        <v>51271006</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F44" s="0" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="G44" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>61</v>
+        <v>25</v>
       </c>
       <c r="L44" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-        <v>51271006</v>
+        <v>189</v>
+      </c>
+      <c r="D45" s="0" t="s">
+        <v>190</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="F45" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>188</v>
+        <v>178</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L45" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L45" s="0"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-        <v>191</v>
+        <v>192</v>
+      </c>
+      <c r="D46" s="0">
+        <v>33280</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="F46" s="0"/>
+        <v>22</v>
+      </c>
+      <c r="F46" s="0" t="s">
+        <v>193</v>
+      </c>
       <c r="G46" s="0" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>179</v>
+        <v>194</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L46" s="0"/>
+      <c r="L46" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="D47" s="0">
-        <v>33280</v>
+        <v>33281</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L47" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="D48" s="0">
-        <v>33281</v>
+        <v>15514</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L48" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="D49" s="0">
-        <v>15514</v>
+        <v>33285</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>22</v>
       </c>
-      <c r="F49" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="L49" s="0"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="D50" s="0">
-        <v>33285</v>
+        <v>33306</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>22</v>
       </c>
-      <c r="F50" s="0"/>
+      <c r="F50" s="0" t="s">
+        <v>207</v>
+      </c>
       <c r="G50" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="L50" s="0"/>
+        <v>209</v>
+      </c>
+      <c r="L50" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="D51" s="0">
-        <v>33306</v>
+        <v>33307</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="L51" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="D52" s="0">
-        <v>33307</v>
+        <v>613302</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>216</v>
+      </c>
+      <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
-        <v>23</v>
+        <v>103</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>214</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="L52" s="0"/>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>216</v>
-[...2 lines deleted...]
-        <v>613302</v>
+        <v>219</v>
+      </c>
+      <c r="D53" s="0" t="s">
+        <v>220</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
-        <v>103</v>
+        <v>23</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L53" s="0"/>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="D54" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="E54" s="0" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L54" s="0"/>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>225</v>
-[...2 lines deleted...]
-        <v>226</v>
+        <v>227</v>
+      </c>
+      <c r="D55" s="0">
+        <v>3400</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>222</v>
+        <v>228</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
-        <v>23</v>
+        <v>67</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L55" s="0"/>
+      <c r="L55" s="0">
+        <v>8</v>
+      </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="D56" s="0">
-        <v>3400</v>
+        <v>84928</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>229</v>
-[...1 lines deleted...]
-      <c r="F56" s="0"/>
+        <v>22</v>
+      </c>
+      <c r="F56" s="0" t="s">
+        <v>232</v>
+      </c>
       <c r="G56" s="0" t="s">
-        <v>67</v>
+        <v>23</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>61</v>
+        <v>30</v>
       </c>
       <c r="L56" s="0">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="D57" s="0">
-        <v>84928</v>
+        <v>84927</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="L57" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="D58" s="0">
-        <v>84927</v>
+        <v>310717</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>216</v>
+      </c>
+      <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
-        <v>23</v>
+        <v>103</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L58" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="D59" s="0">
-        <v>310717</v>
+        <v>74207</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>217</v>
+        <v>22</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
-        <v>103</v>
+        <v>28</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L59" s="0">
-        <v>1</v>
+        <v>16</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>242</v>
-[...2 lines deleted...]
-        <v>74207</v>
+        <v>244</v>
+      </c>
+      <c r="D60" s="0" t="s">
+        <v>245</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>22</v>
+        <v>246</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>25</v>
+        <v>248</v>
       </c>
       <c r="L60" s="0">
-        <v>16</v>
+        <v>24</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>247</v>
+        <v>15</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L61" s="0">
-        <v>24</v>
+        <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-        <v>251</v>
+        <v>254</v>
+      </c>
+      <c r="D62" s="0">
+        <v>33269</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L62" s="0">
-        <v>1</v>
+        <v>24</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="D63" s="0">
-        <v>33269</v>
+        <v>33270</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>214</v>
+        <v>25</v>
       </c>
       <c r="L63" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="D64" s="0">
-        <v>33270</v>
+        <v>33271</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L64" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="D65" s="0">
-        <v>33271</v>
+        <v>14953</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>262</v>
+        <v>79</v>
       </c>
       <c r="L65" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>264</v>
-[...2 lines deleted...]
-        <v>14953</v>
+        <v>266</v>
+      </c>
+      <c r="D66" s="0" t="s">
+        <v>267</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="F66" s="0"/>
+        <v>268</v>
+      </c>
+      <c r="F66" s="0" t="s">
+        <v>269</v>
+      </c>
       <c r="G66" s="0" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="L66" s="0">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="D67" s="0" t="s">
+        <v>273</v>
+      </c>
+      <c r="E67" s="0" t="s">
         <v>268</v>
       </c>
-      <c r="E67" s="0" t="s">
+      <c r="F67" s="0" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
       <c r="G67" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L67" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="E68" s="0" t="s">
+        <v>268</v>
+      </c>
+      <c r="F68" s="0" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
       <c r="G68" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L68" s="0">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="E69" s="0" t="s">
+        <v>268</v>
+      </c>
+      <c r="F69" s="0" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
       <c r="G69" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L69" s="0">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-        <v>282</v>
+        <v>284</v>
+      </c>
+      <c r="D70" s="0">
+        <v>15504</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>269</v>
+        <v>22</v>
       </c>
       <c r="F70" s="0" t="s">
-        <v>270</v>
+        <v>200</v>
       </c>
       <c r="G70" s="0" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>25</v>
+        <v>286</v>
       </c>
       <c r="L70" s="0">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="D71" s="0">
-        <v>15504</v>
+        <v>33255</v>
       </c>
       <c r="E71" s="0" t="s">
         <v>22</v>
       </c>
-      <c r="F71" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="L71" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="D72" s="0">
-        <v>33255</v>
+        <v>33256</v>
       </c>
       <c r="E72" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L72" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>291</v>
-[...2 lines deleted...]
-        <v>33256</v>
+        <v>294</v>
+      </c>
+      <c r="D73" s="0" t="s">
+        <v>295</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L73" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L73" s="0"/>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="E74" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>296</v>
+        <v>35</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L74" s="0"/>
+      <c r="L74" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>298</v>
-[...2 lines deleted...]
-        <v>299</v>
+        <v>301</v>
+      </c>
+      <c r="D75" s="0">
+        <v>15620</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="F75" s="0"/>
+        <v>22</v>
+      </c>
+      <c r="F75" s="0" t="s">
+        <v>302</v>
+      </c>
       <c r="G75" s="0" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>35</v>
+        <v>303</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L75" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="D76" s="0">
-        <v>15620</v>
+        <v>15621</v>
       </c>
       <c r="E76" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F76" s="0" t="s">
         <v>302</v>
       </c>
       <c r="G76" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L76" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="D77" s="0">
-        <v>15621</v>
+        <v>51274700</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="F77" s="0" t="s">
-        <v>302</v>
+        <v>146</v>
       </c>
       <c r="G77" s="0" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L77" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="D78" s="0">
-        <v>51274700</v>
+        <v>15623</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="F78" s="0" t="s">
-        <v>145</v>
+        <v>302</v>
       </c>
       <c r="G78" s="0" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L78" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="D79" s="0">
-        <v>15623</v>
+        <v>33261</v>
       </c>
       <c r="E79" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F79" s="0" t="s">
-        <v>302</v>
+        <v>315</v>
       </c>
       <c r="G79" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L79" s="0">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="D80" s="0">
-        <v>33261</v>
+        <v>33262</v>
       </c>
       <c r="E80" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F80" s="0" t="s">
         <v>315</v>
       </c>
       <c r="G80" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L80" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="D81" s="0">
-        <v>33262</v>
+        <v>84926</v>
       </c>
       <c r="E81" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F81" s="0" t="s">
-        <v>315</v>
+        <v>232</v>
       </c>
       <c r="G81" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
-        <v>61</v>
+        <v>25</v>
       </c>
       <c r="L81" s="0">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>321</v>
-[...2 lines deleted...]
-        <v>84926</v>
+        <v>324</v>
+      </c>
+      <c r="D82" s="0" t="s">
+        <v>325</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>326</v>
+      </c>
+      <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L82" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L82" s="0"/>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="E83" s="0" t="s">
         <v>326</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L83" s="0"/>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="E84" s="0" t="s">
         <v>326</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L84" s="0"/>
+      <c r="L84" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>326</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L85" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L85" s="0"/>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="E86" s="0" t="s">
         <v>326</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L86" s="0"/>
+      <c r="L86" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="E87" s="0" t="s">
         <v>326</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L87" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L87" s="0"/>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="E88" s="0" t="s">
         <v>326</v>
       </c>
       <c r="F88" s="0"/>
       <c r="G88" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L88" s="0"/>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="E89" s="0" t="s">
         <v>326</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L89" s="0"/>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="E90" s="0" t="s">
         <v>326</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L90" s="0"/>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="E91" s="0" t="s">
         <v>326</v>
       </c>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L91" s="0"/>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="E92" s="0" t="s">
         <v>326</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L92" s="0"/>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="E93" s="0" t="s">
         <v>326</v>
       </c>
       <c r="F93" s="0"/>
       <c r="G93" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L93" s="0"/>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="E94" s="0" t="s">
         <v>326</v>
       </c>
       <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L94" s="0"/>
+      <c r="L94" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="E95" s="0" t="s">
         <v>326</v>
       </c>
       <c r="F95" s="0"/>
       <c r="G95" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L95" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L95" s="0"/>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="E96" s="0" t="s">
         <v>326</v>
       </c>
       <c r="F96" s="0"/>
       <c r="G96" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L96" s="0"/>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="E97" s="0" t="s">
         <v>326</v>
       </c>
       <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L97" s="0"/>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="E98" s="0" t="s">
         <v>326</v>
       </c>
       <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L98" s="0"/>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>389</v>
-[...2 lines deleted...]
-        <v>390</v>
+        <v>393</v>
+      </c>
+      <c r="D99" s="0">
+        <v>650678</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>326</v>
-[...1 lines deleted...]
-      <c r="F99" s="0"/>
+        <v>101</v>
+      </c>
+      <c r="F99" s="0" t="s">
+        <v>394</v>
+      </c>
       <c r="G99" s="0" t="s">
-        <v>41</v>
+        <v>28</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L99" s="0"/>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>393</v>
-[...2 lines deleted...]
-        <v>650678</v>
+        <v>397</v>
+      </c>
+      <c r="D100" s="0" t="s">
+        <v>398</v>
       </c>
       <c r="E100" s="0" t="s">
-        <v>101</v>
-[...3 lines deleted...]
-      </c>
+        <v>326</v>
+      </c>
+      <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L100" s="0"/>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="E101" s="0" t="s">
         <v>326</v>
       </c>
       <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L101" s="0"/>
+      <c r="L101" s="0">
+        <v>2</v>
+      </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>401</v>
-[...2 lines deleted...]
-        <v>402</v>
+        <v>405</v>
+      </c>
+      <c r="D102" s="0">
+        <v>33282</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>326</v>
-[...1 lines deleted...]
-      <c r="F102" s="0"/>
+        <v>22</v>
+      </c>
+      <c r="F102" s="0" t="s">
+        <v>232</v>
+      </c>
       <c r="G102" s="0" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L102" s="0">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="D103" s="0">
-        <v>33282</v>
+        <v>15506</v>
       </c>
       <c r="E103" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F103" s="0" t="s">
-        <v>233</v>
+        <v>200</v>
       </c>
       <c r="G103" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L103" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="D104" s="0">
-        <v>15506</v>
+        <v>15503</v>
       </c>
       <c r="E104" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F104" s="0" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="G104" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L104" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>411</v>
-[...2 lines deleted...]
-        <v>15503</v>
+        <v>414</v>
+      </c>
+      <c r="D105" s="0" t="s">
+        <v>415</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>326</v>
+      </c>
+      <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L105" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L105" s="0"/>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>414</v>
-[...2 lines deleted...]
-        <v>415</v>
+        <v>418</v>
+      </c>
+      <c r="D106" s="0">
+        <v>15505</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>326</v>
-[...1 lines deleted...]
-      <c r="F106" s="0"/>
+        <v>22</v>
+      </c>
+      <c r="F106" s="0" t="s">
+        <v>200</v>
+      </c>
       <c r="G106" s="0" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L106" s="0"/>
+      <c r="L106" s="0">
+        <v>4</v>
+      </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="D107" s="0">
-        <v>15505</v>
+        <v>11444</v>
       </c>
       <c r="E107" s="0" t="s">
         <v>22</v>
       </c>
-      <c r="F107" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F107" s="0"/>
       <c r="G107" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L107" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
-      <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-        <v>11444</v>
+        <v>424</v>
+      </c>
+      <c r="D108" s="0" t="s">
+        <v>425</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>22</v>
+        <v>426</v>
       </c>
       <c r="F108" s="0"/>
       <c r="G108" s="0" t="s">
-        <v>23</v>
+        <v>427</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>422</v>
+        <v>428</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="L108" s="0"/>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="B109" s="0" t="s">
-        <v>423</v>
+        <v>429</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>424</v>
+        <v>430</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>425</v>
+        <v>431</v>
       </c>
       <c r="E109" s="0" t="s">
         <v>426</v>
       </c>
       <c r="F109" s="0"/>
       <c r="G109" s="0" t="s">
         <v>427</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L109" s="0"/>
+      <c r="L109" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
+      <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>430</v>
-[...2 lines deleted...]
-        <v>431</v>
+        <v>434</v>
+      </c>
+      <c r="D110" s="0">
+        <v>30331</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>426</v>
-[...1 lines deleted...]
-      <c r="F110" s="0"/>
+        <v>22</v>
+      </c>
+      <c r="F110" s="0" t="s">
+        <v>435</v>
+      </c>
       <c r="G110" s="0" t="s">
-        <v>427</v>
+        <v>28</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L110" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L110" s="0"/>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="D111" s="0">
-        <v>30331</v>
+        <v>33249</v>
       </c>
       <c r="E111" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F111" s="0" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="G111" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L111" s="0"/>
+    </row>
+    <row r="112" spans="1:12" customHeight="1" ht="80">
+      <c r="A112" s="0"/>
+      <c r="B112" s="0" t="s">
+        <v>441</v>
+      </c>
+      <c r="C112" s="0" t="s">
+        <v>442</v>
+      </c>
+      <c r="D112" s="0">
+        <v>33273</v>
+      </c>
+      <c r="E112" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="F112" s="0" t="s">
+        <v>443</v>
+      </c>
+      <c r="G112" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="H112" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I112" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="J112" s="0"/>
+      <c r="K112" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="L112" s="0"/>
+    </row>
+    <row r="113" spans="1:12" customHeight="1" ht="80">
+      <c r="A113" s="0"/>
+      <c r="B113" s="0" t="s">
+        <v>445</v>
+      </c>
+      <c r="C113" s="0" t="s">
+        <v>446</v>
+      </c>
+      <c r="D113" s="0">
+        <v>33272</v>
+      </c>
+      <c r="E113" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="F113" s="0" t="s">
+        <v>443</v>
+      </c>
+      <c r="G113" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="H113" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I113" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="J113" s="0"/>
+      <c r="K113" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="L113" s="0"/>
+    </row>
+    <row r="114" spans="1:12" customHeight="1" ht="80">
+      <c r="B114" s="0" t="s">
+        <v>448</v>
+      </c>
+      <c r="C114" s="0" t="s">
+        <v>449</v>
+      </c>
+      <c r="D114" s="0">
+        <v>14033</v>
+      </c>
+      <c r="E114" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="F114" s="0" t="s">
+        <v>450</v>
+      </c>
+      <c r="G114" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="H114" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I114" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="J114" s="0"/>
+      <c r="K114" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="L114" s="0"/>
+    </row>
+    <row r="115" spans="1:12" customHeight="1" ht="80">
+      <c r="B115" s="0" t="s">
+        <v>452</v>
+      </c>
+      <c r="C115" s="0" t="s">
+        <v>453</v>
+      </c>
+      <c r="D115" s="0" t="s">
+        <v>454</v>
+      </c>
+      <c r="E115" s="0" t="s">
+        <v>455</v>
+      </c>
+      <c r="F115" s="0" t="s">
+        <v>456</v>
+      </c>
+      <c r="G115" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="H115" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I115" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="J115" s="0"/>
+      <c r="K115" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="L115" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -8635,50 +8884,54 @@
     <hyperlink ref="B87" r:id="rId_hyperlink_86"/>
     <hyperlink ref="B88" r:id="rId_hyperlink_87"/>
     <hyperlink ref="B89" r:id="rId_hyperlink_88"/>
     <hyperlink ref="B90" r:id="rId_hyperlink_89"/>
     <hyperlink ref="B91" r:id="rId_hyperlink_90"/>
     <hyperlink ref="B92" r:id="rId_hyperlink_91"/>
     <hyperlink ref="B93" r:id="rId_hyperlink_92"/>
     <hyperlink ref="B94" r:id="rId_hyperlink_93"/>
     <hyperlink ref="B95" r:id="rId_hyperlink_94"/>
     <hyperlink ref="B96" r:id="rId_hyperlink_95"/>
     <hyperlink ref="B97" r:id="rId_hyperlink_96"/>
     <hyperlink ref="B98" r:id="rId_hyperlink_97"/>
     <hyperlink ref="B99" r:id="rId_hyperlink_98"/>
     <hyperlink ref="B100" r:id="rId_hyperlink_99"/>
     <hyperlink ref="B101" r:id="rId_hyperlink_100"/>
     <hyperlink ref="B102" r:id="rId_hyperlink_101"/>
     <hyperlink ref="B103" r:id="rId_hyperlink_102"/>
     <hyperlink ref="B104" r:id="rId_hyperlink_103"/>
     <hyperlink ref="B105" r:id="rId_hyperlink_104"/>
     <hyperlink ref="B106" r:id="rId_hyperlink_105"/>
     <hyperlink ref="B107" r:id="rId_hyperlink_106"/>
     <hyperlink ref="B108" r:id="rId_hyperlink_107"/>
     <hyperlink ref="B109" r:id="rId_hyperlink_108"/>
     <hyperlink ref="B110" r:id="rId_hyperlink_109"/>
     <hyperlink ref="B111" r:id="rId_hyperlink_110"/>
+    <hyperlink ref="B112" r:id="rId_hyperlink_111"/>
+    <hyperlink ref="B113" r:id="rId_hyperlink_112"/>
+    <hyperlink ref="B114" r:id="rId_hyperlink_113"/>
+    <hyperlink ref="B115" r:id="rId_hyperlink_114"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>