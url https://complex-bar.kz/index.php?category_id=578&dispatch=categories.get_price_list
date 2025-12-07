--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="443">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="436">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -242,92 +242,89 @@
   <si>
     <t>Таймеры</t>
   </si>
   <si>
     <t>35836.00₸</t>
   </si>
   <si>
     <t>Таймер (время работы-99минут);пластик;,H=22,L=60,B=50мм;белый,синий</t>
   </si>
   <si>
     <t>04130203</t>
   </si>
   <si>
     <t>24633.00₸</t>
   </si>
   <si>
     <t>Таймер электронный (время работы 24 часа);пластик;,H=22,L=62,B=62мм;белый</t>
   </si>
   <si>
     <t>04130205</t>
   </si>
   <si>
     <t>45700.00₸</t>
   </si>
   <si>
+    <t>Таймер (время работы-20часов);пластик;,H=22,L=62,B=62мм;белый,синий</t>
+  </si>
+  <si>
+    <t>04130206</t>
+  </si>
+  <si>
+    <t>26712.00₸</t>
+  </si>
+  <si>
+    <t>Таймер электронный «Соломон» на магните ;,H=7,L=53,B=70мм;черный</t>
+  </si>
+  <si>
+    <t>04131006</t>
+  </si>
+  <si>
+    <t>Соломон</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>2730.00₸</t>
+  </si>
+  <si>
+    <t>Термометр (+38+316С);сталь;D=70,H=85,B=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>04142309</t>
+  </si>
+  <si>
+    <t>19709-00</t>
+  </si>
+  <si>
+    <t>9864.00₸</t>
+  </si>
+  <si>
     <t>3 шт.</t>
   </si>
   <si>
-    <t>Таймер (время работы-20часов);пластик;,H=22,L=62,B=62мм;белый,синий</t>
-[...37 lines deleted...]
-  <si>
     <t>Держатель д/термометра 4142317;сталь;,H=25,L=135,B=70мм;металлич.</t>
   </si>
   <si>
     <t>04142318</t>
   </si>
   <si>
     <t>47842-00</t>
   </si>
   <si>
     <t>Прочее для термометров</t>
   </si>
   <si>
     <t>37638.00₸</t>
   </si>
   <si>
     <t>Термометр д/мяса(-50+150C);пластик,сталь;D=30,L=150,B=19мм;черный,металлич.</t>
   </si>
   <si>
     <t>04142324</t>
   </si>
   <si>
     <t>19701-00</t>
   </si>
   <si>
     <t>21876.00₸</t>
@@ -449,104 +446,98 @@
   <si>
     <t>04144105</t>
   </si>
   <si>
     <t>73189.00₸</t>
   </si>
   <si>
     <t>Термометр цифровой(-50+150С);пластик,сталь нерж.;,H=30,L=300,B=155мм;серый,металлич.</t>
   </si>
   <si>
     <t>04144106</t>
   </si>
   <si>
     <t>79372.00₸</t>
   </si>
   <si>
     <t>Термометр д/мяса (0+120С);сталь,пластик;D=52,L=165/145мм;металлич.,красный</t>
   </si>
   <si>
     <t>04144110</t>
   </si>
   <si>
     <t>18034.00₸</t>
   </si>
   <si>
-    <t>4 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Термометр цифровой (-50+200С);сталь нерж.,пластик;,H=30,L=168,B=90мм;металлич.,белый</t>
   </si>
   <si>
     <t>04144111</t>
   </si>
   <si>
     <t>32233.00₸</t>
   </si>
   <si>
     <t>Термометр д/холодильника (-50+50С);пластик;D=70,H=15мм;белый</t>
   </si>
   <si>
     <t>04144112</t>
   </si>
   <si>
     <t>072250</t>
   </si>
   <si>
     <t>9163.00₸</t>
   </si>
   <si>
     <t>Термометр цифровой(-50+200С);,L=20см</t>
   </si>
   <si>
     <t>04144114</t>
   </si>
   <si>
     <t>49342.00₸</t>
   </si>
   <si>
     <t>Измеритель плотности;стекло;,L=16см</t>
   </si>
   <si>
     <t>04144116</t>
   </si>
   <si>
     <t>11381.00₸</t>
   </si>
   <si>
     <t>Запасная лопатка д/термометра 113090 «Экзогласс»;пластик;,H=1,L=32,B=5см</t>
   </si>
   <si>
     <t>04144121</t>
   </si>
   <si>
     <t>6622.00₸</t>
   </si>
   <si>
-    <t>26 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Рефрактометр (58-90%);,L=15см</t>
   </si>
   <si>
     <t>04144122</t>
   </si>
   <si>
     <t>107731.00₸</t>
   </si>
   <si>
     <t>Держатель д/термометра;сталь нерж.</t>
   </si>
   <si>
     <t>04144124</t>
   </si>
   <si>
     <t>22492.00₸</t>
   </si>
   <si>
     <t>Термометр (0+120);,L=30см</t>
   </si>
   <si>
     <t>04144125</t>
   </si>
   <si>
     <t>12390.00₸</t>
@@ -590,104 +581,107 @@
   <si>
     <t>Первый термометровый завод</t>
   </si>
   <si>
     <t>501.00₸</t>
   </si>
   <si>
     <t>более 1 000 шт.</t>
   </si>
   <si>
     <t>Термометр-гигрометр (+15 +40C) «Вит-2»</t>
   </si>
   <si>
     <t>04144138</t>
   </si>
   <si>
     <t>Вит-2</t>
   </si>
   <si>
     <t>HLP</t>
   </si>
   <si>
     <t>24640.00₸</t>
   </si>
   <si>
-    <t>22 шт.</t>
+    <t>45 шт.</t>
   </si>
   <si>
     <t>Термометр-гигрометр «Вит-1»;,H=29,B=12см</t>
   </si>
   <si>
     <t>04144141</t>
   </si>
   <si>
     <t>Вит-1</t>
   </si>
   <si>
     <t>24440.00₸</t>
   </si>
   <si>
-    <t>47 шт.</t>
+    <t>14 шт.</t>
   </si>
   <si>
     <t>Термометр ТС-7АМК  с крючком -35 +50</t>
   </si>
   <si>
     <t>04144150</t>
   </si>
   <si>
     <t>SW770</t>
   </si>
   <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Рефрактометр;,H=55,L=109,B=31мм</t>
+  </si>
+  <si>
+    <t>04144155</t>
+  </si>
+  <si>
+    <t>584022.00₸</t>
+  </si>
+  <si>
+    <t>Термометр (от -10°C до +110°C);сталь;D=45,L=145мм;стальной</t>
+  </si>
+  <si>
+    <t>04144448</t>
+  </si>
+  <si>
+    <t>WD01</t>
+  </si>
+  <si>
+    <t>Doppio</t>
+  </si>
+  <si>
+    <t>3710.00₸</t>
+  </si>
+  <si>
     <t>более 100 шт.</t>
   </si>
   <si>
-    <t>Рефрактометр;,H=55,L=109,B=31мм</t>
-[...22 lines deleted...]
-  <si>
     <t>Термометр электронный (от -50°C до +300°C);сталь;,L=130,B=45мм;бордо,стальной</t>
   </si>
   <si>
     <t>04144449</t>
   </si>
   <si>
     <t>WD02</t>
   </si>
   <si>
     <t>8799.00₸</t>
   </si>
   <si>
     <t>Весы электр. 15М 15кг  с адаптер.;пластик,металл;,H=95,L=352,B=325мм;7вт;металлич.</t>
   </si>
   <si>
     <t>08070101</t>
   </si>
   <si>
     <t>AP-15М ВТ</t>
   </si>
   <si>
     <t>Cas</t>
   </si>
   <si>
     <t>116354.00₸</t>
@@ -731,65 +725,71 @@
   <si>
     <t>Весы электр. CAS AP-30M BT 30кг дискретность 30(15)кг/10(5)г. дискретность 30(15)к;пластик,металл;,H</t>
   </si>
   <si>
     <t>08070107</t>
   </si>
   <si>
     <t>AP-30M BT</t>
   </si>
   <si>
     <t>212429.00₸</t>
   </si>
   <si>
     <t>Весы электр. SW-10 10кг  с адаптер.дискретность 5г. дискретность 5г.;пластик,металл;,H=13,7,L=28,7,B</t>
   </si>
   <si>
     <t>08070108</t>
   </si>
   <si>
     <t>SW-10</t>
   </si>
   <si>
     <t>98672.00₸</t>
   </si>
   <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
     <t>Весы электр. AD-10H 10кг дискретность 1г.;,H=95,L=352,B=325мм;металлич.</t>
   </si>
   <si>
     <t>08070109</t>
   </si>
   <si>
     <t>AD-10H</t>
   </si>
   <si>
     <t>КОРЕЯ, РЕСПУБЛИКА</t>
   </si>
   <si>
     <t>271264.00₸</t>
   </si>
   <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
     <t>Весы электр. PW-5H 5кг  с адаптер.дискретность 1г. дискретность 1г.;пластик,металл;,H=65,L=245,B=225</t>
   </si>
   <si>
     <t>08070110</t>
   </si>
   <si>
     <t>PW-5H - PW3</t>
   </si>
   <si>
     <t>173628.00₸</t>
   </si>
   <si>
     <t>Весы электр. SW-5 5кг с адаптер.дискретность 2г. дискретность 2г.;пластик,металл;,H=13,7,L=28,7,B=26</t>
   </si>
   <si>
     <t>08070111</t>
   </si>
   <si>
     <t>SW-5</t>
   </si>
   <si>
     <t>97825.00₸</t>
   </si>
   <si>
     <t>9 шт.</t>
@@ -809,515 +809,485 @@
   <si>
     <t>Адаптер д/весов 9V CAS;пластик,металл;,H=43,L=68,B=50мм;черный</t>
   </si>
   <si>
     <t>08070113</t>
   </si>
   <si>
     <t>9V</t>
   </si>
   <si>
     <t>14959.00₸</t>
   </si>
   <si>
     <t>Весы электр. SW-20 20кг с адаптер.дискретность 10г. дискретность 10г.;пластик,металл;,H=13,7,L=28,7,</t>
   </si>
   <si>
     <t>08070115</t>
   </si>
   <si>
     <t>SW-20</t>
   </si>
   <si>
     <t>98140.00₸</t>
   </si>
   <si>
+    <t>18 шт.</t>
+  </si>
+  <si>
+    <t>Весы электр.товарные DL-100 100кг;пластик,металл;,H=71,L=35,B=52см;10вт;белый</t>
+  </si>
+  <si>
+    <t>08070117</t>
+  </si>
+  <si>
+    <t>DL-100</t>
+  </si>
+  <si>
+    <t>265909.00₸</t>
+  </si>
+  <si>
+    <t>Весы электр. AD-25 25кг дискретность 5г.;пластик,металл;,H=10,5,L=35,B=32,5см;10вт;белый</t>
+  </si>
+  <si>
+    <t>08070120</t>
+  </si>
+  <si>
+    <t>AD-25</t>
+  </si>
+  <si>
+    <t>173810.00₸</t>
+  </si>
+  <si>
+    <t>Весы электр. AD-20H 20кг;пластик,металл;,H=10,5,L=35,B=32,5см;10вт;белый</t>
+  </si>
+  <si>
+    <t>08070124</t>
+  </si>
+  <si>
+    <t>AD-20H</t>
+  </si>
+  <si>
+    <t>243495.00₸</t>
+  </si>
+  <si>
+    <t>Весы электр. AD5H 5кг;пластик,металл;,H=10,5,L=35,B=32,5см;10вт;белый</t>
+  </si>
+  <si>
+    <t>08070125</t>
+  </si>
+  <si>
+    <t>AD5H</t>
+  </si>
+  <si>
+    <t>234850.00₸</t>
+  </si>
+  <si>
+    <t>Весы электр.лабораторные MWP-1500 1.5кг дискретность 0.05г. дискретность 0.05г</t>
+  </si>
+  <si>
+    <t>08070128</t>
+  </si>
+  <si>
+    <t>MWP-1500</t>
+  </si>
+  <si>
+    <t>234948.00₸</t>
+  </si>
+  <si>
+    <t>Весы электр. CAS SWII-5 с адаптер.дискретность 1г.;пластик;,H=13,L=23,B=19см;7вт;белый</t>
+  </si>
+  <si>
+    <t>08070140</t>
+  </si>
+  <si>
+    <t>SWII-5</t>
+  </si>
+  <si>
+    <t>118223.00₸</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Весы электр.CAS ND-300E</t>
+  </si>
+  <si>
+    <t>08070142</t>
+  </si>
+  <si>
+    <t>ND-300E</t>
+  </si>
+  <si>
+    <t>263445.00₸</t>
+  </si>
+  <si>
+    <t>Весы электр.CAS PB-60</t>
+  </si>
+  <si>
+    <t>08070144</t>
+  </si>
+  <si>
+    <t>PB-60</t>
+  </si>
+  <si>
+    <t>187750.00₸</t>
+  </si>
+  <si>
+    <t>Весы электр.CAS PB-150 150кг;,H=35,5,L=61,B=65см;10вт</t>
+  </si>
+  <si>
+    <t>08070158</t>
+  </si>
+  <si>
+    <t>CAS PB-150</t>
+  </si>
+  <si>
+    <t>322022.00₸</t>
+  </si>
+  <si>
+    <t>Весы электр.CAS;,H=75,L=40,B=63см</t>
+  </si>
+  <si>
+    <t>08070161</t>
+  </si>
+  <si>
+    <t>HD-300</t>
+  </si>
+  <si>
+    <t>156835.00₸</t>
+  </si>
+  <si>
+    <t>Весы электр.SW-10W 10кг с адапт.влагозащ.;пластик,металл;,H=13,7,L=28,7,B=26см;10вт;белый</t>
+  </si>
+  <si>
+    <t>08070162</t>
+  </si>
+  <si>
+    <t>SW-10W</t>
+  </si>
+  <si>
+    <t>135863.00₸</t>
+  </si>
+  <si>
+    <t>Весы электр.товарные CAS HD-150 150кг с адапт.дискретность 150(60)кг/50(20)г. дискретн.150(60)кг/5;м</t>
+  </si>
+  <si>
+    <t>08070164</t>
+  </si>
+  <si>
+    <t>HD-150</t>
+  </si>
+  <si>
+    <t>174181.00₸</t>
+  </si>
+  <si>
+    <t>Весы электр.с адаптером DB II-300</t>
+  </si>
+  <si>
+    <t>08070166</t>
+  </si>
+  <si>
+    <t>DB II-300 8090</t>
+  </si>
+  <si>
+    <t>280868.00₸</t>
+  </si>
+  <si>
+    <t>Весы порционные 6кг</t>
+  </si>
+  <si>
+    <t>08070171</t>
+  </si>
+  <si>
+    <t>SWN-06(DD)</t>
+  </si>
+  <si>
+    <t>93800.00₸</t>
+  </si>
+  <si>
+    <t>Весы электр.30кг дискретность 10г</t>
+  </si>
+  <si>
+    <t>08070176</t>
+  </si>
+  <si>
+    <t>CAS SWN-30DD</t>
+  </si>
+  <si>
+    <t>97118.00₸</t>
+  </si>
+  <si>
+    <t>Весы электр.торговые со стойкой CAS ER JR-6CBU</t>
+  </si>
+  <si>
+    <t>08070177</t>
+  </si>
+  <si>
+    <t>ER JR-6CBU</t>
+  </si>
+  <si>
+    <t>111636.00₸</t>
+  </si>
+  <si>
+    <t>Весы электр. 6 кг</t>
+  </si>
+  <si>
+    <t>08070178</t>
+  </si>
+  <si>
+    <t>SWN-6</t>
+  </si>
+  <si>
+    <t>74760.00₸</t>
+  </si>
+  <si>
+    <t>Весы электр. 15кг</t>
+  </si>
+  <si>
+    <t>08070179</t>
+  </si>
+  <si>
+    <t>SWN-15</t>
+  </si>
+  <si>
+    <t>85400.00₸</t>
+  </si>
+  <si>
+    <t>Весы напольные CAS DB II-150E 220 W</t>
+  </si>
+  <si>
+    <t>08070180</t>
+  </si>
+  <si>
+    <t>DBII-150E</t>
+  </si>
+  <si>
+    <t>212800.00₸</t>
+  </si>
+  <si>
+    <t>Весы электр.SM6;сталь нерж.,абс-пластик;,H=16,L=25,B=23см</t>
+  </si>
+  <si>
+    <t>08070181</t>
+  </si>
+  <si>
+    <t>304227.00₸</t>
+  </si>
+  <si>
+    <t>Весы электронные SWII-5(DD) 5кг с адаптером;,H=13,7,L=26,B=28,7см</t>
+  </si>
+  <si>
+    <t>08070198</t>
+  </si>
+  <si>
+    <t>SWII-5(DD)</t>
+  </si>
+  <si>
+    <t>135397.00₸</t>
+  </si>
+  <si>
+    <t>Весы электр.лабораторные CUW-4200S</t>
+  </si>
+  <si>
+    <t>08070303</t>
+  </si>
+  <si>
+    <t>CUW-4200S</t>
+  </si>
+  <si>
+    <t>955209.00₸</t>
+  </si>
+  <si>
+    <t>Весы электр.товарные BW-60RB</t>
+  </si>
+  <si>
+    <t>08070304</t>
+  </si>
+  <si>
+    <t>BW-60RB</t>
+  </si>
+  <si>
+    <t>474495.00₸</t>
+  </si>
+  <si>
+    <t>Весы электр.порционные SWN-03 С АКБ</t>
+  </si>
+  <si>
+    <t>08070305</t>
+  </si>
+  <si>
+    <t>SWN-03 С АКБ</t>
+  </si>
+  <si>
+    <t>88011.00₸</t>
+  </si>
+  <si>
+    <t>Весы;,H=15,5,L=14,B=10,5см;кофейн.</t>
+  </si>
+  <si>
+    <t>09100801</t>
+  </si>
+  <si>
+    <t>TP32</t>
+  </si>
+  <si>
+    <t>Taylor</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
+  </si>
+  <si>
+    <t>51606.00₸</t>
+  </si>
+  <si>
+    <t>15 шт.</t>
+  </si>
+  <si>
+    <t>Термометр д/холодильника/морозильника</t>
+  </si>
+  <si>
+    <t>09100805</t>
+  </si>
+  <si>
+    <t>6932.00₸</t>
+  </si>
+  <si>
+    <t>Весы;,H=15,5,L=14,B=10,5см;бежев.</t>
+  </si>
+  <si>
+    <t>09100849</t>
+  </si>
+  <si>
+    <t>TP16</t>
+  </si>
+  <si>
+    <t>50289.00₸</t>
+  </si>
+  <si>
+    <t>Весы 5кг;,H=55,L=195,B=145мм</t>
+  </si>
+  <si>
+    <t>09101214</t>
+  </si>
+  <si>
+    <t>TE10FT</t>
+  </si>
+  <si>
+    <t>88655.00₸</t>
+  </si>
+  <si>
+    <t>Термометр (-40+260C);пластик;синий,черный</t>
+  </si>
+  <si>
+    <t>09101216</t>
+  </si>
+  <si>
+    <t>93230-K</t>
+  </si>
+  <si>
+    <t>245084.00₸</t>
+  </si>
+  <si>
+    <t>08070310</t>
+  </si>
+  <si>
+    <t>CAS SWN-30DD с АКБ</t>
+  </si>
+  <si>
+    <t>91000.00₸</t>
+  </si>
+  <si>
+    <t>Термометр для холодильника (-50+50° C);D=55,L=65,B=55мм;белый</t>
+  </si>
+  <si>
+    <t>04146700</t>
+  </si>
+  <si>
+    <t>MRT50</t>
+  </si>
+  <si>
+    <t>Sunnex</t>
+  </si>
+  <si>
+    <t>2450.00₸</t>
+  </si>
+  <si>
+    <t>Термометр электронный «Магистро» с щупом (-50 +300C);пластик,сталь нерж.;,L=20см;черный</t>
+  </si>
+  <si>
+    <t>04142434</t>
+  </si>
+  <si>
+    <t>Magistro</t>
+  </si>
+  <si>
+    <t>5131.00₸</t>
+  </si>
+  <si>
+    <t>Платформа для весов CAS SW-2;сталь нерж.;,H=17,L=195мм;металлич.</t>
+  </si>
+  <si>
+    <t>08070309</t>
+  </si>
+  <si>
+    <t>RP CAS</t>
+  </si>
+  <si>
+    <t>10703.00₸</t>
+  </si>
+  <si>
+    <t>Термометр электронный с щупом (-50 +300C);пластик,сталь нерж.;,L=20см;черный</t>
+  </si>
+  <si>
+    <t>04142435</t>
+  </si>
+  <si>
+    <t>Hold</t>
+  </si>
+  <si>
+    <t>2996.00₸</t>
+  </si>
+  <si>
+    <t>Термометр «MHW-3Bomber» электронный;сталь нерж.;,L=15,2см;серебрист.,черный</t>
+  </si>
+  <si>
+    <t>04144457</t>
+  </si>
+  <si>
+    <t>СТ5602</t>
+  </si>
+  <si>
+    <t>MHW-3Bomber</t>
+  </si>
+  <si>
+    <t>22985.00₸</t>
+  </si>
+  <si>
     <t>31 шт.</t>
   </si>
   <si>
-    <t>Весы электр.товарные DL-100 100кг;пластик,металл;,H=71,L=35,B=52см;10вт;белый</t>
-[...460 lines deleted...]
-  <si>
     <t>Весы эл.порционные CAS SWN-30 (DD) с акб</t>
   </si>
   <si>
     <t>08070313</t>
   </si>
   <si>
     <t>SWN-30 (DD) с акб</t>
   </si>
   <si>
     <t>85848.00₸</t>
   </si>
   <si>
     <t>Весы электронные лабораторные CAS CUX-220H;,H=78,L=190,B=317мм;10вт;серый</t>
   </si>
   <si>
     <t>08070316</t>
   </si>
   <si>
     <t>CUX-220H</t>
   </si>
   <si>
     <t>481058.00₸</t>
   </si>
   <si>
     <t>Термометр (от -40°C до +70°C)</t>
@@ -1344,50 +1314,59 @@
     <t>DTT-300</t>
   </si>
   <si>
     <t>7896.00₸</t>
   </si>
   <si>
     <t>Термометр (до +300°C) для мяса;D=5см</t>
   </si>
   <si>
     <t>04144460</t>
   </si>
   <si>
     <t>THFM-20S1</t>
   </si>
   <si>
     <t>Термометр (от -50°C до +200°C)</t>
   </si>
   <si>
     <t>04144461</t>
   </si>
   <si>
     <t>THDP-572H</t>
   </si>
   <si>
     <t>7791.00₸</t>
+  </si>
+  <si>
+    <t>Таймер (время работы - 99 часов);пластик;,L=85,B=65мм;черный</t>
+  </si>
+  <si>
+    <t>04130213</t>
+  </si>
+  <si>
+    <t>18996.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1402,51 +1381,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/637EEBC0-424B-11E8-A155-00259035BB671.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2C3864E-E3C4-11EB-BBF2-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC497C76-424B-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D246B067-424B-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6067F9F-814B-11E9-BBBA-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6067FA0-814B-11E9-BBBA-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC11DB7F-814B-11E9-BBBA-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F248221F-814B-11E9-BBBA-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E9D3630F-EAEE-11EF-BC4E-00505692C4479.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A426478-8148-11E9-BBBA-005056921CC410.gif"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE83A069-E3D4-11EB-BBF2-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C237054-21C7-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6611DC04-21C7-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6611DB52-21C7-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C236FA2-21C7-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/241A8A88-020B-11EF-BC54-00505692E04916.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6611D972-21C7-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B055BD1-424D-11E8-A155-00259035BB6718.gif"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9BCAA10-696B-11EC-BBF7-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD380378-424E-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75710464-424F-11E8-A155-00259035BB6721.gif"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57661F9B-424F-11E8-A155-00259035BB6722.gif"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D6CA2D2-424F-11E8-A155-00259035BB6723.gif"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B64BFDF2-EDF1-11EA-BBDB-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/066D9A27-21C9-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E609-424F-11E8-A155-00259035BB6726.gif"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99E17EA9-424F-11E8-A155-00259035BB6727.gif"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99E17EAA-424F-11E8-A155-00259035BB6728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99E17EAB-424F-11E8-A155-00259035BB6729.gif"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99E17EAC-424F-11E8-A155-00259035BB6730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99E17EAD-424F-11E8-A155-00259035BB6731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/131BB5B7-3126-11EC-BBF4-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3F81AB9-424F-11E8-A155-00259035BB6733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6611D76E-21C7-11EE-BC0D-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3616B142-4250-11E8-A155-00259035BB6735.gif"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C0E3FF8-4250-11E8-A155-00259035BB6736.gif"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11FBDBA5-E3D6-11EB-BBF2-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA0806BF-4250-11E8-A155-00259035BB6738.gif"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D20255CB-4250-11E8-A155-00259035BB6739.gif"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE02B1C3-4250-11E8-A155-00259035BB6740.gif"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC11191A-4250-11E8-A155-00259035BB6741.gif"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6544D65-21C6-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C21A77A-4252-11E8-A155-00259035BB6743.gif"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67F9B1B9-E63A-11EF-BC4E-00505692C44744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FFFCC17-21C7-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FFFCB65-21C7-11EE-BC0D-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F870BC2A-1516-11EA-BBC6-005056921CC447.gif"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A272A824-21C7-11EE-BC0D-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C322CCDB-1E4B-11EC-BBF2-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A0F8BBD-2619-11F0-BC4F-00505692C44750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4839A8DF-2231-11EE-BC0D-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4839A6FD-2231-11EE-BC0D-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4839A59B-2231-11EE-BC0D-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/422DDCF8-2231-11EE-BC0D-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2F7DF9A-424C-11E8-A155-00259035BB6755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/422DDDAA-2231-11EE-BC0D-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153BC8E3-424F-11E8-A155-00259035BB6757.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4839A376-2231-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/422DDB4A-2231-11EE-BC0D-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7BA8FE96-424B-11E8-A155-00259035BB6760.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6268122E-3126-11EC-BBF4-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/422DDC0E-2231-11EE-BC0D-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F977CE-424D-11E8-A155-00259035BB6763.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5EFEFC17-424D-11E8-A155-00259035BB6764.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4839A64A-2231-11EE-BC0D-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4839A4B6-2231-11EE-BC0D-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8776840F-424F-11E8-A155-00259035BB6767.gif"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7FB4418-4250-11E8-A155-00259035BB6768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A106C58F-EA59-11EB-BBF2-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C1B806B-2231-11EE-BC0D-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C1B8150-2231-11EE-BC0D-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/389E2AAF-4254-11E8-A155-00259035BB6772.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35FC2CD3-2231-11EE-BC0D-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C941AAA-4254-11E8-A155-00259035BB6774.gif"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9AD48578-EA59-11EB-BBF2-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E6B4896-2231-11EE-BC0D-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/422DD88B-2231-11EE-BC0D-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35FC2761-2231-11EE-BC0D-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4839A7E5-2231-11EE-BC0D-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4839A97F-2231-11EE-BC0D-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A747FA35-EA59-11EB-BBF2-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35FC2D97-2231-11EE-BC0D-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/422DDA74-2231-11EE-BC0D-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35FC28A1-2231-11EE-BC0D-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0185A43-E800-11EC-BBFA-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35FC2801-2231-11EE-BC0D-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FF7B1C8-2231-11EE-BC0D-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/641F2030-222F-11EE-BC0D-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62BAE195-8147-11E9-BBBA-005056921CC489.gif"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92845202-8147-11E9-BBBA-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92845204-8147-11E9-BBBA-005056921CC491.gif"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D35DDDC-9DB3-11EF-BC53-00505692E2D092.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA1A2BD1-E3D8-11EF-BC57-00505692E04993.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3FCC64F-E3D8-11EF-BC57-00505692E04994.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A826AB96-9DD9-11EF-BC53-00505692E2D095.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8610FE6F-19E4-11F0-BC4F-00505692C44796.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/637EEBC0-424B-11E8-A155-00259035BB671.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2C3864E-E3C4-11EB-BBF2-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC497C76-424B-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D246B067-424B-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6067F9F-814B-11E9-BBBA-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6067FA0-814B-11E9-BBBA-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC11DB7F-814B-11E9-BBBA-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F248221F-814B-11E9-BBBA-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E9D3630F-EAEE-11EF-BC4E-00505692C4479.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A426478-8148-11E9-BBBA-005056921CC410.gif"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE83A069-E3D4-11EB-BBF2-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C237054-21C7-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6611DC04-21C7-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6611DB52-21C7-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C236FA2-21C7-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/241A8A88-020B-11EF-BC54-00505692E04916.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6611D972-21C7-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B055BD1-424D-11E8-A155-00259035BB6718.gif"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9BCAA10-696B-11EC-BBF7-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD380378-424E-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75710464-424F-11E8-A155-00259035BB6721.gif"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57661F9B-424F-11E8-A155-00259035BB6722.gif"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D6CA2D2-424F-11E8-A155-00259035BB6723.gif"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B64BFDF2-EDF1-11EA-BBDB-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/066D9A27-21C9-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E609-424F-11E8-A155-00259035BB6726.gif"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99E17EA9-424F-11E8-A155-00259035BB6727.gif"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99E17EAA-424F-11E8-A155-00259035BB6728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99E17EAB-424F-11E8-A155-00259035BB6729.gif"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99E17EAC-424F-11E8-A155-00259035BB6730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99E17EAD-424F-11E8-A155-00259035BB6731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/131BB5B7-3126-11EC-BBF4-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3F81AB9-424F-11E8-A155-00259035BB6733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6611D76E-21C7-11EE-BC0D-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3616B142-4250-11E8-A155-00259035BB6735.gif"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C0E3FF8-4250-11E8-A155-00259035BB6736.gif"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11FBDBA5-E3D6-11EB-BBF2-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA0806BF-4250-11E8-A155-00259035BB6738.gif"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D20255CB-4250-11E8-A155-00259035BB6739.gif"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE02B1C3-4250-11E8-A155-00259035BB6740.gif"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC11191A-4250-11E8-A155-00259035BB6741.gif"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6544D65-21C6-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C21A77A-4252-11E8-A155-00259035BB6743.gif"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67F9B1B9-E63A-11EF-BC4E-00505692C44744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FFFCC17-21C7-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FFFCB65-21C7-11EE-BC0D-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F870BC2A-1516-11EA-BBC6-005056921CC447.gif"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A272A824-21C7-11EE-BC0D-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C322CCDB-1E4B-11EC-BBF2-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A0F8BBD-2619-11F0-BC4F-00505692C44750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4839A8DF-2231-11EE-BC0D-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4839A6FD-2231-11EE-BC0D-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4839A59B-2231-11EE-BC0D-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/422DDCF8-2231-11EE-BC0D-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2F7DF9A-424C-11E8-A155-00259035BB6755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/422DDDAA-2231-11EE-BC0D-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153BC8E3-424F-11E8-A155-00259035BB6757.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4839A376-2231-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/422DDB4A-2231-11EE-BC0D-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7BA8FE96-424B-11E8-A155-00259035BB6760.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6268122E-3126-11EC-BBF4-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/422DDC0E-2231-11EE-BC0D-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F977CE-424D-11E8-A155-00259035BB6763.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5EFEFC17-424D-11E8-A155-00259035BB6764.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4839A64A-2231-11EE-BC0D-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4839A4B6-2231-11EE-BC0D-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8776840F-424F-11E8-A155-00259035BB6767.gif"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7FB4418-4250-11E8-A155-00259035BB6768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A106C58F-EA59-11EB-BBF2-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C1B806B-2231-11EE-BC0D-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C1B8150-2231-11EE-BC0D-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/389E2AAF-4254-11E8-A155-00259035BB6772.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35FC2CD3-2231-11EE-BC0D-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C941AAA-4254-11E8-A155-00259035BB6774.gif"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9AD48578-EA59-11EB-BBF2-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E6B4896-2231-11EE-BC0D-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/422DD88B-2231-11EE-BC0D-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35FC2761-2231-11EE-BC0D-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4839A7E5-2231-11EE-BC0D-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4839A97F-2231-11EE-BC0D-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A747FA35-EA59-11EB-BBF2-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35FC2D97-2231-11EE-BC0D-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/422DDA74-2231-11EE-BC0D-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35FC28A1-2231-11EE-BC0D-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0185A43-E800-11EC-BBFA-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35FC2801-2231-11EE-BC0D-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FF7B1C8-2231-11EE-BC0D-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/641F2030-222F-11EE-BC0D-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62BAE195-8147-11E9-BBBA-005056921CC489.gif"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92845202-8147-11E9-BBBA-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92845204-8147-11E9-BBBA-005056921CC491.gif"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D35DDDC-9DB3-11EF-BC53-00505692E2D092.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA1A2BD1-E3D8-11EF-BC57-00505692E04993.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3FCC64F-E3D8-11EF-BC57-00505692E04994.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A826AB96-9DD9-11EF-BC53-00505692E2D095.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8610FE6F-19E4-11F0-BC4F-00505692C44796.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75E9A285-C7F0-11F0-BC5A-00505692E2D097.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -4231,93 +4210,123 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="94" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId94"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
+      <xdr:row>97</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="95" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId95"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>98</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="95" name="" descr=""/>
-[...28 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="96" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId96"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>104</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="97" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId97"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -4576,62 +4585,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-dlya-vina-02070204/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-d-vina-leopold-vienna-02070214/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/areometr-d-spirta-asp-3-0-40-hlp-2-02122201/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/areometr-d-spirta-asp-3-40-70-hlp-2-02122202/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/areometr-d-spirta-asp-1-70-80-gost-18481-81-hlp-2-02122203/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/areometr-d-spirta-asp-1-80-90-gost-18481-81-hlp-2-02122204/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/areometr-d-spirta-aspt-0-60-gost-18481-81-hlp-2-02122205/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/areometr-d-spirta-aspt-60-100-gost-18481-81-hlp-2-02122206/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/areometr-dlya-spirta-aon-4-1000-1500-gost-18481-81-hlp-2-02122208/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schup-zapasnoy-d-art072266-matfer-04012005/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-s-termometrom-matfer-04110602/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/taymer-vremya-raboty-19chasov-paderno-04130202/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/taymer-vremya-raboty-99minut-matfer-04130203/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/taymer-matfer-04130205/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/taymer-vremya-raboty-20chasov-matfer-04130206/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/taymer-elektronnyy-solomon-04131006/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-38316s-paderno-04142309/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-d-termometra-4142317-paderno-04142318/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-d-myasa-50150c-paderno-04142324/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-elektronnyy-infrakr-30200s-paderno-04142326/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sol-tester-0-100s-paderno-04142327/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-kuhonnye-s-chashey-na-2kg-aps-04143202/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-kuhonnye-s-chashey-na-5kg-aps-04143203/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektrkarmannye-500g-matfer-04143204/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektr-karmannye-250gr-paderno-04143209/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-lopatka-20200s-matfer-04144101/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/izmeritel-ph-kislotnosti-matfer-04144102/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-d-karameli-80200s-matfer-04144103/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-d-karameli-80200s-matfer-04144104/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-elektronnyy-50350c-matfer-04144105/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-cifrovoy-50150s-matfer-04144106/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-d-myasa-0120s-matfer-04144110/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-cifrovoy-50200s-matfer-04144111/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-d-holodilnika-5050s-matfer-04144112/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-cifrovoy-50200s-matfer-04144114/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/izmeritel-plotnosti-matfer-04144116/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapasnaya-lopatka-d-termometra-113090-matfer-04144121/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/refraktometr-58-90-matfer-04144122/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-d-termometra-matfer-04144124/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-0120-matfer-04144125/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-d-termometra-matfer-04144126/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chemodanchik-d-termometra-matfer-04144127/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/refraktometr-0-50-matfer-04144133/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-d-holodilnika-30c-30c-100-chef-04144137/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-gigrometr-15-45c-hlp-04144138/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-gigrometr-hlp-04144141/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-ts-7amk-s-kryuchkom-35-50-hlp-04144150/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/refraktometr-matfer-04144155/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-doppio-04144448/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-doppio-04144449/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektr-15m-15kg-s-adapter-cas-08070101/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektr-ad-25-s-adapter-cas-08070102/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektr-ad-5-5kg-diskretnost-1g-cas-08070103/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektr-sw-2-2kg-s-adapter-cas-08070105/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektr-cas-ap-30m-bt-30kg-diskretnost-30-15-kg-10-5-g-cas-08070107/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektr-sw-10-10kg-s-adapterdiskretnost-5g-cas-08070108/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektr-ad-10h-10kg-diskretnost-1g-cas-08070109/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektr-pw-5h-5kg-s-adapter-cas-08070110/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektr-sw-5-5kg-s-adapter-cas-08070111/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektr-dl-150-150kg-diskretnost-50g-cas-08070112/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/adapter-d-vesov-9v-cas-cas-08070113/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektr-sw-20-20kg-s-adapter-cas-08070115/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektrtovarnye-dl-100-100kg-cas-08070117/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektr-ad-25-25kg-diskretnost-5g-cas-08070120/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektr-ad-20h-20kg-cas-08070124/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektr-ad5h-5kg-cas-08070125/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektrlaboratornye-mwp-1500-15kg-cas-08070128/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektr-cas-swii-5-s-adapter-cas-08070140/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektrcas-nd-300e-cas-08070142/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektrcas-pb-60-cas-08070144/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektrcas-pb-150-150kg-cas-08070158/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektrcas-cas-08070161/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektrsw-10w-10kg-s-adaptvlagozasch-cas-08070162/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektrtovarnye-cas-hd-150-150kg-s-adaptdiskretnost-150-60-kg-50-20-g-cas-08070164/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektrs-adapterom-db-ii-300-cas-08070166/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-porcionnye-6kg-cas-08070171/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektr30kg-diskretnost-10g-cas-08070176/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektrtorgovye-so-stoykoy-cas-er-jr-6cbu-cas-08070177/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektr-6-kg-cas-08070178/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektr-15kg-cas-08070179/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-napolnye-cas-db-ii-150e-cas-08070180/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektrsm6-matfer-08070181/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektr-swii-5-dd-5kg-s-adapter-cas-08070198/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektrlaboratornye-cuw-4200s-cas-08070303/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektrtovarnye-bw-60rb-cas-08070304/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektrporcionnye-swn-03-s-akb-cas-08070305/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-taylor-09100801/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-d-holodilnika-morozilnika-09100805/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-taylor-09100849/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-taylor-09101214/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-40260c-09101216/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektr30kg-diskretnost-10g-cas-08070310/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-dlya-holodilnika-sunnex-04146700/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-elektronnyy-hold-04142434/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/platforma-dlya-vesov-rp-cas-08070309/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-elektronnyy-hold-04142435/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/taymer-elektronnyy-hold-04131007/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-mhw-3bomber-04144457/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sekundomer-04131008/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elporcionnye-cas-swn-30-dd-s-akb-cas-08070313/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektronnye-cas-08070316/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-prohotel-04144459/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-prohotel-04144462/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-prohotel-04144460/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-prohotel-04144461/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-dlya-vina-02070204/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-d-vina-leopold-vienna-02070214/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/areometr-d-spirta-asp-3-0-40-hlp-2-02122201/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/areometr-d-spirta-asp-3-40-70-hlp-2-02122202/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/areometr-d-spirta-asp-1-70-80-gost-18481-81-hlp-2-02122203/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/areometr-d-spirta-asp-1-80-90-gost-18481-81-hlp-2-02122204/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/areometr-d-spirta-aspt-0-60-gost-18481-81-hlp-2-02122205/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/areometr-d-spirta-aspt-60-100-gost-18481-81-hlp-2-02122206/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/areometr-dlya-spirta-aon-4-1000-1500-gost-18481-81-hlp-2-02122208/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schup-zapasnoy-d-art072266-matfer-04012005/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-s-termometrom-matfer-04110602/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/taymer-vremya-raboty-19chasov-paderno-04130202/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/taymer-vremya-raboty-99minut-matfer-04130203/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/taymer-matfer-04130205/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/taymer-vremya-raboty-20chasov-matfer-04130206/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/taymer-elektronnyy-solomon-04131006/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-38316s-paderno-04142309/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-d-termometra-4142317-paderno-04142318/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-d-myasa-50150c-paderno-04142324/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-elektronnyy-infrakr-30200s-paderno-04142326/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sol-tester-0-100s-paderno-04142327/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-kuhonnye-s-chashey-na-2kg-aps-04143202/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-kuhonnye-s-chashey-na-5kg-aps-04143203/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektrkarmannye-500g-matfer-04143204/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektr-karmannye-250gr-paderno-04143209/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-lopatka-20200s-matfer-04144101/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/izmeritel-ph-kislotnosti-matfer-04144102/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-d-karameli-80200s-matfer-04144103/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-d-karameli-80200s-matfer-04144104/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-elektronnyy-50350c-matfer-04144105/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-cifrovoy-50150s-matfer-04144106/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-d-myasa-0120s-matfer-04144110/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-cifrovoy-50200s-matfer-04144111/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-d-holodilnika-5050s-matfer-04144112/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-cifrovoy-50200s-matfer-04144114/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/izmeritel-plotnosti-matfer-04144116/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapasnaya-lopatka-d-termometra-113090-matfer-04144121/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/refraktometr-58-90-matfer-04144122/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-d-termometra-matfer-04144124/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-0120-matfer-04144125/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-d-termometra-matfer-04144126/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chemodanchik-d-termometra-matfer-04144127/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/refraktometr-0-50-matfer-04144133/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-d-holodilnika-30c-30c-100-chef-04144137/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-gigrometr-15-45c-hlp-04144138/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-gigrometr-hlp-04144141/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-ts-7amk-s-kryuchkom-35-50-hlp-04144150/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/refraktometr-matfer-04144155/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-doppio-04144448/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-doppio-04144449/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektr-15m-15kg-s-adapter-cas-08070101/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektr-ad-25-s-adapter-cas-08070102/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektr-ad-5-5kg-diskretnost-1g-cas-08070103/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektr-sw-2-2kg-s-adapter-cas-08070105/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektr-cas-ap-30m-bt-30kg-diskretnost-30-15-kg-10-5-g-cas-08070107/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektr-sw-10-10kg-s-adapterdiskretnost-5g-cas-08070108/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektr-ad-10h-10kg-diskretnost-1g-cas-08070109/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektr-pw-5h-5kg-s-adapter-cas-08070110/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektr-sw-5-5kg-s-adapter-cas-08070111/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektr-dl-150-150kg-diskretnost-50g-cas-08070112/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/adapter-d-vesov-9v-cas-cas-08070113/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektr-sw-20-20kg-s-adapter-cas-08070115/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektrtovarnye-dl-100-100kg-cas-08070117/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektr-ad-25-25kg-diskretnost-5g-cas-08070120/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektr-ad-20h-20kg-cas-08070124/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektr-ad5h-5kg-cas-08070125/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektrlaboratornye-mwp-1500-15kg-cas-08070128/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektr-cas-swii-5-s-adapter-cas-08070140/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektrcas-nd-300e-cas-08070142/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektrcas-pb-60-cas-08070144/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektrcas-pb-150-150kg-cas-08070158/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektrcas-cas-08070161/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektrsw-10w-10kg-s-adaptvlagozasch-cas-08070162/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektrtovarnye-cas-hd-150-150kg-s-adaptdiskretnost-150-60-kg-50-20-g-cas-08070164/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektrs-adapterom-db-ii-300-cas-08070166/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-porcionnye-6kg-cas-08070171/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektr30kg-diskretnost-10g-cas-08070176/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektrtorgovye-so-stoykoy-cas-er-jr-6cbu-cas-08070177/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektr-6-kg-cas-08070178/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektr-15kg-cas-08070179/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-napolnye-cas-db-ii-150e-cas-08070180/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektrsm6-matfer-08070181/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektr-swii-5-dd-5kg-s-adapter-cas-08070198/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektrlaboratornye-cuw-4200s-cas-08070303/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektrtovarnye-bw-60rb-cas-08070304/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektrporcionnye-swn-03-s-akb-cas-08070305/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-taylor-09100801/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-d-holodilnika-morozilnika-09100805/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-taylor-09100849/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-taylor-09101214/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-40260c-09101216/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektr30kg-diskretnost-10g-cas-08070310/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-dlya-holodilnika-sunnex-04146700/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-elektronnyy-hold-04142434/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/platforma-dlya-vesov-rp-cas-08070309/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-elektronnyy-hold-04142435/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-mhw-3bomber-04144457/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elporcionnye-cas-swn-30-dd-s-akb-cas-08070313/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-elektronnye-cas-08070316/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-prohotel-04144459/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-prohotel-04144462/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-prohotel-04144460/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termometr-prohotel-04144461/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/taymer-vremya-raboty-99-chasov-matfer-04130213/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L106"/>
+  <dimension ref="A1:L105"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I106" sqref="I106"/>
+      <selection activeCell="I105" sqref="I105"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -4798,83 +4807,83 @@
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>37</v>
       </c>
       <c r="D6" s="0">
         <v>129</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>38</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="L6" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>40</v>
       </c>
       <c r="D7" s="0">
         <v>130</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>41</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L7" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D8" s="0">
         <v>1371</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>16</v>
@@ -5086,2344 +5095,2344 @@
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
         <v>72</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>73</v>
       </c>
       <c r="D15" s="0">
         <v>250602</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>67</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>74</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>75</v>
+        <v>25</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="D16" s="0">
         <v>250601</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>67</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>32</v>
       </c>
       <c r="L16" s="0">
         <v>25</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="D17" s="0">
         <v>5219669</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>67</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>84</v>
+        <v>18</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="C18" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="D18" s="0" t="s">
         <v>85</v>
-      </c>
-[...4 lines deleted...]
-        <v>87</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>66</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>75</v>
+        <v>87</v>
       </c>
       <c r="L18" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>89</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="D19" s="0" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>66</v>
       </c>
       <c r="H19" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="I19" s="1" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="0"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>94</v>
       </c>
-      <c r="C20" s="0" t="s">
+      <c r="D20" s="0" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>66</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>98</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="D21" s="0" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F21" s="0" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>66</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>103</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="D22" s="0" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>66</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="D23" s="0">
         <v>70000</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H23" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="I23" s="1" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="D24" s="0">
         <v>70007</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H24" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="D25" s="0">
         <v>252091</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H25" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="C26" s="0" t="s">
         <v>118</v>
       </c>
-      <c r="C26" s="0" t="s">
+      <c r="D26" s="0" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>66</v>
       </c>
       <c r="H26" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="D27" s="0">
         <v>113090</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="D28" s="0">
         <v>250152</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="D29" s="0">
         <v>250330</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="C30" s="0" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="D30" s="0">
         <v>250331</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="D31" s="0">
         <v>250515</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="D32" s="0">
         <v>250522</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="C33" s="0" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="D33" s="0">
         <v>250345</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>144</v>
+        <v>32</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="D34" s="0">
         <v>250514</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L34" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="C35" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="D35" s="0" t="s">
         <v>148</v>
-      </c>
-[...4 lines deleted...]
-        <v>150</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L35" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D36" s="0">
         <v>250513</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D37" s="0">
         <v>250108</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="0"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="D38" s="0">
         <v>113091</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H38" s="0" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>161</v>
+        <v>18</v>
       </c>
       <c r="L38" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="D39" s="0">
         <v>250124</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L39" s="0"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="D40" s="0">
         <v>250510</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H40" s="0" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L40" s="0"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="D41" s="0">
         <v>250325</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L41" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="D42" s="0">
         <v>250500</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H42" s="0" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="D43" s="0">
         <v>262527</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H43" s="0" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>144</v>
+        <v>18</v>
       </c>
       <c r="L43" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="D44" s="0">
         <v>250122</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L44" s="0"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="C45" s="0" t="s">
+        <v>178</v>
+      </c>
+      <c r="D45" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="E45" s="0" t="s">
         <v>180</v>
-      </c>
-[...7 lines deleted...]
-        <v>183</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="L45" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="C46" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="D46" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="E46" s="0" t="s">
         <v>186</v>
-      </c>
-[...7 lines deleted...]
-        <v>189</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="L46" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="L47" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="D49" s="0">
         <v>250130</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L49" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="C50" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="D50" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="E50" s="0" t="s">
         <v>204</v>
-      </c>
-[...7 lines deleted...]
-        <v>207</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="L50" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="C51" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="D51" s="0" t="s">
         <v>209</v>
       </c>
-      <c r="C51" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E51" s="0" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="L51" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="C52" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="D52" s="0" t="s">
         <v>213</v>
       </c>
-      <c r="C52" s="0" t="s">
+      <c r="E52" s="0" t="s">
         <v>214</v>
-      </c>
-[...4 lines deleted...]
-        <v>216</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H52" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
+        <v>216</v>
+      </c>
+      <c r="C53" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="D53" s="0" t="s">
         <v>218</v>
       </c>
-      <c r="C53" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E53" s="0" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H53" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="C54" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="D54" s="0" t="s">
         <v>222</v>
       </c>
-      <c r="C54" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E54" s="0" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H54" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>75</v>
+        <v>32</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="C55" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="D55" s="0" t="s">
         <v>226</v>
       </c>
-      <c r="C55" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E55" s="0" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H55" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>144</v>
+        <v>193</v>
       </c>
       <c r="L55" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
+        <v>228</v>
+      </c>
+      <c r="C56" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="D56" s="0" t="s">
         <v>230</v>
       </c>
-      <c r="C56" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E56" s="0" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H56" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="C57" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="D57" s="0" t="s">
         <v>234</v>
       </c>
-      <c r="C57" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E57" s="0" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H57" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>144</v>
+        <v>236</v>
       </c>
       <c r="L57" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
+        <v>237</v>
+      </c>
+      <c r="C58" s="0" t="s">
         <v>238</v>
       </c>
-      <c r="C58" s="0" t="s">
+      <c r="D58" s="0" t="s">
         <v>239</v>
       </c>
-      <c r="D58" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E58" s="0" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
+        <v>240</v>
+      </c>
+      <c r="H58" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="I58" s="1" t="s">
         <v>241</v>
-      </c>
-[...4 lines deleted...]
-        <v>242</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>18</v>
+        <v>242</v>
       </c>
       <c r="L58" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
         <v>243</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>244</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>245</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H59" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="I59" s="1" t="s">
         <v>246</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>84</v>
+        <v>193</v>
       </c>
       <c r="L59" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
         <v>247</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>248</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>249</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H60" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="I60" s="1" t="s">
         <v>250</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>251</v>
       </c>
       <c r="L60" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
         <v>252</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>253</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>254</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H61" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="I61" s="1" t="s">
         <v>255</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L61" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
         <v>256</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>257</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>258</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H62" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="I62" s="1" t="s">
         <v>259</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>75</v>
+        <v>32</v>
       </c>
       <c r="L62" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
         <v>260</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>261</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>262</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H63" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="I63" s="1" t="s">
         <v>263</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>264</v>
       </c>
       <c r="L63" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
         <v>265</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>266</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>267</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H64" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="I64" s="1" t="s">
         <v>268</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L64" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
         <v>269</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>270</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>271</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H65" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="I65" s="1" t="s">
         <v>272</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>75</v>
+        <v>236</v>
       </c>
       <c r="L65" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
         <v>273</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>274</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>275</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H66" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="I66" s="1" t="s">
         <v>276</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L66" s="0"/>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
         <v>277</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>278</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>279</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="H67" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="I67" s="1" t="s">
         <v>280</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L67" s="0"/>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
         <v>281</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>282</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>283</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H68" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="I68" s="1" t="s">
         <v>284</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L68" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
         <v>285</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>286</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>287</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H69" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="I69" s="1" t="s">
         <v>288</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>289</v>
       </c>
       <c r="L69" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
         <v>290</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>291</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>292</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H70" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="I70" s="1" t="s">
         <v>293</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L70" s="0"/>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
         <v>294</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>295</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>296</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="H71" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="I71" s="1" t="s">
         <v>297</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L71" s="0"/>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
         <v>298</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>299</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>300</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="H72" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="I72" s="1" t="s">
         <v>301</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L72" s="0"/>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
         <v>302</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>303</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>304</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H73" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="I73" s="1" t="s">
         <v>305</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L73" s="0"/>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
         <v>306</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>307</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>308</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H74" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="I74" s="1" t="s">
         <v>309</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L74" s="0"/>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
         <v>310</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>311</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>312</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H75" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="I75" s="1" t="s">
         <v>313</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="L75" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
         <v>314</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>315</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>316</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H76" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="I76" s="1" t="s">
         <v>317</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L76" s="0"/>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
         <v>318</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>319</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>320</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H77" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="I77" s="1" t="s">
         <v>321</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L77" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
         <v>322</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>323</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>324</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="F78" s="0"/>
       <c r="G78" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H78" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="I78" s="1" t="s">
         <v>325</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L78" s="0"/>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
         <v>326</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>327</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>328</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H79" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="I79" s="1" t="s">
         <v>329</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L79" s="0"/>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
         <v>330</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>331</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>332</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H80" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="I80" s="1" t="s">
         <v>333</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L80" s="0"/>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
         <v>334</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>335</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>336</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H81" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="I81" s="1" t="s">
         <v>337</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L81" s="0"/>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
         <v>338</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>339</v>
       </c>
       <c r="D82" s="0" t="s">
         <v>340</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H82" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="I82" s="1" t="s">
         <v>341</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L82" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
         <v>342</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>343</v>
       </c>
       <c r="D83" s="0">
         <v>252121</v>
       </c>
       <c r="E83" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H83" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="I83" s="1" t="s">
         <v>344</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L83" s="0"/>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>346</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>347</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="H84" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="I84" s="1" t="s">
         <v>348</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="L84" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
         <v>349</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>350</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>351</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="H85" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="I85" s="1" t="s">
         <v>352</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L85" s="0"/>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
         <v>353</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>354</v>
       </c>
       <c r="D86" s="0" t="s">
         <v>355</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H86" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="I86" s="1" t="s">
         <v>356</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L86" s="0"/>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
         <v>357</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>358</v>
       </c>
       <c r="D87" s="0" t="s">
         <v>359</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H87" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="I87" s="1" t="s">
         <v>360</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L87" s="0"/>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
         <v>361</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>362</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>363</v>
       </c>
       <c r="E88" s="0" t="s">
         <v>364</v>
       </c>
       <c r="F88" s="0"/>
       <c r="G88" s="0" t="s">
         <v>365</v>
       </c>
       <c r="H88" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="I88" s="1" t="s">
         <v>366</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
         <v>367</v>
       </c>
       <c r="L88" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
         <v>368</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>369</v>
       </c>
       <c r="D89" s="0">
         <v>5924</v>
       </c>
       <c r="E89" s="0"/>
       <c r="F89" s="0"/>
@@ -7441,83 +7450,83 @@
         <v>18</v>
       </c>
       <c r="L89" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
         <v>371</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>372</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>373</v>
       </c>
       <c r="E90" s="0" t="s">
         <v>364</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
         <v>365</v>
       </c>
       <c r="H90" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="I90" s="1" t="s">
         <v>374</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L90" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
         <v>375</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>376</v>
       </c>
       <c r="D91" s="0" t="s">
         <v>377</v>
       </c>
       <c r="E91" s="0" t="s">
         <v>364</v>
       </c>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
         <v>365</v>
       </c>
       <c r="H91" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="I91" s="1" t="s">
         <v>378</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L91" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
         <v>379</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>380</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>381</v>
       </c>
       <c r="E92" s="0"/>
       <c r="F92" s="0"/>
@@ -7527,457 +7536,429 @@
       <c r="H92" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I92" s="1" t="s">
         <v>382</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L92" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="B93" s="0" t="s">
         <v>322</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>383</v>
       </c>
       <c r="D93" s="0" t="s">
         <v>384</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="F93" s="0"/>
       <c r="G93" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H93" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="I93" s="1" t="s">
         <v>385</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L93" s="0"/>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
         <v>386</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>387</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>388</v>
       </c>
       <c r="E94" s="0" t="s">
         <v>389</v>
       </c>
       <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I94" s="1" t="s">
         <v>390</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L94" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
         <v>391</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>392</v>
       </c>
       <c r="D95" s="0">
         <v>9930736</v>
       </c>
       <c r="E95" s="0" t="s">
         <v>393</v>
       </c>
       <c r="F95" s="0"/>
       <c r="G95" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I95" s="1" t="s">
         <v>394</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L95" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="B96" s="0" t="s">
         <v>395</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>396</v>
       </c>
       <c r="D96" s="0">
         <v>13330</v>
       </c>
       <c r="E96" s="0" t="s">
         <v>397</v>
       </c>
       <c r="F96" s="0"/>
       <c r="G96" s="0"/>
       <c r="H96" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="I96" s="1" t="s">
         <v>398</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L96" s="0"/>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
         <v>399</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>400</v>
       </c>
       <c r="D97" s="0">
         <v>1030246</v>
       </c>
       <c r="E97" s="0" t="s">
         <v>401</v>
       </c>
       <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I97" s="1" t="s">
         <v>402</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="L97" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
+      <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
         <v>403</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>404</v>
       </c>
       <c r="D98" s="0" t="s">
         <v>405</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
-        <v>406</v>
+        <v>30</v>
       </c>
       <c r="H98" s="0" t="s">
-        <v>67</v>
+        <v>16</v>
       </c>
       <c r="I98" s="1" t="s">
         <v>407</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="L98" s="0"/>
+        <v>408</v>
+      </c>
+      <c r="L98" s="0">
+        <v>8</v>
+      </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>411</v>
+        <v>214</v>
       </c>
       <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
-        <v>30</v>
+        <v>81</v>
       </c>
       <c r="H99" s="0" t="s">
-        <v>16</v>
+        <v>109</v>
       </c>
       <c r="I99" s="1" t="s">
         <v>412</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
-        <v>413</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="L99" s="0"/>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="B100" s="0" t="s">
+        <v>413</v>
+      </c>
+      <c r="C100" s="0" t="s">
         <v>414</v>
       </c>
-      <c r="C100" s="0" t="s">
+      <c r="D100" s="0" t="s">
         <v>415</v>
       </c>
-      <c r="D100" s="0" t="s">
-[...2 lines deleted...]
-      <c r="E100" s="0"/>
+      <c r="E100" s="0" t="s">
+        <v>214</v>
+      </c>
       <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
-        <v>30</v>
+        <v>240</v>
       </c>
       <c r="H100" s="0" t="s">
-        <v>67</v>
+        <v>109</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
-        <v>418</v>
+        <v>18</v>
       </c>
       <c r="L100" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
-      <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
+        <v>417</v>
+      </c>
+      <c r="C101" s="0" t="s">
+        <v>418</v>
+      </c>
+      <c r="D101" s="0" t="s">
         <v>419</v>
       </c>
-      <c r="C101" s="0" t="s">
+      <c r="E101" s="0" t="s">
         <v>420</v>
-      </c>
-[...4 lines deleted...]
-        <v>216</v>
       </c>
       <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H101" s="0" t="s">
-        <v>110</v>
+        <v>16</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>422</v>
+        <v>421</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L101" s="0"/>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="B102" s="0" t="s">
+        <v>422</v>
+      </c>
+      <c r="C102" s="0" t="s">
         <v>423</v>
       </c>
-      <c r="C102" s="0" t="s">
+      <c r="D102" s="0" t="s">
         <v>424</v>
       </c>
-      <c r="D102" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E102" s="0" t="s">
-        <v>216</v>
+        <v>420</v>
       </c>
       <c r="F102" s="0"/>
       <c r="G102" s="0" t="s">
-        <v>241</v>
+        <v>81</v>
       </c>
       <c r="H102" s="0" t="s">
-        <v>110</v>
+        <v>16</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L102" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L102" s="0"/>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="B103" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="C103" s="0" t="s">
         <v>427</v>
       </c>
-      <c r="C103" s="0" t="s">
+      <c r="D103" s="0" t="s">
         <v>428</v>
       </c>
-      <c r="D103" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E103" s="0" t="s">
-        <v>430</v>
+        <v>420</v>
       </c>
       <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>431</v>
+        <v>421</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L103" s="0"/>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="B104" s="0" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>430</v>
+        <v>420</v>
       </c>
       <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>435</v>
+        <v>432</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L104" s="0"/>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
+      <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>437</v>
-[...2 lines deleted...]
-        <v>438</v>
+        <v>434</v>
+      </c>
+      <c r="D105" s="0">
+        <v>250607</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>430</v>
+        <v>55</v>
       </c>
       <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
-        <v>82</v>
+        <v>56</v>
       </c>
       <c r="H105" s="0" t="s">
-        <v>16</v>
+        <v>67</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L105" s="0"/>
-    </row>
-[...27 lines deleted...]
-      <c r="L106" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -8042,51 +8023,50 @@
     <hyperlink ref="B81" r:id="rId_hyperlink_80"/>
     <hyperlink ref="B82" r:id="rId_hyperlink_81"/>
     <hyperlink ref="B83" r:id="rId_hyperlink_82"/>
     <hyperlink ref="B84" r:id="rId_hyperlink_83"/>
     <hyperlink ref="B85" r:id="rId_hyperlink_84"/>
     <hyperlink ref="B86" r:id="rId_hyperlink_85"/>
     <hyperlink ref="B87" r:id="rId_hyperlink_86"/>
     <hyperlink ref="B88" r:id="rId_hyperlink_87"/>
     <hyperlink ref="B89" r:id="rId_hyperlink_88"/>
     <hyperlink ref="B90" r:id="rId_hyperlink_89"/>
     <hyperlink ref="B91" r:id="rId_hyperlink_90"/>
     <hyperlink ref="B92" r:id="rId_hyperlink_91"/>
     <hyperlink ref="B93" r:id="rId_hyperlink_92"/>
     <hyperlink ref="B94" r:id="rId_hyperlink_93"/>
     <hyperlink ref="B95" r:id="rId_hyperlink_94"/>
     <hyperlink ref="B96" r:id="rId_hyperlink_95"/>
     <hyperlink ref="B97" r:id="rId_hyperlink_96"/>
     <hyperlink ref="B98" r:id="rId_hyperlink_97"/>
     <hyperlink ref="B99" r:id="rId_hyperlink_98"/>
     <hyperlink ref="B100" r:id="rId_hyperlink_99"/>
     <hyperlink ref="B101" r:id="rId_hyperlink_100"/>
     <hyperlink ref="B102" r:id="rId_hyperlink_101"/>
     <hyperlink ref="B103" r:id="rId_hyperlink_102"/>
     <hyperlink ref="B104" r:id="rId_hyperlink_103"/>
     <hyperlink ref="B105" r:id="rId_hyperlink_104"/>
-    <hyperlink ref="B106" r:id="rId_hyperlink_105"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>