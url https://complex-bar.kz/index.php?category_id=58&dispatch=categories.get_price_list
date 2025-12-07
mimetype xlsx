--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -98,66 +98,66 @@
   <si>
     <t>Поднос для подачи;бук;,H=15,L=250,B=150мм;св. дерево</t>
   </si>
   <si>
     <t>04080683</t>
   </si>
   <si>
     <t>052560</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>8332.00₸</t>
   </si>
   <si>
     <t>Поднос для подачи для 641007, 642035;бамбук;,H=17,L=370,B=240мм</t>
   </si>
   <si>
     <t>04080844</t>
   </si>
   <si>
     <t>25387.00₸</t>
   </si>
   <si>
-    <t>2 шт.</t>
+    <t>3 шт.</t>
   </si>
   <si>
     <t>Поднос для подачи для 640692, 646122, 640698;бамбук;,L=28,5,B=15см;коричнев.</t>
   </si>
   <si>
     <t>04080845</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>15897.00₸</t>
   </si>
   <si>
-    <t>38 шт.</t>
+    <t>32 шт.</t>
   </si>
   <si>
     <t>Поднос для подачи прямоугольный;бук;,H=7,L=60,B=40см;черный</t>
   </si>
   <si>
     <t>04080874</t>
   </si>
   <si>
     <t>120652.00₸</t>
   </si>
   <si>
     <t>Поднос для подачи «Проотель» прямоугольный;сосна;,H=48,L=500,B=310мм;коричнев.,деревян.</t>
   </si>
   <si>
     <t>04080896</t>
   </si>
   <si>
     <t>B06-M58L</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>12957.00₸</t>
   </si>
@@ -251,51 +251,51 @@
   <si>
     <t>Поднос для подачи деревянный;,L=40,B=40см</t>
   </si>
   <si>
     <t>04081114</t>
   </si>
   <si>
     <t>D226.265068</t>
   </si>
   <si>
     <t>24827.00₸</t>
   </si>
   <si>
     <t>Поднос для подачи;дуб;,H=40,L=250,B=125мм</t>
   </si>
   <si>
     <t>04081181</t>
   </si>
   <si>
     <t>Q605S-00O</t>
   </si>
   <si>
     <t>25156.00₸</t>
   </si>
   <si>
-    <t>33 шт.</t>
+    <t>31 шт.</t>
   </si>
   <si>
     <t>Поднос для подачи;дуб;,H=5,L=40,B=40см;черный дуб</t>
   </si>
   <si>
     <t>04082352</t>
   </si>
   <si>
     <t>Q629S-00B</t>
   </si>
   <si>
     <t>30261.00₸</t>
   </si>
   <si>
     <t>Поднос для подачи;бук;,H=2,L=20,B=10см;деревян.</t>
   </si>
   <si>
     <t>04082355</t>
   </si>
   <si>
     <t>F630O-06N</t>
   </si>
   <si>
     <t>10565.00₸</t>
   </si>
@@ -350,225 +350,225 @@
   <si>
     <t>Поднос для подачи;бук;,H=2,L=37,B=30см;деревян.</t>
   </si>
   <si>
     <t>04082362</t>
   </si>
   <si>
     <t>F636O-06N</t>
   </si>
   <si>
     <t>11319.00₸</t>
   </si>
   <si>
     <t>Поднос для подачи с выемками;бук;,H=20,L=410,B=185мм;тем.дерево</t>
   </si>
   <si>
     <t>04082398</t>
   </si>
   <si>
     <t>F645O-06B</t>
   </si>
   <si>
     <t>32032.00₸</t>
   </si>
   <si>
-    <t>Поднос для подачи «Винтаж» прямоугольный глубокий;сталь нерж.;,H=30,L=255,B=160мм;серебрист.,матовый</t>
-[...2 lines deleted...]
-    <t>04082507</t>
+    <t>Поднос для подачи;орех;,H=75,L=530,B=325мм;тем.дерево</t>
+  </si>
+  <si>
+    <t>04082536</t>
+  </si>
+  <si>
+    <t>BU_FF014</t>
+  </si>
+  <si>
+    <t>Craster</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
+  </si>
+  <si>
+    <t>335882.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для подачи;орех;,H=20,L=325,B=265мм;тем.дерево</t>
+  </si>
+  <si>
+    <t>04082537</t>
+  </si>
+  <si>
+    <t>BU_FC062</t>
+  </si>
+  <si>
+    <t>146978.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для подачи;орех;,H=40,L=530,B=162мм;тем.дерево</t>
+  </si>
+  <si>
+    <t>04082540</t>
+  </si>
+  <si>
+    <t>BU_FF016</t>
+  </si>
+  <si>
+    <t>196735.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для подачи;орех;,H=40,L=530,B=108мм;тем.дерево</t>
+  </si>
+  <si>
+    <t>04082541</t>
+  </si>
+  <si>
+    <t>BU_FF017</t>
+  </si>
+  <si>
+    <t>187865.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для подачи;дуб;,H=40,L=530,B=162мм;черный дуб</t>
+  </si>
+  <si>
+    <t>04082542</t>
+  </si>
+  <si>
+    <t>BU_FR034</t>
+  </si>
+  <si>
+    <t>157566.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для подачи;дуб;,H=40,L=530,B=162мм;белый</t>
+  </si>
+  <si>
+    <t>04082543</t>
+  </si>
+  <si>
+    <t>BU_FR044</t>
+  </si>
+  <si>
+    <t>148064.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для подачи с ручками;дуб;,H=4,L=60,B=40см;черный дуб</t>
+  </si>
+  <si>
+    <t>04082549</t>
+  </si>
+  <si>
+    <t>TA_CMBOL</t>
+  </si>
+  <si>
+    <t>192139.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для подачи;орех;,L=18,B=18см;коричнев.</t>
+  </si>
+  <si>
+    <t>04090900</t>
+  </si>
+  <si>
+    <t>42 8900 91 000000</t>
+  </si>
+  <si>
+    <t>Playground</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>0.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для подачи прямоугольный;бук;,H=2,L=41,B=30см;бежев.</t>
+  </si>
+  <si>
+    <t>04090989</t>
+  </si>
+  <si>
+    <t>F637O-06N</t>
+  </si>
+  <si>
+    <t>11281.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для подачи на ремне;дуб;,H=75,L=547,B=325мм;св. дерево</t>
+  </si>
+  <si>
+    <t>04082574</t>
+  </si>
+  <si>
+    <t>NQ1875_B</t>
+  </si>
+  <si>
+    <t>406576.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для подачи прямоугольный;бук;,H=2,L=47,B=32см;деревян.</t>
+  </si>
+  <si>
+    <t>04082548</t>
+  </si>
+  <si>
+    <t>F650O-06N</t>
+  </si>
+  <si>
+    <t>19828.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для подачи;дерево;,L=52,B=35см;тем.дерево</t>
+  </si>
+  <si>
+    <t>04082599</t>
+  </si>
+  <si>
+    <t>19901-35</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>53269.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для подачи прямоугольный;акация;,H=15,L=250,B=170мм;деревян.</t>
+  </si>
+  <si>
+    <t>04090957</t>
+  </si>
+  <si>
+    <t>00793</t>
   </si>
   <si>
     <t>APS</t>
   </si>
   <si>
-    <t>Vintage</t>
-[...164 lines deleted...]
-    <t>53269.00₸</t>
+    <t>ТАИЛАНД</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -583,51 +583,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17287EB9-21C4-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D3B2CB4-21C4-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A28D258-4252-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A28D259-4252-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4BC4EE4D-F161-11EB-BBF2-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F8F4451-73DB-11F0-BC5A-00505692E0496.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC89FE21-E3D3-11EB-BBF2-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D3B2D54-21C4-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/172883CB-21C4-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1728846B-21C4-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0B55EF6-1DC1-11EA-BBC7-005056921CC411.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D3B28BE-21C4-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A2D8F3D-E135-11E9-BBC6-005056921CC413.gif"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D3B2C14-21C4-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D3B2AB0-21C4-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D3B2A10-21C4-11EE-BC0D-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D3B295E-21C4-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D3B2B62-21C4-11EE-BC0D-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDA733C5-2666-11EA-BBCA-005056921CC419.gif"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F52C5185-1A7B-11ED-BBFC-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7790E0BB-C5EA-11EB-BBF1-005056926DAF21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A6B1685-CFDA-11ED-BC05-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A6B1749-CFDA-11ED-BC05-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35D17902-D795-11ED-BC05-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35D179B5-D795-11ED-BC05-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35D17A55-D795-11ED-BC05-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35D17AF5-D795-11ED-BC05-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75A2B85C-F4B0-11ED-BC09-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6C9313E-21C7-11EE-BC0D-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3FD6A7AE-EA57-11EB-BBF2-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D16DA9BA-EAEE-11EF-BC4E-00505692C44731.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17287EB9-21C4-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D3B2CB4-21C4-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A28D258-4252-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A28D259-4252-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4BC4EE4D-F161-11EB-BBF2-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F8F4451-73DB-11F0-BC5A-00505692E0496.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC89FE21-E3D3-11EB-BBF2-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D3B2D54-21C4-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/172883CB-21C4-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1728846B-21C4-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0B55EF6-1DC1-11EA-BBC7-005056921CC411.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D3B28BE-21C4-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A2D8F3D-E135-11E9-BBC6-005056921CC413.gif"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D3B2C14-21C4-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D3B2AB0-21C4-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D3B2A10-21C4-11EE-BC0D-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D3B295E-21C4-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D3B2B62-21C4-11EE-BC0D-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDA733C5-2666-11EA-BBCA-005056921CC419.gif"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F52C5185-1A7B-11ED-BBFC-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A6B1685-CFDA-11ED-BC05-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A6B1749-CFDA-11ED-BC05-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35D17902-D795-11ED-BC05-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35D179B5-D795-11ED-BC05-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35D17A55-D795-11ED-BC05-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35D17AF5-D795-11ED-BC05-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75A2B85C-F4B0-11ED-BC09-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6C9313E-21C7-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3FD6A7AE-EA57-11EB-BBF2-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D16DA9BA-EAEE-11EF-BC4E-00505692C44730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CDD0C0C8-C7F0-11F0-BC5A-00505692E2D031.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1462,51 +1462,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="29" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>31</xdr:row>
+      <xdr:row>33</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="30" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -1807,51 +1807,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kvadratnyy-revol-04080677/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-matfer-04080683/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-d-art641007-642035-revol-04080844/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-art640692-646122-640698-revol-04080845/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-servirovochnyy-pryamougolnyy-revol-04080874/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-servirovochnyy-pryamougolnyy-prohotel-04080896/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-servirovochnyy-pryamougolnyy-prohotel-04080897/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-pryamougolnyy-s-bortom-ppwood-04080971/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-ppwood-04080977/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-ppwood-04080978/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-servirovochnyy-kvadratnyy-serax-04080998/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-derev-04081114/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-ppwood-04081181/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-ppwood-04082352/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-ppwood-04082355/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-ppwood-04082356/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-ppwood-04082357/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-ppwood-04082358/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-ppwood-04082359/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-ppwood-04082362/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-s-vyemkami-ppwood-04082398/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-glubokiy-aps-04082507/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-craster-04082536/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-craster-04082537/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-craster-04082540/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-craster-04082541/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-craster-04082542/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-craster-04082543/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-craster-04082549/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-bauscher-04090900/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-servirovochnyy-pryamougolnyy-ppwood-04090989/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-craster-04082574/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-ppwood-04082548/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-paderno-04082599/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kvadratnyy-revol-04080677/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-matfer-04080683/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-d-art641007-642035-revol-04080844/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-art640692-646122-640698-revol-04080845/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-servirovochnyy-pryamougolnyy-revol-04080874/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-servirovochnyy-pryamougolnyy-prohotel-04080896/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-servirovochnyy-pryamougolnyy-prohotel-04080897/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-pryamougolnyy-s-bortom-ppwood-04080971/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-ppwood-04080977/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-ppwood-04080978/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-servirovochnyy-kvadratnyy-serax-04080998/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-derev-04081114/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-ppwood-04081181/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-ppwood-04082352/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-ppwood-04082355/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-ppwood-04082356/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-ppwood-04082357/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-ppwood-04082358/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-ppwood-04082359/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-ppwood-04082362/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-s-vyemkami-ppwood-04082398/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-craster-04082536/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-craster-04082537/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-craster-04082540/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-craster-04082541/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-craster-04082542/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-craster-04082543/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-craster-04082549/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-bauscher-04090900/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-servirovochnyy-pryamougolnyy-ppwood-04090989/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-craster-04082574/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-ppwood-04082548/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-paderno-04082599/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-aps-04090957/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:L35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="I35" sqref="I35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
@@ -2029,51 +2029,51 @@
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>34</v>
       </c>
       <c r="D6" s="0">
         <v>643639</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="L6" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>37</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>38</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>16</v>
@@ -2344,115 +2344,115 @@
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
         <v>83</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>84</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>85</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>86</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="L16" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
         <v>87</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>88</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>89</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>90</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
         <v>91</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>92</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>93</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>94</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
       <c r="L18" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
         <v>95</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>96</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>97</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>16</v>
@@ -2536,451 +2536,447 @@
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
         <v>107</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>108</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>109</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="1" t="s">
         <v>110</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
         <v>111</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>112</v>
       </c>
-      <c r="D23" s="0">
-        <v>30133</v>
+      <c r="D23" s="0" t="s">
+        <v>113</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="F23" s="0" t="s">
         <v>114</v>
       </c>
+      <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>115</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>116</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L23" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L23" s="0"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
         <v>117</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>118</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>119</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="0"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="C25" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="D25" s="0" t="s">
         <v>123</v>
       </c>
-      <c r="C25" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E25" s="0" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="0"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="D26" s="0" t="s">
         <v>127</v>
       </c>
-      <c r="C26" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E26" s="0" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="0"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="D27" s="0" t="s">
         <v>131</v>
       </c>
-      <c r="C27" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E27" s="0" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="0"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="D28" s="0" t="s">
         <v>135</v>
       </c>
-      <c r="C28" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E28" s="0" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="0"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="D29" s="0" t="s">
         <v>139</v>
       </c>
-      <c r="C29" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E29" s="0" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="0"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="D30" s="0" t="s">
         <v>143</v>
       </c>
-      <c r="C30" s="0" t="s">
+      <c r="E30" s="0" t="s">
         <v>144</v>
-      </c>
-[...4 lines deleted...]
-        <v>120</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
-        <v>121</v>
+        <v>145</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="1" t="s">
         <v>146</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="0"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
         <v>147</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>148</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>149</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>150</v>
+        <v>50</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
-        <v>115</v>
+        <v>51</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="0"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
-      <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>152</v>
       </c>
-      <c r="C32" s="0" t="s">
+      <c r="D32" s="0" t="s">
         <v>153</v>
       </c>
-      <c r="D32" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E32" s="0" t="s">
-        <v>50</v>
+        <v>114</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
-        <v>51</v>
+        <v>115</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L32" s="0"/>
+      <c r="L32" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="B33" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="C33" s="0" t="s">
         <v>156</v>
       </c>
-      <c r="C33" s="0" t="s">
+      <c r="D33" s="0" t="s">
         <v>157</v>
       </c>
-      <c r="D33" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E33" s="0" t="s">
-        <v>120</v>
+        <v>50</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
-        <v>121</v>
+        <v>51</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L33" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L33" s="0"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
+      <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="C34" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="C34" s="0" t="s">
+      <c r="D34" s="0" t="s">
         <v>161</v>
       </c>
-      <c r="D34" s="0" t="s">
+      <c r="E34" s="0" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
-        <v>51</v>
+        <v>163</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L34" s="0"/>
+      <c r="L34" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>169</v>
+        <v>94</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L35" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L35" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>